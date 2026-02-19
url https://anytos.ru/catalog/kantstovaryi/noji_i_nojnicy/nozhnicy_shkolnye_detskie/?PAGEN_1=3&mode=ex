--- v0 (2025-12-27)
+++ v1 (2026-02-19)
@@ -12,583 +12,535 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="602">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="577">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4a0/nqrywopd4939higt0pjwacrelcoua5s9.jpg</t>
-[...5 lines deleted...]
-    <t>Ножницы детские Каляка-Маляка безопасные 90 мм, пластик с метал.лезвиями, европодвес 3&amp;#43;</t>
+    <t>http://anytos.ru//upload/iblock/0d0/9dezdsfqic8jzi4ttw3eqwux54cv14pd.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Каляка-Маляка 11,50 см классич. 3 : НККМ115 штр.: 4602723006923</t>
   </si>
   <si>
     <t>Ножницы школьные детские</t>
   </si>
   <si>
-    <t>110154</t>
+    <t>110155</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kaljaka-maljaka/"&gt;Каляка-Маляка&lt;/a&gt;</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0d0/9dezdsfqic8jzi4ttw3eqwux54cv14pd.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/230/e0haah4dktwrt0xweig6qd3gqjva5s7p.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Каляка-Маляка д творчества 13,50 см ЗИГ-ЗАГ, европодвес, 3 : НЗКМ135 штр.: 4602723006947</t>
   </si>
   <si>
     <t>110156</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/76f/3r71xyh0uzedlzykfagulu0bc8ni0jr4.jpg</t>
-[...5 lines deleted...]
-    <t>110158</t>
+    <t>http://anytos.ru//upload/iblock/be5/be5a9d87457c7506175c343a3a165d17/fe354937dad4925c58e02f993ffe7c59.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы 130мм с пласт.прорезин.анатом.ручками Kores Softgrip  35130 штр.  9023800351302</t>
+  </si>
+  <si>
+    <t>Лезвия ножниц Kores Softgrip изготовлены из нержавеющей стали, закруглены. Эргономичные ручки удобны для использования детьми от четырех лет. Ножницы рекомендованы для работы дома и в школе. Кольца разной формы и размера, без фиксатора. Длина ножниц - 13 см.</t>
+  </si>
+  <si>
+    <t>254995</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kores/"&gt;KORES&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e12/e1206d467fc7f64ce3a58d3f62e3666f/ca8705c5b6f1ca18fe9f2ea4e7a8d31a.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы 130мм с пласт.прорезинен.анатомич. ручками Attache  04105311 штр.  4690432008796, 6953070937544, 6953070937551, 6953070937568</t>
+  </si>
+  <si>
+    <t>Лезвия ножниц Attache выполнены из нержавеющей стали, закруглены. Прорезиненные ручки анатомической формы предотвращают скольжение пальцев. Элемент крепления обеспечивает плавную и мягкую работу лезвий. Длина ножниц - 13 см. Кольца разной формы и размера, без фиксатора.</t>
+  </si>
+  <si>
+    <t>254996</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b7/9b755258b12ec0d5c03f20cf3ac71bdb/2c3c18bf66608a104fe5c30784413a14.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы 140мм с резиновыми ручками Attache  Ergo Soft   SH21.07 штр.  4690432008840, 6953070937513, 6953070937520, 6953070937537</t>
+  </si>
+  <si>
+    <t>Ножницы Attache серии Ergo&amp;Soft эргономичного дизайна. Лезвия выполнены из высококачественной нержавеющей стали, закруглены. Симметричные кольца с резиновыми вставками предотвращают скольжение пальцев. Фиксатор отсутствует. Длина ножниц - 14 см. Представлены на картонной подложке с европодвесом.</t>
+  </si>
+  <si>
+    <t>254997</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/850/8504c0f40f2fdcb37a2db5fb3f7bc64f.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские 13 см , европодвес , ассорти : DNn 14021 штр.: 4260107479123</t>
+  </si>
+  <si>
+    <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная Отпускается только упаковкой дополнена&amp;nbsp;&amp;nbsp;европодвесом. Ножницы имеют удобные пластиковые ручки с усилителем для облегченного резания. Компактный размер 13см легко помещается в пенале.</t>
+  </si>
+  <si>
+    <t>337036</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/161/1616cff1cfaa4abe145cde6a2e4d3aa4.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские 13 см, европодвес, ассорти : DNn 14024 штр.: 4260107479154</t>
+  </si>
+  <si>
+    <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная Отпускается только упаковкой дополнена&amp;nbsp;&amp;nbsp;европодвесом. Ножницы имеют удобные пластиковые ручки для комфортного резания. Компактный размер 13 см легко помещается в пенале.</t>
+  </si>
+  <si>
+    <t>337037</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5af/5afa8d44b7c0e13fd5240252bccdaf67.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские 13,5 см , европодвес , ассорти : DNn 14023 штр.: 4260107479147</t>
+  </si>
+  <si>
+    <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная Отпускается только упаковкой дополнена&amp;nbsp;&amp;nbsp;европодвесом. Ножницы имеют удобные пластиковые ручки для комфортного резания. Компактный размер 13,5 см легко помещается в пенале.</t>
+  </si>
+  <si>
+    <t>337038</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/54a/54ad05ef2cfb4f5a83c35b9d13084824.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские 13,5 см, европодвес, ассорти : DNn 14022 штр.: 4260107479130</t>
+  </si>
+  <si>
+    <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная Отпускается только упаковкой дополнена&amp;nbsp;&amp;nbsp;европодвесом. Ножницы имеют удобные пластиковые прорезиненные ручки для комфортного резания. Компактный размер 13,5 см легко помещается в пенале.</t>
+  </si>
+  <si>
+    <t>337039</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/221/2211f1a34c07e95e51a9fc418ea2a5fe.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13,5см, в футляре, европодвес MS_11135</t>
+  </si>
+  <si>
+    <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена&amp;nbsp;&amp;nbsp;европодвесом.</t>
+  </si>
+  <si>
+    <t>338162</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0be/0bec7ee591b935ef3ba59da800c1240c.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13,5см, с линейкой, европодвес MS_11137</t>
+  </si>
+  <si>
+    <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена европодвесом.</t>
+  </si>
+  <si>
+    <t>338163</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d0/2d010245d56a5eda55163501aa89986c.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 14см, европодвес MS_11139</t>
+  </si>
+  <si>
+    <t>338164</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/403/403fcd0689867704fb7767436e92e73e.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13,2см, с усилителем, европодвес MS_16126</t>
+  </si>
+  <si>
+    <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы с усилителем изготовлены из высококачественного пластика. Есть слот для имени. Красочная картонная упаковка дополнена европодвесом. Для детей старше 3-х лет.</t>
+  </si>
+  <si>
+    <t>348442</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/715/7154d1b21e0c27aae2f3ed00410c876f.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13см, с рисунком на лезвиях, ассорти, европодвес MS_16026</t>
+  </si>
+  <si>
+    <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали с разноцветным принтом. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена европодвесом. Для детей старше 3-х лет.</t>
+  </si>
+  <si>
+    <t>348965</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb2/fb21a38bfe598d4a2868ed29cd7454f3.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 12см, ассорти, европодвес MS_16058</t>
+  </si>
+  <si>
+    <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена европодвесом. Для детей старше 3-х лет.</t>
+  </si>
+  <si>
+    <t>349370</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e84/e847f3c6be8083018327ccc1491a0e5d.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Berlingo 13,5см, ассорти, европодвес DNn_14029</t>
+  </si>
+  <si>
+    <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали.Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика . Красочная картонная упаковка дополнена&amp;nbsp;&amp;nbsp;европодвесом.</t>
+  </si>
+  <si>
+    <t>352028</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/367/367688b0dd475503d0a157435629db0f.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Berlingo 13см, ассорти, европодвес DNn_14030</t>
+  </si>
+  <si>
+    <t>352029</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/31e/31e75b7131b2d1bdc6f392388aec69d9.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 12,8см, ассорти, европодвес MS_15978</t>
+  </si>
+  <si>
+    <t>352046</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/454/454b2dac51c99da472c08753c29eadaa.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские ArtSpace 13см, с линейкой, ассорти, ПВХ-чехол с европодвесом S130_17452</t>
+  </si>
+  <si>
+    <t>Ножницы детские, длина 13 см, с линейкой, упакованы в ПВХ-чехол с европодвесом. Предназначены для резки бумаги и картона.</t>
+  </si>
+  <si>
+    <t>353600</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a1/0a10ad629fa7bf4792340b0413f222f6.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13см, ассорти, европодвес. MS_19419</t>
+  </si>
+  <si>
+    <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали.Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика с резиновыми вставками. Красочная картонная упаковка дополнена европодвесом. Для детей старше 3-х лет.</t>
+  </si>
+  <si>
+    <t>355135</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4d3/4d3c2718885b8bb933bf6f6b2af68b2a.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 15см, ассорти, европодвес. MS_19421</t>
+  </si>
+  <si>
+    <t>355136</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/714/7140a0fb4a3ee2d850b5527da2a69e99.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы для левшей Berlingo  quot;Left Hand quot;, 18см, эргономичные ручки, европодвес. DNs_18005</t>
+  </si>
+  <si>
+    <t>Ножницы для левшей. Материал корпуса - высококачественная сталь. Пластиковые ручки. Длина ножниц - 18 см. Упаковка - блистер с европодвесом.</t>
+  </si>
+  <si>
+    <t>368094</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/29e/uy0hmxsve6kqo792jh0ujlc30627k1es.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские  1School 11,5 см Шустрики, пластиковые ручки,</t>
+  </si>
+  <si>
+    <t>Ножницы детские №1School 11,5 см Шустрики, пластиковые ручки,</t>
+  </si>
+  <si>
+    <t>383446</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/1-school/"&gt;№1 School&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d6/nyypf6m7m2h3ycrmn5uv4t010g13ypb4.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы BRAUBERG  quot;Kid Series quot;, 130 мм, с цветной печатью  quot;Далматин quot;, ч рно-белые, 232276</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; с цветными далматинами на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продается в картонной упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>389282</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/55a/tby1wq3jopnykwccf7hh88u8dh97xo20.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы BRAUBERG  quot;Kid Series quot;, 130 мм, с цветной печатью  quot;Жирафы quot;, ж лтые, 232269</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; с цветными жирафами на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в картонной упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>389283</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1d/k46ocrbkfqhgtkrtnh63ljbr5qe6p3ai.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы BRAUBERG  quot;Kid Series quot;, 130 мм, с цветной печатью  quot;Пингвины quot;, голубые, 232271</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;Kids&amp;quot; с цветными пингвинами на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в картонной упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>389285</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ffc/24b4u3pbzxcpzvg8v45vna3ia1p0yp5s.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы BRAUBERG  quot;Kid Series quot;, 130 мм, с цветной печатью  quot;Поросята quot;, розовые, 232272</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; с цветными поросятами на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в картонной упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>389286</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/68f/nj25a8525k3yf3jb2mzc8hbw0qc1eui7.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы BRAUBERG  quot;Kid Series quot;, 130 мм, с цветной печатью  quot;Сердечки quot;, малиновые, 232275</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; с цветными сердечками на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в картонной упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>389287</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e62/ksm7llm5r2wk0xz194zxk3osamw6n0zo.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы BRAUBERG  quot;Kid Series quot;, 130 мм, с цветной печатью  quot;Смайлики quot;, ж лто-белые, 232274</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; с цветными смайликами на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в картонной упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>389288</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/660/660294bfcd0d8b48de158bca056f467a/06834bc1de98b5072d370c7540f51ad1.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы MAPED  Франция   quot;Koopy quot;, 130 мм, закругленные, детские, ассорти, упаковка с европодвесом, 037910</t>
+  </si>
+  <si>
+    <t>Ножницы для работы с бумагой, тканью, картоном. Специальная пружинка позволяет ножницам открываться автоматически, облегчая усилия. Можно использовать как обычные ножницы. Привлекательный дизайн - &amp;quot;Панда&amp;quot;. Длина: 130 мм. Тип ножниц: для правши. Закругленные концы: да. Цвет: ассорти. Усилитель: да. Ручки: эргономичные. Материал ручек: пластик с резиновыми вставками. Материал лезвия: нержавеющая сталь. Упаковка: картонный европодвес&amp;nbsp;&amp;nbsp;Бренд - MAPED.&amp;nbsp;&amp;nbsp;Производитель - Китай.&amp;nbsp;&amp;nbsp;Артикул - 037910.&amp;nbsp;&amp;nbsp;Штрихкод - 3154140379100</t>
+  </si>
+  <si>
+    <t>389291</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/maped/"&gt;Maped&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/594/hgzuc0avhwc52mywbcftkfjh3epdcgmu.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы ПИФАГОР, 135 мм, с линейкой, ассорти, в дисплее, 230936</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы ПИФАГОР с линейкой идеально подходят для детского творчества. Предназначены для быстрого и аккуратного разрезания разных видов материалов. Детские ножницы ПИФАГОР предназначены для правшей. Ребенок без труда сможет ими воспользоваться, так как их длина всего 135 мм. Линейка на лезвии поможет ребенку в его творческом процессе, а закругленные концы сделают эти ножницы безопасными в использовании &amp;#40;при условии использования по назначению&amp;#41;. Симметричные ручки из прочного качественного пластика и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в дисплее ассорти - набор ножниц с ручками зеленого, синего и красного цветов.</t>
+  </si>
+  <si>
+    <t>389295</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pifagor/"&gt;ПИФАГОР&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fac/fac6377fb061e966fa6bbec2ec72f5a7/2979d3570ef0fb62f89aa6e831936631.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские для левшей Мульти-Пульти  quot;Приключения Енота quot; 12,5см, европодвес</t>
+  </si>
+  <si>
+    <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена&amp;nbsp;&amp;nbsp;европодвесом. Для детей старше 3-х лет.</t>
+  </si>
+  <si>
+    <t>559584</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c00/g19z5hm5oxcg1k6fbay1oysq99f9dezi.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские с принтом на лезвиях Каляка-Маляка 12,5 см резин. встав. европодвес</t>
+  </si>
+  <si>
+    <t>632588</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aae/sdr5x1ek6e90b228bxj3chxc4yglhjqp.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы школьные Schoolformat с возвратным механизмом 13 см</t>
+  </si>
+  <si>
+    <t>632614</t>
   </si>
   <si>
     <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f83/nbpuzymqqeb50sybn9qyckmi7ic72nc0.jpg</t>
-[...448 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e80/ksf4bjm4in52ntwmkosps77vyo5wv4t1.jpg</t>
   </si>
   <si>
     <t>Ножницы ЮНЛАНДИЯ, 135 мм, с линейкой и футляром для лезвий, салатовые, блистер, 237109</t>
   </si>
   <si>
     <t>Ножницы ЮНЛАНДИЯ разработаны специально для детского творчества. Техника работы этим инструментом требует координации обеих рук, так как они одновременно выполняют разные движения. Это положительно влияет на развитие мелкой моторики и образного мышления. Ножницы ЮНЛАНДИЯ с симметричными ручками. Футляр предотвращает загрязнение лезвий и повреждение рук при неаккуратном обращении с ножницами, а линейка на лезвии поможет ребенку в его творческом процессе.Ребенок без труда сможет пользоваться такими ножницами, так как их длина - 135 мм. Закругленные концы гарантируют безопасность при использовании ножниц по назначению. Лезвия изготовлены из прочной нержавеющей стали, что обеспечивает максимально долгий срок службы и аккуратное разрезание разных видов материалов. Предназначены для правшей.</t>
   </si>
   <si>
     <t>683352</t>
   </si>
   <si>
     <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cfd/s1oke7vsrl4mcakx5ibni6kq9vpangd9.jpg</t>
   </si>
   <si>
     <t>Ножницы ЮНЛАНДИЯ, 135 мм, с футляром для лезвий, желто-голубые, блистер, 237110</t>
   </si>
   <si>
     <t>Ножницы ЮНЛАНДИЯ разработаны специально для детского творчества. Техника работы этим инструментом требует координации обеих рук, так как они одновременно выполняют разные движения. Это положительно влияет на развитие мелкой моторики и образного мышления. Ножницы ЮНЛАНДИЯ с эргономичными ручками помогают уменьшить нагрузку на руку ребенка при интенсивной и продолжительной работе, а футляр предотвращает загрязнение лезвий и повреждение рук при неаккуратном обращении с ножницами.Ребенок без труда сможет пользоваться такими ножницами, так как их длина - 135 мм. Закругленные концы гарантируют безопасность при использовании ножниц по назначению. Лезвия изготовлены из прочной нержавеющей стали, что обеспечивает максимально долгий срок службы и аккуратное разрезание разных видов материалов. Предназначены для правшей.</t>
   </si>
   <si>
     <t>683353</t>
@@ -597,62 +549,50 @@
     <t>http://anytos.ru//upload/iblock/313/0k1qd82lypvt0u3mo114z3u7uzb31vv0.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы Erich Krause Glance со стразами, 15см  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Ножницы Glance со стразами 15 см - стильные ножницы классической формы с эргономичными ручками. Лезвия из нержавеющей стали закругленной формы. Долговечный рисунок на лезвиях.</t>
   </si>
   <si>
     <t>697478</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3d/hteu4qzvtlv63833tchaopl1r0gbcf7m.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы для левшей Erich Krause Joy, 13.5см  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Ножницы с лезвиями из высококачественной нержавеющей стали с безопасными закругленными концами лезвий и линейкой, обеспечивающей точность резки. Не ржавеют. Ручки классической формы изготовлены из ударопрочного пластика. Модель предусмотрена для левшей. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>697479</t>
-  </si>
-[...10 lines deleted...]
-    <t>697480</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/828/z7l221y6kh5dt3y2r8qy5oob50zfqhd5.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы Erich Krause Control Junior, 15.5см  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Ножницы с лезвиями из высококачественной нержавеющей стали с безопасными закругленными концами лезвий. Не ржавеют. Ручки эргономичной формы из ударопрочного пластика. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>697481</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f7/j6s0xwjycwpxsrt6h6cs2f8kos6t753e.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы Erich Krause Junior Decor Magnolia с принтом на лезвиях, 13см  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Ножницы с принтом на лезвиях из высококачественной нержавеющей стали с безопасными закругленными концами. Ручки классической формы изготовлены из ударопрочного пластика.</t>
   </si>
   <si>
     <t>697482</t>
   </si>
@@ -844,50 +784,59 @@
     <t>706051</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d6b/7jporxxngxmfnqv7v53lbeqn60020jgu.jpg</t>
   </si>
   <si>
     <t>Ножницы 17см  quot;Darvish quot; с европодвесом</t>
   </si>
   <si>
     <t>Ножницы 17см &amp;quot;Darvish&amp;quot; с европодвесом&lt;br /&gt;
  Размер упаковки &amp;#40;картонный блистер&amp;#41;: 7х15,3 см</t>
   </si>
   <si>
     <t>706053</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d4/tsub1gl40h3howu12wewz5ra0jyxubub.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Kores ABC,120мм,с пластиковыми ручками,тупоконечные, ассорти</t>
   </si>
   <si>
     <t>716637</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/31a/9s108r2fq91ydqzoi2fu8cy1wnfyr2ly.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Kores Birdy,125мм,с пластик. ручками, тупоконечные, ассорти</t>
+  </si>
+  <si>
+    <t>716638</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/91d/eas6gsria8e0sldepv6bl665vte0ynk5.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы Artberry  Ergo, 15см  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Ножницы Artberry Ergo, 15см &amp;#40;в блистере по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>717713</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f8/948xm335qcz10oi9s1e6eiuqygypiex1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы Erich Krause Standard,13.5см  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Ножницы Erich Krause Standard,13.5см &amp;#40;в блистере по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>717717</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b64/dd2fvu6ocxm1nsbgfhj8jcs9oyi89r1e.jpg</t>
@@ -989,50 +938,62 @@
     <t>840586</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f70/3zs9d89l2adgmw24nb3i81ajkuych2lb.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НОЖНИЦЫ ДЕТСКИЕ  quot;SAFECUT quot;, 13.7 см. с защитным чехлом </t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ &amp;quot;SAFECUT&amp;quot;, 13.7 см.&amp;#40;с защитным чехлом&amp;#41;</t>
   </si>
   <si>
     <t>840587</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19f/0vkabkl3340hwjw3nqcpo6y4y0rpoq50.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НОЖНИЦЫ ДЕТСКИЕ  quot;SPRINGCUT quot; 13.5 см.  с возвратным механизмом и окошком для подписи </t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ &amp;quot;SPRINGCUT&amp;quot; 13.5 см. &amp;#40;с возвратным механизмом и окошком для подписи&amp;#41;</t>
   </si>
   <si>
     <t>840588</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a87/7j8485g3w1tdsla1aywp2j66ru1r589a.jpeg</t>
+  </si>
+  <si>
+    <t>НОЖНИЦЫ ДЕТСКИЕ ДЛЯ ЛЕВШЕЙ,  quot;LEFTCUT quot; 13.2 см.</t>
+  </si>
+  <si>
+    <t>НОЖНИЦЫ ДЕТСКИЕ ДЛЯ ЛЕВШЕЙ, &amp;quot;LEFTCUT&amp;quot; 13.2 см.</t>
+  </si>
+  <si>
+    <t>840589</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aba/ndhijr26ewhiyr89oa835e1p0h2qmm1d.jpeg</t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ С ПРИНТОМ,  quot;HAPPYCUT quot; 13.7 см., 4 ВИДА</t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ С ПРИНТОМ, &amp;quot;HAPPYCUT&amp;quot; 13.7 см., 4 ВИДА</t>
   </si>
   <si>
     <t>840590</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c7a/tna6nyh2r75bmvo0tey8wsz26ah5ml22.jpeg</t>
   </si>
   <si>
     <t>840591</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/56b/5vjr022c7ikztbdjx01auo9ckblriy0d.jpeg</t>
   </si>
   <si>
     <t>840592</t>
   </si>
@@ -1109,50 +1070,56 @@
   <si>
     <t>Ножницы детские Berlingo  quot;Salute quot; 13,5см, ассорти, европодвес</t>
   </si>
   <si>
     <t>Ножницы детские Berlingo «Salute» подходят для работы с бумагой и картоном. Выполнены из качественной нержавеющей стали с разноцветным принтом. Компактный размер 13,5 см легко помещается в пенале. Закруглённые концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена европодвесом. Товар сертифицирован для детей от 3 лет. Цвет - ассорти.</t>
   </si>
   <si>
     <t>884334</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf0/w08xig10zzsoz2faos8azwqaippylk6k.jpeg</t>
   </si>
   <si>
     <t>908930</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04f/6f9t1kndm8oy744z245zsccezf4kmcxg.jpeg</t>
   </si>
   <si>
     <t>908932</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b49/tkzpdgnne4jfvzgg9kefe8lha0f82k79.jpeg</t>
+  </si>
+  <si>
+    <t>908933</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/18a/goj19re1k5aixef0pnj6lkda5c05xl52.jpeg</t>
   </si>
   <si>
     <t>908934</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d4/8fcdx2bqk5tavwgtiog3g4876y3ukb23.jpeg</t>
   </si>
   <si>
     <t>908935</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/554/4nsdgwduxrk7ypfct3zfpuq7ce2cp4r1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause  Junior, 13см  в тубусе по 24 шт. </t>
   </si>
   <si>
     <t>Ножницы с лезвиями из высококачественной нержавеющей стали с безопасными закругленными концами лезвий. Не ржавеют. Ручки классической формы изготовлены из ударопрочного пластика. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>939616</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cd9/tzuzfsr6qmvye3vmvxmrjkcay191dkoi.jpg</t>
@@ -1169,359 +1136,305 @@
   <si>
     <t>http://anytos.ru//upload/iblock/315/9px0avqnjcq8fuj05l7uu7wu4co6fve7.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13см, фигурные ручки  quot;Панда quot;, в футляре, блистер с европодвесом</t>
   </si>
   <si>
     <t>Ножницы для детского творчества «Мульти-Пульти» выполнены из высококачественного пластика и нержавеющего металла. Предназначены для резания бумаги и картона. Закруглённые концы лезвий обеспечивают безопасное использование. В набор входит пластиковый футляр для лезвий. Компактный размер 13 см легко помещается в пенале. Ручки удобной формы изготовлены из высококачественного пластика с резиновыми вставками. Ножницы упакованы в блистер с европодвесом. Товар сертифицирован для детей от 3 лет.</t>
   </si>
   <si>
     <t>948688</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a83/ztadz53v09fyfl2ap36m55yraz1zdby2.jpg</t>
   </si>
   <si>
     <t>Ножницы детские пластиковые Мульти-Пульти  quot;Приключения Енота quot; 12см, синий, трай-ми кард с европодвесом</t>
   </si>
   <si>
     <t>Ножницы для детского творчества «Мульти-Пульти» выполнены из высококачественного пластика. Предназначены для резания бумаги и картона. Не режут волосы! Компактный размер 12 см легко помещается в пенале. Веселый и яркий дизайн ножниц превратит процесс вырезания в увлекательную игру! Ножницы упакованы в картонный трай-ми кард с европодвесом. Товар сертифицирован для детей от 3 лет.</t>
   </si>
   <si>
     <t>948689</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cb9/saa4o9n67oq6qsq9gdmfkhyy395txmxr.jpg</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Ножницы ErichKrause  Junior Decor Color Bricks с принтом на лезвиях, 13см  в блистере по 1 штуке </t>
+    <t>http://anytos.ru//upload/iblock/3bd/y16k9kt1tzgfgtkpvazfm8fwbh9z53yy.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Deli E6068 Neon 135мм сталь ассорти</t>
+  </si>
+  <si>
+    <t>951322</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/053/or77bwxfyr4p9fgo9ovfwuaea78b9u4c.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы MAPED  quot;Essentials quot;, 130 мм, закругленные лезвия, ассорти, 464210</t>
+  </si>
+  <si>
+    <t>Канцелярские ножницы MAPED для использования в школе и дома. Подходят для детей от 4-х лет. Привлекательный дизайн с яркими ручками и узором на лезвии. Цвет ручек - ассорти: голубой, салатовый, розовый. Прочная нержавеющая сталь. Кольца из ударостойкого пластика. Металлическая заклёпка. Закруглённые концы лезвий для повышенной безопасности. Хорошо режут все виды бумаг.</t>
+  </si>
+  <si>
+    <t>953811</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efa/enwj5cfd5ccr4rxvex6dua9i4yp509nc.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы ErichKrause Junior Protect, с пластиковым чехлом и именным стикером, 13см, ассорти  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>Ножницы ErichKrause Junior Protect, с пластиковым чехлом и именным стикером, 13см, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>960754</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6e/crcuhwknn3jblk0bxj53r6v7004ep7qo.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы для левшей ErichKrause JOY   Pastel, 13.5см, ассорти  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>Ножницы для левшей ErichKrause JOY ® Pastel, 13.5см, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>960755</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/27c/7pfk7a9cr1alo3ya36ocq254x9asc31m.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot;, 16см, синие, автосмыкание, европодвес</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти &amp;quot;Приключения Енота&amp;quot;, 16см, синие, автосмыкание, европодвес</t>
+  </si>
+  <si>
+    <t>967801</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3dd/7ytv700ttox0a38z6vuiam1wdpntw46y.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы Erich Krause Приключения Пети и Волка, 16.5см, ассорти  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>978596</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef0/c53ua104pz8equgg5oez25thpz86lk09.jpg</t>
+  </si>
+  <si>
+    <t>978597</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/949/xvch4kt2virdtx9no5we62o6niiqjovb.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы Erich Krause Приключения Пети и Волка, 16.5см, ассорти  в дисплее по 24 штуки </t>
+  </si>
+  <si>
+    <t>978598</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/074/bubwznnuf9btgui2jgcc3j6hv2io1gn9.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы Erich Krause Простоквашино, 13см, ассорти  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>978599</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1e9/icyfi9q6pyxhx4o3axfq7t5ob15hadpl.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы Erich Krause Простоквашино, 13см, ассорти  в дисплее по 24 штуки </t>
+  </si>
+  <si>
+    <t>978600</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1da/j0mepd3ch70s8np5amlba1q1y9u0a5z3.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы пластиковые Erich Krause Sea Friends, 12 см, ассорти  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>Идеальны для обучения ребенка обращению с ножницами. Полностью изготовлены из пластика. Лезвия не повреждают кожу, волосы или одежду. Безопасны при использовании. Режут только бумагу и картон. Не проводят электричество. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>978601</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/776/eswv82ggtt2m1p6vtnty52c1x1b3qdco.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы ЮНЛАНДИЯ 130 мм, с линейкой, цвет ассорти, в дисплее, 238342</t>
+  </si>
+  <si>
+    <t>Ножницы ЮНЛАНДИЯ с симметричными ручками разработаны специально для детского творчества. Ребенок без труда сможет пользоваться такими ножницами, так как их длина 130 мм. Закругленные концы гарантируют безопасность при использовании ножниц по назначению. Лезвия изготовлены из прочной нержавеющей стали, что обеспечивает максимально долгий срок службы и аккуратное разрезание разных видов материалов. Предназначены для правшей.Лезвие визуально оформлено как линейка на 5 см. 3 цвета ассорти: желтый, синий, розовый.</t>
+  </si>
+  <si>
+    <t>985262</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c7c/4nrlqzw08effg2lkxtvakhi66dxx5c1o.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы ЮНЛАНДИЯ 130 мм, с линейкой, цвет ассорти, в картонной упаковке с европодвесом, 238343</t>
+  </si>
+  <si>
+    <t>985263</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cfb/hi1tw9f5xt4fl8r0i43idh79zel734t8.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы 130 мм, оранжевые, с цветной печатью  quot;Котики quot;, закругленные, BRAUBERG KIDS, 238351</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; с котиками на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в картонной упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>994790</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dd5/o7h16arp9v07x5ytu17k2ugpyvb3jpc5.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы 130 мм, сиреневые, с цветной печатью  quot;Единороги quot;, закругленные, BRAUBERG KIDS, 238350</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; с цветными единорогами на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в картонной упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>994791</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4d/c6oxrcnlbvm8a6j2j9344c6waw3ga7gv.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы 130 мм, фигурные рукоятки с резиновыми вставками  quot;Белочка quot;, с чехлом, BRAUBERG KIDS, 238353</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG KIDS &amp;quot;Белочка&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами в легкое и увлекательное занятие! Яркие детские ножницы с фигурными рукоятками с резиновыми вставками &amp;quot;Белочка&amp;quot; снабжены чехлом. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе.Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в блистере с европодвесом.</t>
+  </si>
+  <si>
+    <t>996122</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d53/kh09iyi94x9j6ttjk2dt4kwmcwrl1mjy.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы 130 мм, фигурные рукоятки с резиновыми вставками  quot;Далматин quot;, с чехлом, BRAUBERG KIDS, 238352</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG KIDS &amp;quot;Далматин&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами в легкое и увлекательное занятие! Яркие детские ножницы &amp;quot;Далматин&amp;quot; с фигурными рукоятками с резиновыми вставками снабжены чехлом. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе.Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в блистере с европодвесом.</t>
+  </si>
+  <si>
+    <t>996123</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/09d/uz3p3iwf4idd91vdr9sc2n80jo4ik6k7.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы 137 мм, резиновые рукоятки, пастельный мятный, чехол на лезвии, BRAUBERG KIDS, 238354</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG &amp;quot;KIDS&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;KIDS&amp;quot; с резиновыми рукоятками пастельно-мятного цвета и чехлом. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Ручки из резины повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в блистере с европодвесом.</t>
+  </si>
+  <si>
+    <t>996124</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/950/nqhtu76u8n20wb2mg9dgbabke9oy5y0t.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы MAPED ZENOA FIT 130 мм эргоном. ручки пластиковые с резин. вставками с принтом на лезвиях</t>
+  </si>
+  <si>
+    <t>996263</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a25/v55zpz1pki2e1cd4g2203vds02tm0jyh.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы для левшей ErichKrause FunCut Space Animals, 12.5см, ассорти</t>
+  </si>
+  <si>
+    <t>Ножницы для левшей ErichKrause FunCut Space Animals, 12.5см, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>998076</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/176/y8cgw9x6jdg7vxxnt1f42s3bi9fqlzsk.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы ErichKrause Junior Decor Pointes, с принтом на лезвиях, 13см  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Ножницы с принтом на лезвиях из высококачественной нержавеющей стали с безопасными закругленными концами. Ручки классической формы с противоскользящими резиновыми вставками изготовлены из ударопрочного пластика.</t>
   </si>
   <si>
-    <t>949520</t>
-[...247 lines deleted...]
-  <si>
     <t>999174</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fcf/2oeca08ffjnqhm201e6ggo59agf3tprb.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause Junior Decor Sport DNA, с принтом на лезвиях, 13см  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>999175</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e8d/1bvyl4n1lcgd1xgj4wqgkn908fmlwc0r.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause Junior Softy Jolly Friends, 13см, ассорти  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>999176</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33c/2ebml1b4v0lko2u02ezn9tfb6c9hyfe8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause  Juinior Decor Happy Capy с принтом на лезвиях, 13см  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>999177</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c8e/dq1h05lbiva9a8ea0fcpsy20hmblmdqo.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e02/qti2r2p7pvrh4qc3v2sjady3w83lhfzo.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Каляка-Маляка безопасные 135 мм ручки пластиковые желт. , лезвия металл пластик</t>
   </si>
   <si>
     <t>Ножницы детские Каляка-Маляка безопасные 135 мм ручки пластиковые желт. , лезвия металл&amp;#43;пластик</t>
   </si>
   <si>
     <t>1007128</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b0/um7s16ujqodggiuz2eb4wfyma20ozvjq.jpg</t>
   </si>
   <si>
     <t>Ножницы школьные Schoolformat безопасные 130 мм ручки пластиковые ассорти</t>
   </si>
   <si>
     <t>1007129</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/275/navpyu6qipep743o9j4l12dpgzay14zy.jpg</t>
   </si>
   <si>
     <t>Ножницы школьные Schoolformat безопасные 135 мм ручки пластиковые</t>
@@ -1581,50 +1494,62 @@
     <t>1007814</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7be/1d39gv3bda97skgez8j58n1fv98ax2kt.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НОЖНИЦЫ ДЕТСКИЕ,  quot;FUNCUT. Машина quot; 13,5 см.  безопасные лезвия, возвратный механизм </t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ, &amp;quot;FUNCUT. Машина&amp;quot; 13,5 см. &amp;#40;безопасные лезвия, возвратный механизм&amp;#41;</t>
   </si>
   <si>
     <t>1007815</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/91f/yweb3cdulzn66fsg3lq0m33szmdmdl1x.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НОЖНИЦЫ ДЕТСКИЕ,  quot;KAWAII ANIMALS quot; 14.2 см.  эргономичные ручки </t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ, &amp;quot;KAWAII ANIMALS&amp;quot; 14.2 см. &amp;#40;эргономичные ручки&amp;#41;</t>
   </si>
   <si>
     <t>1007816</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9db/409ke9txu7qscsmigxri1vbibyzahsfy.jpeg</t>
+  </si>
+  <si>
+    <t>НОЖНИЦЫ ДЕТСКИЕ,  quot;LOVE ME quot; 13.7 см.</t>
+  </si>
+  <si>
+    <t>НОЖНИЦЫ ДЕТСКИЕ, &amp;quot;LOVE ME&amp;quot; 13.7 см.</t>
+  </si>
+  <si>
+    <t>1007817</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/469/k24bl73hltkjj1zhfhxxp6ff6jcleak9.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause Big City Cats, 16.5см, черный  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Ножницы ErichKrause Big City Cats, 16.5см, черный &amp;#40;в блистере по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>1011032</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/411/brji4587ycs3fpqms5kdd1dx53tbgohw.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause JOY  Magic Pet, 13.5см, ассорти  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Ножницы ErichKrause JOY® Magic Pet, 13.5см, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>1011033</t>
   </si>
@@ -2194,3567 +2119,3414 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J156"/>
+  <dimension ref="A1:M149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G156" sqref="G156"/>
+      <selection pane="bottomRight" activeCell="G149" sqref="G149"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="C6" s="1"/>
+        <v>23</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="C7" s="1"/>
+        <v>29</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>30</v>
+      </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E14" s="3" t="s">
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="F14" s="3" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="G15" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B19" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C19" s="1" t="s">
-[...47 lines deleted...]
-      </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>50</v>
+        <v>92</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>101</v>
+        <v>41</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>67</v>
+        <v>111</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>67</v>
+        <v>116</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>50</v>
+        <v>116</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F29" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B29" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G29" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>125</v>
+        <v>141</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>125</v>
+        <v>147</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>125</v>
+        <v>58</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>150</v>
+        <v>16</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="F37" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="G37" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="G37" s="3" t="s">
-[...3 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="F38" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="G44" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="G38" s="3" t="s">
-[...141 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F46" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="B46" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G46" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>211</v>
+        <v>191</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>211</v>
+        <v>191</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>211</v>
+        <v>191</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>221</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>222</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>211</v>
+        <v>191</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>225</v>
+        <v>213</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>211</v>
+        <v>191</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>229</v>
+        <v>213</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>231</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>211</v>
+        <v>191</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
         <v>232</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>233</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>234</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>235</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>211</v>
+        <v>191</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
         <v>236</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>237</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>238</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>239</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>211</v>
+        <v>191</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>240</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>241</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>242</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>243</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>211</v>
+        <v>191</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
         <v>244</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>211</v>
+        <v>191</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>233</v>
+        <v>249</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>211</v>
+        <v>191</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>211</v>
+        <v>26</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>211</v>
+        <v>26</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>211</v>
-[...5 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>211</v>
+        <v>174</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>211</v>
+        <v>174</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>211</v>
+        <v>174</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>35</v>
+        <v>174</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>174</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>190</v>
+        <v>286</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>190</v>
-[...5 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>190</v>
-[...5 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>190</v>
-[...5 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>190</v>
-[...5 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>303</v>
-[...5 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B77" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="C77" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="C77" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="C78" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="D78" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E78" s="3" t="s">
+      <c r="F78" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="F78" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A79" s="1" t="s">
+      <c r="B79" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="C79" s="1" t="s">
         <v>321</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="D79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="D79" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E79" s="3" t="s">
+      <c r="F79" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="F79" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A80" s="1" t="s">
+      <c r="B80" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="C80" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="D80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E80" s="3" t="s">
+      <c r="F80" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="F80" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A81" s="1" t="s">
+      <c r="B81" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="B81" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>329</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>141</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
         <v>330</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>141</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>141</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>286</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>344</v>
+        <v>288</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>344</v>
+        <v>289</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>347</v>
+        <v>304</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>348</v>
+        <v>305</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>349</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
         <v>350</v>
       </c>
       <c r="B88" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="C88" s="1" t="s">
+      <c r="F88" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="D88" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E88" s="3" t="s">
+      <c r="B89" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>353</v>
       </c>
-      <c r="F88" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A89" s="1" t="s">
+      <c r="F89" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="B90" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="C89" s="1" t="s">
+      <c r="F90" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="D89" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E89" s="3" t="s">
+      <c r="B91" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="F89" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G89" s="3" t="s">
+      <c r="C91" s="1" t="s">
         <v>358</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A90" s="1" t="s">
+      <c r="D91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="B90" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="F91" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A91" s="1" t="s">
+      <c r="B92" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="B91" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E91" s="3" t="s">
+      <c r="C92" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="F91" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A92" s="1" t="s">
+      <c r="D92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>363</v>
       </c>
-      <c r="B92" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E92" s="3" t="s">
+      <c r="F92" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="F92" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A93" s="1" t="s">
+      <c r="B93" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="B93" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" s="1" t="s">
-        <v>334</v>
+        <v>366</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>190</v>
+        <v>58</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>374</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>150</v>
+        <v>375</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>67</v>
+        <v>141</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>67</v>
+        <v>174</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>390</v>
+        <v>58</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>393</v>
+        <v>181</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>394</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B101" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="F101" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="D101" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E101" s="3" t="s">
+      <c r="B102" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A102" s="1" t="s">
+      <c r="C102" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>399</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="F102" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="B103" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="C103" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>402</v>
       </c>
-      <c r="F102" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A103" s="1" t="s">
+      <c r="F103" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="B104" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="C104" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>405</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="3" t="s">
+      <c r="F104" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
         <v>406</v>
       </c>
-      <c r="F103" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A104" s="1" t="s">
+      <c r="B105" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="C105" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="C104" s="1" t="s">
+      <c r="D105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>409</v>
       </c>
-      <c r="D104" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E104" s="3" t="s">
+      <c r="F105" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="F104" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A105" s="1" t="s">
+      <c r="B106" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="C106" s="1" t="s">
         <v>412</v>
       </c>
-      <c r="C105" s="1" t="s">
+      <c r="D106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="D105" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E105" s="3" t="s">
+      <c r="F106" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
         <v>414</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A106" s="1" t="s">
+      <c r="B107" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="C107" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="3" t="s">
         <v>416</v>
       </c>
-      <c r="C106" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E106" s="3" t="s">
+      <c r="F107" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="F106" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A107" s="1" t="s">
+      <c r="B108" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="B107" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E107" s="3" t="s">
+      <c r="C108" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="F107" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A108" s="1" t="s">
+      <c r="D108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>420</v>
       </c>
-      <c r="B108" s="1" t="s">
+      <c r="F108" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="C108" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E108" s="3" t="s">
+      <c r="B109" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="F108" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A109" s="1" t="s">
+      <c r="C109" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="B109" s="1" t="s">
+      <c r="D109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E109" s="3" t="s">
         <v>424</v>
       </c>
-      <c r="C109" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E109" s="3" t="s">
+      <c r="F109" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="F109" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A110" s="1" t="s">
+      <c r="B110" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="B110" s="1" t="s">
+      <c r="C110" s="1" t="s">
         <v>427</v>
       </c>
-      <c r="C110" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>428</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>190</v>
+        <v>116</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
         <v>429</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>430</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>432</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>190</v>
+        <v>116</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
         <v>433</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>434</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>436</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>181</v>
+        <v>116</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
         <v>437</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>438</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>439</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>181</v>
+        <v>141</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
         <v>440</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>441</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>442</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>443</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>125</v>
+        <v>174</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
         <v>444</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>445</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>446</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>447</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>125</v>
+        <v>174</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
         <v>448</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>449</v>
       </c>
       <c r="C116" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="D116" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E116" s="3" t="s">
+      <c r="F116" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="F116" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A117" s="1" t="s">
+      <c r="B117" s="1" t="s">
         <v>452</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="C117" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E117" s="3" t="s">
         <v>453</v>
       </c>
-      <c r="C117" s="1" t="s">
+      <c r="F117" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E117" s="3" t="s">
+      <c r="B118" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="F117" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A118" s="1" t="s">
+      <c r="C118" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="B118" s="1" t="s">
+      <c r="F118" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="C118" s="1" t="s">
+      <c r="B119" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="D118" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E118" s="3" t="s">
+      <c r="C119" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="F118" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A119" s="1" t="s">
+      <c r="D119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>460</v>
       </c>
-      <c r="B119" s="1" t="s">
+      <c r="F119" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
         <v>461</v>
       </c>
-      <c r="C119" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E119" s="3" t="s">
+      <c r="B120" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="F119" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A120" s="1" t="s">
+      <c r="C120" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>463</v>
       </c>
-      <c r="B120" s="1" t="s">
+      <c r="F120" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="C120" s="1" t="s">
+      <c r="B121" s="1" t="s">
         <v>465</v>
       </c>
-      <c r="D120" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E120" s="3" t="s">
+      <c r="C121" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>466</v>
       </c>
-      <c r="F120" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A121" s="1" t="s">
+      <c r="F121" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
         <v>467</v>
       </c>
-      <c r="B121" s="1" t="s">
+      <c r="B122" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="C121" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E121" s="3" t="s">
+      <c r="C122" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>469</v>
       </c>
-      <c r="F121" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A122" s="1" t="s">
+      <c r="F122" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
         <v>470</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="B123" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="C122" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E122" s="3" t="s">
+      <c r="C123" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>472</v>
       </c>
-      <c r="F122" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A123" s="1" t="s">
+      <c r="F123" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
         <v>473</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="B124" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="C123" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E123" s="3" t="s">
+      <c r="C124" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>475</v>
       </c>
-      <c r="F123" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A124" s="1" t="s">
+      <c r="F124" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="B124" s="1" t="s">
+      <c r="B125" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="C124" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E124" s="3" t="s">
+      <c r="C125" s="1" t="s">
         <v>478</v>
       </c>
-      <c r="F124" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A125" s="1" t="s">
+      <c r="D125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>479</v>
       </c>
-      <c r="B125" s="1" t="s">
+      <c r="F125" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="C125" s="1" t="s">
+      <c r="B126" s="1" t="s">
         <v>481</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E125" s="3" t="s">
+      <c r="C126" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="F125" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A126" s="1" t="s">
+      <c r="D126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>483</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="F126" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="C126" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E126" s="3" t="s">
+      <c r="B127" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="F126" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A127" s="1" t="s">
+      <c r="C127" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="D127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>487</v>
       </c>
-      <c r="C127" s="1" t="s">
+      <c r="F127" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="D127" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E127" s="3" t="s">
+      <c r="B128" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="F127" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A128" s="1" t="s">
+      <c r="C128" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="D128" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>491</v>
       </c>
-      <c r="C128" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E128" s="3" t="s">
+      <c r="F128" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="F128" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A129" s="1" t="s">
+      <c r="B129" s="1" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>494</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>495</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>26</v>
+        <v>286</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
         <v>496</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>497</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>26</v>
+        <v>174</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>26</v>
+        <v>174</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>26</v>
+        <v>174</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>303</v>
+        <v>174</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>303</v>
+        <v>174</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>303</v>
+        <v>174</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>303</v>
+        <v>174</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>539</v>
+        <v>446</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>190</v>
+        <v>547</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>190</v>
+        <v>141</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>190</v>
+        <v>141</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>190</v>
+        <v>141</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>211</v>
+        <v>568</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>385</v>
+        <v>571</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>190</v>
+        <v>568</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="F149" s="3" t="s">
         <v>568</v>
       </c>
-      <c r="B149" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G149" s="3" t="s">
-        <v>15</v>
-[...160 lines deleted...]
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">