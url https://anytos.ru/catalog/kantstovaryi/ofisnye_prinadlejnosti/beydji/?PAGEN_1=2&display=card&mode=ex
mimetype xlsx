--- v0 (2025-12-27)
+++ v1 (2026-02-14)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="924">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1115">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ad2/3x3w5hc4ih5qj2ps7oiisipsym6o3a05.jpg</t>
   </si>
   <si>
     <t>Шнурок для бейджей OfficeSpace, 45см, металлический клип, черный</t>
   </si>
   <si>
     <t>Съемный текстильный шнурок крепится к бейджу с помощью металлической клипсы. Цвет шнурка - черный.</t>
   </si>
   <si>
     <t>Бейджи</t>
@@ -98,200 +107,461 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4c9/sptb2ne02w30fzv2k2shumsucnpkze2r.jpg</t>
   </si>
   <si>
     <t>Шнурок для бейджей OfficeSpace, 45см, металлический клип, желтый</t>
   </si>
   <si>
     <t>Съемный текстильный шнурок крепится к бейджу с помощью металлической клипсы. Цвет шнурка - желтый.</t>
   </si>
   <si>
     <t>427925</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a2d/q5w0zvz2jf4sv5isfwl7wge4vp1b4oog.jpg</t>
   </si>
   <si>
     <t>Бейдж inФОРМАТ LITE гориз. с клипом и булавкой 91х57 мм прозр.: ВНСР-9060Л штр.: 4602723079217</t>
   </si>
   <si>
     <t>208744</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bde/bde758dbf351553a8a4076bb2d28e292/6628548f9e6387642c6151640637f867.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж 90х55мм Attache металл зажим булавка  50шт  штр.  4620004205865, 6953070936653, 6953070936660</t>
+  </si>
+  <si>
+    <t>Горизонтальные бейджи Attache размером 90-55 мм имеют два держателя - клипсу и булавку. Подходят для ношения именных карточек и пропусков. Изготовлены из прозрачного пластика. Поставляются упаковками по 50 штук. Размер вкладыша :89х55 мм. Плотность: 30 мкм</t>
+  </si>
+  <si>
+    <t>245814</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/529/5290d9d2c8f1b373108b14517d9f2349/bbebbecabfe46f5920f930dd76cac131.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж 90х55мм Attache металл зажим булавка  50шт ,18мкм штр.  6935358106712, 6953070972255</t>
+  </si>
+  <si>
+    <t>Бейджик Attache.Крепится при помощи булавки или металлического зажима.Предназначены для ношения именной карточки.Размер бейджа 90х55ммПлотность: 18 мкм.В упаковке 50шт.Страна производитель:Китай.</t>
+  </si>
+  <si>
+    <t>245815</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f2b/f2b9ccf2daa9eb90d1f611b5d1871d01/9a2d34221156887eae6e4339a021b469.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж 120х87мм металл зажим тесьма зел. 10шт.  1065ГК-108 штр.  4607031182604, 4620004209528</t>
+  </si>
+  <si>
+    <t>Горизонтальные бейджи Attache размером 120-87 мм имеют металлическую клипсу и тесьму зеленого цвета. Ширина ленты 10мм, длина 850 мм. Предназначены для именной карточки, размером 113 x 70 мм. Изготовлены из плотной прозрачной пленки с эффектом «апельсиновой корки». Поставляются упаковками по 10 штук.Страна производитель:Россия.</t>
+  </si>
+  <si>
+    <t>245828</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/438/4383876d3fd962b0fa2712df0941f91f/c37e7974bc937f12163fb682658224e2.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж 120х87мм металл зажим тесьма син. 10шт.  1065ГК-101 штр.  4607031182581, 4620004209535</t>
+  </si>
+  <si>
+    <t>Горизонтальные бейджи Attache размером 120-87 мм имеют металлическую клипсу и тесьму синего цвета. Ширина ленты 10мм, длина 850мм. Предназначены для именной карточки размером 113 x 70 мм. Изготовлены из плотной прозрачной пленки с эффектом «апельсиновой корки». Поставляются упаковками по 10 штук.Страна производитель:Россия</t>
+  </si>
+  <si>
+    <t>245830</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3da/3daaf244599ff1aec5c612ea2eb7b5fa/f4af0698d6a1fa3247fd5e3bf2cbe4bf.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж верт.120х87мм металл зажим тесьма син. 10шт 1065ВК-101 штр.  4490452011840, 4690432011840</t>
+  </si>
+  <si>
+    <t>Вертикальный бейдж размером 87-120 мм предназначен для ношения именных карточек, пропусков, размером 81x 102 мм. Внутренний размер - 8-10 см. Изготовлен из прозрачной ПВХ-пленки с эффектом «апельсиновой корки». Закреплен на металлическом зажиме, имеет нашейную тесьму синего цвета длиной 40 см. Поставляется упаковками по 10 штук.Страна производитель: Россия</t>
+  </si>
+  <si>
+    <t>245836</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/28b/28b07366376d99ff8fec5aeacdc34f35/2159ec318012b505f56cadd29606225d.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж гориз. д держателя с рулеткой 78 93 Attache  50шт у  1434.А штр.  4690432027476</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный &amp;lt;br /&amp;gt;Подходит для использования на держателе с рулеткой&amp;lt;br /&amp;gt;Изготовлен из пленки ПВХ 250мкм&amp;lt;br /&amp;gt;Размер самого изделия 93 x 78 мм.&amp;lt;br /&amp;gt;Размер вставки 86 х 58 мм.&amp;lt;br /&amp;gt;В упаковке 50шт.&amp;lt;br /&amp;gt;Страна производитель: Россия.</t>
+  </si>
+  <si>
+    <t>245851</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d1/5d181e74342c297569f6a632edb7a8e3.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный с рулеткой, разм вклад 85х54 штр.  6935834050515</t>
+  </si>
+  <si>
+    <t>Бейдж ProMega Office горизонтальный мультиформатный с рулеткой. Размер - 90-55 мм, размер вкладыша - 85-54. Изготовлен из жесткого прозрачного акрила. Подходит для ношения именных карточек и пропусков. Рулетка расположена с обратной стороны бейджа.</t>
+  </si>
+  <si>
+    <t>245867</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/208/2084ec35d51c311c012d379e36f1c4f4/c8f80fb867d318e1671626e7bb16ff2c.jpg</t>
+  </si>
+  <si>
+    <t>Держатель для бейджа с двумя карабинами, синий 968734</t>
+  </si>
+  <si>
+    <t>Держатель для бейджа с двумя карабинами, синий</t>
+  </si>
+  <si>
+    <t>334430</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a8b/8olq7kxggw65ir8qfpc5v5qerynvsrhk.jpg</t>
   </si>
   <si>
     <t>Лента для бейджей LITE с метал клипсой 45 см синяя. BFBGL Bl</t>
   </si>
   <si>
     <t>Лента LITE идеально подойдет для бейджа или магнитного пропуска. Длина — 45 см, ширина — 10 мм. Шнур-лента имеет безопасный замок, открывающийся при нажатии. Цвета: синий, красный, зеленый. Поставляются в упаковках по 20 штук.</t>
   </si>
   <si>
     <t>359337</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
   </si>
   <si>
-    <t>1</t>
-[...5 lines deleted...]
-    <t>Бейдж LITE вертик. 100х80 мм прозр. PVC 250 мкм. BGL10080G 250</t>
+    <t>http://anytos.ru//upload/iblock/7e9/t0vn59x707fi8f7kg1fs974mjsrmtccu.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж LITE гориз. 95х60 мм прозр. PVC 250 мкм. BGL9560V 250</t>
   </si>
   <si>
     <t>Бейджи LITE изготовлены из прозрачного плотного пластика. Поставляются в горизонтальном и вертикальном видах. Крепления изделий осуществляются при помощи рулетки, зажима со шнурком. Каждый бейдж оснащен ’замком’ &amp;#40;плотным соединением краев пластика&amp;#41;, который надежно фиксирует информационный вкладыши препятствует его выпадению. Прекрасно подходят для магнитного пропуска иливизитной карточки.</t>
   </si>
   <si>
-    <t>359400</t>
-[...7 lines deleted...]
-  <si>
     <t>359403</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ea6/coa97w5nhzfnl1cyrrvyibkzvvf90jz3.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный  57х90 мм  с клипсой и булавкой, STAFF, 235464</t>
+  </si>
+  <si>
+    <t>Бюджетный горизонтальный бейдж STAFF подходит для пропуска, визитки, именной карточки. Используется в офисах, на семинарах, тренингах, презентациях и других мероприятиях. Закрепляется на одежде при помощи клипсы или булавки. Размер вкладыша – 57х90 мм.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>410277</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9bb/9bb4d6a023c8d20f62d78a00454bc830/4816748bceb19e0baa86a8a334f9a29e.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж 107х83мм Attache д карт 100х71мм тесьма, 1016, 10 шт</t>
+  </si>
+  <si>
+    <t>Бейдж 107х83мм Attache д/карт 100х71мм тесьма ?1016,  10 шт</t>
+  </si>
+  <si>
+    <t>416754</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/646/64651c9abe85f5501f22f107e92fcf26/68e036426f0a923169272157544b4162.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж 77x118мм Attache д карт 71х100мм тесьма вертик.1017, 10 шт</t>
+  </si>
+  <si>
+    <t>Бейдж 77x118мм Attache д/карт 71х100мм тесьма вертик.1017, 10 шт</t>
+  </si>
+  <si>
+    <t>416755</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a96/a965d72885555392f846c58b7d8075c5/9c14b7657e0719ef9e9797bf053d1dc2.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж 90х55мм Economy металл зажим булавка  50шт  18мкм</t>
+  </si>
+  <si>
+    <t>Бейдж 90х55мм Economy металл зажим/булавка &amp;#40;50шт&amp;#41;,18мкм</t>
+  </si>
+  <si>
+    <t>416756</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/06c/06cfa438f2e8cf48369a30dba381ad7a/b26b1113f601a16810c73056aac86c0b.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Attache вертик мягк прозрачн с голубым верхом 55х85T-090V, 10шт</t>
+  </si>
+  <si>
+    <t>Бейдж Attache вертик мягк прозрачн с голубым верхом 55х85T-090V,10шт</t>
+  </si>
+  <si>
+    <t>416758</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24e/24e9297e0d0c01ccd0c45fdca1a032e3/bd2e53588b034f8d2576d6fbbf860785.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Attache вертикальный 54х90, прозрачный, мягкийT-065V, 10шт</t>
+  </si>
+  <si>
+    <t>Бейдж Attache вертикальный 54х90, прозрачный, мягкийT-065V ,10шт</t>
+  </si>
+  <si>
+    <t>416760</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d34/d34390f2664c425cdf6284549aff31a7/ea6c78343f1427faac799ba83eb82a0b.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Attache вертикальный 90х55T-202V,10шт</t>
+  </si>
+  <si>
+    <t>416762</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f3b/f3b49f0ecac196d3330e871a7721f26d/d7415acda7fc145b1ffc5a2482e6825e.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Attache вертикальный, мягкий, прозрачный, 75х95T-038V, 10шт</t>
+  </si>
+  <si>
+    <t>Бейдж Attache вертикальный, мягкий, прозрачный, 75х95T-038V,10шт</t>
+  </si>
+  <si>
+    <t>416764</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/632/632a31b55be8198b3d1f2186b7c4a892/d8c030587c7781725053dc27ba5f4edb.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Attache горизонтальн. 90х54 прозрачный, мягкий.T-065H, 10шт</t>
+  </si>
+  <si>
+    <t>Бейдж Attache горизонтальн. 90х54 прозрачный, мягкий.T-065H ,10шт</t>
+  </si>
+  <si>
+    <t>416767</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6af/6af381203ba95ae08cca23bd965887c6/ae07da2dc89519c2ca3c08b03ba3a560.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Attache горизонтальный, мягкий, прозрачный, 95х58T-037H, 10шт</t>
+  </si>
+  <si>
+    <t>416771</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/419/4199cc3db152726c40a41133c9757478.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бейдж вертикальный 54x85, черн, акрил Attache Selection T-554V  с пок. Soft Touch </t>
+  </si>
+  <si>
+    <t>Бейдж верт.54x85,черн,акрил Attache Selection T-554V&amp;#40;с пок. Soft Touch&amp;#41;</t>
+  </si>
+  <si>
+    <t>416773</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/18d/18d2bb351e6c540fadc470b5c2a59bc5/f86282a45a53ad1c59700526da3c9226.jpg</t>
+  </si>
+  <si>
+    <t>Держатель для бейджа Attache с замком на кноп, синий K 1009, 5шт уп</t>
+  </si>
+  <si>
+    <t>Держатель для бейджа Attache с замком на кноп, синий&amp;nbsp;&amp;nbsp;K 1009, 5шт/уп</t>
+  </si>
+  <si>
+    <t>416798</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/496/496a83d21aeece4b98293fca27e59d91/1d05f9d4ad058c19158150f85ce324df.jpg</t>
+  </si>
+  <si>
+    <t>Держатель для бейджа Attache с клипом синий K-1081, 5 шт уп</t>
+  </si>
+  <si>
+    <t>Держатель для бейджа Attache с клипом синий K-1081, 5 шт/уп</t>
+  </si>
+  <si>
+    <t>416802</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/251/25170c01bb83259064a57cbfd7634afc/e105dfe3155278ff20332ded118b8af4.jpg</t>
+  </si>
+  <si>
+    <t>Держатель для бейджа c пластиковым замком черный Attache K-1022</t>
+  </si>
+  <si>
+    <t>Держатель для бейджа c пластиковым замком черн.&amp;nbsp;&amp;nbsp;Attache K-1022</t>
+  </si>
+  <si>
+    <t>416804</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5cd/74bb38rm03eqfpbl59d1oin43e46q88s.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный  60х90 мм , на зеленой ленте 45 см, BRAUBERG, 231153</t>
   </si>
   <si>
     <t>Горизонтальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильной зеленой ленте используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется лентой 45 см. Размер вкладыша 90х60 мм.</t>
   </si>
   <si>
     <t>423176</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
-    <t>40</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fa5/s1aqvo038tgtr2hlwpyo681q0tqygllm.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный  60х90 мм , на желтой ленте 45 см, BRAUBERG, 231154</t>
   </si>
   <si>
     <t>Горизонтальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильной желой ленте используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется лентой 45 см. Размер вкладыша 90х60 мм.</t>
   </si>
   <si>
     <t>423177</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d59/m2rhzeuljv3pdwaoztc53p6pk2itz0pl.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный  60х90 мм , на красной ленте 45 см, BRAUBERG, 231155</t>
   </si>
   <si>
     <t>Горизонтальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильной красной ленте используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется лентой 45 см. Размер вкладыша 90х60 мм.</t>
   </si>
   <si>
     <t>423178</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d16/yrj0kyjbbomanquylvzz1munj6h3q7r9.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный  60х90 мм , на синей ленте 45 см, BRAUBERG, 231156</t>
   </si>
   <si>
     <t>Горизонтальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Закрепляется при помощи текстильной ленты. Карман из мягкого прочного пластика гарантирует долгий срок службы. Размер вкладыша 90х60 мм. Длина ленты 45 см. Упакован в пластиковый пакет.</t>
   </si>
   <si>
     <t>423179</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/761/rgewftvowz9f57fq3nezofnomzes71mt.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/961/i4bv3t8a3bwjvwzyjprd7ldu8ogere9k.jpg</t>
   </si>
   <si>
     <t>Бейджи вертикальные БОЛЬШИЕ  120x87 мм , КОМПЛЕКТ 10 шт., на синей ленте 45 см, ДПС, 1065.ВК-101</t>
   </si>
   <si>
     <t>Вертикальный бейдж на синей ленте.</t>
   </si>
   <si>
     <t>423182</t>
   </si>
   <si>
     <t>&lt;a href="/brands/dps/"&gt;ДПС&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3bf/krjirc1mspk3fwbu3l2vs2u0r06r3yix.jpg</t>
   </si>
   <si>
     <t>Бейджи горизонтальные БОЛЬШИЕ  87х120 мм , КОМПЛЕКТ 10 шт., на синей ленте 45 см, ДПС, 1065.ГК-101</t>
   </si>
   <si>
     <t>Горизонтальный бейдж на синей ленте.</t>
   </si>
   <si>
     <t>423183</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1bf/kwc1p25dcvlibquijpeuetqchkzbdw7l.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный  55х85 мм , на синей ленте 45 см, твердый пластик, BRAUBERG, 232138</t>
   </si>
   <si>
     <t>Горизонтальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильной синей ленте используется для размещения именных карточек, пропусков, пластиковых карт. Карман из твердого прочного пластика гарантирует долгий срок службы. Идеально подойдет для чувствительных к механическим повреждениям магнитных карт, пропусков и удостоверений личности. Закрепляется лентой 45 см. Размер вкладыша 85х55 мм.</t>
   </si>
   <si>
     <t>423184</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/edd/o1u6loz51gnceomwo89ii7frjjy9d1m5.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный  85х55 мм , на синей ленте 45 см, твердый пластик, BRAUBERG, 232139</t>
   </si>
   <si>
     <t>Вертикальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильной синей ленте используется для размещения именных карточек, пропусков, пластиковых карт. Карман из твердого прочного пластика гарантирует долгий срок службы. Идеально подойдет для чувствительных к механическим повреждениям магнитных карт, пропусков и удостоверений личности. Закрепляется лентой 45 см. Размер вкладыша 85х55 мм.</t>
   </si>
   <si>
     <t>423185</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/591/2aiekfvsd0vyu10xignb4jofeb9d65u8.jpg</t>
   </si>
   <si>
     <t>Бейдж-карман вертикальный БОЛЬШОЙ  120х90 мм , без держателя, BRAUBERG, 235696</t>
   </si>
   <si>
     <t>Вертикальный БОЛЬШОЙ бейдж BRAUBERG без крепления для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж-карман подходит для крепления на ленте, держателе с рулеткой, т.д. Карман из мягкого прочного пластика гарантирует долгий срок службы. Размер вкладыша 90х120 мм.</t>
   </si>
   <si>
     <t>423190</t>
   </si>
   <si>
     <t>48</t>
@@ -299,150 +569,147 @@
   <si>
     <t>http://anytos.ru//upload/iblock/524/odphhnxwslvrs2sv9nl0lpu0gpgzd497.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный  60х90 мм , на черной ленте 45 см, BRAUBERG, 235697</t>
   </si>
   <si>
     <t>Горизонтальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильной черной ленте используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется лентой 45 см. Размер вкладыша 90х60 мм.</t>
   </si>
   <si>
     <t>423191</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3f2/ijlxymmejtc1byroh0x4vocbfyz916xq.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный  90х60 мм , на синей ленте 45 см, BRAUBERG, 235698</t>
   </si>
   <si>
     <t>Вертикальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильной ленте используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется лентой 45 см. Размер вкладыша 90х60 мм.</t>
   </si>
   <si>
     <t>423192</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/365/xppcok8qh8v6sli8iz57spfpki9ndg08.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный  90х60 мм , на зеленой ленте 45 см, BRAUBERG, 235700</t>
   </si>
   <si>
     <t>Вертикальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильной зеленой ленте используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется лентой 45 см. Размер вкладыша 90х60 мм.</t>
   </si>
   <si>
     <t>423194</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/99e/j1k61hy32lt8fh21blmrc1k2go3tdohv.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный БОЛЬШОЙ  120х90 мм , с клипсой и булавкой, мягкий, BRAUBERG, 235714</t>
   </si>
   <si>
     <t>Вертикальный БОЛЬШОЙ бейдж BRAUBERG с клипсой и булавкой для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Клипса и булавка обеспечивают удобное и надежное крепление бейджа на одежде. Карман из мягкого прочного пластика гарантирует долгий срок службы. Размер вкладыша 90х120 мм.</t>
   </si>
   <si>
     <t>423206</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/949/fejonz28xy23isoro23n8yglnwtqd9vh.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2a9/68ry705rjtx1s7elfbqyiakdnmujykb4.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный БОЛЬШОЙ  120х90 мм , на синем шнурке 45 см, 2 карабина, BRAUBERG, 235716</t>
   </si>
   <si>
     <t>Вертикальный БОЛЬШОЙ бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильном шнурке с двумя карабинами используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется шнурком 45 см с карабинами. Размер вкладыша 90х120 мм.</t>
   </si>
   <si>
     <t>423208</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/95a/50pqi211qmfttgjf8ixyxarkup3gnkc7.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный БОЛЬШОЙ  120х90 мм , на красном шнурке 45 см, 2 карабина, BRAUBERG, 235717</t>
   </si>
   <si>
     <t>Вертикальный большой бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильном шнурке с двумя карабинами используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется красным шнурком 45 см с карабинами. Размер вкладыша 90х120 мм.</t>
   </si>
   <si>
     <t>423209</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c77/85fsstahzayclqgbyggdrg9wf4l2obg8.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж-табличка горизонтальный  33х70 мм , с клипом и булавкой, BRAUBERG, 235723</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж-табличка BRAUBERG для именных карточек. Твердый пластик гарантирует долгий срок службы. Будет незаменим для сотрудников гостинично-ресторанного сектора. Закрепляется клипом или булавкой. Размер вкладыша 63х15 мм.</t>
+  </si>
+  <si>
+    <t>423213</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bf1/24yhlb4t5560bwh347bd76lcswlep28c.jpg</t>
   </si>
   <si>
     <t>Бейдж-табличка горизонтальный  35х70 мм , магнитный, BRAUBERG, 235738</t>
   </si>
   <si>
     <t>Горизонтальный бейдж-табличка BRAUBERG MAGNETIC для именных карточек. Твердый пластик гарантирует долгий срок службы. Будет незаменим для сотрудников гостинично-ресторанного сектора. Закрепляется магнитом. Защитит Вашу одежду от необходимости в мелких проколах булавкой. Размер вкладыша - 70х35 мм.</t>
   </si>
   <si>
     <t>423214</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2bf/u2wr2ajaqkmnndw7scr3t6i692t5lf83.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный жесткокаркасный  55х85 мм , без держателя, ПРОЗРАЧНЫЙ, BRAUBERG, 235739</t>
   </si>
   <si>
     <t>Горизонтальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж подходит для крепления на ленте, держателе с рулеткой. Изготовлен из жесткого пластика, гарантирующего долгий срок службы. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Размер вкладыша 55х85 мм.</t>
   </si>
   <si>
     <t>423215</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2c5/2c567032c22c3ccdf91f0a8ba81b135c/3a80c580196d6974d5a8079b88377dda.jpg</t>
-[...2 lines deleted...]
-    <t>Бейдж горизонтальный жесткокаркасный  55х85 мм , без держателя, ЗЕЛЕНЫЙ, BRAUBERG, 235742</t>
+    <t>http://anytos.ru//upload/iblock/237/23763963bc0b61f2580496f75ceca790/9312cbcaa797d3ef7cf3d85d1fde72b8.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный жесткокаркасный  55х85 мм , без держателя, ЖЕЛТЫЙ, BRAUBERG, 235743</t>
   </si>
   <si>
     <t>Бейдж BRAUBERG подходит для крепления на ленте, держателе с рулеткой. Изготовлен из твердого пластика, гарантирующего долгий срок службы. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков.</t>
   </si>
   <si>
-    <t>423216</t>
+    <t>423217</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d55/84yg3vb3scuckq79x36hoox3slfopdwv.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный жесткокаркасный  75х105 мм , без держателя, СИНИЙ, BRAUBERG, 235750</t>
   </si>
   <si>
     <t>Горизонтальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж подходит для крепления на ленте, держателе с рулеткой. Изготовлен из жесткого пластика, гарантирующего долгий срок службы. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Размер вкладыша 105х75 мм.</t>
   </si>
   <si>
     <t>423220</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/485/a02c2wk8x63u4cl5feepgy2k04gzcx2l.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный жесткокаркасный  105х75 мм , без держателя, СИНИЙ, BRAUBERG, 235755</t>
   </si>
   <si>
     <t>Вертикальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж подходит для крепления на ленте, держателе с рулеткой. Изготовлен из жесткого пластика, гарантирующего долгий срок службы. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Размер вкладыша 105х75 мм.</t>
   </si>
   <si>
     <t>423225</t>
   </si>
@@ -605,406 +872,679 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6ff/6ffb4766ac1a171efa7e11decf37114d.jpeg</t>
   </si>
   <si>
     <t>Бейдж вертикальный OfficeSpace, 63 105мм  размер вставки 55 85мм , с клипсой на синем шнурке</t>
   </si>
   <si>
     <t>Бейдж вертикальный из мягкого прочного пластика. Съемный текстильный шнурок крепится к бейджу с помощью металлической клипсы. Цвет шнурка - синий. В комплект входит вкладыш с полями для персональных данных.&amp;nbsp;&amp;nbsp;Подходит для пропуска, визитки, именной карточки.</t>
   </si>
   <si>
     <t>427916</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/67d/67d2291d67922916ceaa341f48156611.jpeg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный OfficeSpace, 100 75мм  размер вставки 85 55мм , без держателя</t>
   </si>
   <si>
     <t>Набор бейджей вертикальных без держателя. Выполнены из мягкого прочного пластика. Подходит для крепления на клипсу, держатель с рулеткой, карабин. В комплекте 10 бейджей.</t>
   </si>
   <si>
     <t>427918</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/685/685a201061c0c55e26a5011e665ea439.jpeg</t>
-[...8 lines deleted...]
-    <t>427919</t>
+    <t>http://anytos.ru//upload/iblock/e9a/b0xfpnh0d66jvidtw0qwoa24opgluoh2.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный жесткокаркасный  55х85 мм , без держателя, СИНИЙ, BRAUBERG, 235740</t>
+  </si>
+  <si>
+    <t>434055</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da0/euwxe2lf3r5569f7iiwh3qcyscu5n7wk.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный жесткокаркасный  55х85 мм , без держателя, КРАСНЫЙ, BRAUBERG, 235741</t>
+  </si>
+  <si>
+    <t>434056</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/735/58gv99tbvcgb99p3gdy4ifrd3o0qz4ss.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный жесткокаркасный  85х55 мм , без держателя, СИНИЙ, BRAUBERG, 235745</t>
+  </si>
+  <si>
+    <t>434057</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d77/qvu2abhbqd0hcue1pykgc24j8446n8he.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный жесткокаркасный  85х55 мм , без держателя, КРАСНЫЙ, BRAUBERG, 235746</t>
+  </si>
+  <si>
+    <t>434058</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c1/ojm0slul0nui1grnlk3a8pu4fm1ipsx9.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный жесткокаркасный  75х105 мм , без держателя, ПРОЗРАЧНЫЙ, BRAUBERG, 235749</t>
+  </si>
+  <si>
+    <t>434059</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/502/3hk9s18fw12ss55x5i07n29adxgzspo5.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный  55х85 мм , без держателя, СЕРЫЙ, твердый пластик, BRAUBERG, 235759</t>
+  </si>
+  <si>
+    <t>434060</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8df/szgkhnus241mia6hswa78lx53rg9hoyj.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж школьника горизонтальный  55х90 мм , на ленте со съемным клипом, ЖЕЛТЫЙ, BRAUBERG, 235764</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж школьника BRAUBERG с желтой окантовкой используется для идентификации учащегося в образовательных учреждениях. Комплектуется специальной нейлоновой лентой со съемной клипсой. Бейдж можно носить на ленте, либо крепить на одежду с помощью клипсы. Размер вкладыша 55х90 мм. Длина ленты 45 см, цвет ленты - желтый. Упакован в пластиковый пакет.</t>
+  </si>
+  <si>
+    <t>434062</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae3/4zjkc05gockpqicv0nga6zj9ilclco3m.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж школьника горизонтальный  55х90 мм , на ленте со съемным клипом, СЕРЫЙ, BRAUBERG, 235765</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж школьника BRAUBERG с цветной окантовкой используется для идентификации учащегося в образовательных учреждениях. Комплектуется специальной нейлоновой лентой со съемной клипсой. Бейдж можно носить на ленте, либо крепить на одежду с помощью клипсы. Размер вкладыша 55х90 мм. Длина ленты 45 см, цвет ленты - желтый. Упакован в пластиковый пакет.</t>
+  </si>
+  <si>
+    <t>434063</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/800/800dd71d0d4c0983172fa5d4c6eaf566/9e13a6767418fea88e3b322c210d374b.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный жесткокаркасный  85х55 мм , без держателя, ЗЕЛЕНЫЙ, BRAUBERG, 235747</t>
+  </si>
+  <si>
+    <t>459247</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ecb/ecbea1f17c46e419b2a3d2e595ae179b/cc9c78db9e0df19e5ead936345c496b7.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный OfficeSpace, 95 150мм  размер вставки 90 120мм , без держателя</t>
+  </si>
+  <si>
+    <t>557289</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/241/241ca74bd54215f32f8572db30dda012.jpeg</t>
-[...91 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7f3/7f3d5b14e8f2d97155b5465628d06b1c/6f8cf2c6d57ed73476c3b3b2b4234daa.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный OfficeSpace, 125 110мм  размер вставки 120 90мм , без держателя</t>
   </si>
   <si>
     <t>Набор бейджей горизонтальных без держателя. Выполнены из мягкого прочного пластика. Подходит для крепления на клипсу, держатель с рулеткой, карабин. В комплекте 10 бейджей.</t>
   </si>
   <si>
     <t>557290</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3fe/3fe46e1b0a93190f4025e1626c96ab30/539db39f18a20100dde6105bb1c880ee.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный OfficeSpace, 63 105мм  размер вставки 55 85мм , без держателя</t>
   </si>
   <si>
     <t>557291</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ba0/ba0a7aaf75e81123e926bdc27574ee06/5cec20fdf2f003ff493c802bcbd983ed.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6e6/6e62325b90e1351b3401cbf9efcd31a9/ca99d79cd96d9da5b40d344e531b84d8.jpg</t>
   </si>
   <si>
     <t>Шнурок для бейджей OfficeSpace, 45см, металлический клип, красный</t>
   </si>
   <si>
     <t>Съемный текстильный шнурок крепится к бейджу с помощью металлической клипсы. Цвет шнурка - красный.</t>
   </si>
   <si>
     <t>557299</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e8a/e8abfaa65d657352f6b2970f4fe3c1ca/95f550f799866f38694c253b222ddf6c.jpg</t>
   </si>
   <si>
     <t>Шнурок для бейджей OfficeSpace, 45см, металлический клип, синий</t>
   </si>
   <si>
     <t>Съемный текстильный шнурок крепится к бейджу с помощью металлической клипсы. Цвет шнурка - синий.</t>
   </si>
   <si>
     <t>557300</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f30/xx9qxqenb0dacp964dldjxeey470un5n.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный БОЛЬШОЙ  120х90 мм , на черном шнурке 45 см, 2 карабина, BRAUBERG, 235718</t>
   </si>
   <si>
     <t>Вертикальный БОЛЬШОЙ бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильном шнурке с двумя карабинами используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется черным шнурком 45 см с карабинами. Размер вкладыша 90х120 мм.</t>
   </si>
   <si>
     <t>563296</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/76a/76ae8e2aefd7033297abfa423ceb1b4b/7d33be537f2e679d8eafbc49c0251aaa.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный OfficeSpace, 57 90мм, с клипсой и булавкой  размер вставки 57 90мм </t>
   </si>
   <si>
     <t>Предназначен для визитки, пропуска, личной карточки. Булавка позволит крепить бейдж к одежде. Размер 55х90мм</t>
   </si>
   <si>
     <t>593199</t>
   </si>
   <si>
-    <t>100</t>
+    <t>http://anytos.ru//upload/iblock/2dd/2ddeead7f5e9a4637a98ed4a17c011b9/0b7f90775f63ef6643c80987130ab503.jpg</t>
+  </si>
+  <si>
+    <t>Клипса для бейджа без булавки 10 шт упак,</t>
+  </si>
+  <si>
+    <t>Клипса для бейджа без булавки 10 шт/упак,</t>
+  </si>
+  <si>
+    <t>610774</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/972/ugaryoks67mdhy42hbnpexb98bszsi3u.jpg</t>
   </si>
   <si>
     <t>Бейдж магнитный 19х59 мм, BRAUBERG, 237459</t>
   </si>
   <si>
     <t>Горизонтальный бейдж-табличка BRAUBERG MAGNETIC для именных карточек. Безопасное и надежное крепление на двух магнитах. Твердый пластик прозрачного цвета гарантирует долгий срок службы. Будет незаменим для сотрудников, обязанных по роду деятельности носить бейджи. Закрепляется магнитом. Защитит Вашу одежду от необходимости в мелких проколах булавкой. Размер вкладыша - 19х59 мм. Крепление выполнено в белом цвете.</t>
   </si>
   <si>
     <t>654220</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef3/im9inwagurithj8c4jc474kh00dc5r70.jpg</t>
   </si>
   <si>
     <t>Бейдж магнитный изогнутый 21х65 мм, BRAUBERG, 237461</t>
   </si>
   <si>
     <t>Горизонтальный изогнутый бейдж-табличка BRAUBERG MAGNETIC для именных карточек. Безопасное и надежное крепление на двух магнитах. Твердый пластик прозрачного цвета гарантирует долгий срок службы. Будет незаменим для сотрудников, обязанных по роду деятельности носить бейджи. Закрепляется магнитом. Защитит Вашу одежду от необходимости в мелких проколах булавкой. Размер вкладыша - 21х65 мм. Специальная изогнутая форма позволяет увеличить градус обзора. Крепление выполнено в белом цвете.</t>
   </si>
   <si>
     <t>661947</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d16/6ifhh9sic1djsol98gq73eh2ac4urjtq.jpg</t>
   </si>
   <si>
     <t>Бирки для ключей КОМПЛЕКТ 1000 ШТ., длина 50 мм, инфо-окно 30х15 мм, АССОРТИ, STAFF, 237494, 91</t>
   </si>
   <si>
     <t>Бирки STAFF предназначены для идентификации ключей от разных помещений. Изготовлены из пластика. Каждая бирка снабжена металлическим кольцом, белым бумажным вкладышем для маркировки, защищённым пластиковой вставкой от повреждений. Размер бирки - 50х20 мм, информационного окна - 30х15 мм. Цвет - ассорти. 1000 штук в упаковке.</t>
   </si>
   <si>
     <t>693798</t>
-  </si>
-[...1 lines deleted...]
-    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb0/f7xqocq7av8y9lahmxgalojeg2q7hb0u.jpg</t>
   </si>
   <si>
     <t>Бейдж на шнурке вертикальный 70 94мм  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Бейдж на шнурке вертикальный 70*94мм &amp;quot;Darvish&amp;quot;</t>
   </si>
   <si>
     <t>703354</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf3/tgdqgjbhjguzhmf45jfpvl3ce9jd1enf.jpg</t>
   </si>
   <si>
     <t>Бейдж на шнурке горизонтальный 105 60мм  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Бейдж на шнурке горизонтальный 105*60мм &amp;quot;Darvish&amp;quot;&lt;br /&gt;
  Длина шнурка: 105 см&lt;br /&gt;
  Размер упаковки &amp;#40;пластиковая коробка&amp;#41;: 15*10*14 см</t>
   </si>
   <si>
     <t>703355</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/29e/rpozkxvfo9a7xaduu3et7h8vcc2f0rte.jpg</t>
   </si>
   <si>
     <t>Бейдж с клипом горизонтальный 104 65мм  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Размер вкладыша 104*65мм. Товар предназначен для ношения визитных карточек, пропусков, аккредитаций или пластиковых карт.</t>
   </si>
   <si>
     <t>703357</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/aa2/ggynkgk23d1hui4tk25sc3bk70nk23le.jpg</t>
+  </si>
+  <si>
+    <t>Держатель для бейджа на карабине черный лента карабин LLL107</t>
+  </si>
+  <si>
+    <t>Держатель для бейджа на карабине черный лента&amp;#43;карабин LLL107</t>
+  </si>
+  <si>
+    <t>715797</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dd5/zribvozan9g43s2ayci5hxh4tdwtfjca.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный для карты, внутр. разм 60x90мм Экокожа графит EK-3V-1</t>
+  </si>
+  <si>
+    <t>787770</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/190/rbc8ohyxlf2clliktyqh0y9fih57u8rm.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж 107х83мм Attache для карт 100х71мм метал зажим тесьма 1015, 10 шт.</t>
+  </si>
+  <si>
+    <t>Бейдж 107х83мм Attache для карт 100х71мм метал зажим/тесьма 1015, 10 шт.</t>
+  </si>
+  <si>
+    <t>787771</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bf6/1kp7b5fa1cz01ggmgk5uzj02eosvzr2d.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бейдж вертикальный без держателя 82х125  76х107  10шт уп 150мкм 36PHR    </t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный без держателя 82х125 &amp;#40;76х107&amp;#41; 10шт/уп 150мкм 36PHR     </t>
+  </si>
+  <si>
+    <t>795522</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/76c/w7e9szoe5ui0cpff8nfrz0rdlz5maw4c.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бейдж горизонтальный без держателя 114х93  107х76  10шт уп 150мкм 36PHR    </t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный без держателя 114х93 &amp;#40;107х76&amp;#41; 10шт/уп 150мкм 36PHR     </t>
+  </si>
+  <si>
+    <t>795525</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3e/4dxshnqci6bat0c5ge415ddfo5j7qcx9.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бейдж горизонтальный без держателя 99х78  92х56  10шт уп 150мкм 36PHR    </t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный без держателя 99х78 &amp;#40;92х56&amp;#41; 10шт/уп 150мкм 36PHR     </t>
+  </si>
+  <si>
+    <t>795527</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/337/e1nn6uzayck0x0snq0eb76gbcne16s52.jpg</t>
   </si>
   <si>
     <t>Шнурок для бейджей OfficeSpace, безопасный замок, 45см, металл. клипса, синий</t>
   </si>
   <si>
     <t>Съемный текстильный шнурок крепится к бейджу с помощью металлической клипсы. Имеет безопасную застежку, которая размыкается при натяжении. Также имеется регулятор затяжки. Цвет шнурка - синий.</t>
   </si>
   <si>
     <t>851146</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d06/dvou1w8g0gnbfk99mnfw90a7yvln4vj4.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Deli вертикальный 54x86 мм, жест., держат, замок на кноп рулетка и тесьма, розовый</t>
+  </si>
+  <si>
+    <t>Бейдж Deli вертикальный 54x86 мм, жест., держат, замок на кноп&amp;#43;рулетка и тесьма, розовый</t>
+  </si>
+  <si>
+    <t>878922</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/14f/n46y2mpe8smxpi2a89poucsuihvuic0i.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бейдж горизонтальный без держателя 114х93 107х76 10шт уп 150мкм 26PHR   </t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный без держателя 114х93&amp;#40;107х76&amp;#41;10шт/уп 150мкм 26PHR&amp;nbsp;&amp;nbsp; </t>
+  </si>
+  <si>
+    <t>898365</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e8c/0fj1ea75x8lpyhkbv0vxkui0618kl99o.jpg</t>
+  </si>
+  <si>
+    <t>Держатель для бейджа Attache Economy с двумя карабинами, синий, 5 шт. в уп</t>
+  </si>
+  <si>
+    <t>898366</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad5/e5geaft5dkrlqxb53uqropu2h5cwrjjv.jpg</t>
+  </si>
+  <si>
+    <t>Держатель для бейджа Attache Economy с рулеткой синий  без бейджа 10шт в уп</t>
+  </si>
+  <si>
+    <t>Держатель для бейджа Attache Economy с рулеткой синий &amp;#40;без бейджа&amp;#41;10шт в уп</t>
+  </si>
+  <si>
+    <t>898367</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2fe/93pa3em9bn2rxh7kifizcibflg57llvh.jpg</t>
+  </si>
+  <si>
+    <t>Держатель для бейджа Deli 8309 с рулеткой  без бейджа  80см, серый, 12шт уп</t>
+  </si>
+  <si>
+    <t>Держатель для бейджа Deli 8309 с рулеткой &amp;#40;без бейджа&amp;#41; 80см, серый, 12шт/уп</t>
+  </si>
+  <si>
+    <t>898369</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ed/rads87u9xgacqtl3b06h63xhe9jllfuf.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Attache Economy 120х87мм металл зажим тесьма синий, 10шт. в уп</t>
+  </si>
+  <si>
+    <t>Бейдж Attache Economy 120х87мм металл зажим/тесьма синий, 10шт. в уп</t>
+  </si>
+  <si>
+    <t>950111</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/25d/o6ad0t5nznawx1z4k1waex67wsx2pw21.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный  90х60 мм , с держателем-рулеткой 70 см, белый, BRAUBERG, 238243</t>
   </si>
   <si>
     <t>Вертикальный бейдж BRAUBERG на держателе-рулетке используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Держатель-рулетка с металлическим клипом позволяет разместить бейдж на поясе, ремне. Размер вкладыша - 90х60 мм.</t>
   </si>
   <si>
     <t>961401</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/73a/5x1hbad4o301yi950skvgv6f28fmmt2i.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный  90х60 мм , с держателем-рулеткой 70 см, синий, BRAUBERG, 238244</t>
   </si>
   <si>
     <t>961402</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cc3/dz5f30644autvicf41rpm3ljegi0djjn.jpg</t>
-[...32 lines deleted...]
-    <t>966014</t>
+    <t>http://anytos.ru//upload/iblock/a37/pourogxd28iezivfcr9q5tde14r2nw5u.jpg</t>
+  </si>
+  <si>
+    <t>Держатель для бейджа Комус с рулеткой синий  без бейджа  1шт</t>
+  </si>
+  <si>
+    <t>Держатель для бейджа Комус с рулеткой синий &amp;#40;без бейджа&amp;#41; 1шт</t>
+  </si>
+  <si>
+    <t>961846</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a4e/nswb9rv4aqbujc339vzxiv20bhbgi1x8.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный без держателя 78х93, 10шт. уп.</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный без держателя 78х93, 10шт./уп.</t>
+  </si>
+  <si>
+    <t>961851</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a8/tbfmvuid49b00zw7947dg0fcdx7w2jp2.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный без держателя 96х134  р-р изделия 155х102 , 10шт. уп</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный без держателя 96х134 &amp;#40;р-р изделия 155х102&amp;#41;, 10шт./уп</t>
+  </si>
+  <si>
+    <t>961853</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/39b/7y0cttt0gmvxtdhsar75weew3zf9ejrw.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Attache Economy 108x126 150мкм, шнурок 45см син, вкладыш 90x120 5шт уп</t>
+  </si>
+  <si>
+    <t>Бейдж Attache Economy 108x126 150мкм, шнурок 45см син, вкладыш 90x120 5шт/уп</t>
+  </si>
+  <si>
+    <t>961861</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/587/6qv7gtecuz4mc7i7sq2is2inqgj4n26o.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Attache Economy 138x96 150мкм, шнурок 45см син, вкладыш 120x90 5шт уп</t>
+  </si>
+  <si>
+    <t>Бейдж Attache Economy 138x96 150мкм, шнурок 45см син, вкладыш 120x90 5шт/уп</t>
+  </si>
+  <si>
+    <t>961862</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/703/823uz1qbjmdx0brv2odc7xn08f3t9t88.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Attache Economy 78x96 150мкм, шнур.2заж 45см син, вкладыш 60x90 5шт уп</t>
+  </si>
+  <si>
+    <t>Бейдж Attache Economy 78x96 150мкм, шнур.2заж 45см син, вкладыш 60x90 5шт/уп</t>
+  </si>
+  <si>
+    <t>961863</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/583/iptpnuykujvzd4wf7nsz1awdj0p0b5co.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Attache Economy 108x66 150мкм, шнур.2заж 45см син, вкладыш90x60 5шт уп</t>
+  </si>
+  <si>
+    <t>Бейдж Attache Economy 108x66 150мкм, шнур.2заж 45см син, вкладыш90x60 5шт/уп</t>
+  </si>
+  <si>
+    <t>961864</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d3/u8r6tesszeudprizkvl9g1h1laqyxh7r.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Attache Economy 108x126 150мкм, шнур.2заж 45см син, вклад.90x120 5шт уп</t>
+  </si>
+  <si>
+    <t>Бейдж Attache Economy 108x126 150мкм, шнур.2заж 45см син, вклад.90x120 5шт/уп</t>
+  </si>
+  <si>
+    <t>961865</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/691/rslq4qj6c39u21fjhgabmfyhotdi8my7.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Attache Economy 138x96 150мкм, шнур.2заж 45см син, вклад. 120x90 5шт уп</t>
+  </si>
+  <si>
+    <t>Бейдж Attache Economy 138x96 150мкм, шнур.2заж 45см син, вклад. 120x90 5шт/уп</t>
+  </si>
+  <si>
+    <t>961866</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b64/xss5fg0o9w34dzgqwntf5skn1rk5stg7.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Attache 120х87мм  113х70мм  гориз., металл зажим, тесьма синяя 10шт уп</t>
+  </si>
+  <si>
+    <t>Бейдж Attache 120х87мм &amp;#40;113х70мм&amp;#41; гориз., металл зажим, тесьма синяя 10шт/уп</t>
+  </si>
+  <si>
+    <t>961867</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/383/opqpek9qkxfuy45o7xml4j0iazff3eu4.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Attache 120х87мм  113х70мм  вертик., металл зажим, тесьма син. 10шт уп</t>
+  </si>
+  <si>
+    <t>Бейдж Attache 120х87мм &amp;#40;113х70мм&amp;#41; вертик., металл зажим, тесьма син. 10шт/уп</t>
+  </si>
+  <si>
+    <t>961868</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8dc/iirrtgw65fsxap070s47shz74kb35kbx.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Attache 120х87мм  113х70мм  гориз., металл зажим, тесьма зелен. 10шт уп</t>
+  </si>
+  <si>
+    <t>Бейдж Attache 120х87мм &amp;#40;113х70мм&amp;#41; гориз., металл зажим, тесьма зелен. 10шт/уп</t>
+  </si>
+  <si>
+    <t>961869</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/70a/95bcd6ekrv8nt3zfr3cnfeex7h6hqjdn.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж меловой Attache 90х35мм на магнитах</t>
+  </si>
+  <si>
+    <t>961870</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/296/pak62m70o9w0u9r3tleodxgiagenh8fb.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж меловой Attache 85х55мм на магнитах</t>
+  </si>
+  <si>
+    <t>961871</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a1c/342jagcclnmwxrflug1g2bq2qv490gpz.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж меловой Attache 90х35мм на магнитах 5шт уп</t>
+  </si>
+  <si>
+    <t>Бейдж меловой Attache 90х35мм на магнитах 5шт/уп</t>
+  </si>
+  <si>
+    <t>961872</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b5d/h9waqbrb3jkqfkw6dsuvxhipc8kp4bh4.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный Berlingo  quot;ID 200 quot;, 85 55мм, светло-серый, без держателя, крышка-слайдер</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный Berlingo &amp;quot;ID 200&amp;quot;, 85*55мм, светло-серый, без держателя, крышка-слайдер</t>
+  </si>
+  <si>
+    <t>966015</t>
   </si>
   <si>
     <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b5d/h9waqbrb3jkqfkw6dsuvxhipc8kp4bh4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a97/xfgjivpyi4dn3o36n29d467hy57xmbg4.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный Berlingo  quot;ID 300 quot;, 55 85мм, светло-серый, без держателя</t>
   </si>
   <si>
     <t>Бейдж вертикальный Berlingo &amp;quot;ID 300&amp;quot;, 55*85мм, светло-серый, без держателя</t>
   </si>
   <si>
     <t>966016</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4fc/l4zeqxtzq6sq4yub7hwnf651w9jc8zmu.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный Berlingo  quot;ID 400 quot;, 55 85мм, светло-серый, без держателя</t>
   </si>
   <si>
     <t>Бейдж вертикальный Berlingo &amp;quot;ID 400&amp;quot;, 55*85мм, светло-серый, без держателя</t>
   </si>
   <si>
     <t>966017</t>
@@ -1147,86 +1687,119 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f86/htxo6nr7xkxq6qeogheppjt9j347mjrm.jpg</t>
   </si>
   <si>
     <t>Держатель-рулетка для бейджей  quot;ID 300 quot;, 70см, со светло-серой лентой 45см</t>
   </si>
   <si>
     <t>Держатель-рулетка для бейджей &amp;quot;ID 300&amp;quot;, 70см, со светло-серой лентой 45см</t>
   </si>
   <si>
     <t>966030</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b49/i7qhd32kxkc6df0b112tr8iukgqx9pn9.jpg</t>
   </si>
   <si>
     <t>Лента для бейджей Berlingo  quot;ID 200 quot;, 45см, силиконовый клип, светло-серый</t>
   </si>
   <si>
     <t>Лента для бейджей Berlingo &amp;quot;ID 200&amp;quot;, 45см, силиконовый клип, светло-серый</t>
   </si>
   <si>
     <t>966031</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c56/jz4134r72siihuksu6busuaw12zl0207.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бейдж Deli E5758 100х80мм горизонтальный, без крепления, ПВХ прозрачный  упаковка 10 штук </t>
+  </si>
+  <si>
+    <t>Бейдж Deli E5758 100х80мм горизонтальный, без крепления, ПВХ прозрачный &amp;#40;упаковка 10 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>973002</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/75f/vj9mrbsbom9fsguyicj0djkszi0z00c7.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Комус 104x63мм вертикальный Три богатыря Змей Горыныч экокожа, черный</t>
+  </si>
+  <si>
+    <t>973004</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/215/fe0zotnlk9ux54b48sqltb0btdqi47fs.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Комус 104x63мм вертикальный Три богатыря Конь Юлий экокожа, зеленый</t>
+  </si>
+  <si>
+    <t>973005</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/878/pcn5ama0fdskcrp47ws7l5w5e8zegefj.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж верт без держат 114х163 для формата А6 Комус, 1225.250.B</t>
+  </si>
+  <si>
+    <t>973006</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c6d/7v2s01f1oysbm08k1u8zqto49fg12u6l.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный в комплекте с лентой Erich Krause размер вставки 54х85 мм, прозрачный, цвет ленты ассорти, в пакете</t>
   </si>
   <si>
     <t>Бейдж вертикальный в комплекте с лентой. Материал бейджа - ПВХ, цвет - прозрачный. Имеет размер вставки 54х90 мм. Лента изготовлена из полиэстера и ее ширина составляет 10 мм. Бейдж подходит для ношения именных карточек и пропусков.</t>
   </si>
   <si>
     <t>978496</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b13/ty0f166hzagmdr1p170bwchh2uk6z1cw.jpg</t>
   </si>
   <si>
     <t>Держатель для бейджа с ретрактором Erich Krause в пакете</t>
   </si>
   <si>
     <t>Держатель для бейджа с ретрактором Erich Krause. Ретрактор представляет собой брелок с вытяжной нитью, который работает по принципу катушки.</t>
   </si>
   <si>
     <t>978511</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/00f/ras08liqebi8g77d84wvh1g67mxgmrom.jpg</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7ad/g6wbu2xp4xlb01zcbi9oduq65ixsskz7.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор бейджей вертикальных Erich Krause размер вставки 62х91 мм, прозрачный  в коробке по 20 штук </t>
   </si>
   <si>
     <t>Бейдж вертикальный. Материал бейджа - ПВХ, цвет - прозрачный. Имеет размер вставки 62х91 мм. Подходят для ношения именных карточек и пропусков. Поставляются набором в коробке по 20 штук.</t>
   </si>
   <si>
     <t>978513</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ed/wjpawmm5mjt3fbnoskdemi417tbp742z.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор бейджей горизонтальных Erich Krause размер вставки 95х58 мм, прозрачный  в коробке по 20 штук </t>
   </si>
   <si>
     <t>Бейдж горизонтальный. Материал бейджа - ПВХ, цвет - прозрачный. Имеет размер вставки 98х58 мм. Подходят для ношения именных карточек и пропусков. Поставляются набором в коробке по 20 штук.</t>
   </si>
   <si>
     <t>978514</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/336/65hqh2e585o5e92fqi2ojo2dba41422v.jpg</t>
@@ -1234,50 +1807,62 @@
   <si>
     <t>Бейдж вертикальный MESHU  quot;Be capy quot;, 110 70мм, лента с карабином, 2D печать, опп пакет с европодвесом</t>
   </si>
   <si>
     <t>Бейдж вертикальный MESHU &amp;quot;Be capy&amp;quot;, 110*70мм, лента с карабином, 2D печать, опп пакет с европодвесом</t>
   </si>
   <si>
     <t>981748</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/181/chqoqj9owd1hju30adl3vz4y1ufs00h0.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный MESHU  quot;Fly cat quot;, 110 70мм, лента с карабином, 3D печать, опп пакет с европодвесом</t>
   </si>
   <si>
     <t>Бейдж вертикальный MESHU &amp;quot;Fly cat&amp;quot;, 110*70мм, лента с карабином, 3D печать, опп пакет с европодвесом</t>
   </si>
   <si>
     <t>981750</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c9f/uwhs6w0i7tjigjme3k4n213qcffhtl0f.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный MESHU  quot;Inspiration quot;, 110 70мм, лента с карабином, 2D печать, опп пакет с европодвесом</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный MESHU &amp;quot;Inspiration&amp;quot;, 110*70мм, лента с карабином, 2D печать, опп пакет с европодвесом</t>
+  </si>
+  <si>
+    <t>981751</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3e8/ys3jazc3ar17idvmpnqejv7tf1o8meby.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный MESHU  quot;Music quot;, 110 70мм, петля с карабином, 2D печать, опп пакет с европодвесом</t>
   </si>
   <si>
     <t>Бейдж вертикальный MESHU &amp;quot;Music&amp;quot;, 110*70мм, петля с карабином, 2D печать, опп пакет с европодвесом</t>
   </si>
   <si>
     <t>981755</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d38/9cv52ux72n3fhmytkduzj1dnl4jb6a3l.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный MESHU  quot;Neko quot;, 110 70мм, петля с карабином, 2D печать, опп пакет с европодвесом</t>
   </si>
   <si>
     <t>Бейдж вертикальный MESHU &amp;quot;Neko&amp;quot;, 110*70мм, петля с карабином, 2D печать, опп пакет с европодвесом</t>
   </si>
   <si>
     <t>981756</t>
@@ -1285,50 +1870,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/01c/7r40it63h1ul66gfja03tpdxqljk47y2.jpg</t>
   </si>
   <si>
     <t>Держатель для бейджей Berlingo  quot;ID 400 quot;, силиконовый, 13см, с карабином и клипом, фиолетовый</t>
   </si>
   <si>
     <t>Держатель для бейджей Berlingo &amp;quot;ID 400&amp;quot;, силиконовый, 13см, с карабином и клипом, фиолетовый</t>
   </si>
   <si>
     <t>981758</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33f/u2o91fcgnx325dw18h43slzfolx4anm4.jpg</t>
   </si>
   <si>
     <t>Держатель для бейджей Berlingo  quot;ID 400 quot;, текстильный, 12см, с карабином и клипом, фиолетовый</t>
   </si>
   <si>
     <t>Держатель для бейджей Berlingo &amp;quot;ID 400&amp;quot;, текстильный, 12см, с карабином и клипом, фиолетовый</t>
   </si>
   <si>
     <t>981759</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/616/5rklf6zdz3812qmfdyyqpz1o2dokj2ou.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж Attache 120х87мм  113х70мм  гориз.,металл зажим, булавка 10шт уп</t>
+  </si>
+  <si>
+    <t>Бейдж Attache 120х87мм &amp;#40;113х70мм&amp;#41; гориз.,металл зажим, булавка 10шт/уп</t>
+  </si>
+  <si>
+    <t>987226</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f05/nzusz42b0ui77mfj35z0lb3gueui8u7q.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный ErichKrause книжка, размер вставки 85х54 мм, ассорти, в пакете</t>
   </si>
   <si>
     <t>995639</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/70f/pdj49vuxc90hud8l7il0ot0717il6tc2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор бейджей вертикальных ErichKrause размер вставки 54х85 мм, прозрачный  в коробке по 20 штук </t>
   </si>
   <si>
     <t>Набор бейджей вертикальных ErichKrause размер вставки 54х85 мм, прозрачный &amp;#40;в коробке по 20 штук&amp;#41;</t>
   </si>
   <si>
     <t>995641</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4eb/ubfpzu7zuce3etfvvrjt40no4zvumg74.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор бейджей горизонтальных ErichKrause размер вставки 85х54 мм, прозрачный  в коробке по 20 штук </t>
@@ -1399,50 +1996,62 @@
   <si>
     <t>Держатель-рулетка для бейджей  quot;ID 300 quot;, 70см, с черной лентой 45см</t>
   </si>
   <si>
     <t>Держатель-рулетка для бейджей &amp;quot;ID 300&amp;quot;, 70см, с черной лентой 45см</t>
   </si>
   <si>
     <t>1000895</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/850/zpovnrxxdgq23uuttoffo7u0xw1jlc49.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный БОЛЬШОЙ  120х90 мм , на синем шнурке 45 см, 2 карабина, ОФИСМАГ, 235719</t>
   </si>
   <si>
     <t>Вертикальный БОЛЬШОЙ бейдж ОФИСМАГ используется для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильном шнурке с двумя карабинами используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется шнурком 45 см с карабинами. Размер вкладыша 90х120 мм.</t>
   </si>
   <si>
     <t>1005945</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/576/dudjgv3kb3fan9glw6iro8d19tbniy6x.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный  60х90 мм , на синей ленте 45 см, ОФИСМАГ, 235703</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж ОФИСМАГ используется для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильной ленте используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется лентой 45 см. Размер вкладыша 90х60 мм.</t>
+  </si>
+  <si>
+    <t>1005946</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2d1/gbk3429nj20iy6ji2zl6m8t3wrmq80aa.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный INFORMAT 91х57 мм, размер вкладыша 91х57 мм, с клипсой и булавкой 1 шт упак</t>
   </si>
   <si>
     <t>Бейдж горизонтальный INFORMAT 91х57 мм, размер вкладыша 91х57 мм, с клипсой и булавкой 1 шт/упак</t>
   </si>
   <si>
     <t>1006681</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d5/yrrawe0ox2ytkbt8abypo3eby1uxccm4.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный БОЛЬШОЙ  120х90 мм , на красном шнурке 45 см, 2 карабина, ОФИСМАГ, 235720</t>
   </si>
   <si>
     <t>Вертикальный большой бейдж ОФИСМАГ используется для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильном шнурке с двумя карабинами используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. тЗакрепляется шнурком 45 см с карабинами. Размер вкладыша 90[120 мм.</t>
   </si>
   <si>
     <t>1010108</t>
@@ -1450,86 +2059,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/64d/nibn6cun4micriuqg2fw4yjpxbf3u1vm.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный с ZIP-LOCK-замком  89x52 мм , КОМПЛЕКТ 10 шт., без держателя, BRAUBERG, 238785</t>
   </si>
   <si>
     <t>Вертикальный бейдж BRAUBERG c ZIP-LOCK-замком предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Комплект – 10 шт.Зиплок-замок защищает именную карточку от влаги и пыли внутри бейджа. Бейдж можно крепить на ленте, держателе с рулеткой, шнурке и т. д. Мягкий, но прочный пластик обеспечивает долгий срок службы.Размер вкладыша – 89х52 мм.</t>
   </si>
   <si>
     <t>1010109</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d0/bkzn4t452qctppf5t9mll1oaonarx6s5.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный  57х90 мм , с клипсой и булавкой, жесткий, ОФИСМАГ, 235376</t>
   </si>
   <si>
     <t>Горизонтальный жесткий бейдж ОФИСМАГ используется для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Маленькая карточка с именем, фамилией и должностью или другим статусом; крепится к одежде на видном месте, с первых минут знакомства помогает наладить коммуникации между людьми. Закрепляется на одежде при помощи клипсы или булавки. Размер вкладыша 90х57 мм.</t>
   </si>
   <si>
     <t>1010110</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/598/xujks32nihtglueeg81w89qzfgsz4yke.jpg</t>
-[...8 lines deleted...]
-    <t>1010111</t>
+    <t>http://anytos.ru//upload/iblock/73d/dn3krjvea1q3fuwcv3ph7by6ms0vfa0o.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный с ZIP-LOCK-замком  54x89 мм , КОМПЛЕКТ 10 шт., без держателя, BRAUBERG, 238784</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж BRAUBERG c ZIP-LOCK-замком предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Комплект – 10 шт.Зиплок-замок защищает именную карточку от влаги и пыли внутри бейджа. Бейдж можно крепить на ленте, держателе с рулеткой, шнурке и т. д. Мягкий, но прочный пластик обеспечивает долгий срок службы.Размер вкладыша – 54х89 мм.</t>
+  </si>
+  <si>
+    <t>1010112</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/234/tka32c75q5k3jaruvmzg7w8hqgj0kh60.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж в комплекте с держателем для бейджа с ретрактором ErichKrause Big City Cats, размер вставки 62х91 мм, прозрачный  в пакете </t>
   </si>
   <si>
     <t>Бейдж в комплекте с держателем для бейджа с ретрактором ErichKrause Big City Cats, размер вставки 62х91 мм, прозрачный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010953</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ab/pw4id7ddcqcf3q4o6bbcy2vd6wwmsazr.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж вертикальный в комплекте с лентой ErichKrause книжка, размер вставки 54х85 мм, прозрачный, цвет ленты красный  в пакете </t>
   </si>
   <si>
     <t>Бейдж вертикальный в комплекте с лентой ErichKrause книжка, размер вставки 54х85 мм, прозрачный, цвет ленты красный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010954</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a57/c1fmt3flml7cmaui5ysf8x713040316y.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бейдж вертикальный в комплекте с лентой ErichKrause книжка, размер вставки 54х85 мм, прозрачный, цвет ленты синий  в пакете </t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный в комплекте с лентой ErichKrause книжка, размер вставки 54х85 мм, прозрачный, цвет ленты синий &amp;#40;в пакете&amp;#41;</t>
+  </si>
+  <si>
+    <t>1010955</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/025/a0cupw3smj3vkpe6wz1xmq24z4d26d6l.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж вертикальный в комплекте с лентой ErichKrause книжка, размер вставки 54х85 мм, прозрачный, цвет ленты черный  в пакете </t>
   </si>
   <si>
     <t>Бейдж вертикальный в комплекте с лентой ErichKrause книжка, размер вставки 54х85 мм, прозрачный, цвет ленты черный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010956</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/038/47x2tnslxs8t0ym4a3fzwd6lkx5n7sph.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж вертикальный в комплекте c силиконовой лентой ErichKrause Pastel, силиконовый, размер вставки 54х85 мм, голубой  в пакете </t>
   </si>
   <si>
     <t>Бейдж вертикальный в комплекте c силиконовой лентой ErichKrause Pastel, силиконовый, размер вставки 54х85 мм, голубой &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010957</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c9d/drqhiatqno08m9bnhunlf6gl115pfpuh.jpg</t>
@@ -1666,50 +2287,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/672/d5k6v2jjc74m3baxwkz20y3a2e8bpl0i.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж вертикальный в комплекте с силиконовой лентой ErichKrause книжка, размер вставки 54х85 мм, черный  в пакете </t>
   </si>
   <si>
     <t>Бейдж вертикальный в комплекте с силиконовой лентой ErichKrause книжка, размер вставки 54х85 мм, черный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010970</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c83/5b4aajcwtnhuvxjvpworvfgtf2ntmfx1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный в комплекте с лентой ErichKrause книжка, размер вставки 85х54 мм, прозрачный, цвет ленты красный  в пакете </t>
   </si>
   <si>
     <t>Бейдж горизонтальный в комплекте с лентой ErichKrause книжка, размер вставки 85х54 мм, прозрачный, цвет ленты красный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010971</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/fd0/lhdcppfzl1l0jhitlln2nqoj3ujczse1.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бейдж горизонтальный в комплекте с лентой ErichKrause книжка, размер вставки 85х54 мм, прозрачный, цвет ленты синий  в пакете </t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный в комплекте с лентой ErichKrause книжка, размер вставки 85х54 мм, прозрачный, цвет ленты синий &amp;#40;в пакете&amp;#41;</t>
+  </si>
+  <si>
+    <t>1010972</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/175/svexbr7cik5aci5bc2gqipwfencooe54.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный в комплекте с лентой ErichKrause книжка, размер вставки 85х54 мм, прозрачный, цвет ленты черный  в пакете </t>
   </si>
   <si>
     <t>Бейдж горизонтальный в комплекте с лентой ErichKrause книжка, размер вставки 85х54 мм, прозрачный, цвет ленты черный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010973</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27f/fndddi02g5l4g30hc2v3wg0lnfeq5h7c.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный в комплекте с лентой ErichKrause размер вставки 85х54 мм, прозрачный, цвет ленты красный  в пакете </t>
   </si>
   <si>
     <t>Бейдж горизонтальный в комплекте с лентой ErichKrause размер вставки 85х54 мм, прозрачный, цвет ленты красный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010974</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4df/y3bz9qjjoajtsd6zio1fc6ij5zexeel0.jpg</t>
@@ -1834,62 +2467,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/20d/4fli5waz20t4y6lve1to7cjoc9xy7udx.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Лента для бейджа ErichKrause 38 см, пластиковый клип, красный  в пакете </t>
   </si>
   <si>
     <t>Лента для бейджа ErichKrause 38 см, пластиковый клип, красный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010986</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/568/7v1pk4exj6ficwj79n2zq4jvw9413jqg.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Лента для бейджа ErichKrause 38 см, пластиковый клип, синий  в пакете </t>
   </si>
   <si>
     <t>Лента для бейджа ErichKrause 38 см, пластиковый клип, синий &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010987</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ae6/pct2bq24fakrdwhckfan2w0ubju8str1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/27d/n9e8yqk5fbhjpv67swylh84jk4dckktq.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Лента для бейджа ErichKrause 42 см, металлический клип, красный  в пакете </t>
   </si>
   <si>
     <t>Лента для бейджа ErichKrause 42 см, металлический клип, красный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010989</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e4/ie155pcadps4w8l071siq1d60vkhs7zn.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Лента для бейджа ErichKrause 42 см, металлический клип, серый  в пакете </t>
   </si>
   <si>
     <t>Лента для бейджа ErichKrause 42 см, металлический клип, серый &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010990</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef9/r8l4ty6ll3yl5b7qq26d6jveyfwgujrl.jpg</t>
@@ -1966,134 +2587,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/61a/hh5pg8fs8ck0dqag2p0m1ht4mk9ygcxx.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж вертикальный ErichKrause Pastel, силиконовый, размер вставки 54х85, голубой  в пакете </t>
   </si>
   <si>
     <t>Бейдж вертикальный ErichKrause Pastel, силиконовый, размер вставки 54х85, голубой &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011184</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c95/w3w1x7c8cxw72f6lt0m0n6tnk4lyr5qd.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж вертикальный ErichKrause силиконовый, размер вставки 54х85, синий  в пакете </t>
   </si>
   <si>
     <t>Бейдж вертикальный ErichKrause силиконовый, размер вставки 54х85, синий &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011185</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4af/3aohs03u38ux5b9er5xiizqf8z39na6z.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1d8/5jr1dqcdfh1n1en1a3o90te22jms15e2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный ErichKrause Neon, книжка, размер вставки 85х54 мм, желтый  в пакете </t>
   </si>
   <si>
     <t>Бейдж горизонтальный ErichKrause Neon, книжка, размер вставки 85х54 мм, желтый &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011188</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef3/484iortygs6gx2zjtddvwy6m9jlhb2qk.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный ErichKrause Neon, силиконовый, размер вставки 85х54, желтый  в пакете </t>
   </si>
   <si>
     <t>Бейдж горизонтальный ErichKrause Neon, силиконовый, размер вставки 85х54, желтый &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011189</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/751/xgeqs7kdw1pqqhnxr4i7lmhdiju8fclz.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный ErichKrause Pastel, книжка, размер вставки 85х54 мм, розовый  в пакете </t>
   </si>
   <si>
     <t>Бейдж горизонтальный ErichKrause Pastel, книжка, размер вставки 85х54 мм, розовый &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011190</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/241/rrw6n7b4iqqe6en09l8nm375le1otfxn.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный ErichKrause Pastel, силиконовый, размер вставки 85х54, розовый  в пакете </t>
   </si>
   <si>
     <t>Бейдж горизонтальный ErichKrause Pastel, силиконовый, размер вставки 85х54, розовый &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011191</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d91/au4ddvhgc2jv51cqvg247er3kjm054xq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d6b/k071amnidxxqg91d8m6et9n68m70hvau.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный ErichKrause силиконовый, размер вставки 85х54, черный  в пакете </t>
   </si>
   <si>
     <t>Бейдж горизонтальный ErichKrause силиконовый, размер вставки 85х54, черный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011193</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8be/525siyb6ek3hufb2r5n5st44bqpvl7ow.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж вертикальный ErichKrause размер вставки 54х90 мм, прозрачный с красным  в пакете </t>
   </si>
   <si>
     <t>Бейдж вертикальный ErichKrause размер вставки 54х90 мм, прозрачный с красным &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011273</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3a/thmaajch6eob386wq6q3i9ytg7yv0zo7.jpg</t>
@@ -2110,50 +2695,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/780/uaakn3bp9tdxhq4uzob0qq7jxbs8yjlm.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж вертикальный в комплекте c силиконовой лентой ErichKrause Neon, силиконовый, размер вставки 54х85 мм, зеленый  в пакете </t>
   </si>
   <si>
     <t>Бейдж вертикальный в комплекте c силиконовой лентой ErichKrause Neon, силиконовый, размер вставки 54х85 мм, зеленый &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011275</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/117/extdo2e056f8bmflwnozp25ceob9u6it.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж вертикальный в комплекте c силиконовой лентой ErichKrause силиконовый, размер вставки 54х85 мм, синий  в пакете </t>
   </si>
   <si>
     <t>Бейдж вертикальный в комплекте c силиконовой лентой ErichKrause силиконовый, размер вставки 54х85 мм, синий &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011276</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/772/4suq7q89j8h7yd33l23i5so2lh9rjw7b.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бейдж горизонтальный в комплекте с лентой ErichKrause размер вставки 95х58 мм, прозрачный, цвет ленты серый  в пакете </t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный в комплекте с лентой ErichKrause размер вставки 95х58 мм, прозрачный, цвет ленты серый &amp;#40;в пакете&amp;#41;</t>
+  </si>
+  <si>
+    <t>1011277</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/be1/x4j3lkobusq47kstt32d2fbb2p8x5kn8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный в комплекте с силиконовой лентой ErichKrause Neon, силиконовый, размер вставки 85х54 мм, желтый  в пакете </t>
   </si>
   <si>
     <t>Бейдж горизонтальный в комплекте с силиконовой лентой ErichKrause Neon, силиконовый, размер вставки 85х54 мм, желтый &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011279</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e1c/9rvcaeemrq82knglspj6f56kmc3px2g7.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный в комплекте с силиконовой лентой ErichKrause Pastel, силиконовый, размер вставки 85х54 мм, розовый  в пакете </t>
   </si>
   <si>
     <t>Бейдж горизонтальный в комплекте с силиконовой лентой ErichKrause Pastel, силиконовый, размер вставки 85х54 мм, розовый &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011280</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/25c/dv29t9954yx1du90g335dc28qezy1z7m.jpg</t>
@@ -2551,111 +3148,87 @@
   <si>
     <t>1012039</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab2/lc0mvpyb6ow26mi82b4gbts8tf062xq6.jpg</t>
   </si>
   <si>
     <t>Держатель-рулетка для бейджей 70 см, с лентой 45 см, черный, BRAUBERG EXTRA, 238838</t>
   </si>
   <si>
     <t>1012040</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b4/3r2awiqeuvu711pfxdx3gx4mn9z9eq57.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный в комплекте с лентой ErichKrause размер вставки 95х58 мм, прозрачный, цвет ленты красный  в пакете </t>
   </si>
   <si>
     <t>Бейдж горизонтальный в комплекте с лентой ErichKrause размер вставки 95х58 мм, прозрачный, цвет ленты красный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1013500</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5cd/j4r289th2ejj8jknh7w640m9vdd8mi0r.jpg</t>
-[...8 lines deleted...]
-    <t>1013997</t>
+    <t>http://anytos.ru//upload/iblock/936/ltkz8lnqwmoq0939n9guv50eorq9gx1m.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный с 3D-печатью  quot;Street food quot;  85х54 мм , с рулеткой, СЛАЙДЕР, FUNSTER  ФАНСТЕР , 238843</t>
+  </si>
+  <si>
+    <t>Вертикальный бейдж с рулеткой FUNSTER для хранения тонких пропусков, карточек, ID-карт, проездных и банковских карт. Бейдж-слайдер с держателем-рулеткой 70 см. Изготовлен из жесткого пластика, гарантирующего долгий срок службы. Защищает от внешних воздействий Вашу карту. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Держатель-рулетка оснащен клипсой, благодаря которой его можно с лёгкостью закрепить на поясе или любом другом элементе одежды.Рисунок на бейдже нанесен с применением 3D-печати, что создает приятный тактильно опыт использования, а забавный дизайн поднимет Ваше настроение. Размер вкладыша – 85х54 мм.</t>
+  </si>
+  <si>
+    <t>1013998</t>
   </si>
   <si>
     <t>&lt;a href="/brands/funster/"&gt;FUNSTER&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/936/ltkz8lnqwmoq0939n9guv50eorq9gx1m.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/467/tokks7bbtdftiyrnoccwe7ercqf0r98f.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный с 3D-печатью  quot;Аниме quot;  85х54 мм , с рулеткой, СЛАЙДЕР, FUNSTER  ФАНСТЕР , 238840</t>
   </si>
   <si>
     <t>Вертикальный бейдж с рулеткой FUNSTER для хранения тонких пропусков, карточек, ID-карт, проездных и банковских карт. Бейдж-слайдер с держателем-рулеткой 70 см. Изготовлен из жесткого пластика, гарантирующего долгий срок службы. Защищает от внешних воздействий Вашу карту. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Держатель-рулетка оснащен клипсой, благодаря которой его можно с лёгкостью закрепить на поясе или любом другом элементе одежды.Рисунок на бейдже нанесен с применением 3D-печати, что создает приятный тактильно опыт использования. Модель исполнена в актуальном футуристическом аниме-дизайне. Размер вкладыша – 85х54 мм.</t>
   </si>
   <si>
     <t>1013999</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ff2/w3uxysbhifeswcwtyoa43roop1sbs16e.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный с 3D-печатью  quot;Капибара quot;  85х54 мм , лента 45 см, СЛАЙДЕР, FUNSTER  ФАНСТЕР , 238829</t>
   </si>
   <si>
     <t>Вертикальный бейдж с лентой FUNSTER для хранения тонких пропусков, карточек сотрудников, ID-карт, проездных и банковских карт. Бейдж-слайдер с лентой 45 см на карабине. Изготовлен из жесткого пластика, гарантирующего долгий срок службы. Защищает от внешних воздействий Вашу карту. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Рисунок на бейдже нанесен с применением 3D-печати, что создает приятный тактильный опыт использования. А милый дизайн поднимет Ваше настроение. Размер вкладыша – 85х54 мм.</t>
   </si>
   <si>
     <t>1014000</t>
-  </si>
-[...10 lines deleted...]
-    <t>1014001</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/398/or0zsbuapfnydzv4b1nvbekfkavpgqr4.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный с 3D-печатью  quot;Отражение quot;  85х54 мм , с рулеткой, СЛАЙДЕР, FUNSTER  ФАНСТЕР , 238841</t>
   </si>
   <si>
     <t>Вертикальный бейдж с рулеткой FUNSTER для хранения тонких пропусков, карточек, ID-карт, проездных и банковских карт. Бейдж-слайдер с держателем-рулеткой 70 см. Изготовлен из жесткого пластика, гарантирующего долгий срок службы. Защищает от внешних воздействий Вашу карту. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Держатель-рулетка оснащен клипсой, благодаря которой его можно с лёгкостью закрепить на поясе или любом другом элементе одежды.Рисунок на бейдже нанесен с применением 3D-печати, что создает приятный тактильный опыт использования. Модель исполнена в актуальном футуристическом аниме-дизайне. Размер вкладыша – 85х54 мм.</t>
   </si>
   <si>
     <t>1014002</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d1/bfimgu9a4auni0p0c5dbh1zicnwnzo9x.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный для пропуска и ID-карт, 85х54 мм, белый, BRAUBERG ULTRA, 238913</t>
   </si>
   <si>
     <t>Вертикальный бейдж BRAUBERG ULTRA для хранения пропусков и карточек сотрудников, ID-карт, проездных и банковских карт. Бейдж подходит для крепления на ленте, держателе с рулеткой. Изготовлен из высокопрочного акрила и пластика, гарантирующего его долгий срок службы. Обладает повышенной вместимостью: влезет 2 и более карт. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Размер вкладыша – 85х54 мм. Вкладыш оснащен местом под персонализацию: фото, ФИО, наименование компании и должность.</t>
   </si>
   <si>
     <t>1017290</t>
   </si>
@@ -3156,5433 +3729,6511 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J235"/>
+  <dimension ref="A1:M282"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G235" sqref="G235"/>
+      <selection pane="bottomRight" activeCell="G282" sqref="G282"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...12 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="G9" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...12 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G23" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...48 lines deleted...]
-      <c r="E12" s="3" t="s">
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="G87" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="F12" s="3" t="s">
-[...194 lines deleted...]
-      <c r="B21" s="1" t="s">
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="G90" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...1602 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>310</v>
-[...5 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>310</v>
-[...5 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>381</v>
+        <v>35</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
         <v>382</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>383</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>384</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>385</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>381</v>
+        <v>97</v>
       </c>
       <c r="G94" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
         <v>386</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A95" s="1" t="s">
+      <c r="B95" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="B95" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" s="1" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>381</v>
+        <v>97</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>381</v>
+        <v>97</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>381</v>
+        <v>17</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>401</v>
+        <v>97</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>408</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>409</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>401</v>
+        <v>97</v>
       </c>
       <c r="G100" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
         <v>410</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A101" s="1" t="s">
+      <c r="B101" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="C101" s="1" t="s">
         <v>412</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="D101" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E101" s="3" t="s">
+      <c r="F101" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
         <v>414</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A102" s="1" t="s">
+      <c r="B102" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="C102" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="F102" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="F102" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A103" s="1" t="s">
+      <c r="B103" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="C103" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>421</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="3" t="s">
+      <c r="F103" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="F103" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A104" s="1" t="s">
+      <c r="B104" s="1" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>424</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>425</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>381</v>
+        <v>141</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
         <v>426</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>427</v>
       </c>
       <c r="C105" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>428</v>
       </c>
-      <c r="D105" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E105" s="3" t="s">
+      <c r="F105" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A106" s="1" t="s">
+      <c r="B106" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="C106" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="C106" s="1" t="s">
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>432</v>
       </c>
-      <c r="D106" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E106" s="3" t="s">
+      <c r="F106" s="3" t="s">
         <v>433</v>
       </c>
-      <c r="F106" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G106" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
         <v>434</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>435</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>135</v>
+        <v>436</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>45</v>
+        <v>433</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>139</v>
+        <v>441</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>45</v>
+        <v>433</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>45</v>
+        <v>97</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>310</v>
+        <v>97</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>310</v>
+        <v>97</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>310</v>
+        <v>97</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>460</v>
+        <v>97</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>465</v>
+        <v>97</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>460</v>
+        <v>35</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>460</v>
+        <v>35</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>460</v>
+        <v>35</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>484</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>485</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>381</v>
+        <v>35</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
         <v>486</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>487</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>488</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>489</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>381</v>
+        <v>35</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
         <v>490</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>491</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>492</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>493</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>381</v>
+        <v>494</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="F122" s="3" t="s">
         <v>494</v>
       </c>
-      <c r="B122" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G122" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B123" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="G127" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="C123" s="1" t="s">
-[...45 lines deleted...]
-      <c r="C125" s="1" t="s">
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G130" s="3" t="s">
         <v>508</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...127 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>381</v>
+        <v>494</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>381</v>
+        <v>494</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>381</v>
+        <v>494</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>381</v>
+        <v>494</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>381</v>
+        <v>494</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>381</v>
+        <v>494</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>381</v>
+        <v>402</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>381</v>
+        <v>433</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>381</v>
+        <v>433</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>568</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>569</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>381</v>
+        <v>433</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
         <v>570</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>571</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>572</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>573</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>381</v>
+        <v>574</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="F142" s="3" t="s">
         <v>574</v>
       </c>
-      <c r="B142" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G142" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>381</v>
+        <v>574</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>381</v>
+        <v>574</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>381</v>
+        <v>592</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="C146" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="F146" s="3" t="s">
         <v>592</v>
       </c>
-      <c r="D146" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G146" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>381</v>
+        <v>592</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>381</v>
+        <v>592</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="G149" s="3" t="s">
         <v>605</v>
       </c>
-      <c r="F149" s="3" t="s">
-[...6 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>381</v>
+        <v>494</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>381</v>
+        <v>494</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>381</v>
+        <v>35</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>381</v>
+        <v>574</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>381</v>
+        <v>574</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>381</v>
+        <v>574</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>632</v>
+        <v>224</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>381</v>
+        <v>141</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>636</v>
+        <v>228</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>381</v>
+        <v>141</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>381</v>
+        <v>141</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>381</v>
+        <v>494</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>381</v>
+        <v>494</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>381</v>
+        <v>494</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>381</v>
+        <v>659</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="B163" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>663</v>
+      </c>
+      <c r="F163" s="3" t="s">
         <v>659</v>
       </c>
-      <c r="C163" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G163" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>381</v>
+        <v>668</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>381</v>
+        <v>659</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>381</v>
+        <v>141</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>381</v>
+        <v>659</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>381</v>
+        <v>141</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>381</v>
+        <v>574</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>381</v>
+        <v>574</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>381</v>
+        <v>574</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>381</v>
+        <v>574</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>381</v>
+        <v>574</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>381</v>
+        <v>574</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>381</v>
+        <v>574</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>720</v>
+        <v>731</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>734</v>
+        <v>743</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>738</v>
+        <v>744</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>739</v>
+        <v>745</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>734</v>
+        <v>747</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>748</v>
+        <v>755</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>750</v>
+        <v>757</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>751</v>
+        <v>758</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>752</v>
+        <v>759</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>755</v>
+        <v>762</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>752</v>
+        <v>763</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>756</v>
+        <v>764</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>757</v>
+        <v>765</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>758</v>
+        <v>766</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>752</v>
+        <v>767</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>759</v>
+        <v>768</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>760</v>
+        <v>769</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>761</v>
+        <v>770</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>730</v>
+        <v>771</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>763</v>
+        <v>773</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>764</v>
+        <v>774</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>730</v>
+        <v>775</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>765</v>
+        <v>776</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>766</v>
+        <v>777</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>767</v>
+        <v>778</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>730</v>
+        <v>779</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>768</v>
+        <v>780</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>769</v>
+        <v>781</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>770</v>
+        <v>782</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>771</v>
+        <v>783</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>772</v>
+        <v>784</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>773</v>
+        <v>785</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>774</v>
+        <v>786</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>775</v>
+        <v>787</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>776</v>
+        <v>788</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>777</v>
+        <v>789</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>778</v>
+        <v>790</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>781</v>
+        <v>793</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>782</v>
+        <v>794</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>783</v>
+        <v>795</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>784</v>
+        <v>796</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>785</v>
+        <v>797</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>786</v>
+        <v>798</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>783</v>
+        <v>799</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>787</v>
+        <v>800</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>788</v>
+        <v>801</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>789</v>
+        <v>802</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>790</v>
+        <v>803</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>791</v>
+        <v>804</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>792</v>
+        <v>805</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>793</v>
+        <v>806</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>794</v>
+        <v>807</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>795</v>
+        <v>808</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>796</v>
+        <v>809</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>797</v>
+        <v>810</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>798</v>
+        <v>811</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>799</v>
+        <v>812</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>800</v>
+        <v>813</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>801</v>
+        <v>814</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>798</v>
+        <v>815</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>802</v>
+        <v>816</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>803</v>
+        <v>817</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>804</v>
+        <v>818</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>798</v>
+        <v>819</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>805</v>
+        <v>820</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>806</v>
+        <v>821</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>807</v>
+        <v>822</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>808</v>
+        <v>823</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>809</v>
+        <v>824</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>810</v>
+        <v>825</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>811</v>
+        <v>826</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>794</v>
+        <v>827</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>812</v>
+        <v>828</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>813</v>
+        <v>829</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>814</v>
+        <v>830</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>794</v>
+        <v>831</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>815</v>
+        <v>832</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>816</v>
+        <v>833</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>817</v>
+        <v>834</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>794</v>
+        <v>835</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>818</v>
+        <v>836</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>819</v>
+        <v>837</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>820</v>
+        <v>838</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>821</v>
+        <v>839</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>822</v>
+        <v>840</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>823</v>
+        <v>841</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>824</v>
+        <v>842</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>825</v>
+        <v>843</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>826</v>
+        <v>844</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>827</v>
+        <v>845</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>828</v>
+        <v>846</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>829</v>
+        <v>847</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>830</v>
+        <v>848</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>460</v>
+        <v>574</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>831</v>
+        <v>849</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>832</v>
+        <v>850</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>833</v>
+        <v>851</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>834</v>
+        <v>852</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>835</v>
+        <v>853</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>836</v>
+        <v>854</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>833</v>
+        <v>855</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>837</v>
+        <v>856</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>838</v>
+        <v>857</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>839</v>
+        <v>858</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>833</v>
+        <v>859</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>840</v>
+        <v>860</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>841</v>
+        <v>861</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>842</v>
+        <v>862</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>843</v>
+        <v>863</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>844</v>
+        <v>864</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>381</v>
+        <v>574</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>845</v>
+        <v>865</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>846</v>
+        <v>866</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>847</v>
+        <v>867</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>848</v>
+        <v>868</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>849</v>
+        <v>574</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>850</v>
+        <v>869</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>851</v>
+        <v>870</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>852</v>
+        <v>871</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>853</v>
+        <v>872</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>849</v>
+        <v>574</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>854</v>
+        <v>873</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>855</v>
+        <v>874</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>856</v>
+        <v>875</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>857</v>
+        <v>876</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>849</v>
+        <v>574</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>858</v>
+        <v>877</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>859</v>
+        <v>878</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>860</v>
+        <v>879</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>861</v>
+        <v>880</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>849</v>
+        <v>574</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>862</v>
+        <v>881</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>863</v>
+        <v>882</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>864</v>
+        <v>883</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>865</v>
+        <v>884</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>849</v>
+        <v>574</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>867</v>
+        <v>886</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>868</v>
+        <v>887</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>869</v>
+        <v>888</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>849</v>
+        <v>574</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>870</v>
+        <v>889</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>871</v>
+        <v>890</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>872</v>
+        <v>891</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>873</v>
+        <v>892</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>874</v>
+        <v>893</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>875</v>
+        <v>894</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>872</v>
+        <v>895</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>876</v>
+        <v>896</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>877</v>
+        <v>897</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>878</v>
+        <v>898</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>872</v>
+        <v>899</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>879</v>
+        <v>900</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>880</v>
+        <v>901</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>881</v>
+        <v>902</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>882</v>
+        <v>903</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>883</v>
+        <v>904</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>884</v>
+        <v>905</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>885</v>
+        <v>906</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>886</v>
+        <v>907</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>887</v>
+        <v>908</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>888</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>889</v>
+        <v>909</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>890</v>
+        <v>910</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>886</v>
+        <v>911</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>891</v>
+        <v>912</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>888</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>892</v>
+        <v>913</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>893</v>
+        <v>914</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>886</v>
+        <v>915</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>894</v>
+        <v>916</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>888</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>895</v>
+        <v>917</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>896</v>
+        <v>918</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>886</v>
+        <v>919</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>897</v>
+        <v>920</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>888</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>898</v>
+        <v>921</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>899</v>
+        <v>922</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>900</v>
+        <v>919</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>901</v>
+        <v>923</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>902</v>
+        <v>924</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>903</v>
+        <v>925</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>900</v>
+        <v>919</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>904</v>
+        <v>926</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>905</v>
+        <v>927</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>906</v>
+        <v>928</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>900</v>
+        <v>929</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>907</v>
+        <v>930</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>908</v>
+        <v>931</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>909</v>
+        <v>932</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>900</v>
+        <v>933</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>910</v>
+        <v>934</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>911</v>
+        <v>935</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>912</v>
+        <v>936</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>913</v>
+        <v>933</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>914</v>
+        <v>937</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>888</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>915</v>
+        <v>938</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>916</v>
+        <v>939</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>913</v>
+        <v>933</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>917</v>
+        <v>940</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>888</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>918</v>
+        <v>941</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>919</v>
+        <v>942</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>913</v>
+        <v>943</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>920</v>
+        <v>944</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>888</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>921</v>
+        <v>945</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>922</v>
+        <v>946</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>913</v>
+        <v>947</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>923</v>
+        <v>948</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>888</v>
+        <v>318</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E236" s="3" t="s">
+        <v>952</v>
+      </c>
+      <c r="F236" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E237" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="F237" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>958</v>
+      </c>
+      <c r="F238" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E239" s="3" t="s">
+        <v>961</v>
+      </c>
+      <c r="F239" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E240" s="3" t="s">
+        <v>964</v>
+      </c>
+      <c r="F240" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E241" s="3" t="s">
+        <v>967</v>
+      </c>
+      <c r="F241" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E242" s="3" t="s">
+        <v>971</v>
+      </c>
+      <c r="F242" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E243" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="F243" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E244" s="3" t="s">
+        <v>979</v>
+      </c>
+      <c r="F244" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E245" s="3" t="s">
+        <v>983</v>
+      </c>
+      <c r="F245" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E246" s="3" t="s">
+        <v>986</v>
+      </c>
+      <c r="F246" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E247" s="3" t="s">
+        <v>990</v>
+      </c>
+      <c r="F247" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E248" s="3" t="s">
+        <v>994</v>
+      </c>
+      <c r="F248" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E249" s="3" t="s">
+        <v>998</v>
+      </c>
+      <c r="F249" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E250" s="3" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F250" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E251" s="3" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F251" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E252" s="3" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F252" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F253" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F254" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F255" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F256" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F257" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F258" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F259" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E260" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F260" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E261" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F261" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E262" s="3" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F262" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E263" s="3" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F263" s="3" t="s">
+        <v>1048</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E264" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F264" s="3" t="s">
+        <v>1048</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A265" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E265" s="3" t="s">
+        <v>1056</v>
+      </c>
+      <c r="F265" s="3" t="s">
+        <v>1048</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E266" s="3" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F266" s="3" t="s">
+        <v>1048</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E267" s="3" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F267" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A268" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E268" s="3" t="s">
+        <v>1067</v>
+      </c>
+      <c r="F268" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A269" s="1" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E269" s="3" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F269" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A270" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E270" s="3" t="s">
+        <v>1074</v>
+      </c>
+      <c r="F270" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E271" s="3" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F271" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E272" s="3" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F272" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E273" s="3" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F273" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E274" s="3" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F274" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E275" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F275" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E276" s="3" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F276" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F277" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F278" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E279" s="3" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F279" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E280" s="3" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F280" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
+        <v>1111</v>
+      </c>
+      <c r="F281" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F282" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>1079</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">