--- v0 (2025-11-06)
+++ v1 (2026-01-09)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1075">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="927">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ad2/3x3w5hc4ih5qj2ps7oiisipsym6o3a05.jpg</t>
   </si>
   <si>
     <t>Шнурок для бейджей OfficeSpace, 45см, металлический клип, черный</t>
   </si>
   <si>
     <t>Съемный текстильный шнурок крепится к бейджу с помощью металлической клипсы. Цвет шнурка - черный.</t>
   </si>
   <si>
     <t>Бейджи</t>
@@ -98,1508 +107,886 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4c9/sptb2ne02w30fzv2k2shumsucnpkze2r.jpg</t>
   </si>
   <si>
     <t>Шнурок для бейджей OfficeSpace, 45см, металлический клип, желтый</t>
   </si>
   <si>
     <t>Съемный текстильный шнурок крепится к бейджу с помощью металлической клипсы. Цвет шнурка - желтый.</t>
   </si>
   <si>
     <t>427925</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a2d/q5w0zvz2jf4sv5isfwl7wge4vp1b4oog.jpg</t>
   </si>
   <si>
     <t>Бейдж inФОРМАТ LITE гориз. с клипом и булавкой 91х57 мм прозр.: ВНСР-9060Л штр.: 4602723079217</t>
   </si>
   <si>
     <t>208744</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6f5/6f5cab3b03873698ad3e8b2487b02a5d/e1f4d2da8514cb55e176d71746effc7b.jpg</t>
-[...26 lines deleted...]
-    <t>245814</t>
+    <t>http://anytos.ru//upload/iblock/a8b/8olq7kxggw65ir8qfpc5v5qerynvsrhk.jpg</t>
+  </si>
+  <si>
+    <t>Лента для бейджей LITE с метал клипсой 45 см синяя. BFBGL Bl</t>
+  </si>
+  <si>
+    <t>Лента LITE идеально подойдет для бейджа или магнитного пропуска. Длина — 45 см, ширина — 10 мм. Шнур-лента имеет безопасный замок, открывающийся при нажатии. Цвета: синий, красный, зеленый. Поставляются в упаковках по 20 штук.</t>
+  </si>
+  <si>
+    <t>359337</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c7/a1bq3sk851g626v1p40jt4hyo7vdmpxq.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж LITE вертик. 100х80 мм прозр. PVC 250 мкм. BGL10080G 250</t>
+  </si>
+  <si>
+    <t>Бейджи LITE изготовлены из прозрачного плотного пластика. Поставляются в горизонтальном и вертикальном видах. Крепления изделий осуществляются при помощи рулетки, зажима со шнурком. Каждый бейдж оснащен ’замком’ &amp;#40;плотным соединением краев пластика&amp;#41;, который надежно фиксирует информационный вкладыши препятствует его выпадению. Прекрасно подходят для магнитного пропуска иливизитной карточки.</t>
+  </si>
+  <si>
+    <t>359400</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e9/t0vn59x707fi8f7kg1fs974mjsrmtccu.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж LITE гориз. 95х60 мм прозр. PVC 250 мкм. BGL9560V 250</t>
+  </si>
+  <si>
+    <t>359403</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5cd/74bb38rm03eqfpbl59d1oin43e46q88s.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный  60х90 мм , на зеленой ленте 45 см, BRAUBERG, 231153</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильной зеленой ленте используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется лентой 45 см. Размер вкладыша 90х60 мм.</t>
+  </si>
+  <si>
+    <t>423176</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa5/s1aqvo038tgtr2hlwpyo681q0tqygllm.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный  60х90 мм , на желтой ленте 45 см, BRAUBERG, 231154</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильной желой ленте используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется лентой 45 см. Размер вкладыша 90х60 мм.</t>
+  </si>
+  <si>
+    <t>423177</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d59/m2rhzeuljv3pdwaoztc53p6pk2itz0pl.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный  60х90 мм , на красной ленте 45 см, BRAUBERG, 231155</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильной красной ленте используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется лентой 45 см. Размер вкладыша 90х60 мм.</t>
+  </si>
+  <si>
+    <t>423178</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d16/yrj0kyjbbomanquylvzz1munj6h3q7r9.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный  60х90 мм , на синей ленте 45 см, BRAUBERG, 231156</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Закрепляется при помощи текстильной ленты. Карман из мягкого прочного пластика гарантирует долгий срок службы. Размер вкладыша 90х60 мм. Длина ленты 45 см. Упакован в пластиковый пакет.</t>
+  </si>
+  <si>
+    <t>423179</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/761/rgewftvowz9f57fq3nezofnomzes71mt.jpg</t>
+  </si>
+  <si>
+    <t>Бейджи горизонтальные  57х90 мм , КОМПЛЕКТ 50 шт., с клипсой и булавкой, жесткие, BRAUBERG, 231903</t>
+  </si>
+  <si>
+    <t>Горизонтальный жесткий бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Закрепляется на одежде при помощи клипсы или булавки. Размер вкладыша - 90х57 мм. В комплекте 50 штук. Упакован в картонный дисплей бокс. Изготовлен из прочного пластика.</t>
+  </si>
+  <si>
+    <t>423181</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/961/i4bv3t8a3bwjvwzyjprd7ldu8ogere9k.jpg</t>
+  </si>
+  <si>
+    <t>Бейджи вертикальные БОЛЬШИЕ  120x87 мм , КОМПЛЕКТ 10 шт., на синей ленте 45 см, ДПС, 1065.ВК-101</t>
+  </si>
+  <si>
+    <t>Вертикальный бейдж на синей ленте.</t>
+  </si>
+  <si>
+    <t>423182</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/dps/"&gt;ДПС&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3bf/krjirc1mspk3fwbu3l2vs2u0r06r3yix.jpg</t>
+  </si>
+  <si>
+    <t>Бейджи горизонтальные БОЛЬШИЕ  87х120 мм , КОМПЛЕКТ 10 шт., на синей ленте 45 см, ДПС, 1065.ГК-101</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж на синей ленте.</t>
+  </si>
+  <si>
+    <t>423183</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1bf/kwc1p25dcvlibquijpeuetqchkzbdw7l.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный  55х85 мм , на синей ленте 45 см, твердый пластик, BRAUBERG, 232138</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильной синей ленте используется для размещения именных карточек, пропусков, пластиковых карт. Карман из твердого прочного пластика гарантирует долгий срок службы. Идеально подойдет для чувствительных к механическим повреждениям магнитных карт, пропусков и удостоверений личности. Закрепляется лентой 45 см. Размер вкладыша 85х55 мм.</t>
+  </si>
+  <si>
+    <t>423184</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/edd/o1u6loz51gnceomwo89ii7frjjy9d1m5.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный  85х55 мм , на синей ленте 45 см, твердый пластик, BRAUBERG, 232139</t>
+  </si>
+  <si>
+    <t>Вертикальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильной синей ленте используется для размещения именных карточек, пропусков, пластиковых карт. Карман из твердого прочного пластика гарантирует долгий срок службы. Идеально подойдет для чувствительных к механическим повреждениям магнитных карт, пропусков и удостоверений личности. Закрепляется лентой 45 см. Размер вкладыша 85х55 мм.</t>
+  </si>
+  <si>
+    <t>423185</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/591/2aiekfvsd0vyu10xignb4jofeb9d65u8.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж-карман вертикальный БОЛЬШОЙ  120х90 мм , без держателя, BRAUBERG, 235696</t>
+  </si>
+  <si>
+    <t>Вертикальный БОЛЬШОЙ бейдж BRAUBERG без крепления для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж-карман подходит для крепления на ленте, держателе с рулеткой, т.д. Карман из мягкого прочного пластика гарантирует долгий срок службы. Размер вкладыша 90х120 мм.</t>
+  </si>
+  <si>
+    <t>423190</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/524/odphhnxwslvrs2sv9nl0lpu0gpgzd497.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный  60х90 мм , на черной ленте 45 см, BRAUBERG, 235697</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильной черной ленте используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется лентой 45 см. Размер вкладыша 90х60 мм.</t>
+  </si>
+  <si>
+    <t>423191</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3f2/ijlxymmejtc1byroh0x4vocbfyz916xq.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный  90х60 мм , на синей ленте 45 см, BRAUBERG, 235698</t>
+  </si>
+  <si>
+    <t>Вертикальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильной ленте используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется лентой 45 см. Размер вкладыша 90х60 мм.</t>
+  </si>
+  <si>
+    <t>423192</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/529/5290d9d2c8f1b373108b14517d9f2349/bbebbecabfe46f5920f930dd76cac131.jpg</t>
-[...95 lines deleted...]
-    <t>334426</t>
+    <t>http://anytos.ru//upload/iblock/365/xppcok8qh8v6sli8iz57spfpki9ndg08.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный  90х60 мм , на зеленой ленте 45 см, BRAUBERG, 235700</t>
+  </si>
+  <si>
+    <t>Вертикальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильной зеленой ленте используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется лентой 45 см. Размер вкладыша 90х60 мм.</t>
+  </si>
+  <si>
+    <t>423194</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99e/j1k61hy32lt8fh21blmrc1k2go3tdohv.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный БОЛЬШОЙ  120х90 мм , с клипсой и булавкой, мягкий, BRAUBERG, 235714</t>
+  </si>
+  <si>
+    <t>Вертикальный БОЛЬШОЙ бейдж BRAUBERG с клипсой и булавкой для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Клипса и булавка обеспечивают удобное и надежное крепление бейджа на одежде. Карман из мягкого прочного пластика гарантирует долгий срок службы. Размер вкладыша 90х120 мм.</t>
+  </si>
+  <si>
+    <t>423206</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/949/fejonz28xy23isoro23n8yglnwtqd9vh.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный БОЛЬШОЙ  90х120 мм , на синем шнурке 45 см, 2 карабина, BRAUBERG, 235715</t>
+  </si>
+  <si>
+    <t>Горизонтальный большой бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильном шнурке с двумя карабинами используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется шнурком 45 см с карабинами. Размер вкладыша 90х120 мм.</t>
+  </si>
+  <si>
+    <t>423207</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a9/68ry705rjtx1s7elfbqyiakdnmujykb4.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный БОЛЬШОЙ  120х90 мм , на синем шнурке 45 см, 2 карабина, BRAUBERG, 235716</t>
+  </si>
+  <si>
+    <t>Вертикальный БОЛЬШОЙ бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильном шнурке с двумя карабинами используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется шнурком 45 см с карабинами. Размер вкладыша 90х120 мм.</t>
+  </si>
+  <si>
+    <t>423208</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/95a/50pqi211qmfttgjf8ixyxarkup3gnkc7.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный БОЛЬШОЙ  120х90 мм , на красном шнурке 45 см, 2 карабина, BRAUBERG, 235717</t>
+  </si>
+  <si>
+    <t>Вертикальный большой бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильном шнурке с двумя карабинами используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется красным шнурком 45 см с карабинами. Размер вкладыша 90х120 мм.</t>
+  </si>
+  <si>
+    <t>423209</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bf1/24yhlb4t5560bwh347bd76lcswlep28c.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж-табличка горизонтальный  35х70 мм , магнитный, BRAUBERG, 235738</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж-табличка BRAUBERG MAGNETIC для именных карточек. Твердый пластик гарантирует долгий срок службы. Будет незаменим для сотрудников гостинично-ресторанного сектора. Закрепляется магнитом. Защитит Вашу одежду от необходимости в мелких проколах булавкой. Размер вкладыша - 70х35 мм.</t>
+  </si>
+  <si>
+    <t>423214</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/208/2084ec35d51c311c012d379e36f1c4f4/c8f80fb867d318e1671626e7bb16ff2c.jpg</t>
-[...8 lines deleted...]
-    <t>334430</t>
+    <t>http://anytos.ru//upload/iblock/2bf/u2wr2ajaqkmnndw7scr3t6i692t5lf83.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный жесткокаркасный  55х85 мм , без держателя, ПРОЗРАЧНЫЙ, BRAUBERG, 235739</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж подходит для крепления на ленте, держателе с рулеткой. Изготовлен из жесткого пластика, гарантирующего долгий срок службы. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Размер вкладыша 55х85 мм.</t>
+  </si>
+  <si>
+    <t>423215</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c5/2c567032c22c3ccdf91f0a8ba81b135c/3a80c580196d6974d5a8079b88377dda.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный жесткокаркасный  55х85 мм , без держателя, ЗЕЛЕНЫЙ, BRAUBERG, 235742</t>
+  </si>
+  <si>
+    <t>Бейдж BRAUBERG подходит для крепления на ленте, держателе с рулеткой. Изготовлен из твердого пластика, гарантирующего долгий срок службы. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков.</t>
+  </si>
+  <si>
+    <t>423216</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d55/84yg3vb3scuckq79x36hoox3slfopdwv.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный жесткокаркасный  75х105 мм , без держателя, СИНИЙ, BRAUBERG, 235750</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж подходит для крепления на ленте, держателе с рулеткой. Изготовлен из жесткого пластика, гарантирующего долгий срок службы. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Размер вкладыша 105х75 мм.</t>
+  </si>
+  <si>
+    <t>423220</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/485/a02c2wk8x63u4cl5feepgy2k04gzcx2l.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный жесткокаркасный  105х75 мм , без держателя, СИНИЙ, BRAUBERG, 235755</t>
+  </si>
+  <si>
+    <t>Вертикальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж подходит для крепления на ленте, держателе с рулеткой. Изготовлен из жесткого пластика, гарантирующего долгий срок службы. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Размер вкладыша 105х75 мм.</t>
+  </si>
+  <si>
+    <t>423225</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b15/bwnarxxyb5xh2v8jwjkhp5t4g2pzv5bm.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный  85х55 мм , без держателя, СЕРЫЙ, твердый пластик, BRAUBERG, 235760</t>
+  </si>
+  <si>
+    <t>Вертикальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж подходит для крепления на ленте, держателе с рулеткой. Изготовлен из жесткого пластика, гарантирующего долгий срок службы. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Размер вкладыша 55х85 мм.</t>
+  </si>
+  <si>
+    <t>423229</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/94f/yi67djvhun014rci2c8urr8pdo2lhk4c.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж школьника горизонтальный  55х90 мм , на ленте со съемным клипом, СИНИЙ, BRAUBERG, 235761</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж школьника BRAUBERG с синей окантовкой используется для идентификации учащегося в образовательных учреждениях. Закрепляется при помощи текстильной ленты. Карман из мягкого прочного пластика гарантирует долгий срок службы. Размер вкладыша 55х90 мм. Длина ленты 45 см. Упакован в пластиковый пакет.</t>
+  </si>
+  <si>
+    <t>423230</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ffc/ipibsca5nk4y4un9g4lzy05y2plqyhl9.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж школьника горизонтальный  55х90 мм , на ленте со съемным клипом, КРАСНЫЙ, BRAUBERG, 235762</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж школьника BRAUBERG с красной окантовкой используется для идентификации учащегося в образовательных учреждениях. Комплектуется специальной нейлоновой лентой со съемной клипсой. Бейдж можно носить на ленте, либо крепить на одежду с помощью клипсы. Размер вкладыша 55х90 мм. Длина ленты 45 см, цвет ленты - красный. Упакован в пластиковый пакет.</t>
+  </si>
+  <si>
+    <t>423231</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/65f/fgxdxi8bnee5twycphvpt9stwl5pigtf.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж самоламинирующийся горизонтальный  74х104 мм , с клипсой, BRAUBERG, 236791</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Оригинальное приспособление, которое используется для быстрой ручной ламинации бумажных пропусков, идентификационных карт, пластиковых пропусков без применения специального ламинатора. Входящий в комплект зажим позволяет закрепить и подвесить бэйдж. Размер вкладыша 100х60 мм. Упакован в пластиковый пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>423234</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/846/7z4zjbyl94inltrbxt6ekhi641anfu0i.jpg</t>
+  </si>
+  <si>
+    <t>Лента для бейджей, 45 см, с безопасным сцеплением, с клипом, СИНЯЯ, BRAUBERG, 235725</t>
+  </si>
+  <si>
+    <t>Ленты для бейджей с безопасным сцеплением BRAUBERG отлично подойдет для любого бейджа. Выполнена из нейлона синего цвета и имеет длину 45 см. Надежно крепится с помощью металлической клипсы. Лента имеют безопасную застежку, которая размыкается при натяжении и гарантирует 100&amp;#37; безопасность и защиту от удушения лентой при ее случайном натяжении. Упакована в полибэг.</t>
+  </si>
+  <si>
+    <t>423238</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/816/agfvhz1bljrjqowrq77h5mqny7cb8b0y.jpg</t>
+  </si>
+  <si>
+    <t>Лента для бейджей, 45 см, съемный пластиковый клип-замок с петелькой, СИНЯЯ, BRAUBERG, 235729</t>
+  </si>
+  <si>
+    <t>Лента BRAUBERG подойдет для любого бейджа. Надежный тип крепления. Выполнена из нейлона синего цвета и имеет длину 45 см. Надежно крепится с помощью пластикового клипа. Упакована в полибэг.</t>
+  </si>
+  <si>
+    <t>423241</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb8/piln4j6981y0yqoretrp84cdeldf3hgt.jpg</t>
+  </si>
+  <si>
+    <t>Лента для бейджей, 45 см, съемный пластиковый клип-замок с петелькой, КРАСНАЯ, BRAUBERG, 235730</t>
+  </si>
+  <si>
+    <t>Лента BRAUBERG подойдет для любого бейджа. Надежный тип крепления. Выполнена из нейлона красного цвета и имеет длину 45 см. Надежно крепится с помощью пластикового клипа. Упакована в полибэг.</t>
+  </si>
+  <si>
+    <t>423242</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a29/f5atnqu4xrd55mad5yp86wjhzfi0d6a8.jpg</t>
+  </si>
+  <si>
+    <t>Лента для бейджей, 45 см, съемный пластиковый клип-замок с петелькой, ЗЕЛЕНАЯ, BRAUBERG, 235731</t>
+  </si>
+  <si>
+    <t>Лента BRAUBERG подойдет для любого бейджа. Надежный тип крепления. Выполнена из нейлона зелёного цвета и имеет длину 45 см. Надежно крепится с помощью пластикового клипа. Упакована в полибэг.</t>
+  </si>
+  <si>
+    <t>423243</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f5c/3l3hkj35hs5up7prwr0kqbkyf69mibq6.jpg</t>
+  </si>
+  <si>
+    <t>Лента для бейджей, 45 см, металлический клип, СИНЯЯ, BRAUBERG, 235733</t>
+  </si>
+  <si>
+    <t>Лента BRAUBERG подойдет для любого бейджа. Надежный тип крепления. Выполнена из нейлона синего цвета и имеет длину 45 см. Надежно крепится с помощью металлической клипсы. Упакован в полибэг.</t>
+  </si>
+  <si>
+    <t>423245</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0c2/1jbwhoryx7pwe4yq0ynnhma2asux23jn.jpg</t>
+  </si>
+  <si>
+    <t>Лента для бейджей, 45 см, металлический клип, КРАСНАЯ, BRAUBERG, 235734</t>
+  </si>
+  <si>
+    <t>Лента BRAUBERG подойдет для любого бейджа. Надежный тип крепления. Выполнена из нейлона красного цвета и имеет длину 45 см. Надежно крепится с помощью металлической клипсы. Упакована в полибэг.</t>
+  </si>
+  <si>
+    <t>423246</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f3d/sjx4cbmzxplzs8s85o67k9ixhycm2tp5.jpg</t>
+  </si>
+  <si>
+    <t>Лента для бейджей, 45 см, металлический клип, ЗЕЛЕНАЯ, BRAUBERG, 235735</t>
+  </si>
+  <si>
+    <t>Лента BRAUBERG подойдет для любого бейджа. Надежный тип крепления. Выполнена из нейлона зеленого цвета и имеет длину 45 см. Надежно крепится с помощью металлической клипсы. Упакована в полибэг.</t>
+  </si>
+  <si>
+    <t>423247</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/368/b802yrmbffkz13pk7eooqogprz2xz5qs.jpg</t>
+  </si>
+  <si>
+    <t>Лента для бейджей, 45 см, металлический клип, ЖЕЛТАЯ, BRAUBERG, 235736</t>
+  </si>
+  <si>
+    <t>Лента BRAUBERG подойдет для любого бейджа. Надежный тип крепления. Выполнена из нейлона жёлтого цвета и имеет длину 45 см. Надежно крепится с помощью металлической клипсы. Упакована в полибэг.</t>
+  </si>
+  <si>
+    <t>423248</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/164/16407fe9ed38f5cd98b737f075029c6c.jpeg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный OfficeSpace, 95 150мм  размер вставки 90 120мм , 2 карабина, на синем шнурке</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный из мягкого прочного пластика. Съемный текстильный шнурок крепится к бейджу с помощью двух карабинов. Цвет шнурка - синий. В комплект входит вкладыш с полями для персональных данных.&amp;nbsp;&amp;nbsp;Подходит для пропуска, визитки, именной карточки.</t>
+  </si>
+  <si>
+    <t>427914</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ff/6ffb4766ac1a171efa7e11decf37114d.jpeg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный OfficeSpace, 63 105мм  размер вставки 55 85мм , с клипсой на синем шнурке</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный из мягкого прочного пластика. Съемный текстильный шнурок крепится к бейджу с помощью металлической клипсы. Цвет шнурка - синий. В комплект входит вкладыш с полями для персональных данных.&amp;nbsp;&amp;nbsp;Подходит для пропуска, визитки, именной карточки.</t>
+  </si>
+  <si>
+    <t>427916</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/67d/67d2291d67922916ceaa341f48156611.jpeg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный OfficeSpace, 100 75мм  размер вставки 85 55мм , без держателя</t>
+  </si>
+  <si>
+    <t>Набор бейджей вертикальных без держателя. Выполнены из мягкого прочного пластика. Подходит для крепления на клипсу, держатель с рулеткой, карабин. В комплекте 10 бейджей.</t>
+  </si>
+  <si>
+    <t>427918</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/685/685a201061c0c55e26a5011e665ea439.jpeg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный OfficeSpace, 100 75мм  размер вставки 85 55мм , с клипсой на синем шнурке</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный из мягкого прочного пластика. Съемный текстильный шнурок крепится к бейджу с помощью металлической клипсы. Цвет шнурка - синий. В комплект входит вкладыш с полями для персональных данных. Подходит для пропуска, визитки, именной карточки.</t>
+  </si>
+  <si>
+    <t>427919</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/241/241ca74bd54215f32f8572db30dda012.jpeg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный OfficeSpace, 100 80мм  размер вставки 90 60мм , держатель-рулетка, черный</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный из мягкого прочного пластика с держателем-рулеткой. Позволяет разместить бейдж на поясе, ремне. Цвет держателя-рулетки - черный. В комплект входит вкладыш с полями для персональных данных. Подходит для пропуска, визитки, именной карточки.</t>
+  </si>
+  <si>
+    <t>427922</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e9a/b0xfpnh0d66jvidtw0qwoa24opgluoh2.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный жесткокаркасный  55х85 мм , без держателя, СИНИЙ, BRAUBERG, 235740</t>
+  </si>
+  <si>
+    <t>434055</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da0/euwxe2lf3r5569f7iiwh3qcyscu5n7wk.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный жесткокаркасный  55х85 мм , без держателя, КРАСНЫЙ, BRAUBERG, 235741</t>
+  </si>
+  <si>
+    <t>434056</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/735/58gv99tbvcgb99p3gdy4ifrd3o0qz4ss.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный жесткокаркасный  85х55 мм , без держателя, СИНИЙ, BRAUBERG, 235745</t>
+  </si>
+  <si>
+    <t>434057</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c1/ojm0slul0nui1grnlk3a8pu4fm1ipsx9.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный жесткокаркасный  75х105 мм , без держателя, ПРОЗРАЧНЫЙ, BRAUBERG, 235749</t>
+  </si>
+  <si>
+    <t>434059</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/773/99rkpl1fme22kwaco79yd0e9y2agryah.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж школьника горизонтальный  55х90 мм , на ленте со съемным клипом, ЗЕЛЕНЫЙ, BRAUBERG, 235763</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж школьника BRAUBERG с зеленой окантовкой используется для идентификации учащегося в образовательных учреждениях. Комплектуется специальной нейлоновой лентой со съемной клипсой. Бейдж можно носить на ленте, либо крепить на одежду с помощью клипсы. Размер вкладыша 55х90 мм. Длина ленты 45 см, цвет ленты - зеленый. Упакован в пластиковый пакет.</t>
+  </si>
+  <si>
+    <t>434061</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8df/szgkhnus241mia6hswa78lx53rg9hoyj.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж школьника горизонтальный  55х90 мм , на ленте со съемным клипом, ЖЕЛТЫЙ, BRAUBERG, 235764</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж школьника BRAUBERG с желтой окантовкой используется для идентификации учащегося в образовательных учреждениях. Комплектуется специальной нейлоновой лентой со съемной клипсой. Бейдж можно носить на ленте, либо крепить на одежду с помощью клипсы. Размер вкладыша 55х90 мм. Длина ленты 45 см, цвет ленты - желтый. Упакован в пластиковый пакет.</t>
+  </si>
+  <si>
+    <t>434062</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae3/4zjkc05gockpqicv0nga6zj9ilclco3m.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж школьника горизонтальный  55х90 мм , на ленте со съемным клипом, СЕРЫЙ, BRAUBERG, 235765</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж школьника BRAUBERG с цветной окантовкой используется для идентификации учащегося в образовательных учреждениях. Комплектуется специальной нейлоновой лентой со съемной клипсой. Бейдж можно носить на ленте, либо крепить на одежду с помощью клипсы. Размер вкладыша 55х90 мм. Длина ленты 45 см, цвет ленты - желтый. Упакован в пластиковый пакет.</t>
+  </si>
+  <si>
+    <t>434063</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ecb/ecbea1f17c46e419b2a3d2e595ae179b/cc9c78db9e0df19e5ead936345c496b7.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный OfficeSpace, 95 150мм  размер вставки 90 120мм , без держателя</t>
+  </si>
+  <si>
+    <t>557289</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f3/7f3d5b14e8f2d97155b5465628d06b1c/6f8cf2c6d57ed73476c3b3b2b4234daa.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный OfficeSpace, 125 110мм  размер вставки 120 90мм , без держателя</t>
+  </si>
+  <si>
+    <t>Набор бейджей горизонтальных без держателя. Выполнены из мягкого прочного пластика. Подходит для крепления на клипсу, держатель с рулеткой, карабин. В комплекте 10 бейджей.</t>
+  </si>
+  <si>
+    <t>557290</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3fe/3fe46e1b0a93190f4025e1626c96ab30/539db39f18a20100dde6105bb1c880ee.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный OfficeSpace, 63 105мм  размер вставки 55 85мм , без держателя</t>
+  </si>
+  <si>
+    <t>557291</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba0/ba0a7aaf75e81123e926bdc27574ee06/5cec20fdf2f003ff493c802bcbd983ed.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный OfficeSpace, 68 110мм  размер вставки 60 90мм , держатель-рулетка, черный</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный из мягкого прочного пластика с держателем-рулеткой. Позволяет разместить бейдж на поясе, ремне. Цвет держателя-рулетки - черный. В комплект входит вкладыш с полями для персональных данных. Подходит для пропуска, визитки, именной карточки.</t>
+  </si>
+  <si>
+    <t>557295</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e6/6e62325b90e1351b3401cbf9efcd31a9/ca99d79cd96d9da5b40d344e531b84d8.jpg</t>
+  </si>
+  <si>
+    <t>Шнурок для бейджей OfficeSpace, 45см, металлический клип, красный</t>
+  </si>
+  <si>
+    <t>Съемный текстильный шнурок крепится к бейджу с помощью металлической клипсы. Цвет шнурка - красный.</t>
+  </si>
+  <si>
+    <t>557299</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e8a/e8abfaa65d657352f6b2970f4fe3c1ca/95f550f799866f38694c253b222ddf6c.jpg</t>
+  </si>
+  <si>
+    <t>Шнурок для бейджей OfficeSpace, 45см, металлический клип, синий</t>
+  </si>
+  <si>
+    <t>Съемный текстильный шнурок крепится к бейджу с помощью металлической клипсы. Цвет шнурка - синий.</t>
+  </si>
+  <si>
+    <t>557300</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f30/xx9qxqenb0dacp964dldjxeey470un5n.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный БОЛЬШОЙ  120х90 мм , на черном шнурке 45 см, 2 карабина, BRAUBERG, 235718</t>
+  </si>
+  <si>
+    <t>Вертикальный БОЛЬШОЙ бейдж BRAUBERG для именной карточки предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильном шнурке с двумя карабинами используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется черным шнурком 45 см с карабинами. Размер вкладыша 90х120 мм.</t>
+  </si>
+  <si>
+    <t>563296</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/76a/76ae8e2aefd7033297abfa423ceb1b4b/7d33be537f2e679d8eafbc49c0251aaa.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бейдж горизонтальный OfficeSpace, 57 90мм, с клипсой и булавкой  размер вставки 57 90мм </t>
+  </si>
+  <si>
+    <t>Предназначен для визитки, пропуска, личной карточки. Булавка позволит крепить бейдж к одежде. Размер 55х90мм</t>
+  </si>
+  <si>
+    <t>593199</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a8b/8olq7kxggw65ir8qfpc5v5qerynvsrhk.jpg</t>
-[...44 lines deleted...]
-    <t>410277</t>
+    <t>http://anytos.ru//upload/iblock/972/ugaryoks67mdhy42hbnpexb98bszsi3u.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж магнитный 19х59 мм, BRAUBERG, 237459</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж-табличка BRAUBERG MAGNETIC для именных карточек. Безопасное и надежное крепление на двух магнитах. Твердый пластик прозрачного цвета гарантирует долгий срок службы. Будет незаменим для сотрудников, обязанных по роду деятельности носить бейджи. Закрепляется магнитом. Защитит Вашу одежду от необходимости в мелких проколах булавкой. Размер вкладыша - 19х59 мм. Крепление выполнено в белом цвете.</t>
+  </si>
+  <si>
+    <t>654220</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef3/im9inwagurithj8c4jc474kh00dc5r70.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж магнитный изогнутый 21х65 мм, BRAUBERG, 237461</t>
+  </si>
+  <si>
+    <t>Горизонтальный изогнутый бейдж-табличка BRAUBERG MAGNETIC для именных карточек. Безопасное и надежное крепление на двух магнитах. Твердый пластик прозрачного цвета гарантирует долгий срок службы. Будет незаменим для сотрудников, обязанных по роду деятельности носить бейджи. Закрепляется магнитом. Защитит Вашу одежду от необходимости в мелких проколах булавкой. Размер вкладыша - 21х65 мм. Специальная изогнутая форма позволяет увеличить градус обзора. Крепление выполнено в белом цвете.</t>
+  </si>
+  <si>
+    <t>661947</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d16/6ifhh9sic1djsol98gq73eh2ac4urjtq.jpg</t>
+  </si>
+  <si>
+    <t>Бирки для ключей КОМПЛЕКТ 1000 ШТ., длина 50 мм, инфо-окно 30х15 мм, АССОРТИ, STAFF, 237494, 91</t>
+  </si>
+  <si>
+    <t>Бирки STAFF предназначены для идентификации ключей от разных помещений. Изготовлены из пластика. Каждая бирка снабжена металлическим кольцом, белым бумажным вкладышем для маркировки, защищённым пластиковой вставкой от повреждений. Размер бирки - 50х20 мм, информационного окна - 30х15 мм. Цвет - ассорти. 1000 штук в упаковке.</t>
+  </si>
+  <si>
+    <t>693798</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
-  </si>
-[...745 lines deleted...]
-    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb0/f7xqocq7av8y9lahmxgalojeg2q7hb0u.jpg</t>
   </si>
   <si>
     <t>Бейдж на шнурке вертикальный 70 94мм  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Бейдж на шнурке вертикальный 70*94мм &amp;quot;Darvish&amp;quot;</t>
   </si>
   <si>
     <t>703354</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf3/tgdqgjbhjguzhmf45jfpvl3ce9jd1enf.jpg</t>
   </si>
   <si>
     <t>Бейдж на шнурке горизонтальный 105 60мм  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Бейдж на шнурке горизонтальный 105*60мм &amp;quot;Darvish&amp;quot;&lt;br /&gt;
  Длина шнурка: 105 см&lt;br /&gt;
  Размер упаковки &amp;#40;пластиковая коробка&amp;#41;: 15*10*14 см</t>
   </si>
   <si>
     <t>703355</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c90/opx1z0qmg4vnpiv9ppbnabg0qtfjpzby.jpg</t>
-[...11 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/29e/rpozkxvfo9a7xaduu3et7h8vcc2f0rte.jpg</t>
   </si>
   <si>
     <t>Бейдж с клипом горизонтальный 104 65мм  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Размер вкладыша 104*65мм. Товар предназначен для ношения визитных карточек, пропусков, аккредитаций или пластиковых карт.</t>
   </si>
   <si>
     <t>703357</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dd5/zribvozan9g43s2ayci5hxh4tdwtfjca.jpg</t>
-[...97 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/337/e1nn6uzayck0x0snq0eb76gbcne16s52.jpg</t>
   </si>
   <si>
     <t>Шнурок для бейджей OfficeSpace, безопасный замок, 45см, металл. клипса, синий</t>
   </si>
   <si>
     <t>Съемный текстильный шнурок крепится к бейджу с помощью металлической клипсы. Имеет безопасную застежку, которая размыкается при натяжении. Также имеется регулятор затяжки. Цвет шнурка - синий.</t>
   </si>
   <si>
     <t>851146</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d06/dvou1w8g0gnbfk99mnfw90a7yvln4vj4.jpg</t>
-[...112 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/25d/o6ad0t5nznawx1z4k1waex67wsx2pw21.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный  90х60 мм , с держателем-рулеткой 70 см, белый, BRAUBERG, 238243</t>
   </si>
   <si>
     <t>Вертикальный бейдж BRAUBERG на держателе-рулетке используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Держатель-рулетка с металлическим клипом позволяет разместить бейдж на поясе, ремне. Размер вкладыша - 90х60 мм.</t>
   </si>
   <si>
     <t>961401</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/73a/5x1hbad4o301yi950skvgv6f28fmmt2i.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный  90х60 мм , с держателем-рулеткой 70 см, синий, BRAUBERG, 238244</t>
   </si>
   <si>
     <t>961402</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c67/cb94yvbj3jy8zmzzscrzrnd2mk8giqqt.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cc3/dz5f30644autvicf41rpm3ljegi0djjn.jpg</t>
   </si>
   <si>
     <t>Держатель-рулетка для бейджей 70 см, петелька, белый, в блистере, BRAUBERG, 238238</t>
   </si>
   <si>
     <t>Держатель-рулетка BRAUBERG предназначен для крепления бейджей, магнитных карт, пропусков, ключей и мелкого инструмента. Рулетка с карабином подходит для ношения на поясе. Длина черного шнурка 70 см. Пластиковый корпус белого цвета. Упакована в блистер с европодвесом.</t>
   </si>
   <si>
     <t>961406</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/991/u2is0l7qahoeb64zczj2a0o5ev5f06o4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ffd/rpe798qkrvxytqb1jqnu6mvepjo2euma.jpg</t>
   </si>
   <si>
     <t>Держатель-рулетка для бейджей, 70 см, карабин, синий, в блистере, BRAUBERG, 238239</t>
   </si>
   <si>
     <t>Держатель-рулетка BRAUBERG предназначен для крепления бейджей, магнитных карт, пропусков, ключей и мелкого инструмента. Рулетка с двумя карабинами подходит для ношения на поясе. Длина черного шнурка 70 см. Пластиковый корпус синего цвета. Упакована в блистер с европодвесом.</t>
   </si>
   <si>
     <t>961408</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a37/pourogxd28iezivfcr9q5tde14r2nw5u.jpg</t>
-[...160 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/54a/us0qqeqg4ed0bbqhecbsdd15jmmpe390.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный Berlingo  quot;ID 100 quot;, 85 55мм, прозрачный, без держателя</t>
   </si>
   <si>
     <t>Бейдж вертикальный Berlingo &amp;quot;ID 100&amp;quot;, 85*55мм, прозрачный, без держателя</t>
   </si>
   <si>
     <t>966014</t>
   </si>
   <si>
     <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b5d/h9waqbrb3jkqfkw6dsuvxhipc8kp4bh4.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный Berlingo  quot;ID 200 quot;, 85 55мм, светло-серый, без держателя, крышка-слайдер</t>
   </si>
   <si>
     <t>Бейдж вертикальный Berlingo &amp;quot;ID 200&amp;quot;, 85*55мм, светло-серый, без держателя, крышка-слайдер</t>
   </si>
   <si>
     <t>966015</t>
@@ -1673,50 +1060,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/aaa/eib14dszvvidnp42vtrdcrczje0w9w6k.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный Berlingo  quot;ID 300 quot;, 85 55мм, светло-серый, без держателя</t>
   </si>
   <si>
     <t>Бейдж горизонтальный Berlingo &amp;quot;ID 300&amp;quot;, 85*55мм, светло-серый, без держателя</t>
   </si>
   <si>
     <t>966021</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/859/pnpqjq3bv1km8qemxainu1msj0o62tyk.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный Berlingo  quot;ID 400 quot;, 55 85мм, светло-серый, без держателя</t>
   </si>
   <si>
     <t>Бейдж горизонтальный Berlingo &amp;quot;ID 400&amp;quot;, 55*85мм, светло-серый, без держателя</t>
   </si>
   <si>
     <t>966022</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/271/dsbq5ij4oag5wf53xihhwdajha0bgkod.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный OfficeSpace, 35 70мм, магнитный</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный OfficeSpace, 35*70мм, магнитный</t>
+  </si>
+  <si>
+    <t>966023</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1ad/r14zrccvmgg9n68iyrh1sk62gc5eqmdv.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный OfficeSpace, 55 85мм, жесткий каркас, синий, без держателя</t>
   </si>
   <si>
     <t>Бейдж горизонтальный OfficeSpace, 55*85мм, жесткий каркас, синий, без держателя</t>
   </si>
   <si>
     <t>966024</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f7e/eh5vxox4sj8mzuxp4iaufykabv6nj0v5.jpg</t>
   </si>
   <si>
     <t>Держатель для бейджей Berlingo  quot;ID 400 quot;, силиконовый, 13см, с карабином и клипом, светло-серый</t>
   </si>
   <si>
     <t>Держатель для бейджей Berlingo &amp;quot;ID 400&amp;quot;, силиконовый, 13см, с карабином и клипом, светло-серый</t>
   </si>
   <si>
     <t>966026</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/58b/hwswl03rcj3qo14qwnf6c92li6oncqnb.jpg</t>
@@ -1757,395 +1156,302 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f86/htxo6nr7xkxq6qeogheppjt9j347mjrm.jpg</t>
   </si>
   <si>
     <t>Держатель-рулетка для бейджей  quot;ID 300 quot;, 70см, со светло-серой лентой 45см</t>
   </si>
   <si>
     <t>Держатель-рулетка для бейджей &amp;quot;ID 300&amp;quot;, 70см, со светло-серой лентой 45см</t>
   </si>
   <si>
     <t>966030</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b49/i7qhd32kxkc6df0b112tr8iukgqx9pn9.jpg</t>
   </si>
   <si>
     <t>Лента для бейджей Berlingo  quot;ID 200 quot;, 45см, силиконовый клип, светло-серый</t>
   </si>
   <si>
     <t>Лента для бейджей Berlingo &amp;quot;ID 200&amp;quot;, 45см, силиконовый клип, светло-серый</t>
   </si>
   <si>
     <t>966031</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c56/jz4134r72siihuksu6busuaw12zl0207.jpg</t>
-[...31 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c6d/7v2s01f1oysbm08k1u8zqto49fg12u6l.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный в комплекте с лентой Erich Krause размер вставки 54х85 мм, прозрачный, цвет ленты ассорти, в пакете</t>
   </si>
   <si>
     <t>Бейдж вертикальный в комплекте с лентой. Материал бейджа - ПВХ, цвет - прозрачный. Имеет размер вставки 54х90 мм. Лента изготовлена из полиэстера и ее ширина составляет 10 мм. Бейдж подходит для ношения именных карточек и пропусков.</t>
   </si>
   <si>
     <t>978496</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/de4/rscv5iqofqe2ev622hm365a32c2na0qe.jpg</t>
-[...32 lines deleted...]
-    <t>978508</t>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b13/ty0f166hzagmdr1p170bwchh2uk6z1cw.jpg</t>
   </si>
   <si>
     <t>Держатель для бейджа с ретрактором Erich Krause в пакете</t>
   </si>
   <si>
     <t>Держатель для бейджа с ретрактором Erich Krause. Ретрактор представляет собой брелок с вытяжной нитью, который работает по принципу катушки.</t>
   </si>
   <si>
     <t>978511</t>
   </si>
   <si>
+    <t>200</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/00f/ras08liqebi8g77d84wvh1g67mxgmrom.jpg</t>
   </si>
   <si>
     <t>978512</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7ad/g6wbu2xp4xlb01zcbi9oduq65ixsskz7.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор бейджей вертикальных Erich Krause размер вставки 62х91 мм, прозрачный  в коробке по 20 штук </t>
   </si>
   <si>
     <t>Бейдж вертикальный. Материал бейджа - ПВХ, цвет - прозрачный. Имеет размер вставки 62х91 мм. Подходят для ношения именных карточек и пропусков. Поставляются набором в коробке по 20 штук.</t>
   </si>
   <si>
     <t>978513</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ed/wjpawmm5mjt3fbnoskdemi417tbp742z.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор бейджей горизонтальных Erich Krause размер вставки 95х58 мм, прозрачный  в коробке по 20 штук </t>
   </si>
   <si>
     <t>Бейдж горизонтальный. Материал бейджа - ПВХ, цвет - прозрачный. Имеет размер вставки 98х58 мм. Подходят для ношения именных карточек и пропусков. Поставляются набором в коробке по 20 штук.</t>
   </si>
   <si>
     <t>978514</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/336/65hqh2e585o5e92fqi2ojo2dba41422v.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный MESHU  quot;Be capy quot;, 110 70мм, лента с карабином, 2D печать, опп пакет с европодвесом</t>
   </si>
   <si>
     <t>Бейдж вертикальный MESHU &amp;quot;Be capy&amp;quot;, 110*70мм, лента с карабином, 2D печать, опп пакет с европодвесом</t>
   </si>
   <si>
     <t>981748</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/707/i7bbsx44hk9aper2shs4uhqlybdcmita.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/181/chqoqj9owd1hju30adl3vz4y1ufs00h0.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный MESHU  quot;Fly cat quot;, 110 70мм, лента с карабином, 3D печать, опп пакет с европодвесом</t>
   </si>
   <si>
     <t>Бейдж вертикальный MESHU &amp;quot;Fly cat&amp;quot;, 110*70мм, лента с карабином, 3D печать, опп пакет с европодвесом</t>
   </si>
   <si>
     <t>981750</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c9f/uwhs6w0i7tjigjme3k4n213qcffhtl0f.jpg</t>
-[...20 lines deleted...]
-    <t>981753</t>
+    <t>http://anytos.ru//upload/iblock/3e8/ys3jazc3ar17idvmpnqejv7tf1o8meby.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный MESHU  quot;Music quot;, 110 70мм, петля с карабином, 2D печать, опп пакет с европодвесом</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный MESHU &amp;quot;Music&amp;quot;, 110*70мм, петля с карабином, 2D печать, опп пакет с европодвесом</t>
+  </si>
+  <si>
+    <t>981755</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cbf/r1cbnhof62nef286sp0mr86gs4ly8szp.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d38/9cv52ux72n3fhmytkduzj1dnl4jb6a3l.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный MESHU  quot;Neko quot;, 110 70мм, петля с карабином, 2D печать, опп пакет с европодвесом</t>
   </si>
   <si>
     <t>Бейдж вертикальный MESHU &amp;quot;Neko&amp;quot;, 110*70мм, петля с карабином, 2D печать, опп пакет с европодвесом</t>
   </si>
   <si>
     <t>981756</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/01c/7r40it63h1ul66gfja03tpdxqljk47y2.jpg</t>
   </si>
   <si>
     <t>Держатель для бейджей Berlingo  quot;ID 400 quot;, силиконовый, 13см, с карабином и клипом, фиолетовый</t>
   </si>
   <si>
     <t>Держатель для бейджей Berlingo &amp;quot;ID 400&amp;quot;, силиконовый, 13см, с карабином и клипом, фиолетовый</t>
   </si>
   <si>
     <t>981758</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33f/u2o91fcgnx325dw18h43slzfolx4anm4.jpg</t>
   </si>
   <si>
     <t>Держатель для бейджей Berlingo  quot;ID 400 quot;, текстильный, 12см, с карабином и клипом, фиолетовый</t>
   </si>
   <si>
     <t>Держатель для бейджей Berlingo &amp;quot;ID 400&amp;quot;, текстильный, 12см, с карабином и клипом, фиолетовый</t>
   </si>
   <si>
     <t>981759</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/616/5rklf6zdz3812qmfdyyqpz1o2dokj2ou.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f05/nzusz42b0ui77mfj35z0lb3gueui8u7q.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный ErichKrause книжка, размер вставки 85х54 мм, ассорти, в пакете</t>
   </si>
   <si>
     <t>995639</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/70f/pdj49vuxc90hud8l7il0ot0717il6tc2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор бейджей вертикальных ErichKrause размер вставки 54х85 мм, прозрачный  в коробке по 20 штук </t>
   </si>
   <si>
     <t>Набор бейджей вертикальных ErichKrause размер вставки 54х85 мм, прозрачный &amp;#40;в коробке по 20 штук&amp;#41;</t>
   </si>
   <si>
     <t>995641</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4eb/ubfpzu7zuce3etfvvrjt40no4zvumg74.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор бейджей горизонтальных ErichKrause размер вставки 85х54 мм, прозрачный  в коробке по 20 штук </t>
   </si>
   <si>
     <t>Набор бейджей горизонтальных ErichKrause размер вставки 85х54 мм, прозрачный &amp;#40;в коробке по 20 штук&amp;#41;</t>
   </si>
   <si>
     <t>995642</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2aa/yv8mvqcv7y7jksudcgpz1js3eg3bchiv.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный жесткокаркасный  105х75 мм , без держателя, ПРОЗРАЧНЫЙ, BRAUBERG, 235754</t>
+  </si>
+  <si>
+    <t>996078</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da7/r2j4i1mp7xebysxsicclhiptwmo608ht.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный жесткокаркасный  85х55мм , без держателя, ПРОЗРАЧНЫЙ, BRAUBERG, 235744</t>
+  </si>
+  <si>
+    <t>996079</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d04/mp7a1am9rg26k1dlnq2c159u8myjoi7o.jpg</t>
+  </si>
+  <si>
+    <t>Лента для бейджей, 45 см, металлический карабин, СИНЯЯ, BRAUBERG, 235737</t>
+  </si>
+  <si>
+    <t>Лента BRAUBERG подойдет для любого бейджа. Надежный тип крепления. Выполнена из нейлона синего цвета и имеет длину 45 см. Надежно крепится с помощью металлической клипсы. Упакована в полибэг.</t>
+  </si>
+  <si>
+    <t>996080</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a7d/2c8v9x34hino0opgsaue7o2q4utvprw3.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный Berlingo  quot;ID 200 quot;, 85 55мм, черный, без держателя, крышка-слайдер</t>
   </si>
   <si>
     <t>Бейдж вертикальный Berlingo &amp;quot;ID 200&amp;quot;, 85*55мм, черный, без держателя, крышка-слайдер</t>
   </si>
   <si>
     <t>998641</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/985/gigfejbtmgqp0y5994n8nxlt5hic9mka.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный Berlingo  quot;ID 200 quot;, 85 55мм, черный, без держателя, крышка-слайдер</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный Berlingo &amp;quot;ID 200&amp;quot;, 85*55мм, черный, без держателя, крышка-слайдер</t>
+  </si>
+  <si>
+    <t>1000894</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ccb/qbxglmc4v592u2rfffumvp5ltdnggqmb.jpg</t>
   </si>
   <si>
     <t>Держатель-рулетка для бейджей  quot;ID 300 quot;, 70см, с черной лентой 45см</t>
   </si>
   <si>
     <t>Держатель-рулетка для бейджей &amp;quot;ID 300&amp;quot;, 70см, с черной лентой 45см</t>
   </si>
   <si>
     <t>1000895</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cbd/o1ikp38jgzl7w2ddxddqts6o0n1u9tfj.jpg</t>
-[...8 lines deleted...]
-    <t>1005944</t>
+    <t>http://anytos.ru//upload/iblock/850/zpovnrxxdgq23uuttoffo7u0xw1jlc49.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный БОЛЬШОЙ  120х90 мм , на синем шнурке 45 см, 2 карабина, ОФИСМАГ, 235719</t>
+  </si>
+  <si>
+    <t>Вертикальный БОЛЬШОЙ бейдж ОФИСМАГ используется для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильном шнурке с двумя карабинами используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется шнурком 45 см с карабинами. Размер вкладыша 90х120 мм.</t>
+  </si>
+  <si>
+    <t>1005945</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/850/zpovnrxxdgq23uuttoffo7u0xw1jlc49.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2d1/gbk3429nj20iy6ji2zl6m8t3wrmq80aa.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный INFORMAT 91х57 мм, размер вкладыша 91х57 мм, с клипсой и булавкой 1 шт упак</t>
   </si>
   <si>
     <t>Бейдж горизонтальный INFORMAT 91х57 мм, размер вкладыша 91х57 мм, с клипсой и булавкой 1 шт/упак</t>
   </si>
   <si>
     <t>1006681</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d5/yrrawe0ox2ytkbt8abypo3eby1uxccm4.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный БОЛЬШОЙ  120х90 мм , на красном шнурке 45 см, 2 карабина, ОФИСМАГ, 235720</t>
   </si>
   <si>
     <t>Вертикальный большой бейдж ОФИСМАГ используется для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильном шнурке с двумя карабинами используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. тЗакрепляется шнурком 45 см с карабинами. Размер вкладыша 90[120 мм.</t>
   </si>
   <si>
     <t>1010108</t>
@@ -2153,122 +1459,110 @@
   <si>
     <t>http://anytos.ru//upload/iblock/64d/nibn6cun4micriuqg2fw4yjpxbf3u1vm.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный с ZIP-LOCK-замком  89x52 мм , КОМПЛЕКТ 10 шт., без держателя, BRAUBERG, 238785</t>
   </si>
   <si>
     <t>Вертикальный бейдж BRAUBERG c ZIP-LOCK-замком предназначен для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Комплект – 10 шт.Зиплок-замок защищает именную карточку от влаги и пыли внутри бейджа. Бейдж можно крепить на ленте, держателе с рулеткой, шнурке и т. д. Мягкий, но прочный пластик обеспечивает долгий срок службы.Размер вкладыша – 89х52 мм.</t>
   </si>
   <si>
     <t>1010109</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d0/bkzn4t452qctppf5t9mll1oaonarx6s5.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный  57х90 мм , с клипсой и булавкой, жесткий, ОФИСМАГ, 235376</t>
   </si>
   <si>
     <t>Горизонтальный жесткий бейдж ОФИСМАГ используется для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Маленькая карточка с именем, фамилией и должностью или другим статусом; крепится к одежде на видном месте, с первых минут знакомства помогает наладить коммуникации между людьми. Закрепляется на одежде при помощи клипсы или булавки. Размер вкладыша 90х57 мм.</t>
   </si>
   <si>
     <t>1010110</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/598/xujks32nihtglueeg81w89qzfgsz4yke.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный  60х90 мм , на красной ленте 45 см, ОФИСМАГ, 235704</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж ОФИСМАГ используется для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильной красной ленте используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется лентой 45 см. Размер вкладыша 90х60 мм.</t>
+  </si>
+  <si>
+    <t>1010111</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/234/tka32c75q5k3jaruvmzg7w8hqgj0kh60.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж в комплекте с держателем для бейджа с ретрактором ErichKrause Big City Cats, размер вставки 62х91 мм, прозрачный  в пакете </t>
   </si>
   <si>
     <t>Бейдж в комплекте с держателем для бейджа с ретрактором ErichKrause Big City Cats, размер вставки 62х91 мм, прозрачный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010953</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ab/pw4id7ddcqcf3q4o6bbcy2vd6wwmsazr.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж вертикальный в комплекте с лентой ErichKrause книжка, размер вставки 54х85 мм, прозрачный, цвет ленты красный  в пакете </t>
   </si>
   <si>
     <t>Бейдж вертикальный в комплекте с лентой ErichKrause книжка, размер вставки 54х85 мм, прозрачный, цвет ленты красный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010954</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a57/c1fmt3flml7cmaui5ysf8x713040316y.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/025/a0cupw3smj3vkpe6wz1xmq24z4d26d6l.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж вертикальный в комплекте с лентой ErichKrause книжка, размер вставки 54х85 мм, прозрачный, цвет ленты черный  в пакете </t>
   </si>
   <si>
     <t>Бейдж вертикальный в комплекте с лентой ErichKrause книжка, размер вставки 54х85 мм, прозрачный, цвет ленты черный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010956</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/038/47x2tnslxs8t0ym4a3fzwd6lkx5n7sph.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж вертикальный в комплекте c силиконовой лентой ErichKrause Pastel, силиконовый, размер вставки 54х85 мм, голубой  в пакете </t>
   </si>
   <si>
     <t>Бейдж вертикальный в комплекте c силиконовой лентой ErichKrause Pastel, силиконовый, размер вставки 54х85 мм, голубой &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010957</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/623/a2qbctb2r6u2itfbwyoicoet0gqr9wcw.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c9d/drqhiatqno08m9bnhunlf6gl115pfpuh.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж вертикальный в комплекте с лентой ErichKrause слайдер, твердый пластик ABC , размер вставки 54х85 мм, черный  в пакете </t>
   </si>
   <si>
     <t>Бейдж вертикальный в комплекте с лентой ErichKrause слайдер, твердый пластик ABC , размер вставки 54х85 мм, черный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010959</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/96b/lxqqmdzxf25htmygy5y03u589v5v6jwj.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж вертикальный в комплекте с лентой ErichKrause размер вставки 62х91 мм, прозрачный, цвет ленты красный  в пакете </t>
   </si>
   <si>
     <t>Бейдж вертикальный в комплекте с лентой ErichKrause размер вставки 62х91 мм, прозрачный, цвет ленты красный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010960</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/703/c74ognjxcxew9ue6vzwr54jxqsfzj3ji.jpg</t>
@@ -2381,62 +1675,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/672/d5k6v2jjc74m3baxwkz20y3a2e8bpl0i.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж вертикальный в комплекте с силиконовой лентой ErichKrause книжка, размер вставки 54х85 мм, черный  в пакете </t>
   </si>
   <si>
     <t>Бейдж вертикальный в комплекте с силиконовой лентой ErichKrause книжка, размер вставки 54х85 мм, черный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010970</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c83/5b4aajcwtnhuvxjvpworvfgtf2ntmfx1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный в комплекте с лентой ErichKrause книжка, размер вставки 85х54 мм, прозрачный, цвет ленты красный  в пакете </t>
   </si>
   <si>
     <t>Бейдж горизонтальный в комплекте с лентой ErichKrause книжка, размер вставки 85х54 мм, прозрачный, цвет ленты красный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010971</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fd0/lhdcppfzl1l0jhitlln2nqoj3ujczse1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/175/svexbr7cik5aci5bc2gqipwfencooe54.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный в комплекте с лентой ErichKrause книжка, размер вставки 85х54 мм, прозрачный, цвет ленты черный  в пакете </t>
   </si>
   <si>
     <t>Бейдж горизонтальный в комплекте с лентой ErichKrause книжка, размер вставки 85х54 мм, прозрачный, цвет ленты черный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010973</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27f/fndddi02g5l4g30hc2v3wg0lnfeq5h7c.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный в комплекте с лентой ErichKrause размер вставки 85х54 мм, прозрачный, цвет ленты красный  в пакете </t>
   </si>
   <si>
     <t>Бейдж горизонтальный в комплекте с лентой ErichKrause размер вставки 85х54 мм, прозрачный, цвет ленты красный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010974</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4df/y3bz9qjjoajtsd6zio1fc6ij5zexeel0.jpg</t>
@@ -2705,50 +1987,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c95/w3w1x7c8cxw72f6lt0m0n6tnk4lyr5qd.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж вертикальный ErichKrause силиконовый, размер вставки 54х85, синий  в пакете </t>
   </si>
   <si>
     <t>Бейдж вертикальный ErichKrause силиконовый, размер вставки 54х85, синий &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011185</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4af/3aohs03u38ux5b9er5xiizqf8z39na6z.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж вертикальный в комплекте с лентой ErichKrause размер вставки 62х91 мм, прозрачный, цвет ленты синий  в пакете </t>
   </si>
   <si>
     <t>Бейдж вертикальный в комплекте с лентой ErichKrause размер вставки 62х91 мм, прозрачный, цвет ленты синий &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011186</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/329/03utzbbj8qqjsqhonp7i2rdj21dne2st.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бейдж вертикальный в комплекте с лентой ErichKrause слайдер, твердый пластик ABC, размер вставки 54х85 мм, синий  в пакете </t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный в комплекте с лентой ErichKrause слайдер, твердый пластик ABC, размер вставки 54х85 мм, синий &amp;#40;в пакете&amp;#41;</t>
+  </si>
+  <si>
+    <t>1011187</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1d8/5jr1dqcdfh1n1en1a3o90te22jms15e2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный ErichKrause Neon, книжка, размер вставки 85х54 мм, желтый  в пакете </t>
   </si>
   <si>
     <t>Бейдж горизонтальный ErichKrause Neon, книжка, размер вставки 85х54 мм, желтый &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011188</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef3/484iortygs6gx2zjtddvwy6m9jlhb2qk.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный ErichKrause Neon, силиконовый, размер вставки 85х54, желтый  в пакете </t>
   </si>
   <si>
     <t>Бейдж горизонтальный ErichKrause Neon, силиконовый, размер вставки 85х54, желтый &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011189</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/751/xgeqs7kdw1pqqhnxr4i7lmhdiju8fclz.jpg</t>
@@ -2825,98 +2119,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/780/uaakn3bp9tdxhq4uzob0qq7jxbs8yjlm.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж вертикальный в комплекте c силиконовой лентой ErichKrause Neon, силиконовый, размер вставки 54х85 мм, зеленый  в пакете </t>
   </si>
   <si>
     <t>Бейдж вертикальный в комплекте c силиконовой лентой ErichKrause Neon, силиконовый, размер вставки 54х85 мм, зеленый &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011275</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/117/extdo2e056f8bmflwnozp25ceob9u6it.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж вертикальный в комплекте c силиконовой лентой ErichKrause силиконовый, размер вставки 54х85 мм, синий  в пакете </t>
   </si>
   <si>
     <t>Бейдж вертикальный в комплекте c силиконовой лентой ErichKrause силиконовый, размер вставки 54х85 мм, синий &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011276</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/772/4suq7q89j8h7yd33l23i5so2lh9rjw7b.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/be1/x4j3lkobusq47kstt32d2fbb2p8x5kn8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный в комплекте с силиконовой лентой ErichKrause Neon, силиконовый, размер вставки 85х54 мм, желтый  в пакете </t>
   </si>
   <si>
     <t>Бейдж горизонтальный в комплекте с силиконовой лентой ErichKrause Neon, силиконовый, размер вставки 85х54 мм, желтый &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011279</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e1c/9rvcaeemrq82knglspj6f56kmc3px2g7.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный в комплекте с силиконовой лентой ErichKrause Pastel, силиконовый, размер вставки 85х54 мм, розовый  в пакете </t>
   </si>
   <si>
     <t>Бейдж горизонтальный в комплекте с силиконовой лентой ErichKrause Pastel, силиконовый, размер вставки 85х54 мм, розовый &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011280</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/25c/dv29t9954yx1du90g335dc28qezy1z7m.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Бейдж горизонтальный в комплекте с силиконовой лентой ErichKrause силиконовый, размер вставки 85х54 мм, черный  в пакете </t>
   </si>
   <si>
     <t>Бейдж горизонтальный в комплекте с силиконовой лентой ErichKrause силиконовый, размер вставки 85х54 мм, черный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011281</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/33f/qa0n7zuw9mpkfj60npn1t6secpx5y7fg.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный  85х54 мм  на 2 карты прозрачный, ЗАЩИТА ОТ ВЛАГИ И ПЫЛИ, BRAUBERG EXTRA, 238826</t>
+  </si>
+  <si>
+    <t>Вертикальный бейдж BRAUBERG EXTRA для хранения пропусков и карточек сотрудников, ID карт, проездных и банковских карт. Бейдж с увеличенной вместимостью на 2 карты. Изготовлен из жесткого пластика, гарантирующего долгий срок службы бейджа. Защищает от влаги и пыли Вашу карту. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Размер вкладыша 85х54 мм.*Вкладыш бейджа без персонализации, на изображении показан возможный пример использования изделия.</t>
+  </si>
+  <si>
+    <t>1012004</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4ea/c6brepukhnf41ew2n5ndw18rjxpxbbyh.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный  85х54 мм  на 2 карты с рулеткой ЗАЩИТА ОТ ВЛАГИ И ПЫЛИ, BRAUBERG EXTRA, 238824</t>
   </si>
   <si>
     <t>Вертикальный бейдж BRAUBERG EXTRA для хранения пропусков и карточек сотрудников, ID карт, проездных и банковских карт. Бейдж с увеличенной вместимостью на 2 карты и держателем-рулеткой 70 см. Изготовлен из жесткого пластика, гарантирующего долгий срок службы бейджа. Защищает от влаги и пыли Вашу карту. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Размер вкладыша 85х54 мм.*Вкладыш бейджа без персонализации, на изображении показан возможный пример использования изделия.</t>
   </si>
   <si>
     <t>1012005</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1f3/6kkykmaj6gwywvdo5sbkfz7ik3tv2ghy.jpg</t>
   </si>
   <si>
     <t>Бейдж вертикальный  85х54 мм , ДВУСТОРОННИЙ, cиний, ЗАЩИТА ОТ ВЛАГИ И ПЫЛИ, BRAUBERG EXTRA, 238808</t>
   </si>
   <si>
     <t>Вертикальный бейдж BRAUBERG предназначен для хранения пропусков и карточек сотрудников, ID карт, проездных и банковских карт. Бейдж подходит для крепления на ленте, держателе с рулеткой. Изготовлен из жесткого пластика, гарантирующего его долгий срок службы. Защищает от влаги и пыли Вашу карту. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Прозрачное окно с обеих сторон бейджа. Размер вкладыша 85х54 мм. *Вкладыш бейджа без персонализации, на изображении показан возможный пример использования изделия.</t>
   </si>
   <si>
     <t>1012006</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/098/yulufkn7f70gvc2v8t7ue3ud0u5z5erh.jpg</t>
@@ -3212,78 +2506,339 @@
   <si>
     <t>http://anytos.ru//upload/iblock/20b/8wme43h6m2rg88uibaiyfl3jnskaj1jb.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный  54х85мм  на 2 карты с лентой 45 см ЗАЩИТА ОТ ВЛАГИ И ПЫЛИ, BRAUBERG EXTRA, 238823</t>
   </si>
   <si>
     <t>Горизонтальный бейдж BRAUBERG EXTRA для хранения пропусков и карточек сотрудников, ID карт, проездных и банковских карт. Бейдж с увеличенной вместимостью на 2 карты и лентой 45 см. Изготовлен из жесткого пластика, гарантирующего долгий срок службы бейджа. Защищает от влаги и пыли Вашу карту. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Размер вкладыша 54х85 мм.*Вкладыш бейджа без персонализации, на изображении показан возможный пример использования изделия.</t>
   </si>
   <si>
     <t>1012035</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b9b/e1v8zc3lre0ctpl7dxs84cdhf8pnwcn9.jpg</t>
   </si>
   <si>
     <t>Бейдж горизонтальный  54х90 мм  АССОРТИ, голубой, красный, салатовый, оранжевый, BRAUBERG ULTRA COLOR, 238822</t>
   </si>
   <si>
     <t>Горизонтальный бейдж BRAUBERG ULTRA COLOR для хранения тонких пропусков и карточек сотрудников, ID карт, проездных и банковских карт. Бейдж подходит для крепления на ленте, держателе с рулеткой. Изготовлен из жесткого пластика, гарантирующего долгий срок службы. Подойдёт для тонких магнитных карт и пропусков. Представлен в сочных цветах ассорти: голубом, салатовом, оранжевом и красном. Размер вкладыша 54х90 мм.*Вкладыш бейджа без персонализации, на изображении показан возможный пример использования изделия.</t>
   </si>
   <si>
     <t>1012036</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/eb6/f8dy6jmti45r44cajzp1arxavz4hf64o.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный  60х90 мм , на желтой ленте 45 см, ОФИСМАГ, 235706</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж ОФИСМАГ используется для идентификации сотрудников в компаниях, а также на семинарах, тренингах, презентациях и других мероприятиях. Бейдж на текстильной желтой ленте используется для размещения именных карточек, пропусков, пластиковых карт. Карман из мягкого прочного пластика гарантирует долгий срок службы. Закрепляется лентой 45 см. Размер вкладыша 90х60 мм.</t>
+  </si>
+  <si>
+    <t>1012037</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c7a/usiine7rfpw7dweke0wrk6rjgpibwpu2.jpg</t>
   </si>
   <si>
     <t>Держатель-рулетка для бейджей 70 см, с лентой 45 см, серый, BRAUBERG EXTRA, 238839</t>
   </si>
   <si>
     <t>Держатель-рулетка BRAUBERG предназначена для крепления бейджей, магнитных карт, пропусков и ключей. Держатель-рулетка на качественной текстильной ленте подходит для ношения бейджей на шее. Длина ленты – 45 см. Длина нити в держателе-рулетке – 70 см для Вашего максимального удобства. Для подвешивания бейжда, пропуска или ключей аккуратным движением отодвиньте нижний клип и прикрепите изделие к рулетке. Упакована в пакет с клейким краем.</t>
   </si>
   <si>
     <t>1012038</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/44a/psrsp3iji5k0jklloavpaiv8hhqk2c0s.jpg</t>
   </si>
   <si>
     <t>Держатель-рулетка для бейджей 70 см, с лентой 45 см, синий, BRAUBERG EXTRA, 238837</t>
   </si>
   <si>
     <t>1012039</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab2/lc0mvpyb6ow26mi82b4gbts8tf062xq6.jpg</t>
   </si>
   <si>
     <t>Держатель-рулетка для бейджей 70 см, с лентой 45 см, черный, BRAUBERG EXTRA, 238838</t>
   </si>
   <si>
     <t>1012040</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0b4/3r2awiqeuvu711pfxdx3gx4mn9z9eq57.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бейдж горизонтальный в комплекте с лентой ErichKrause размер вставки 95х58 мм, прозрачный, цвет ленты красный  в пакете </t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный в комплекте с лентой ErichKrause размер вставки 95х58 мм, прозрачный, цвет ленты красный &amp;#40;в пакете&amp;#41;</t>
+  </si>
+  <si>
+    <t>1013500</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5cd/j4r289th2ejj8jknh7w640m9vdd8mi0r.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный с 3D-печатью  quot;Pastel grade quot;  85х54 мм , с рулеткой, СЛАЙДЕР, FUNSTER  ФАНСТЕР , 238842</t>
+  </si>
+  <si>
+    <t>Вертикальный бейдж с рулеткой FUNSTER для хранения тонких пропусков, карточек, ID-карт, проездных и банковских карт. Бейдж-слайдер с держателем-рулеткой 70 см. Изготовлен из жесткого пластика, гарантирующего долгий срок службы. Защищает от внешних воздействий Вашу карту. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Держатель-рулетка оснащен клипсой, благодаря которой его можно с лёгкостью закрепить на поясе или любом другом элементе одежды.Рисунок на бейдже нанесен с применением 3D-печати, что создает приятный тактильный опыт использования, а нежный пастельный дизайн станет Вашим ежедневным правильным выбором. Размер вкладыша – 85х54 мм.</t>
+  </si>
+  <si>
+    <t>1013997</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/funster/"&gt;FUNSTER&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/936/ltkz8lnqwmoq0939n9guv50eorq9gx1m.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный с 3D-печатью  quot;Street food quot;  85х54 мм , с рулеткой, СЛАЙДЕР, FUNSTER  ФАНСТЕР , 238843</t>
+  </si>
+  <si>
+    <t>Вертикальный бейдж с рулеткой FUNSTER для хранения тонких пропусков, карточек, ID-карт, проездных и банковских карт. Бейдж-слайдер с держателем-рулеткой 70 см. Изготовлен из жесткого пластика, гарантирующего долгий срок службы. Защищает от внешних воздействий Вашу карту. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Держатель-рулетка оснащен клипсой, благодаря которой его можно с лёгкостью закрепить на поясе или любом другом элементе одежды.Рисунок на бейдже нанесен с применением 3D-печати, что создает приятный тактильно опыт использования, а забавный дизайн поднимет Ваше настроение. Размер вкладыша – 85х54 мм.</t>
+  </si>
+  <si>
+    <t>1013998</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/467/tokks7bbtdftiyrnoccwe7ercqf0r98f.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный с 3D-печатью  quot;Аниме quot;  85х54 мм , с рулеткой, СЛАЙДЕР, FUNSTER  ФАНСТЕР , 238840</t>
+  </si>
+  <si>
+    <t>Вертикальный бейдж с рулеткой FUNSTER для хранения тонких пропусков, карточек, ID-карт, проездных и банковских карт. Бейдж-слайдер с держателем-рулеткой 70 см. Изготовлен из жесткого пластика, гарантирующего долгий срок службы. Защищает от внешних воздействий Вашу карту. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Держатель-рулетка оснащен клипсой, благодаря которой его можно с лёгкостью закрепить на поясе или любом другом элементе одежды.Рисунок на бейдже нанесен с применением 3D-печати, что создает приятный тактильно опыт использования. Модель исполнена в актуальном футуристическом аниме-дизайне. Размер вкладыша – 85х54 мм.</t>
+  </si>
+  <si>
+    <t>1013999</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff2/w3uxysbhifeswcwtyoa43roop1sbs16e.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный с 3D-печатью  quot;Капибара quot;  85х54 мм , лента 45 см, СЛАЙДЕР, FUNSTER  ФАНСТЕР , 238829</t>
+  </si>
+  <si>
+    <t>Вертикальный бейдж с лентой FUNSTER для хранения тонких пропусков, карточек сотрудников, ID-карт, проездных и банковских карт. Бейдж-слайдер с лентой 45 см на карабине. Изготовлен из жесткого пластика, гарантирующего долгий срок службы. Защищает от внешних воздействий Вашу карту. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Рисунок на бейдже нанесен с применением 3D-печати, что создает приятный тактильный опыт использования. А милый дизайн поднимет Ваше настроение. Размер вкладыша – 85х54 мм.</t>
+  </si>
+  <si>
+    <t>1014000</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91a/pinake1dfzci0if3gb1nh10l2gkheoji.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный с 3D-печатью  quot;Котик quot;  85х54 мм , лента 45 см, СЛАЙДЕР, FUNSTER  ФАНСТЕР , 238828</t>
+  </si>
+  <si>
+    <t>Вертикальный бейдж с лентой FUNSTER для хранения тонких пропусков, карточек, ID-карт, проездных и банковских карт. Бейдж-слайдер с лентой 45 см на карабине. Изготовлен из жесткого пластика, гарантирующего долгий срок службы. Защищает от внешних воздействий Вашу карту. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Рисунок на бейдже нанесен с применением 3D-печати, что создает приятный тактильный опыт использования. А милый дизайн поднимет Ваше настроение. Размер вкладыша – 85х54 мм.</t>
+  </si>
+  <si>
+    <t>1014001</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/398/or0zsbuapfnydzv4b1nvbekfkavpgqr4.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный с 3D-печатью  quot;Отражение quot;  85х54 мм , с рулеткой, СЛАЙДЕР, FUNSTER  ФАНСТЕР , 238841</t>
+  </si>
+  <si>
+    <t>Вертикальный бейдж с рулеткой FUNSTER для хранения тонких пропусков, карточек, ID-карт, проездных и банковских карт. Бейдж-слайдер с держателем-рулеткой 70 см. Изготовлен из жесткого пластика, гарантирующего долгий срок службы. Защищает от внешних воздействий Вашу карту. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Держатель-рулетка оснащен клипсой, благодаря которой его можно с лёгкостью закрепить на поясе или любом другом элементе одежды.Рисунок на бейдже нанесен с применением 3D-печати, что создает приятный тактильный опыт использования. Модель исполнена в актуальном футуристическом аниме-дизайне. Размер вкладыша – 85х54 мм.</t>
+  </si>
+  <si>
+    <t>1014002</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d1/bfimgu9a4auni0p0c5dbh1zicnwnzo9x.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный для пропуска и ID-карт, 85х54 мм, белый, BRAUBERG ULTRA, 238913</t>
+  </si>
+  <si>
+    <t>Вертикальный бейдж BRAUBERG ULTRA для хранения пропусков и карточек сотрудников, ID-карт, проездных и банковских карт. Бейдж подходит для крепления на ленте, держателе с рулеткой. Изготовлен из высокопрочного акрила и пластика, гарантирующего его долгий срок службы. Обладает повышенной вместимостью: влезет 2 и более карт. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Размер вкладыша – 85х54 мм. Вкладыш оснащен местом под персонализацию: фото, ФИО, наименование компании и должность.</t>
+  </si>
+  <si>
+    <t>1017290</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/88e/44dlepma9l14f87q2jpv76uuadiqmxfv.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный для пропуска и ID-карт, 85х54 мм, красный, BRAUBERG ULTRA, 238911</t>
+  </si>
+  <si>
+    <t>1017291</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b5e/bj6axjtoynf5utvew017va85yp24eylf.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный для пропуска и ID-карт, 85х54 мм, синий, BRAUBERG ULTRA, 238910</t>
+  </si>
+  <si>
+    <t>1017292</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d3d/5pns9ph7gysaw5v09vn49ayxdrts0czs.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный для пропуска и ID-карт, 85х54 мм, черный, BRAUBERG ULTRA, 238912</t>
+  </si>
+  <si>
+    <t>Вертикальный бейдж BRAUBERG ULTRA для хранения пропусков и карточек сотрудников, ID-карт, проездных и банковских карт. Бейдж подходит для крепления на ленте, держателе с рулеткой. Изготовлен из высокопрочного акрила и пластика, гарантирующего его долгий срок службы. Обладает повышенной вместимостью – влезет 2 и более карт. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Размер вкладыша – 85х54 мм. Вкладыш оснащен местом под персонализацию: фото, ФИО, наименование компании и должность.</t>
+  </si>
+  <si>
+    <t>1017293</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/360/ly5v3615aqx5gtyhb7ckd5ce3yq48gsx.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный для пропуска и ID-карт, СИЛИКОНОВЫЙ, 85х54 мм, шнурок 42 см, красный, BRAUBERG, 238903</t>
+  </si>
+  <si>
+    <t>Вертикальный силиконовый бейдж BRAUBERG для хранения пропусков и карточек сотрудников, ID-карт, проездных и банковских карт. Бейдж оснащен встроенной силиконовой лентой и вместительным карманом для дополнительного хранения карт на задней части. Изготовлен из приятного тактильно силикона, окошко изготовлено из высокопрозрачного акрила. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Размер вкладыша – 85х54 мм. Вкладыш оснащен местом под персонализацию: фото, ФИО, наименование компании и должность.</t>
+  </si>
+  <si>
+    <t>1017294</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a57/8pq2l1wzhq4teirf3ps459gtmcd7o06v.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный для пропуска и ID-карт, СИЛИКОНОВЫЙ, 85х54 мм, шнурок 42 см, серый, BRAUBERG, 238905</t>
+  </si>
+  <si>
+    <t>1017295</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf2/qxnbfop6r96pedolyf1bye36ibp6j8wj.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный для пропуска и ID-карт, СИЛИКОНОВЫЙ, 85х54 мм, шнурок 42 см, синий, BRAUBERG, 238902</t>
+  </si>
+  <si>
+    <t>1017296</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08a/di1e2z4q0vidszwxx3uf0icadwif8m1a.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж вертикальный для пропуска и ID-карт, СИЛИКОНОВЫЙ, 85х54 мм, шнурок 42 см, черный, BRAUBERG, 238904</t>
+  </si>
+  <si>
+    <t>1017297</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6fd/wbunv9rth4f5hkxvc64dudel156cdxq1.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный для пропуска и ID-карт, 54х85 мм, белый, BRAUBERG ULTRA, 238917</t>
+  </si>
+  <si>
+    <t>Горизонтальный бейдж BRAUBERG ULTRA для хранения пропусков и карточек сотрудников, ID-карт, проездных и банковских карт. Бейдж подходит для крепления на ленте, держателе с рулеткой. Изготовлен из высокопрочного акрила и пластика, гарантирующего его долгий срок службы. Обладает повышенной вместимостью: влезет 2 и более карт. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Размер вкладыша – 54х85 мм. Вкладыш оснащен местом под персонализацию: фото, ФИО, наименование компании и должность.</t>
+  </si>
+  <si>
+    <t>1017298</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ee/potfmw4c22xb9kkol6zhmj70f6yvbo6u.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный для пропуска и ID-карт, 54х85 мм, красный, BRAUBERG ULTRA, 238915</t>
+  </si>
+  <si>
+    <t>1017299</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/215/shicx4s7pignqvrx4o4ozjz6xz9w5lqc.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный для пропуска и ID-карт, 54х85 мм, синий, BRAUBERG ULTRA, 238914</t>
+  </si>
+  <si>
+    <t>1017300</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ca/t8ljxk1i4y1623jatp865bu6olbkde1l.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный для пропуска и ID-карт, 54х85 мм, черный, BRAUBERG ULTRA, 238916</t>
+  </si>
+  <si>
+    <t>1017301</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f55/iq64jg9i51i319p951rmv73ecsv8vzp9.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный для пропуска и ID-карт, СИЛИКОНОВЫЙ, 54х85 мм, шнурок 42 см, красный BRAUBERG, 238907</t>
+  </si>
+  <si>
+    <t>Горизонтальный силиконовый бейдж BRAUBERG для хранения пропусков и карточек сотрудников, ID-карт, проездных и банковских карт. Бейдж оснащен встроенной силиконовой лентой и вместительным карманом для дополнительного хранения карт на задней части. Изготовлен из приятного тактильно силикона, окошко изготовлено из высокопрозрачного акрила. Идеально подойдёт для чувствительных к механическим повреждениям магнитных карт и пропусков. Размер вкладыша – 54х85 мм. Вкладыш оснащен местом под персонализацию: фото, ФИО, наименование компании и должность.</t>
+  </si>
+  <si>
+    <t>1017302</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd5/qqf1sdqjxbguu5e0lpzwzn7ylz3wl3f7.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный для пропуска и ID-карт, СИЛИКОНОВЫЙ, 54х85 мм, шнурок 42 см, серый, BRAUBERG, 238909</t>
+  </si>
+  <si>
+    <t>1017303</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1b3/5mqgmx3z9ny1ogj42sqdxotyr66ydhqn.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный для пропуска и ID-карт, СИЛИКОНОВЫЙ, 54х85 мм, шнурок 42 см, синий, BRAUBERG, 238906</t>
+  </si>
+  <si>
+    <t>1017304</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/473/8kknx7le3kg2mox0r9fx4ta2q885piq7.jpg</t>
+  </si>
+  <si>
+    <t>Бейдж горизонтальный для пропуска и ID-карт, СИЛИКОНОВЫЙ, 54х85 мм, шнурок 42 см, черный, BRAUBERG, 238908</t>
+  </si>
+  <si>
+    <t>1017305</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -3610,6182 +3165,5445 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J269"/>
+  <dimension ref="A1:M235"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G269" sqref="G269"/>
+      <selection pane="bottomRight" activeCell="G235" sqref="G235"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...12 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="G9" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...12 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G12" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...18 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>61</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="G14" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
         <v>62</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="1" t="s">
+      <c r="B15" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="C15" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="D15" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E15" s="3" t="s">
+      <c r="F15" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="F15" s="3" t="s">
+      <c r="B16" s="1" t="s">
         <v>67</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" s="1" t="s">
+      <c r="C16" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="F16" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="3" t="s">
+      <c r="G16" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="F16" s="3" t="s">
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
         <v>72</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" s="1" t="s">
+      <c r="B17" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="3" t="s">
+      <c r="F17" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="F17" s="3" t="s">
+      <c r="B18" s="1" t="s">
         <v>77</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="1" t="s">
+      <c r="C18" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="F18" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G18" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="3" t="s">
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="F18" s="3" t="s">
+      <c r="B19" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="G18" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="F19" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="D19" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="3" t="s">
+      <c r="B20" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="F19" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A20" s="1" t="s">
+      <c r="C20" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E20" s="3" t="s">
+      <c r="F20" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G20" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="F20" s="3" t="s">
-[...6 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>91</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>92</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F21" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="G21" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A22" s="1" t="s">
+      <c r="B22" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="C22" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="D22" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="3" t="s">
+      <c r="F22" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G22" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="F22" s="3" t="s">
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="G22" s="3" t="s">
+      <c r="B23" s="1" t="s">
         <v>100</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" s="1" t="s">
+      <c r="C23" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="F23" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="D23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="3" t="s">
+      <c r="B24" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="F23" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G23" s="3" t="s">
+      <c r="C24" s="1" t="s">
         <v>105</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" s="1" t="s">
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="F24" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="B25" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="D24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="3" t="s">
+      <c r="C25" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="F24" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="F25" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="B26" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="D25" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="3" t="s">
+      <c r="C26" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="F25" s="3" t="s">
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="G25" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A26" s="1" t="s">
+      <c r="F26" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="B27" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="C27" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E26" s="3" t="s">
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="F26" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A27" s="1" t="s">
+      <c r="F27" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="B28" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="C28" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="3" t="s">
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="F27" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="F28" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G28" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B28" s="1" t="s">
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C28" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E28" s="3" t="s">
+      <c r="B29" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="F28" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="C29" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="F29" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E29" s="3" t="s">
+      <c r="B30" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="F29" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A30" s="1" t="s">
+      <c r="C30" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="F30" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="3" t="s">
+      <c r="B31" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="F30" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="C31" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E31" s="3" t="s">
+      <c r="F31" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="F31" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="B32" s="1" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>139</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>48</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
         <v>140</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>141</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>48</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>48</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>163</v>
+        <v>48</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>164</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>165</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>166</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>167</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>163</v>
+        <v>48</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>168</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>169</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>163</v>
+        <v>48</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>173</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>174</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>175</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>163</v>
+        <v>48</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>176</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>177</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>178</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>179</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>163</v>
+        <v>48</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>180</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>181</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>182</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>183</v>
       </c>
       <c r="F43" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="G43" s="3" t="s">
+      <c r="B44" s="1" t="s">
         <v>185</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A44" s="1" t="s">
+      <c r="C44" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="F44" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E44" s="3" t="s">
+      <c r="B45" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="F44" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A45" s="1" t="s">
+      <c r="C45" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="F45" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="3" t="s">
+      <c r="B46" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="F45" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A46" s="1" t="s">
+      <c r="C46" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="F46" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="D46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="3" t="s">
+      <c r="B47" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G46" s="3" t="s">
+      <c r="C47" s="1" t="s">
         <v>198</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A47" s="1" t="s">
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="F47" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="B48" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="3" t="s">
+      <c r="C48" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="F47" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G47" s="3" t="s">
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>198</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B48" s="1" t="s">
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G57" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="C48" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G48" s="3" t="s">
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>198</v>
       </c>
-    </row>
-[...197 lines deleted...]
-      <c r="E57" s="3" t="s">
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="F57" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A58" s="1" t="s">
+      <c r="F59" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="B60" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="C60" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="D58" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="3" t="s">
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="F58" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A59" s="1" t="s">
+      <c r="F60" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="B61" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="C61" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="D59" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="3" t="s">
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="F59" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A60" s="1" t="s">
+      <c r="F61" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="B62" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="C62" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="D60" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E60" s="3" t="s">
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="F60" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A61" s="1" t="s">
+      <c r="F62" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="B63" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="C63" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E61" s="3" t="s">
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="F61" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A62" s="1" t="s">
+      <c r="F63" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="B64" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="C64" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="D62" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E62" s="3" t="s">
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="F62" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A63" s="1" t="s">
+      <c r="F64" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G64" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="B63" s="1" t="s">
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="B65" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="D63" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E63" s="3" t="s">
+      <c r="C65" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="F63" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A64" s="1" t="s">
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="F65" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="B66" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="D64" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E64" s="3" t="s">
+      <c r="C66" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="F64" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A65" s="1" t="s">
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="F66" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="B67" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="D65" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E65" s="3" t="s">
+      <c r="C67" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="F65" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A66" s="1" t="s">
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="F67" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="G67" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="D66" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E66" s="3" t="s">
+      <c r="B68" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="F66" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A67" s="1" t="s">
+      <c r="C68" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="F68" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="D67" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E67" s="3" t="s">
+      <c r="G68" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="F67" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G67" s="3" t="s">
+      <c r="B69" s="1" t="s">
         <v>283</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A68" s="1" t="s">
+      <c r="C69" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="F69" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="D68" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E68" s="3" t="s">
+      <c r="B70" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="F68" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A69" s="1" t="s">
+      <c r="C70" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="F70" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="D69" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E69" s="3" t="s">
+      <c r="B71" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="F69" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A70" s="1" t="s">
+      <c r="C71" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="F71" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="D70" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E70" s="3" t="s">
+      <c r="B72" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="F70" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A71" s="1" t="s">
+      <c r="C72" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="C71" s="1" t="s">
+      <c r="F72" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="D71" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E71" s="3" t="s">
+      <c r="B73" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="F71" s="3" t="s">
+      <c r="C73" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>300</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A72" s="1" t="s">
+      <c r="F73" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="B74" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="C72" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E72" s="3" t="s">
+      <c r="C74" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="F72" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A73" s="1" t="s">
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="F74" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="B75" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="D73" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E73" s="3" t="s">
+      <c r="C75" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="F73" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A74" s="1" t="s">
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="F75" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="C74" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E74" s="3" t="s">
+      <c r="B76" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="F74" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A75" s="1" t="s">
+      <c r="C76" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="F76" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="D75" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E75" s="3" t="s">
+      <c r="G76" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="F75" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A76" s="1" t="s">
+      <c r="B77" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="C77" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>317</v>
       </c>
-      <c r="D76" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E76" s="3" t="s">
+      <c r="F77" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="F76" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A77" s="1" t="s">
+      <c r="B78" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="C78" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="C77" s="1" t="s">
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="D77" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E77" s="3" t="s">
+      <c r="F78" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="G78" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="F77" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A78" s="1" t="s">
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="B79" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="C79" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="D78" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E78" s="3" t="s">
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="F78" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A79" s="1" t="s">
+      <c r="F79" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="B80" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="C80" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="D79" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E79" s="3" t="s">
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="F79" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A80" s="1" t="s">
+      <c r="F80" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G80" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="B80" s="1" t="s">
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="B81" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E80" s="3" t="s">
+      <c r="C81" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="F80" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A81" s="1" t="s">
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="B81" s="1" t="s">
+      <c r="F81" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="B82" s="1" t="s">
         <v>337</v>
       </c>
-      <c r="D81" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E81" s="3" t="s">
+      <c r="C82" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="F81" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A82" s="1" t="s">
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="B82" s="1" t="s">
+      <c r="F82" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="C82" s="1" t="s">
+      <c r="B83" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="D82" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E82" s="3" t="s">
+      <c r="C83" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="F82" s="3" t="s">
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
         <v>343</v>
       </c>
-      <c r="G82" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A83" s="1" t="s">
+      <c r="F83" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="B83" s="1" t="s">
+      <c r="B84" s="1" t="s">
         <v>345</v>
       </c>
-      <c r="C83" s="1" t="s">
+      <c r="C84" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="D83" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E83" s="3" t="s">
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>347</v>
       </c>
-      <c r="F83" s="3" t="s">
+      <c r="F84" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="G83" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A84" s="1" t="s">
+      <c r="B85" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="B84" s="1" t="s">
+      <c r="C85" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="C84" s="1" t="s">
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="D84" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E84" s="3" t="s">
+      <c r="F85" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="F84" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A85" s="1" t="s">
+      <c r="B86" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="C86" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="C85" s="1" t="s">
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="D85" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E85" s="3" t="s">
+      <c r="F86" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="F85" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A86" s="1" t="s">
+      <c r="B87" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="B86" s="1" t="s">
+      <c r="C87" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="C86" s="1" t="s">
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="D86" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E86" s="3" t="s">
+      <c r="F87" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="F86" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A87" s="1" t="s">
+      <c r="B88" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="B87" s="1" t="s">
+      <c r="C88" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="C87" s="1" t="s">
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>363</v>
       </c>
-      <c r="D87" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E87" s="3" t="s">
+      <c r="F88" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="F87" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A88" s="1" t="s">
+      <c r="B89" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="B88" s="1" t="s">
+      <c r="C89" s="1" t="s">
         <v>366</v>
       </c>
-      <c r="C88" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E88" s="3" t="s">
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>367</v>
       </c>
-      <c r="F88" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A89" s="1" t="s">
+      <c r="F89" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="B90" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="C89" s="1" t="s">
+      <c r="C90" s="1" t="s">
         <v>370</v>
       </c>
-      <c r="D89" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E89" s="3" t="s">
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>371</v>
       </c>
-      <c r="F89" s="3" t="s">
-[...7 lines deleted...]
-      <c r="B90" s="1" t="s">
+      <c r="F90" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="C90" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="B91" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A91" s="1" t="s">
+      <c r="C91" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>375</v>
       </c>
-      <c r="C91" s="1" t="s">
+      <c r="F91" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
         <v>376</v>
       </c>
-      <c r="D91" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E91" s="3" t="s">
+      <c r="B92" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="F91" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A92" s="1" t="s">
+      <c r="C92" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="C92" s="1" t="s">
+      <c r="F92" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="D92" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E92" s="3" t="s">
+      <c r="B93" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="F92" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A93" s="1" t="s">
+      <c r="C93" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>383</v>
       </c>
-      <c r="C93" s="1" t="s">
+      <c r="F93" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="D93" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E93" s="3" t="s">
+      <c r="G93" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="F93" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A94" s="1" t="s">
+      <c r="B94" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="C94" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="D94" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E94" s="3" t="s">
+      <c r="F94" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G94" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="F94" s="3" t="s">
-[...6 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
         <v>390</v>
       </c>
       <c r="B95" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="C95" s="1" t="s">
+      <c r="F95" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
         <v>392</v>
       </c>
-      <c r="D95" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E95" s="3" t="s">
+      <c r="B96" s="1" t="s">
         <v>393</v>
       </c>
-      <c r="F95" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A96" s="1" t="s">
+      <c r="C96" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>395</v>
       </c>
-      <c r="C96" s="1" t="s">
+      <c r="F96" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
         <v>396</v>
       </c>
-      <c r="D96" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E96" s="3" t="s">
+      <c r="B97" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="F96" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A97" s="1" t="s">
+      <c r="C97" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="B97" s="1" t="s">
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>399</v>
       </c>
-      <c r="C97" s="1" t="s">
+      <c r="F97" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="D97" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E97" s="3" t="s">
+      <c r="B98" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="F97" s="3" t="s">
+      <c r="C98" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="G97" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A98" s="1" t="s">
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>403</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="F98" s="3" t="s">
         <v>404</v>
       </c>
-      <c r="C98" s="1" t="s">
+      <c r="G98" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="D98" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E98" s="3" t="s">
+      <c r="B99" s="1" t="s">
         <v>406</v>
       </c>
-      <c r="F98" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A99" s="1" t="s">
+      <c r="C99" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>408</v>
       </c>
-      <c r="C99" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E99" s="3" t="s">
+      <c r="F99" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="F99" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A100" s="1" t="s">
+      <c r="B100" s="1" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>411</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>412</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="G101" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="B101" s="1" t="s">
-[...18 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>114</v>
+        <v>313</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>32</v>
+        <v>313</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>402</v>
+        <v>384</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>402</v>
+        <v>384</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>114</v>
+        <v>384</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>438</v>
+        <v>138</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>439</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>163</v>
+        <v>48</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
         <v>440</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>441</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>438</v>
+        <v>142</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>442</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>163</v>
+        <v>48</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
         <v>443</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>444</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>445</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>446</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>163</v>
+        <v>48</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>447</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>448</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>449</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>450</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>163</v>
+        <v>313</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
         <v>451</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>452</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>453</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>454</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>163</v>
+        <v>313</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
         <v>455</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>456</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>457</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>458</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>163</v>
+        <v>313</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
         <v>459</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>460</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>461</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>462</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>463</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
         <v>464</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>465</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>466</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>467</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
         <v>469</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>470</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>471</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>472</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>463</v>
       </c>
       <c r="G115" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
         <v>473</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A116" s="1" t="s">
+      <c r="B116" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="B116" s="1" t="s">
+      <c r="C116" s="1" t="s">
         <v>475</v>
       </c>
-      <c r="C116" s="1" t="s">
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>476</v>
       </c>
-      <c r="D116" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E116" s="3" t="s">
+      <c r="F116" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="F116" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A117" s="1" t="s">
+      <c r="B117" s="1" t="s">
         <v>478</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="C117" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="C117" s="1" t="s">
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E117" s="3" t="s">
+      <c r="F117" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
         <v>481</v>
       </c>
-      <c r="F117" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A118" s="1" t="s">
+      <c r="B118" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="B118" s="1" t="s">
+      <c r="C118" s="1" t="s">
         <v>483</v>
       </c>
-      <c r="C118" s="1" t="s">
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="D118" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E118" s="3" t="s">
+      <c r="F118" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="F118" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A119" s="1" t="s">
+      <c r="B119" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="B119" s="1" t="s">
+      <c r="C119" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="C119" s="1" t="s">
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>488</v>
       </c>
-      <c r="D119" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E119" s="3" t="s">
+      <c r="F119" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="F119" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A120" s="1" t="s">
+      <c r="B120" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="B120" s="1" t="s">
+      <c r="C120" s="1" t="s">
         <v>491</v>
       </c>
-      <c r="C120" s="1" t="s">
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>492</v>
       </c>
-      <c r="D120" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E120" s="3" t="s">
+      <c r="F120" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="F120" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A121" s="1" t="s">
+      <c r="B121" s="1" t="s">
         <v>494</v>
       </c>
-      <c r="B121" s="1" t="s">
+      <c r="C121" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="C121" s="1" t="s">
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="D121" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E121" s="3" t="s">
+      <c r="F121" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="F121" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A122" s="1" t="s">
+      <c r="B122" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="C122" s="1" t="s">
         <v>499</v>
       </c>
-      <c r="C122" s="1" t="s">
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="D122" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E122" s="3" t="s">
+      <c r="F122" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="F122" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A123" s="1" t="s">
+      <c r="B123" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="C123" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="C123" s="1" t="s">
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>504</v>
       </c>
-      <c r="D123" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E123" s="3" t="s">
+      <c r="F123" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="F123" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A124" s="1" t="s">
+      <c r="B124" s="1" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>507</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>508</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>32</v>
+        <v>384</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
         <v>509</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>510</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>511</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>512</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>32</v>
+        <v>384</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
         <v>513</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>514</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>515</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>516</v>
       </c>
       <c r="F126" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="G126" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A127" s="1" t="s">
+      <c r="B127" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="C127" s="1" t="s">
         <v>519</v>
       </c>
-      <c r="C127" s="1" t="s">
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>520</v>
       </c>
-      <c r="D127" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E127" s="3" t="s">
+      <c r="F127" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
         <v>521</v>
       </c>
-      <c r="F127" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A128" s="1" t="s">
+      <c r="B128" s="1" t="s">
         <v>522</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="C128" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="C128" s="1" t="s">
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>524</v>
       </c>
-      <c r="D128" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E128" s="3" t="s">
+      <c r="F128" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="F128" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G128" s="3" t="s">
+      <c r="B129" s="1" t="s">
         <v>526</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A129" s="1" t="s">
+      <c r="C129" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>528</v>
       </c>
-      <c r="C129" s="1" t="s">
+      <c r="F129" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
         <v>529</v>
       </c>
-      <c r="D129" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E129" s="3" t="s">
+      <c r="B130" s="1" t="s">
         <v>530</v>
       </c>
-      <c r="F129" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A130" s="1" t="s">
+      <c r="C130" s="1" t="s">
         <v>531</v>
       </c>
-      <c r="B130" s="1" t="s">
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>532</v>
       </c>
-      <c r="C130" s="1" t="s">
+      <c r="F130" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="D130" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E130" s="3" t="s">
+      <c r="B131" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="F130" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G130" s="3" t="s">
+      <c r="C131" s="1" t="s">
         <v>535</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A131" s="1" t="s">
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>536</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="F131" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
         <v>537</v>
       </c>
-      <c r="C131" s="1" t="s">
+      <c r="B132" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="D131" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E131" s="3" t="s">
+      <c r="C132" s="1" t="s">
         <v>539</v>
       </c>
-      <c r="F131" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A132" s="1" t="s">
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>540</v>
       </c>
-      <c r="B132" s="1" t="s">
+      <c r="F132" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
         <v>541</v>
       </c>
-      <c r="C132" s="1" t="s">
+      <c r="B133" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="D132" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E132" s="3" t="s">
+      <c r="C133" s="1" t="s">
         <v>543</v>
       </c>
-      <c r="F132" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A133" s="1" t="s">
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>544</v>
       </c>
-      <c r="B133" s="1" t="s">
+      <c r="F133" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
         <v>545</v>
       </c>
-      <c r="C133" s="1" t="s">
+      <c r="B134" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="D133" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E133" s="3" t="s">
+      <c r="C134" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="F133" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A134" s="1" t="s">
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>548</v>
       </c>
-      <c r="B134" s="1" t="s">
+      <c r="F134" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
         <v>549</v>
       </c>
-      <c r="C134" s="1" t="s">
+      <c r="B135" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="D134" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E134" s="3" t="s">
+      <c r="C135" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="F134" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A135" s="1" t="s">
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
         <v>552</v>
       </c>
-      <c r="B135" s="1" t="s">
+      <c r="F135" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
         <v>553</v>
       </c>
-      <c r="C135" s="1" t="s">
+      <c r="B136" s="1" t="s">
         <v>554</v>
       </c>
-      <c r="D135" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E135" s="3" t="s">
+      <c r="C136" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="F135" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A136" s="1" t="s">
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>556</v>
       </c>
-      <c r="B136" s="1" t="s">
+      <c r="F136" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
         <v>557</v>
       </c>
-      <c r="C136" s="1" t="s">
+      <c r="B137" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="D136" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E136" s="3" t="s">
+      <c r="C137" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="F136" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A137" s="1" t="s">
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
         <v>560</v>
       </c>
-      <c r="B137" s="1" t="s">
+      <c r="F137" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
         <v>561</v>
       </c>
-      <c r="C137" s="1" t="s">
+      <c r="B138" s="1" t="s">
         <v>562</v>
       </c>
-      <c r="D137" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E137" s="3" t="s">
+      <c r="C138" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="F137" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A138" s="1" t="s">
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
         <v>564</v>
       </c>
-      <c r="B138" s="1" t="s">
+      <c r="F138" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
         <v>565</v>
       </c>
-      <c r="C138" s="1" t="s">
+      <c r="B139" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="D138" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E138" s="3" t="s">
+      <c r="C139" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="F138" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A139" s="1" t="s">
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
         <v>568</v>
       </c>
-      <c r="B139" s="1" t="s">
+      <c r="F139" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="C139" s="1" t="s">
+      <c r="B140" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="D139" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E139" s="3" t="s">
+      <c r="C140" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="F139" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A140" s="1" t="s">
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
         <v>572</v>
       </c>
-      <c r="B140" s="1" t="s">
+      <c r="F140" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
         <v>573</v>
       </c>
-      <c r="C140" s="1" t="s">
+      <c r="B141" s="1" t="s">
         <v>574</v>
       </c>
-      <c r="D140" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E140" s="3" t="s">
+      <c r="C141" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="F140" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A141" s="1" t="s">
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>576</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="F141" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
         <v>577</v>
       </c>
-      <c r="C141" s="1" t="s">
+      <c r="B142" s="1" t="s">
         <v>578</v>
       </c>
-      <c r="D141" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E141" s="3" t="s">
+      <c r="C142" s="1" t="s">
         <v>579</v>
       </c>
-      <c r="F141" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A142" s="1" t="s">
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>580</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="F142" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
         <v>581</v>
       </c>
-      <c r="C142" s="1" t="s">
+      <c r="B143" s="1" t="s">
         <v>582</v>
       </c>
-      <c r="D142" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E142" s="3" t="s">
+      <c r="C143" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="F142" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A143" s="1" t="s">
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>584</v>
       </c>
-      <c r="B143" s="1" t="s">
+      <c r="F143" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
         <v>585</v>
       </c>
-      <c r="C143" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E143" s="3" t="s">
+      <c r="B144" s="1" t="s">
         <v>586</v>
       </c>
-      <c r="F143" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A144" s="1" t="s">
+      <c r="C144" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="B144" s="1" t="s">
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
         <v>588</v>
       </c>
-      <c r="C144" s="1" t="s">
+      <c r="F144" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
         <v>589</v>
       </c>
-      <c r="D144" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E144" s="3" t="s">
+      <c r="B145" s="1" t="s">
         <v>590</v>
       </c>
-      <c r="F144" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A145" s="1" t="s">
+      <c r="C145" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="B145" s="1" t="s">
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
         <v>592</v>
       </c>
-      <c r="C145" s="1" t="s">
+      <c r="F145" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
         <v>593</v>
       </c>
-      <c r="D145" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E145" s="3" t="s">
+      <c r="B146" s="1" t="s">
         <v>594</v>
       </c>
-      <c r="F145" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A146" s="1" t="s">
+      <c r="C146" s="1" t="s">
         <v>595</v>
       </c>
-      <c r="B146" s="1" t="s">
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="C146" s="1" t="s">
+      <c r="F146" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
         <v>597</v>
       </c>
-      <c r="D146" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E146" s="3" t="s">
+      <c r="B147" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="F146" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A147" s="1" t="s">
+      <c r="C147" s="1" t="s">
         <v>599</v>
       </c>
-      <c r="B147" s="1" t="s">
+      <c r="D147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="3" t="s">
         <v>600</v>
       </c>
-      <c r="C147" s="1" t="s">
+      <c r="F147" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="D147" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E147" s="3" t="s">
+      <c r="B148" s="1" t="s">
         <v>602</v>
       </c>
-      <c r="F147" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A148" s="1" t="s">
+      <c r="C148" s="1" t="s">
         <v>603</v>
       </c>
-      <c r="B148" s="1" t="s">
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>604</v>
       </c>
-      <c r="C148" s="1" t="s">
+      <c r="F148" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
         <v>605</v>
       </c>
-      <c r="D148" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E148" s="3" t="s">
+      <c r="B149" s="1" t="s">
         <v>606</v>
       </c>
-      <c r="F148" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A149" s="1" t="s">
+      <c r="C149" s="1" t="s">
         <v>607</v>
       </c>
-      <c r="B149" s="1" t="s">
+      <c r="D149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
         <v>608</v>
       </c>
-      <c r="C149" s="1" t="s">
+      <c r="F149" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
         <v>609</v>
       </c>
-      <c r="D149" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E149" s="3" t="s">
+      <c r="B150" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="F149" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A150" s="1" t="s">
+      <c r="C150" s="1" t="s">
         <v>611</v>
       </c>
-      <c r="B150" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>612</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>343</v>
+        <v>384</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
         <v>613</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>614</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>615</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>616</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>343</v>
+        <v>384</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
         <v>617</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>618</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>619</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>620</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>343</v>
+        <v>384</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
         <v>621</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>622</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>623</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>624</v>
       </c>
       <c r="F153" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
         <v>625</v>
       </c>
-      <c r="G153" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A154" s="1" t="s">
+      <c r="B154" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="B154" s="1" t="s">
+      <c r="C154" s="1" t="s">
         <v>627</v>
       </c>
-      <c r="C154" s="1" t="s">
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>628</v>
       </c>
-      <c r="D154" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E154" s="3" t="s">
+      <c r="F154" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
         <v>629</v>
       </c>
-      <c r="F154" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A155" s="1" t="s">
+      <c r="B155" s="1" t="s">
         <v>630</v>
       </c>
-      <c r="B155" s="1" t="s">
+      <c r="C155" s="1" t="s">
         <v>631</v>
       </c>
-      <c r="C155" s="1" t="s">
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>632</v>
       </c>
-      <c r="D155" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E155" s="3" t="s">
+      <c r="F155" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
         <v>633</v>
       </c>
-      <c r="F155" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A156" s="1" t="s">
+      <c r="B156" s="1" t="s">
         <v>634</v>
       </c>
-      <c r="B156" s="1" t="s">
+      <c r="C156" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="C156" s="1" t="s">
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>636</v>
       </c>
-      <c r="D156" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E156" s="3" t="s">
+      <c r="F156" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
         <v>637</v>
       </c>
-      <c r="F156" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A157" s="1" t="s">
+      <c r="B157" s="1" t="s">
         <v>638</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="C157" s="1" t="s">
         <v>639</v>
       </c>
-      <c r="C157" s="1" t="s">
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>640</v>
       </c>
-      <c r="D157" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E157" s="3" t="s">
+      <c r="F157" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
         <v>641</v>
       </c>
-      <c r="F157" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G157" s="3" t="s">
+      <c r="B158" s="1" t="s">
         <v>642</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A158" s="1" t="s">
+      <c r="C158" s="1" t="s">
         <v>643</v>
       </c>
-      <c r="B158" s="1" t="s">
+      <c r="D158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>644</v>
       </c>
-      <c r="C158" s="1" t="s">
+      <c r="F158" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
         <v>645</v>
       </c>
-      <c r="D158" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E158" s="3" t="s">
+      <c r="B159" s="1" t="s">
         <v>646</v>
       </c>
-      <c r="F158" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A159" s="1" t="s">
+      <c r="C159" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="B159" s="1" t="s">
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="C159" s="1" t="s">
+      <c r="F159" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
         <v>649</v>
       </c>
-      <c r="D159" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E159" s="3" t="s">
+      <c r="B160" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="F159" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A160" s="1" t="s">
+      <c r="C160" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="B160" s="1" t="s">
+      <c r="D160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>652</v>
       </c>
-      <c r="C160" s="1" t="s">
+      <c r="F160" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="D160" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E160" s="3" t="s">
+      <c r="B161" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="F160" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A161" s="1" t="s">
+      <c r="C161" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="B161" s="1" t="s">
+      <c r="D161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>656</v>
       </c>
-      <c r="C161" s="1" t="s">
+      <c r="F161" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="D161" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E161" s="3" t="s">
+      <c r="B162" s="1" t="s">
         <v>658</v>
       </c>
-      <c r="F161" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A162" s="1" t="s">
+      <c r="C162" s="1" t="s">
         <v>659</v>
       </c>
-      <c r="B162" s="1" t="s">
+      <c r="D162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
         <v>660</v>
       </c>
-      <c r="C162" s="1" t="s">
+      <c r="F162" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="D162" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E162" s="3" t="s">
+      <c r="B163" s="1" t="s">
         <v>662</v>
       </c>
-      <c r="F162" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A163" s="1" t="s">
+      <c r="C163" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="B163" s="1" t="s">
+      <c r="D163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>664</v>
       </c>
-      <c r="C163" s="1" t="s">
+      <c r="F163" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="D163" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E163" s="3" t="s">
+      <c r="B164" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="F163" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A164" s="1" t="s">
+      <c r="C164" s="1" t="s">
         <v>667</v>
       </c>
-      <c r="B164" s="1" t="s">
+      <c r="D164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
         <v>668</v>
       </c>
-      <c r="C164" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E164" s="3" t="s">
+      <c r="F164" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
         <v>669</v>
       </c>
-      <c r="F164" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A165" s="1" t="s">
+      <c r="B165" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="B165" s="1" t="s">
+      <c r="C165" s="1" t="s">
         <v>671</v>
       </c>
-      <c r="C165" s="1" t="s">
+      <c r="D165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E165" s="3" t="s">
         <v>672</v>
       </c>
-      <c r="D165" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E165" s="3" t="s">
+      <c r="F165" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
         <v>673</v>
       </c>
-      <c r="F165" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A166" s="1" t="s">
+      <c r="B166" s="1" t="s">
         <v>674</v>
       </c>
-      <c r="B166" s="1" t="s">
+      <c r="C166" s="1" t="s">
         <v>675</v>
       </c>
-      <c r="C166" s="1" t="s">
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>676</v>
       </c>
-      <c r="D166" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E166" s="3" t="s">
+      <c r="F166" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
         <v>677</v>
       </c>
-      <c r="F166" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A167" s="1" t="s">
+      <c r="B167" s="1" t="s">
         <v>678</v>
       </c>
-      <c r="B167" s="1" t="s">
+      <c r="C167" s="1" t="s">
         <v>679</v>
       </c>
-      <c r="C167" s="1" t="s">
+      <c r="D167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>680</v>
       </c>
-      <c r="D167" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E167" s="3" t="s">
+      <c r="F167" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="F167" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A168" s="1" t="s">
+      <c r="B168" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="B168" s="1" t="s">
+      <c r="C168" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="C168" s="1" t="s">
+      <c r="D168" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E168" s="3" t="s">
         <v>684</v>
       </c>
-      <c r="D168" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E168" s="3" t="s">
+      <c r="F168" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="F168" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A169" s="1" t="s">
+      <c r="B169" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="B169" s="1" t="s">
+      <c r="C169" s="1" t="s">
         <v>687</v>
       </c>
-      <c r="C169" s="1" t="s">
+      <c r="D169" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E169" s="3" t="s">
         <v>688</v>
       </c>
-      <c r="D169" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E169" s="3" t="s">
+      <c r="F169" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
         <v>689</v>
       </c>
-      <c r="F169" s="3" t="s">
+      <c r="B170" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="G169" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A170" s="1" t="s">
+      <c r="C170" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="B170" s="1" t="s">
+      <c r="D170" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E170" s="3" t="s">
         <v>692</v>
       </c>
-      <c r="C170" s="1" t="s">
+      <c r="F170" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
         <v>693</v>
       </c>
-      <c r="D170" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E170" s="3" t="s">
+      <c r="B171" s="1" t="s">
         <v>694</v>
       </c>
-      <c r="F170" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A171" s="1" t="s">
+      <c r="C171" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="B171" s="1" t="s">
+      <c r="D171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>696</v>
       </c>
-      <c r="C171" s="1" t="s">
+      <c r="F171" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="D171" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E171" s="3" t="s">
+      <c r="B172" s="1" t="s">
         <v>698</v>
       </c>
-      <c r="F171" s="3" t="s">
+      <c r="C172" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="G171" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A172" s="1" t="s">
+      <c r="D172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>700</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="F172" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
         <v>701</v>
       </c>
-      <c r="C172" s="1" t="s">
+      <c r="B173" s="1" t="s">
         <v>702</v>
       </c>
-      <c r="D172" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E172" s="3" t="s">
+      <c r="C173" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="F172" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A173" s="1" t="s">
+      <c r="D173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>704</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="F173" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="C173" s="1" t="s">
+      <c r="B174" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="D173" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E173" s="3" t="s">
+      <c r="C174" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="F173" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A174" s="1" t="s">
+      <c r="D174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>708</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="F174" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="C174" s="1" t="s">
+      <c r="B175" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="D174" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E174" s="3" t="s">
+      <c r="C175" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="F174" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A175" s="1" t="s">
+      <c r="D175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>712</v>
       </c>
-      <c r="B175" s="1" t="s">
+      <c r="F175" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="C175" s="1" t="s">
+      <c r="B176" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="D175" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E175" s="3" t="s">
+      <c r="C176" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="F175" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A176" s="1" t="s">
+      <c r="D176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>716</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="F176" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="C176" s="1" t="s">
+      <c r="B177" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="D176" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E176" s="3" t="s">
+      <c r="C177" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="F176" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A177" s="1" t="s">
+      <c r="D177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>720</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="F177" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="C177" s="1" t="s">
+      <c r="B178" s="1" t="s">
         <v>722</v>
       </c>
-      <c r="D177" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E177" s="3" t="s">
+      <c r="C178" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="F177" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A178" s="1" t="s">
+      <c r="D178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>724</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="F178" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="C178" s="1" t="s">
+      <c r="B179" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="D178" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E178" s="3" t="s">
+      <c r="C179" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>727</v>
       </c>
-      <c r="F178" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A179" s="1" t="s">
+      <c r="F179" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
         <v>728</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="B180" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="C179" s="1" t="s">
+      <c r="C180" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>730</v>
       </c>
-      <c r="D179" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E179" s="3" t="s">
+      <c r="F180" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="F179" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A180" s="1" t="s">
+      <c r="B181" s="1" t="s">
         <v>732</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="C181" s="1" t="s">
         <v>733</v>
       </c>
-      <c r="C180" s="1" t="s">
+      <c r="D181" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>734</v>
       </c>
-      <c r="D180" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E180" s="3" t="s">
+      <c r="F181" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
         <v>735</v>
       </c>
-      <c r="F180" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A181" s="1" t="s">
+      <c r="B182" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="C182" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="C181" s="1" t="s">
+      <c r="D182" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>738</v>
       </c>
-      <c r="D181" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E181" s="3" t="s">
+      <c r="F182" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="F181" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A182" s="1" t="s">
+      <c r="B183" s="1" t="s">
         <v>740</v>
       </c>
-      <c r="B182" s="1" t="s">
+      <c r="C183" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>741</v>
       </c>
-      <c r="C182" s="1" t="s">
+      <c r="F183" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
         <v>742</v>
       </c>
-      <c r="D182" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E182" s="3" t="s">
+      <c r="B184" s="1" t="s">
         <v>743</v>
       </c>
-      <c r="F182" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A183" s="1" t="s">
+      <c r="C184" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E184" s="3" t="s">
         <v>744</v>
       </c>
-      <c r="B183" s="1" t="s">
+      <c r="F184" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="C183" s="1" t="s">
+      <c r="B185" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="D183" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E183" s="3" t="s">
+      <c r="C185" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="F183" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A184" s="1" t="s">
+      <c r="D185" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>748</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="F185" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="C184" s="1" t="s">
+      <c r="B186" s="1" t="s">
         <v>750</v>
       </c>
-      <c r="D184" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E184" s="3" t="s">
+      <c r="C186" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="F184" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A185" s="1" t="s">
+      <c r="D186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>752</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="F186" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
         <v>753</v>
       </c>
-      <c r="C185" s="1" t="s">
+      <c r="B187" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="D185" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E185" s="3" t="s">
+      <c r="C187" s="1" t="s">
         <v>755</v>
       </c>
-      <c r="F185" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A186" s="1" t="s">
+      <c r="D187" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E187" s="3" t="s">
         <v>756</v>
       </c>
-      <c r="B186" s="1" t="s">
+      <c r="F187" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="C186" s="1" t="s">
+      <c r="B188" s="1" t="s">
         <v>758</v>
       </c>
-      <c r="D186" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E186" s="3" t="s">
+      <c r="C188" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E188" s="3" t="s">
         <v>759</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A187" s="1" t="s">
+      <c r="F188" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="B187" s="1" t="s">
+      <c r="B189" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="C187" s="1" t="s">
+      <c r="C189" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E189" s="3" t="s">
         <v>762</v>
       </c>
-      <c r="D187" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E187" s="3" t="s">
+      <c r="F189" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
         <v>763</v>
       </c>
-      <c r="F187" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A188" s="1" t="s">
+      <c r="B190" s="1" t="s">
         <v>764</v>
       </c>
-      <c r="B188" s="1" t="s">
+      <c r="C190" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E190" s="3" t="s">
         <v>765</v>
       </c>
-      <c r="C188" s="1" t="s">
+      <c r="F190" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
         <v>766</v>
       </c>
-      <c r="D188" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E188" s="3" t="s">
+      <c r="B191" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="F188" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A189" s="1" t="s">
+      <c r="C191" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>768</v>
       </c>
-      <c r="B189" s="1" t="s">
+      <c r="F191" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
         <v>769</v>
       </c>
-      <c r="C189" s="1" t="s">
+      <c r="B192" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="D189" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E189" s="3" t="s">
+      <c r="C192" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E192" s="3" t="s">
         <v>771</v>
       </c>
-      <c r="F189" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A190" s="1" t="s">
+      <c r="F192" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
         <v>772</v>
       </c>
-      <c r="B190" s="1" t="s">
+      <c r="B193" s="1" t="s">
         <v>773</v>
       </c>
-      <c r="C190" s="1" t="s">
+      <c r="C193" s="1" t="s">
         <v>774</v>
       </c>
-      <c r="D190" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E190" s="3" t="s">
+      <c r="D193" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E193" s="3" t="s">
         <v>775</v>
       </c>
-      <c r="F190" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A191" s="1" t="s">
+      <c r="F193" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
         <v>776</v>
       </c>
-      <c r="B191" s="1" t="s">
+      <c r="B194" s="1" t="s">
         <v>777</v>
       </c>
-      <c r="C191" s="1" t="s">
+      <c r="C194" s="1" t="s">
         <v>778</v>
       </c>
-      <c r="D191" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E191" s="3" t="s">
+      <c r="D194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E194" s="3" t="s">
         <v>779</v>
       </c>
-      <c r="F191" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A192" s="1" t="s">
+      <c r="F194" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
         <v>780</v>
       </c>
-      <c r="B192" s="1" t="s">
+      <c r="B195" s="1" t="s">
         <v>781</v>
       </c>
-      <c r="C192" s="1" t="s">
+      <c r="C195" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="D192" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E192" s="3" t="s">
+      <c r="D195" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E195" s="3" t="s">
         <v>783</v>
       </c>
-      <c r="F192" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A193" s="1" t="s">
+      <c r="F195" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
         <v>784</v>
       </c>
-      <c r="B193" s="1" t="s">
+      <c r="B196" s="1" t="s">
         <v>785</v>
       </c>
-      <c r="C193" s="1" t="s">
+      <c r="C196" s="1" t="s">
         <v>786</v>
       </c>
-      <c r="D193" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E193" s="3" t="s">
+      <c r="D196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>787</v>
       </c>
-      <c r="F193" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A194" s="1" t="s">
+      <c r="F196" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
         <v>788</v>
       </c>
-      <c r="B194" s="1" t="s">
+      <c r="B197" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="C194" s="1" t="s">
+      <c r="C197" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E197" s="3" t="s">
         <v>790</v>
       </c>
-      <c r="D194" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E194" s="3" t="s">
+      <c r="F197" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
         <v>791</v>
       </c>
-      <c r="F194" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A195" s="1" t="s">
+      <c r="B198" s="1" t="s">
         <v>792</v>
       </c>
-      <c r="B195" s="1" t="s">
+      <c r="C198" s="1" t="s">
         <v>793</v>
       </c>
-      <c r="C195" s="1" t="s">
+      <c r="D198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
         <v>794</v>
       </c>
-      <c r="D195" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E195" s="3" t="s">
+      <c r="F198" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
         <v>795</v>
       </c>
-      <c r="F195" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A196" s="1" t="s">
+      <c r="B199" s="1" t="s">
         <v>796</v>
       </c>
-      <c r="B196" s="1" t="s">
+      <c r="C199" s="1" t="s">
         <v>797</v>
       </c>
-      <c r="C196" s="1" t="s">
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>798</v>
       </c>
-      <c r="D196" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E196" s="3" t="s">
+      <c r="F199" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
         <v>799</v>
       </c>
-      <c r="F196" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A197" s="1" t="s">
+      <c r="B200" s="1" t="s">
         <v>800</v>
       </c>
-      <c r="B197" s="1" t="s">
+      <c r="C200" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="C197" s="1" t="s">
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>802</v>
       </c>
-      <c r="D197" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E197" s="3" t="s">
+      <c r="F200" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
         <v>803</v>
       </c>
-      <c r="F197" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A198" s="1" t="s">
+      <c r="B201" s="1" t="s">
         <v>804</v>
       </c>
-      <c r="B198" s="1" t="s">
+      <c r="C201" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>805</v>
       </c>
-      <c r="C198" s="1" t="s">
+      <c r="F201" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
         <v>806</v>
       </c>
-      <c r="D198" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E198" s="3" t="s">
+      <c r="B202" s="1" t="s">
         <v>807</v>
       </c>
-      <c r="F198" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A199" s="1" t="s">
+      <c r="C202" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
         <v>808</v>
       </c>
-      <c r="B199" s="1" t="s">
+      <c r="F202" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="C199" s="1" t="s">
+      <c r="B203" s="1" t="s">
         <v>810</v>
       </c>
-      <c r="D199" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E199" s="3" t="s">
+      <c r="C203" s="1" t="s">
         <v>811</v>
       </c>
-      <c r="F199" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A200" s="1" t="s">
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>812</v>
       </c>
-      <c r="B200" s="1" t="s">
+      <c r="F203" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
         <v>813</v>
       </c>
-      <c r="C200" s="1" t="s">
+      <c r="B204" s="1" t="s">
         <v>814</v>
       </c>
-      <c r="D200" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E200" s="3" t="s">
+      <c r="C204" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>815</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A201" s="1" t="s">
+      <c r="F204" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
         <v>816</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="B205" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="C201" s="1" t="s">
+      <c r="C205" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>818</v>
       </c>
-      <c r="D201" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E201" s="3" t="s">
+      <c r="F205" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
         <v>819</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A202" s="1" t="s">
+      <c r="B206" s="1" t="s">
         <v>820</v>
       </c>
-      <c r="B202" s="1" t="s">
+      <c r="C206" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
         <v>821</v>
       </c>
-      <c r="C202" s="1" t="s">
+      <c r="F206" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="D202" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E202" s="3" t="s">
+      <c r="B207" s="1" t="s">
         <v>823</v>
       </c>
-      <c r="F202" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A203" s="1" t="s">
+      <c r="C207" s="1" t="s">
         <v>824</v>
       </c>
-      <c r="B203" s="1" t="s">
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>825</v>
       </c>
-      <c r="C203" s="1" t="s">
+      <c r="F207" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="D203" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E203" s="3" t="s">
+      <c r="B208" s="1" t="s">
         <v>827</v>
       </c>
-      <c r="F203" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A204" s="1" t="s">
+      <c r="C208" s="1" t="s">
         <v>828</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>829</v>
       </c>
-      <c r="C204" s="1" t="s">
+      <c r="F208" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
         <v>830</v>
       </c>
-      <c r="D204" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E204" s="3" t="s">
+      <c r="B209" s="1" t="s">
         <v>831</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A205" s="1" t="s">
+      <c r="C209" s="1" t="s">
         <v>832</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
         <v>833</v>
       </c>
-      <c r="C205" s="1" t="s">
+      <c r="F209" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
         <v>834</v>
       </c>
-      <c r="D205" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E205" s="3" t="s">
+      <c r="B210" s="1" t="s">
         <v>835</v>
       </c>
-      <c r="F205" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A206" s="1" t="s">
+      <c r="C210" s="1" t="s">
         <v>836</v>
       </c>
-      <c r="B206" s="1" t="s">
+      <c r="D210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
         <v>837</v>
       </c>
-      <c r="C206" s="1" t="s">
+      <c r="F210" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="D206" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E206" s="3" t="s">
+      <c r="B211" s="1" t="s">
         <v>839</v>
       </c>
-      <c r="F206" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A207" s="1" t="s">
+      <c r="C211" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
         <v>840</v>
       </c>
-      <c r="B207" s="1" t="s">
+      <c r="F211" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="C207" s="1" t="s">
+      <c r="B212" s="1" t="s">
         <v>842</v>
       </c>
-      <c r="D207" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E207" s="3" t="s">
+      <c r="C212" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>843</v>
       </c>
-      <c r="F207" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A208" s="1" t="s">
+      <c r="F212" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="B213" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="C208" s="1" t="s">
+      <c r="C213" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="D208" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E208" s="3" t="s">
+      <c r="D213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>847</v>
       </c>
-      <c r="F208" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A209" s="1" t="s">
+      <c r="F213" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
         <v>848</v>
       </c>
-      <c r="B209" s="1" t="s">
+      <c r="B214" s="1" t="s">
         <v>849</v>
       </c>
-      <c r="C209" s="1" t="s">
+      <c r="C214" s="1" t="s">
         <v>850</v>
       </c>
-      <c r="D209" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E209" s="3" t="s">
+      <c r="D214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>851</v>
       </c>
-      <c r="F209" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A210" s="1" t="s">
+      <c r="F214" s="3" t="s">
         <v>852</v>
       </c>
-      <c r="B210" s="1" t="s">
+      <c r="G214" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="C210" s="1" t="s">
+      <c r="B215" s="1" t="s">
         <v>854</v>
       </c>
-      <c r="D210" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E210" s="3" t="s">
+      <c r="C215" s="1" t="s">
         <v>855</v>
       </c>
-      <c r="F210" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A211" s="1" t="s">
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>856</v>
       </c>
-      <c r="B211" s="1" t="s">
+      <c r="F215" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="C211" s="1" t="s">
+      <c r="B216" s="1" t="s">
         <v>858</v>
       </c>
-      <c r="D211" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E211" s="3" t="s">
+      <c r="C216" s="1" t="s">
         <v>859</v>
       </c>
-      <c r="F211" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A212" s="1" t="s">
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>860</v>
       </c>
-      <c r="B212" s="1" t="s">
+      <c r="F216" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="C212" s="1" t="s">
+      <c r="B217" s="1" t="s">
         <v>862</v>
       </c>
-      <c r="D212" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E212" s="3" t="s">
+      <c r="C217" s="1" t="s">
         <v>863</v>
       </c>
-      <c r="F212" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A213" s="1" t="s">
+      <c r="D217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E217" s="3" t="s">
         <v>864</v>
       </c>
-      <c r="B213" s="1" t="s">
+      <c r="F217" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
         <v>865</v>
       </c>
-      <c r="C213" s="1" t="s">
+      <c r="B218" s="1" t="s">
         <v>866</v>
       </c>
-      <c r="D213" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E213" s="3" t="s">
+      <c r="C218" s="1" t="s">
         <v>867</v>
       </c>
-      <c r="F213" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A214" s="1" t="s">
+      <c r="D218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>868</v>
       </c>
-      <c r="B214" s="1" t="s">
+      <c r="F218" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
         <v>869</v>
       </c>
-      <c r="C214" s="1" t="s">
+      <c r="B219" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="D214" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E214" s="3" t="s">
+      <c r="C219" s="1" t="s">
         <v>871</v>
       </c>
-      <c r="F214" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A215" s="1" t="s">
+      <c r="D219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E219" s="3" t="s">
         <v>872</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="F219" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
         <v>873</v>
       </c>
-      <c r="C215" s="1" t="s">
+      <c r="B220" s="1" t="s">
         <v>874</v>
       </c>
-      <c r="D215" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E215" s="3" t="s">
+      <c r="C220" s="1" t="s">
         <v>875</v>
       </c>
-      <c r="F215" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A216" s="1" t="s">
+      <c r="D220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E220" s="3" t="s">
         <v>876</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="F220" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
         <v>877</v>
       </c>
-      <c r="C216" s="1" t="s">
+      <c r="B221" s="1" t="s">
         <v>878</v>
       </c>
-      <c r="D216" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E216" s="3" t="s">
+      <c r="C221" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="3" t="s">
         <v>879</v>
       </c>
-      <c r="F216" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A217" s="1" t="s">
+      <c r="F221" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
         <v>880</v>
       </c>
-      <c r="B217" s="1" t="s">
+      <c r="B222" s="1" t="s">
         <v>881</v>
       </c>
-      <c r="C217" s="1" t="s">
+      <c r="C222" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
         <v>882</v>
       </c>
-      <c r="D217" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E217" s="3" t="s">
+      <c r="F222" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
         <v>883</v>
       </c>
-      <c r="F217" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A218" s="1" t="s">
+      <c r="B223" s="1" t="s">
         <v>884</v>
       </c>
-      <c r="B218" s="1" t="s">
+      <c r="C223" s="1" t="s">
         <v>885</v>
       </c>
-      <c r="C218" s="1" t="s">
+      <c r="D223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E223" s="3" t="s">
         <v>886</v>
       </c>
-      <c r="D218" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E218" s="3" t="s">
+      <c r="F223" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
         <v>887</v>
       </c>
-      <c r="F218" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A219" s="1" t="s">
+      <c r="B224" s="1" t="s">
         <v>888</v>
       </c>
-      <c r="B219" s="1" t="s">
+      <c r="C224" s="1" t="s">
         <v>889</v>
       </c>
-      <c r="C219" s="1" t="s">
+      <c r="D224" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E224" s="3" t="s">
         <v>890</v>
       </c>
-      <c r="D219" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E219" s="3" t="s">
+      <c r="F224" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G224" s="3" t="s">
         <v>891</v>
       </c>
-      <c r="F219" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A220" s="1" t="s">
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
         <v>892</v>
       </c>
-      <c r="B220" s="1" t="s">
+      <c r="B225" s="1" t="s">
         <v>893</v>
       </c>
-      <c r="C220" s="1" t="s">
+      <c r="C225" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E225" s="3" t="s">
         <v>894</v>
       </c>
-      <c r="D220" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E220" s="3" t="s">
+      <c r="F225" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
         <v>895</v>
       </c>
-      <c r="F220" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A221" s="1" t="s">
+      <c r="B226" s="1" t="s">
         <v>896</v>
       </c>
-      <c r="B221" s="1" t="s">
+      <c r="C226" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E226" s="3" t="s">
         <v>897</v>
       </c>
-      <c r="C221" s="1" t="s">
+      <c r="F226" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
         <v>898</v>
       </c>
-      <c r="D221" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E221" s="3" t="s">
+      <c r="B227" s="1" t="s">
         <v>899</v>
       </c>
-      <c r="F221" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A222" s="1" t="s">
+      <c r="C227" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>900</v>
       </c>
-      <c r="B222" s="1" t="s">
+      <c r="F227" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
         <v>901</v>
       </c>
-      <c r="C222" s="1" t="s">
+      <c r="B228" s="1" t="s">
         <v>902</v>
       </c>
-      <c r="D222" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E222" s="3" t="s">
+      <c r="C228" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="F222" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A223" s="1" t="s">
+      <c r="D228" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E228" s="3" t="s">
         <v>904</v>
       </c>
-      <c r="B223" s="1" t="s">
+      <c r="F228" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
         <v>905</v>
       </c>
-      <c r="C223" s="1" t="s">
+      <c r="B229" s="1" t="s">
         <v>906</v>
       </c>
-      <c r="D223" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E223" s="3" t="s">
+      <c r="C229" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E229" s="3" t="s">
         <v>907</v>
       </c>
-      <c r="F223" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A224" s="1" t="s">
+      <c r="F229" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
         <v>908</v>
       </c>
-      <c r="B224" s="1" t="s">
+      <c r="B230" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="C224" s="1" t="s">
+      <c r="C230" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E230" s="3" t="s">
         <v>910</v>
       </c>
-      <c r="D224" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E224" s="3" t="s">
+      <c r="F230" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
         <v>911</v>
       </c>
-      <c r="F224" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A225" s="1" t="s">
+      <c r="B231" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="B225" s="1" t="s">
+      <c r="C231" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E231" s="3" t="s">
         <v>913</v>
       </c>
-      <c r="C225" s="1" t="s">
+      <c r="F231" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
         <v>914</v>
       </c>
-      <c r="D225" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E225" s="3" t="s">
+      <c r="B232" s="1" t="s">
         <v>915</v>
       </c>
-      <c r="F225" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A226" s="1" t="s">
+      <c r="C232" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="D232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E232" s="3" t="s">
         <v>917</v>
       </c>
-      <c r="C226" s="1" t="s">
+      <c r="F232" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
         <v>918</v>
       </c>
-      <c r="D226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E226" s="3" t="s">
+      <c r="B233" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="F226" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A227" s="1" t="s">
+      <c r="C233" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E233" s="3" t="s">
         <v>920</v>
       </c>
-      <c r="B227" s="1" t="s">
+      <c r="F233" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
         <v>921</v>
       </c>
-      <c r="C227" s="1" t="s">
+      <c r="B234" s="1" t="s">
         <v>922</v>
       </c>
-      <c r="D227" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E227" s="3" t="s">
+      <c r="C234" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>923</v>
       </c>
-      <c r="F227" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A228" s="1" t="s">
+      <c r="F234" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="B228" s="1" t="s">
+      <c r="B235" s="1" t="s">
         <v>925</v>
       </c>
-      <c r="C228" s="1" t="s">
+      <c r="C235" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E235" s="3" t="s">
         <v>926</v>
       </c>
-      <c r="D228" s="1" t="s">
-[...165 lines deleted...]
-      </c>
       <c r="F235" s="3" t="s">
-        <v>163</v>
+        <v>48</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>105</v>
-[...781 lines deleted...]
-        <v>105</v>
+        <v>891</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">