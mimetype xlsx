--- v0 (2025-10-17)
+++ v1 (2025-12-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="843">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="917">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
@@ -77,80 +77,80 @@
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e39/k8bgrv1yxfa0nri4jv6qgcr53zzdt2yp.jpg</t>
   </si>
   <si>
     <t>Этикетка самоклеящаяся 210х57 мм, 5 этикеток, белая, для папок-регистраторов, 70 г м2, 50 л., LOMOND, 2100245</t>
   </si>
   <si>
     <t>Самоклеящиеся этикетки на листах формата А4 позволят при помощи лазерного или струйного принтера быстро и качественно подготовить адресные наклейки, регистрационные номера, аннотации и др.</t>
   </si>
   <si>
     <t>385236</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lomond/"&gt;Lomond&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/da9/afmusc3hp1xs8lcdzajkk0l3yvakvx3i.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самокл. LOMOND 105х37 мм 16 шт. 50 л. А4   2100125</t>
+  </si>
+  <si>
+    <t>103379</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/199/xuov2dz0i9ccigo4jfmw6cmp77z5zwxx.jpg</t>
   </si>
   <si>
     <t>Этикетки самокл. LOMOND 105х74,3 мм 8 шт. 50 л. А4: 2100045 штр.: 4607003955786</t>
   </si>
   <si>
     <t>Белая суперкаландрированная многофункциональная самоклеящаяся бумага разработана для печати на всех видах струйных, лазерных принтеров и копировальных аппаратов с разрешением 720 dpi. В ассортименте представлены этикетки различных размеров, расположенных на листе А4.&amp;lt;Br&amp;gt;&amp;lt;B&amp;gt;&amp;nbsp;&amp;nbsp;Характеристики:&amp;nbsp;&amp;nbsp; &amp;lt;/B&amp;gt;&amp;lt;Br&amp;gt;&amp;lt;table class=&amp;quot;char-table&amp;quot;&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Формат листов: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;А4&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Цвет: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;белый&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Класс бумаги: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;С&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Белизна ISO, &amp;#37;: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;50&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Белизна CIE, &amp;#37;: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;50&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Количество листов: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;50&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Название дизайна, серии, модели, бренда: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;LOMOND&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Размер: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;105х74,3 мм&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Вид товара: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;Этикетки самокл.&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Количество этикеток: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;8&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;/table&amp;gt;&amp;lt;/div&amp;gt;</t>
   </si>
   <si>
     <t>103380</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/71c/ge2z41jt4luid8vgmkdx9gvc54jbnba1.jpg</t>
   </si>
   <si>
     <t>Этикетки самокл. LOMOND 105х99 мм 6 шт. 50 л. А4: 2100035 штр.: 4607003955816</t>
   </si>
   <si>
     <t>103381</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/63c/0tvtt0uovnit8r3zh0vyxlrnl7uhjbtr.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bfa/bfa9a7cdcaec662afc22753112e4e2b9.jpg</t>
   </si>
   <si>
     <t>Этикет-лента 21 12 мм, красная, 500 этикеток: Stl_4207 штр.:  4680211022068</t>
   </si>
   <si>
     <t>Этикет-лента для маркировки товаров. Размер наклейки - 21х12 мм. В упаковке 10 рулонов по 500 наклеек. Цвет - красная</t>
   </si>
   <si>
     <t>213134</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/122/1227b633cd19a0eca30ffd455c9856b9.jpg</t>
   </si>
   <si>
     <t>Ценник  quot;Бабочка 6 quot;, упаковка 30 л.: 177974 штр.:  4650062497858</t>
   </si>
   <si>
     <t>Ценник &amp;quot;Бабочка 6&amp;quot;, упаковка 30 л.: 177974 Набор цветных ценников, 30 листов по 6 штук. Незаменимы для использования в любой торговой точке.</t>
   </si>
   <si>
     <t>215029</t>
@@ -347,74 +347,98 @@
   <si>
     <t>Этикет-лента 26х16 белая волна 1000шт рул 10рул уп 972773</t>
   </si>
   <si>
     <t>Этикет-лента 26х16 белая волна 1000шт/рул 10рул/уп</t>
   </si>
   <si>
     <t>336309</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/173/1731acdd3b543d67990e6be1e607cb88/b5de4c62e9518537f60c9b3a21a8257a.jpg</t>
   </si>
   <si>
     <t>Этикет-лента 26х16 белая прям 1000шт рул 10рул уп 972774</t>
   </si>
   <si>
     <t>Этикет-лента 26х16 белая прям 1000шт/рул 10рул/уп</t>
   </si>
   <si>
     <t>336310</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/98d/98de892c1af958d6ecd13ce74bb69db8/23ac8fee8c1749a5bab1e349afe31a10.jpg</t>
+  </si>
+  <si>
+    <t>Этикет-лента 26х16 желт волна 1000шт рул 10рул уп 972775</t>
+  </si>
+  <si>
+    <t>Этикет-лента 26х16 желт волна 1000шт/рул 10рул/уп</t>
+  </si>
+  <si>
+    <t>336311</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2ca/2ca2a2f7386e4de532840b3cb7f291cd/f5cccb0bce1a2355b8adf327224fdf43.jpg</t>
   </si>
   <si>
     <t>Этикет-лента 26х16 желт прям 1000шт рул 10рул уп 972776</t>
   </si>
   <si>
     <t>Этикет-лента 26х16 желт прям 1000шт/рул 10рул/уп</t>
   </si>
   <si>
     <t>336312</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0d/f0d1e0a977d113fb2fd13891383eff82/7692aa27d40224cf098f498f21149914.jpg</t>
   </si>
   <si>
     <t>Этикет-лента 26х16 зел волна 1000шт рул 10рул уп 972777</t>
   </si>
   <si>
     <t>Этикет-лента 26х16 зел волна 1000шт/рул 10рул/уп</t>
   </si>
   <si>
     <t>336313</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/adc/adce496fda6b2e81f768cb756a3d80bb/4611322f3d70b41dac41b084f6cf3fc5.jpg</t>
+  </si>
+  <si>
+    <t>Этикет-лента 26х16 зел прям 1000шт рул 10рул уп 972778</t>
+  </si>
+  <si>
+    <t>Этикет-лента 26х16 зел прям 1000шт/рул 10рул/уп</t>
+  </si>
+  <si>
+    <t>336314</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0d2/0d2451bebfad26340d0f73c78a800b3f/5e282f6f0db9bb0cd32e6d9eb8dd265e.jpg</t>
   </si>
   <si>
     <t>Этикет-лента 26х16 оранж волна 1000шт рул 10рул уп 972779</t>
   </si>
   <si>
     <t>Этикет-лента 26х16 оранж волна 1000шт/рул 10рул/уп</t>
   </si>
   <si>
     <t>336315</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b61/b61f491a11659fb8eb1274f24f84550a.jpg</t>
   </si>
   <si>
     <t>Этикет-лента 26х16 оранж прям 1000шт рул 10рул уп 972780</t>
   </si>
   <si>
     <t>Этикет-лента 26х16 оранж прям 1000шт/рул 10рул/уп</t>
   </si>
   <si>
     <t>336316</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a90/a9024543741ec71279a10ba13e53859f/2e9e198c15af522ed39c29306a3b12ba.jpg</t>
@@ -599,59 +623,50 @@
   <si>
     <t>Ценник средний 35 25 мм, желтый, 200 шт. рулон: Spt_4186 штр.: 4680211021856</t>
   </si>
   <si>
     <t>336563</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5da/5daa9582e4df9eab27ef4e9f5f66eea4.jpg</t>
   </si>
   <si>
     <t>Ценник средний 35 25 мм, малиновый, 200 шт. рулон: Spt_4192 штр.: 4680211021917</t>
   </si>
   <si>
     <t>336565</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a93/a93f84dab201a581bfd0b623b90c7c0d.jpg</t>
   </si>
   <si>
     <t>Ценник средний 35 25 мм, оранжевый, 200 шт. рулон: Spt_4195 штр.: 4680211021948</t>
   </si>
   <si>
     <t>336566</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/79d/79debb76f6a631aa274ad46a73b12f59.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/29c/29ce4a1b6d9ba64eb7cc03d3535c9526.jpg</t>
   </si>
   <si>
     <t>Этикет-лента 21 12 мм, желтая, 500 этикеток: Stl_4201 штр.: 4680211022006</t>
   </si>
   <si>
     <t>337150</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be6/be64fd9f4d36addc891dbaa5566cf716.jpg</t>
   </si>
   <si>
     <t>Этикет-лента 21 12 мм, зеленая, 500 этикеток: Stl_4204 штр.: 4680211022037</t>
   </si>
   <si>
     <t>337151</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/09c/09cafc0bff0ac46333a9d9d59340a24d.jpg</t>
   </si>
   <si>
     <t>Этикет-лента 21 12 мм, малиновая, 500 этикеток: Stl_4210 штр.: 4680211022099</t>
   </si>
   <si>
     <t>337152</t>
@@ -845,50 +860,62 @@
   <si>
     <t xml:space="preserve">Соединитель пластиковый 35мм, крючок, 5000шт. уп.  для МТХ-05R </t>
   </si>
   <si>
     <t>Соединитель пластиковый 35мм, крючок, 5000шт./уп. &amp;#40;для МТХ-05R&amp;#41;</t>
   </si>
   <si>
     <t>380231</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8da/8dad394b07da81e64c701b966f847ddc/7ceb6964e44ebc738041b7e89103da37.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Соединитель пластиковый F  для тонкой иглы 5000шт. уп. </t>
   </si>
   <si>
     <t>Соединитель пластиковый F &amp;#40;для тонкой иглы 5000шт./уп.&amp;#41;</t>
   </si>
   <si>
     <t>380232</t>
   </si>
   <si>
     <t>&lt;a href="/brands/motex/"&gt;MoTEX&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3c1/3c1d59e619620d32d4e649cab34b86a7/b07e0cb74fab04f02c372e7b0fcc5cb0.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Соединитель пластиковый R  для толстой иглы 5000шт. уп. </t>
+  </si>
+  <si>
+    <t>Соединитель пластиковый R &amp;#40;для толстой иглы 5000шт./уп.&amp;#41;</t>
+  </si>
+  <si>
+    <t>380240</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e99/e992fa28652d20f675c10e63940ff5cb/0bbcfe8a2332cf015cdb85da95f4f4f9.jpg</t>
   </si>
   <si>
     <t>Этикет-лента 29х28желтая пр 700 шт рул10рул уп</t>
   </si>
   <si>
     <t>Этикет-лента 29х28желтая пр 700 шт/рул10рул/уп</t>
   </si>
   <si>
     <t>380262</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/430/430001969d9cb2c9e61fc5804cec6c2c.jpg</t>
   </si>
   <si>
     <t>Этикетки самоклеящиеся ложный штрих-код 46.2х10.67x1.89, 5000шт уп.</t>
   </si>
   <si>
     <t>Этикетки самоклеящиеся ложный штрих-код 46.2х10.67x1.89, 5000шт/уп.</t>
   </si>
   <si>
     <t>380266</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/05f/kk6322g5g6ly4zx9lafuasrjmvhuel9s.jpg</t>
@@ -926,66 +953,75 @@
   <si>
     <t>http://anytos.ru//upload/iblock/050/djnc5jv5q5ohwohk000p99nm8zmhkch1.jpg</t>
   </si>
   <si>
     <t>Этикетка самоклеящаяся 105х148,5 мм, 4 этикетки, белая, 70 г м2, 50 л., LOMOND, 2100025</t>
   </si>
   <si>
     <t>Самоклеящиеся этикетки на листах формата А4 позволят быстро и качественно подготовить адресные наклейки, регистрационные номера, аннотации при помощи лазерного или струйного принтера.</t>
   </si>
   <si>
     <t>385215</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb7/eewuo6yxl6j3tg2qaflbvpapy3pnmlnc.jpg</t>
   </si>
   <si>
     <t>Этикетка самоклеящаяся 105х42,3 мм, 14 этикеток, белая, 70 г м2, 50 л., LOMOND, 2100095</t>
   </si>
   <si>
     <t>Самоклеящиеся этикетки позволят быстро и качественно подготовить адресные наклейки, регистрационные номера, аннотации при помощи лазерного или струйного принтера.</t>
   </si>
   <si>
     <t>385218</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d6b/acosr88v3tima5bo2nq2x87wjx2uua78.jpg</t>
+  </si>
+  <si>
+    <t>Этикетка самоклеящаяся 105х48 мм, 12 этикеток, белая, 70 г м2, 50 л., LOMOND, 2100065</t>
+  </si>
+  <si>
+    <t>385220</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/83d/dktodw7y58re8bd97thwqz5b7by1zgje.jpg</t>
   </si>
   <si>
     <t>Этикетка самоклеящаяся 105х74,3 мм, 8 этикеток, белая, 70 г м2, 50 л., LOMOND, 2100045</t>
   </si>
   <si>
     <t>385223</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4cb/7sxxnqnmfdad04cnm5vxq0sl23g30m2x.jpg</t>
-[...5 lines deleted...]
-    <t>385227</t>
+    <t>http://anytos.ru//upload/iblock/a89/f1ns49pqui75uf210nefosgiqedfd7rs.jpg</t>
+  </si>
+  <si>
+    <t>Этикетка самоклеящаяся 105х99 мм, 6 этикеток, белая, 70 г м2, 50 л., LOMOND, 2100035</t>
+  </si>
+  <si>
+    <t>385225</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b84/g2no68vovfk5bb2ixjhyv04xonw6yv8w.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Этикетка самоклеящаяся 210х297 мм, 1 этикетка, белая, 70 г м2, 50 л., LOMOND, 2100005,  2100005 </t>
   </si>
   <si>
     <t>Самоклеящаяся этикетка позволит быстро и качественно подготовить адресные наклейки, регистрационные номера, аннотации при помощи лазерного или струйного принтера. Бумага LOMOND А4 самоклеющаяся – это бумага формата А4 на клеевой основе универсального назначения. Бумага подходит для печати на струйных, матричных, лазерных принтерах, копировальных аппаратах и служит для создания наклеек, этикеток, лейблов и других целей.Самоклеющаяся бумага LOMOND А4 отличается идеальной проходимостью, то есть не застревает внутри аппаратов, не деформируется и прекрасно притягивает тонер любого типа. Клеевая основа бумаги термостойкая и обладает прекрасным сцеплением с любыми, даже неровными поверхностями. Бумага очень удобна в использовании и позволяет решать целый ряд офисных задач.</t>
   </si>
   <si>
     <t>385231</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a28/gq418jighsvyp9wo3ji8wmj3aj13fhyd.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Этикетка самоклеящаяся 48,5х25,4 мм, 40 этикеток, белая, 70 г м2, 50 л., LOMOND, 2100195,  2100195 </t>
   </si>
   <si>
     <t>385241</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aa2/c3mcwkhhz5m3c9smegxx9cm7wdh3yurr.jpg</t>
   </si>
@@ -1265,119 +1301,95 @@
   <si>
     <t>Этикет-лента 26х12 мм, волна, желтая, комплект 5 рулонов по 800 шт., BRAUBERG, 123577</t>
   </si>
   <si>
     <t>Этикет-лента BRAUBERG предназначена для нанесения информации на товары вручную или с помощью этикет-пистолета. Цвет - желтый, форма - &amp;quot;волна&amp;quot;. Один рулон содержит 800 этикеток размером 26x12 мм. 5 рулонов в комплекте. Поставляются в термоусадочной пленке.</t>
   </si>
   <si>
     <t>385287</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49f/430hmvw9lbkkirgqfdw1ewmecqkj7kvd.jpg</t>
   </si>
   <si>
     <t>Этикет-лента 26х12 мм, волна, зеленая, комплект 5 рулонов по 800 шт., BRAUBERG, 123579</t>
   </si>
   <si>
     <t>Этикет-лента BRAUBERG предназначена для нанесения информации на товары вручную или с помощью этикет-пистолета. Цвет - зеленый, форма - &amp;quot;волна&amp;quot;. Один рулон содержит 800 этикеток размером 26x12 мм. 5 рулонов в комплекте. Поставляются в термоусадочной пленке.</t>
   </si>
   <si>
     <t>385288</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/70a/fugsgk586ni2fiwvfc24v1iec3eqoy11.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/db8/xfwlrnu2ntmozmp1at26m5c5tpnidjh8.jpg</t>
   </si>
   <si>
     <t>Держатели для ценников, 60х40 мм, КОМПЛЕКТ 25 шт., ПЭТ, BRAUBERG, 290407</t>
   </si>
   <si>
     <t>Настольная подставка BRAUBERG для размещения бумажных ценников и рекламной информации. Имеет размер 40х60 мм. Максимальная толщина вставки составляет 1,5 мм, глубина основания держателя информации - 20 мм, ширина ножки - 1 мм. Материал ПЭТ характеризуется особой ударостойкостью, высокой механической прочностью, химической стойкостью и высокой пластичностью в холодном и в нагретом состоянии. 25 штук в комплекте.</t>
   </si>
   <si>
     <t>422696</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e3/1yqqnxp1tjols9nyyzgwuzmxj6objrgz.jpg</t>
   </si>
   <si>
     <t>Держатель для ценника настольный, МАЛЫЙ  105х150 мм , А6, вертикальный, односторонний, оргстекло, BRAUBERG, 290414</t>
   </si>
   <si>
     <t>Настольная подставка BRAUBERG для размещения бумажных ценников и рекламной информации. Устойчивая практичная конструкция изготовлена из прозрачного акрилового стекла толщиной 1 мм. Имеет размер 150х105 мм. Максимальная толщина вставки составляет 1,5 мм, глубина основания держателя информации - 75 мм, ширина ножки - 1 мм. Идеально подходит для формата А6.</t>
   </si>
   <si>
     <t>422701</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a7/fa598p4b8b4a0zdpo5jl8pbdmjrifcy2.jpg</t>
   </si>
   <si>
     <t>Держатель для ценника настольный, МАЛЫЙ  150х105 мм , А6, горизонтальный, односторонний, оргстекло, BRAUBERG, 290415</t>
   </si>
   <si>
     <t>Настольная подставка BRAUBERG для размещения бумажных ценников и рекламной информации. Устойчивая практичная конструкция изготовлена из прозрачного акрилового стекла толщиной 1 мм. Имеет размер 105х150 мм. Максимальная толщина вставки составляет 1,5 мм, глубина основания держателя информации - 52 мм, ширина ножки - 1 мм. Идеально подходит для формата А6.</t>
   </si>
   <si>
     <t>422702</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc0/d58xsj5r6exbtqkzi8jc3xcue7uvo4gy.jpg</t>
   </si>
   <si>
     <t>Этикетка ТермоЭко  58х60 мм , 3000 этикеток в ролике, светостойкость до 2 месяцев, 129998</t>
   </si>
   <si>
     <t>422710</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9a0/yhi1bi3cx1bmanuwg2jgu5cfzdyy64gi.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/52e/b3c3wq9fdeqyx3znoww13ahijnpbti6l.jpg</t>
   </si>
   <si>
     <t>Этикетка самоклеящаяся 105х57 мм, 10 этикеток, 65 г м2, 100 л., STAFF  quot;Everyday quot;  сырье Финляндия , 111836</t>
   </si>
   <si>
     <t>Самоклеящиеся этикетки позволят быстро и качественно подготовить адресные наклейки, регистрационные номера, аннотации при помощи лазерного или струйного принтера. Совместимы со всеми видами офисной техники. Выполнены из самоклеящейся матовой бумаги плотностью 65 г/м2. Надежно приклеиваются к поверхности любой формы и материала. Ширина этикетки составляет 57 мм, длина - 105 мм. Комплект из 100 листов по 10 штук является выгодным приобретением для любой организации.</t>
   </si>
   <si>
     <t>459566</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b88/ud6gr218h14tojj0w2sj49lbnmixwwhw.jpg</t>
   </si>
   <si>
     <t>Этикетка самоклеящаяся 52,5х29,7 мм, 40 этикеток 65 г м2, 100 л., STAFF  quot;Everyday quot;  сырье Финляндия , 111847</t>
   </si>
   <si>
     <t>Самоклеящиеся этикетки позволят быстро и качественно подготовить адресные наклейки, регистрационные номера, аннотации при помощи лазерного или струйного принтера. Совместимы со всеми видами офисной техники. Выполнены из самоклеящейся матовой бумаги плотностью 65 г/м2. Надежно приклеиваются к поверхности любой формы и материала. Ширина этикетки составляет 29,7 мм, длина - 52,5 мм. Комплект из 100 листов по 40 штук является выгодным приобретением для любой организации.</t>
   </si>
   <si>
     <t>459573</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dfc/g67v32k92dwy5ftj891d99todviv9ga3.jpg</t>
@@ -1454,92 +1466,107 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3d8/3d804446d22c8a552d7f18e8fc37bfb8/b13249538d97a878c32f778f7309ad15.jpg</t>
   </si>
   <si>
     <t>Этикет-лента OfficeSpace, 22 12мм, волна, оранжевая, 800 этикеток</t>
   </si>
   <si>
     <t>Волнистая этикет-лента для маркировки товаров. Размер наклейки - 22*12 мм. В упаковке 10 рулонов по 800 наклеек. Цвет - оранжевый</t>
   </si>
   <si>
     <t>561327</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/080/080820b560feb83b3044d704bb42b15c/bb26a76d0aacb0edf337a5a2b4faeb30.jpg</t>
   </si>
   <si>
     <t>Этикетки самоклеящиеся А4 100л. OfficeSpace, белые, 04 фр.  105 148,5 , 70г м2</t>
   </si>
   <si>
     <t>Этикетки самоклеящиеся предназначены&amp;nbsp;&amp;nbsp;для многофункционального информационного этикетирования, например, адресные этикетки на конверты, ценники на товары, штрихкоды, информационные сообщения. Подходят для струйных и лазерных принтеров, копировальных аппаратов. Перед загрузкой в оргтехнику рекомендуется пролистывать бумагу с четырех сторон.</t>
   </si>
   <si>
     <t>561328</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e8e/e8e7c24d95191824b9cad772b41c633e/2d6244d3765ae206a335982c65e738e8.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся А4 100л. OfficeSpace, белые, 40 фр.  48,5 25,4 , 70г м2</t>
+  </si>
+  <si>
+    <t>561329</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c84/c844294aac916437ee488b1c4f06c4b5/16fe1d59746ffe883557b042ce887acd.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся А4 100л. OfficeSpace, белые, 18 фр.  66,7 46 , 70г м2</t>
+  </si>
+  <si>
+    <t>561330</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3f4/3f436382802842077ace5fac23e75cc9/70348a0c5b2c3afa17b878c0f8f73d84.jpg</t>
   </si>
   <si>
     <t>Этикетки самоклеящиеся А4 50л. OfficeSpace, белые, 02 фр.  210 148,5 , 70г м2</t>
   </si>
   <si>
     <t>Этикетки самоклеящиеся предназначены для многофункционального информационного этикетирования, например, адресные этикетки на конверты, ценники на товары, штрихкоды, информационные сообщения. Подходят для струйных и лазерных принтеров, копировальных аппаратов. Перед загрузкой в оргтехнику рекомендуется пролистывать бумагу с четырех сторон.</t>
   </si>
   <si>
     <t>561332</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af8/af8f08b6816c2bd9c00651c267086265/794790450207b5cb0afe642f284cc511.jpg</t>
   </si>
   <si>
     <t>Этикетки самоклеящиеся А4 50л. OfficeSpace, белые, 18 фр.  66,7 46 , 70г м2</t>
   </si>
   <si>
     <t>561334</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bcb/bcb677085dc1b5a07777659405874ea1/2db669f153ffaee67beb91695b094c42.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся А4 50л. OfficeSpace, белые, 21 фр.  70 42,3 , 70г м2</t>
+  </si>
+  <si>
+    <t>561335</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e15/e15d03539d744d7cc94c663e2e5af2f4/ce001b69be0c588211ec80df9d4b14e4.jpg</t>
   </si>
   <si>
     <t>Этикетки самоклеящиеся А4 50л. OfficeSpace, белые, 24 фр.  64 33,4 , 70г м2</t>
   </si>
   <si>
     <t>561336</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/11a/11af1bf392bad19806870233a01ee4ff/6869151a7cb6568904ea7bdefff39163.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/627/hka4cw7mkm9zw6goui351d614ypnt07o.jpg</t>
   </si>
   <si>
     <t>Ценники картонные  quot;Бабочка 8 quot;, 45х70 мм, комплект 400 шт., STAFF, 128679</t>
   </si>
   <si>
     <t>Картонные ценники STAFF наиболее оптимальны для магазинов, торгующих продуктами питания, поскольку картон сохраняет форму при изменении влажности и температуры. Удобные поля позволяют нанести информацию о фирме, наименовании и цене. Выполнены из картона плотностью 200 г/м2. Информация на этикетку наносится вручную. Ширина этикетки составляет 45 мм, высота - 70 мм. Комплект из 400 штук&amp;nbsp;&amp;nbsp;является выгодным приобретением для большого количества товаров.</t>
   </si>
   <si>
     <t>565818</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/38c/c8qgm0z5w7m9day7txpfgpfnj9aqw8fm.jpg</t>
   </si>
   <si>
     <t>Этикетка самоклеящаяся 38х21,2 мм, 65 этикеток, белая, 70 г м2, 50 листов, LOMOND, 2100215</t>
   </si>
   <si>
     <t>565933</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d18/ixpvogztm0h7iyg1sf7ma706265u094d.jpg</t>
   </si>
   <si>
     <t>Этикетка ТермоЭко  100х100 мм , 1000 этикеток в ролике, светостойкость до 2 месяцев, 111964</t>
@@ -1853,62 +1880,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/aba/aba4842102224da54fbb8ed547a5e18d/bbff9db9ae0d3db9925c51d888293e6b.jpg</t>
   </si>
   <si>
     <t>Этикетки самоклеящиеся Office Label 52,5х21,2 мм, 56   шт. на лист.А4 100 л</t>
   </si>
   <si>
     <t>Этикетки самоклеящиеся Office Label 52,5х21,2 мм, 56   шт. на лист.А4 100 л</t>
   </si>
   <si>
     <t>586862</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/664/664c283059a80df70224f492c5d62f82/cc28c35e92f5e15ea9158b3c653b1a5f.jpg</t>
   </si>
   <si>
     <t>Этикетки самоклеящиеся Office Label 70х37 мм 24 шт. на листе А4 50 листов</t>
   </si>
   <si>
     <t>Этикетки самоклеящиеся Office Label 70х37 мм/24 шт. на листе А4 50 листов</t>
   </si>
   <si>
     <t>586863</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d33/d33cf888b948d3ba239c5b2334c73a76/6bfa4571f2a6f2fb2e409987153fe11a.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f52/xqv91myez1spm9ih9kldzttxgyvemgqg.jpg</t>
   </si>
   <si>
     <t>Ценники картонные  quot;Бабочка 10 quot;, 36х56 мм, комплект 500 шт., STAFF, 128678</t>
   </si>
   <si>
     <t>Картонные ценники STAFF наиболее оптимальны для магазинов, торгующих продуктами питания, поскольку картон сохраняет форму при изменении влажности и температуры. Удобные поля позволяют нанести информацию о фирме, наименовании и цене. Выполнены из картона плотностью 200 г/м2. Информация на этикетку наносится вручную. Ширина этикетки составляет 36 мм, высота - 56 мм. Комплект из 500 штук является выгодным приобретением для большого количества товаров.</t>
   </si>
   <si>
     <t>601345</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ef/1mr9s7oy4cjenjixehgpr4kyh3mzlv9t.jpg</t>
   </si>
   <si>
     <t>Этикетка самоклеящаяся 105х59,4 мм, 10 этикеток, белая, 70 г м2, 50 листов, LOMOND, 2100055</t>
   </si>
   <si>
     <t>601346</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af4/u4jlm5n4oi0aqnjq1tymitkzuja389ec.jpg</t>
   </si>
   <si>
     <t>Этикетка ТермоЭко  58х90 мм , 500 этикеток в ролике, светостойкость до 2 месяцев, 112367</t>
@@ -2060,74 +2075,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4b9/1gyilne3enj2hui13mjougvwzve9y2tj.jpg</t>
   </si>
   <si>
     <t>Ценник 36 25мм  quot;Darvish quot; цветной</t>
   </si>
   <si>
     <t>Ценник 36*25мм &amp;quot;Darvish&amp;quot; цветной</t>
   </si>
   <si>
     <t>708060</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4cb/k96whm6qnwr2lfpoaxiadqy96fkhd5nz.jpg</t>
   </si>
   <si>
     <t>Ценник 36 50мм  quot;Darvish quot; цветной</t>
   </si>
   <si>
     <t>Ценник 36*50мм &amp;quot;Darvish&amp;quot; цветной</t>
   </si>
   <si>
     <t>708061</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/266/x82ghhnslcq0ryn09pw5khg22je1lrj3.jpg</t>
-[...8 lines deleted...]
-    <t>845319</t>
+    <t>http://anytos.ru//upload/iblock/10c/0e3j75a05se00lxnelbib23mj5aj6ob0.jpg</t>
+  </si>
+  <si>
+    <t>Этикет-лента 26х16 прямая белая,1000шт рул,10рул уп</t>
+  </si>
+  <si>
+    <t>Этикет-лента 26х16 прямая белая,1000шт/рул,10рул/уп</t>
+  </si>
+  <si>
+    <t>715636</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b5/etwpji4og9vbv3chidxh8rjq4jhjr5ju.jpg</t>
   </si>
   <si>
     <t>Этикет-лента 21х12 мм прямоугольная, белая, КОМПЛЕКТ 5 рулонов по 600 шт., BRAUBERG, 114207</t>
   </si>
   <si>
     <t>Этикет-лента BRAUBERG предназначена для нанесения информации на товары вручную или с помощью этикет-пистолета. Цвет белый, форма — прямоугольная. Один рулон содержит 600 этикеток размером 21x12 мм. 5 рулонов в комплекте. Поставляются в термоусадочной пленке.</t>
   </si>
   <si>
     <t>848007</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f6e/m9ks0lhi88hwic33ss87tk24c46xuffk.jpg</t>
+  </si>
+  <si>
+    <t>Этикетка ТермоТоп  58х60 мм , 500 этикеток в ролике, прозрачная подложка, светостойкость до 12 месяцев, 114499, 54234</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки предназначены для использования в электронных весах и термопринтерах. Пленочная подложка отличается высокой прочностью, что позволяет использовать этикетки на сложных упаковочных линиях. Термоэтикетка ТОП изготавливается из бумаги с защитным покрытием, что позволяет наклеивать ее на продукцию, которую в дальнейшем необходимо транспортировать или хранить. Защитный слой термоэтикетки ТОП защищает ее от загрязнения, влаги и механических повреждений, поэтому появляется возможность использования данных этикеток в условиях сильной влажности и при низких температурах.Преимущества плёночной подложки:• увеличенная скорость печати;• не боится влажности и нагревания;• не подвержена скручиванию;• подложка этого типа подходит для полной вторичной переработки;• благодаря текстуре слой клея распределяется более гладко и равномерно, чем на бумаге;• не обрывается на высоких скоростях при маркировке и нарезке.ВАЖНО!!!Пленочная подложка не обрезается ножом принтера, необходимо отрезать этикетки вручную, например с помощью канцелярского ножа. Не все принтеры распознают прозрачную пленочную подложку, поэтому нужна калибровка принтера.</t>
+  </si>
+  <si>
+    <t>852537</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2af/55ixqeuemjf9apjletlz3nxl5gblle82.jpg</t>
   </si>
   <si>
     <t>Этикетка ТермоЭко  58х60 мм , 500 этикеток в ролике, прозрачная подложка, светостойкость до 2 месяцев, 114505, 54244</t>
   </si>
   <si>
     <t>Самоклеящиеся этикетки предназначены для использования в электронных весах и термопринтерах. Пленочная подложка отличается высокой прочностью, что позволяет использовать этикетки на сложных упаковочных линиях. Термоэтикетка ЭКО изготавливается из бумаги без защитного покрытия, поэтому применяется, в основном, в магазинах непосредственно перед самой продажей товара или используется для маркировки продуктов с небольшим сроком хранения.Преимущества плёночной подложки:• увеличенная скорость печати;• не боится влажности и нагревания;• не подвержена скручиванию;• подложка этого типа подходит для полной вторичной переработки;• благодаря текстуре слой клея распределяется более гладко и равномерно, чем на бумаге;• не обрывается на высоких скоростях при маркировке и нарезке.ВАЖНО!!!Пленочная подложка не обрезается ножом принтера, необходимо отрезать этикетки вручную, например с помощью канцелярского ножа. Не все принтеры распознают прозрачную пленочную подложку, поэтому нужна калибровка принтера.</t>
   </si>
   <si>
     <t>853257</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c49/q08l2bav1xastigkcgzacvmw6vq1nlnw.jpg</t>
   </si>
   <si>
     <t>Этикет-лента 26х12 оранж волна 800 шт рул 10рул уп</t>
   </si>
   <si>
     <t>Этикет-лента 26х12 оранж волна 800 шт/рул 10рул/уп</t>
   </si>
   <si>
     <t>882216</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f8a/y37w1hjqpi9s5cv9roz56a3hft5zgl9y.jpg</t>
@@ -2156,50 +2183,77 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c09/mgb0xlmyng14ln0dbxl0zuxyf4y3xul3.jpg</t>
   </si>
   <si>
     <t>Ценник для мелового маркера А7  7,4х10,5 см , КОМПЛЕКТ 10 шт, 3 мм, ПВХ, ЧЕРНЫЙ, BRAUBERG, 291289</t>
   </si>
   <si>
     <t>Ценники меловые BRAUBERG предназначены для нанесения информации меловыми маркерами. Идеально подходит для яркого размещения информации дома и в различных учреждениях &amp;#40;акции, цены, спецпредложения для клиентов, важные уведомления&amp;#41;. Ценники меловые А7 &amp;#40;7,4х10,5 см&amp;#41;, комплект из 10 шт. Материал ценника – ПВХ черного цвета, толщина 3 мм.Упаковка комплекта – термоусадочная пленка.Для нанесения информации необходимо использовать меловые маркеры. Перед использованием удалите защитную пленку с рабочей поверхности. Рекомендуем использовать слегка влажную тканную салфетку &amp;#40;например, из микрофибры&amp;#41; для качественного и бережного удаления записей и долговременного использования поверхности.Держатели для табличек в комплект не входят и продаются отдельно. С этой табличкой покупают: 290525, 290984, 290985, 290988.Также в нашем интернет-магазине вы можете выбрать как белые, так и цветные меловые маркеры &amp;#40;поштучно и в наборах&amp;#41; для нанесения надписей &amp;#40;например, 151526 и др.&amp;#41;.</t>
   </si>
   <si>
     <t>954744</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/259/nc223eufisknbdcuc1rnru0zg7ub1we8.jpg</t>
   </si>
   <si>
     <t>Ценник L-образный для мелового маркера A7  7,4x10,5 см , КОМПЛЕКТ 10 шт., ПВХ,ЧЕРНЫЙ, BRAUBERG, 291296</t>
   </si>
   <si>
     <t>Ценники L-образные меловые BRAUBERG предназначены для нанесения информации меловыми маркерами. Идеально подходят для размещения информации дома и в различных учреждениях &amp;#40;акции, цены, спецпредложения для клиентов, важные уведомления&amp;#41;. Ценники меловые A7 &amp;#40;7,4x10,5 см&amp;#41;, комплект из 10 шт. L-образная форма не требует отдельного держателя, наклейки или подставки – ценник легко расположить на любой горизонтальной поверхности. Материал ценника – ПВХ черного цвета, толщина 3 мм. Упаковка комплекта – термоусадочная пленка.Для нанесения информации необходимо использовать меловые маркеры. Перед использованием удалите защитную пленку с рабочей поверхности. Рекомендуем использовать слегка влажную тканную салфетку &amp;#40;например, из микрофибры&amp;#41; для качественного и бережного удаления записей и долговременного использования поверхности.Также в нашем интернет-магазине вы можете выбрать как белые, так и цветные меловые маркеры &amp;#40;поштучно и в наборах&amp;#41; для нанесения надписей &amp;#40;например, 151526 и др.&amp;#41;.</t>
   </si>
   <si>
     <t>959621</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8f1/260aaqi2mw8enjm093j6c3a187r337d1.jpg</t>
+  </si>
+  <si>
+    <t>Этикетка самоклеящаяся 45,7х21,2 мм, 48 этикеток, полиэстер, серебро, 20 листов, Avery Zweckform, L6009-20</t>
+  </si>
+  <si>
+    <t>Высокопрочные самоклеящиеся этикетки Avery позволят быстро и качественно подготовить наклейки для архивов и дорогостоящих товаров, электронного оборудования, маркировки инвентаря, электронных компонентов при помощи черно-белого лазерного принтера. Изготовлены из полиэстра серебристого цвета плотностью 78 г/м2. Этикетки надежно приклеиваются на различные гладкие и неровные поверхности. Идеальное решение для архивов и дорогостоящих товаров, электронного оборудования, маркировки инвентаря, электронных компонентов, указания паспортных данных, инвентарной описи. Особо прочные этикетки устойчивы к воздействию загрязняющих веществ, влаги, перепадов температуры. Масло-и УФ-стойкие, моющиеся, грязеотталкивающие. Совместимы с черно-белыми лазерными принтерами. Упаковка содержит 20 листов формата А4, на каждом листе - 48 этикеток размером 45,7х21,2 мм.Благодаря бесплатному программному обеспечению и шаблонам Avery Zweckform совсем не нужно тратить время на дизайн и печать этикеток и самоклеящейся бумаги А4. Производитель предлагает большой выбор дизайнов и готовых шаблонов для печати. Просто введите номер артикула с упаковки, выберите нужный дизайн, создайте свою этикетку и распечатайте! Готово!</t>
+  </si>
+  <si>
+    <t>960347</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/avery-zweckform/"&gt;Avery Zweckform&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a12/9woh5522attxwgxojhwfnag6vlid2ion.jpg</t>
+  </si>
+  <si>
+    <t>Этикетка самоклеящаяся ВСЕПОГОДНАЯ 210x297 мм, 1 этикетка, полиэстер, белая, 20 листов, Avery Zweckform, L4775-20</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Avery позволят быстро и качественно подготовить адресные наклейки, регистрационные номера, аннотации при помощи лазерного принтера. Предназначены для надежной маркировки как внутри помещений, так и на улице. Прочные белые водостойкие этикетки из полиэстера белого цвета плотностью 75 г/м2. Этикетки обладают особой устойчивостью к воздействию загрязняющих веществ, влаги, перепадам температуры. Совместимы с лазерными принтерами. Упаковка содержит 20 листов формата А4, на каждом листе - одна этикетка размером 210х297 мм.Благодаря сильному клеевому составу этикетки предназначены для надежной и прочной маркировки на улице или в складских помещениях. Они масло- и грязестойкие, термостойкие, выдерживают перепады температур &amp;#40;от -20°C до &amp;#43;80°C&amp;#41; и водонепроницаемые. Идеальный вариант для инвентаризации в складских помещениях, маркировки коробок, ящиков, складских вещей. Благодаря бесплатному программному обеспечению и шаблонам Avery Zweckform совсем не нужно тратить время на дизайн и печать этикеток и самоклеящейся бумаги А4. Производитель предлагает большой выбор дизайнов и готовых шаблонов для печати. Просто введите номер артикула с упаковки, выберите нужный дизайн, создайте свою этикетку и распечатайте! Готово!</t>
+  </si>
+  <si>
+    <t>960348</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/420/gog4jk162n7h10oekwjbrx7o979d33jn.jpg</t>
   </si>
   <si>
     <t>Этикетка ТермоЭко  100х100 мм , 500 этикеток в ролике, светостойкость до 2 месяцев, 115620</t>
   </si>
   <si>
     <t>961477</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb5/3mpmgv3b3daxf8t6t8knd4fhfidok1mf.jpg</t>
   </si>
   <si>
     <t>Этикетка ТермоЭко  100х150 мм , 300 этикеток в ролике, светостойкость до 2 месяцев, 115621</t>
   </si>
   <si>
     <t>961478</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d91/vug4fv8ptww0iqrnzkqs9f92kblgsh4d.jpg</t>
   </si>
   <si>
     <t>Этикетка ТермоЭко  100х50 мм , 500 этикеток в ролике, светостойкость до 2 месяцев, 115618</t>
   </si>
   <si>
     <t>961479</t>
@@ -2213,110 +2267,107 @@
   <si>
     <t>961480</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0de/w3dhkd5x5do6m9cki0xw6xgc80ab53xr.jpg</t>
   </si>
   <si>
     <t>Этикетка ТермоЭко  58х40 мм , 700 этикеток в ролике, УДАЛЯЕМЫЙ КЛЕЙ, светостойкость до 2 месяцев, 115616</t>
   </si>
   <si>
     <t>Самоклеящиеся этикетки предназначены для использования в термопринтерах. Термоэтикетка ЭКО изготавливается из бумаги без защитного покрытия, поэтому применяется в основном в магазинах непосредственно перед самой продажей товара или используется для маркировки продуктов с небольшим сроком хранения. Этикетка со съемным клеем может отклеиваться от упаковки, не оставляя следа на ее поверхности и не повреждая целостность.</t>
   </si>
   <si>
     <t>961481</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6c8/zd0e97ponj7inxyrsi15iz7ghm8sjkh1.jpg</t>
   </si>
   <si>
     <t>Этикетка ТермоЭко  75х120 мм , 300 этикеток в ролике, светостойкость до 2 месяцев, 115617</t>
   </si>
   <si>
     <t>961482</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8f9/a0q106vp42n98kzo3uprda73lb9duud1.jpg</t>
+  </si>
+  <si>
+    <t>Этикет-пистолет 1стр MX-2612 9р 26х12 циф.Ю.Корея</t>
+  </si>
+  <si>
+    <t>965293</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e6a/nf3a3xm28kk4tv5y1jixcbf10kzoovhj.jpg</t>
   </si>
   <si>
     <t>Этикет-лента 21х12 мм прямоугольная, желтая, с черной полосой, КОМПЛЕКТ 5 рулонов по 600 штук, BRAUBERG, 115511</t>
   </si>
   <si>
     <t>Этикет-лента BRAUBERG предназначена для нанесения информации на товары вручную или с помощью этикет-пистолета. Цвет желтый с черной полосой, форма – прямоугольная. Один рулон содержит 600 этикеток размером 21x12 мм. 5 рулонов в комплекте. Поставляются в термоусадочной пленке.</t>
   </si>
   <si>
     <t>975760</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9d2/i733o5fcn829ust28auukdcy91g846wl.jpg</t>
   </si>
   <si>
     <t>Термоэтикетки OfficeSpace 100 50 ЭКО, белые, 500шт.</t>
   </si>
   <si>
     <t>Термоэтикетки OfficeSpace 100*50 ЭКО, белые, 500шт.</t>
   </si>
   <si>
     <t>984649</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/96f/k83us0brglz2d2pgyi3hlzsm4m9uxieb.jpg</t>
   </si>
   <si>
     <t>Термоэтикетки OfficeSpace 30 20 ЭКО, белые, 2000шт.</t>
   </si>
   <si>
     <t>Термоэтикетки OfficeSpace 30*20 ЭКО, белые, 2000шт.</t>
   </si>
   <si>
     <t>984650</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f3/z1qpx4itxkhl52e7vqh94c2t0j0ps4li.jpg</t>
   </si>
   <si>
     <t>Термоэтикетки OfficeSpace 43 25 ТОП, белые, 1000шт.</t>
   </si>
   <si>
     <t>Термоэтикетки OfficeSpace 43*25 ТОП, белые, 1000шт.</t>
   </si>
   <si>
     <t>984651</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0c6/zijjl70pbnhjj28gs29qr42rojj0x4bb.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/688/9wt139lur2wc4hkym831n07kla63m9r5.jpg</t>
   </si>
   <si>
     <t>Термоэтикетки OfficeSpace 47 25 ЭКО, белые, 1000шт.</t>
   </si>
   <si>
     <t>Термоэтикетки OfficeSpace 47*25 ЭКО, белые, 1000шт.</t>
   </si>
   <si>
     <t>984653</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/753/qn9ahbb1t2ft97gaxftzqh102pv6bsup.jpg</t>
   </si>
   <si>
     <t>Термоэтикетки OfficeSpace 58 30 ЭКО, белые, 900шт.</t>
   </si>
   <si>
     <t>Термоэтикетки OfficeSpace 58*30 ЭКО, белые, 900шт.</t>
   </si>
   <si>
     <t>984654</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/795/xk4bqs2hpgmgdv7jmywytnuzqj3hies5.jpg</t>
@@ -2411,50 +2462,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c33/t46lao5cd81zreqtxgm0ac3c28hrs86e.jpg</t>
   </si>
   <si>
     <t>Термоэтикетки OfficeSpace 30 20 ТОП, белые, 2000шт.</t>
   </si>
   <si>
     <t>Термоэтикетки OfficeSpace 30*20 ТОП, белые, 2000шт.</t>
   </si>
   <si>
     <t>1000661</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/156/gmqc5culptwpyb7sywd8v1qwbpv7u1ex.jpg</t>
   </si>
   <si>
     <t>Термоэтикетки OfficeSpace 58 30 ТОП, белые, 900шт.</t>
   </si>
   <si>
     <t>Термоэтикетки OfficeSpace 58*30 ТОП, белые, 900шт.</t>
   </si>
   <si>
     <t>1000662</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f64/eat3detzx0k5blwndj1f6iz8uh15b9i5.jpg</t>
+  </si>
+  <si>
+    <t>Термоэтикетки OfficeSpace 75 120  для OZON  ЭКО, белые, 300шт.</t>
+  </si>
+  <si>
+    <t>Термоэтикетки OfficeSpace 75*120 &amp;#40;для OZON&amp;#41; ЭКО, белые, 300шт.</t>
+  </si>
+  <si>
+    <t>1000663</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7e7/rnw63ggttghbkk4tcjq8h0n9ryf4188c.jpg</t>
   </si>
   <si>
     <t>Этикет-лента 21х12 мм, прямоугольная, оранжевая, комплект 5 рулонов по 600 шт., BRAUBERG, 123570</t>
   </si>
   <si>
     <t>Этикет-лента BRAUBERG предназначена для нанесения информации на товары вручную или с помощью этикет-пистолета. Цвет - оранжевый, форма - прямоугольная. Один рулон содержит 600 этикеток размером 21x12 мм. 5 рулонов в комплекте. Поставляются в термоусадочной пленке.</t>
   </si>
   <si>
     <t>1004821</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c0c/sofjd39z50wx31ma81qawtohp9n1kpqk.jpg</t>
   </si>
   <si>
     <t>Этикет-лента 22х12 мм, волна, желтая, комплект 5 рулонов по 800 шт., BRAUBERG, 123573</t>
   </si>
   <si>
     <t>Этикет-лента BRAUBERG предназначена для нанесения информации на товары вручную или с помощью этикет-пистолета. Цвет - желтый, форма - &amp;quot;волна&amp;quot;. Один рулон содержит 800 этикеток размером 22x12 мм. 5 рулонов в комплекте. Поставляются в термоусадочной пленке.</t>
   </si>
   <si>
     <t>1004822</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/22c/af06zmy9bwqx2fiupeyz5actxujibdru.jpg</t>
@@ -2541,50 +2604,209 @@
     <t>Ценник большой  quot;Цена quot; 50х40 мм зеленый, самоклеящийся, КОМПЛЕКТ 5 рулонов по 200 шт., BRAUBERG, 112359</t>
   </si>
   <si>
     <t>1005860</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a28/2qfsrghr5odwrwxvdye1eb5ucx8o7ea9.jpg</t>
   </si>
   <si>
     <t>Ценник малый  quot;Цена quot; 30х20 мм, желтый, самоклеящийся, КОМПЛЕКТ 5 рулонов по 250 шт., BRAUBERG, 123588</t>
   </si>
   <si>
     <t>Этикетки-ценники BRAUBERG предназначены для нанесения информации о цене на товар. Выполнены из самоклеящейся бумаги плотностью 65 г/м2. Имеют яркие цвета, надежно приклеиваются к поверхности любой формы и материала. Информация на этикетку наносится вручную. Ширина этикетки составляет 30 мм, высота - 20 мм. Комплект из 5 рулонов по 250 штук является выгодным приобретением и способен снабдить ценой большое количество товаров.</t>
   </si>
   <si>
     <t>1005861</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ac/8r2f45da9jc0lf485uneeirzg3g7199b.jpg</t>
   </si>
   <si>
     <t>Ценник средний  quot;Цена quot; 35х25 мм, желтый, самоклеящийся, КОМПЛЕКТ 5 рулонов по 250 шт., BRAUBERG, 123584</t>
   </si>
   <si>
     <t>1005862</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/97a/kbeaebmwq7z7gj4t2ju1yz8yei9g1gww.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки для Честного Знака термотрансферные ПОЛУГЛЯНЕЦ, 15х15 мм, КОМПЛЕКТ 7 рулонов по 2000 этикеток, 117622</t>
+  </si>
+  <si>
+    <t>Полуглянцевые этикетки предназначены для печати в термотрансферном принтере с использованием риббона &amp;#40;красящая лента&amp;#41;. Термотрансферные этикетки используются для маркировки продукции с большим сроком годности, печать не выгорает от ультрафиолета и не теряет цвет. Самое широкое применение они нашли в логистике. Могут используются для нанесения кода Data-Matrix на товары в системе маркировки товаров &amp;quot;Честный знак&amp;quot;.</t>
+  </si>
+  <si>
+    <t>1015795</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0c0/340im607632ffxbnsq6tysznsuty3b5h.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки для Честного Знака термотрансферные ПОЛУГЛЯНЕЦ, круглые, 20 мм, КОМПЛЕКТ 5 рулонов по 2000 этикеток, 117623</t>
+  </si>
+  <si>
+    <t>1015796</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/562/nqueg4qyf3x1i6kt8tqnwhm5e7acd5lu.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки термотрансферные, ПОЛИПРОПИЛЕН, 100х72 мм, 500 этикеток в ролике, 115614</t>
+  </si>
+  <si>
+    <t>Полипропиленовые этикетки предназначены для печати в термотрансферном принтере с использованием риббона &amp;#40;красящая лента&amp;#41;. Термотрансферные этикетки используются для маркировки продукции с большим сроком годности, печать не выгорает от ультрафиолета и не теряет цвет.Полипропиленовые этикетки устойчивы к внешним погодным условиям, агрессивным средам. Применяются для маркировки продукции на производстве &amp;#40;химическая промышленность, фармацевтика, пищевая промышленность&amp;#41;, складах, в розничной торговле, в электронике.Полипропиленовые этикетки - отличный вариант для надежной и долговечной маркировки.</t>
+  </si>
+  <si>
+    <t>1015797</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/81a/ux5thqmy04h4nnn3kbdjfob51ypwv7m8.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки термотрансферные, ПОЛУГЛЯНЕЦ, 100х150 мм, 250 этикеток в ролике, 111976</t>
+  </si>
+  <si>
+    <t>Полуглянцевые этикетки предназначены для печати в термотрансферном принтере с использованием риббона &amp;#40;красящая лента&amp;#41;. Термотрансферные этикетки используются для маркировки продукции с большим сроком годности, печать не выгорает от ультрафиолета и не теряет цвет. Самое широкое применение они нашли в логистике, но могут использоваться и в других отраслях.</t>
+  </si>
+  <si>
+    <t>1015799</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a45/5d8ggw7zwvsljdf86ylpvh8yuc6pdk2x.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки термотрансферные, ПОЛУГЛЯНЕЦ, 100х150 мм, 250 этикеток в ролике, 115612</t>
+  </si>
+  <si>
+    <t>1015800</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/219/o0k9lxp2mqmg9byuppckjlo8frk1pm55.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки термотрансферные, ПОЛУГЛЯНЕЦ, 100х50 мм, 500 этикеток в ролике, 115610</t>
+  </si>
+  <si>
+    <t>1015802</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/29e/x6xpjo9nq4xm8xizs4szxlvuwb00u8gi.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки термотрансферные, ПОЛУГЛЯНЕЦ, 100х72 мм, 500 этикеток в ролике, 111977</t>
+  </si>
+  <si>
+    <t>1015803</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/283/d91t8gkxnarqfbb3nxvgq2d0b4jk1wb2.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки термотрансферные, ПОЛУГЛЯНЕЦ, 100х72 мм, 500 этикеток в ролике, 115611</t>
+  </si>
+  <si>
+    <t>1015804</t>
+  </si>
+  <si>
+    <t>Этикетки термотрансферные, ПОЛУГЛЯНЕЦ, 30х20 мм, 2000 этикеток в ролике, 111971</t>
+  </si>
+  <si>
+    <t>1015805</t>
+  </si>
+  <si>
+    <t>Этикетки термотрансферные, ПОЛУГЛЯНЕЦ, 58х30 мм, 900 этикеток в ролике, 111973</t>
+  </si>
+  <si>
+    <t>1015806</t>
+  </si>
+  <si>
+    <t>Этикетки термотрансферные, ПОЛУГЛЯНЕЦ, 58х40 мм, 700 этикеток в ролике, 111974</t>
+  </si>
+  <si>
+    <t>1015807</t>
+  </si>
+  <si>
+    <t>Этикетки термотрансферные, ПОЛУГЛЯНЕЦ, 58х60 мм, 500 этикеток в ролике, 111975</t>
+  </si>
+  <si>
+    <t>1015808</t>
+  </si>
+  <si>
+    <t>Этикетки термотрансферные, ПОЛУГЛЯНЕЦ, 75х120 мм, 300 этикеток в ролике, 115609</t>
+  </si>
+  <si>
+    <t>1015809</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/acc/2d52dqfzadzk4s6yx4exzp5actvhz7x8.jpg</t>
+  </si>
+  <si>
+    <t>Этикет-лента 21х12 мм, прямоугольная, белая с красной полосой, КОМПЛЕКТ 10 рулонов по 1000 этикеток, 117546</t>
+  </si>
+  <si>
+    <t>Этикет-лента предназначена для нанесения информации на товары вручную или с помощью этикет-пистолета. Цвет – белый с красной полосой, форма – прямоугольная. Один рулон содержит 1000 этикеток размером 21х12 мм. В комплекте 10 рулонов. Поставляются в термоусадочной пленке.</t>
+  </si>
+  <si>
+    <t>1015810</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f15/hb2jh5qswcz9gq83v28f2y0oe4s1nsil.jpg</t>
+  </si>
+  <si>
+    <t>Этикет-лента 21х12 мм, прямоугольная, белая, КОМПЛЕКТ 10 рулонов по 1000 этикеток, 117547</t>
+  </si>
+  <si>
+    <t>Этикет-лента предназначена для нанесения информации на товары вручную или с помощью этикет-пистолета. Цвет – белый, форма – прямоугольная. Один рулон содержит 1000 этикеток размером 21х12 мм. В комплекте 10 рулонов. Поставляются в термоусадочной пленке.</t>
+  </si>
+  <si>
+    <t>1015811</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/40b/cl1rpqp2f8lm3paxx5o3d3d397j3neb4.jpg</t>
+  </si>
+  <si>
+    <t>Этикет-лента 26х16 мм, волна, белая, КОМПЛЕКТ 10 рулонов по 1000 этикеток, 117550</t>
+  </si>
+  <si>
+    <t>Этикет-лента предназначена для нанесения информации на товары вручную или с помощью этикет-пистолета. Цвет – белый, форма – &amp;quot;волна&amp;quot;. Один рулон содержит 1000 этикеток размером 26x16 мм. В комплекте 10 рулонов. Поставляются в термоусадочной пленке.</t>
+  </si>
+  <si>
+    <t>1015812</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/550/l28ukes5ls7diqi01kgx64yahq7woafu.jpg</t>
+  </si>
+  <si>
+    <t>Этикет-лента 26х16 мм, прямоугольная, белая, КОМПЛЕКТ 10 рулонов по 1000 этикеток, 117551</t>
+  </si>
+  <si>
+    <t>Этикет-лента предназначена для нанесения информации на товары вручную или с помощью этикет-пистолета. Цвет – белый, форма – прямоугольная. Один рулон содержит 1000 этикеток размером 26x16 мм. В комплекте 10 рулонов. Поставляются в термоусадочной пленке.</t>
+  </si>
+  <si>
+    <t>1015813</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2911,57 +3133,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J219"/>
+  <dimension ref="A1:J242"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G219" sqref="G219"/>
+      <selection pane="bottomRight" activeCell="F242" sqref="F242"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -3013,74 +3235,74 @@
         <v>16</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="C6" s="1"/>
+      <c r="D6" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
@@ -3572,91 +3794,91 @@
       </c>
       <c r="E31" s="3" t="s">
         <v>126</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
         <v>127</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>129</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>130</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>40</v>
+        <v>106</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
         <v>131</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>134</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>65</v>
+        <v>106</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>136</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
         <v>139</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>140</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>142</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>143</v>
@@ -3722,1848 +3944,1844 @@
         <v>155</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>158</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>159</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="C40" s="1"/>
+      <c r="C40" s="1" t="s">
+        <v>161</v>
+      </c>
       <c r="D40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>65</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="C41" s="1"/>
+        <v>164</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>165</v>
+      </c>
       <c r="D41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>65</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>65</v>
+        <v>35</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>65</v>
+        <v>35</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>213</v>
+      </c>
+      <c r="C57" s="1"/>
       <c r="D57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>65</v>
+        <v>13</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>238</v>
+        <v>65</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>240</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>241</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>242</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="F65" s="3" t="s">
         <v>243</v>
-      </c>
-[...13 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>253</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>254</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>65</v>
+        <v>255</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
         <v>277</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>278</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>279</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>280</v>
       </c>
       <c r="F74" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="G74" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F75" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="B75" s="1" t="s">
-[...12 lines deleted...]
-        <v>20</v>
+      <c r="G75" s="3" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-        <v>290</v>
+        <v>40</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="B77" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="C77" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C77" s="1" t="s">
+      <c r="D77" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="D77" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F77" s="3" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-        <v>295</v>
+        <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="D78" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="F78" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="D78" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E78" s="3" t="s">
+      <c r="G78" s="3" t="s">
         <v>299</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
         <v>300</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>301</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>302</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>303</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>19</v>
+        <v>298</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>20</v>
+        <v>304</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B82" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C82" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="C82" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D82" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>302</v>
+        <v>324</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>328</v>
+        <v>311</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>335</v>
+        <v>311</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>337</v>
+        <v>19</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>338</v>
+        <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B90" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="C90" s="1" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>341</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>337</v>
+        <v>19</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>342</v>
+        <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B91" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="C91" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="C91" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F91" s="3" t="s">
-        <v>337</v>
+        <v>19</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>342</v>
+        <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="B92" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="C92" s="1" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>348</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>337</v>
+        <v>349</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>337</v>
+        <v>349</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B94" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="G94" s="3" t="s">
         <v>354</v>
-      </c>
-[...13 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>358</v>
+        <v>347</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>360</v>
+        <v>349</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>338</v>
+        <v>361</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="G96" s="3" t="s">
         <v>361</v>
-      </c>
-[...16 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>346</v>
+        <v>365</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>358</v>
+        <v>347</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>360</v>
+        <v>349</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>349</v>
+        <v>361</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>358</v>
+        <v>370</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>360</v>
+        <v>372</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="B99" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>370</v>
       </c>
-      <c r="C99" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D99" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E99" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="F99" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="F99" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G99" s="3" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>373</v>
+        <v>358</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>378</v>
+        <v>361</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="B101" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="C101" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>380</v>
       </c>
-      <c r="C101" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F101" s="3" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>378</v>
+        <v>361</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="D102" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="C102" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F102" s="3" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>378</v>
+        <v>361</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C103" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="D103" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="F103" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="3" t="s">
+      <c r="G103" s="3" t="s">
         <v>390</v>
-      </c>
-[...4 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
         <v>391</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>392</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>393</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>394</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>342</v>
+        <v>390</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>398</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="B106" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="C106" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="C106" s="1" t="s">
+      <c r="D106" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>402</v>
       </c>
-      <c r="D106" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F106" s="3" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>378</v>
+        <v>390</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="B107" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="B107" s="1" t="s">
+      <c r="C107" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="C107" s="1" t="s">
+      <c r="D107" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="D107" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F107" s="3" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>399</v>
+        <v>354</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="B108" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="B108" s="1" t="s">
+      <c r="C108" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="C108" s="1" t="s">
+      <c r="D108" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="D108" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E108" s="3" t="s">
+      <c r="F108" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="G108" s="3" t="s">
         <v>411</v>
-      </c>
-[...4 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
         <v>412</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>413</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>414</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>415</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>416</v>
+        <v>390</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="B110" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="B110" s="1" t="s">
+      <c r="C110" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="C110" s="1" t="s">
+      <c r="D110" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E110" s="3" t="s">
         <v>419</v>
       </c>
-      <c r="D110" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F110" s="3" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="B111" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="B111" s="1" t="s">
+      <c r="C111" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="C111" s="1" t="s">
+      <c r="D111" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E111" s="3" t="s">
         <v>423</v>
       </c>
-      <c r="D111" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F111" s="3" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>378</v>
+        <v>390</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="B112" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="B112" s="1" t="s">
+      <c r="C112" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="C112" s="1" t="s">
+      <c r="D112" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E112" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="D112" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E112" s="3" t="s">
+      <c r="F112" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="G112" s="3" t="s">
         <v>428</v>
-      </c>
-[...4 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
         <v>429</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>430</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>432</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>349</v>
+        <v>390</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
         <v>433</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>434</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>371</v>
+        <v>435</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>360</v>
+        <v>389</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>20</v>
+        <v>361</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>289</v>
+        <v>389</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>20</v>
+        <v>361</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>442</v>
+        <v>383</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>443</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>289</v>
+        <v>372</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
         <v>444</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>445</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>446</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>447</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>289</v>
+        <v>298</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
         <v>448</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>449</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>450</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>451</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>289</v>
+        <v>298</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
         <v>452</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>453</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>454</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>455</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>13</v>
+        <v>298</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
         <v>456</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>457</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>458</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>459</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
         <v>460</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>461</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>462</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>463</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
         <v>464</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>465</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>466</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>467</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G122" s="3" t="s">
         <v>35</v>
       </c>
     </row>
@@ -5588,2230 +5806,2708 @@
       </c>
       <c r="G123" s="3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
         <v>472</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>473</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>474</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>475</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>65</v>
+        <v>35</v>
       </c>
     </row>
     <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
         <v>476</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>477</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>478</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>479</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
         <v>480</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>481</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>482</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>483</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>416</v>
+        <v>20</v>
       </c>
     </row>
     <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
         <v>484</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>485</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>482</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>486</v>
       </c>
       <c r="F127" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>416</v>
+        <v>20</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
         <v>487</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>482</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>489</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>416</v>
+        <v>20</v>
       </c>
     </row>
     <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
         <v>490</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>491</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>492</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>493</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>65</v>
+        <v>428</v>
       </c>
     </row>
     <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
         <v>494</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>495</v>
       </c>
       <c r="C130" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="D130" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F130" s="3" t="s">
-        <v>289</v>
+        <v>13</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>290</v>
+        <v>428</v>
       </c>
     </row>
     <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="B131" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="C131" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="C131" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F131" s="3" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>20</v>
+        <v>428</v>
       </c>
     </row>
     <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="B132" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="B132" s="1" t="s">
+      <c r="C132" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>502</v>
       </c>
-      <c r="C132" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F132" s="3" t="s">
-        <v>360</v>
+        <v>13</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>416</v>
+        <v>428</v>
       </c>
     </row>
     <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="C133" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="B133" s="1" t="s">
+      <c r="D133" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>506</v>
       </c>
-      <c r="C133" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F133" s="3" t="s">
-        <v>360</v>
+        <v>298</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B134" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="B134" s="1" t="s">
+      <c r="C134" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>509</v>
       </c>
-      <c r="C134" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F134" s="3" t="s">
-        <v>360</v>
+        <v>19</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>399</v>
+        <v>20</v>
       </c>
     </row>
     <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B135" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="B135" s="1" t="s">
+      <c r="C135" s="1" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>513</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>360</v>
+        <v>372</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>342</v>
+        <v>428</v>
       </c>
     </row>
     <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
         <v>514</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>515</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>516</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>517</v>
+        <v>372</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>40</v>
+        <v>411</v>
       </c>
     </row>
     <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="B137" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="B137" s="1" t="s">
+      <c r="C137" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E137" s="3" t="s">
         <v>519</v>
       </c>
-      <c r="C137" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F137" s="3" t="s">
-        <v>517</v>
+        <v>372</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>522</v>
+        <v>411</v>
       </c>
     </row>
     <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>525</v>
+        <v>370</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>517</v>
+        <v>372</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>40</v>
+        <v>354</v>
       </c>
     </row>
     <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>529</v>
+        <v>524</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>530</v>
+        <v>525</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G139" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="G140" s="3" t="s">
         <v>531</v>
-      </c>
-[...16 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="B141" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F141" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>522</v>
+        <v>40</v>
       </c>
     </row>
     <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="C142" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="D142" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>539</v>
       </c>
-      <c r="C142" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F142" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>522</v>
+        <v>40</v>
       </c>
     </row>
     <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="C143" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="B143" s="1" t="s">
+      <c r="D143" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>543</v>
       </c>
-      <c r="C143" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F143" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>40</v>
+        <v>531</v>
       </c>
     </row>
     <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E144" s="3" t="s">
         <v>546</v>
       </c>
-      <c r="B144" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F144" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>40</v>
+        <v>531</v>
       </c>
     </row>
     <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E145" s="3" t="s">
         <v>550</v>
       </c>
-      <c r="B145" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F145" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>40</v>
+        <v>531</v>
       </c>
     </row>
     <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E146" s="3" t="s">
         <v>554</v>
       </c>
-      <c r="B146" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F146" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>522</v>
+        <v>40</v>
       </c>
     </row>
     <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E147" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="B147" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F147" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>522</v>
+        <v>40</v>
       </c>
     </row>
     <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>562</v>
       </c>
-      <c r="B148" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F148" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E149" s="3" t="s">
         <v>566</v>
       </c>
-      <c r="B149" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F149" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
     </row>
     <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E150" s="3" t="s">
         <v>570</v>
       </c>
-      <c r="B150" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F150" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
     </row>
     <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>574</v>
       </c>
-      <c r="B151" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F151" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>522</v>
+        <v>40</v>
       </c>
     </row>
     <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E152" s="3" t="s">
         <v>578</v>
       </c>
-      <c r="B152" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F152" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
     </row>
     <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E153" s="3" t="s">
         <v>582</v>
       </c>
-      <c r="B153" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F153" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
     </row>
     <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>586</v>
       </c>
-      <c r="B154" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F154" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
     </row>
     <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>590</v>
       </c>
-      <c r="B155" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F155" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
     </row>
     <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>594</v>
       </c>
-      <c r="B156" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F156" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
     </row>
     <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>598</v>
       </c>
-      <c r="B157" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F157" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>40</v>
+        <v>531</v>
       </c>
     </row>
     <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="C158" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="B158" s="1" t="s">
+      <c r="D158" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>602</v>
       </c>
-      <c r="C158" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F158" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>40</v>
+        <v>531</v>
       </c>
     </row>
     <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="C159" s="1" t="s">
         <v>605</v>
       </c>
-      <c r="B159" s="1" t="s">
+      <c r="D159" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E159" s="3" t="s">
         <v>606</v>
       </c>
-      <c r="C159" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F159" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>40</v>
+        <v>531</v>
       </c>
     </row>
     <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>609</v>
       </c>
-      <c r="B160" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F160" s="3" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>522</v>
+        <v>40</v>
       </c>
     </row>
     <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>613</v>
       </c>
-      <c r="B161" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F161" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="G161" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E162" s="3" t="s">
         <v>617</v>
       </c>
-      <c r="B162" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F162" s="3" t="s">
-        <v>289</v>
+        <v>526</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>290</v>
+        <v>40</v>
       </c>
     </row>
     <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>621</v>
       </c>
-      <c r="B163" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F163" s="3" t="s">
-        <v>19</v>
+        <v>526</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>20</v>
+        <v>531</v>
       </c>
     </row>
     <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="C164" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="B164" s="1" t="s">
+      <c r="D164" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E164" s="3" t="s">
         <v>625</v>
       </c>
-      <c r="C164" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F164" s="3" t="s">
-        <v>360</v>
+        <v>298</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="B165" s="1" t="s">
         <v>627</v>
       </c>
-      <c r="B165" s="1" t="s">
+      <c r="C165" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E165" s="3" t="s">
         <v>628</v>
       </c>
-      <c r="C165" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F165" s="3" t="s">
-        <v>289</v>
+        <v>19</v>
       </c>
       <c r="G165" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>631</v>
       </c>
-      <c r="B166" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F166" s="3" t="s">
-        <v>635</v>
+        <v>372</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>65</v>
+        <v>411</v>
       </c>
     </row>
     <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>636</v>
+        <v>632</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>377</v>
+        <v>298</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>378</v>
+        <v>20</v>
       </c>
     </row>
     <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="F168" s="3" t="s">
         <v>640</v>
       </c>
-      <c r="B168" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G168" s="3" t="s">
-        <v>378</v>
+        <v>65</v>
       </c>
     </row>
     <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E169" s="3" t="s">
         <v>644</v>
       </c>
-      <c r="B169" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F169" s="3" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>416</v>
+        <v>390</v>
       </c>
     </row>
     <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E170" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="B170" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F170" s="3" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>416</v>
+        <v>390</v>
       </c>
     </row>
     <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>652</v>
       </c>
-      <c r="B171" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F171" s="3" t="s">
-        <v>13</v>
+        <v>389</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>40</v>
+        <v>428</v>
       </c>
     </row>
     <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>656</v>
       </c>
-      <c r="B172" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F172" s="3" t="s">
-        <v>660</v>
+        <v>389</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>40</v>
+        <v>428</v>
       </c>
     </row>
     <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>660</v>
+        <v>13</v>
       </c>
       <c r="G173" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>664</v>
+      </c>
+      <c r="F174" s="3" t="s">
         <v>665</v>
       </c>
-      <c r="B174" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G174" s="3" t="s">
-        <v>342</v>
+        <v>40</v>
       </c>
     </row>
     <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>669</v>
       </c>
-      <c r="B175" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F175" s="3" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>673</v>
+        <v>40</v>
       </c>
     </row>
     <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
     </row>
     <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="F177" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="G177" s="3" t="s">
         <v>678</v>
-      </c>
-[...16 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>682</v>
       </c>
-      <c r="B178" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F178" s="3" t="s">
-        <v>377</v>
+        <v>665</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>416</v>
+        <v>354</v>
       </c>
     </row>
     <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>686</v>
       </c>
-      <c r="B179" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F179" s="3" t="s">
-        <v>377</v>
+        <v>665</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>399</v>
+        <v>354</v>
       </c>
     </row>
     <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>690</v>
       </c>
-      <c r="B180" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F180" s="3" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-        <v>349</v>
+        <v>20</v>
       </c>
     </row>
     <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>694</v>
       </c>
-      <c r="B181" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F181" s="3" t="s">
-        <v>20</v>
+        <v>389</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>411</v>
       </c>
     </row>
     <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>698</v>
       </c>
-      <c r="B182" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F182" s="3" t="s">
-        <v>377</v>
+        <v>349</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>20</v>
+        <v>361</v>
       </c>
     </row>
     <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>702</v>
       </c>
-      <c r="B183" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F183" s="3" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>416</v>
+        <v>361</v>
       </c>
     </row>
     <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E184" s="3" t="s">
         <v>706</v>
       </c>
-      <c r="B184" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F184" s="3" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-        <v>378</v>
+        <v>20</v>
       </c>
     </row>
     <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>710</v>
       </c>
-      <c r="B185" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F185" s="3" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>416</v>
+        <v>20</v>
       </c>
     </row>
     <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>714</v>
       </c>
-      <c r="B186" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F186" s="3" t="s">
-        <v>360</v>
+        <v>389</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>378</v>
+        <v>428</v>
       </c>
     </row>
     <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="C187" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="B187" s="1" t="s">
+      <c r="D187" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E187" s="3" t="s">
         <v>718</v>
       </c>
-      <c r="C187" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F187" s="3" t="s">
-        <v>360</v>
+        <v>389</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>378</v>
+        <v>390</v>
       </c>
     </row>
     <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="B188" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="B188" s="1" t="s">
+      <c r="C188" s="1" t="s">
         <v>721</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>722</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>360</v>
+        <v>389</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>378</v>
+        <v>428</v>
       </c>
     </row>
     <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
         <v>723</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>724</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>503</v>
+        <v>725</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>360</v>
+        <v>727</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>378</v>
+        <v>20</v>
       </c>
     </row>
     <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="B190" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>731</v>
+      </c>
+      <c r="F190" s="3" t="s">
         <v>727</v>
       </c>
-      <c r="C190" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G190" s="3" t="s">
-        <v>342</v>
+        <v>20</v>
       </c>
     </row>
     <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>503</v>
+        <v>512</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>360</v>
+        <v>372</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
     </row>
     <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>735</v>
+        <v>512</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
     </row>
     <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>739</v>
+        <v>512</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>740</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>13</v>
+        <v>372</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
     </row>
     <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
         <v>741</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>742</v>
       </c>
       <c r="C194" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E194" s="3" t="s">
         <v>743</v>
       </c>
-      <c r="D194" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F194" s="3" t="s">
-        <v>13</v>
+        <v>372</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>338</v>
+        <v>390</v>
       </c>
     </row>
     <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="B195" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="B195" s="1" t="s">
+      <c r="C195" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="C195" s="1" t="s">
+      <c r="D195" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E195" s="3" t="s">
         <v>747</v>
       </c>
-      <c r="D195" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F195" s="3" t="s">
-        <v>13</v>
+        <v>372</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
     </row>
     <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="B196" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="B196" s="1" t="s">
+      <c r="C196" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>750</v>
       </c>
-      <c r="C196" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F196" s="3" t="s">
-        <v>13</v>
+        <v>372</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>342</v>
+        <v>411</v>
       </c>
     </row>
     <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E197" s="3" t="s">
         <v>753</v>
       </c>
-      <c r="B197" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F197" s="3" t="s">
-        <v>13</v>
+        <v>281</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>342</v>
+        <v>531</v>
       </c>
     </row>
     <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E198" s="3" t="s">
         <v>757</v>
       </c>
-      <c r="B198" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F198" s="3" t="s">
-        <v>13</v>
+        <v>389</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>399</v>
+        <v>411</v>
       </c>
     </row>
     <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>761</v>
-      </c>
-[...10 lines deleted...]
-        <v>764</v>
       </c>
       <c r="F199" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>399</v>
+        <v>411</v>
       </c>
     </row>
     <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>765</v>
-      </c>
-[...10 lines deleted...]
-        <v>768</v>
       </c>
       <c r="F200" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>399</v>
+        <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>769</v>
-      </c>
-[...10 lines deleted...]
-        <v>772</v>
       </c>
       <c r="F201" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>399</v>
+        <v>354</v>
       </c>
     </row>
     <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E202" s="3" t="s">
         <v>773</v>
-      </c>
-[...10 lines deleted...]
-        <v>776</v>
       </c>
       <c r="F202" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>399</v>
+        <v>354</v>
       </c>
     </row>
     <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>777</v>
-      </c>
-[...10 lines deleted...]
-        <v>780</v>
       </c>
       <c r="F203" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>399</v>
+        <v>411</v>
       </c>
     </row>
     <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>781</v>
       </c>
-      <c r="B204" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F204" s="3" t="s">
-        <v>785</v>
+        <v>13</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>786</v>
+        <v>411</v>
       </c>
     </row>
     <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>787</v>
+        <v>782</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>788</v>
+        <v>783</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>789</v>
+        <v>784</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>790</v>
+        <v>785</v>
       </c>
       <c r="F205" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>399</v>
+        <v>411</v>
       </c>
     </row>
     <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>791</v>
+        <v>786</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>792</v>
+        <v>787</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>793</v>
+        <v>788</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>794</v>
+        <v>789</v>
       </c>
       <c r="F206" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>338</v>
+        <v>411</v>
       </c>
     </row>
     <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>795</v>
+        <v>790</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>796</v>
+        <v>791</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>797</v>
+        <v>792</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>798</v>
+        <v>793</v>
       </c>
       <c r="F207" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>399</v>
+        <v>411</v>
       </c>
     </row>
     <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>799</v>
+        <v>794</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>800</v>
+        <v>795</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>801</v>
+        <v>796</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>802</v>
+        <v>797</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>377</v>
+        <v>13</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>290</v>
+        <v>411</v>
       </c>
     </row>
     <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>801</v>
+      </c>
+      <c r="F209" s="3" t="s">
+        <v>802</v>
+      </c>
+      <c r="G209" s="3" t="s">
         <v>803</v>
-      </c>
-[...16 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E210" s="3" t="s">
         <v>807</v>
       </c>
-      <c r="B210" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F210" s="3" t="s">
-        <v>377</v>
+        <v>13</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>290</v>
+        <v>411</v>
       </c>
     </row>
     <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E211" s="3" t="s">
         <v>811</v>
       </c>
-      <c r="B211" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F211" s="3" t="s">
-        <v>377</v>
+        <v>13</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>815</v>
       </c>
-      <c r="B212" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F212" s="3" t="s">
-        <v>377</v>
+        <v>13</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>290</v>
+        <v>411</v>
       </c>
     </row>
     <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>408</v>
+        <v>816</v>
       </c>
       <c r="B213" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>819</v>
       </c>
-      <c r="C213" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F213" s="3" t="s">
-        <v>377</v>
+        <v>13</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>378</v>
+        <v>390</v>
       </c>
     </row>
     <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="C214" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="B214" s="1" t="s">
+      <c r="D214" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>823</v>
       </c>
-      <c r="C214" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F214" s="3" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>378</v>
+        <v>299</v>
       </c>
     </row>
     <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="C215" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="D215" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>827</v>
       </c>
-      <c r="C215" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F215" s="3" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>378</v>
+        <v>299</v>
       </c>
     </row>
     <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C216" s="1" t="s">
         <v>830</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="D216" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>831</v>
       </c>
-      <c r="C216" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F216" s="3" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>416</v>
+        <v>299</v>
       </c>
     </row>
     <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="B217" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="B217" s="1" t="s">
+      <c r="C217" s="1" t="s">
         <v>834</v>
-      </c>
-[...1 lines deleted...]
-        <v>650</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>835</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>416</v>
+        <v>299</v>
       </c>
     </row>
     <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
         <v>836</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>837</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>838</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>839</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="B219" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="B219" s="1" t="s">
+      <c r="C219" s="1" t="s">
         <v>841</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>842</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>399</v>
+        <v>390</v>
+      </c>
+    </row>
+    <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>846</v>
+      </c>
+      <c r="F220" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="F221" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>853</v>
+      </c>
+      <c r="F222" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>856</v>
+      </c>
+      <c r="F223" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>860</v>
+      </c>
+      <c r="F224" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E225" s="3" t="s">
+        <v>863</v>
+      </c>
+      <c r="F225" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="F226" s="3" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E227" s="3" t="s">
+        <v>870</v>
+      </c>
+      <c r="F227" s="3" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E228" s="3" t="s">
+        <v>874</v>
+      </c>
+      <c r="F228" s="3" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>878</v>
+      </c>
+      <c r="F229" s="3" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>881</v>
+      </c>
+      <c r="F230" s="3" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="F231" s="3" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E232" s="3" t="s">
+        <v>887</v>
+      </c>
+      <c r="F232" s="3" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E233" s="3" t="s">
+        <v>890</v>
+      </c>
+      <c r="F233" s="3" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E234" s="3" t="s">
+        <v>892</v>
+      </c>
+      <c r="F234" s="3" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="F235" s="3" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E236" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="F236" s="3" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E237" s="3" t="s">
+        <v>898</v>
+      </c>
+      <c r="F237" s="3" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>900</v>
+      </c>
+      <c r="F238" s="3" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E239" s="3" t="s">
+        <v>904</v>
+      </c>
+      <c r="F239" s="3" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E240" s="3" t="s">
+        <v>908</v>
+      </c>
+      <c r="F240" s="3" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E241" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="F241" s="3" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E242" s="3" t="s">
+        <v>916</v>
+      </c>
+      <c r="F242" s="3" t="s">
+        <v>428</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">