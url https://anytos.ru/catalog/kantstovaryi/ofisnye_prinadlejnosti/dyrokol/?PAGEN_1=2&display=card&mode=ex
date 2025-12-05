--- v0 (2025-10-17)
+++ v1 (2025-12-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="868">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="852">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
@@ -71,728 +71,692 @@
   <si>
     <t>Дырокол</t>
   </si>
   <si>
     <t>415025</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/326/32661acb8fa6ea735f45579e0a7a5c2b.jpeg</t>
   </si>
   <si>
     <t>Дырокол мощный Attache до 100 листов, металлический, черный</t>
   </si>
   <si>
     <t>415028</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/17d/c185a8grw4382smk2p2hjdivrl6j1xww.jpg</t>
-[...8 lines deleted...]
-    <t>104334</t>
+    <t>http://anytos.ru//upload/iblock/965/44p4mr380ht8u0tsetx9w2qdn6kjpwsk.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол POWER черный металл 70 л. линейка форматов: DP70K штр.: 4602723036531</t>
+  </si>
+  <si>
+    <t>.</t>
+  </si>
+  <si>
+    <t>104356</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/048/048ef91c257981d88182bdfa3231a31f.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 20 л, металлический, черный, с линейкой: DDm_20041 штр.:  4260107457022</t>
+  </si>
+  <si>
+    <t>Дырокол 20 л, металлический, черный, с линейкой: DDm_20041 Дырокол позволяет перфорировать документы для последующей подшивки. Надежный механизм, острые ножи. Пластиковый поддон для конфетти. Блокировка для компактного хранения.</t>
+  </si>
+  <si>
+    <t>212338</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/09f/09fe2daff2a25af00d547b9a2729daa9.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол  quot;Office Soft quot; 30 л, пластиковый, черный, с линейкой: DDp_30161 штр.:  4606782166109</t>
+  </si>
+  <si>
+    <t>Дырокол &amp;quot;Office Soft&amp;quot; 30 л, пластиковый, черный, с линейкой: DDp_30161 Дыроколы серии &amp;quot;Office Soft&amp;quot; мощностью от 10 до 30 листов производятся с пластиковой верхней частью корпуса. Все они снабжены антискользящими мягкими вставками, органичительными линейками и удобными отделениями для конфетти, которые легко очищать благодаря специальной форме дна. Каждая модель выполнена в двух артикулах: с мягкой вставкой черного цвета, а также цветов ассорти: серый, синий, красный. Корпус дырокола всегда черный.</t>
+  </si>
+  <si>
+    <t>212785</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a9b/a9bb5d51fce0c18cfc84a597a234a820.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол  quot;Office Soft quot; 65 л, металлический, черный, с линейкой: DDm_65168 штр.:  4606782164600</t>
+  </si>
+  <si>
+    <t>Дырокол &amp;quot;Office Soft&amp;quot; 65 л, металлический, черный, с линейкой: DDm_65168 Дырокол серии &amp;quot;Office Soft&amp;quot; можщностью 65 листов производится в полностью металлическом корпусе с мягкой антискользящей вставкой в верхней части. Он также снабжен ограничительной линейкой, а его поддон для конфетти легко очищать благодаря особой форме дна. Корпус черного цвета, антисколльзящая вставка: серая.</t>
+  </si>
+  <si>
+    <t>212976</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b5/i7vnwkimkkn4m6uiuofw98xhtcniee9o.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 20 л, металлический, ассорти, с линейкой: DDm_20049 штр.:  4260107457039</t>
+  </si>
+  <si>
+    <t>Дырокол 20 л, металлический, ассорти, с линейкой: DDm_20049 Цельнометаллический дырокол. Форматная линейка. Пластиковый поддон для конфетти. Блокировка для компактного хранения. Пробивная способность до 20 л.</t>
+  </si>
+  <si>
+    <t>214083</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ddf/ddf80e3221787bbc76006c589c2b2a95.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 10 л., пластиковый, черный, с линейкой: P_7114 222111 штр.:  4680211051143</t>
+  </si>
+  <si>
+    <t>Дырокол 10 л., пластиковый, черный, с линейкой: P_7114/222111 Дырокол пластиковый черный, пробивает до 10 листов, с линейкой</t>
+  </si>
+  <si>
+    <t>214384</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce0/ce0fb02a4c60e8de5b8a4975fe7738f5.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол  quot;Office Soft quot; 10 л, пластиковый, черный, с линейкой: DDp_10161 штр.:  4606782166079</t>
+  </si>
+  <si>
+    <t>Дырокол &amp;quot;Office Soft&amp;quot; 10 л, пластиковый, черный, с линейкой: DDp_10161 Дыроколы серии &amp;quot;Office Soft&amp;quot; мощностью от 10 до 30 листов производятся с пластиковой верхней частью корпуса. Все они снабжены антискользящими мягкими вставками, органичительными линейками и удобными отделениями для конфетти, которые легко очищать благодаря специальной форме дна. Каждая модель выполнена в двух артикулах: с мягкой вставкой черного цвета, а также цветов ассорти: серый, синий, красный. Корпус дырокола всегда черный.</t>
+  </si>
+  <si>
+    <t>214393</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12f/12f7f79b36e47c28d97fcfb80e048d48.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол  quot;Office Soft quot; 20 л, пластиковый, черный, с линейкой: DDp_20161 штр.:  4606782166086</t>
+  </si>
+  <si>
+    <t>Дырокол &amp;quot;Office Soft&amp;quot; 20 л, пластиковый, черный, с линейкой: DDp_20161 Дыроколы серии &amp;quot;Office Soft&amp;quot; мощностью от 10 до 30 листов производятся с пластиковой верхней частью корпуса. Все они снабжены антискользящими мягкими вставками, органичительными линейками и удобными отделениями для конфетти, которые легко очищать благодаря специальной форме дна. Каждая модель выполнена в двух артикулах: с мягкой вставкой черного цвета, а также цветов ассорти: серый, синий, красный. Корпус дырокола всегда черный.</t>
+  </si>
+  <si>
+    <t>215582</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fcf/fcffa8a612ffc522fef8fbec1e983a23.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 40 л, металлический, черный, с линейкой: DDm_40071 штр.:  4260107457060</t>
+  </si>
+  <si>
+    <t>Дырокол 40 л, металлический, черный, с линейкой: DDm_40071 Дырокол позволяет перфорировать документы для последующей подшивки. Надежный механизм, острые ножи. Пластиковый поддон для бумажных отходов. Блокировка для компактного хранения.</t>
+  </si>
+  <si>
+    <t>215877</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6b5/6b525a88abb773946cc5dac080d4ba02.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 10 л, металлический, черный, с линейкой: DDm_10011 штр.:  4260107457008</t>
+  </si>
+  <si>
+    <t>Дырокол 10 л, металлический, черный, с линейкой: DDm_10011 Дырокол позволяет перфорировать документы для последующей подшивки. Надежный механизм, острые ножи. Пластиковый поддон для конфетти. Блокировка для компактного хранения.</t>
+  </si>
+  <si>
+    <t>215988</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d4/3d4bad7d6d61f306b6145c79b64f254a.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 30 л, металлический, черный, с линейкой: P8714_1866BK штр.:  4650062498664</t>
+  </si>
+  <si>
+    <t>Дырокол 30 л, металлический, черный, с линейкой: P8714_1866BK Дырокол металлический, пробивная мощность до 30 л., цвет корпуса - черный, с ограничительной линейкой</t>
+  </si>
+  <si>
+    <t>216142</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f03/f0337ea1c2f8edf46861bd45ae1e0e25.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 10 л, металлический, ассорти, с линейкой: DDm_10019 штр.:  4260107457015</t>
+  </si>
+  <si>
+    <t>Дырокол 10 л, металлический, ассорти, с линейкой: DDm_10019</t>
+  </si>
+  <si>
+    <t>217175</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/873/io5crgarjceaeopow5wcie6m5anj2wia.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 40 л, металлический, ассорти, с линейкой: DDm_40079 штр.:  4260107457077</t>
+  </si>
+  <si>
+    <t>Дырокол 40 л, металлический, ассорти, с линейкой: DDm_40079 Форматная линейка. Пластиковый поддон для конфетти. Блокировка для компактного хранения.</t>
+  </si>
+  <si>
+    <t>219591</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/55d/55d45273e74abf6d562ff5b921e7fb35.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 20 л, пластиковый, черный, с линейкой: P_7116 222110 штр.:  4680211051167</t>
+  </si>
+  <si>
+    <t>Дырокол 20 л, пластиковый, черный, с линейкой: P_7116/222110</t>
+  </si>
+  <si>
+    <t>236873</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1fd/1fd311a5edd528511635b9ed27cbfcea/0d0537c6c4f66c36c72b00c16f79ac12.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол люверсы 250 шт. уп, диаметр  4,8, золотистые штр.  4607121538052</t>
+  </si>
+  <si>
+    <t>Комплект люверсов&amp;nbsp;&amp;nbsp;для дырокола выполнены из металла золотистого цвета. Диаметр люверса - 4,8 мм. В упаковке содержится 250 штук. &amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>248468</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc2/bc2b3bae9b320bd3f05d6b428729b894/02990c4b03e02459f08ce54dcb939808.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол люверсы 250 шт. уп, диаметр  4,8, серебристые штр.  4607121538069</t>
+  </si>
+  <si>
+    <t>Комплект люверсов&amp;nbsp;&amp;nbsp;для дырокола выполнены из металла серебристого&amp;nbsp;&amp;nbsp;цвета. Диаметр люверса - 4,8 мм. В упаковке содержится 250 штук. &amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>248469</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/635/635a1108767c8101915be1a6ebdf5a6d/7bb002291be4a9903f84277e94973309.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол SAX Design 300 на 4 отверстия d 5.5 мм., до 20л., черный штр.  9014400221645</t>
+  </si>
+  <si>
+    <t>Дырокол Sax «Design 300» пробивает от двух до четырех отверстий в папке из 20 листов бумаги одновременно. Пробивает четыре отверстия диаметром 5,5 мм. Конструкция позволяет регулировать расстояние между проделываемыми отверстиями. Выполнен в пластиковом корпусе черного цвета.</t>
+  </si>
+  <si>
+    <t>248474</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sax/"&gt;SAX&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2d/a2d73f51648b8e3b75f6f8f8365cfea8/c7ed7347c868d57645a7d3158f18ee0e.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол для люверсов на 30 л. серебристый</t>
+  </si>
+  <si>
+    <t>Дырокол&amp;nbsp;&amp;nbsp;в металлическом корпусе, предназначенный для установки люверсов. Перфорирует одновременно до 30 листов бумаги. Диаметр пробиваемого отверстия - 5 мм. Дырокол позволяет регулировать глубину заложения листа на расстояние до 13 мм.</t>
+  </si>
+  <si>
+    <t>248476</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/920/920b2392e182b4e0dec7a577256792d3/527357218f4302809254a900858abe0e.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол ATTACHE 6304 до 10л., металл., синий штр.  4607121538182, 4680010101452, 4690432003432, 5321224538182, 6953070938909, 6953070938916, 6953070938923, 6957807200116</t>
+  </si>
+  <si>
+    <t>Дырокол Attache 6304 работает с документами толщиной до 10 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Дырокол выполнен в металлическом корпусе синего цвета.</t>
+  </si>
+  <si>
+    <t>248482</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/13a/13a80e3add89e43e897123996fe4009e/3541f120af4e7e5ba372853603378a0e.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол ATTACHE 6304 до 10л., металл., черный штр.  4607121538199, 4680010101469, 4690432003449, 6953070938930, 6953070938947, 6953070938954, 6957807200123</t>
+  </si>
+  <si>
+    <t>Дырокол Attache 6304 работает с документами толщиной до 10 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Дырокол выполнен в металлическом корпусе черного цвета.</t>
+  </si>
+  <si>
+    <t>248483</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f0/0f0b31ba6e3b4674aaee8d4429e35285/5a09b1c90b82148ebd8dd8e218c0e331.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache 6304 до 12 листов черный с линейкой</t>
+  </si>
+  <si>
+    <t>Дырокол Attache 6304 работает с документами толщиной до 12 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Наличие линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Дырокол выполнен в металлическом корпусе черного цвета.</t>
+  </si>
+  <si>
+    <t>248486</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/113/113fa444d1ad09b9da596f5988a257c4/ccf21bd479c1e12f9b53edf0f33dcaa7.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол ATTACHE 6720 до 20л., металл.,с лин.,с рез.вставкой,серебр. штр.  4680010101575, 6957807200185</t>
+  </si>
+  <si>
+    <t>Дырокол Attache 6720 работает с документами толщиной до 20 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер дырокола легко открывается и закрывается, исключая рассыпание конфетти. Наличие линейки с делениями на форматы А4, А6, А8 и 888 позволяет зафиксировать бумагу на нужном расстоянии. Дырокол выполнен в металлическом корпусе серебристого цвета. Перед началом использования необходимо снять фиксацию дырокола в сложенном виде. Для этого нужно одновременно нажать на металлическую кнопку возле основания дырокола и верхнюю часть дырокола. Точно также можно зафиксировать дырокол обратно в закрытое положение для экономии рабочего пространства и удобной перевозки</t>
+  </si>
+  <si>
+    <t>248487</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb2/eb2e09bb96e39e8f94afcffa7c54ba3c/318662e3d3acc4be91657ee19cde7918.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache 6730 до nbsp-30 листов серебристый с nbsp-линейкой</t>
+  </si>
+  <si>
+    <t>Дырокол Attache 6730 работает с документами толщиной до 30 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Наличие у дырокола линейки с делением на форматы А4, А6, А8 и 888 позволяет зафиксировать бумагу на нужном расстоянии. Дырокол выполнен в металлическом корпусе серебристого цвета. Перед началом использования необходимо снять фиксацию дырокола в сложенном виде. Для этого нужно одновременно нажать на металлическую кнопку возле основания дырокола и верхнюю часть дырокола. Точно также можно зафиксировать дырокол обратно в закрытое положение для экономии рабочего пространства и удобной перевозки</t>
+  </si>
+  <si>
+    <t>248488</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/38d/38d7c5e3fcedace3f6f90cd15f95741b/178e90483e8bf9dc319650ac6a34f1f7.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол ATTACHE 6760 до 60л., металл.,с лин.,с рез.вставкой,серебр. штр.  4680010101599, 6957807200208</t>
+  </si>
+  <si>
+    <t>Дырокол Attache работает с документами толщиной до 60 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Наличие у дырокола линейки с форматами деления А4, А6, А8 и 888 позволяет зафиксировать бумагу на нужном расстоянии. Дырокол выполнен в металлическом корпусе серебристого цвета. Перед началом использования необходимо снять фиксацию дырокола в сложенном виде. Для этого нужно одновременно нажать на металлическую кнопку возле основания дырокола и верхнюю часть дырокола. Точно также можно зафиксировать дырокол обратно в закрытое положение для экономии рабочего пространства и удобной перевозки</t>
+  </si>
+  <si>
+    <t>248489</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e3/0e3ef6247bf8268ea06bb378e22e0e3e/0f23e5782d4eb4cbea8bc4ed33222b91.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол SAX 406 до 30л., металл, с лин., синий, Австрия-Венгрия штр.  9002219021037</t>
+  </si>
+  <si>
+    <t>Дырокол Sax 406 работает с документами толщиной до 30 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Наличие линейки с делениями на форматы позволяет зафиксировать бумагу на нужном расстоянии. Дырокол выполнен в металлическом корпусе синего цвета.</t>
+  </si>
+  <si>
+    <t>248520</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d3/0d36ee985e402e0b03b464be2c688062/e639819c863fcd273b38b22db9be8459.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол SAX 506 до 40л., металл, с лин., черный, Австрия-Венгрия штр.  9002219021099</t>
+  </si>
+  <si>
+    <t>Дырокол Sax 506 работает с документами толщиной до 40 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Наличие линейки с делениями на форматы позволяет зафиксировать бумагу на нужном расстоянии. Дырокол выполнен в металлическом корпусе черного цвета.</t>
+  </si>
+  <si>
+    <t>248527</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/502/502de5ee108caa4625e934eea8ebc9a6/f0a160005a1f15d8dc45a6f5e273fb19.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол SAX 618 до 65л., металл, с лин., красный, Австрия-Венгрия штр.  3213118211108, 9002219011359</t>
+  </si>
+  <si>
+    <t>Дырокол Sax 618 эргономичного дизайна. Металлический корпус красного цвета с прорезиненным основанием исключает скольжение инструмента. Ручка с насечками обеспечивает удобный захват. Мощный механизм пробивает два круглых отверстия диаметром 5,5 мм в папке толщиной до 65 листов. Расстояние между отверстиями - 80 мм. Дырокол оснащен выдвижной линейкой для выравнивания листов.</t>
+  </si>
+  <si>
+    <t>248530</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/89b/89bae5e1a68d8623a24fc2fdbb7575fc/9f59d25b286712d90be0f0a92722233e.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол SAX 618 до 65л., металл, с лин., синий, Австрия-Венгрия штр.  9002219011366</t>
+  </si>
+  <si>
+    <t>Дырокол Sax 618 эргономичной формы с технологией Power assisted позволяет экономить усилия до 50&amp;#37;. Работает с документами толщиной до 65 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Наличие линейки позволяет зафиксировать бумагу на нужном расстоянии. Дырокол выполнен в металлическом корпусе синего цвета.</t>
+  </si>
+  <si>
+    <t>248531</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ffd/ffd4a79b31bc6d51d42206ec1f9a824f/c4141869e7ccd9e10d68f669a4e7a215.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол SAX 618 до 65л., металл, с лин., черный, Австрия-Венгрия штр.  9002219011373</t>
+  </si>
+  <si>
+    <t>Дырокол Sax 618 эргономичной формы с технологией Power assisted позволяет экономить усилия до 50&amp;#37;. Работает с документами толщиной до 65 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Наличие линейки позволяет зафиксировать бумагу на нужном расстоянии. Дырокол выполнен в металлическом корпусе черного цвета.</t>
+  </si>
+  <si>
+    <t>248532</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/688/5z1hv1yrtshf0kfrns72oy3cbs6tv9f2.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол пластиковый LITE до 10 листов синий: DL-10B штр.: 4602723082385</t>
+  </si>
+  <si>
+    <t>Дырокол LITE позволяет перфорировать документы для последующей подшивки, он работает с документами толщиной до 10 листов. Удобный контейнер дырокола легко открывается и закрывается, исключая рассыпание конфетти. Наличие линейки позволяет зафиксировать бумагу на нужном расстоянии.Основные преимущества дыроколов LITE:- Высокое качество составных частей- Облегчённый пластиковый корпус, металлический механизм- Острые ножи из высокоуглеродистой стали- Удобный пластиковый поддон для конфетти- Выдвижная форматная линейка- Пробивная способность 10 листов- Модели доступны&amp;nbsp;&amp;nbsp;в ярко-синем и чёрном цветах.</t>
+  </si>
+  <si>
+    <t>331229</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/19f/19f22dc880ed6bcb462ef30c3d9d76d9/f31d78962a170b902a26b6a3b43f0968.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Eco до 15 листов, черный 969342</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Eco до 15 листов, черный</t>
+  </si>
+  <si>
+    <t>334812</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/837/83709df6e941c92ab1d35ab073432746/32564592fb153a9154dbdba2ce58832d.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache до 30 листов, с линейкой, цвет черный 969348</t>
+  </si>
+  <si>
+    <t>Дырокол Attache до 30 листов, с линейкой, цвет черный</t>
+  </si>
+  <si>
+    <t>334815</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4d/d4d98f4658d9eb643efa9a0454dc2a7b/66eae3259cadd82ab266d6141aa496a1.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache до 40 листов, с линейкой, цвет синий 969349</t>
+  </si>
+  <si>
+    <t>Дырокол Attache до 40 листов, с линейкой, цвет синий</t>
+  </si>
+  <si>
+    <t>334816</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c73/c7326654b2898bea95b926021c6f1bc9/fb005f583023e38a316e29daa35e8a0d.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache до 40 листов, с линейкой, цвет черный 969350</t>
+  </si>
+  <si>
+    <t>Дырокол Attache до 40 листов, с линейкой, цвет черный</t>
+  </si>
+  <si>
+    <t>334817</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e4/6e4cbf9f0047efb7535f08714867ec7a.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 10 л, металлический, синий: P201BU_1300 штр.: 4650062493003</t>
+  </si>
+  <si>
+    <t>Металлический дырокол. Пластиковый поддон для конфетти.</t>
+  </si>
+  <si>
+    <t>337453</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/142/1428a653e4ba36b22db65e6da8bfec78.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 10 л, металлический, черный: P201BL_436 штр.: 4610008524369</t>
+  </si>
+  <si>
+    <t>337454</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7fe/7fef7d183b92f6ce8880a5f7c2bd809e.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 20 л, металлический, черный, с линейкой: P204_1865BK штр.: 4650062498657</t>
+  </si>
+  <si>
+    <t>337455</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/003/0032501ee24b94a9defcb5fbf24d76f1.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 30 л, металлический, черный, с линейкой: DDm_30061 штр.: 4260107457046</t>
+  </si>
+  <si>
+    <t>Дырокол позволяет перфорировать документы для последующей подшивки. Надежный механизм, острые ножи. Пластиковый поддон для конфетти. Блокировка для компактного хранения.</t>
+  </si>
+  <si>
+    <t>337456</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/16d/16dbf35503dc8515f0803049bc5a0e32.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол мощный 100 л, черный, с линейкой: DDm_10141 штр.: 4260107468202</t>
+  </si>
+  <si>
+    <t>Пластиковый поддон для конфетти. Блокировка для компактного хранения. Запасные ножи в комплекте.</t>
+  </si>
+  <si>
+    <t>337457</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d30/d303ad74a8e0c82a1a07e14b98579f8e.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол мощный 150 л, черный, с линейкой: DDm_15021 штр.: 4260107478980</t>
+  </si>
+  <si>
+    <t>Мощный дырокол на 2 отверстия. Пластиковые диски в комплекте.</t>
+  </si>
+  <si>
+    <t>337458</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7d1/7d1c5baccc083bb215626f47881284a7.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол мощный на четыре отверстия 150 л, черный, с линейкой: DDm_15041 штр.: 4260107478997</t>
+  </si>
+  <si>
+    <t>Мощный дырокол на 4 отверстия. Запасные ножи и пластиковые диски в комплекте.</t>
+  </si>
+  <si>
+    <t>337459</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab2/igwfpuxn1z6uf50hfeeriqaz29wnr6v3.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол inФОРМАТ 30 л. синий  DOP-30B</t>
+  </si>
+  <si>
+    <t>Дыроколы серии «Оптима» - универсальный офисный инструмент. С легкостью пробивают заявленное количество листов – 10, 20 или 30. Эргономичная форма и ручка для надавливания имеют очень удобную конструкцию для использования. Металлический механизм – сверхпрочный, корпус изготовлен из приятного на ощупь высококачественного пластика, дырокол прослужит очень долго. Основные характеристики: - Фиксация в сложенном виде - Два вида сшивания – открытый и закрытый - Многоформатная линейка - На корпусе две метки для удобства центрирования - Пластиковый поддон для конфетти.</t>
+  </si>
+  <si>
+    <t>348934</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab3/7epf3bcaihg2wl8mvjbe7y91qmtq6o0q.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол inФОРМАТ 20 л. черный  DOP-20K</t>
+  </si>
+  <si>
+    <t>348935</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/067/067931bc9c6492d269348447b7566cd4.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Smart Technology quot; 45л., металл., энергосбер., с фиксатором, черный, с линейкой. DDm_45301</t>
+  </si>
+  <si>
+    <t>Цельнометаллический энергосберегающий дырокол. Форматная линейка. Поддон для конфетти. Фиксатор открывания для компактного хранения. Пробивает до 45 л. Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упаковка в картонную коробку. Цвет черный.</t>
+  </si>
+  <si>
+    <t>349128</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96e/96e99d1373a674aafcc6522972ac2a19.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Smart Technology quot; 15л., металлический, с фиксатором, черный, с линейкой. DDm_15101</t>
+  </si>
+  <si>
+    <t>Цельнометаллический дырокол. Форматная линейка. Поддон для конфетти. Фиксатор открывания для компактного хранения. Пробивает до 15 л. Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упаковка в картонную коробку. Цвет черный.</t>
+  </si>
+  <si>
+    <t>349132</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/877/877c605584238fb9e92794bbf4fe97de.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Smart Technology quot; 25л., металл., энергосбер., с фиксатором, черный, с линейкой. DDm_25201</t>
+  </si>
+  <si>
+    <t>Цельнометаллический энергосберегающий дырокол. Форматная линейка. Поддон для конфетти. Фиксатор открывания для компактного хранения. Пробивает до 25 л. Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упаковка в картонную коробку. Цвет черный.</t>
+  </si>
+  <si>
+    <t>349133</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a0/6a08a731f6f92c871ee2c55871ab40ba.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo 20л, 4 отверстия, металлический корпус, черный. Ddm_20400</t>
+  </si>
+  <si>
+    <t>Цельнометаллический дырокол на 4 отверстия. Пробивает 20л.&amp;nbsp;&amp;nbsp;Форматная линейка. Пластиковый поддон для конфетти. Упаковка в картонную коробку.</t>
+  </si>
+  <si>
+    <t>366800</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e0/5e0a6bf5b6c9d5ed8758f350ce831539/b0ca354c7152d28a474d185dd233591e.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Economy до 10 листов, без линейки, цвет черный</t>
+  </si>
+  <si>
+    <t>376696</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/430/4303f79168e5b0907371b0ceda6929b0/67959780d66272a38a17c28ae32ef520.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Economy до 30 листов, с линейкой, цвет черный</t>
+  </si>
+  <si>
+    <t>376702</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e77/e77b406ff5fabe545e4734e920a27aba/a2a485ea5ce965f10585507c080872ed.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Economy до 60листов, с линейкой, цвет черный</t>
+  </si>
+  <si>
+    <t>376704</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc0/zlyu5ur3zboxa5pxsj9wtru836tv0zb6.jpg</t>
+  </si>
+  <si>
+    <t>Сменные ножи для дырокола KW-trio 952 954, комплект 6 шт., 130001 6</t>
+  </si>
+  <si>
+    <t>Для супермощных дыроколов KW-trio 952 &amp;#40;код 220819&amp;#41;, KW-trio 954 &amp;#40;код 225146&amp;#41;.</t>
+  </si>
+  <si>
+    <t>409748</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kw-trio/"&gt;KW-Trio&lt;/a&gt;</t>
   </si>
   <si>
-    <t>1</t>
-[...661 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/78b/78bc1c3da0823c1efaedb88c0fa503f9.jpeg</t>
   </si>
   <si>
     <t>Дырокол Attache Economy до 20 листов, с линейкой, металл, синий</t>
   </si>
   <si>
     <t>415016</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/76d/76db271aa24dc2f9e2f70051621e775c/54891fa9e0f0f44bb78ef42a344528ba.jpg</t>
   </si>
   <si>
     <t>Дырокол Attache Power до 20л., металл., ч рный</t>
   </si>
   <si>
     <t>Дырокол Attache Power до 20л., металл., чёрный</t>
   </si>
   <si>
     <t>415018</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1aa/1aaf8d7d4a5725f7ab06fed57937deae/702a1f4c9db5bc9ce1f79a582479df10.jpg</t>
   </si>
   <si>
     <t>Дырокол Attache Power до 30л., металл., ч рный</t>
@@ -899,50 +863,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/87c/u5ajxiixqnzoau1sognq9e8u89izf16x.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический на 2-4 отверстия BRAUBERG  quot;HL-4 quot;, до 15 л, черный, 221160</t>
   </si>
   <si>
     <t>Металлический дырокол BRAUBERG &amp;quot;HL-4&amp;quot; позволяет аккуратно и точно пробить в бумаге 4 отверстия. Полностью металлический дырокол BRAUBERG &amp;quot;HL-4&amp;quot; пробивает до 15 л. бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 4, диаметр каждого – 6 мм, расстояние между отверстиями – 8 см. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора и блокиратором для компактного хранения.</t>
   </si>
   <si>
     <t>423686</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/560/wm6dt3dmmks48vd2k00s3ziun48biwc2.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический BRAUBERG  quot;PN-100M quot;, до 30 листов, ассорти  синий черный , 221277</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;PN-100M&amp;quot; поможет аккуратно пробить отверстия в бумаге. Такая вещь нужна в любом официальном заведении, частной фирме или для домашних нужд. Полностью металлический дырокол пробивает до 30 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения.</t>
   </si>
   <si>
     <t>423687</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/eaa/l0fdrtjbvkd3bhfs2tpq3w5wcrqwfftm.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;Original quot;, до 10 листов, черный, 222537</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Original&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Дырокол эргономичного дизайна пробивает до 10 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>423692</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f49/uml86pilit9oc1et98yi1qf8fsqln71x.jpg</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG  quot;Original quot;, до 20 листов, черный, 222539</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;Original&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Дырокол эргономичного дизайна пробивает до 20 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
   </si>
   <si>
     <t>423693</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fac/60pmj0fogyl9wyz8s4hr6zudb012ztwu.jpg</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG  quot;Original quot;, до 20 листов, синий, 222540</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;Original&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Дырокол эргономичного дизайна пробивает до 20 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический синий цвет отлично впишется в любой интерьер.</t>
   </si>
   <si>
     <t>423694</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/606/lyd0ga0i8zygx53g9l8hivykmvp0gj41.jpg</t>
@@ -983,50 +959,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/505/b0lf4pk8rsthxkvtkjxcwyjxzkmawibe.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический BRAUBERG  quot;Universal quot;, до 35 листов, ассорти  синий черный , 222784</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;Universal&amp;#43;&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Полностью металлический дырокол эргономичного дизайна пробивает до 35 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классические черный и синий цвета отлично впишутся в любой интерьер.</t>
   </si>
   <si>
     <t>423706</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b21/nws1qn2zuezvcexp2qis3q9wuibwoq7m.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический BRAUBERG  quot;Metallic quot;, до 20 листов, серебристый, 224339</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;Metallic&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Полностью металлический дырокол эргономичного дизайна пробивает до 20 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический серебристый цвет отлично впишется в любой интерьер.</t>
   </si>
   <si>
     <t>423707</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4fd/xmvb9h46vyh5hzp1mycra1oq9u72npp3.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический BRAUBERG  quot;Metallic quot;, до 40 листов, серебристый, 224342</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Metallic&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Полностью металлический дырокол эргономичного дизайна пробивает до 40 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 2, диаметр каждого – 6 мм, расстояние между отверстиями – 8 см. Метка центрирования поможет ровно разместить листы, а ограничительная линейка – пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический серебристый цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>423709</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/331/alxabnq1e9j7mvuqf7ux8b8cn03g3jmd.jpg</t>
   </si>
   <si>
     <t>Дырокол ЭНЕРГОСБЕРЕГАЮЩИЙ BRAUBERG  quot;Easy Press quot;, до 30 листов, БЕЗ УСИЛИЙ, 224343</t>
   </si>
   <si>
     <t>Высококачественный дырокол BRAUBERG &amp;quot;Easy Press&amp;quot; – незаменимый офисный инструмент для перфорации бумаги. Энергосберегающий дырокол эргономичного дизайна пробивает до 30 л. бумаги. Функция &amp;quot;без усилий&amp;quot; позволяет прикладывать на 60&amp;#37; меньше усилий при работе с дыроколом по сравнению с обычными моделями. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 2, диаметр каждого – 6 мм, расстояние между отверстиями – 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка – пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
   </si>
   <si>
     <t>423710</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/259/74nra43x5jmsr62ag4kg3k4atyokl0wa.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический STAFF, до 10 листов, без линейки, черный, 224647</t>
   </si>
   <si>
     <t>Дырокол STAFF – необходимый офисный предмет, предназначенный для перфорации бумаги. Полностью металлический дырокол пробивает до 10 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
   </si>
   <si>
     <t>423711</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
@@ -1085,104 +1073,104 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3b4/kwcslw13e0e3btx0zcasbmt2jmgiyb6b.jpg</t>
   </si>
   <si>
     <t>Люверсы омедненные KW-trio, комплект 250 шт., внутренний диаметр 4,8 мм, длина 4,6 мм, цвет золото, -9707</t>
   </si>
   <si>
     <t>Люверсы широко используются в постпечатном оформлении полиграфической продукции. Обычно они требуются там, где надо защитить отверстие &amp;#40;в менее прочном, чем металл, материале&amp;#41; от механического повреждения &amp;#40;разрыва, износа&amp;#41;.</t>
   </si>
   <si>
     <t>423718</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d77/iiv72t8cexlahdc8o02r1z801p14fpbd.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический МОЩНЫЙ KW-trio, до 70 листов, черный, -967</t>
   </si>
   <si>
     <t>Высококачественный дырокол обеспечивает точное и легкое пробивание бумаги.</t>
   </si>
   <si>
     <t>423719</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1cb/uq3d54d96wabppki9jsuwrvhwlsylqub.jpg</t>
-[...8 lines deleted...]
-    <t>423727</t>
+    <t>http://anytos.ru//upload/iblock/797/yxwqy9a6c3hizhyads8uamjsh1tykiay.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол на 1 отверстие для установки люверса  225143 , диаметр отверстия 5 мм,до 30 листов, хром, KW-trio, -9718</t>
+  </si>
+  <si>
+    <t>Дырокол для пробивания 1 отверстия с установкой люверса до 30 листов</t>
+  </si>
+  <si>
+    <t>423720</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d6/3at3y12iba76jp00270w6rv97wll4uz2.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол на 1 отверстие KW-trio, до 12 листов, ассорти  красный, синий, зеленый , -921</t>
+  </si>
+  <si>
+    <t>Высококачественный дырокол обеспечивает точное и легкое пробивание бумаги. Имеет интегрированный контейнер для бумаги, фиксируется в нажатом положении. Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>423721</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9e/8vb2xpopdsw72m0qgb9sl714rrp6fcbj.jpg</t>
   </si>
   <si>
     <t>Сменные диски для мощного дырокола BRAUBERG  quot;Heavy Duty quot;, до 100 листов, КОМПЛЕКТ 2 шт., 226875</t>
   </si>
   <si>
     <t>Сменные диски предназначены для для мощного дырокола BRAUBERG &amp;quot;Heavy Duty&amp;quot; на 100 листов &amp;#40;код 226869&amp;#41;. Изготовлены из черного пластика. Диаметр - 29 мм. 2 штуки в комплекте. Поставляются в пакете с европодвесом.</t>
   </si>
   <si>
     <t>423728</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4b2/cbmy6c0ebiriwxwgr06lx424xug3f7fx.jpg</t>
-[...8 lines deleted...]
-    <t>423729</t>
+    <t>http://anytos.ru//upload/iblock/d7c/8kn33lfezab2a8rnsgh0uel1ncaj75w0.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол фигурный  quot;Сердце quot;, диаметр вырезной фигуры 16 мм, ОСТРОВ СОКРОВИЩ, 227148</t>
+  </si>
+  <si>
+    <t>Фигурный дырокол ОСТРОВ СОКРОВИЩ - незаменимый и очень простой инструмент для детского и взрослого творчества. Используется для оформления края листа, для создания аппликаций, открыток, альбомов, пригласительных, а также для изготовления конфетти. Дырокол компактный и удобный в применении, размер - 6х8,5х13,6 см. Диаметр пробиваемого отверстия - 16 мм, форма вырубки - сердце. Режущие части, изготовленные из высококачественного металла, защищены пластмассовым корпусом, что делает дырокол ОСТРОВ СОКРОВИЩ безопасным для детей. Дыроколом можно работать по бумаге, картону и пористой резине плотностью от 80 до 200 г/м2.</t>
+  </si>
+  <si>
+    <t>423731</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ostrov-sokrovisch/"&gt;ОСТРОВ СОКРОВИЩ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d7c/8kn33lfezab2a8rnsgh0uel1ncaj75w0.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/803/hxbhd5hm7a2k1i1bkez3uen2kx0ez933.jpg</t>
   </si>
   <si>
     <t>Дырокол фигурный  quot;Звезда quot;, диаметр вырезной фигуры 16 мм, ОСТРОВ СОКРОВИЩ, 227149</t>
   </si>
   <si>
     <t>Фигурный дырокол ОСТРОВ СОКРОВИЩ - незаменимый и очень простой инструмент для детского и взрослого творчества. Используется для оформления края листа, для создания аппликаций, открыток, альбомов, пригласительных, а также для изготовления конфетти. Дырокол компактный и удобный в применении, размер - 6х8,5х13,6 см. Диаметр пробиваемого отверстия - 16 мм, форма вырубки - звезда. Режущие части, изготовленные из высококачественного металла, защищены пластмассовым корпусом, что делает дырокол ОСТРОВ СОКРОВИЩ безопасным для детей. Дыроколом можно работать по бумаге, картону и пористой резине плотностью от 80 до 200 г/м2.</t>
   </si>
   <si>
     <t>423732</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/795/yah1n6rkwtwh16us1yhkq8z9z08b3fjo.jpg</t>
   </si>
   <si>
     <t>Дырокол фигурный  quot;Цветок quot;, диаметр вырезной фигуры 16 мм, ОСТРОВ СОКРОВИЩ, 227152</t>
   </si>
   <si>
     <t>Фигурный дырокол ОСТРОВ СОКРОВИЩ - незаменимый и очень простой инструмент для детского и взрослого творчества. Используется для оформления края листа, для создания аппликаций, открыток, альбомов, пригласительных, а также для изготовления конфетти. Дырокол компактный и удобный в применении, размер - 6х8,5х13,6 см. Диаметр пробиваемого отверстия - 16 мм, форма вырубки - цветок. Режущие части, изготовленные из высококачественного металла, защищены пластмассовым корпусом, что делает дырокол ОСТРОВ СОКРОВИЩ безопасным для детей. Дыроколом можно работать по бумаге, картону и пористой резине плотностью от 80 до 200 г/м2.</t>
   </si>
   <si>
     <t>423734</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/248/tejlk8zyjav4ltzls2wml5xflt8qerfh.jpg</t>
@@ -1247,62 +1235,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/842/aei0619ky4x3b6b884djbqyq2835gwvr.jpg</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG  quot;Original quot;, до 20 листов, белый, 227787</t>
   </si>
   <si>
     <t>Дырокол для бумаг – это необходимый офисный предмет, с применением которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Офисный аксессуар предназначен для перфорации бумаги. Дырокол эргономичного дизайна с качественными пробойниками обеспечивает легкое и точное пробивание бумаги. Дырокол BRAUBERG &amp;quot;Original&amp;quot; способен пробить за один раз 20 листов бумаги. Стандартное количество пробиваемых отверстий - 2, диаметр каждого - 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Когда будет завершен отчетный период, они обычно сшиваются ниткой и снимаются с металлических колец. Метка центрирования поможет ровно разместить листы. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Текстурная поверхность позволяет рукам не скользить во время работы. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Малые размеры делового аксессуара помогут с легкостью разместить на рабочем столе, а классический белый цвет отлично впишется в любой интерьер.Дырокол отличного качества BRAUBERG &amp;quot;Original&amp;quot; по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
   </si>
   <si>
     <t>423762</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef2/yvj83xl47r0ayxe3t1g25q684nandwi5.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический BRAUBERG  quot;PN-150M quot;, до 35 листов, синий, 227789</t>
   </si>
   <si>
     <t>Настольный металлический дырокол BRAUBERG &amp;quot;PN-150M&amp;quot; обеспечивает легкое и точное пробивание бумаги. Дырокол BRAUBERG &amp;quot;Leistung&amp;quot; способен пробить за один раз 35 листов бумаги. Стандартное количество пробиваемых отверстий - 2, диаметр каждого - 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Когда будет завершен отчетный период, они обычно сшиваются ниткой и снимаются с металлических колец. Метка центрирования поможет ровно разместить листы. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Текстурная поверхность позволяет рукам не скользить во время работы. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Малые размеры делового аксессуара помогут с легкостью разместить на рабочем столе, а классический белый цвет отлично впишется в любой интерьер.</t>
   </si>
   <si>
     <t>423763</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2f6/wut0o2m136lsgrcaja7ez8s6pmaj2ik8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/90f/rrwxs6o83xoqz0qn2twpzllohfc909ug.jpg</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG  quot;Black Jack quot;, до 20 листов, черный, 227796</t>
   </si>
   <si>
     <t>Дырокол для бумаг &amp;quot;Black Jack&amp;quot; BRAUBERG – это необходимый офисный предмет, с применением которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Офисный аксессуар предназначен для перфорации бумаги. Способен пробить за один раз 20 листов бумаги. Стандартное количество пробиваемых отверстий - 2, диаметр каждого - 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Когда будет завершен отчетный период, они обычно сшиваются ниткой и снимаются с металлических колец. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Малые размеры делового аксессуара помогут с легкостью разместить на рабочем столе, а классический черный цвет отлично впишется в любой интерьер.Дырокол BRAUBERG &amp;quot;Black Jack&amp;quot; по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
   </si>
   <si>
     <t>423769</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/82e/7s9ptm8j957p1q3wkrm05folrpz6rzqa.jpg</t>
   </si>
   <si>
     <t>Дырокол Attache Power до 65л., металл., ч рный</t>
   </si>
   <si>
     <t>Дырокол Attache Power до 65л., металл., чёрный</t>
   </si>
   <si>
     <t>438378</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b6/6kxsh02tmf6hesvs4hjbouns10na96ku.jpg</t>
@@ -1463,59 +1439,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/02c/gkkba0lql50z7nylz7ufie15y229v27c.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический МОЩНЫЙ BRAUBERG  quot;Heavy duty quot;, до 60 листов, черный, 226868</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;Heavy duty&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Предназначен для перфорации большого объема бумажных листов. Мощный дырокол BRAUBERG &amp;quot;Heavy duty&amp;quot; пробивает до 60 л. бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 2, диаметр каждого – 6 мм, расстояние между отверстиями – 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка – пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора и блокиратором для компактного хранения.</t>
   </si>
   <si>
     <t>472817</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f44/f445050f8dc526ec98062c77c3283533/a3ce1cc8468063081522e1a3d7308910.jpg</t>
   </si>
   <si>
     <t>Дырокол энергосберегающий Berlingo  quot;Smart Technology quot; 15л, металлический, фиксатор, линейка, белый</t>
   </si>
   <si>
     <t>Цельнометаллический ЭНЕРГОСБЕРЕГАЮЩИЙ дырокол Berlingo &amp;quot;Smart Technology&amp;quot; выполнен в классических цветах. Прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 15 листов. Не требует усилий.&amp;nbsp;&amp;nbsp;Встроенный фиксатор обеспечивает компактное хранение дырокола. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
   </si>
   <si>
     <t>557698</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5e1/5e1a50efc42fa3aee5db965c88e16dea/fd58d5b7622347b8e6a59825dbf8cc90.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ff8/ff8df038441d1163ede29db38cf78369/9b378a721f734b26989c7fde2e840e1d.jpg</t>
   </si>
   <si>
     <t>Дырокол энергосберегающий Berlingo  quot;Smart Technology quot; 15л, металлический, фиксатор, линейка, красный</t>
   </si>
   <si>
     <t>557700</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/77d/77d8fa2951686475f69a5df5f252a218/06af10cc9a732d58cb58d707bce35878.jpg</t>
   </si>
   <si>
     <t>Дырокол Berlingo  quot;Office Soft quot; 30л., пластиковый, ассорти, с линейкой</t>
   </si>
   <si>
     <t>Дыроколы серии &amp;quot;Office Soft&amp;quot; мощностью от 10 до 30 листов производятся с пластиковой верхней частью корпуса. Все они снабжены антискользящими мягкими вставками, органичительными линейками и удобными отделениями для конфетти, которые легко очищать благодаря специальной форме дна. Каждая модель выполнена в двух артикулах: с мягкой вставкой черного цвета, а также цветов ассорти: серый, синий, красный. Корпус дырокола всегда черный.</t>
   </si>
   <si>
     <t>557701</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b7a/b7a47838c63cd834cebde00f0b083748/28545a1d1e9249d66dcc66162fadb61a.jpg</t>
   </si>
   <si>
     <t>Дырокол Berlingo  quot;Universal quot; 20л., металлический, серый</t>
@@ -1604,50 +1571,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b7c/jauo9uhrlayg4kbeamm1ts0e7bpa5bqi.jpg</t>
   </si>
   <si>
     <t>Дырокол MAPED  Франция   quot;Essentials Metal quot;, металлический, большой, на 35 листов, черный, 403411</t>
   </si>
   <si>
     <t>Металлический дырокол MAPED &amp;quot;Essentials Metal&amp;quot; обладает запатентованной системой выравнивания листов с помощью папки с кольцами. Пробивает до 35 листов плотностью 70 г/м2. Обладает лаконичным стильным дизайном и удобным контейнером для конфетти со съемной крышкой. Быстрое и точное пробивание благодаря центровочным меткам на корпусе. Дырокол снабжен выдвижной линейкой-ограничителем с надёжной фиксацией упора. Фиксация крышки в сложенном положении. Пробивает как 2, так и 4 отверстия &amp;#40;в 2 приема с помощью деления 3х8 на линейке&amp;#41;.</t>
   </si>
   <si>
     <t>563590</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/56a/8k33nmv9avc2c8y7f4xiy5grqxvsck9w.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический МОЩНЫЙ BRAUBERG  quot;Heavy duty quot;, до 150 листов, черный, 226870</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;Heavy duty&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Предназначен для перфорации большого объема бумажных листов. Мощный дырокол пробивает до 150 л. бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 2, диаметр каждого – 6 мм, расстояние между отверстиями – 80 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора и блокиратором для компактного хранения.</t>
   </si>
   <si>
     <t>563591</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/0e2/rzrfbpf8vv8f5j2f524dsux6kn4xr8o4.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол на 2-3-4 отверстия KW-trio, до 30 листов</t>
+  </si>
+  <si>
+    <t>Дырокол повышенной мощности на 4 отверстия с регулируемым расстоянием между отверстиями. Отлично подойдет для работы с большим объемом подшиваемых документов &amp;#40;работа с каталогами, архивами, бухгалтерскими документами&amp;#41;.</t>
+  </si>
+  <si>
+    <t>563592</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a6a/a6afdf4504f2a9b9e613780b95723e38/8182c2baf83637485278c0b34586d339.jpg</t>
   </si>
   <si>
     <t>Дырокол Attache Economy до 20 листов, с линейкой, цвет черный</t>
   </si>
   <si>
     <t>581925</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2ec/rtm2072zedtsda1afmy7ebhgg3esaasn.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический МОЩНЫЙ BRAUBERG  quot;Heavy duty quot; до 65 листов, эргономичный, черный</t>
   </si>
   <si>
     <t>Качественный дырокол BRAUBERG &amp;quot;Heavy duty&amp;quot; обеспечивает точное и легкое пробивание большого объема бумажных листов. Способен пробить за один раз 65 л. бумаги. Стандартное количество пробиваемых отверстий – 2, диаметр каждого – 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Когда будет завершен отчетный период, они обычно сшиваются ниткой и снимаются с металлических колец. Метка центрирования поможет ровно разместить листы. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Средние размеры делового аксессуара помогут с легкостью разместить на рабочем столе, а классическое сочетание черного с серым цветом отлично впишется в любой интерьер.</t>
   </si>
   <si>
     <t>600470</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b27/7n5g1m0xraz5kn21i21vk37rmuvhoenc.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический BRAUBERG  quot;Extra quot;, до 40 листов, черный, 229093</t>
@@ -1709,128 +1688,152 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7f5/07grlojdwm2ntt5wrvjlh1wkm9hip8hs.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический BRAUBERG  quot;ULTRA quot;, до 20 листов, голубой, 228759</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;ULTRA&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Дырокол эргономичного дизайна с металлическим механизмом пробивает до 20 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря эргономичной форме поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора. Лакированный корпус из высокопрочного металла в несколько раз сократит износ, а яркий голубой цвет отлично украсит рабочий стол.</t>
   </si>
   <si>
     <t>616785</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7b5/q4zt449lb4dpamm4kvv1a1ymwi3pcmn4.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический BRAUBERG  quot;ULTRA quot;, до 20 листов, черный, 228758</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;ULTRA&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Дырокол эргономичного дизайна с металлическим механизмом пробивает до 20 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря эргономичной форме поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора. Лакированный корпус из высокопрочного металла в несколько раз сократит износ, а классический черный цвет отлично впишется в любой интерьер.</t>
   </si>
   <si>
     <t>616786</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7b5/tewmzyw6lr8vcbsyz0siugxtejf3nt3v.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8e3/8e3afbcd84e2a0a04987ad47be3eef4d.jpg</t>
   </si>
   <si>
     <t>Дырокол Berlingo  quot;Universal quot; 10л., металлический, серый</t>
   </si>
   <si>
     <t>Цельнометаллический дырокол Berlingo &amp;quot;Universal&amp;quot; прекрасно&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 10 листов. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
   </si>
   <si>
     <t>618462</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2c1/2c1e7ed9fa5cde3b233a9e6cea2fbc4b.jpg</t>
   </si>
   <si>
     <t>Дырокол Berlingo  quot;Universal quot; 10л., металлический, синий</t>
   </si>
   <si>
     <t>618463</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/25b/25beb202412d86d4995c10be9b324024.jpg</t>
   </si>
   <si>
     <t>Дырокол Attache Economy до 100 листов, с линейкой, металл, серый</t>
   </si>
   <si>
     <t>625710</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bad/61lhehuyxz3dvmk2cjwugz9m5bdvuo7e.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол на 2-3-4 отверстия KW-trio, до 10 листов, черный, 999D, -999D</t>
+  </si>
+  <si>
+    <t>Дырокол позволяет аккуратно и точно пробить в бумаге 2, 3 или 4 отверстия. Отлично подойдет для работы с большим объемом подшиваемых документов &amp;#40;работа с каталогами, архивами, бухгалтерскими документами&amp;#41;.</t>
+  </si>
+  <si>
+    <t>629720</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/71b/71ba6b2a39c840028f843ac5efbabcd4.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Office Soft quot; 30л., пластиковый, синий, с линейкой</t>
+  </si>
+  <si>
+    <t>Пластиковый дырокол Berlingo &amp;quot;Office Soft&amp;quot; прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования.&amp;nbsp;&amp;nbsp;Антискользящая прорезиненная вставка обеспечивает еще более комфортную работу дырокола. Пробивает до 30 листов.&amp;nbsp;&amp;nbsp;Встроенный фиксатор обеспечивает компактное хранение дырокола. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии.&amp;nbsp;&amp;nbsp;Удобный контейнер для храния конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>630026</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fdb/bni7tzsduzf7grqxv2qlyhyjx9p1mfxe.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический BRAUBERG  quot;PN-150M quot;, до 35 листов, черный, 227788</t>
   </si>
   <si>
     <t>Настольный металлический дырокол BRAUBERG &amp;quot;PN-150M&amp;quot; обеспечивает легкое и точное пробивание бумаги. Способен пробить за один раз 35 листов бумаги. Стандартное количество пробиваемых отверстий - 2, диаметр каждого - 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Когда будет завершен отчетный период, они обычно сшиваются ниткой и снимаются с металлических колец. Метка центрирования поможет ровно разместить листы. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Малые размеры делового аксессуара помогут с легкостью разместить на рабочем столе, а классический черный цвет отлично впишется в любой интерьер.Данный товар относится к среднему ценовому сегменту.</t>
   </si>
   <si>
     <t>631004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ea/9nhjo22t620hen3pqdz1kpicm5iydk8c.jpg</t>
   </si>
   <si>
     <t>Дырокол MAPED  Франция   quot;Essentials quot;, металлический, большой, на 45 листов, черный, 404411</t>
   </si>
   <si>
     <t>Металлический большой дырокол MAPED &amp;quot;Essentials Metal&amp;quot; обладает запатентованной системой выравнивания листов с помощью папки с кольцами. Пробивает до 45 листов плотностью 70 г/м2. Обладает лаконичным стильным дизайном и удобным контейнером для конфетти со съемной крышкой. Быстрое и точное пробивание благодаря центровочным меткам на корпусе. Дырокол снабжен выдвижной линейкой-ограничителем с надёжной фиксацией упора. Фиксация крышки в сложенном положении. Пробивает как 2, так и 4 отверстия &amp;#40;в 2 приема с помощью деления 3х8 на линейке&amp;#41;.</t>
   </si>
   <si>
     <t>631006</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/66b/3r0cyh7kuzj20rvwifo8c5adrnayj0a5.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический МОЩНЫЙ KW-trio, до 150 листов, черный, 952</t>
   </si>
   <si>
     <t>Высококачественный супермощный дырокол. Внимание! Не предназначен для пробивания картона!</t>
   </si>
   <si>
     <t>636876</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ca4/ca4cede2dbbbae449329f999a2e4d922.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол фигурный для скругления угла, ОСТРОВ СОКРОВИЩ, 662781</t>
+  </si>
+  <si>
+    <t>Фигурный дырокол ОСТРОВ СОКРОВИЩ - незаменимый инструмент для хобби и творчества. Используется для создания и оформления открыток, скрап-альбомов, пригласительных, конвертов. Позволяет закруглить углы или создать выемку без использования ножниц. Радиус скругления угла составляет 8 мм, глубина выемки - 10 мм. Дырокол подходит для работы с бумагой и картоном плотностью от 120 г/м2 до 220 г/м2. Высококачественные металлические ножи обеспечат долгую службу, а при необходимости могут быть заточены согласно инструкции на обратной стороне упаковки. Дырокол безопасен и прост в работе, может использоваться детьми и взрослыми.</t>
+  </si>
+  <si>
+    <t>644127</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fe2/zbslqh1f1hdsk0mprjf0oif6qylhzk3g.jpg</t>
   </si>
   <si>
     <t>Дырокол фигурный, со сменными насадками, 5 штук, ОСТРОВ СОКРОВИЩ, 662783</t>
   </si>
   <si>
     <t>Фигурный дырокол ОСТРОВ СОКРОВИЩ - незаменимый и очень простой инструмент для детского и взрослого творчества. Используется для создания аппликаций, оформления открыток, скрап-альбомов, пригласительных, а также для изготовления конфетти. В набор входят 5 насадок с различными вырубками: сердечко, ангел, бабочка, снежинка, воздушный шарик. Вырубки можно использовать совместно для создания других интересных рисунков. Подробная инструкция размещена на обратной стороне упаковки.Диаметр вырубки составляет 12 мм, вырубленные элементы могут быть использованы в качестве конфетти. Дырокол надёжен, безопасен и прост в работе, может использоваться детьми и взрослыми.</t>
   </si>
   <si>
     <t>644129</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b34/b34452b422cba9e4169678c79d4ca36c.jpg</t>
   </si>
   <si>
     <t>Дырокол Attache Economy до 60 листов, с линейкой, металл, синий</t>
   </si>
   <si>
     <t>644914</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e5c/qbzfozk1efvmg09simxaqfq336lidnqh.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический BRAUBERG  quot;Classic quot;, до 25 листов, черный, 229697</t>
@@ -2081,62 +2084,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6fa/wwz1ewp5a1i9yyfz94mvi4jd7ul4h8n6.jpg</t>
   </si>
   <si>
     <t>Дырокол Berlingo  quot;Power TX quot; 10л., металлический, с линейкой, черный</t>
   </si>
   <si>
     <t>Цельнометаллический дырокол Berlingo &amp;quot;Power TX&amp;quot; выполнен в стильном черном цвете. Прекрасно&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 10 листов.&amp;nbsp;&amp;nbsp;Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
   </si>
   <si>
     <t>775204</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b68/0qk5ssxgis2450h8katc4azaeu4pjajc.jpg</t>
   </si>
   <si>
     <t>Дырокол Berlingo  quot;Power TX quot; 20л., металлический, с фиксатором и линейкой, черный</t>
   </si>
   <si>
     <t>Цельнометаллический дырокол Berlingo &amp;quot;Power TX&amp;quot; выполнен в стильном черном цвете. Прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 20 листов.&amp;nbsp;&amp;nbsp;Встроенный фиксатор обеспечивает компактное хранение дырокола. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
   </si>
   <si>
     <t>775205</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a2b/0mt05i0ac8ti3as4jnicfntn48fk2emu.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c81/0i3qqtpufb20s8945a3rl4fw0py2bkyb.jpg</t>
   </si>
   <si>
     <t>Дырокол Berlingo  quot;Power TX quot; 60л., металлический, с фиксатором и линейкой, черный</t>
   </si>
   <si>
     <t>Цельнометаллический дырокол Berlingo &amp;quot;&amp;quot;Power TX&amp;quot;&amp;quot; выполнен в стильном черном цвете. Прекрасно&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 60 листов.&amp;nbsp;&amp;nbsp;Встроенный фиксатор обеспечивает компактное хранение дырокола. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии.&amp;nbsp;&amp;nbsp;Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
   </si>
   <si>
     <t>775208</t>
   </si>
   <si>
     <t xml:space="preserve">Дырокол Erich Krause  Elegance до 20 листов, черный  в коробке по 1 шт. </t>
   </si>
   <si>
     <t>Дырокол Erich Krause® Elegance до 20 листов, черный &amp;#40;в коробке по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>791949</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6b6/dcqbyvebc0d4lpepal4mlnxkdteax3m4.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Дырокол Erich Krause  R20 до 15 листов, красный  в коробке по 1 шт. </t>
@@ -2162,50 +2153,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3ba/zlgniuzprqk7r8n5d0b3oiqz1a0rhxpl.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Дырокол ErichKrause  Quadro до 10 листов, черный  в коробке по 1 шт. </t>
   </si>
   <si>
     <t>Дырокол ErichKrause® Quadro до 10 листов, черный &amp;#40;в коробке по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>798395</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e0e/f4zydt3nu6d1gu6prwtpk8jf8w7stidh.jpg</t>
   </si>
   <si>
     <t>Сменные запасные части для дырокола KW-trio 9550, комплект 2 ножа и 4 пластиковых диска, блистер, 1300534, -1300534</t>
   </si>
   <si>
     <t>Комплект запасных частей для мощного дырокола KW-trio 9550.</t>
   </si>
   <si>
     <t>829455</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/74d/gzg25ub9j3yw0rve38p61eykwl5eya22.jpg</t>
+  </si>
+  <si>
+    <t>Комплект сменных ножей и дисков для мощных дыроколов Berlingo  quot;Heavy Duty quot;, до 150л.  артикулы DDm_15021, DDm_15041  4шт в блистере</t>
+  </si>
+  <si>
+    <t>Комплект сменных ножей и дисков для мощных дыроколов Berlingo &amp;quot;Heavy Duty&amp;quot;, 4 шт в блистере. Подходят для дыроколов Berlingo DDm_15021, DDm_15041, мощностью до 150 листов. В состав набора входят : стальные ножи диаметром 6мм&amp;nbsp;&amp;nbsp;и пластиковые диски диаметром 25мм. Набор упакован в блистер с е/п.</t>
+  </si>
+  <si>
+    <t>833702</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e14/u3xzm3jww6lwbl69an3ursd8z7fmc5a4.jpg</t>
   </si>
   <si>
     <t>Дырокол энергосберегающий Berlingo  quot;Smart Technology quot; 25л, металлический, фиксатор, линейка, белый</t>
   </si>
   <si>
     <t>Цельнометаллический ЭНЕРГОСБЕРЕГАЮЩИЙ дырокол Berlingo &amp;quot;Smart Technology&amp;quot; выполнен в классических цветах. Прекрасно подходит для ежедневного использования. Пробивает до 25 листов. Не требует усилий. Встроенный фиксатор обеспечивает компактное хранение дырокола. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти. Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
   </si>
   <si>
     <t>836028</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b16/s5xcih5x2gvavk8cwovth8vjl2319eoz.jpg</t>
   </si>
   <si>
     <t>Дырокол энергосберегающий Berlingo  quot;Smart Technology quot; 25л, металлический, фиксатор, линейка, красный</t>
   </si>
   <si>
     <t>836029</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c15/a4bneksemhgitxso1iqbwo0mwphaqdge.jpg</t>
   </si>
   <si>
     <t>Дырокол энергосберегающий Berlingo  quot;Smart Technology quot; 25л, металлический, фиксатор, линейка, синий</t>
@@ -2291,50 +2294,59 @@
   <si>
     <t>884015</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d59/ie9gwxiefvj686mry0jkth1b9vzwou8l.jpg</t>
   </si>
   <si>
     <t>Дырокол Berlingo  quot;Round quot; 20л., пластиковый, белый</t>
   </si>
   <si>
     <t>Пластиковый дырокол Berlingo &amp;quot;Round&amp;quot; выполнен в нежных пастельных цветах, прекрасно подходит для ежедневного использования. Пробивает до 20 листов. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти. Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
   </si>
   <si>
     <t>884016</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f6d/v454zl0ifs8s9g13h2z7p5go1bnbngde.jpg</t>
   </si>
   <si>
     <t>Дырокол Berlingo  quot;Round quot; 20л., пластиковый, голубой</t>
   </si>
   <si>
     <t>884017</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/091/ws7mgc4ntiyhv5x9kodsgb900ssco47w.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Round quot; 20л., пластиковый, розовый</t>
+  </si>
+  <si>
+    <t>884018</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/149/nnwi1z93eo4weuqo5rrqdk0mgiv3mzph.jpg</t>
   </si>
   <si>
     <t>Дырокол на 4 отверстия металлический МОЩНЫЙ BRAUBERG  quot;Heavy Duty Extra quot;, до 150 листов, 270555</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;Heavy Duty Extra&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Предназначен для перфорации большого объема бумажных листов. Мощный дырокол пробивает до 150 л. бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 4, диаметр каждого – 6 мм, расстояние между отверстиями – 80 мм. Метка центрирования поможет ровно разместить листы, а ограничительный упор – пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора, а также комплектом сменных дисков &amp;#40;16 шт.&amp;#41;.</t>
   </si>
   <si>
     <t>946112</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be4/lvop2jeor7ian6315wiazoexz4i76tqf.jpg</t>
   </si>
   <si>
     <t>Дырокол MAPED ESSENTIALS METAL стандартный до 25 листов 2 отвер. металл линейка форматов</t>
   </si>
   <si>
     <t>947742</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/096/tc8g7ojx8au82xe6z5q06dndkeb825ub.jpg</t>
   </si>
   <si>
     <t>Дырокол фигурный 1 шт., диаметр вырубки 16 мм, 8 видов ассорти, ОСТРОВ СОКРОВИЩ, 665225</t>
@@ -2432,108 +2444,60 @@
   <si>
     <t>962201</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/da5/2egiikee4eq8wdgff3et5sujt7y6hit0.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический Attache Economy до 65 листов, с линейкой, цвет черный</t>
   </si>
   <si>
     <t>962202</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7eb/6he0ekg1sso952eabepdtwut26amy8ba.jpg</t>
   </si>
   <si>
     <t>Дырокол Комус MPBK30 до 30 лист., металл, с линейкой и блокиратором, ч рный</t>
   </si>
   <si>
     <t>Дырокол Комус MPBK30 до 30 лист., металл, с линейкой и блокиратором, чёрный</t>
   </si>
   <si>
     <t>973100</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/81c/rx6gqc5uer4ktm4mopphdsg0b0y0ynzb.jpg</t>
-[...56 lines deleted...]
-    <t>996833</t>
+    <t>http://anytos.ru//upload/iblock/10d/j1a0p02x6luen6oklep7xk1l5tghoxz6.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;SUPER quot;, до 20 листов, зелено-черный, 272743</t>
+  </si>
+  <si>
+    <t>Дырокол для бумаг — это незаменимый офисный инструмент, предназначенный для аккуратного пробивания отверстий в бумаге, что позволяет затем легко подшивать документы в папку. Этот аксессуар используется для перфорации бумаги. Дырокол эргономичного дизайна с качественными пробойниками обеспечивает легкое и точное пробивание бумаги. Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; способен пробить до 20 листов бумаги за один раз. Он выполняет стандартную перфорацию — 2 отверстия диаметром 6 мм каждое. Расстояние между отверстиями — 8 см, поэтому перфорированные дыроколом листы могут храниться в папке идеально ровно и не сминаться. После завершения отчетного периода они обычно снимаются с металлических колец и сшиваются ниткой. Метка центрирования поможет ровно разместить листы.Ограничительная линейка позволяет точно пробивать отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Текстурная поверхность предотвращает скольжение рук во время работы. Контейнер для конфетти предназначен для сбора мусора, что помогает поддерживать рабочее пространство в чистоте.Компактные размеры этого делового аксессуара позволяют легко разместить его на рабочем столе, а яркий зеленый цвет гармонично впишется в любой интерьер.Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; отличного качества по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
+  </si>
+  <si>
+    <t>1004484</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3d/3tdnu0nkip8oezh235udh382be7wg5uw.jpg</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG  quot;SUPER quot;, до 20 листов, черный, 272742</t>
   </si>
   <si>
     <t>Дырокол для бумаг — это незаменимый офисный инструмент, предназначенный для аккуратного пробивания отверстий в бумаге, что позволяет затем легко подшивать документы в папку. Этот аксессуар используется для перфорации бумаги. Дырокол эргономичного дизайна с качественными пробойниками обеспечивает легкое и точное пробивание бумаги. Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; способен пробить до 20 листов бумаги за один раз. Он выполняет стандартную перфорацию — 2 отверстия диаметром 6 мм каждое. Расстояние между отверстиями — 8 см, поэтому перфорированные дыроколом листы могут храниться в папке идеально ровно и не сминаться. После завершения отчетного периода они обычно снимаются с металлических колец и сшиваются ниткой. Метка центрирования поможет ровно разместить листы.Ограничительная линейка позволяет точно пробивать отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Текстурная поверхность предотвращает скольжение рук во время работы. Контейнер для конфетти предназначен для сбора мусора, что помогает поддерживать рабочее пространство в чистоте.Компактные размеры этого делового аксессуара позволяют легко разместить его на рабочем столе, а классический черный цвет гармонично впишется в любой интерьер.Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; отличного качества по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
   </si>
   <si>
     <t>1004485</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/831/keu062ev13y42omra89f4owne3d0gh24.jpg</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG  quot;SUPER quot;, до 30 листов, зелено-черный, 272746</t>
   </si>
   <si>
     <t>Дырокол для бумаг — это незаменимый офисный инструмент, предназначенный для аккуратного пробивания отверстий в бумаге, что позволяет затем легко подшивать документы в папку. Этот аксессуар используется для перфорации бумаги. Дырокол эргономичного дизайна с качественными пробойниками обеспечивает легкое и точное пробивание бумаги. Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; способен пробить до 30 листов бумаги за один раз. Он выполняет стандартную перфорацию — 2 отверстия диаметром 6 мм каждое. Расстояние между отверстиями — 8 см, поэтому перфорированные дыроколом листы могут храниться в папке идеально ровно и не сминаться. После завершения отчетного периода они обычно снимаются с металлических колец и сшиваются ниткой. Метка центрирования поможет ровно разместить листы.Ограничительная линейка позволяет точно пробивать отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Текстурная поверхность предотвращает скольжение рук во время работы. Контейнер для конфетти предназначен для сбора мусора, что помогает поддерживать рабочее пространство в чистоте.Компактные размеры этого делового аксессуара позволяют легко разместить его на рабочем столе, а яркий цвет гармонично впишется в любой интерьер.Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; отличного качества по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
   </si>
   <si>
     <t>1004486</t>
   </si>
@@ -2549,117 +2513,105 @@
   <si>
     <t>http://anytos.ru//upload/iblock/451/y6ast15g1145q5njigfqsg1whvgkysky.jpg</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG  quot;SUPER quot;, до 30 листов, черный, 272744</t>
   </si>
   <si>
     <t>Дырокол для бумаг — это незаменимый офисный инструмент, предназначенный для аккуратного пробивания отверстий в бумаге, что позволяет затем легко подшивать документы в папку. Этот аксессуар используется для перфорации бумаги. Дырокол эргономичного дизайна с качественными пробойниками обеспечивает легкое и точное пробивание бумаги. Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; способен пробить до 30 листов бумаги за один раз. Он выполняет стандартную перфорацию — 2 отверстия диаметром 6 мм каждое. Расстояние между отверстиями — 8 см, поэтому перфорированные дыроколом листы могут храниться в папке идеально ровно и не сминаться. После завершения отчетного периода они обычно снимаются с металлических колец и сшиваются ниткой. Метка центрирования поможет ровно разместить листы.Ограничительная линейка позволяет точно пробивать отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Текстурная поверхность предотвращает скольжение рук во время работы. Контейнер для конфетти предназначен для сбора мусора, что помогает поддерживать рабочее пространство в чистоте.Компактные размеры этого делового аксессуара позволяют легко разместить его на рабочем столе, а классический черный цвет гармонично впишется в любой интерьер.Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; отличного качества по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
   </si>
   <si>
     <t>1004488</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/abc/upbth7n95873vwvfjrcn46vpmo8nzr9b.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический МОЩНЫЙ BRAUBERG  quot;EXTRA Heavy duty quot;, до 110 листов, черно-синий, 272721</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;EXTRA Heavy duty&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Предназначен для перфорации большого объема бумажных листов. Мощный дырокол пробивает до 110 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 2, диаметр каждого – 6 мм, расстояние между отверстиями – 80 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка – пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора.</t>
   </si>
   <si>
     <t>1004840</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/581/xsxkgj0ge98mdi6jd5bxxdn2etm5cwxq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/829/bdxwl7wwwv6xxaqs8892id98zsvizaz9.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический ОФИСМАГ, до 25 листов, черный, 229693</t>
   </si>
   <si>
     <t>Дырокол металлический ОФИСМАГ – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Металлический дырокол пробивает до 25 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
   </si>
   <si>
     <t>1005230</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a3f/h8cjft5v7ez1r896u4l4o12blrefgnvw.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ff1/1r0kow1q2pls6dj40v7w1v18p2bp5ezm.jpg</t>
   </si>
   <si>
     <t>Дырокол Kw-Trio Heavy Duty 967 макс.70лист. металл черный, с линейкой</t>
   </si>
   <si>
     <t>Мощный металлический дырокол 967 KW-trio на 2 отверстия. Пробивает до 70 листов. Диаметр прокола 6 мм, растояние между отверстиями 80 мм. Снабжен металлической форматной выдвижной линейкой и поддоном для конфетти. Метка центрироования отсутствует. Для эффективного пробивания максимально допустимого объема бумаги необходимо расположить дырокол на горизонтальной твердой поверхности, прикладывая усилия, плавно надавить на рычаг &amp;#40;при необходимости двумя руками&amp;#41;, разномерно распределяя усилия по поверхности рычага.</t>
   </si>
   <si>
     <t>1005673</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/928/j7ac1mc7mwhrmvwqj8um03358nq428gq.jpg</t>
   </si>
   <si>
     <t>Дырокол Attache Perform до 40 листов, блокиратор,линейка,пластик, черный</t>
   </si>
   <si>
     <t>1005783</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/43d/gztdybyhrio0b1um2zsyn93mvuwq4nvn.jpg</t>
   </si>
   <si>
     <t>Дырокол KW-trio 964 регулируемый на 2-3-4 отверстия до 30 листов</t>
   </si>
   <si>
     <t>1005784</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f67/m437mcmuwkqkjevbg8sacbl99m1q1emo.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол MAPED  Франция   quot;Essentials quot;, металлический, мощный, на 70 листов, черный, 406411</t>
+  </si>
+  <si>
+    <t>Металлический дырокол &amp;quot;Essentials&amp;quot; обладает запатентованной системой выравнивания листов с помощью папки с кольцами. Быстрое и точное пробивание благодаря центровочным меткам на корпусе. Диаметр отверстий – 5,5 мм, расстояние – 8 см. Способен пробить за один до 70 листов бумаги &amp;#40;плотностью 70 г/м&amp;#41;. Стандартное количество пробиваемых отверстий – 2, диаметр каждого – 5,5 мм. Наличие ограничительной линейки и запатентованной системой выравнивания листов с помощью папки с кольцами позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой благодаря чему проколотые листы не мнутся и могут храниться довольно долго. Имеет стильный дизайн и эргономичную форму корпуса.</t>
+  </si>
+  <si>
+    <t>1014283</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2986,57 +2938,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J224"/>
+  <dimension ref="A1:J219"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G224" sqref="G224"/>
+      <selection pane="bottomRight" activeCell="G219" sqref="G219"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -3126,5027 +3078,4915 @@
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>28</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="F11" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="G11" s="3" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="F12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G12" s="3" t="s">
         <v>53</v>
-      </c>
-[...10 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="C15" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="D15" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="D19" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="C20" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C21" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="D21" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="3" t="s">
+      <c r="F21" s="3" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="C22" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="D22" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="3" t="s">
+      <c r="F22" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="F22" s="3" t="s">
+      <c r="G22" s="3" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="C23" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="D23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="3" t="s">
+      <c r="F23" s="3" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="C24" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C25" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>110</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="C26" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="C28" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C30" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="3" t="s">
+      <c r="F30" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G30" s="3" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="3" t="s">
+      <c r="F31" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G31" s="3" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="D32" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F32" s="3" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>136</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="C33" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F33" s="3" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B34" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="C34" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="D34" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F34" s="3" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B35" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="C35" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="D35" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E35" s="3" t="s">
+      <c r="F35" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="F35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" s="3" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>153</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>154</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>156</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>157</v>
+        <v>13</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B37" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="C37" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" s="3" t="s">
-        <v>157</v>
+        <v>13</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B38" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="C38" s="1" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>164</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>157</v>
+        <v>13</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>165</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>168</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>169</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
         <v>173</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C41" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F41" s="3" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C42" s="1"/>
+      <c r="D42" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="C42" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F42" s="3" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="D43" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="C43" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="C44" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F44" s="3" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>102</v>
+        <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="D45" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="C45" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="F45" s="3" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B46" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="C46" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="D46" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F46" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B47" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="C47" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F47" s="3" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B48" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="C48" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="C48" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F48" s="3" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="D49" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="C49" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F49" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="D50" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>209</v>
-      </c>
-[...7 lines deleted...]
-        <v>211</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="D51" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>213</v>
-      </c>
-[...7 lines deleted...]
-        <v>214</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B52" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="C52" s="1" t="s">
         <v>216</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="D52" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F52" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B53" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="C53" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="F53" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G53" s="3" t="s">
-        <v>35</v>
+        <v>90</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B54" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="C54" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="C54" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F54" s="3" t="s">
-        <v>34</v>
+        <v>221</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="B55" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F55" s="3" t="s">
-        <v>34</v>
+        <v>221</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="F56" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="C56" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G56" s="3" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="B57" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F57" s="3" t="s">
-        <v>234</v>
+        <v>221</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>14</v>
+        <v>130</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="D58" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F58" s="3" t="s">
-        <v>234</v>
+        <v>13</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="B59" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="C59" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="D59" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="D59" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="3" t="s">
+      <c r="F59" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" s="3" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
         <v>245</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>246</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>246</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>247</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>234</v>
+        <v>248</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>131</v>
+        <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>250</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>251</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
         <v>252</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>253</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>254</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>255</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>256</v>
+        <v>90</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B63" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="C63" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="C63" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F63" s="3" t="s">
-        <v>260</v>
+        <v>13</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="D64" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>262</v>
-      </c>
-[...7 lines deleted...]
-        <v>263</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B65" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="C65" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>265</v>
-      </c>
-[...7 lines deleted...]
-        <v>267</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>91</v>
+        <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="D66" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>269</v>
-      </c>
-[...7 lines deleted...]
-        <v>270</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B67" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="C67" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="D67" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="D67" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E67" s="3" t="s">
+      <c r="F67" s="3" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
         <v>275</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>276</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>13</v>
+        <v>274</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>13</v>
+        <v>274</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
         <v>287</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>288</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>289</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>291</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>293</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>294</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
         <v>295</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>296</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>297</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>298</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
         <v>299</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>300</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>301</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>302</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
         <v>303</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>304</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>305</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
         <v>307</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>308</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>309</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>310</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
         <v>311</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>314</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
         <v>315</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>316</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>317</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>318</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
         <v>319</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>320</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>322</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
         <v>323</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>324</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>325</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>326</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>286</v>
+        <v>327</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>24</v>
+        <v>101</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="F81" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="B81" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G81" s="3" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
         <v>332</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>333</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>334</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>335</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>102</v>
+        <v>48</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>336</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>337</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>338</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>339</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
         <v>340</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>341</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>342</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>343</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>331</v>
+        <v>344</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>348</v>
+        <v>232</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
         <v>349</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>350</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>351</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>352</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>23</v>
+        <v>232</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
         <v>353</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>354</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>356</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>23</v>
+        <v>232</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
         <v>357</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>358</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>359</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>360</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>286</v>
+        <v>232</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
         <v>361</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>362</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>363</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>364</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
         <v>366</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>367</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>368</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>369</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>370</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
         <v>371</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>372</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>374</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>370</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
         <v>375</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>376</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>378</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>370</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
         <v>379</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>380</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>381</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>382</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>370</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>384</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>385</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>386</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>370</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
         <v>387</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>388</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>389</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>390</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>370</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
         <v>391</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>392</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>393</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>394</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>370</v>
+        <v>274</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>398</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
         <v>399</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>400</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>401</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>402</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
         <v>403</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>404</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>405</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>406</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
         <v>407</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>408</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>410</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
         <v>411</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>412</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>413</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>414</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>286</v>
+        <v>13</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>35</v>
+        <v>90</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
         <v>415</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>416</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>417</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>418</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
         <v>419</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>420</v>
       </c>
       <c r="C103" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>421</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F103" s="3" t="s">
-        <v>13</v>
+        <v>274</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>91</v>
+        <v>53</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="B104" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="C104" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="C104" s="1" t="s">
+      <c r="D104" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="D104" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F104" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B105" s="1" t="s">
         <v>427</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="C105" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>428</v>
       </c>
-      <c r="C105" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F105" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B106" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="C106" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="C106" s="1" t="s">
+      <c r="D106" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>432</v>
       </c>
-      <c r="D106" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F106" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="B107" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="B107" s="1" t="s">
+      <c r="C107" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="C107" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F107" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="B108" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="B108" s="1" t="s">
+      <c r="C108" s="1" t="s">
         <v>438</v>
       </c>
-      <c r="C108" s="1" t="s">
+      <c r="D108" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>439</v>
       </c>
-      <c r="D108" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F108" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="B109" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="B109" s="1" t="s">
+      <c r="C109" s="1" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>443</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>286</v>
+        <v>29</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>444</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>445</v>
       </c>
       <c r="C110" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E110" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="D110" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F110" s="3" t="s">
-        <v>286</v>
+        <v>29</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="B111" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="B111" s="1" t="s">
+      <c r="C111" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E111" s="3" t="s">
         <v>449</v>
       </c>
-      <c r="C111" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F111" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="C112" s="1" t="s">
         <v>452</v>
       </c>
-      <c r="B112" s="1" t="s">
+      <c r="D112" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E112" s="3" t="s">
         <v>453</v>
       </c>
-      <c r="C112" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F112" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="B113" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="B113" s="1" t="s">
+      <c r="C113" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="C113" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F113" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="B114" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="B114" s="1" t="s">
+      <c r="C114" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="C114" s="1" t="s">
+      <c r="D114" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>460</v>
       </c>
-      <c r="D114" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F114" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B115" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="B115" s="1" t="s">
+      <c r="C115" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E115" s="3" t="s">
         <v>463</v>
       </c>
-      <c r="C115" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F115" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="B116" s="1" t="s">
         <v>465</v>
       </c>
-      <c r="B116" s="1" t="s">
+      <c r="C116" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>466</v>
       </c>
-      <c r="C116" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F116" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="C117" s="1" t="s">
         <v>469</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="D117" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E117" s="3" t="s">
         <v>470</v>
       </c>
-      <c r="C117" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F117" s="3" t="s">
-        <v>34</v>
+        <v>274</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="B118" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="B118" s="1" t="s">
+      <c r="C118" s="1" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>467</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>474</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
         <v>475</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>476</v>
       </c>
       <c r="C119" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>477</v>
       </c>
-      <c r="D119" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F119" s="3" t="s">
-        <v>286</v>
+        <v>29</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B120" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="B120" s="1" t="s">
+      <c r="C120" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="C120" s="1" t="s">
+      <c r="D120" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>481</v>
       </c>
-      <c r="D120" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F120" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="B121" s="1" t="s">
         <v>483</v>
       </c>
-      <c r="B121" s="1" t="s">
+      <c r="C121" s="1" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>485</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
         <v>486</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>487</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>488</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
         <v>489</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>490</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>491</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>492</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
         <v>493</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>494</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>495</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>496</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
         <v>497</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>498</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
     </row>
     <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>503</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
     </row>
     <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
         <v>504</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>505</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>506</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>507</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
         <v>508</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>509</v>
       </c>
       <c r="C128" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>510</v>
       </c>
-      <c r="D128" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F128" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="B129" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="C129" s="1" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>510</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>514</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>34</v>
+        <v>344</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
     </row>
     <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
         <v>515</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>516</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>517</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>518</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>34</v>
+        <v>274</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
         <v>519</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>520</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>34</v>
+        <v>232</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>524</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>525</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>348</v>
+        <v>221</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>24</v>
+        <v>130</v>
       </c>
     </row>
     <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
         <v>526</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>527</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>528</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>529</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
         <v>530</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>531</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>234</v>
+        <v>274</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>131</v>
+        <v>24</v>
       </c>
     </row>
     <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>286</v>
+        <v>47</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
     </row>
     <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>44</v>
+        <v>274</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
     </row>
     <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>286</v>
+        <v>29</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
     </row>
     <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>564</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>286</v>
+        <v>29</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
     </row>
     <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
         <v>565</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>566</v>
       </c>
       <c r="C143" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>567</v>
       </c>
-      <c r="D143" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F143" s="3" t="s">
-        <v>29</v>
+        <v>221</v>
       </c>
       <c r="G143" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="B144" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="B144" s="1" t="s">
+      <c r="C144" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="C144" s="1" t="s">
+      <c r="D144" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E144" s="3" t="s">
         <v>571</v>
       </c>
-      <c r="D144" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F144" s="3" t="s">
-        <v>34</v>
+        <v>232</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
     </row>
     <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="B145" s="1" t="s">
         <v>573</v>
       </c>
-      <c r="B145" s="1" t="s">
+      <c r="C145" s="1" t="s">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>575</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
     </row>
     <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
         <v>576</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>577</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>234</v>
+        <v>274</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>286</v>
+        <v>344</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>348</v>
+        <v>232</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>23</v>
+        <v>370</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>370</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>234</v>
+        <v>221</v>
       </c>
       <c r="G151" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G153" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G156" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="F158" s="3" t="s">
         <v>623</v>
-      </c>
-[...13 lines deleted...]
-        <v>622</v>
       </c>
       <c r="G158" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>256</v>
+        <v>244</v>
       </c>
     </row>
     <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="G161" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G164" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="G166" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="F167" s="3" t="s">
         <v>657</v>
-      </c>
-[...13 lines deleted...]
-        <v>656</v>
       </c>
       <c r="G167" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="G168" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="G169" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>23</v>
+        <v>232</v>
       </c>
       <c r="G170" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="G172" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G175" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>693</v>
+        <v>628</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>694</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>695</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>696</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>34</v>
+        <v>623</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
     </row>
     <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>627</v>
+        <v>697</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>91</v>
+        <v>244</v>
       </c>
     </row>
     <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>702</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>703</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>622</v>
+        <v>704</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>256</v>
+        <v>24</v>
       </c>
     </row>
     <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>707</v>
+        <v>623</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>622</v>
+        <v>232</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="G181" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G182" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G183" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G184" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G185" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>23</v>
+        <v>232</v>
       </c>
       <c r="G186" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>260</v>
+        <v>248</v>
       </c>
       <c r="G187" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>260</v>
+        <v>248</v>
       </c>
       <c r="G188" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>761</v>
+        <v>755</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>762</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>286</v>
+        <v>29</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
         <v>763</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>764</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>348</v>
+        <v>274</v>
       </c>
       <c r="G195" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>768</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>769</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>370</v>
+        <v>344</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
         <v>770</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>771</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>773</v>
+        <v>370</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>91</v>
+        <v>14</v>
       </c>
     </row>
     <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
         <v>774</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>775</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>775</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>776</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>780</v>
+      </c>
+      <c r="F199" s="3" t="s">
         <v>777</v>
       </c>
-      <c r="B199" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G199" s="3" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
     </row>
     <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>256</v>
+        <v>24</v>
       </c>
     </row>
     <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>91</v>
+        <v>244</v>
       </c>
     </row>
     <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
     </row>
     <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>792</v>
+        <v>24</v>
       </c>
     </row>
     <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
         <v>793</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>794</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>794</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>795</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>234</v>
+        <v>777</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>136</v>
+        <v>796</v>
       </c>
     </row>
     <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>234</v>
+        <v>221</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>14</v>
+        <v>135</v>
       </c>
     </row>
     <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>234</v>
+        <v>221</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>91</v>
+        <v>14</v>
       </c>
     </row>
     <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>804</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>805</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>773</v>
+        <v>221</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
     </row>
     <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
         <v>806</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>807</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>809</v>
+        <v>777</v>
       </c>
       <c r="G208" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
         <v>810</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>811</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>809</v>
+        <v>274</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>809</v>
+        <v>274</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>809</v>
+        <v>274</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>820</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>157</v>
+        <v>274</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>370</v>
+        <v>274</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>286</v>
+        <v>837</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>832</v>
+        <v>840</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>836</v>
+        <v>841</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>286</v>
+        <v>232</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>837</v>
+        <v>842</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>838</v>
+        <v>843</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>286</v>
+        <v>13</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>286</v>
+        <v>232</v>
       </c>
       <c r="G218" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>286</v>
+        <v>344</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>24</v>
-[...113 lines deleted...]
-      <c r="G224" s="3" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>