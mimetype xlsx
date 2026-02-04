--- v1 (2025-12-05)
+++ v2 (2026-02-04)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="852">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="896">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/88a/88a2a3d0bcbaf85d81227ef346193586.jpeg</t>
   </si>
   <si>
     <t>Дырокол Attache до 50 листов, с блокиратором, металлич., синий</t>
   </si>
   <si>
     <t>Дырокол</t>
   </si>
   <si>
     <t>415025</t>
@@ -119,62 +128,50 @@
   <si>
     <t>Дырокол 20 л, металлический, черный, с линейкой: DDm_20041 Дырокол позволяет перфорировать документы для последующей подшивки. Надежный механизм, острые ножи. Пластиковый поддон для конфетти. Блокировка для компактного хранения.</t>
   </si>
   <si>
     <t>212338</t>
   </si>
   <si>
     <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/09f/09fe2daff2a25af00d547b9a2729daa9.jpg</t>
   </si>
   <si>
     <t>Дырокол  quot;Office Soft quot; 30 л, пластиковый, черный, с линейкой: DDp_30161 штр.:  4606782166109</t>
   </si>
   <si>
     <t>Дырокол &amp;quot;Office Soft&amp;quot; 30 л, пластиковый, черный, с линейкой: DDp_30161 Дыроколы серии &amp;quot;Office Soft&amp;quot; мощностью от 10 до 30 листов производятся с пластиковой верхней частью корпуса. Все они снабжены антискользящими мягкими вставками, органичительными линейками и удобными отделениями для конфетти, которые легко очищать благодаря специальной форме дна. Каждая модель выполнена в двух артикулах: с мягкой вставкой черного цвета, а также цветов ассорти: серый, синий, красный. Корпус дырокола всегда черный.</t>
   </si>
   <si>
     <t>212785</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a9b/a9bb5d51fce0c18cfc84a597a234a820.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5b5/i7vnwkimkkn4m6uiuofw98xhtcniee9o.jpg</t>
   </si>
   <si>
     <t>Дырокол 20 л, металлический, ассорти, с линейкой: DDm_20049 штр.:  4260107457039</t>
   </si>
   <si>
     <t>Дырокол 20 л, металлический, ассорти, с линейкой: DDm_20049 Цельнометаллический дырокол. Форматная линейка. Пластиковый поддон для конфетти. Блокировка для компактного хранения. Пробивная способность до 20 л.</t>
   </si>
   <si>
     <t>214083</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ddf/ddf80e3221787bbc76006c589c2b2a95.jpg</t>
   </si>
   <si>
     <t>Дырокол 10 л., пластиковый, черный, с линейкой: P_7114 222111 штр.:  4680211051143</t>
   </si>
   <si>
     <t>Дырокол 10 л., пластиковый, черный, с линейкой: P_7114/222111 Дырокол пластиковый черный, пробивает до 10 листов, с линейкой</t>
   </si>
   <si>
     <t>214384</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
@@ -287,2207 +284,2342 @@
   <si>
     <t>Дырокол люверсы 250 шт. уп, диаметр  4,8, золотистые штр.  4607121538052</t>
   </si>
   <si>
     <t>Комплект люверсов&amp;nbsp;&amp;nbsp;для дырокола выполнены из металла золотистого цвета. Диаметр люверса - 4,8 мм. В упаковке содержится 250 штук. &amp;lt;br /&amp;gt;</t>
   </si>
   <si>
     <t>248468</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bc2/bc2b3bae9b320bd3f05d6b428729b894/02990c4b03e02459f08ce54dcb939808.jpg</t>
   </si>
   <si>
     <t>Дырокол люверсы 250 шт. уп, диаметр  4,8, серебристые штр.  4607121538069</t>
   </si>
   <si>
     <t>Комплект люверсов&amp;nbsp;&amp;nbsp;для дырокола выполнены из металла серебристого&amp;nbsp;&amp;nbsp;цвета. Диаметр люверса - 4,8 мм. В упаковке содержится 250 штук. &amp;lt;br /&amp;gt;</t>
   </si>
   <si>
     <t>248469</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/635/635a1108767c8101915be1a6ebdf5a6d/7bb002291be4a9903f84277e94973309.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a2d/a2d73f51648b8e3b75f6f8f8365cfea8/c7ed7347c868d57645a7d3158f18ee0e.jpg</t>
   </si>
   <si>
     <t>Дырокол для люверсов на 30 л. серебристый</t>
   </si>
   <si>
     <t>Дырокол&amp;nbsp;&amp;nbsp;в металлическом корпусе, предназначенный для установки люверсов. Перфорирует одновременно до 30 листов бумаги. Диаметр пробиваемого отверстия - 5 мм. Дырокол позволяет регулировать глубину заложения листа на расстояние до 13 мм.</t>
   </si>
   <si>
     <t>248476</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/920/920b2392e182b4e0dec7a577256792d3/527357218f4302809254a900858abe0e.jpg</t>
   </si>
   <si>
     <t>Дырокол ATTACHE 6304 до 10л., металл., синий штр.  4607121538182, 4680010101452, 4690432003432, 5321224538182, 6953070938909, 6953070938916, 6953070938923, 6957807200116</t>
   </si>
   <si>
     <t>Дырокол Attache 6304 работает с документами толщиной до 10 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Дырокол выполнен в металлическом корпусе синего цвета.</t>
   </si>
   <si>
     <t>248482</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/13a/13a80e3add89e43e897123996fe4009e/3541f120af4e7e5ba372853603378a0e.jpg</t>
   </si>
   <si>
     <t>Дырокол ATTACHE 6304 до 10л., металл., черный штр.  4607121538199, 4680010101469, 4690432003449, 6953070938930, 6953070938947, 6953070938954, 6957807200123</t>
   </si>
   <si>
     <t>Дырокол Attache 6304 работает с документами толщиной до 10 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Дырокол выполнен в металлическом корпусе черного цвета.</t>
   </si>
   <si>
     <t>248483</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c17/c17dafafb37c0ee523ca7253b444e1ec/6db414a7b7113c63597246e799239f9e.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол ATTACHE 6304 до 12л. с лин, металл., красный штр.  4607121538236</t>
+  </si>
+  <si>
+    <t>Дырокол Attache 6304 работает с документами толщиной до 12 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Наличие линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Дырокол выполнен в металлическом корпусе красного цвета.</t>
+  </si>
+  <si>
+    <t>248484</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1f/b1ff560522d452aed7332e13cd8195cf/b278c1666e47ddb90434edb7b7653fdd.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache 6304 до 12 листов синий с линейкой</t>
+  </si>
+  <si>
+    <t>Дырокол Attache 6304 работает с документами толщиной до 12 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Наличие линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Дырокол выполнен в металлическом корпусе синего цвета.</t>
+  </si>
+  <si>
+    <t>248485</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0f0/0f0b31ba6e3b4674aaee8d4429e35285/5a09b1c90b82148ebd8dd8e218c0e331.jpg</t>
   </si>
   <si>
     <t>Дырокол Attache 6304 до 12 листов черный с линейкой</t>
   </si>
   <si>
     <t>Дырокол Attache 6304 работает с документами толщиной до 12 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Наличие линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Дырокол выполнен в металлическом корпусе черного цвета.</t>
   </si>
   <si>
     <t>248486</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/113/113fa444d1ad09b9da596f5988a257c4/ccf21bd479c1e12f9b53edf0f33dcaa7.jpg</t>
   </si>
   <si>
     <t>Дырокол ATTACHE 6720 до 20л., металл.,с лин.,с рез.вставкой,серебр. штр.  4680010101575, 6957807200185</t>
   </si>
   <si>
     <t>Дырокол Attache 6720 работает с документами толщиной до 20 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер дырокола легко открывается и закрывается, исключая рассыпание конфетти. Наличие линейки с делениями на форматы А4, А6, А8 и 888 позволяет зафиксировать бумагу на нужном расстоянии. Дырокол выполнен в металлическом корпусе серебристого цвета. Перед началом использования необходимо снять фиксацию дырокола в сложенном виде. Для этого нужно одновременно нажать на металлическую кнопку возле основания дырокола и верхнюю часть дырокола. Точно также можно зафиксировать дырокол обратно в закрытое положение для экономии рабочего пространства и удобной перевозки</t>
   </si>
   <si>
     <t>248487</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eb2/eb2e09bb96e39e8f94afcffa7c54ba3c/318662e3d3acc4be91657ee19cde7918.jpg</t>
   </si>
   <si>
     <t>Дырокол Attache 6730 до nbsp-30 листов серебристый с nbsp-линейкой</t>
   </si>
   <si>
     <t>Дырокол Attache 6730 работает с документами толщиной до 30 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Наличие у дырокола линейки с делением на форматы А4, А6, А8 и 888 позволяет зафиксировать бумагу на нужном расстоянии. Дырокол выполнен в металлическом корпусе серебристого цвета. Перед началом использования необходимо снять фиксацию дырокола в сложенном виде. Для этого нужно одновременно нажать на металлическую кнопку возле основания дырокола и верхнюю часть дырокола. Точно также можно зафиксировать дырокол обратно в закрытое положение для экономии рабочего пространства и удобной перевозки</t>
   </si>
   <si>
     <t>248488</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/38d/38d7c5e3fcedace3f6f90cd15f95741b/178e90483e8bf9dc319650ac6a34f1f7.jpg</t>
   </si>
   <si>
     <t>Дырокол ATTACHE 6760 до 60л., металл.,с лин.,с рез.вставкой,серебр. штр.  4680010101599, 6957807200208</t>
   </si>
   <si>
     <t>Дырокол Attache работает с документами толщиной до 60 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Наличие у дырокола линейки с форматами деления А4, А6, А8 и 888 позволяет зафиксировать бумагу на нужном расстоянии. Дырокол выполнен в металлическом корпусе серебристого цвета. Перед началом использования необходимо снять фиксацию дырокола в сложенном виде. Для этого нужно одновременно нажать на металлическую кнопку возле основания дырокола и верхнюю часть дырокола. Точно также можно зафиксировать дырокол обратно в закрытое положение для экономии рабочего пространства и удобной перевозки</t>
   </si>
   <si>
     <t>248489</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0e3/0e3ef6247bf8268ea06bb378e22e0e3e/0f23e5782d4eb4cbea8bc4ed33222b91.jpg</t>
-[...8 lines deleted...]
-    <t>248520</t>
+    <t>http://anytos.ru//upload/iblock/130/130f28c530101caa9e56aff7c4438515/8956bb26d2b569641f60376ddde3a659.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол ATTACHE WD204 до 16л., металл., черный штр.  4607121538243, 4690432003456, 6953070938961, 6953070938978</t>
+  </si>
+  <si>
+    <t>Дырокол Attache WD204 работает с документами толщиной до 16 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Дырокол выполнен в металлическом корпусе черного цвета.</t>
+  </si>
+  <si>
+    <t>248491</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0d3/0d36ee985e402e0b03b464be2c688062/e639819c863fcd273b38b22db9be8459.jpg</t>
-[...8 lines deleted...]
-    <t>248527</t>
+    <t>http://anytos.ru//upload/iblock/e63/l84inbypt1qf2gplso95kx00qn6m2t4h.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол пластиковый LITE до 20 листов синий DL-20B</t>
+  </si>
+  <si>
+    <t>Дырокол LITE позволяет перфорировать документы для последующей подшивки, он работает с документами толщиной до 20 листов. Удобный контейнер дырокола легко открывается и закрывается, исключая рассыпание конфетти. Наличие линейки позволяет зафиксировать бумагу на нужном расстоянии. Основные преимущества дыроколов LITE:- Высокое качество составных частей;- Облегчённый пластиковый корпус, металлический механизм;- Острые ножи из высокоуглеродистой стали;- Удобный пластиковый поддон для конфетти;- Выдвижная форматная линейка;- Пробивная способность 20 листов;- Модели доступны в ярко-синем и чёрном цветах.</t>
+  </si>
+  <si>
+    <t>331227</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/688/5z1hv1yrtshf0kfrns72oy3cbs6tv9f2.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол пластиковый LITE до 10 листов синий: DL-10B штр.: 4602723082385</t>
+  </si>
+  <si>
+    <t>Дырокол LITE позволяет перфорировать документы для последующей подшивки, он работает с документами толщиной до 10 листов. Удобный контейнер дырокола легко открывается и закрывается, исключая рассыпание конфетти. Наличие линейки позволяет зафиксировать бумагу на нужном расстоянии.Основные преимущества дыроколов LITE:- Высокое качество составных частей- Облегчённый пластиковый корпус, металлический механизм- Острые ножи из высокоуглеродистой стали- Удобный пластиковый поддон для конфетти- Выдвижная форматная линейка- Пробивная способность 10 листов- Модели доступны&amp;nbsp;&amp;nbsp;в ярко-синем и чёрном цветах.</t>
+  </si>
+  <si>
+    <t>331229</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/19f/19f22dc880ed6bcb462ef30c3d9d76d9/f31d78962a170b902a26b6a3b43f0968.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Eco до 15 листов, черный 969342</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Eco до 15 листов, черный</t>
+  </si>
+  <si>
+    <t>334812</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f0c/f0c6d3c1d577bd4968b746fae3b2269e/c1364265db4dcb85cdcd7df005dd0f36.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Master до 16 листов, белый синий 969344</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Master до 16 листов, белый/синий</t>
+  </si>
+  <si>
+    <t>334813</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/837/83709df6e941c92ab1d35ab073432746/32564592fb153a9154dbdba2ce58832d.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache до 30 листов, с линейкой, цвет черный 969348</t>
+  </si>
+  <si>
+    <t>Дырокол Attache до 30 листов, с линейкой, цвет черный</t>
+  </si>
+  <si>
+    <t>334815</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4d/d4d98f4658d9eb643efa9a0454dc2a7b/66eae3259cadd82ab266d6141aa496a1.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache до 40 листов, с линейкой, цвет синий 969349</t>
+  </si>
+  <si>
+    <t>Дырокол Attache до 40 листов, с линейкой, цвет синий</t>
+  </si>
+  <si>
+    <t>334816</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c73/c7326654b2898bea95b926021c6f1bc9/fb005f583023e38a316e29daa35e8a0d.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache до 40 листов, с линейкой, цвет черный 969350</t>
+  </si>
+  <si>
+    <t>Дырокол Attache до 40 листов, с линейкой, цвет черный</t>
+  </si>
+  <si>
+    <t>334817</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e4/6e4cbf9f0047efb7535f08714867ec7a.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 10 л, металлический, синий: P201BU_1300 штр.: 4650062493003</t>
+  </si>
+  <si>
+    <t>Металлический дырокол. Пластиковый поддон для конфетти.</t>
+  </si>
+  <si>
+    <t>337453</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/142/1428a653e4ba36b22db65e6da8bfec78.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 10 л, металлический, черный: P201BL_436 штр.: 4610008524369</t>
+  </si>
+  <si>
+    <t>337454</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/003/0032501ee24b94a9defcb5fbf24d76f1.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 30 л, металлический, черный, с линейкой: DDm_30061 штр.: 4260107457046</t>
+  </si>
+  <si>
+    <t>Дырокол позволяет перфорировать документы для последующей подшивки. Надежный механизм, острые ножи. Пластиковый поддон для конфетти. Блокировка для компактного хранения.</t>
+  </si>
+  <si>
+    <t>337456</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/16d/16dbf35503dc8515f0803049bc5a0e32.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол мощный 100 л, черный, с линейкой: DDm_10141 штр.: 4260107468202</t>
+  </si>
+  <si>
+    <t>Пластиковый поддон для конфетти. Блокировка для компактного хранения. Запасные ножи в комплекте.</t>
+  </si>
+  <si>
+    <t>337457</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d30/d303ad74a8e0c82a1a07e14b98579f8e.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол мощный 150 л, черный, с линейкой: DDm_15021 штр.: 4260107478980</t>
+  </si>
+  <si>
+    <t>Мощный дырокол на 2 отверстия. Пластиковые диски в комплекте.</t>
+  </si>
+  <si>
+    <t>337458</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7d1/7d1c5baccc083bb215626f47881284a7.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол мощный на четыре отверстия 150 л, черный, с линейкой: DDm_15041 штр.: 4260107478997</t>
+  </si>
+  <si>
+    <t>Мощный дырокол на 4 отверстия. Запасные ножи и пластиковые диски в комплекте.</t>
+  </si>
+  <si>
+    <t>337459</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab2/igwfpuxn1z6uf50hfeeriqaz29wnr6v3.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол inФОРМАТ 30 л. синий  DOP-30B</t>
+  </si>
+  <si>
+    <t>Дыроколы серии «Оптима» - универсальный офисный инструмент. С легкостью пробивают заявленное количество листов – 10, 20 или 30. Эргономичная форма и ручка для надавливания имеют очень удобную конструкцию для использования. Металлический механизм – сверхпрочный, корпус изготовлен из приятного на ощупь высококачественного пластика, дырокол прослужит очень долго. Основные характеристики: - Фиксация в сложенном виде - Два вида сшивания – открытый и закрытый - Многоформатная линейка - На корпусе две метки для удобства центрирования - Пластиковый поддон для конфетти.</t>
+  </si>
+  <si>
+    <t>348934</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab3/7epf3bcaihg2wl8mvjbe7y91qmtq6o0q.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол inФОРМАТ 20 л. черный  DOP-20K</t>
+  </si>
+  <si>
+    <t>348935</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/482/8icmj06nrb0nx2524orge34bsctvanke.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол inФОРМАТ 20 л. синий  DOP-20B</t>
+  </si>
+  <si>
+    <t>348938</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/067/067931bc9c6492d269348447b7566cd4.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Smart Technology quot; 45л., металл., энергосбер., с фиксатором, черный, с линейкой. DDm_45301</t>
+  </si>
+  <si>
+    <t>Цельнометаллический энергосберегающий дырокол. Форматная линейка. Поддон для конфетти. Фиксатор открывания для компактного хранения. Пробивает до 45 л. Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упаковка в картонную коробку. Цвет черный.</t>
+  </si>
+  <si>
+    <t>349128</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96e/96e99d1373a674aafcc6522972ac2a19.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Smart Technology quot; 15л., металлический, с фиксатором, черный, с линейкой. DDm_15101</t>
+  </si>
+  <si>
+    <t>Цельнометаллический дырокол. Форматная линейка. Поддон для конфетти. Фиксатор открывания для компактного хранения. Пробивает до 15 л. Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упаковка в картонную коробку. Цвет черный.</t>
+  </si>
+  <si>
+    <t>349132</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/877/877c605584238fb9e92794bbf4fe97de.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Smart Technology quot; 25л., металл., энергосбер., с фиксатором, черный, с линейкой. DDm_25201</t>
+  </si>
+  <si>
+    <t>Цельнометаллический энергосберегающий дырокол. Форматная линейка. Поддон для конфетти. Фиксатор открывания для компактного хранения. Пробивает до 25 л. Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упаковка в картонную коробку. Цвет черный.</t>
+  </si>
+  <si>
+    <t>349133</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a0/6a08a731f6f92c871ee2c55871ab40ba.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo 20л, 4 отверстия, металлический корпус, черный. Ddm_20400</t>
+  </si>
+  <si>
+    <t>Цельнометаллический дырокол на 4 отверстия. Пробивает 20л.&amp;nbsp;&amp;nbsp;Форматная линейка. Пластиковый поддон для конфетти. Упаковка в картонную коробку.</t>
+  </si>
+  <si>
+    <t>366800</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e0/5e0a6bf5b6c9d5ed8758f350ce831539/b0ca354c7152d28a474d185dd233591e.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Economy до 10 листов, без линейки, цвет черный</t>
+  </si>
+  <si>
+    <t>376696</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/430/4303f79168e5b0907371b0ceda6929b0/67959780d66272a38a17c28ae32ef520.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Economy до 30 листов, с линейкой, цвет черный</t>
+  </si>
+  <si>
+    <t>376702</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e77/e77b406ff5fabe545e4734e920a27aba/a2a485ea5ce965f10585507c080872ed.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Economy до 60листов, с линейкой, цвет черный</t>
+  </si>
+  <si>
+    <t>376704</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc0/zlyu5ur3zboxa5pxsj9wtru836tv0zb6.jpg</t>
+  </si>
+  <si>
+    <t>Сменные ножи для дырокола KW-trio 952 954, комплект 6 шт., 130001 6</t>
+  </si>
+  <si>
+    <t>Для супермощных дыроколов KW-trio 952 &amp;#40;код 220819&amp;#41;, KW-trio 954 &amp;#40;код 225146&amp;#41;.</t>
+  </si>
+  <si>
+    <t>409748</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kw-trio/"&gt;KW-Trio&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/78b/78bc1c3da0823c1efaedb88c0fa503f9.jpeg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Economy до 20 листов, с линейкой, металл, синий</t>
+  </si>
+  <si>
+    <t>415016</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/592/5923686329fda6551bcf7f7740561b1d/9b00807dde13c763323642c9509e661b.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Power до 10л., металл., ч рный</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Power до 10л., металл., чёрный</t>
+  </si>
+  <si>
+    <t>415017</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/76d/76db271aa24dc2f9e2f70051621e775c/54891fa9e0f0f44bb78ef42a344528ba.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Power до 20л., металл., ч рный</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Power до 20л., металл., чёрный</t>
+  </si>
+  <si>
+    <t>415018</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1aa/1aaf8d7d4a5725f7ab06fed57937deae/702a1f4c9db5bc9ce1f79a582479df10.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Power до 30л., металл., ч рный</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Power до 30л., металл., чёрный</t>
+  </si>
+  <si>
+    <t>415019</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/821/8212a51f4f3c05dab913ce6ec1b506fa/fdd8073ee43d62e138c7dc2f3aeea2a3.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Selechion до 20 листов, цвет белый</t>
+  </si>
+  <si>
+    <t>415020</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24b/24b1c1ed1ff0f93aff70ae5e4975b965/cd6b67013629bb9eff2d496f6731765b.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache до 25 листов, с блокиратором, металлич., синий</t>
+  </si>
+  <si>
+    <t>415021</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/765/765d61ef80374df25260daa35eb74012.jpeg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache до 25 листов, с блокиратором, металлич., ч рный</t>
+  </si>
+  <si>
+    <t>Дырокол Attache до 25 листов, с блокиратором, металлич., чёрный</t>
+  </si>
+  <si>
+    <t>415022</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b3f/b3fe287a9f4793cf8626440f56483762/a8880c44bb6647cef2bb1e003808acc7.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache до 35 листов, с блокиратором, металлич., синий</t>
+  </si>
+  <si>
+    <t>415023</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f3b/f3bd803941869558da524aec81fac0a9/314ed8c08c9f4dccc5d1ef0f1f5cd72f.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache до 35 листов, с блокиратором, металлич., ч рный</t>
+  </si>
+  <si>
+    <t>Дырокол Attache до 35 листов, с блокиратором, металлич., чёрный</t>
+  </si>
+  <si>
+    <t>415024</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8a0/8a08244fe319e202abb6b217c1ee12f8/0dac5a721ccee5393cb24cf548dcf052.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache на 1 отверстие, на 6 листов, металлический</t>
+  </si>
+  <si>
+    <t>415026</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d4/1d41bff51ff4ca4462415a7b09096ebe/44c9e9c63b69e91b1a071cb1d770b893.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache на 4 отверстия, до 15л., ч рный</t>
+  </si>
+  <si>
+    <t>Дырокол Attache на 4 отверстия, до 15л., чёрный</t>
+  </si>
+  <si>
+    <t>415027</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/655/2fdpzwx2o4spckvln52xdf5y9ip8hflf.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический BRAUBERG  quot;Style quot;, до 40 листов, ассорти  синий черный , 220947</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Style&amp;quot; позволяет аккуратно перфорировать документы для последующей подшивки в папки. Полностью металлический дырокол эргономичного дизайна пробивает до 40 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения.</t>
+  </si>
+  <si>
+    <t>423685</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87c/u5ajxiixqnzoau1sognq9e8u89izf16x.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический на 2-4 отверстия BRAUBERG  quot;HL-4 quot;, до 15 л, черный, 221160</t>
+  </si>
+  <si>
+    <t>Металлический дырокол BRAUBERG &amp;quot;HL-4&amp;quot; позволяет аккуратно и точно пробить в бумаге 4 отверстия. Полностью металлический дырокол BRAUBERG &amp;quot;HL-4&amp;quot; пробивает до 15 л. бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 4, диаметр каждого – 6 мм, расстояние между отверстиями – 8 см. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора и блокиратором для компактного хранения.</t>
+  </si>
+  <si>
+    <t>423686</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/560/wm6dt3dmmks48vd2k00s3ziun48biwc2.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический BRAUBERG  quot;PN-100M quot;, до 30 листов, ассорти  синий черный , 221277</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;PN-100M&amp;quot; поможет аккуратно пробить отверстия в бумаге. Такая вещь нужна в любом официальном заведении, частной фирме или для домашних нужд. Полностью металлический дырокол пробивает до 30 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения.</t>
+  </si>
+  <si>
+    <t>423687</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eaa/l0fdrtjbvkd3bhfs2tpq3w5wcrqwfftm.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;Original quot;, до 10 листов, черный, 222537</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Original&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Дырокол эргономичного дизайна пробивает до 10 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>423692</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f49/uml86pilit9oc1et98yi1qf8fsqln71x.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;Original quot;, до 20 листов, черный, 222539</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Original&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Дырокол эргономичного дизайна пробивает до 20 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>423693</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fac/60pmj0fogyl9wyz8s4hr6zudb012ztwu.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;Original quot;, до 20 листов, синий, 222540</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Original&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Дырокол эргономичного дизайна пробивает до 20 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический синий цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>423694</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f8f/73skn7dheal26bwjgm8almt2ju6etq3q.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;Original quot;, до 25 листов, синий, 222543</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Original&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Дырокол эргономичного дизайна пробивает до 25 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический синий цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>423697</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d9/o8n2pfy7k4thqfr25w672ntbniaolkku.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический BRAUBERG  quot;Classic quot;, до 10 листов, черный, 222548</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Classic&amp;quot; – предмет, который необходим в каждом офисе. С его помощью можно аккуратно пробивать отверстия документах и подшивать их в папку. Полностью металлический дырокол пробивает до 10 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>423698</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/505/b0lf4pk8rsthxkvtkjxcwyjxzkmawibe.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический BRAUBERG  quot;Universal quot;, до 35 листов, ассорти  синий черный , 222784</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Universal&amp;#43;&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Полностью металлический дырокол эргономичного дизайна пробивает до 35 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классические черный и синий цвета отлично впишутся в любой интерьер.</t>
+  </si>
+  <si>
+    <t>423706</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b21/nws1qn2zuezvcexp2qis3q9wuibwoq7m.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический BRAUBERG  quot;Metallic quot;, до 20 листов, серебристый, 224339</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Metallic&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Полностью металлический дырокол эргономичного дизайна пробивает до 20 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический серебристый цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>423707</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/114/vjk6uylvhdbzk3m53o5iwqzu0prigqn2.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;G-Line quot;, до 40 листов, черный, 224341</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;G-Line&amp;quot; поможет аккуратно пробить отверстия в бумаге. Такая вещь нужна в любом официальном заведении, частной фирме или для домашних нужд. Дырокол эргономичного дизайна пробивает до 40 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>423708</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4fd/xmvb9h46vyh5hzp1mycra1oq9u72npp3.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический BRAUBERG  quot;Metallic quot;, до 40 листов, серебристый, 224342</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Metallic&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Полностью металлический дырокол эргономичного дизайна пробивает до 40 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 2, диаметр каждого – 6 мм, расстояние между отверстиями – 8 см. Метка центрирования поможет ровно разместить листы, а ограничительная линейка – пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический серебристый цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>423709</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/331/alxabnq1e9j7mvuqf7ux8b8cn03g3jmd.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол ЭНЕРГОСБЕРЕГАЮЩИЙ BRAUBERG  quot;Easy Press quot;, до 30 листов, БЕЗ УСИЛИЙ, 224343</t>
+  </si>
+  <si>
+    <t>Высококачественный дырокол BRAUBERG &amp;quot;Easy Press&amp;quot; – незаменимый офисный инструмент для перфорации бумаги. Энергосберегающий дырокол эргономичного дизайна пробивает до 30 л. бумаги. Функция &amp;quot;без усилий&amp;quot; позволяет прикладывать на 60&amp;#37; меньше усилий при работе с дыроколом по сравнению с обычными моделями. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 2, диаметр каждого – 6 мм, расстояние между отверстиями – 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка – пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>423710</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/259/74nra43x5jmsr62ag4kg3k4atyokl0wa.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический STAFF, до 10 листов, без линейки, черный, 224647</t>
+  </si>
+  <si>
+    <t>Дырокол STAFF – необходимый офисный предмет, предназначенный для перфорации бумаги. Полностью металлический дырокол пробивает до 10 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>423711</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad6/nes8kzo0u7cp6jzpnztfmspqsmr65hz7.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический STAFF, до 10 листов, без линейки, синий, 224648</t>
+  </si>
+  <si>
+    <t>Дырокол STAFF – необходимый офисный предмет, предназначенный для перфорации бумаги. Полностью металлический дырокол пробивает до 10 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения.</t>
+  </si>
+  <si>
+    <t>423712</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/890/3hl8cujxpuyokaj10jd0k0xn0i6zy9fb.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол STAFF, металлический средний, до 20 листов, черный, 224649</t>
+  </si>
+  <si>
+    <t>Дырокол STAFF – необходимый офисный предмет, предназначенный для перфорации бумаги. Полностью металлический дырокол пробивает до 20 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>423713</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c1/upgj24vp124nx24yrnrr5u937q85235y.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический STAFF, до 30 листов, черный, 224650</t>
+  </si>
+  <si>
+    <t>Дырокол STAFF – необходимый офисный предмет, предназначенный для перфорации бумаги. Полностью металлический дырокол пробивает до 30 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 2, диаметр каждого – 6 мм, расстояние между отверстиями – 8 см. Метка центрирования поможет ровно разместить листы, а ограничительная линейка – пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>423714</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d76/nh86nv27k0njkw48ea32o5iob0x6tc1o.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол MAPED  Франция   quot;Greenlogic quot;, до 25 листов,  quot;карбоновое покрытие quot;, черный, 452511</t>
+  </si>
+  <si>
+    <t>Экологичный дырокол MAPED &amp;quot;Essentials Green&amp;quot; произведен по европейским экологическим стандартам c максимальным использование переработанных материалов, что снижает вредное воздействие промышленности на окружающую среду. Компактный пластиковый дырокол пробивает до 25 листов плотностью 70 г/м2. Корпус выполнен в классической форме с отверстием для пальцев из ударопрочного экологичного пластика: 21&amp;#37; переработанного сырья. Стильный дизайн - эффект текстурной 3D-поверхности, обработка под карбон.Надежный металлический механизм обеспечит быстрое и точное пробивание, благодаря центровочным меткам на корпусе. Пробивает как 2, так и 4 отверстия &amp;#40;в 2 приема с помощью деления 3х8 на линейке&amp;#41;. Линейка-ограничитель способствует комфортному использованию. Удобный контейнер для конфетти со съемной крышкой.</t>
+  </si>
+  <si>
+    <t>423715</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/maped/"&gt;Maped&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b4/kwcslw13e0e3btx0zcasbmt2jmgiyb6b.jpg</t>
+  </si>
+  <si>
+    <t>Люверсы омедненные KW-trio, комплект 250 шт., внутренний диаметр 4,8 мм, длина 4,6 мм, цвет золото, -9707</t>
+  </si>
+  <si>
+    <t>Люверсы широко используются в постпечатном оформлении полиграфической продукции. Обычно они требуются там, где надо защитить отверстие &amp;#40;в менее прочном, чем металл, материале&amp;#41; от механического повреждения &amp;#40;разрыва, износа&amp;#41;.</t>
+  </si>
+  <si>
+    <t>423718</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d77/iiv72t8cexlahdc8o02r1z801p14fpbd.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический МОЩНЫЙ KW-trio, до 70 листов, черный, -967</t>
+  </si>
+  <si>
+    <t>Высококачественный дырокол обеспечивает точное и легкое пробивание бумаги.</t>
+  </si>
+  <si>
+    <t>423719</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/797/yxwqy9a6c3hizhyads8uamjsh1tykiay.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол на 1 отверстие для установки люверса  225143 , диаметр отверстия 5 мм,до 30 листов, хром, KW-trio, -9718</t>
+  </si>
+  <si>
+    <t>Дырокол для пробивания 1 отверстия с установкой люверса до 30 листов</t>
+  </si>
+  <si>
+    <t>423720</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d6/3at3y12iba76jp00270w6rv97wll4uz2.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол на 1 отверстие KW-trio, до 12 листов, ассорти  красный, синий, зеленый , -921</t>
+  </si>
+  <si>
+    <t>Высококачественный дырокол обеспечивает точное и легкое пробивание бумаги. Имеет интегрированный контейнер для бумаги, фиксируется в нажатом положении. Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>423721</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1cb/uq3d54d96wabppki9jsuwrvhwlsylqub.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический МОЩНЫЙ BRAUBERG  quot;Heavy duty quot;, до 100 листов, черный, 226869</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Heavy duty&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Предназначен для перфорации большого объема бумажных листов. Мощный дырокол пробивает до 100 л. бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 2, диаметр каждого – 6 мм, расстояние между отверстиями – 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка – пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора и блокиратором для компактного хранения.</t>
+  </si>
+  <si>
+    <t>423727</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e9e/8vb2xpopdsw72m0qgb9sl714rrp6fcbj.jpg</t>
+  </si>
+  <si>
+    <t>Сменные диски для мощного дырокола BRAUBERG  quot;Heavy Duty quot;, до 100 листов, КОМПЛЕКТ 2 шт., 226875</t>
+  </si>
+  <si>
+    <t>Сменные диски предназначены для для мощного дырокола BRAUBERG &amp;quot;Heavy Duty&amp;quot; на 100 листов &amp;#40;код 226869&amp;#41;. Изготовлены из черного пластика. Диаметр - 29 мм. 2 штуки в комплекте. Поставляются в пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>423728</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4b2/cbmy6c0ebiriwxwgr06lx424xug3f7fx.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол фигурный  quot;Сердце quot;, диаметр вырезной фигуры 9 мм, ОСТРОВ СОКРОВИЩ, 227146</t>
+  </si>
+  <si>
+    <t>Фигурный дырокол ОСТРОВ СОКРОВИЩ - незаменимый и очень простой инструмент для детского и взрослого творчества. Используется для оформления края листа, для создания аппликаций, открыток, альбомов, пригласительных, а также для изготовления конфетти. Дырокол компактный и удобный в применении, размер - 5,3х7,5х11 см. Диаметр пробиваемого отверстия - 9 мм, форма вырубки - сердце. Режущие части, изготовленные из высококачественного металла, защищены пластмассовым корпусом, что делает дырокол ОСТРОВ СОКРОВИЩ безопасным для детей. Дыроколом можно работать по бумаге, картону и пористой резине плотностью от 80 до 200 г/м2.</t>
+  </si>
+  <si>
+    <t>423729</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/ostrov-sokrovisch/"&gt;ОСТРОВ СОКРОВИЩ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d7c/8kn33lfezab2a8rnsgh0uel1ncaj75w0.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол фигурный  quot;Сердце quot;, диаметр вырезной фигуры 16 мм, ОСТРОВ СОКРОВИЩ, 227148</t>
+  </si>
+  <si>
+    <t>Фигурный дырокол ОСТРОВ СОКРОВИЩ - незаменимый и очень простой инструмент для детского и взрослого творчества. Используется для оформления края листа, для создания аппликаций, открыток, альбомов, пригласительных, а также для изготовления конфетти. Дырокол компактный и удобный в применении, размер - 6х8,5х13,6 см. Диаметр пробиваемого отверстия - 16 мм, форма вырубки - сердце. Режущие части, изготовленные из высококачественного металла, защищены пластмассовым корпусом, что делает дырокол ОСТРОВ СОКРОВИЩ безопасным для детей. Дыроколом можно работать по бумаге, картону и пористой резине плотностью от 80 до 200 г/м2.</t>
+  </si>
+  <si>
+    <t>423731</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/803/hxbhd5hm7a2k1i1bkez3uen2kx0ez933.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол фигурный  quot;Звезда quot;, диаметр вырезной фигуры 16 мм, ОСТРОВ СОКРОВИЩ, 227149</t>
+  </si>
+  <si>
+    <t>Фигурный дырокол ОСТРОВ СОКРОВИЩ - незаменимый и очень простой инструмент для детского и взрослого творчества. Используется для оформления края листа, для создания аппликаций, открыток, альбомов, пригласительных, а также для изготовления конфетти. Дырокол компактный и удобный в применении, размер - 6х8,5х13,6 см. Диаметр пробиваемого отверстия - 16 мм, форма вырубки - звезда. Режущие части, изготовленные из высококачественного металла, защищены пластмассовым корпусом, что делает дырокол ОСТРОВ СОКРОВИЩ безопасным для детей. Дыроколом можно работать по бумаге, картону и пористой резине плотностью от 80 до 200 г/м2.</t>
+  </si>
+  <si>
+    <t>423732</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/795/yah1n6rkwtwh16us1yhkq8z9z08b3fjo.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол фигурный  quot;Цветок quot;, диаметр вырезной фигуры 16 мм, ОСТРОВ СОКРОВИЩ, 227152</t>
+  </si>
+  <si>
+    <t>Фигурный дырокол ОСТРОВ СОКРОВИЩ - незаменимый и очень простой инструмент для детского и взрослого творчества. Используется для оформления края листа, для создания аппликаций, открыток, альбомов, пригласительных, а также для изготовления конфетти. Дырокол компактный и удобный в применении, размер - 6х8,5х13,6 см. Диаметр пробиваемого отверстия - 16 мм, форма вырубки - цветок. Режущие части, изготовленные из высококачественного металла, защищены пластмассовым корпусом, что делает дырокол ОСТРОВ СОКРОВИЩ безопасным для детей. Дыроколом можно работать по бумаге, картону и пористой резине плотностью от 80 до 200 г/м2.</t>
+  </si>
+  <si>
+    <t>423734</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/248/tejlk8zyjav4ltzls2wml5xflt8qerfh.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол фигурный  quot;Ромашка quot;, диаметр вырезной фигуры 16 мм, ОСТРОВ СОКРОВИЩ, 227156</t>
+  </si>
+  <si>
+    <t>Фигурный дырокол ОСТРОВ СОКРОВИЩ - незаменимый и очень простой инструмент для детского и взрослого творчества. Используется для оформления края листа, для создания аппликаций, открыток, альбомов, пригласительных, а также для изготовления конфетти. Дырокол компактный и удобный в применении, размер - 6х8,5х13,6 см. Диаметр пробиваемого отверстия - 16 мм, форма вырубки - ромашка. Режущие части, изготовленные из высококачественного металла, защищены пластмассовым корпусом, что делает дырокол ОСТРОВ СОКРОВИЩ безопасным для детей. Дыроколом можно работать по бумаге, картону и пористой резине плотностью от 80 до 200 г/м2.</t>
+  </si>
+  <si>
+    <t>423738</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1e/wzszkdwvxfaac2vkfi82hhn9kd9s5q8q.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол фигурный  quot;Цветок quot;, диаметр вырезной фигуры 25 мм, ОСТРОВ СОКРОВИЩ, 227161</t>
+  </si>
+  <si>
+    <t>Фигурный дырокол ОСТРОВ СОКРОВИЩ - незаменимый и очень простой инструмент для детского и взрослого творчества. Используется для оформления края листа, для создания аппликаций, открыток, альбомов, пригласительных, а также для изготовления конфетти. Дырокол компактный и удобный в применении, размер - 6,7х8,5х13,6 см. Диаметр пробиваемого отверстия - 25 мм, форма вырубки - цветок. Выполнен в красном цвете. Режущие части, изготовленные из высококачественного металла, защищены пластмассовым корпусом, что делает дыроколы ОСТРОВ СОКРОВИЩ безопасными для детей.</t>
+  </si>
+  <si>
+    <t>423743</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a51/tl5q3588qcpee42wiamhpy0f28ydtyx7.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;Original quot;, до 10 листов, синий, 227785</t>
+  </si>
+  <si>
+    <t>Дырокол для бумаг – это необходимый офисный предмет, с применением которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Офисный аксессуар предназначен для перфорации бумаги. Дырокол эргономичного дизайна с качественными пробойниками обеспечивает легкое и точное пробивание бумаги. Дырокол BRAUBERG &amp;quot;Original&amp;quot; способен пробить за один раз 10 листов бумаги. Стандартное количество пробиваемых отверстий - 2, диаметр каждого - 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Когда будет завершен отчетный период, они обычно сшиваются ниткой и снимаются с металлических колец. Метка центрирования поможет ровно разместить листы. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Текстурная поверхность позволяет рукам не скользить во время работы. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Малые размеры делового аксессуара помогут с легкостью разместить на рабочем столе, а синий цвет в сочетании с серым отлично впишется в любой интерьер.Отличное качество дырокола BRAUBERG &amp;quot;Original&amp;quot; по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
+  </si>
+  <si>
+    <t>423760</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3c/w950f1j8ncbydkbk7gbp1gm1r2657df3.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;Original quot;, до 10 листов, белый, 227786</t>
+  </si>
+  <si>
+    <t>Дырокол для бумаг – это необходимый офисный предмет, с применением которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Офисный аксессуар предназначен для перфорации бумаги. Дырокол эргономичного дизайна с качественными пробойниками обеспечивает легкое и точное пробивание бумаги.Дырокол BRAUBERG &amp;quot;Original&amp;quot; способен пробить за один раз 10 листов бумаги. Стандартное количество пробиваемых отверстий - 2, диаметр каждого - 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Когда будет завершен отчетный период, они обычно сшиваются ниткой и снимаются с металлических колец. Метка центрирования поможет ровно разместить листы. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Текстурная поверхность позволяет рукам не скользить во время работы. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Малые размеры делового аксессуара помогут с легкостью разместить на рабочем столе, а классический белый цвет отлично впишется в любой интерьер.Отличное качество дырокола BRAUBERG &amp;quot;Original&amp;quot; по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
+  </si>
+  <si>
+    <t>423761</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/842/aei0619ky4x3b6b884djbqyq2835gwvr.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;Original quot;, до 20 листов, белый, 227787</t>
+  </si>
+  <si>
+    <t>Дырокол для бумаг – это необходимый офисный предмет, с применением которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Офисный аксессуар предназначен для перфорации бумаги. Дырокол эргономичного дизайна с качественными пробойниками обеспечивает легкое и точное пробивание бумаги. Дырокол BRAUBERG &amp;quot;Original&amp;quot; способен пробить за один раз 20 листов бумаги. Стандартное количество пробиваемых отверстий - 2, диаметр каждого - 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Когда будет завершен отчетный период, они обычно сшиваются ниткой и снимаются с металлических колец. Метка центрирования поможет ровно разместить листы. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Текстурная поверхность позволяет рукам не скользить во время работы. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Малые размеры делового аксессуара помогут с легкостью разместить на рабочем столе, а классический белый цвет отлично впишется в любой интерьер.Дырокол отличного качества BRAUBERG &amp;quot;Original&amp;quot; по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
+  </si>
+  <si>
+    <t>423762</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef2/yvj83xl47r0ayxe3t1g25q684nandwi5.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический BRAUBERG  quot;PN-150M quot;, до 35 листов, синий, 227789</t>
+  </si>
+  <si>
+    <t>Настольный металлический дырокол BRAUBERG &amp;quot;PN-150M&amp;quot; обеспечивает легкое и точное пробивание бумаги. Дырокол BRAUBERG &amp;quot;Leistung&amp;quot; способен пробить за один раз 35 листов бумаги. Стандартное количество пробиваемых отверстий - 2, диаметр каждого - 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Когда будет завершен отчетный период, они обычно сшиваются ниткой и снимаются с металлических колец. Метка центрирования поможет ровно разместить листы. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Текстурная поверхность позволяет рукам не скользить во время работы. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Малые размеры делового аксессуара помогут с легкостью разместить на рабочем столе, а классический белый цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>423763</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f6/wut0o2m136lsgrcaja7ez8s6pmaj2ik8.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический BRAUBERG  quot;PN-150M quot;, до 35 листов, белый, 227790</t>
+  </si>
+  <si>
+    <t>Настольный металлический дырокол BRAUBERG &amp;quot;PN-150M&amp;quot; обеспечивает легкое и точное пробивание бумаги. Способен пробить за один раз 35 листов бумаги. Стандартное количество пробиваемых отверстий - 2, диаметр каждого - 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Когда будет завершен отчетный период, они обычно сшиваются ниткой и снимаются с металлических колец. Метка центрирования поможет ровно разместить листы. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Малые размеры делового аксессуара помогут с легкостью разместить на рабочем столе, а классический белый в сочетании с черным цветом отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>423764</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/90f/rrwxs6o83xoqz0qn2twpzllohfc909ug.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;Black Jack quot;, до 20 листов, черный, 227796</t>
+  </si>
+  <si>
+    <t>Дырокол для бумаг &amp;quot;Black Jack&amp;quot; BRAUBERG – это необходимый офисный предмет, с применением которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Офисный аксессуар предназначен для перфорации бумаги. Способен пробить за один раз 20 листов бумаги. Стандартное количество пробиваемых отверстий - 2, диаметр каждого - 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Когда будет завершен отчетный период, они обычно сшиваются ниткой и снимаются с металлических колец. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Малые размеры делового аксессуара помогут с легкостью разместить на рабочем столе, а классический черный цвет отлично впишется в любой интерьер.Дырокол BRAUBERG &amp;quot;Black Jack&amp;quot; по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
+  </si>
+  <si>
+    <t>423769</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/82e/7s9ptm8j957p1q3wkrm05folrpz6rzqa.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Power до 65л., металл., ч рный</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Power до 65л., металл., чёрный</t>
+  </si>
+  <si>
+    <t>438378</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b6/6kxsh02tmf6hesvs4hjbouns10na96ku.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;JET PRO quot;, до 20 листов, красно-черный, 228599</t>
+  </si>
+  <si>
+    <t>Дырокол для бумаг BRAUBERG &amp;quot;Jet Pro&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Способен пробить за один раз 20 листов бумаги. Стандартное количество пробиваемых отверстий - 2, диаметр каждого - 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Текстурная поверхность и резиновая вставка позволяет рукам не скользить во время работы. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Имеет стильный дизайн, комбинированный цвет и эргономичную форму корпуса.Дырокол BRAUBERG &amp;quot;Jet Pro&amp;quot; по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
+  </si>
+  <si>
+    <t>459296</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cfc/ckwax2qu1w212sfinerj0qkysukjjg9d.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;JET PRO quot;, до 20 листов, сине-черный, 228598</t>
+  </si>
+  <si>
+    <t>459297</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1cd/azgw0mbtiruxuqdjnn0ooijo3hra2757.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;JET PRO quot;, до 30 листов, красно-черный, 228601</t>
+  </si>
+  <si>
+    <t>Дырокол для бумаг BRAUBERG &amp;quot;Jet Pro&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Способен пробить за один раз 30 листов бумаги. Стандартное количество пробиваемых отверстий - 2, диаметр каждого - 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Текстурная поверхность и резиновая вставка позволяет рукам не скользить во время работы. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Имеет стильный дизайн, комбинированный цвет и эргономичную форму корпуса.Дырокол BRAUBERG &amp;quot;Jet Pro&amp;quot; по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
+  </si>
+  <si>
+    <t>459298</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a1/mcvnb2jisa2g24d3b4jgatlv7rb4i43b.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;JET PRO quot;, до 30 листов, сине-черный, 228600</t>
+  </si>
+  <si>
+    <t>459299</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c1/i1kmuybmdyw38xl9zrpuyxdu70kqa5k5.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;JET PRO quot;, до 40 листов, красно-черный, 228603</t>
+  </si>
+  <si>
+    <t>Дырокол для бумаг BRAUBERG &amp;quot;Jet Pro&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Способен пробить за один раз 40 листов бумаги. Стандартное количество пробиваемых отверстий - 2, диаметр каждого - 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Текстурная поверхность и резиновая вставка позволяет рукам не скользить во время работы. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Имеет стильный дизайн, комбинированный цвет и эргономичную форму корпуса.Дырокол BRAUBERG &amp;quot;Jet Pro&amp;quot; по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
+  </si>
+  <si>
+    <t>459300</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ebb/oon9006h6folbc2axbhpjnwdoz9ns0r1.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;JET PRO quot;, до 40 листов, сине-черный, 228602</t>
+  </si>
+  <si>
+    <t>459301</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/81b/uxbhq4026520iku01jkm6zohaorphu7j.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический BRAUBERG  quot;Office Expert quot;, до 25 листов, черно-синий, 228604</t>
+  </si>
+  <si>
+    <t>Дырокол для бумаг BRAUBERG &amp;quot;Office-Expert&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Способен пробить за один раз 25 листов бумаги. Стандартное количество пробиваемых отверстий - 2, диаметр каждого - 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Имеет стильный дизайн, комбинированный цвет и эргономичную форму корпуса.Дырокол BRAUBERG &amp;quot;Office-Expert&amp;quot; по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
+  </si>
+  <si>
+    <t>459302</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/584/c1ycqgnoxcsvp6femocr5kuswjf1tly5.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический BRAUBERG  quot;Office Expert quot;, до 35 листов, черно-синий, 228605</t>
+  </si>
+  <si>
+    <t>Дырокол для бумаг BRAUBERG &amp;quot;Office-Expert&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Способен пробить за один раз 35 листов бумаги. Стандартное количество пробиваемых отверстий - 2, диаметр каждого - 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Имеет стильный дизайн, комбинированный цвет и эргономичную форму корпуса.Дырокол BRAUBERG &amp;quot;Office-Expert&amp;quot; по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
+  </si>
+  <si>
+    <t>459303</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c22/c2277f9cc71e33b7aec91f650b3cdc5b.jpeg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Power TX quot; 10л., металлический, с линейкой, синий</t>
+  </si>
+  <si>
+    <t>Цельнометаллический дырокол Berlingo &amp;quot;Power TX&amp;quot; выполнен в ярких модных цветах. Прекрасно&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 10 листов. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для храния конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>469358</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a5d/a5d88654aa534f17d15acd906cd382a1.jpeg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Power TX quot; 10л., металлический, с линейкой, зеленый</t>
+  </si>
+  <si>
+    <t>469359</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/388/388dc26443809af2f9b68155e7b819f1.jpeg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Power TX quot; 20л., металлический, с фиксатором и линейкой, синий</t>
+  </si>
+  <si>
+    <t>Цельнометаллический дырокол Berlingo &amp;quot;Power TX&amp;quot; выполнен в ярких модных цветах. Прекрасно&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 20 листов.&amp;nbsp;&amp;nbsp;Встроенный фиксатор обеспечивает компактное хранение дырокола. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для храния конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>469361</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/710/71067482bb6f5eb8cf906e1746791886.jpeg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Power TX quot; 20л., металлический, с фиксатором и линейкой, зеленый</t>
+  </si>
+  <si>
+    <t>469362</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bf9/bf9f9b4ee958cca41849ba4898e964d7.jpeg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Power TX quot; 30л., металлический, с фиксатором и линейкой, синий</t>
+  </si>
+  <si>
+    <t>Цельнометаллический дырокол Berlingo &amp;quot;Power TX&amp;quot; выполнен в ярких модных цветах. Прекрасно&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 30 листов.&amp;nbsp;&amp;nbsp;Встроенный фиксатор обеспечивает компактное хранение дырокола. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для храния конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>469364</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec6/ec60029e53e8694cbabf6158e26060db.jpeg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Power TX quot; 30л., металлический, с фиксатором и линейкой, зеленый</t>
+  </si>
+  <si>
+    <t>469365</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f3/4f35ae23b2ff5d5b7f3b95d2c101bf2c.jpeg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Power TX quot; 30л., металлический, с фиксатором и линейкой, красный</t>
+  </si>
+  <si>
+    <t>469366</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/02c/gkkba0lql50z7nylz7ufie15y229v27c.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический МОЩНЫЙ BRAUBERG  quot;Heavy duty quot;, до 60 листов, черный, 226868</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Heavy duty&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Предназначен для перфорации большого объема бумажных листов. Мощный дырокол BRAUBERG &amp;quot;Heavy duty&amp;quot; пробивает до 60 л. бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 2, диаметр каждого – 6 мм, расстояние между отверстиями – 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка – пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора и блокиратором для компактного хранения.</t>
+  </si>
+  <si>
+    <t>472817</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f44/f445050f8dc526ec98062c77c3283533/a3ce1cc8468063081522e1a3d7308910.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол энергосберегающий Berlingo  quot;Smart Technology quot; 15л, металлический, фиксатор, линейка, белый</t>
+  </si>
+  <si>
+    <t>Цельнометаллический ЭНЕРГОСБЕРЕГАЮЩИЙ дырокол Berlingo &amp;quot;Smart Technology&amp;quot; выполнен в классических цветах. Прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 15 листов. Не требует усилий.&amp;nbsp;&amp;nbsp;Встроенный фиксатор обеспечивает компактное хранение дырокола. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>557698</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff8/ff8df038441d1163ede29db38cf78369/9b378a721f734b26989c7fde2e840e1d.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол энергосберегающий Berlingo  quot;Smart Technology quot; 15л, металлический, фиксатор, линейка, красный</t>
+  </si>
+  <si>
+    <t>557700</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/77d/77d8fa2951686475f69a5df5f252a218/06af10cc9a732d58cb58d707bce35878.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Office Soft quot; 30л., пластиковый, ассорти, с линейкой</t>
+  </si>
+  <si>
+    <t>Дыроколы серии &amp;quot;Office Soft&amp;quot; мощностью от 10 до 30 листов производятся с пластиковой верхней частью корпуса. Все они снабжены антискользящими мягкими вставками, органичительными линейками и удобными отделениями для конфетти, которые легко очищать благодаря специальной форме дна. Каждая модель выполнена в двух артикулах: с мягкой вставкой черного цвета, а также цветов ассорти: серый, синий, красный. Корпус дырокола всегда черный.</t>
+  </si>
+  <si>
+    <t>557701</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b7a/b7a47838c63cd834cebde00f0b083748/28545a1d1e9249d66dcc66162fadb61a.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Universal quot; 20л., металлический, серый</t>
+  </si>
+  <si>
+    <t>Цельнометаллический дырокол Berlingo &amp;quot;Universal&amp;quot; прекрасно&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 20 листов. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>557702</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fdb/fdbffa0eb588bd86d1916f6de182212c/ad568bdb9f0947c78c3f0bc9f51dc24a.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Universal quot; 20л., металлический, синий</t>
+  </si>
+  <si>
+    <t>557703</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8d7/8d7634f0198f8a7c250e683ff5024899/7e11bd41fb9166e716725b1c6e7c849f.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Universal quot; 30л., металлический, синий</t>
+  </si>
+  <si>
+    <t>Цельнометаллический дырокол Berlingo &amp;quot;Universal&amp;quot; прекрасно&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 30 листов. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>557705</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d13/d13d3b2db72200fced7ca36032a533e0/b3351df774321f5010d5f7aac7f5b198.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Universal quot; 40л., металлический, серый</t>
+  </si>
+  <si>
+    <t>Цельнометаллический дырокол Berlingo &amp;quot;Universal&amp;quot; прекрасно&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 40 листов. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>557706</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/01f/01f6e6b3d2e4ce9933e06aa307391eb1/a197910973f140d19c64c777376d960d.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Office Soft quot; 10л., пластиковый, синий, с линейкой</t>
+  </si>
+  <si>
+    <t>Пластиковый дырокол Berlingo &amp;quot;Office Soft&amp;quot; прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования.&amp;nbsp;&amp;nbsp;Антискользящая прорезиненная вставка обеспечивает еще более комфортную работу дырокола. Пробивает до 10 листов. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>557708</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f14/f1430be9e6b645360f17c105bd8a11a1/303f86627007c60c21e568ab8506806e.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Office Soft quot; 10л., пластиковый, красный, с линейкой</t>
+  </si>
+  <si>
+    <t>557709</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ebf/ebf4c3ca006b9962d9bcc73c514816ae/2e2f21ef02592e18b5271c19a1bf0915.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Office Soft quot; 20л., пластиковый, синий, с линейкой</t>
+  </si>
+  <si>
+    <t>Пластиковый дырокол Berlingo &amp;quot;Office Soft&amp;quot; прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования.&amp;nbsp;&amp;nbsp;Антискользящая прорезиненная вставка обеспечивает еще более комфортную работу дырокола. Пробивает до 20 листов. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>557710</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/437/437b1f56c2dcd695af4c9c28c069fd37/5fa25fcb3f71daceb396b7c03000b9cc.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Office Soft quot; 20л., пластиковый, красный, с линейкой</t>
+  </si>
+  <si>
+    <t>557711</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b7c/jauo9uhrlayg4kbeamm1ts0e7bpa5bqi.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол MAPED  Франция   quot;Essentials Metal quot;, металлический, большой, на 35 листов, черный, 403411</t>
+  </si>
+  <si>
+    <t>Металлический дырокол MAPED &amp;quot;Essentials Metal&amp;quot; обладает запатентованной системой выравнивания листов с помощью папки с кольцами. Пробивает до 35 листов плотностью 70 г/м2. Обладает лаконичным стильным дизайном и удобным контейнером для конфетти со съемной крышкой. Быстрое и точное пробивание благодаря центровочным меткам на корпусе. Дырокол снабжен выдвижной линейкой-ограничителем с надёжной фиксацией упора. Фиксация крышки в сложенном положении. Пробивает как 2, так и 4 отверстия &amp;#40;в 2 приема с помощью деления 3х8 на линейке&amp;#41;.</t>
+  </si>
+  <si>
+    <t>563590</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/56a/8k33nmv9avc2c8y7f4xiy5grqxvsck9w.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический МОЩНЫЙ BRAUBERG  quot;Heavy duty quot;, до 150 листов, черный, 226870</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Heavy duty&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Предназначен для перфорации большого объема бумажных листов. Мощный дырокол пробивает до 150 л. бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 2, диаметр каждого – 6 мм, расстояние между отверстиями – 80 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора и блокиратором для компактного хранения.</t>
+  </si>
+  <si>
+    <t>563591</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e2/rzrfbpf8vv8f5j2f524dsux6kn4xr8o4.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол на 2-3-4 отверстия KW-trio, до 30 листов</t>
+  </si>
+  <si>
+    <t>Дырокол повышенной мощности на 4 отверстия с регулируемым расстоянием между отверстиями. Отлично подойдет для работы с большим объемом подшиваемых документов &amp;#40;работа с каталогами, архивами, бухгалтерскими документами&amp;#41;.</t>
+  </si>
+  <si>
+    <t>563592</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a6a/a6afdf4504f2a9b9e613780b95723e38/8182c2baf83637485278c0b34586d339.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Economy до 20 листов, с линейкой, цвет черный</t>
+  </si>
+  <si>
+    <t>581925</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b27/7n5g1m0xraz5kn21i21vk37rmuvhoenc.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический BRAUBERG  quot;Extra quot;, до 40 листов, черный, 229093</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Extra&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Металлический дырокол эргономичного дизайна пробивает до 40 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 cм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря эргономичной форме поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора. Классический черный цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>603747</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b60/b602a9075925eafc4382d1c09821bfa8/45a88a6932dc323f2827f644b31ce0ca.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол OfficeSpace 35л., металлический, черный, с линейкой</t>
+  </si>
+  <si>
+    <t>Металлический дырокол, пробивная мощность 35 листов. Дырокол снабжен ограничительной форматной линейкой, фиксатором и антискользящей вставкой. Цвет корпуса черный.</t>
+  </si>
+  <si>
+    <t>607690</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/98d/cizvhgizdas42a6e73k5eunfuv68ack7.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;Super quot;, до 20 листов, черный, 229091</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Extra&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Дырокол эргономичного дизайна с металлическим механизмом пробивает до 20 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 cм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря эргономичной форме поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора. Классический черный цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>616783</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/47b/jfiy2x3y6rk6ey999yq881owifwtk21x.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический BRAUBERG  quot;Super quot;, до 30 листов, черный, 229092</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Extra&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Металлический дырокол эргономичного дизайна пробивает до 30 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 cм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря эргономичной форме поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора. Классический черный цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>616784</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f5/07grlojdwm2ntt5wrvjlh1wkm9hip8hs.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический BRAUBERG  quot;ULTRA quot;, до 20 листов, голубой, 228759</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;ULTRA&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Дырокол эргономичного дизайна с металлическим механизмом пробивает до 20 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря эргономичной форме поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора. Лакированный корпус из высокопрочного металла в несколько раз сократит износ, а яркий голубой цвет отлично украсит рабочий стол.</t>
+  </si>
+  <si>
+    <t>616785</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7b5/q4zt449lb4dpamm4kvv1a1ymwi3pcmn4.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический BRAUBERG  quot;ULTRA quot;, до 20 листов, черный, 228758</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;ULTRA&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Дырокол эргономичного дизайна с металлическим механизмом пробивает до 20 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря эргономичной форме поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора. Лакированный корпус из высокопрочного металла в несколько раз сократит износ, а классический черный цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>616786</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8e3/8e3afbcd84e2a0a04987ad47be3eef4d.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Universal quot; 10л., металлический, серый</t>
+  </si>
+  <si>
+    <t>Цельнометаллический дырокол Berlingo &amp;quot;Universal&amp;quot; прекрасно&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 10 листов. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>618462</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c1/2c1e7ed9fa5cde3b233a9e6cea2fbc4b.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Universal quot; 10л., металлический, синий</t>
+  </si>
+  <si>
+    <t>618463</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/25b/25beb202412d86d4995c10be9b324024.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Economy до 100 листов, с линейкой, металл, серый</t>
+  </si>
+  <si>
+    <t>625710</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/71b/71ba6b2a39c840028f843ac5efbabcd4.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Office Soft quot; 30л., пластиковый, синий, с линейкой</t>
+  </si>
+  <si>
+    <t>Пластиковый дырокол Berlingo &amp;quot;Office Soft&amp;quot; прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования.&amp;nbsp;&amp;nbsp;Антискользящая прорезиненная вставка обеспечивает еще более комфортную работу дырокола. Пробивает до 30 листов.&amp;nbsp;&amp;nbsp;Встроенный фиксатор обеспечивает компактное хранение дырокола. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии.&amp;nbsp;&amp;nbsp;Удобный контейнер для храния конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>630026</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ea/9nhjo22t620hen3pqdz1kpicm5iydk8c.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол MAPED  Франция   quot;Essentials quot;, металлический, большой, на 45 листов, черный, 404411</t>
+  </si>
+  <si>
+    <t>Металлический большой дырокол MAPED &amp;quot;Essentials Metal&amp;quot; обладает запатентованной системой выравнивания листов с помощью папки с кольцами. Пробивает до 45 листов плотностью 70 г/м2. Обладает лаконичным стильным дизайном и удобным контейнером для конфетти со съемной крышкой. Быстрое и точное пробивание благодаря центровочным меткам на корпусе. Дырокол снабжен выдвижной линейкой-ограничителем с надёжной фиксацией упора. Фиксация крышки в сложенном положении. Пробивает как 2, так и 4 отверстия &amp;#40;в 2 приема с помощью деления 3х8 на линейке&amp;#41;.</t>
+  </si>
+  <si>
+    <t>631006</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/66b/3r0cyh7kuzj20rvwifo8c5adrnayj0a5.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический МОЩНЫЙ KW-trio, до 150 листов, черный, 952</t>
+  </si>
+  <si>
+    <t>Высококачественный супермощный дырокол. Внимание! Не предназначен для пробивания картона!</t>
+  </si>
+  <si>
+    <t>636876</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca4/ca4cede2dbbbae449329f999a2e4d922.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол фигурный для скругления угла, ОСТРОВ СОКРОВИЩ, 662781</t>
+  </si>
+  <si>
+    <t>Фигурный дырокол ОСТРОВ СОКРОВИЩ - незаменимый инструмент для хобби и творчества. Используется для создания и оформления открыток, скрап-альбомов, пригласительных, конвертов. Позволяет закруглить углы или создать выемку без использования ножниц. Радиус скругления угла составляет 8 мм, глубина выемки - 10 мм. Дырокол подходит для работы с бумагой и картоном плотностью от 120 г/м2 до 220 г/м2. Высококачественные металлические ножи обеспечат долгую службу, а при необходимости могут быть заточены согласно инструкции на обратной стороне упаковки. Дырокол безопасен и прост в работе, может использоваться детьми и взрослыми.</t>
+  </si>
+  <si>
+    <t>644127</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fe2/zbslqh1f1hdsk0mprjf0oif6qylhzk3g.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол фигурный, со сменными насадками, 5 штук, ОСТРОВ СОКРОВИЩ, 662783</t>
+  </si>
+  <si>
+    <t>Фигурный дырокол ОСТРОВ СОКРОВИЩ - незаменимый и очень простой инструмент для детского и взрослого творчества. Используется для создания аппликаций, оформления открыток, скрап-альбомов, пригласительных, а также для изготовления конфетти. В набор входят 5 насадок с различными вырубками: сердечко, ангел, бабочка, снежинка, воздушный шарик. Вырубки можно использовать совместно для создания других интересных рисунков. Подробная инструкция размещена на обратной стороне упаковки.Диаметр вырубки составляет 12 мм, вырубленные элементы могут быть использованы в качестве конфетти. Дырокол надёжен, безопасен и прост в работе, может использоваться детьми и взрослыми.</t>
+  </si>
+  <si>
+    <t>644129</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b34/b34452b422cba9e4169678c79d4ca36c.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Attache Economy до 60 листов, с линейкой, металл, синий</t>
+  </si>
+  <si>
+    <t>644914</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e5c/qbzfozk1efvmg09simxaqfq336lidnqh.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический BRAUBERG  quot;Classic quot;, до 25 листов, черный, 229697</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Classic&amp;quot; – предмет, который необходим в каждом офисе. С его помощью можно аккуратно пробивать отверстия в документах и подшивать их в папку. Полностью металлический дырокол пробивает до 25 л. бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 2, диаметр каждого – 6 мм, расстояние между отверстиями – 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>652542</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/39b/7lwg723be40fmlvupjkwbt8q6a0hzymj.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;SX-40 quot;, до 40 листов, черный, 229695</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;SX-40&amp;quot; – предмет, который необходим в каждом офисе. С его помощью можно аккуратно пробивать отверстия в документах и подшивать их в папку. Дырокол BRAUBERG &amp;quot;SX-40&amp;quot; пробивает до 40 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 cм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора. Классический черный цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>652543</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f65/f652e7a73cdf946139f645e6a727495e.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;SX-20 quot;, до 20 листов, черный, 229694</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;SX-20&amp;quot; – предмет, который необходим в каждом офисе. С его помощью можно аккуратно пробивать отверстия в документах и подшивать их в папку. Дырокол BRAUBERG &amp;quot;SX-20&amp;quot; пробивает до 20 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 cм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора. Классический черный цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>654238</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/505/a1xvuai0cvd4o6wfxljfcb0qukshgyu8.jpg</t>
+  </si>
+  <si>
+    <t>Сменные диски для мощного дырокола BRAUBERG  quot;Heavy duty quot;  артикул 226870 , КОМПЛЕКТ 6 шт., 227973</t>
+  </si>
+  <si>
+    <t>Сменные диски предназначены для для мощного дырокола BRAUBERG &amp;quot;Heavy duty&amp;quot; &amp;#40;артикул 226870&amp;#41;. Изготовлены из черного пластика. Диаметр - 25 мм. 2 штуки в комплекте. Поставляются в пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>693894</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a15/uy59shopcn2rzdq1uh0xeedla2u8cvt5.jpg</t>
+  </si>
+  <si>
+    <t>Сменные пробойники для мощного дырокола BRAUBERG  quot;Heavy duty quot;  артикул 226870 , КОМПЛЕКТ 2 шт., 227972</t>
+  </si>
+  <si>
+    <t>Сменные пробойники для мощного дырокола BRAUBERG &amp;quot;Heavy duty&amp;quot; &amp;#40;артикул 226870&amp;#41;. Изготовлены из металла. Длина - 26 мм. Диаметр - 6 мм. В упаковке 2 сменных пробойника.</t>
+  </si>
+  <si>
+    <t>693895</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b72/n4uaa1z7rilxi0f30gy02p8huchcvzwq.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дырокол Erich Krause Elegance до 10 листов, ассорти  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Дырокол с резервуаром для конфетти и линейкой для выбора форматов. Пробивает до 10 листов. Mеханизм изготовлен из высококачественной стали. Гарантия на механизм 2 года. Остро заточенные ножи позволяют с легкостью пробивать максимально возможное количество листов. Пластиковая основа дырокола не царапает поверхность стола. Диаметр прокола 5.5мм. Расстояние между проколами 80мм. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>696720</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/45f/u8ljc99f867c0l3ltmagrnisuioj8dk4.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дырокол Erich Krause Quadro до 10 листов, ассорти  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Дырокол с резервуаром для конфетти и линейкой для выбора форматов. Пробивает до 10 листов. Корпус и механизм изготовлены из высококачественной стали. Гарантия на механизм 2 года. Остро заточенные ножи позволяют с легкостью пробивать максимально возможное количество листов. Пластиковая основа дырокола не царапает поверхность стола. В комплекте фиксатор для хранения в сложенном положении. Диаметр прокола 6мм. Расстояние между проколами 80мм. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>696722</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d08/16kq87wvg2iky92xc9nl40jh8bbas281.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дырокол Erich Krause Elegance до 20 листов, ассорти  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Дырокол с резервуаром для конфетти и линейкой для выбора форматов. Пробивает до 20 листов. Mеханизм изготовлен из высококачественной стали. Гарантия на механизм 2 года. Остро заточенные ножи позволяют с легкостью пробивать максимально возможное количество листов. Пластиковая основа дырокола не царапает поверхность стола. Диаметр прокола 5.5мм. Расстояние между проколами 80мм. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>696723</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/212/zkc9vqg42c6x4cas0f7h99vz6izby05m.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дырокол Erich Krause Elegance до 30 листов, черный  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Дырокол с резервуаром для конфетти и линейкой для выбора форматов. Пробивает до 30 листов. Mеханизм изготовлен из высококачественной стали. На корпусе предусмотрена противоскользящая резиновая вставка. Гарантия на механизм 2 года. Остро заточенные ножи позволяют с легкостью пробивать максимально возможное количество листов. Пластиковая основа дырокола не царапает поверхность стола. Имеет встроенный фиксатор для хранения дырокола в сложенном положении. Диаметр прокола 5.5мм. Расстояние между проколами 80мм.</t>
+  </si>
+  <si>
+    <t>696725</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/677/9d01tc9y89y8oexh3ah2r39l5dm4vgmg.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дырокол Erich Krause U35 до 35 листов, черный  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Дырокол с резервуаром для конфетти и линейкой для выбора форматов. Пробивает до 35 листов. Корпус и механизм изготовлены из высококачественной стали. Гарантия на механизм 2 года. Остро заточенные ножи позволяют с легкостью пробивать максимально возможное количество листов. Пластиковая основа дырокола не царапает поверхность стола. Диаметр прокола 6мм. Расстояние между проколами 80мм.</t>
+  </si>
+  <si>
+    <t>696726</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e3a/bkj7zzh7y0g2gw86ykp2izwo4uysfb30.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дырокол Erich Krause Quadro до 40 листов, ассорти  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Дырокол с резервуаром для конфетти и линейкой для выбора форматов. Пробивает до 40 листов. Корпус и механизм изготовлены из высококачественной стали. Гарантия на механизм 2 года. Остро заточенные ножи позволяют с легкостью пробивать максимально возможное количество листов. Пластиковая основа дырокола не царапает поверхность стола. Имеет встроенный фиксатор для хранения дырокола в сложенном положении. Диаметр прокола 6мм. Расстояние между проколами 80мм. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>696729</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/053/nj72lg8w4raudqmv71i4gynbzscu3vfk.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дырокол Erich Krause R20 Soft touch до 15 листов, черный  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Модель премии Red Dot Design Award. С уникальной конструкцией фиксатора дырокола для хранения в сложенном положении и покрытием Soft-touch. Пробивает до 15 листов. Имеет резервуар для конфетти и линейку для выбора форматов. Mеханизм изготовлен из высококачественной стали. Гарантия на механизм 2 года. Остро заточенные ножи позволяют с легкостью пробивать максимально возможное количество листов. Пластиковая основа дырокола не царапает поверхность стола. Диаметр прокола 5.5мм. Расстояние между проколами 80мм.</t>
+  </si>
+  <si>
+    <t>696732</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/810/s7x24ehaxx1fd3hhupk97m7mgos8xju8.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дырокол мощный Erich Krause до 100 листов, черный  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Мощный дырокол предназначен для пробивания большого объема документов. Пробивает до 100 листов. Имеет резервуар для конфетти и линейку для выбора форматов. Mеханизм изготовлен из высококачественной стали. Гарантия на механизм 2 года. Противоскользящая прорезиненная ручка. Имеет встроенный фиксатор для хранения дырокола в сложенном положении. Диаметр прокола 6мм. Расстояние между проколами 80мм. Размер пробивного ножа: 25.8ммх6мм &amp;#40;запасные ножи в комплект не входят&amp;#41;.</t>
+  </si>
+  <si>
+    <t>696733</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b2e/wv0pm19hw80cvf58daz50w4tvyx1tq8a.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дырокол мощный Erich Krause до 150 листов, черный  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Мощный дырокол предназначен для пробивания большого объема документов. Пробивает до 150 листов. Имеет резервуар для конфетти и линейку для выбора форматов. Mеханизм изготовлен из высококачественной стали. Гарантия на механизм 2 года. Противоскользящая прорезиненная ручка. Имеет встроенный фиксатор для хранения дырокола в сложенном положении. Диаметр прокола 6мм. Расстояние между проколами 80мм. Размер пробивного ножа: 30.2ммх6мм &amp;#40;запасные ножи в комплект не входят&amp;#41;.</t>
+  </si>
+  <si>
+    <t>696734</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/539/5wgqrwv8ts7iqar9q2hv7e773l2gl5i5.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дырокол мощный Erich Krause до 70 листов, черный  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Мощный дырокол предназначен для пробивания большого объема документов. Пробивает до 70 листов. Имеет резервуар для конфетти и линейку для выбора форматов. Mеханизм изготовлен из высококачественной стали. Гарантия на механизм 2 года. Противоскользящая прорезиненная ручка. Имеет встроенный фиксатор для хранения дырокола в сложенном положении. Диаметр прокола 5.5мм. Расстояние между проколами 80мм. Размеры пробивных ножей: левый - 41.8ммх5.5мм, правый - 40ммх5.5мм &amp;#40;запасные ножи в комплект не входят&amp;#41;.</t>
+  </si>
+  <si>
+    <t>696736</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/942/5oifeeoh1odh3jd14lfimed8hqgld8vu.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Fuze quot; 20л., пластиковый, голубой, с линейкой</t>
+  </si>
+  <si>
+    <t>Пластиковый дырокол Berlingo &amp;quot;Fuze&amp;quot; выполнен в сочетании ярких неоновых цветов,&amp;nbsp;&amp;nbsp;прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Антискользящая прорезиненная вставка обеспечивает еще более комфортную работу дырокола. Пробивает до 20 листов.&amp;nbsp;&amp;nbsp;Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии.&amp;nbsp;&amp;nbsp;Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>700644</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/09d/ppmkb4a4c1efmqs3nqhsgd32o2hicaxw.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Fuze quot; 20л., пластиковый, зеленый, с линейкой</t>
+  </si>
+  <si>
+    <t>700645</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c7f/jockje19vn2zuavxt9poqbs8r17447lm.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Fuze quot; 20л., пластиковый, розовый, с линейкой</t>
+  </si>
+  <si>
+    <t>700646</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/993/4szqf7bcu89ggo12b2dx5xe1ax5zk4bk.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Fuze quot; 20л., пластиковый, фиолетовый, с линейкой</t>
+  </si>
+  <si>
+    <t>700647</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e46/518rfxdub9n6ft9pq4bf3bcr7y3rgdox.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 10л  quot;Darvish quot; металлический корпус, диаметр отверстия5,5мм, расстояние между отверст. 80мм.</t>
+  </si>
+  <si>
+    <t>Дырокол&amp;nbsp;&amp;nbsp;10л&amp;nbsp;&amp;nbsp;&amp;quot;Darvish&amp;quot; металлический корпус,диаметр отверстия5,5мм, расстояние между отверстиями 80мм с линейкой</t>
+  </si>
+  <si>
+    <t>703962</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa0/bbv0nm3pbz0i81qe1p4chclguqrsiqk7.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 10л  quot;Darvish quot; пластиковый корпус, диаметр отверстия5,5мм, расстояние между отверстиями 80мм.</t>
+  </si>
+  <si>
+    <t>Дырокол&amp;nbsp;&amp;nbsp;10л &amp;quot;Darvish&amp;quot; пластиковый корпус, диаметр отверстия5,5мм, расстояние между отверстиями 80мм с линейкой</t>
+  </si>
+  <si>
+    <t>703963</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b5e/w4xkflcao0idy3jf1b01sfyx9ib71sh8.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 16л  quot;Darvish quot; пластиковый корпус, d-5,5мм, l-80мм цвет ассорти</t>
+  </si>
+  <si>
+    <t>Дырокол&amp;nbsp;&amp;nbsp;16л &amp;quot;Darvish&amp;quot; пластиковый корпус, d-5,5мм, l-80мм цвет ассорти</t>
+  </si>
+  <si>
+    <t>703964</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b22/vxknlyijq7wzgffn1gbp02hs94pyvjz6.jpg</t>
+  </si>
+  <si>
+    <t>Набор канцелярский  дырокол, степлер  10, скобы  10  2 упаковки  стакан, ножницы   quot;Darvish quot;</t>
+  </si>
+  <si>
+    <t>Набор канцелярский &amp;#40;дырокол,степлер№10,скобы№10&amp;#40;2упаковки&amp;#41;,стакан ,ножницы&amp;#41; &amp;quot;Darvish&amp;quot;</t>
+  </si>
+  <si>
+    <t>703970</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a0/xag0v5c5vp8yl6aqb2d74jp3v6l3epft.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол на 4 отверстия МОЩНЫЙ KW-trio, до 150 листов, черный, 954, -954</t>
+  </si>
+  <si>
+    <t>Дырокол супермощный на 4 отверстия &amp;#40;пробивает до 150 листов&amp;#41;. Отлично подойдет для работы с большим объемом подшиваемых документов &amp;#40;работа с каталогами, архивами, бухгалтерскими документами&amp;#41;.</t>
+  </si>
+  <si>
+    <t>708880</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/606/jix3optkvl17fwr7vbltoz5u61skzgey.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дырокол ErichKrause  Quadro до 20 листов, ассорти  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Дырокол ErichKrause® Quadro до 20 листов, ассорти &amp;#40;в коробке по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771383</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дырокол ErichKrause  Quadro до 20 листов, черный  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Дырокол ErichKrause® Quadro до 20 листов, черный &amp;#40;в коробке по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771384</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дырокол ErichKrause  Quadro до 40 листов, черный  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Дырокол ErichKrause® Quadro до 40 листов, черный &amp;#40;в коробке по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771385</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/725/bpj0m80mckjqllwhsb59eo7pr5lhfwhm.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дырокол ErichKrause  U10 до 10 листов, черный  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Дырокол ErichKrause® U10 до 10 листов, черный &amp;#40;в коробке по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771387</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дырокол ErichKrause  U35 до 35 листов, ассорти  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Дырокол ErichKrause® U35 до 35 листов, ассорти &amp;#40;в коробке по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771390</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6fa/wwz1ewp5a1i9yyfz94mvi4jd7ul4h8n6.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Power TX quot; 10л., металлический, с линейкой, черный</t>
+  </si>
+  <si>
+    <t>Цельнометаллический дырокол Berlingo &amp;quot;Power TX&amp;quot; выполнен в стильном черном цвете. Прекрасно&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 10 листов.&amp;nbsp;&amp;nbsp;Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>775204</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b68/0qk5ssxgis2450h8katc4azaeu4pjajc.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Power TX quot; 20л., металлический, с фиксатором и линейкой, черный</t>
+  </si>
+  <si>
+    <t>Цельнометаллический дырокол Berlingo &amp;quot;Power TX&amp;quot; выполнен в стильном черном цвете. Прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 20 листов.&amp;nbsp;&amp;nbsp;Встроенный фиксатор обеспечивает компактное хранение дырокола. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>775205</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2b/0mt05i0ac8ti3as4jnicfntn48fk2emu.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Power TX quot; 40л., металлический, с фиксатором и линейкой, черный</t>
+  </si>
+  <si>
+    <t>Цельнометаллический дырокол Berlingo &amp;quot;Power TX&amp;quot; выполнен в стильном черном цвете. Прекрасно&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 40 листов.&amp;nbsp;&amp;nbsp;Встроенный фиксатор обеспечивает компактное хранение дырокола. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии.&amp;nbsp;&amp;nbsp;Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>775207</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c81/0i3qqtpufb20s8945a3rl4fw0py2bkyb.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Power TX quot; 60л., металлический, с фиксатором и линейкой, черный</t>
+  </si>
+  <si>
+    <t>Цельнометаллический дырокол Berlingo &amp;quot;&amp;quot;Power TX&amp;quot;&amp;quot; выполнен в стильном черном цвете. Прекрасно&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 60 листов.&amp;nbsp;&amp;nbsp;Встроенный фиксатор обеспечивает компактное хранение дырокола. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии.&amp;nbsp;&amp;nbsp;Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>775208</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дырокол Erich Krause  Elegance до 20 листов, черный  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Дырокол Erich Krause® Elegance до 20 листов, черный &amp;#40;в коробке по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>791949</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6b6/dcqbyvebc0d4lpepal4mlnxkdteax3m4.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дырокол Erich Krause  R20 до 15 листов, красный  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Дырокол Erich Krause® R20 до 15 листов, красный &amp;#40;в коробке по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>791950</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dd2/thmlxvgoznpk52i7c35mjqday1cx7wgw.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Deli PRO до 25 листов, с линейкой, сталь, в картонной коробке, ассорти</t>
+  </si>
+  <si>
+    <t>795587</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ba/zlgniuzprqk7r8n5d0b3oiqz1a0rhxpl.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дырокол ErichKrause  Quadro до 10 листов, черный  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Дырокол ErichKrause® Quadro до 10 листов, черный &amp;#40;в коробке по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>798395</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e0e/f4zydt3nu6d1gu6prwtpk8jf8w7stidh.jpg</t>
+  </si>
+  <si>
+    <t>Сменные запасные части для дырокола KW-trio 9550, комплект 2 ножа и 4 пластиковых диска, блистер, 1300534, -1300534</t>
+  </si>
+  <si>
+    <t>Комплект запасных частей для мощного дырокола KW-trio 9550.</t>
+  </si>
+  <si>
+    <t>829455</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74d/gzg25ub9j3yw0rve38p61eykwl5eya22.jpg</t>
+  </si>
+  <si>
+    <t>Комплект сменных ножей и дисков для мощных дыроколов Berlingo  quot;Heavy Duty quot;, до 150л.  артикулы DDm_15021, DDm_15041  4шт в блистере</t>
+  </si>
+  <si>
+    <t>Комплект сменных ножей и дисков для мощных дыроколов Berlingo &amp;quot;Heavy Duty&amp;quot;, 4 шт в блистере. Подходят для дыроколов Berlingo DDm_15021, DDm_15041, мощностью до 150 листов. В состав набора входят : стальные ножи диаметром 6мм&amp;nbsp;&amp;nbsp;и пластиковые диски диаметром 25мм. Набор упакован в блистер с е/п.</t>
+  </si>
+  <si>
+    <t>833702</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b16/s5xcih5x2gvavk8cwovth8vjl2319eoz.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол энергосберегающий Berlingo  quot;Smart Technology quot; 25л, металлический, фиксатор, линейка, красный</t>
+  </si>
+  <si>
+    <t>Цельнометаллический ЭНЕРГОСБЕРЕГАЮЩИЙ дырокол Berlingo &amp;quot;Smart Technology&amp;quot; выполнен в классических цветах. Прекрасно подходит для ежедневного использования. Пробивает до 25 листов. Не требует усилий. Встроенный фиксатор обеспечивает компактное хранение дырокола. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти. Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>836029</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c15/a4bneksemhgitxso1iqbwo0mwphaqdge.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол энергосберегающий Berlingo  quot;Smart Technology quot; 25л, металлический, фиксатор, линейка, синий</t>
+  </si>
+  <si>
+    <t>836030</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/359/pjdi1iba991a2281ci2iwagzrv8lp79t.jpg</t>
+  </si>
+  <si>
+    <t>Комплект сменных ножей и дисков для мощных дыроколов Berlingo  quot;Heavy Duty quot;, до 100л.   артикул DDm_10141 , 2 2, в блистере</t>
+  </si>
+  <si>
+    <t>Комплект сменных ножей и дисков для мощных дыроколов Berlingo &amp;quot;Heavy Duty&amp;quot;, 2&amp;#43;2 шт в блистере. Походят для дыроколов Berlingo DDm_10141, мощностью до 100 листов. В состав набора входят : стальные ножи диаметором 6мм и пластиковые диски диаметром 28мм. Набор упакован в блистер с е/п.</t>
+  </si>
+  <si>
+    <t>836031</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/720/af8h73i3v5c8uvwelvfls2filwl5h6c8.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол мощный Attache Selection MHDPBK2-290, 2отв., 290 лист., металл,ч рн</t>
+  </si>
+  <si>
+    <t>Дырокол мощный Attache Selection MHDPBK2-290, 2отв., 290 лист., металл,чёрн</t>
+  </si>
+  <si>
+    <t>879440</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ca/0movt7h8rmkploh7rd4q8v0vg0730agg.jpg</t>
+  </si>
+  <si>
+    <t>Нож запасной для мощных дыроколов Attache Selection до 290 лис, металл, 2шт уп</t>
+  </si>
+  <si>
+    <t>Нож запасной для мощных дыроколов Attache Selection до 290 лис, металл, 2шт/уп</t>
+  </si>
+  <si>
+    <t>879442</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3a/5qpz2z0gr3jj19x3vrdlgj5vpo7f55ns.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Round quot; 10л., пластиковый, белый</t>
+  </si>
+  <si>
+    <t>Пластиковый дырокол Berlingo &amp;quot;Round&amp;quot; выполнен в нежных пастельных цветах, прекрасно подходит для ежедневного использования. Пробивает до 10 листов. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти. Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>884013</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/929/dfsl38ef0jkigog1fx8d3y4wi03zcrvf.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Round quot; 10л., пластиковый, голубой</t>
+  </si>
+  <si>
+    <t>884014</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce2/93ufsj6iarldf1jago3xgb955j435cet.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Round quot; 10л., пластиковый, розовый</t>
+  </si>
+  <si>
+    <t>884015</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d59/ie9gwxiefvj686mry0jkth1b9vzwou8l.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Round quot; 20л., пластиковый, белый</t>
+  </si>
+  <si>
+    <t>Пластиковый дырокол Berlingo &amp;quot;Round&amp;quot; выполнен в нежных пастельных цветах, прекрасно подходит для ежедневного использования. Пробивает до 20 листов. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти. Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>884016</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f6d/v454zl0ifs8s9g13h2z7p5go1bnbngde.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Round quot; 20л., пластиковый, голубой</t>
+  </si>
+  <si>
+    <t>884017</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/091/ws7mgc4ntiyhv5x9kodsgb900ssco47w.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Round quot; 20л., пластиковый, розовый</t>
+  </si>
+  <si>
+    <t>884018</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be4/lvop2jeor7ian6315wiazoexz4i76tqf.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол MAPED ESSENTIALS METAL стандартный до 25 листов 2 отвер. металл линейка форматов</t>
+  </si>
+  <si>
+    <t>947742</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/096/tc8g7ojx8au82xe6z5q06dndkeb825ub.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол фигурный 1 шт., диаметр вырубки 16 мм, 8 видов ассорти, ОСТРОВ СОКРОВИЩ, 665225</t>
+  </si>
+  <si>
+    <t>Незаменимые и очень простые инструменты для детского и взрослого творчества. Используются для создания аппликаций, оформления открыток, альбомов, пригласительных, а также для изготовления конфетти. Фигурные дыроколы ОСТРОВ СОКРОВИЩ предназначены для декорирования изделий путем создания четкой и красивой перфорации разной формы. Дырокол компактный и удобный в применении, размер - 6х8,5х13,6 см. Диаметр пробиваемого отверстия - 16 мм, формы вырубки: сердце, бантик, звезда, бабочка, ромашка, тюльпан, снежинка, кленовый листок. Один дырокол делает одну форму вырубки. В дисплее 8 видов дыроколов, по 4 дырокола каждого вида.Режущие части, изготовленные из высококачественного металла, защищены пластмассовым корпусом, что делает дырокол ОСТРОВ СОКРОВИЩ безопасным для детей. Дыроколом можно работать по бумаге, картону и пористой резине плотностью от 80 до 200 г/м2.</t>
+  </si>
+  <si>
+    <t>960223</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/edc/7y0ydalygyukilofs6v0lq7lowp3m6ga.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Комус Prima 6325 черный до 20 листов</t>
+  </si>
+  <si>
+    <t>962190</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/185/xr58w59s6ivzdi16xx0e11opvqvyh3u3.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Комус Prima 6325 синий до 20 листов</t>
+  </si>
+  <si>
+    <t>962191</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0c0/9y5ydes2294nyf6oh20i03r2c8ufc1vd.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Комус Prima 6345 черный до 30 листов</t>
+  </si>
+  <si>
+    <t>962192</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b6/myf0o4mghtlr81cgb0s05mckcuyt1rsx.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Комус Prima 6345 синий до 30 листов</t>
+  </si>
+  <si>
+    <t>962193</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e85/6u47gu530hem7cmj1kso7oyt0bz1f0nm.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Комус Vigor 6365 черный до 40 листов</t>
+  </si>
+  <si>
+    <t>962194</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f22/wr0b5066p88sxg1ioyeaz4frfs70owoj.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Комус Vigor 6365 синий до 40 листов</t>
+  </si>
+  <si>
+    <t>962195</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/862/pljufvf3aktrylw545hrhw45o5388bri.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Комус MPBK20 до 20 листов, металл, с линейкой и блокиратором, ч рный</t>
+  </si>
+  <si>
+    <t>Дырокол Комус MPBK20 до 20 листов, металл, с линейкой и блокиратором, чёрный</t>
+  </si>
+  <si>
+    <t>962196</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c7c/u0k6may1su3bn9rjxgqoy6s6hambid1a.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Комус MPG20 до 20 листов, металл, с линейкой и блокиратором, зел ный</t>
+  </si>
+  <si>
+    <t>Дырокол Комус MPG20 до 20 листов, металл, с линейкой и блокиратором, зелёный</t>
+  </si>
+  <si>
+    <t>962198</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2cb/1ndtseg77468j8bvglhu19z8pp8bv9o1.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Комус MPBL30 до 30 листов, металл, с линейкой и блокиратором, синий</t>
+  </si>
+  <si>
+    <t>962199</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d26/mcb2dfg09kxxif4km8y13okmk3wylkz8.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический Attache Economy до 30 листов, с линейкой, цвет черный</t>
+  </si>
+  <si>
+    <t>962200</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/502/502de5ee108caa4625e934eea8ebc9a6/f0a160005a1f15d8dc45a6f5e273fb19.jpg</t>
-[...1990 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c6b/bhgvg29bnnyjhvji57hq6qf0hjet1hgm.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический Attache Economy до 40 листов, с линейкой, цвет черный</t>
   </si>
   <si>
     <t>962201</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/da5/2egiikee4eq8wdgff3et5sujt7y6hit0.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический Attache Economy до 65 листов, с линейкой, цвет черный</t>
   </si>
   <si>
     <t>962202</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7eb/6he0ekg1sso952eabepdtwut26amy8ba.jpg</t>
   </si>
   <si>
     <t>Дырокол Комус MPBK30 до 30 лист., металл, с линейкой и блокиратором, ч рный</t>
   </si>
   <si>
     <t>Дырокол Комус MPBK30 до 30 лист., металл, с линейкой и блокиратором, чёрный</t>
   </si>
   <si>
     <t>973100</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/24c/hhomyyz5p62vcyp1qcw4c02b0othu1f7.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Комус MPR30 до 30 лист., металл, с линейкой и блокиратором, красный</t>
+  </si>
+  <si>
+    <t>973101</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/81c/rx6gqc5uer4ktm4mopphdsg0b0y0ynzb.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол INFORMAT Classic стандартный до 25 листов 2 отвер. металл синий линейка форматов</t>
+  </si>
+  <si>
+    <t>975312</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91f/qfatu3basvxmqlfh7hzb2l4yto4cg944.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол INFORMAT Classic стандартный до 25 листов 2 отвер. металл черн. линейка форматов</t>
+  </si>
+  <si>
+    <t>975313</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d1/zaxgeffkws90h3wu9cxigekubzl5z6gx.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол INFORMAT Office стандартный до 40 листов 2 отвер. металл синий линейка форматов</t>
+  </si>
+  <si>
+    <t>975316</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d23/h7vvac80zcxn7rednf9qsydkwtop3bxh.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол INFORMAT Office стандартный до 40 листов 2 отвер. металл черн. линейка форматов</t>
+  </si>
+  <si>
+    <t>975317</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/27b/p6nn4a14tt0f32o0pmuecyl1cqhs67n2.jpg</t>
+  </si>
+  <si>
+    <t>Дыроколы фигурные, НАБОР 12 видов, диаметр вырубки 10 мм, ОСТРОВ СОКРОВИЩ, 665226</t>
+  </si>
+  <si>
+    <t>Незаменимые и очень простые инструменты для детского и взрослого творчества. Используются для создания аппликаций, оформления открыток, альбомов, пригласительных, а также для изготовления конфетти. Фигурные дыроколы ОСТРОВ СОКРОВИЩ предназначены для декорирования изделий путем создания четкой и красивой перфорации разной формы. Дырокол компактный и удобный в применении, размер - 25х33х33 мм. Диаметр пробиваемого отверстия - 10 мм, формы вырубки: сердце, звезда, ромашка, клевер, кленовый листок, снежинка, тюльпан, бабочка, ангел, елка, мишка, сова. Один дырокол делает одну форму вырубки. В наборе – 12 видов дыроколов с разными вырубками.Режущие части, изготовленные из высококачественного металла, защищены пластмассовым корпусом, что делает дырокол ОСТРОВ СОКРОВИЩ безопасным для детей. Дыроколом можно работать по бумаге, картону и пористой резине плотностью от 80 до 200 г/м2.</t>
+  </si>
+  <si>
+    <t>996832</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a5/b9d7mtfum10dai6ureh7l9b5kuud52aw.jpg</t>
+  </si>
+  <si>
+    <t>Дыроколы фигурные, НАБОР 12 видов, диаметр вырубки 16 мм, ОСТРОВ СОКРОВИЩ, 665227</t>
+  </si>
+  <si>
+    <t>Незаменимые и очень простые инструменты для детского и взрослого творчества. Используются для создания аппликаций, оформления открыток, альбомов, пригласительных, а также для изготовления конфетти. Фигурные дыроколы ОСТРОВ СОКРОВИЩ предназначены для декорирования изделий путем создания четкой и красивой перфорации разной формы. Дырокол компактный и удобный в применении, размер - 32х45х38 мм. Диаметр пробиваемого отверстия - 16 мм, формы вырубки: сердце, звезда, василёк, клевер, кленовый листок, бантик, бабочка, ангел, колокольчик, мишка, кот, цветок. Один дырокол делает одну форму вырубки. В наборе – 12 видов дыроколов разных цветов с разными вырубками.Режущие части, изготовленные из высококачественного металла, защищены пластмассовым корпусом, что делает дырокол ОСТРОВ СОКРОВИЩ безопасным для детей. Дыроколом можно работать по бумаге, картону и пористой резине плотностью от 80 до 200 г/м2.</t>
+  </si>
+  <si>
+    <t>996833</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/10d/j1a0p02x6luen6oklep7xk1l5tghoxz6.jpg</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG  quot;SUPER quot;, до 20 листов, зелено-черный, 272743</t>
   </si>
   <si>
     <t>Дырокол для бумаг — это незаменимый офисный инструмент, предназначенный для аккуратного пробивания отверстий в бумаге, что позволяет затем легко подшивать документы в папку. Этот аксессуар используется для перфорации бумаги. Дырокол эргономичного дизайна с качественными пробойниками обеспечивает легкое и точное пробивание бумаги. Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; способен пробить до 20 листов бумаги за один раз. Он выполняет стандартную перфорацию — 2 отверстия диаметром 6 мм каждое. Расстояние между отверстиями — 8 см, поэтому перфорированные дыроколом листы могут храниться в папке идеально ровно и не сминаться. После завершения отчетного периода они обычно снимаются с металлических колец и сшиваются ниткой. Метка центрирования поможет ровно разместить листы.Ограничительная линейка позволяет точно пробивать отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Текстурная поверхность предотвращает скольжение рук во время работы. Контейнер для конфетти предназначен для сбора мусора, что помогает поддерживать рабочее пространство в чистоте.Компактные размеры этого делового аксессуара позволяют легко разместить его на рабочем столе, а яркий зеленый цвет гармонично впишется в любой интерьер.Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; отличного качества по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
   </si>
   <si>
     <t>1004484</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3d/3tdnu0nkip8oezh235udh382be7wg5uw.jpg</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG  quot;SUPER quot;, до 20 листов, черный, 272742</t>
   </si>
   <si>
     <t>Дырокол для бумаг — это незаменимый офисный инструмент, предназначенный для аккуратного пробивания отверстий в бумаге, что позволяет затем легко подшивать документы в папку. Этот аксессуар используется для перфорации бумаги. Дырокол эргономичного дизайна с качественными пробойниками обеспечивает легкое и точное пробивание бумаги. Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; способен пробить до 20 листов бумаги за один раз. Он выполняет стандартную перфорацию — 2 отверстия диаметром 6 мм каждое. Расстояние между отверстиями — 8 см, поэтому перфорированные дыроколом листы могут храниться в папке идеально ровно и не сминаться. После завершения отчетного периода они обычно снимаются с металлических колец и сшиваются ниткой. Метка центрирования поможет ровно разместить листы.Ограничительная линейка позволяет точно пробивать отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Текстурная поверхность предотвращает скольжение рук во время работы. Контейнер для конфетти предназначен для сбора мусора, что помогает поддерживать рабочее пространство в чистоте.Компактные размеры этого делового аксессуара позволяют легко разместить его на рабочем столе, а классический черный цвет гармонично впишется в любой интерьер.Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; отличного качества по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
   </si>
   <si>
     <t>1004485</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/831/keu062ev13y42omra89f4owne3d0gh24.jpg</t>
@@ -2513,75 +2645,75 @@
   <si>
     <t>http://anytos.ru//upload/iblock/451/y6ast15g1145q5njigfqsg1whvgkysky.jpg</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG  quot;SUPER quot;, до 30 листов, черный, 272744</t>
   </si>
   <si>
     <t>Дырокол для бумаг — это незаменимый офисный инструмент, предназначенный для аккуратного пробивания отверстий в бумаге, что позволяет затем легко подшивать документы в папку. Этот аксессуар используется для перфорации бумаги. Дырокол эргономичного дизайна с качественными пробойниками обеспечивает легкое и точное пробивание бумаги. Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; способен пробить до 30 листов бумаги за один раз. Он выполняет стандартную перфорацию — 2 отверстия диаметром 6 мм каждое. Расстояние между отверстиями — 8 см, поэтому перфорированные дыроколом листы могут храниться в папке идеально ровно и не сминаться. После завершения отчетного периода они обычно снимаются с металлических колец и сшиваются ниткой. Метка центрирования поможет ровно разместить листы.Ограничительная линейка позволяет точно пробивать отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Текстурная поверхность предотвращает скольжение рук во время работы. Контейнер для конфетти предназначен для сбора мусора, что помогает поддерживать рабочее пространство в чистоте.Компактные размеры этого делового аксессуара позволяют легко разместить его на рабочем столе, а классический черный цвет гармонично впишется в любой интерьер.Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; отличного качества по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
   </si>
   <si>
     <t>1004488</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/abc/upbth7n95873vwvfjrcn46vpmo8nzr9b.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический МОЩНЫЙ BRAUBERG  quot;EXTRA Heavy duty quot;, до 110 листов, черно-синий, 272721</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;EXTRA Heavy duty&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Предназначен для перфорации большого объема бумажных листов. Мощный дырокол пробивает до 110 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 2, диаметр каждого – 6 мм, расстояние между отверстиями – 80 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка – пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора.</t>
   </si>
   <si>
     <t>1004840</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/581/xsxkgj0ge98mdi6jd5bxxdn2etm5cwxq.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический МОЩНЫЙ BRAUBERG  quot;EXTRA Heavy duty quot;, до 160 листов, черно-синий, 272722</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;EXTRA Heavy duty&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Предназначен для перфорации большого объема бумажных листов. Мощный дырокол пробивает до 160 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 2, диаметр каждого – 6 мм, расстояние между отверстиями – 80 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка – пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора.</t>
+  </si>
+  <si>
+    <t>1004841</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/829/bdxwl7wwwv6xxaqs8892id98zsvizaz9.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический ОФИСМАГ, до 25 листов, черный, 229693</t>
   </si>
   <si>
     <t>Дырокол металлический ОФИСМАГ – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Металлический дырокол пробивает до 25 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
   </si>
   <si>
     <t>1005230</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
-  </si>
-[...10 lines deleted...]
-    <t>1005673</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/928/j7ac1mc7mwhrmvwqj8um03358nq428gq.jpg</t>
   </si>
   <si>
     <t>Дырокол Attache Perform до 40 листов, блокиратор,линейка,пластик, черный</t>
   </si>
   <si>
     <t>1005783</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/43d/gztdybyhrio0b1um2zsyn93mvuwq4nvn.jpg</t>
   </si>
   <si>
     <t>Дырокол KW-trio 964 регулируемый на 2-3-4 отверстия до 30 листов</t>
   </si>
   <si>
     <t>1005784</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f67/m437mcmuwkqkjevbg8sacbl99m1q1emo.jpg</t>
   </si>
   <si>
     <t>Дырокол MAPED  Франция   quot;Essentials quot;, металлический, мощный, на 70 листов, черный, 406411</t>
   </si>
@@ -2938,5056 +3070,5346 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J219"/>
+  <dimension ref="A1:M231"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G219" sqref="G219"/>
+      <selection pane="bottomRight" activeCell="G231" sqref="G231"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F22" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="3" t="s">
+      <c r="G22" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G29" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="F5" s="3" t="s">
-[...361 lines deleted...]
-      <c r="E21" s="3" t="s">
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G33" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="F21" s="3" t="s">
-[...276 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>152</v>
+        <v>16</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>153</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>154</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>156</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
         <v>157</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>158</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>159</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>160</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
         <v>161</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>163</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>164</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>165</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C39" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="D39" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="3" t="s">
+      <c r="F39" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="F39" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A40" s="1" t="s">
+      <c r="B40" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="C40" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="3" t="s">
+      <c r="F40" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="F40" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A41" s="1" t="s">
+      <c r="B41" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="C41" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>175</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>176</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="C42" s="1"/>
+      <c r="C42" s="1" t="s">
+        <v>178</v>
+      </c>
       <c r="D42" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="F44" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D45" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>190</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
         <v>191</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C46" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="D46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="3" t="s">
+      <c r="F46" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A47" s="1" t="s">
+      <c r="B47" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="C47" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="3" t="s">
+      <c r="F47" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="F47" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A48" s="1" t="s">
+      <c r="B48" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="C48" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="C48" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>201</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>202</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>203</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>204</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>205</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>206</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>207</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>208</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>209</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
         <v>210</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>211</v>
       </c>
       <c r="C51" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="D51" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="3" t="s">
+      <c r="F51" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="F51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G51" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>214</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>215</v>
       </c>
       <c r="C52" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="3" t="s">
+      <c r="F52" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="F52" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A53" s="1" t="s">
+      <c r="B53" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="C53" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="C53" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E53" s="3" t="s">
+      <c r="F53" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="F53" s="3" t="s">
+      <c r="B54" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="G53" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A54" s="1" t="s">
+      <c r="C54" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="C54" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E54" s="3" t="s">
+      <c r="F54" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="F54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G54" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
         <v>225</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>226</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>226</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>227</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>221</v>
+        <v>213</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
         <v>228</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>229</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>231</v>
       </c>
       <c r="F56" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="G56" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A57" s="1" t="s">
+      <c r="B57" s="1" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>234</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>235</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>221</v>
+        <v>16</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>236</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>237</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>238</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>239</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>242</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>243</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>13</v>
+        <v>244</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
         <v>245</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>246</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>246</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>247</v>
       </c>
       <c r="F60" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="G60" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A61" s="1" t="s">
+      <c r="B61" s="1" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>250</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>251</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
         <v>252</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>253</v>
       </c>
       <c r="C62" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="D62" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E62" s="3" t="s">
+      <c r="F62" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="F62" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A63" s="1" t="s">
+      <c r="B63" s="1" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>257</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>258</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
         <v>259</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>260</v>
       </c>
       <c r="C64" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="D64" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E64" s="3" t="s">
+      <c r="F64" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="F64" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A65" s="1" t="s">
+      <c r="B65" s="1" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>264</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
         <v>266</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>267</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>268</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>269</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>13</v>
+        <v>270</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="F67" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="B67" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G67" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
         <v>275</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>276</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>277</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>278</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
         <v>279</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>280</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>281</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>282</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
         <v>283</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>284</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>285</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>286</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
         <v>287</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>288</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>289</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>291</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>293</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>294</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
         <v>295</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>296</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>297</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>298</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
         <v>299</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>300</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>301</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>302</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
         <v>303</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>304</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>305</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
         <v>307</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>308</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>309</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>310</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
         <v>311</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>314</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
         <v>315</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>316</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>317</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>318</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
         <v>319</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>320</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>322</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>274</v>
+        <v>323</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="F80" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="B80" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G80" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
         <v>328</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>329</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>330</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>331</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
         <v>332</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>333</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>334</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>335</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>336</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>337</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>338</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>339</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>327</v>
+        <v>340</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>344</v>
+        <v>224</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
         <v>345</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>346</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>347</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>348</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
         <v>349</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>350</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>351</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>352</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
         <v>353</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>354</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>356</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
         <v>357</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>358</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>359</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>360</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>232</v>
+        <v>270</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
         <v>361</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>362</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>363</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>364</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
         <v>366</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>367</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>368</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>369</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>370</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
         <v>371</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>372</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>374</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>370</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
         <v>375</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>376</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>378</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>370</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
         <v>379</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>380</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>381</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>382</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>370</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>384</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>385</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>386</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>370</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
         <v>387</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>388</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>389</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>390</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>370</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
         <v>391</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>392</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>393</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>394</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>398</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
         <v>399</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>400</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>401</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>402</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
         <v>403</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>404</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>405</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>406</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
         <v>407</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>408</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>410</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
         <v>411</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>412</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>413</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>414</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>13</v>
+        <v>270</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
         <v>415</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>416</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>417</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>418</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>274</v>
+        <v>16</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
         <v>419</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>420</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="C104" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="F103" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D104" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>425</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
         <v>426</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>427</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="C106" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D106" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>432</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
         <v>433</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>434</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="C108" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="F107" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D108" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>439</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
         <v>440</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>441</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>442</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>443</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>29</v>
+        <v>270</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>444</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>445</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>29</v>
+        <v>270</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>442</v>
+        <v>450</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="C112" s="1" t="s">
         <v>450</v>
       </c>
-      <c r="B112" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D112" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="C114" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="B114" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D114" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="C116" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="B116" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D116" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>274</v>
+        <v>32</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>29</v>
+        <v>270</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="C120" s="1" t="s">
         <v>478</v>
       </c>
-      <c r="B120" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D120" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="C123" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="B123" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D123" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="C127" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="B127" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D127" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="C129" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="B129" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D129" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>344</v>
+        <v>32</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>274</v>
+        <v>340</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>232</v>
+        <v>270</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>274</v>
+        <v>213</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="F135" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G140" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="G135" s="3" t="s">
-[...108 lines deleted...]
-      <c r="E140" s="3" t="s">
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="C141" s="1" t="s">
         <v>557</v>
       </c>
-      <c r="F140" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D141" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>561</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
         <v>562</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>563</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>564</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>29</v>
+        <v>213</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
         <v>565</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>566</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>221</v>
+        <v>32</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>232</v>
+        <v>340</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>29</v>
+        <v>224</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>274</v>
+        <v>370</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>344</v>
+        <v>370</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>586</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>587</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>232</v>
+        <v>213</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
         <v>588</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>589</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>590</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>591</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>370</v>
+        <v>270</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
         <v>592</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>593</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>594</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>595</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>370</v>
+        <v>270</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
         <v>596</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>597</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>221</v>
+        <v>270</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>274</v>
+        <v>612</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="B155" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="F155" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="C155" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G155" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>274</v>
+        <v>612</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>623</v>
+        <v>612</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>623</v>
+        <v>612</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>623</v>
+        <v>612</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>623</v>
+        <v>612</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>623</v>
+        <v>612</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>29</v>
+        <v>612</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>29</v>
+        <v>612</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>642</v>
+        <v>651</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="B165" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="C165" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="C165" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D165" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>655</v>
+        <v>651</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>657</v>
+        <v>32</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>660</v>
+        <v>651</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>661</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>657</v>
+        <v>32</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
         <v>662</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>663</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>664</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>665</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>657</v>
+        <v>666</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="F169" s="3" t="s">
         <v>666</v>
       </c>
-      <c r="B169" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G169" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>232</v>
+        <v>666</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>623</v>
+        <v>666</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>623</v>
+        <v>224</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B173" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="F173" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
         <v>683</v>
-      </c>
-[...18 lines deleted...]
-        <v>686</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>687</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>688</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>689</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>29</v>
+        <v>612</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="B175" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="B175" s="1" t="s">
+      <c r="C175" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="C175" s="1" t="s">
+      <c r="D175" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>692</v>
       </c>
-      <c r="D175" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E175" s="3" t="s">
+      <c r="F175" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
         <v>693</v>
-      </c>
-[...9 lines deleted...]
-        <v>628</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>694</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>695</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>696</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>623</v>
+        <v>612</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="B177" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="C177" s="1" t="s">
         <v>698</v>
       </c>
-      <c r="C177" s="1" t="s">
+      <c r="D177" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>699</v>
       </c>
-      <c r="D177" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E177" s="3" t="s">
+      <c r="F177" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="F177" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A178" s="1" t="s">
+      <c r="B178" s="1" t="s">
         <v>701</v>
-      </c>
-[...1 lines deleted...]
-        <v>702</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>702</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>703</v>
       </c>
       <c r="F178" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
         <v>704</v>
       </c>
-      <c r="G178" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A179" s="1" t="s">
+      <c r="B179" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="C179" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="C179" s="1" t="s">
+      <c r="D179" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>707</v>
       </c>
-      <c r="D179" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E179" s="3" t="s">
+      <c r="F179" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
         <v>708</v>
       </c>
-      <c r="F179" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A180" s="1" t="s">
+      <c r="B180" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="C180" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="C180" s="1" t="s">
+      <c r="D180" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>711</v>
       </c>
-      <c r="D180" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E180" s="3" t="s">
+      <c r="F180" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="F180" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A181" s="1" t="s">
+      <c r="B181" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="C181" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="C181" s="1" t="s">
+      <c r="D181" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>715</v>
       </c>
-      <c r="D181" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E181" s="3" t="s">
+      <c r="F181" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="B182" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="F181" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A182" s="1" t="s">
+      <c r="C182" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="B182" s="1" t="s">
+      <c r="D182" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>718</v>
       </c>
-      <c r="C182" s="1" t="s">
+      <c r="F182" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="D182" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E182" s="3" t="s">
+      <c r="B183" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="F182" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A183" s="1" t="s">
+      <c r="C183" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="B183" s="1" t="s">
+      <c r="D183" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>722</v>
       </c>
-      <c r="C183" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E183" s="3" t="s">
+      <c r="F183" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="F183" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A184" s="1" t="s">
+      <c r="B184" s="1" t="s">
         <v>724</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="C184" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E184" s="3" t="s">
         <v>725</v>
       </c>
-      <c r="C184" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E184" s="3" t="s">
+      <c r="F184" s="3" t="s">
         <v>726</v>
       </c>
-      <c r="F184" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G184" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
         <v>727</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>728</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>729</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>730</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>29</v>
+        <v>612</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
         <v>731</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>732</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>733</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>734</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
         <v>735</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>736</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>737</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>738</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>248</v>
+        <v>32</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
         <v>739</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>740</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>741</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>742</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>248</v>
+        <v>32</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
         <v>743</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>744</v>
       </c>
       <c r="C189" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E189" s="3" t="s">
         <v>745</v>
       </c>
-      <c r="D189" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E189" s="3" t="s">
+      <c r="F189" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="F189" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A190" s="1" t="s">
+      <c r="B190" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="B190" s="1" t="s">
+      <c r="C190" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="C190" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D190" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>749</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
         <v>750</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>751</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>29</v>
+        <v>244</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>29</v>
+        <v>244</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="C194" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="B194" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D194" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>765</v>
+        <v>760</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>274</v>
+        <v>32</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>344</v>
+        <v>32</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="C197" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="B197" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D197" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>370</v>
+        <v>32</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>775</v>
+        <v>770</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>777</v>
+        <v>32</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
         <v>778</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>779</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>779</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>780</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>777</v>
+        <v>340</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
         <v>781</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>782</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>777</v>
+        <v>370</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>777</v>
+        <v>788</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="B202" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>791</v>
+      </c>
+      <c r="F202" s="3" t="s">
         <v>788</v>
       </c>
-      <c r="C202" s="1" t="s">
+      <c r="G202" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="F203" s="3" t="s">
         <v>788</v>
       </c>
-      <c r="D202" s="1" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="G203" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>777</v>
+        <v>788</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>796</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>221</v>
+        <v>788</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>221</v>
+        <v>788</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>221</v>
+        <v>788</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="C208" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>812</v>
+      </c>
+      <c r="F208" s="3" t="s">
+        <v>788</v>
+      </c>
+      <c r="G208" s="3" t="s">
         <v>808</v>
       </c>
-      <c r="D208" s="1" t="s">
-[...12 lines deleted...]
-    <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>274</v>
+        <v>788</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>274</v>
+        <v>213</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>274</v>
+        <v>213</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>274</v>
+        <v>213</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>274</v>
+        <v>788</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>831</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>832</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>274</v>
+        <v>788</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
         <v>833</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>834</v>
       </c>
       <c r="C215" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>835</v>
       </c>
-      <c r="D215" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E215" s="3" t="s">
+      <c r="F215" s="3" t="s">
         <v>836</v>
       </c>
-      <c r="F215" s="3" t="s">
+      <c r="G215" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="G215" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A216" s="1" t="s">
+      <c r="B216" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="C216" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>839</v>
       </c>
-      <c r="C216" s="1" t="s">
+      <c r="F216" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="D216" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E216" s="3" t="s">
+      <c r="B217" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="F216" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A217" s="1" t="s">
+      <c r="C217" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E217" s="3" t="s">
         <v>842</v>
       </c>
-      <c r="B217" s="1" t="s">
+      <c r="F217" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="C217" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E217" s="3" t="s">
+      <c r="B218" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="F217" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A218" s="1" t="s">
+      <c r="C218" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>845</v>
       </c>
-      <c r="B218" s="1" t="s">
+      <c r="F218" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="C218" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E218" s="3" t="s">
+      <c r="B219" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="F218" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A219" s="1" t="s">
+      <c r="C219" s="1" t="s">
         <v>848</v>
       </c>
-      <c r="B219" s="1" t="s">
+      <c r="D219" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E219" s="3" t="s">
         <v>849</v>
       </c>
-      <c r="C219" s="1" t="s">
+      <c r="F219" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
         <v>850</v>
       </c>
-      <c r="D219" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E219" s="3" t="s">
+      <c r="B220" s="1" t="s">
         <v>851</v>
       </c>
-      <c r="F219" s="3" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="C220" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>853</v>
+      </c>
+      <c r="F220" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="F221" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="F222" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>865</v>
+      </c>
+      <c r="F223" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>868</v>
+      </c>
+      <c r="F224" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E225" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="F225" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>876</v>
+      </c>
+      <c r="F226" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E227" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="F227" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E228" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="F228" s="3" t="s">
+        <v>885</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>888</v>
+      </c>
+      <c r="F229" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="F230" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>895</v>
+      </c>
+      <c r="F231" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">