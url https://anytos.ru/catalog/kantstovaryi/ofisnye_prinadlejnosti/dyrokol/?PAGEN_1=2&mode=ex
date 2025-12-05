--- v0 (2025-10-17)
+++ v1 (2025-12-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="832">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="852">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
@@ -107,50 +107,74 @@
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/048/048ef91c257981d88182bdfa3231a31f.jpg</t>
   </si>
   <si>
     <t>Дырокол 20 л, металлический, черный, с линейкой: DDm_20041 штр.:  4260107457022</t>
   </si>
   <si>
     <t>Дырокол 20 л, металлический, черный, с линейкой: DDm_20041 Дырокол позволяет перфорировать документы для последующей подшивки. Надежный механизм, острые ножи. Пластиковый поддон для конфетти. Блокировка для компактного хранения.</t>
   </si>
   <si>
     <t>212338</t>
   </si>
   <si>
     <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/09f/09fe2daff2a25af00d547b9a2729daa9.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол  quot;Office Soft quot; 30 л, пластиковый, черный, с линейкой: DDp_30161 штр.:  4606782166109</t>
+  </si>
+  <si>
+    <t>Дырокол &amp;quot;Office Soft&amp;quot; 30 л, пластиковый, черный, с линейкой: DDp_30161 Дыроколы серии &amp;quot;Office Soft&amp;quot; мощностью от 10 до 30 листов производятся с пластиковой верхней частью корпуса. Все они снабжены антискользящими мягкими вставками, органичительными линейками и удобными отделениями для конфетти, которые легко очищать благодаря специальной форме дна. Каждая модель выполнена в двух артикулах: с мягкой вставкой черного цвета, а также цветов ассорти: серый, синий, красный. Корпус дырокола всегда черный.</t>
+  </si>
+  <si>
+    <t>212785</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a9b/a9bb5d51fce0c18cfc84a597a234a820.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол  quot;Office Soft quot; 65 л, металлический, черный, с линейкой: DDm_65168 штр.:  4606782164600</t>
+  </si>
+  <si>
+    <t>Дырокол &amp;quot;Office Soft&amp;quot; 65 л, металлический, черный, с линейкой: DDm_65168 Дырокол серии &amp;quot;Office Soft&amp;quot; можщностью 65 листов производится в полностью металлическом корпусе с мягкой антискользящей вставкой в верхней части. Он также снабжен ограничительной линейкой, а его поддон для конфетти легко очищать благодаря особой форме дна. Корпус черного цвета, антисколльзящая вставка: серая.</t>
+  </si>
+  <si>
+    <t>212976</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5b5/i7vnwkimkkn4m6uiuofw98xhtcniee9o.jpg</t>
   </si>
   <si>
     <t>Дырокол 20 л, металлический, ассорти, с линейкой: DDm_20049 штр.:  4260107457039</t>
   </si>
   <si>
     <t>Дырокол 20 л, металлический, ассорти, с линейкой: DDm_20049 Цельнометаллический дырокол. Форматная линейка. Пластиковый поддон для конфетти. Блокировка для компактного хранения. Пробивная способность до 20 л.</t>
   </si>
   <si>
     <t>214083</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ddf/ddf80e3221787bbc76006c589c2b2a95.jpg</t>
   </si>
   <si>
     <t>Дырокол 10 л., пластиковый, черный, с линейкой: P_7114 222111 штр.:  4680211051143</t>
   </si>
   <si>
     <t>Дырокол 10 л., пластиковый, черный, с линейкой: P_7114/222111 Дырокол пластиковый черный, пробивает до 10 листов, с линейкой</t>
   </si>
   <si>
     <t>214384</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
@@ -236,62 +260,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/873/io5crgarjceaeopow5wcie6m5anj2wia.jpg</t>
   </si>
   <si>
     <t>Дырокол 40 л, металлический, ассорти, с линейкой: DDm_40079 штр.:  4260107457077</t>
   </si>
   <si>
     <t>Дырокол 40 л, металлический, ассорти, с линейкой: DDm_40079 Форматная линейка. Пластиковый поддон для конфетти. Блокировка для компактного хранения.</t>
   </si>
   <si>
     <t>219591</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/55d/55d45273e74abf6d562ff5b921e7fb35.jpg</t>
   </si>
   <si>
     <t>Дырокол 20 л, пластиковый, черный, с линейкой: P_7116 222110 штр.:  4680211051167</t>
   </si>
   <si>
     <t>Дырокол 20 л, пластиковый, черный, с линейкой: P_7116/222110</t>
   </si>
   <si>
     <t>236873</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8c9/8c976898c1214e576edd547f0a5d398d/8055acebd4f15b315eab7caaab7fe365.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1fd/1fd311a5edd528511635b9ed27cbfcea/0d0537c6c4f66c36c72b00c16f79ac12.jpg</t>
   </si>
   <si>
     <t>Дырокол люверсы 250 шт. уп, диаметр  4,8, золотистые штр.  4607121538052</t>
   </si>
   <si>
     <t>Комплект люверсов&amp;nbsp;&amp;nbsp;для дырокола выполнены из металла золотистого цвета. Диаметр люверса - 4,8 мм. В упаковке содержится 250 штук. &amp;lt;br /&amp;gt;</t>
   </si>
   <si>
     <t>248468</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bc2/bc2b3bae9b320bd3f05d6b428729b894/02990c4b03e02459f08ce54dcb939808.jpg</t>
   </si>
   <si>
     <t>Дырокол люверсы 250 шт. уп, диаметр  4,8, серебристые штр.  4607121538069</t>
   </si>
   <si>
     <t>Комплект люверсов&amp;nbsp;&amp;nbsp;для дырокола выполнены из металла серебристого&amp;nbsp;&amp;nbsp;цвета. Диаметр люверса - 4,8 мм. В упаковке содержится 250 штук. &amp;lt;br /&amp;gt;</t>
   </si>
   <si>
     <t>248469</t>
   </si>
   <si>
     <t>12</t>
@@ -395,137 +407,116 @@
   <si>
     <t>Дырокол ATTACHE 6760 до 60л., металл.,с лин.,с рез.вставкой,серебр. штр.  4680010101599, 6957807200208</t>
   </si>
   <si>
     <t>Дырокол Attache работает с документами толщиной до 60 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Наличие у дырокола линейки с форматами деления А4, А6, А8 и 888 позволяет зафиксировать бумагу на нужном расстоянии. Дырокол выполнен в металлическом корпусе серебристого цвета. Перед началом использования необходимо снять фиксацию дырокола в сложенном виде. Для этого нужно одновременно нажать на металлическую кнопку возле основания дырокола и верхнюю часть дырокола. Точно также можно зафиксировать дырокол обратно в закрытое положение для экономии рабочего пространства и удобной перевозки</t>
   </si>
   <si>
     <t>248489</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e3/0e3ef6247bf8268ea06bb378e22e0e3e/0f23e5782d4eb4cbea8bc4ed33222b91.jpg</t>
   </si>
   <si>
     <t>Дырокол SAX 406 до 30л., металл, с лин., синий, Австрия-Венгрия штр.  9002219021037</t>
   </si>
   <si>
     <t>Дырокол Sax 406 работает с документами толщиной до 30 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Наличие линейки с делениями на форматы позволяет зафиксировать бумагу на нужном расстоянии. Дырокол выполнен в металлическом корпусе синего цвета.</t>
   </si>
   <si>
     <t>248520</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/136/136caa8211ed92770226061a39885e76/d5680747ac6841c604fe8d62c7fcb7a2.jpg</t>
-[...8 lines deleted...]
-    <t>248525</t>
+    <t>http://anytos.ru//upload/iblock/0d3/0d36ee985e402e0b03b464be2c688062/e639819c863fcd273b38b22db9be8459.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол SAX 506 до 40л., металл, с лин., черный, Австрия-Венгрия штр.  9002219021099</t>
+  </si>
+  <si>
+    <t>Дырокол Sax 506 работает с документами толщиной до 40 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Наличие линейки с делениями на форматы позволяет зафиксировать бумагу на нужном расстоянии. Дырокол выполнен в металлическом корпусе черного цвета.</t>
+  </si>
+  <si>
+    <t>248527</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0d3/0d36ee985e402e0b03b464be2c688062/e639819c863fcd273b38b22db9be8459.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/502/502de5ee108caa4625e934eea8ebc9a6/f0a160005a1f15d8dc45a6f5e273fb19.jpg</t>
   </si>
   <si>
     <t>Дырокол SAX 618 до 65л., металл, с лин., красный, Австрия-Венгрия штр.  3213118211108, 9002219011359</t>
   </si>
   <si>
     <t>Дырокол Sax 618 эргономичного дизайна. Металлический корпус красного цвета с прорезиненным основанием исключает скольжение инструмента. Ручка с насечками обеспечивает удобный захват. Мощный механизм пробивает два круглых отверстия диаметром 5,5 мм в папке толщиной до 65 листов. Расстояние между отверстиями - 80 мм. Дырокол оснащен выдвижной линейкой для выравнивания листов.</t>
   </si>
   <si>
     <t>248530</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/89b/89bae5e1a68d8623a24fc2fdbb7575fc/9f59d25b286712d90be0f0a92722233e.jpg</t>
   </si>
   <si>
     <t>Дырокол SAX 618 до 65л., металл, с лин., синий, Австрия-Венгрия штр.  9002219011366</t>
   </si>
   <si>
     <t>Дырокол Sax 618 эргономичной формы с технологией Power assisted позволяет экономить усилия до 50&amp;#37;. Работает с документами толщиной до 65 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Наличие линейки позволяет зафиксировать бумагу на нужном расстоянии. Дырокол выполнен в металлическом корпусе синего цвета.</t>
   </si>
   <si>
     <t>248531</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ffd/ffd4a79b31bc6d51d42206ec1f9a824f/c4141869e7ccd9e10d68f669a4e7a215.jpg</t>
   </si>
   <si>
     <t>Дырокол SAX 618 до 65л., металл, с лин., черный, Австрия-Венгрия штр.  9002219011373</t>
   </si>
   <si>
     <t>Дырокол Sax 618 эргономичной формы с технологией Power assisted позволяет экономить усилия до 50&amp;#37;. Работает с документами толщиной до 65 листов плотностью 80 г/кв.м. Пробивает два отверстия диаметром 5,5 мм, расстояние между отверстиями - 80 мм. Удобный контейнер легко открывается и закрывается, исключая рассыпание конфетти. Наличие линейки позволяет зафиксировать бумагу на нужном расстоянии. Дырокол выполнен в металлическом корпусе черного цвета.</t>
   </si>
   <si>
     <t>248532</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/800/23ohtu2em4xn090i3lalbcg602c4hku9.jpg</t>
-[...2 lines deleted...]
-    <t>Дырокол пластиковый LITE до 10 листов черный: DL-10K штр.: 4602723082378</t>
+    <t>http://anytos.ru//upload/iblock/688/5z1hv1yrtshf0kfrns72oy3cbs6tv9f2.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол пластиковый LITE до 10 листов синий: DL-10B штр.: 4602723082385</t>
   </si>
   <si>
     <t>Дырокол LITE позволяет перфорировать документы для последующей подшивки, он работает с документами толщиной до 10 листов. Удобный контейнер дырокола легко открывается и закрывается, исключая рассыпание конфетти. Наличие линейки позволяет зафиксировать бумагу на нужном расстоянии.Основные преимущества дыроколов LITE:- Высокое качество составных частей- Облегчённый пластиковый корпус, металлический механизм- Острые ножи из высокоуглеродистой стали- Удобный пластиковый поддон для конфетти- Выдвижная форматная линейка- Пробивная способность 10 листов- Модели доступны&amp;nbsp;&amp;nbsp;в ярко-синем и чёрном цветах.</t>
   </si>
   <si>
-    <t>331228</t>
+    <t>331229</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/688/5z1hv1yrtshf0kfrns72oy3cbs6tv9f2.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/19f/19f22dc880ed6bcb462ef30c3d9d76d9/f31d78962a170b902a26b6a3b43f0968.jpg</t>
   </si>
   <si>
     <t>Дырокол Attache Eco до 15 листов, черный 969342</t>
   </si>
   <si>
     <t>Дырокол Attache Eco до 15 листов, черный</t>
   </si>
   <si>
     <t>334812</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/837/83709df6e941c92ab1d35ab073432746/32564592fb153a9154dbdba2ce58832d.jpg</t>
   </si>
   <si>
     <t>Дырокол Attache до 30 листов, с линейкой, цвет черный 969348</t>
   </si>
   <si>
     <t>Дырокол Attache до 30 листов, с линейкой, цвет черный</t>
   </si>
   <si>
     <t>334815</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4d/d4d98f4658d9eb643efa9a0454dc2a7b/66eae3259cadd82ab266d6141aa496a1.jpg</t>
@@ -542,50 +533,59 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c73/c7326654b2898bea95b926021c6f1bc9/fb005f583023e38a316e29daa35e8a0d.jpg</t>
   </si>
   <si>
     <t>Дырокол Attache до 40 листов, с линейкой, цвет черный 969350</t>
   </si>
   <si>
     <t>Дырокол Attache до 40 листов, с линейкой, цвет черный</t>
   </si>
   <si>
     <t>334817</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e4/6e4cbf9f0047efb7535f08714867ec7a.jpg</t>
   </si>
   <si>
     <t>Дырокол 10 л, металлический, синий: P201BU_1300 штр.: 4650062493003</t>
   </si>
   <si>
     <t>Металлический дырокол. Пластиковый поддон для конфетти.</t>
   </si>
   <si>
     <t>337453</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/142/1428a653e4ba36b22db65e6da8bfec78.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол 10 л, металлический, черный: P201BL_436 штр.: 4610008524369</t>
+  </si>
+  <si>
+    <t>337454</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7fe/7fef7d183b92f6ce8880a5f7c2bd809e.jpg</t>
   </si>
   <si>
     <t>Дырокол 20 л, металлический, черный, с линейкой: P204_1865BK штр.: 4650062498657</t>
   </si>
   <si>
     <t>337455</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/003/0032501ee24b94a9defcb5fbf24d76f1.jpg</t>
   </si>
   <si>
     <t>Дырокол 30 л, металлический, черный, с линейкой: DDm_30061 штр.: 4260107457046</t>
   </si>
   <si>
     <t>Дырокол позволяет перфорировать документы для последующей подшивки. Надежный механизм, острые ножи. Пластиковый поддон для конфетти. Блокировка для компактного хранения.</t>
   </si>
   <si>
     <t>337456</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/16d/16dbf35503dc8515f0803049bc5a0e32.jpg</t>
   </si>
   <si>
     <t>Дырокол мощный 100 л, черный, с линейкой: DDm_10141 штр.: 4260107468202</t>
@@ -863,50 +863,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/87c/u5ajxiixqnzoau1sognq9e8u89izf16x.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический на 2-4 отверстия BRAUBERG  quot;HL-4 quot;, до 15 л, черный, 221160</t>
   </si>
   <si>
     <t>Металлический дырокол BRAUBERG &amp;quot;HL-4&amp;quot; позволяет аккуратно и точно пробить в бумаге 4 отверстия. Полностью металлический дырокол BRAUBERG &amp;quot;HL-4&amp;quot; пробивает до 15 л. бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 4, диаметр каждого – 6 мм, расстояние между отверстиями – 8 см. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора и блокиратором для компактного хранения.</t>
   </si>
   <si>
     <t>423686</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/560/wm6dt3dmmks48vd2k00s3ziun48biwc2.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический BRAUBERG  quot;PN-100M quot;, до 30 листов, ассорти  синий черный , 221277</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;PN-100M&amp;quot; поможет аккуратно пробить отверстия в бумаге. Такая вещь нужна в любом официальном заведении, частной фирме или для домашних нужд. Полностью металлический дырокол пробивает до 30 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения.</t>
   </si>
   <si>
     <t>423687</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/eaa/l0fdrtjbvkd3bhfs2tpq3w5wcrqwfftm.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;Original quot;, до 10 листов, черный, 222537</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Original&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Дырокол эргономичного дизайна пробивает до 10 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>423692</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f49/uml86pilit9oc1et98yi1qf8fsqln71x.jpg</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG  quot;Original quot;, до 20 листов, черный, 222539</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;Original&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Дырокол эргономичного дизайна пробивает до 20 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
   </si>
   <si>
     <t>423693</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fac/60pmj0fogyl9wyz8s4hr6zudb012ztwu.jpg</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG  quot;Original quot;, до 20 листов, синий, 222540</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;Original&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Дырокол эргономичного дизайна пробивает до 20 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический синий цвет отлично впишется в любой интерьер.</t>
   </si>
   <si>
     <t>423694</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/606/lyd0ga0i8zygx53g9l8hivykmvp0gj41.jpg</t>
@@ -947,50 +959,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/505/b0lf4pk8rsthxkvtkjxcwyjxzkmawibe.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический BRAUBERG  quot;Universal quot;, до 35 листов, ассорти  синий черный , 222784</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;Universal&amp;#43;&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Полностью металлический дырокол эргономичного дизайна пробивает до 35 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классические черный и синий цвета отлично впишутся в любой интерьер.</t>
   </si>
   <si>
     <t>423706</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b21/nws1qn2zuezvcexp2qis3q9wuibwoq7m.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический BRAUBERG  quot;Metallic quot;, до 20 листов, серебристый, 224339</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;Metallic&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Полностью металлический дырокол эргономичного дизайна пробивает до 20 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический серебристый цвет отлично впишется в любой интерьер.</t>
   </si>
   <si>
     <t>423707</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4fd/xmvb9h46vyh5hzp1mycra1oq9u72npp3.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический BRAUBERG  quot;Metallic quot;, до 40 листов, серебристый, 224342</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Metallic&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Полностью металлический дырокол эргономичного дизайна пробивает до 40 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 2, диаметр каждого – 6 мм, расстояние между отверстиями – 8 см. Метка центрирования поможет ровно разместить листы, а ограничительная линейка – пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический серебристый цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>423709</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/331/alxabnq1e9j7mvuqf7ux8b8cn03g3jmd.jpg</t>
   </si>
   <si>
     <t>Дырокол ЭНЕРГОСБЕРЕГАЮЩИЙ BRAUBERG  quot;Easy Press quot;, до 30 листов, БЕЗ УСИЛИЙ, 224343</t>
   </si>
   <si>
     <t>Высококачественный дырокол BRAUBERG &amp;quot;Easy Press&amp;quot; – незаменимый офисный инструмент для перфорации бумаги. Энергосберегающий дырокол эргономичного дизайна пробивает до 30 л. бумаги. Функция &amp;quot;без усилий&amp;quot; позволяет прикладывать на 60&amp;#37; меньше усилий при работе с дыроколом по сравнению с обычными моделями. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 2, диаметр каждого – 6 мм, расстояние между отверстиями – 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка – пробить отверстия в нужных местах. Благодаря текстурной поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
   </si>
   <si>
     <t>423710</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/259/74nra43x5jmsr62ag4kg3k4atyokl0wa.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический STAFF, до 10 листов, без линейки, черный, 224647</t>
   </si>
   <si>
     <t>Дырокол STAFF – необходимый офисный предмет, предназначенный для перфорации бумаги. Полностью металлический дырокол пробивает до 10 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
   </si>
   <si>
     <t>423711</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
@@ -1049,104 +1073,104 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3b4/kwcslw13e0e3btx0zcasbmt2jmgiyb6b.jpg</t>
   </si>
   <si>
     <t>Люверсы омедненные KW-trio, комплект 250 шт., внутренний диаметр 4,8 мм, длина 4,6 мм, цвет золото, -9707</t>
   </si>
   <si>
     <t>Люверсы широко используются в постпечатном оформлении полиграфической продукции. Обычно они требуются там, где надо защитить отверстие &amp;#40;в менее прочном, чем металл, материале&amp;#41; от механического повреждения &amp;#40;разрыва, износа&amp;#41;.</t>
   </si>
   <si>
     <t>423718</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d77/iiv72t8cexlahdc8o02r1z801p14fpbd.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический МОЩНЫЙ KW-trio, до 70 листов, черный, -967</t>
   </si>
   <si>
     <t>Высококачественный дырокол обеспечивает точное и легкое пробивание бумаги.</t>
   </si>
   <si>
     <t>423719</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1cb/uq3d54d96wabppki9jsuwrvhwlsylqub.jpg</t>
-[...8 lines deleted...]
-    <t>423727</t>
+    <t>http://anytos.ru//upload/iblock/797/yxwqy9a6c3hizhyads8uamjsh1tykiay.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол на 1 отверстие для установки люверса  225143 , диаметр отверстия 5 мм,до 30 листов, хром, KW-trio, -9718</t>
+  </si>
+  <si>
+    <t>Дырокол для пробивания 1 отверстия с установкой люверса до 30 листов</t>
+  </si>
+  <si>
+    <t>423720</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d6/3at3y12iba76jp00270w6rv97wll4uz2.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол на 1 отверстие KW-trio, до 12 листов, ассорти  красный, синий, зеленый , -921</t>
+  </si>
+  <si>
+    <t>Высококачественный дырокол обеспечивает точное и легкое пробивание бумаги. Имеет интегрированный контейнер для бумаги, фиксируется в нажатом положении. Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>423721</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9e/8vb2xpopdsw72m0qgb9sl714rrp6fcbj.jpg</t>
   </si>
   <si>
     <t>Сменные диски для мощного дырокола BRAUBERG  quot;Heavy Duty quot;, до 100 листов, КОМПЛЕКТ 2 шт., 226875</t>
   </si>
   <si>
     <t>Сменные диски предназначены для для мощного дырокола BRAUBERG &amp;quot;Heavy Duty&amp;quot; на 100 листов &amp;#40;код 226869&amp;#41;. Изготовлены из черного пластика. Диаметр - 29 мм. 2 штуки в комплекте. Поставляются в пакете с европодвесом.</t>
   </si>
   <si>
     <t>423728</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4b2/cbmy6c0ebiriwxwgr06lx424xug3f7fx.jpg</t>
-[...8 lines deleted...]
-    <t>423729</t>
+    <t>http://anytos.ru//upload/iblock/d7c/8kn33lfezab2a8rnsgh0uel1ncaj75w0.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол фигурный  quot;Сердце quot;, диаметр вырезной фигуры 16 мм, ОСТРОВ СОКРОВИЩ, 227148</t>
+  </si>
+  <si>
+    <t>Фигурный дырокол ОСТРОВ СОКРОВИЩ - незаменимый и очень простой инструмент для детского и взрослого творчества. Используется для оформления края листа, для создания аппликаций, открыток, альбомов, пригласительных, а также для изготовления конфетти. Дырокол компактный и удобный в применении, размер - 6х8,5х13,6 см. Диаметр пробиваемого отверстия - 16 мм, форма вырубки - сердце. Режущие части, изготовленные из высококачественного металла, защищены пластмассовым корпусом, что делает дырокол ОСТРОВ СОКРОВИЩ безопасным для детей. Дыроколом можно работать по бумаге, картону и пористой резине плотностью от 80 до 200 г/м2.</t>
+  </si>
+  <si>
+    <t>423731</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ostrov-sokrovisch/"&gt;ОСТРОВ СОКРОВИЩ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d7c/8kn33lfezab2a8rnsgh0uel1ncaj75w0.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/803/hxbhd5hm7a2k1i1bkez3uen2kx0ez933.jpg</t>
   </si>
   <si>
     <t>Дырокол фигурный  quot;Звезда quot;, диаметр вырезной фигуры 16 мм, ОСТРОВ СОКРОВИЩ, 227149</t>
   </si>
   <si>
     <t>Фигурный дырокол ОСТРОВ СОКРОВИЩ - незаменимый и очень простой инструмент для детского и взрослого творчества. Используется для оформления края листа, для создания аппликаций, открыток, альбомов, пригласительных, а также для изготовления конфетти. Дырокол компактный и удобный в применении, размер - 6х8,5х13,6 см. Диаметр пробиваемого отверстия - 16 мм, форма вырубки - звезда. Режущие части, изготовленные из высококачественного металла, защищены пластмассовым корпусом, что делает дырокол ОСТРОВ СОКРОВИЩ безопасным для детей. Дыроколом можно работать по бумаге, картону и пористой резине плотностью от 80 до 200 г/м2.</t>
   </si>
   <si>
     <t>423732</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/795/yah1n6rkwtwh16us1yhkq8z9z08b3fjo.jpg</t>
   </si>
   <si>
     <t>Дырокол фигурный  quot;Цветок quot;, диаметр вырезной фигуры 16 мм, ОСТРОВ СОКРОВИЩ, 227152</t>
   </si>
   <si>
     <t>Фигурный дырокол ОСТРОВ СОКРОВИЩ - незаменимый и очень простой инструмент для детского и взрослого творчества. Используется для оформления края листа, для создания аппликаций, открыток, альбомов, пригласительных, а также для изготовления конфетти. Дырокол компактный и удобный в применении, размер - 6х8,5х13,6 см. Диаметр пробиваемого отверстия - 16 мм, форма вырубки - цветок. Режущие части, изготовленные из высококачественного металла, защищены пластмассовым корпусом, что делает дырокол ОСТРОВ СОКРОВИЩ безопасным для детей. Дыроколом можно работать по бумаге, картону и пористой резине плотностью от 80 до 200 г/м2.</t>
   </si>
   <si>
     <t>423734</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/248/tejlk8zyjav4ltzls2wml5xflt8qerfh.jpg</t>
@@ -1211,62 +1235,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/842/aei0619ky4x3b6b884djbqyq2835gwvr.jpg</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG  quot;Original quot;, до 20 листов, белый, 227787</t>
   </si>
   <si>
     <t>Дырокол для бумаг – это необходимый офисный предмет, с применением которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Офисный аксессуар предназначен для перфорации бумаги. Дырокол эргономичного дизайна с качественными пробойниками обеспечивает легкое и точное пробивание бумаги. Дырокол BRAUBERG &amp;quot;Original&amp;quot; способен пробить за один раз 20 листов бумаги. Стандартное количество пробиваемых отверстий - 2, диаметр каждого - 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Когда будет завершен отчетный период, они обычно сшиваются ниткой и снимаются с металлических колец. Метка центрирования поможет ровно разместить листы. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Текстурная поверхность позволяет рукам не скользить во время работы. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Малые размеры делового аксессуара помогут с легкостью разместить на рабочем столе, а классический белый цвет отлично впишется в любой интерьер.Дырокол отличного качества BRAUBERG &amp;quot;Original&amp;quot; по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
   </si>
   <si>
     <t>423762</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef2/yvj83xl47r0ayxe3t1g25q684nandwi5.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический BRAUBERG  quot;PN-150M quot;, до 35 листов, синий, 227789</t>
   </si>
   <si>
     <t>Настольный металлический дырокол BRAUBERG &amp;quot;PN-150M&amp;quot; обеспечивает легкое и точное пробивание бумаги. Дырокол BRAUBERG &amp;quot;Leistung&amp;quot; способен пробить за один раз 35 листов бумаги. Стандартное количество пробиваемых отверстий - 2, диаметр каждого - 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Когда будет завершен отчетный период, они обычно сшиваются ниткой и снимаются с металлических колец. Метка центрирования поможет ровно разместить листы. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Текстурная поверхность позволяет рукам не скользить во время работы. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Малые размеры делового аксессуара помогут с легкостью разместить на рабочем столе, а классический белый цвет отлично впишется в любой интерьер.</t>
   </si>
   <si>
     <t>423763</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2f6/wut0o2m136lsgrcaja7ez8s6pmaj2ik8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/90f/rrwxs6o83xoqz0qn2twpzllohfc909ug.jpg</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG  quot;Black Jack quot;, до 20 листов, черный, 227796</t>
   </si>
   <si>
     <t>Дырокол для бумаг &amp;quot;Black Jack&amp;quot; BRAUBERG – это необходимый офисный предмет, с применением которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Офисный аксессуар предназначен для перфорации бумаги. Способен пробить за один раз 20 листов бумаги. Стандартное количество пробиваемых отверстий - 2, диаметр каждого - 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Когда будет завершен отчетный период, они обычно сшиваются ниткой и снимаются с металлических колец. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Малые размеры делового аксессуара помогут с легкостью разместить на рабочем столе, а классический черный цвет отлично впишется в любой интерьер.Дырокол BRAUBERG &amp;quot;Black Jack&amp;quot; по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
   </si>
   <si>
     <t>423769</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/82e/7s9ptm8j957p1q3wkrm05folrpz6rzqa.jpg</t>
   </si>
   <si>
     <t>Дырокол Attache Power до 65л., металл., ч рный</t>
   </si>
   <si>
     <t>Дырокол Attache Power до 65л., металл., чёрный</t>
   </si>
   <si>
     <t>438378</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b6/6kxsh02tmf6hesvs4hjbouns10na96ku.jpg</t>
@@ -1427,59 +1439,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/02c/gkkba0lql50z7nylz7ufie15y229v27c.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический МОЩНЫЙ BRAUBERG  quot;Heavy duty quot;, до 60 листов, черный, 226868</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;Heavy duty&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Предназначен для перфорации большого объема бумажных листов. Мощный дырокол BRAUBERG &amp;quot;Heavy duty&amp;quot; пробивает до 60 л. бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 2, диаметр каждого – 6 мм, расстояние между отверстиями – 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка – пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора и блокиратором для компактного хранения.</t>
   </si>
   <si>
     <t>472817</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f44/f445050f8dc526ec98062c77c3283533/a3ce1cc8468063081522e1a3d7308910.jpg</t>
   </si>
   <si>
     <t>Дырокол энергосберегающий Berlingo  quot;Smart Technology quot; 15л, металлический, фиксатор, линейка, белый</t>
   </si>
   <si>
     <t>Цельнометаллический ЭНЕРГОСБЕРЕГАЮЩИЙ дырокол Berlingo &amp;quot;Smart Technology&amp;quot; выполнен в классических цветах. Прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 15 листов. Не требует усилий.&amp;nbsp;&amp;nbsp;Встроенный фиксатор обеспечивает компактное хранение дырокола. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
   </si>
   <si>
     <t>557698</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5e1/5e1a50efc42fa3aee5db965c88e16dea/fd58d5b7622347b8e6a59825dbf8cc90.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ff8/ff8df038441d1163ede29db38cf78369/9b378a721f734b26989c7fde2e840e1d.jpg</t>
   </si>
   <si>
     <t>Дырокол энергосберегающий Berlingo  quot;Smart Technology quot; 15л, металлический, фиксатор, линейка, красный</t>
   </si>
   <si>
     <t>557700</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/77d/77d8fa2951686475f69a5df5f252a218/06af10cc9a732d58cb58d707bce35878.jpg</t>
   </si>
   <si>
     <t>Дырокол Berlingo  quot;Office Soft quot; 30л., пластиковый, ассорти, с линейкой</t>
   </si>
   <si>
     <t>Дыроколы серии &amp;quot;Office Soft&amp;quot; мощностью от 10 до 30 листов производятся с пластиковой верхней частью корпуса. Все они снабжены антискользящими мягкими вставками, органичительными линейками и удобными отделениями для конфетти, которые легко очищать благодаря специальной форме дна. Каждая модель выполнена в двух артикулах: с мягкой вставкой черного цвета, а также цветов ассорти: серый, синий, красный. Корпус дырокола всегда черный.</t>
   </si>
   <si>
     <t>557701</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b7a/b7a47838c63cd834cebde00f0b083748/28545a1d1e9249d66dcc66162fadb61a.jpg</t>
   </si>
   <si>
     <t>Дырокол Berlingo  quot;Universal quot; 20л., металлический, серый</t>
@@ -1568,71 +1571,95 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b7c/jauo9uhrlayg4kbeamm1ts0e7bpa5bqi.jpg</t>
   </si>
   <si>
     <t>Дырокол MAPED  Франция   quot;Essentials Metal quot;, металлический, большой, на 35 листов, черный, 403411</t>
   </si>
   <si>
     <t>Металлический дырокол MAPED &amp;quot;Essentials Metal&amp;quot; обладает запатентованной системой выравнивания листов с помощью папки с кольцами. Пробивает до 35 листов плотностью 70 г/м2. Обладает лаконичным стильным дизайном и удобным контейнером для конфетти со съемной крышкой. Быстрое и точное пробивание благодаря центровочным меткам на корпусе. Дырокол снабжен выдвижной линейкой-ограничителем с надёжной фиксацией упора. Фиксация крышки в сложенном положении. Пробивает как 2, так и 4 отверстия &amp;#40;в 2 приема с помощью деления 3х8 на линейке&amp;#41;.</t>
   </si>
   <si>
     <t>563590</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/56a/8k33nmv9avc2c8y7f4xiy5grqxvsck9w.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический МОЩНЫЙ BRAUBERG  quot;Heavy duty quot;, до 150 листов, черный, 226870</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;Heavy duty&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Предназначен для перфорации большого объема бумажных листов. Мощный дырокол пробивает до 150 л. бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 2, диаметр каждого – 6 мм, расстояние между отверстиями – 80 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора и блокиратором для компактного хранения.</t>
   </si>
   <si>
     <t>563591</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/0e2/rzrfbpf8vv8f5j2f524dsux6kn4xr8o4.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол на 2-3-4 отверстия KW-trio, до 30 листов</t>
+  </si>
+  <si>
+    <t>Дырокол повышенной мощности на 4 отверстия с регулируемым расстоянием между отверстиями. Отлично подойдет для работы с большим объемом подшиваемых документов &amp;#40;работа с каталогами, архивами, бухгалтерскими документами&amp;#41;.</t>
+  </si>
+  <si>
+    <t>563592</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a6a/a6afdf4504f2a9b9e613780b95723e38/8182c2baf83637485278c0b34586d339.jpg</t>
   </si>
   <si>
     <t>Дырокол Attache Economy до 20 листов, с линейкой, цвет черный</t>
   </si>
   <si>
     <t>581925</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2ec/rtm2072zedtsda1afmy7ebhgg3esaasn.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический МОЩНЫЙ BRAUBERG  quot;Heavy duty quot; до 65 листов, эргономичный, черный</t>
   </si>
   <si>
     <t>Качественный дырокол BRAUBERG &amp;quot;Heavy duty&amp;quot; обеспечивает точное и легкое пробивание большого объема бумажных листов. Способен пробить за один раз 65 л. бумаги. Стандартное количество пробиваемых отверстий – 2, диаметр каждого – 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Когда будет завершен отчетный период, они обычно сшиваются ниткой и снимаются с металлических колец. Метка центрирования поможет ровно разместить листы. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Средние размеры делового аксессуара помогут с легкостью разместить на рабочем столе, а классическое сочетание черного с серым цветом отлично впишется в любой интерьер.</t>
   </si>
   <si>
     <t>600470</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b27/7n5g1m0xraz5kn21i21vk37rmuvhoenc.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол металлический BRAUBERG  quot;Extra quot;, до 40 листов, черный, 229093</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG &amp;quot;Extra&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Металлический дырокол эргономичного дизайна пробивает до 40 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 cм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря эргономичной форме поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора. Классический черный цвет отлично впишется в любой интерьер.</t>
+  </si>
+  <si>
+    <t>603747</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b60/b602a9075925eafc4382d1c09821bfa8/45a88a6932dc323f2827f644b31ce0ca.jpg</t>
   </si>
   <si>
     <t>Дырокол OfficeSpace 35л., металлический, черный, с линейкой</t>
   </si>
   <si>
     <t>Металлический дырокол, пробивная мощность 35 листов. Дырокол снабжен ограничительной форматной линейкой, фиксатором и антискользящей вставкой. Цвет корпуса черный.</t>
   </si>
   <si>
     <t>607690</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c0b/nspa8xsmyss5wc5uf7rxqbiv8fgofz7t.jpg</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG  quot;Super quot;, до 10 листов, черный, 229090</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;Extra&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Дырокол эргономичного дизайна с металлическим механизмом пробивает до 10 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 cм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Благодаря эргономичной форме поверхности дырокола руки не скользят во время работы. Оснащен контейнером для сбора мусора. Классический черный цвет отлично впишется в любой интерьер.</t>
   </si>
   <si>
     <t>616782</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/98d/cizvhgizdas42a6e73k5eunfuv68ack7.jpg</t>
@@ -1691,86 +1718,122 @@
   <si>
     <t>Цельнометаллический дырокол Berlingo &amp;quot;Universal&amp;quot; прекрасно&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 10 листов. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
   </si>
   <si>
     <t>618462</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2c1/2c1e7ed9fa5cde3b233a9e6cea2fbc4b.jpg</t>
   </si>
   <si>
     <t>Дырокол Berlingo  quot;Universal quot; 10л., металлический, синий</t>
   </si>
   <si>
     <t>618463</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/25b/25beb202412d86d4995c10be9b324024.jpg</t>
   </si>
   <si>
     <t>Дырокол Attache Economy до 100 листов, с линейкой, металл, серый</t>
   </si>
   <si>
     <t>625710</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bad/61lhehuyxz3dvmk2cjwugz9m5bdvuo7e.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол на 2-3-4 отверстия KW-trio, до 10 листов, черный, 999D, -999D</t>
+  </si>
+  <si>
+    <t>Дырокол позволяет аккуратно и точно пробить в бумаге 2, 3 или 4 отверстия. Отлично подойдет для работы с большим объемом подшиваемых документов &amp;#40;работа с каталогами, архивами, бухгалтерскими документами&amp;#41;.</t>
+  </si>
+  <si>
+    <t>629720</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/71b/71ba6b2a39c840028f843ac5efbabcd4.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Office Soft quot; 30л., пластиковый, синий, с линейкой</t>
+  </si>
+  <si>
+    <t>Пластиковый дырокол Berlingo &amp;quot;Office Soft&amp;quot; прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования.&amp;nbsp;&amp;nbsp;Антискользящая прорезиненная вставка обеспечивает еще более комфортную работу дырокола. Пробивает до 30 листов.&amp;nbsp;&amp;nbsp;Встроенный фиксатор обеспечивает компактное хранение дырокола. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии.&amp;nbsp;&amp;nbsp;Удобный контейнер для храния конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>630026</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fdb/bni7tzsduzf7grqxv2qlyhyjx9p1mfxe.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический BRAUBERG  quot;PN-150M quot;, до 35 листов, черный, 227788</t>
   </si>
   <si>
     <t>Настольный металлический дырокол BRAUBERG &amp;quot;PN-150M&amp;quot; обеспечивает легкое и точное пробивание бумаги. Способен пробить за один раз 35 листов бумаги. Стандартное количество пробиваемых отверстий - 2, диаметр каждого - 6 мм. Благодаря расстоянию между отверстиями в 8 см проколотые дыроколом листы могут храниться в папке идеально ровно и не мяться. Когда будет завершен отчетный период, они обычно сшиваются ниткой и снимаются с металлических колец. Метка центрирования поможет ровно разместить листы. Наличие ограничительной линейки позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Основная задача контейнера для конфетти состоит в сборе мусора, благодаря чему не будет постоянно загрязняться рабочее пространство. Малые размеры делового аксессуара помогут с легкостью разместить на рабочем столе, а классический черный цвет отлично впишется в любой интерьер.Данный товар относится к среднему ценовому сегменту.</t>
   </si>
   <si>
     <t>631004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ea/9nhjo22t620hen3pqdz1kpicm5iydk8c.jpg</t>
   </si>
   <si>
     <t>Дырокол MAPED  Франция   quot;Essentials quot;, металлический, большой, на 45 листов, черный, 404411</t>
   </si>
   <si>
     <t>Металлический большой дырокол MAPED &amp;quot;Essentials Metal&amp;quot; обладает запатентованной системой выравнивания листов с помощью папки с кольцами. Пробивает до 45 листов плотностью 70 г/м2. Обладает лаконичным стильным дизайном и удобным контейнером для конфетти со съемной крышкой. Быстрое и точное пробивание благодаря центровочным меткам на корпусе. Дырокол снабжен выдвижной линейкой-ограничителем с надёжной фиксацией упора. Фиксация крышки в сложенном положении. Пробивает как 2, так и 4 отверстия &amp;#40;в 2 приема с помощью деления 3х8 на линейке&amp;#41;.</t>
   </si>
   <si>
     <t>631006</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/66b/3r0cyh7kuzj20rvwifo8c5adrnayj0a5.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический МОЩНЫЙ KW-trio, до 150 листов, черный, 952</t>
   </si>
   <si>
     <t>Высококачественный супермощный дырокол. Внимание! Не предназначен для пробивания картона!</t>
   </si>
   <si>
     <t>636876</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ca4/ca4cede2dbbbae449329f999a2e4d922.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол фигурный для скругления угла, ОСТРОВ СОКРОВИЩ, 662781</t>
+  </si>
+  <si>
+    <t>Фигурный дырокол ОСТРОВ СОКРОВИЩ - незаменимый инструмент для хобби и творчества. Используется для создания и оформления открыток, скрап-альбомов, пригласительных, конвертов. Позволяет закруглить углы или создать выемку без использования ножниц. Радиус скругления угла составляет 8 мм, глубина выемки - 10 мм. Дырокол подходит для работы с бумагой и картоном плотностью от 120 г/м2 до 220 г/м2. Высококачественные металлические ножи обеспечат долгую службу, а при необходимости могут быть заточены согласно инструкции на обратной стороне упаковки. Дырокол безопасен и прост в работе, может использоваться детьми и взрослыми.</t>
+  </si>
+  <si>
+    <t>644127</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fe2/zbslqh1f1hdsk0mprjf0oif6qylhzk3g.jpg</t>
   </si>
   <si>
     <t>Дырокол фигурный, со сменными насадками, 5 штук, ОСТРОВ СОКРОВИЩ, 662783</t>
   </si>
   <si>
     <t>Фигурный дырокол ОСТРОВ СОКРОВИЩ - незаменимый и очень простой инструмент для детского и взрослого творчества. Используется для создания аппликаций, оформления открыток, скрап-альбомов, пригласительных, а также для изготовления конфетти. В набор входят 5 насадок с различными вырубками: сердечко, ангел, бабочка, снежинка, воздушный шарик. Вырубки можно использовать совместно для создания других интересных рисунков. Подробная инструкция размещена на обратной стороне упаковки.Диаметр вырубки составляет 12 мм, вырубленные элементы могут быть использованы в качестве конфетти. Дырокол надёжен, безопасен и прост в работе, может использоваться детьми и взрослыми.</t>
   </si>
   <si>
     <t>644129</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b34/b34452b422cba9e4169678c79d4ca36c.jpg</t>
   </si>
   <si>
     <t>Дырокол Attache Economy до 60 листов, с линейкой, металл, синий</t>
   </si>
   <si>
     <t>644914</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e5c/qbzfozk1efvmg09simxaqfq336lidnqh.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический BRAUBERG  quot;Classic quot;, до 25 листов, черный, 229697</t>
@@ -1961,110 +2024,110 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b5e/w4xkflcao0idy3jf1b01sfyx9ib71sh8.jpg</t>
   </si>
   <si>
     <t>Дырокол 16л  quot;Darvish quot; пластиковый корпус, d-5,5мм, l-80мм цвет ассорти</t>
   </si>
   <si>
     <t>Дырокол&amp;nbsp;&amp;nbsp;16л &amp;quot;Darvish&amp;quot; пластиковый корпус, d-5,5мм, l-80мм цвет ассорти</t>
   </si>
   <si>
     <t>703964</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b22/vxknlyijq7wzgffn1gbp02hs94pyvjz6.jpg</t>
   </si>
   <si>
     <t>Набор канцелярский  дырокол, степлер  10, скобы  10  2 упаковки  стакан, ножницы   quot;Darvish quot;</t>
   </si>
   <si>
     <t>Набор канцелярский &amp;#40;дырокол,степлер№10,скобы№10&amp;#40;2упаковки&amp;#41;,стакан ,ножницы&amp;#41; &amp;quot;Darvish&amp;quot;</t>
   </si>
   <si>
     <t>703970</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9a0/xag0v5c5vp8yl6aqb2d74jp3v6l3epft.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол на 4 отверстия МОЩНЫЙ KW-trio, до 150 листов, черный, 954, -954</t>
+  </si>
+  <si>
+    <t>Дырокол супермощный на 4 отверстия &amp;#40;пробивает до 150 листов&amp;#41;. Отлично подойдет для работы с большим объемом подшиваемых документов &amp;#40;работа с каталогами, архивами, бухгалтерскими документами&amp;#41;.</t>
+  </si>
+  <si>
+    <t>708880</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/606/jix3optkvl17fwr7vbltoz5u61skzgey.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Дырокол ErichKrause  Quadro до 20 листов, черный  в коробке по 1 шт. </t>
   </si>
   <si>
     <t>Дырокол ErichKrause® Quadro до 20 листов, черный &amp;#40;в коробке по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771384</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e3a/bkj7zzh7y0g2gw86ykp2izwo4uysfb30.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Дырокол ErichKrause  Quadro до 40 листов, черный  в коробке по 1 шт. </t>
   </si>
   <si>
     <t>Дырокол ErichKrause® Quadro до 40 листов, черный &amp;#40;в коробке по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771385</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6fa/wwz1ewp5a1i9yyfz94mvi4jd7ul4h8n6.jpg</t>
   </si>
   <si>
     <t>Дырокол Berlingo  quot;Power TX quot; 10л., металлический, с линейкой, черный</t>
   </si>
   <si>
     <t>Цельнометаллический дырокол Berlingo &amp;quot;Power TX&amp;quot; выполнен в стильном черном цвете. Прекрасно&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 10 листов.&amp;nbsp;&amp;nbsp;Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
   </si>
   <si>
     <t>775204</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b68/0qk5ssxgis2450h8katc4azaeu4pjajc.jpg</t>
   </si>
   <si>
     <t>Дырокол Berlingo  quot;Power TX quot; 20л., металлический, с фиксатором и линейкой, черный</t>
   </si>
   <si>
     <t>Цельнометаллический дырокол Berlingo &amp;quot;Power TX&amp;quot; выполнен в стильном черном цвете. Прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 20 листов.&amp;nbsp;&amp;nbsp;Встроенный фиксатор обеспечивает компактное хранение дырокола. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
   </si>
   <si>
     <t>775205</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a2b/0mt05i0ac8ti3as4jnicfntn48fk2emu.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c81/0i3qqtpufb20s8945a3rl4fw0py2bkyb.jpg</t>
   </si>
   <si>
     <t>Дырокол Berlingo  quot;Power TX quot; 60л., металлический, с фиксатором и линейкой, черный</t>
   </si>
   <si>
     <t>Цельнометаллический дырокол Berlingo &amp;quot;&amp;quot;Power TX&amp;quot;&amp;quot; выполнен в стильном черном цвете. Прекрасно&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Пробивает до 60 листов.&amp;nbsp;&amp;nbsp;Встроенный фиксатор обеспечивает компактное хранение дырокола. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии.&amp;nbsp;&amp;nbsp;Удобный контейнер для хранения конфетти.&amp;nbsp;&amp;nbsp;Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
   </si>
   <si>
     <t>775208</t>
   </si>
   <si>
     <t xml:space="preserve">Дырокол Erich Krause  Elegance до 20 листов, черный  в коробке по 1 шт. </t>
   </si>
   <si>
     <t>Дырокол Erich Krause® Elegance до 20 листов, черный &amp;#40;в коробке по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>791949</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6b6/dcqbyvebc0d4lpepal4mlnxkdteax3m4.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Дырокол Erich Krause  R20 до 15 листов, красный  в коробке по 1 шт. </t>
@@ -2090,50 +2153,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3ba/zlgniuzprqk7r8n5d0b3oiqz1a0rhxpl.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Дырокол ErichKrause  Quadro до 10 листов, черный  в коробке по 1 шт. </t>
   </si>
   <si>
     <t>Дырокол ErichKrause® Quadro до 10 листов, черный &amp;#40;в коробке по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>798395</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e0e/f4zydt3nu6d1gu6prwtpk8jf8w7stidh.jpg</t>
   </si>
   <si>
     <t>Сменные запасные части для дырокола KW-trio 9550, комплект 2 ножа и 4 пластиковых диска, блистер, 1300534, -1300534</t>
   </si>
   <si>
     <t>Комплект запасных частей для мощного дырокола KW-trio 9550.</t>
   </si>
   <si>
     <t>829455</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/74d/gzg25ub9j3yw0rve38p61eykwl5eya22.jpg</t>
+  </si>
+  <si>
+    <t>Комплект сменных ножей и дисков для мощных дыроколов Berlingo  quot;Heavy Duty quot;, до 150л.  артикулы DDm_15021, DDm_15041  4шт в блистере</t>
+  </si>
+  <si>
+    <t>Комплект сменных ножей и дисков для мощных дыроколов Berlingo &amp;quot;Heavy Duty&amp;quot;, 4 шт в блистере. Подходят для дыроколов Berlingo DDm_15021, DDm_15041, мощностью до 150 листов. В состав набора входят : стальные ножи диаметром 6мм&amp;nbsp;&amp;nbsp;и пластиковые диски диаметром 25мм. Набор упакован в блистер с е/п.</t>
+  </si>
+  <si>
+    <t>833702</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e14/u3xzm3jww6lwbl69an3ursd8z7fmc5a4.jpg</t>
   </si>
   <si>
     <t>Дырокол энергосберегающий Berlingo  quot;Smart Technology quot; 25л, металлический, фиксатор, линейка, белый</t>
   </si>
   <si>
     <t>Цельнометаллический ЭНЕРГОСБЕРЕГАЮЩИЙ дырокол Berlingo &amp;quot;Smart Technology&amp;quot; выполнен в классических цветах. Прекрасно подходит для ежедневного использования. Пробивает до 25 листов. Не требует усилий. Встроенный фиксатор обеспечивает компактное хранение дырокола. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти. Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
   </si>
   <si>
     <t>836028</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b16/s5xcih5x2gvavk8cwovth8vjl2319eoz.jpg</t>
   </si>
   <si>
     <t>Дырокол энергосберегающий Berlingo  quot;Smart Technology quot; 25л, металлический, фиксатор, линейка, красный</t>
   </si>
   <si>
     <t>836029</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c15/a4bneksemhgitxso1iqbwo0mwphaqdge.jpg</t>
   </si>
   <si>
     <t>Дырокол энергосберегающий Berlingo  quot;Smart Technology quot; 25л, металлический, фиксатор, линейка, синий</t>
@@ -2219,50 +2294,59 @@
   <si>
     <t>884015</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d59/ie9gwxiefvj686mry0jkth1b9vzwou8l.jpg</t>
   </si>
   <si>
     <t>Дырокол Berlingo  quot;Round quot; 20л., пластиковый, белый</t>
   </si>
   <si>
     <t>Пластиковый дырокол Berlingo &amp;quot;Round&amp;quot; выполнен в нежных пастельных цветах, прекрасно подходит для ежедневного использования. Пробивает до 20 листов. Наличие форматной линейки позволяет зафиксировать бумагу на нужном расстоянии. Удобный контейнер для хранения конфетти. Шаг перфорации - 80 мм. Диаметр отверстия - 6 мм. Упакован в картонный короб.</t>
   </si>
   <si>
     <t>884016</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f6d/v454zl0ifs8s9g13h2z7p5go1bnbngde.jpg</t>
   </si>
   <si>
     <t>Дырокол Berlingo  quot;Round quot; 20л., пластиковый, голубой</t>
   </si>
   <si>
     <t>884017</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/091/ws7mgc4ntiyhv5x9kodsgb900ssco47w.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол Berlingo  quot;Round quot; 20л., пластиковый, розовый</t>
+  </si>
+  <si>
+    <t>884018</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/149/nnwi1z93eo4weuqo5rrqdk0mgiv3mzph.jpg</t>
   </si>
   <si>
     <t>Дырокол на 4 отверстия металлический МОЩНЫЙ BRAUBERG  quot;Heavy Duty Extra quot;, до 150 листов, 270555</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;Heavy Duty Extra&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Предназначен для перфорации большого объема бумажных листов. Мощный дырокол пробивает до 150 л. бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 4, диаметр каждого – 6 мм, расстояние между отверстиями – 80 мм. Метка центрирования поможет ровно разместить листы, а ограничительный упор – пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора, а также комплектом сменных дисков &amp;#40;16 шт.&amp;#41;.</t>
   </si>
   <si>
     <t>946112</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be4/lvop2jeor7ian6315wiazoexz4i76tqf.jpg</t>
   </si>
   <si>
     <t>Дырокол MAPED ESSENTIALS METAL стандартный до 25 листов 2 отвер. металл линейка форматов</t>
   </si>
   <si>
     <t>947742</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/096/tc8g7ojx8au82xe6z5q06dndkeb825ub.jpg</t>
   </si>
   <si>
     <t>Дырокол фигурный 1 шт., диаметр вырубки 16 мм, 8 видов ассорти, ОСТРОВ СОКРОВИЩ, 665225</t>
@@ -2360,72 +2444,60 @@
   <si>
     <t>962201</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/da5/2egiikee4eq8wdgff3et5sujt7y6hit0.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический Attache Economy до 65 листов, с линейкой, цвет черный</t>
   </si>
   <si>
     <t>962202</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7eb/6he0ekg1sso952eabepdtwut26amy8ba.jpg</t>
   </si>
   <si>
     <t>Дырокол Комус MPBK30 до 30 лист., металл, с линейкой и блокиратором, ч рный</t>
   </si>
   <si>
     <t>Дырокол Комус MPBK30 до 30 лист., металл, с линейкой и блокиратором, чёрный</t>
   </si>
   <si>
     <t>973100</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6d1/zaxgeffkws90h3wu9cxigekubzl5z6gx.jpg</t>
-[...20 lines deleted...]
-    <t>996833</t>
+    <t>http://anytos.ru//upload/iblock/10d/j1a0p02x6luen6oklep7xk1l5tghoxz6.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол BRAUBERG  quot;SUPER quot;, до 20 листов, зелено-черный, 272743</t>
+  </si>
+  <si>
+    <t>Дырокол для бумаг — это незаменимый офисный инструмент, предназначенный для аккуратного пробивания отверстий в бумаге, что позволяет затем легко подшивать документы в папку. Этот аксессуар используется для перфорации бумаги. Дырокол эргономичного дизайна с качественными пробойниками обеспечивает легкое и точное пробивание бумаги. Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; способен пробить до 20 листов бумаги за один раз. Он выполняет стандартную перфорацию — 2 отверстия диаметром 6 мм каждое. Расстояние между отверстиями — 8 см, поэтому перфорированные дыроколом листы могут храниться в папке идеально ровно и не сминаться. После завершения отчетного периода они обычно снимаются с металлических колец и сшиваются ниткой. Метка центрирования поможет ровно разместить листы.Ограничительная линейка позволяет точно пробивать отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Текстурная поверхность предотвращает скольжение рук во время работы. Контейнер для конфетти предназначен для сбора мусора, что помогает поддерживать рабочее пространство в чистоте.Компактные размеры этого делового аксессуара позволяют легко разместить его на рабочем столе, а яркий зеленый цвет гармонично впишется в любой интерьер.Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; отличного качества по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
+  </si>
+  <si>
+    <t>1004484</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3d/3tdnu0nkip8oezh235udh382be7wg5uw.jpg</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG  quot;SUPER quot;, до 20 листов, черный, 272742</t>
   </si>
   <si>
     <t>Дырокол для бумаг — это незаменимый офисный инструмент, предназначенный для аккуратного пробивания отверстий в бумаге, что позволяет затем легко подшивать документы в папку. Этот аксессуар используется для перфорации бумаги. Дырокол эргономичного дизайна с качественными пробойниками обеспечивает легкое и точное пробивание бумаги. Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; способен пробить до 20 листов бумаги за один раз. Он выполняет стандартную перфорацию — 2 отверстия диаметром 6 мм каждое. Расстояние между отверстиями — 8 см, поэтому перфорированные дыроколом листы могут храниться в папке идеально ровно и не сминаться. После завершения отчетного периода они обычно снимаются с металлических колец и сшиваются ниткой. Метка центрирования поможет ровно разместить листы.Ограничительная линейка позволяет точно пробивать отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Текстурная поверхность предотвращает скольжение рук во время работы. Контейнер для конфетти предназначен для сбора мусора, что помогает поддерживать рабочее пространство в чистоте.Компактные размеры этого делового аксессуара позволяют легко разместить его на рабочем столе, а классический черный цвет гармонично впишется в любой интерьер.Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; отличного качества по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
   </si>
   <si>
     <t>1004485</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/831/keu062ev13y42omra89f4owne3d0gh24.jpg</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG  quot;SUPER quot;, до 30 листов, зелено-черный, 272746</t>
   </si>
   <si>
     <t>Дырокол для бумаг — это незаменимый офисный инструмент, предназначенный для аккуратного пробивания отверстий в бумаге, что позволяет затем легко подшивать документы в папку. Этот аксессуар используется для перфорации бумаги. Дырокол эргономичного дизайна с качественными пробойниками обеспечивает легкое и точное пробивание бумаги. Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; способен пробить до 30 листов бумаги за один раз. Он выполняет стандартную перфорацию — 2 отверстия диаметром 6 мм каждое. Расстояние между отверстиями — 8 см, поэтому перфорированные дыроколом листы могут храниться в папке идеально ровно и не сминаться. После завершения отчетного периода они обычно снимаются с металлических колец и сшиваются ниткой. Метка центрирования поможет ровно разместить листы.Ограничительная линейка позволяет точно пробивать отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Текстурная поверхность предотвращает скольжение рук во время работы. Контейнер для конфетти предназначен для сбора мусора, что помогает поддерживать рабочее пространство в чистоте.Компактные размеры этого делового аксессуара позволяют легко разместить его на рабочем столе, а яркий цвет гармонично впишется в любой интерьер.Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; отличного качества по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
   </si>
   <si>
     <t>1004486</t>
   </si>
@@ -2441,117 +2513,105 @@
   <si>
     <t>http://anytos.ru//upload/iblock/451/y6ast15g1145q5njigfqsg1whvgkysky.jpg</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG  quot;SUPER quot;, до 30 листов, черный, 272744</t>
   </si>
   <si>
     <t>Дырокол для бумаг — это незаменимый офисный инструмент, предназначенный для аккуратного пробивания отверстий в бумаге, что позволяет затем легко подшивать документы в папку. Этот аксессуар используется для перфорации бумаги. Дырокол эргономичного дизайна с качественными пробойниками обеспечивает легкое и точное пробивание бумаги. Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; способен пробить до 30 листов бумаги за один раз. Он выполняет стандартную перфорацию — 2 отверстия диаметром 6 мм каждое. Расстояние между отверстиями — 8 см, поэтому перфорированные дыроколом листы могут храниться в папке идеально ровно и не сминаться. После завершения отчетного периода они обычно снимаются с металлических колец и сшиваются ниткой. Метка центрирования поможет ровно разместить листы.Ограничительная линейка позволяет точно пробивать отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой. Дырокол оснащен блокиратором для компактного хранения. Текстурная поверхность предотвращает скольжение рук во время работы. Контейнер для конфетти предназначен для сбора мусора, что помогает поддерживать рабочее пространство в чистоте.Компактные размеры этого делового аксессуара позволяют легко разместить его на рабочем столе, а классический черный цвет гармонично впишется в любой интерьер.Дырокол BRAUBERG &amp;quot;SUPER&amp;quot; отличного качества по доступной цене навсегда станет незаменимым помощником при работе с документацией.</t>
   </si>
   <si>
     <t>1004488</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/abc/upbth7n95873vwvfjrcn46vpmo8nzr9b.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический МОЩНЫЙ BRAUBERG  quot;EXTRA Heavy duty quot;, до 110 листов, черно-синий, 272721</t>
   </si>
   <si>
     <t>Дырокол BRAUBERG &amp;quot;EXTRA Heavy duty&amp;quot; – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Предназначен для перфорации большого объема бумажных листов. Мощный дырокол пробивает до 110 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий – 2, диаметр каждого – 6 мм, расстояние между отверстиями – 80 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка – пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора.</t>
   </si>
   <si>
     <t>1004840</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/581/xsxkgj0ge98mdi6jd5bxxdn2etm5cwxq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/829/bdxwl7wwwv6xxaqs8892id98zsvizaz9.jpg</t>
   </si>
   <si>
     <t>Дырокол металлический ОФИСМАГ, до 25 листов, черный, 229693</t>
   </si>
   <si>
     <t>Дырокол металлический ОФИСМАГ – это необходимый офисный предмет, с помощью которого можно аккуратно пробивать отверстия в бумаге и затем подшивать документы в папку. Металлический дырокол пробивает до 25 листов бумаги. Благодаря качественным пробойникам обеспечивает легкое и точное пробивание бумаги. Количество пробиваемых отверстий - 2, диаметр каждого - 6 мм, расстояние между отверстиями - 8 мм. Метка центрирования поможет ровно разместить листы, а ограничительная линейка - пробить отверстия в нужных местах. Оснащен контейнером для сбора мусора, а также блокиратором для компактного хранения. Классический черный цвет отлично впишется в любой интерьер.</t>
   </si>
   <si>
     <t>1005230</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a3f/h8cjft5v7ez1r896u4l4o12blrefgnvw.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ff1/1r0kow1q2pls6dj40v7w1v18p2bp5ezm.jpg</t>
   </si>
   <si>
     <t>Дырокол Kw-Trio Heavy Duty 967 макс.70лист. металл черный, с линейкой</t>
   </si>
   <si>
     <t>Мощный металлический дырокол 967 KW-trio на 2 отверстия. Пробивает до 70 листов. Диаметр прокола 6 мм, растояние между отверстиями 80 мм. Снабжен металлической форматной выдвижной линейкой и поддоном для конфетти. Метка центрироования отсутствует. Для эффективного пробивания максимально допустимого объема бумаги необходимо расположить дырокол на горизонтальной твердой поверхности, прикладывая усилия, плавно надавить на рычаг &amp;#40;при необходимости двумя руками&amp;#41;, разномерно распределяя усилия по поверхности рычага.</t>
   </si>
   <si>
     <t>1005673</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/928/j7ac1mc7mwhrmvwqj8um03358nq428gq.jpg</t>
   </si>
   <si>
     <t>Дырокол Attache Perform до 40 листов, блокиратор,линейка,пластик, черный</t>
   </si>
   <si>
     <t>1005783</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/43d/gztdybyhrio0b1um2zsyn93mvuwq4nvn.jpg</t>
   </si>
   <si>
     <t>Дырокол KW-trio 964 регулируемый на 2-3-4 отверстия до 30 листов</t>
   </si>
   <si>
     <t>1005784</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f67/m437mcmuwkqkjevbg8sacbl99m1q1emo.jpg</t>
+  </si>
+  <si>
+    <t>Дырокол MAPED  Франция   quot;Essentials quot;, металлический, мощный, на 70 листов, черный, 406411</t>
+  </si>
+  <si>
+    <t>Металлический дырокол &amp;quot;Essentials&amp;quot; обладает запатентованной системой выравнивания листов с помощью папки с кольцами. Быстрое и точное пробивание благодаря центровочным меткам на корпусе. Диаметр отверстий – 5,5 мм, расстояние – 8 см. Способен пробить за один до 70 листов бумаги &amp;#40;плотностью 70 г/м&amp;#41;. Стандартное количество пробиваемых отверстий – 2, диаметр каждого – 5,5 мм. Наличие ограничительной линейки и запатентованной системой выравнивания листов с помощью папки с кольцами позволяет пробить отверстия в нужном месте, что делает возможным сложить документы в папку ровной стопкой благодаря чему проколотые листы не мнутся и могут храниться довольно долго. Имеет стильный дизайн и эргономичную форму корпуса.</t>
+  </si>
+  <si>
+    <t>1014283</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2878,57 +2938,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J214"/>
+  <dimension ref="A1:J219"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G214" sqref="G214"/>
+      <selection pane="bottomRight" activeCell="G219" sqref="G219"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -3041,819 +3101,822 @@
       </c>
       <c r="G7" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="D10" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>42</v>
-      </c>
-[...7 lines deleted...]
-        <v>44</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="F11" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="G11" s="3" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="C12" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>55</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>57</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>61</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>67</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>69</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>71</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>73</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>75</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>14</v>
+        <v>29</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>79</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>81</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>24</v>
+        <v>47</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>83</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>85</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>86</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C21" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="D21" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="3" t="s">
+      <c r="F21" s="3" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="F22" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="D22" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="3" t="s">
+      <c r="G22" s="3" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="C23" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="D23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="3" t="s">
+      <c r="F23" s="3" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>102</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>103</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>105</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>106</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>107</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>109</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>111</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>112</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>114</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>117</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
         <v>118</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>119</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>121</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
         <v>122</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>123</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>125</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>126</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C30" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="3" t="s">
+      <c r="F30" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G30" s="3" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="3" t="s">
+      <c r="F31" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G31" s="3" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
         <v>136</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>137</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>139</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
         <v>140</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>141</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>142</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>143</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>145</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>147</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
         <v>148</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>149</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>150</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>151</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>152</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>153</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>154</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>152</v>
+        <v>13</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>86</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>175</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>176</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>177</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>178</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>179</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>180</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>182</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>24</v>
       </c>
     </row>
@@ -4062,143 +4125,143 @@
       </c>
       <c r="G52" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>218</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>219</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>219</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>221</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
         <v>222</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>223</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>223</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>224</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>221</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
         <v>225</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>226</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>226</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>227</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>221</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
         <v>228</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>229</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>231</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>232</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
         <v>233</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>234</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>234</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>235</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>221</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>236</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>237</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>238</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>239</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>24</v>
       </c>
     </row>
@@ -4246,74 +4309,74 @@
       </c>
       <c r="G60" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
         <v>249</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>250</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>250</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>251</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
         <v>252</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>253</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>254</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>255</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
         <v>256</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>257</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>257</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>258</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>24</v>
       </c>
     </row>
@@ -4453,51 +4516,51 @@
       </c>
       <c r="G69" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
         <v>283</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>284</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>285</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>286</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
         <v>287</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>288</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>289</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>290</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>30</v>
       </c>
     </row>
@@ -4545,580 +4608,580 @@
       </c>
       <c r="G73" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
         <v>299</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>300</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>301</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>302</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
         <v>303</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>304</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>305</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
         <v>307</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>308</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>309</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>310</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
         <v>311</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>314</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
         <v>315</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>316</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>317</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>318</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>319</v>
+        <v>274</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>97</v>
+        <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B79" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="C79" s="1" t="s">
         <v>321</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="D79" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="D79" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F79" s="3" t="s">
-        <v>319</v>
+        <v>274</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>97</v>
+        <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B80" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="C80" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="D80" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E80" s="3" t="s">
+      <c r="F80" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="F80" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G80" s="3" t="s">
-        <v>40</v>
+        <v>101</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
         <v>328</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>329</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>330</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>331</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>45</v>
+        <v>101</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
         <v>332</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>333</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>334</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>335</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>336</v>
+        <v>327</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="B83" s="1" t="s">
         <v>337</v>
       </c>
-      <c r="B83" s="1" t="s">
+      <c r="C83" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="C83" s="1" t="s">
+      <c r="D83" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="D83" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F83" s="3" t="s">
-        <v>232</v>
+        <v>327</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B84" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="B84" s="1" t="s">
+      <c r="C84" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="C84" s="1" t="s">
+      <c r="D84" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>343</v>
       </c>
-      <c r="D84" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E84" s="3" t="s">
+      <c r="F84" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="F84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G84" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
         <v>345</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>346</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>347</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>348</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>274</v>
+        <v>232</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
         <v>349</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>350</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>351</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>352</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>274</v>
+        <v>232</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>353</v>
+        <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="B87" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="B87" s="1" t="s">
+      <c r="C87" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="C87" s="1" t="s">
+      <c r="D87" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="D87" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F87" s="3" t="s">
-        <v>358</v>
+        <v>232</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="C88" s="1" t="s">
         <v>359</v>
       </c>
-      <c r="B88" s="1" t="s">
+      <c r="D88" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>360</v>
       </c>
-      <c r="C88" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F88" s="3" t="s">
-        <v>358</v>
+        <v>232</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>45</v>
+        <v>244</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="D89" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="C89" s="1" t="s">
+      <c r="F89" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="G89" s="3" t="s">
         <v>365</v>
-      </c>
-[...10 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="B90" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="C90" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="C90" s="1" t="s">
+      <c r="D90" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>369</v>
       </c>
-      <c r="D90" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="F90" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G90" s="3" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
         <v>371</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>372</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>374</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>358</v>
+        <v>370</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
         <v>375</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>376</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>378</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>358</v>
+        <v>370</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
         <v>379</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>380</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>381</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>382</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>358</v>
+        <v>370</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>384</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>385</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>386</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>274</v>
+        <v>370</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
         <v>387</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>388</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>389</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>390</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>274</v>
+        <v>370</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
         <v>391</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>392</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>393</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>394</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>398</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
         <v>399</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>400</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>401</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>402</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>30</v>
       </c>
     </row>
@@ -5140,2675 +5203,2790 @@
       </c>
       <c r="F99" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
         <v>407</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>408</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>410</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>13</v>
+        <v>274</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>86</v>
+        <v>30</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
         <v>411</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>412</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>413</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>414</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>274</v>
+        <v>13</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>45</v>
+        <v>90</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
         <v>415</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>416</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>421</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
         <v>422</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>423</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G104" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>428</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
         <v>429</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>430</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G106" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>435</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G107" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
         <v>436</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>437</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>438</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>439</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>29</v>
+        <v>274</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
         <v>440</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>441</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G109" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>449</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
         <v>450</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>451</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="F112" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G112" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>456</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
         <v>457</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>458</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>466</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>274</v>
+        <v>29</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
         <v>467</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>468</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>469</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>470</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>29</v>
+        <v>274</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
         <v>471</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>472</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G119" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G122" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
     </row>
     <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
     </row>
     <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="F127" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G127" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G128" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="G129" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G130" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>221</v>
+        <v>232</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>126</v>
+        <v>24</v>
       </c>
     </row>
     <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>274</v>
+        <v>221</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>24</v>
+        <v>130</v>
       </c>
     </row>
     <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>39</v>
+        <v>274</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="F134" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
     </row>
     <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>274</v>
+        <v>47</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="F136" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
     </row>
     <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="F137" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>29</v>
+        <v>274</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>29</v>
+        <v>274</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>221</v>
+        <v>29</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
     </row>
     <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="B142" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="C142" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="C142" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D142" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>274</v>
+        <v>29</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
     </row>
     <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>336</v>
+        <v>221</v>
       </c>
       <c r="G143" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>232</v>
       </c>
       <c r="G144" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>358</v>
+        <v>29</v>
       </c>
       <c r="G145" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>221</v>
+        <v>274</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>274</v>
+        <v>344</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
     </row>
     <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>274</v>
+        <v>232</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>274</v>
+        <v>370</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>274</v>
+        <v>370</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>274</v>
+        <v>221</v>
       </c>
       <c r="G151" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>602</v>
+        <v>274</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
     </row>
     <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
         <v>603</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>604</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>605</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>606</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>602</v>
+        <v>274</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
         <v>607</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>608</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>609</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>610</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>602</v>
+        <v>274</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>86</v>
+        <v>30</v>
       </c>
     </row>
     <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
         <v>611</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>612</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>613</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>614</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>602</v>
+        <v>274</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>244</v>
+        <v>30</v>
       </c>
     </row>
     <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
         <v>615</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>616</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>617</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>618</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>602</v>
+        <v>274</v>
       </c>
       <c r="G156" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
         <v>619</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>620</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>621</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>622</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>29</v>
+        <v>623</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="F158" s="3" t="s">
         <v>623</v>
       </c>
-      <c r="B158" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G158" s="3" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
     </row>
     <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>621</v>
+        <v>630</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>29</v>
+        <v>623</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
     </row>
     <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>621</v>
+        <v>634</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>29</v>
+        <v>623</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>30</v>
+        <v>244</v>
       </c>
     </row>
     <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>636</v>
+        <v>623</v>
       </c>
       <c r="G161" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>636</v>
+        <v>29</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="B163" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="C163" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="C163" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>636</v>
+        <v>29</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>647</v>
+        <v>642</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>636</v>
+        <v>29</v>
       </c>
       <c r="G164" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>651</v>
+        <v>642</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>652</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>602</v>
+        <v>29</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>86</v>
+        <v>30</v>
       </c>
     </row>
     <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
         <v>653</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>654</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>655</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>656</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>602</v>
+        <v>657</v>
       </c>
       <c r="G166" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="F167" s="3" t="s">
         <v>657</v>
       </c>
-      <c r="B167" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G167" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>29</v>
+        <v>657</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>29</v>
+        <v>657</v>
       </c>
       <c r="G169" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>29</v>
+        <v>232</v>
       </c>
       <c r="G170" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>607</v>
+        <v>674</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>602</v>
+        <v>623</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>602</v>
+        <v>623</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>244</v>
+        <v>24</v>
       </c>
     </row>
     <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>683</v>
+        <v>29</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>602</v>
+        <v>29</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>232</v>
+        <v>29</v>
       </c>
       <c r="G175" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>692</v>
+        <v>628</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>29</v>
+        <v>623</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
     </row>
     <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>29</v>
+        <v>623</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
     </row>
     <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>694</v>
+        <v>702</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>29</v>
+        <v>704</v>
       </c>
       <c r="G178" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>29</v>
+        <v>623</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="F180" s="3" t="s">
         <v>232</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>248</v>
+        <v>29</v>
       </c>
       <c r="G181" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>248</v>
+        <v>29</v>
       </c>
       <c r="G182" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="B183" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="C183" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="C183" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="F183" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
     </row>
     <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="F184" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
     </row>
     <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>720</v>
+        <v>729</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="F185" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>29</v>
+        <v>232</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>29</v>
+        <v>248</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>274</v>
+        <v>248</v>
       </c>
       <c r="G188" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>336</v>
+        <v>29</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
     </row>
     <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>358</v>
+        <v>29</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
     </row>
     <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>749</v>
+        <v>29</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>86</v>
+        <v>30</v>
       </c>
     </row>
     <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>749</v>
+        <v>29</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>86</v>
+        <v>30</v>
       </c>
     </row>
     <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>749</v>
+        <v>29</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>749</v>
+        <v>29</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>244</v>
+        <v>30</v>
       </c>
     </row>
     <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>749</v>
+        <v>274</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>86</v>
+        <v>24</v>
       </c>
     </row>
     <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>749</v>
+        <v>344</v>
       </c>
       <c r="G196" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>766</v>
+        <v>772</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>767</v>
+        <v>773</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>749</v>
+        <v>370</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>768</v>
+        <v>14</v>
       </c>
     </row>
     <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>221</v>
+        <v>777</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>131</v>
+        <v>90</v>
       </c>
     </row>
     <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>772</v>
+        <v>778</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>221</v>
+        <v>777</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
     </row>
     <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E200" s="3" t="s">
+        <v>783</v>
+      </c>
+      <c r="F200" s="3" t="s">
         <v>777</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G200" s="3" t="s">
-        <v>86</v>
+        <v>24</v>
       </c>
     </row>
     <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>749</v>
+        <v>777</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
     </row>
     <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>785</v>
+        <v>777</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
     </row>
     <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>358</v>
+        <v>777</v>
       </c>
       <c r="G203" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>274</v>
+        <v>777</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>30</v>
+        <v>796</v>
       </c>
     </row>
     <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>274</v>
+        <v>221</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>30</v>
+        <v>135</v>
       </c>
     </row>
     <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>274</v>
+        <v>221</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
     </row>
     <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>274</v>
+        <v>221</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>274</v>
+        <v>777</v>
       </c>
       <c r="G208" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="F209" s="3" t="s">
         <v>274</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>817</v>
+        <v>274</v>
       </c>
       <c r="G210" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
         <v>818</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>819</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>820</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>821</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>817</v>
+        <v>274</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
         <v>822</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>823</v>
       </c>
       <c r="C212" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>824</v>
       </c>
-      <c r="D212" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F212" s="3" t="s">
-        <v>232</v>
+        <v>274</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="B213" s="1" t="s">
         <v>826</v>
-      </c>
-[...1 lines deleted...]
-        <v>827</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>827</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>828</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>13</v>
+        <v>274</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
         <v>829</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>830</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="F214" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="F215" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>841</v>
+      </c>
+      <c r="F216" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="G214" s="3" t="s">
+      <c r="G216" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>844</v>
+      </c>
+      <c r="F217" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>847</v>
+      </c>
+      <c r="F218" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>851</v>
+      </c>
+      <c r="F219" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="G219" s="3" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>