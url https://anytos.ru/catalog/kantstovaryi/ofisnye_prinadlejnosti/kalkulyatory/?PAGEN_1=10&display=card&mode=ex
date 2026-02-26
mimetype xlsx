--- v0 (2026-01-09)
+++ v1 (2026-02-26)
@@ -12,2687 +12,2744 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1154">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/890/890e93b855b34abc23a8eaf4d78526cf/a320a9948ef509a6a5a083265a05e28b.jpg</t>
-[...5 lines deleted...]
-    <t>Калькулятор Citizen SDC812BN в пластиковом корпусе с 12-разрядным ЖК-дисплеем. Имеет оптимальный набор вычислительных функций: основные математические операции, расчет процентов, запоминание промежуточных результатов. Удобная клавиатура снабжена кнопкой двойного нуля. Питание калькулятора автоматически отключается после пяти минут бездействия.</t>
+    <t>http://anytos.ru//upload/iblock/477/477c7d3e7218dbaf4f66b70eb014b102.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разрядов, двойное питание, 165 105 13 мм, антрацит. CIA_100</t>
+  </si>
+  <si>
+    <t>Предназначен для выполнения арифметических операций. Изготовлен из противоударного пластика и отличается большим дисплеем с увеличенными символами для комфортной работы. Двойное питание и автоматическое отключение продлевает срок службы без замены батареи. Упакован в пластиковый пенал с европодвесом. Гарантийный срок - 3 года.</t>
   </si>
   <si>
     <t>Калькуляторы</t>
   </si>
   <si>
-    <t>248593</t>
+    <t>173728</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ce/9ce5c9d13df65d0cf7e9b70db4b9dd1b.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разрядов, двойное питание, 165 105 13 мм, белый: CIW_100 штр.: 4260107478614</t>
+  </si>
+  <si>
+    <t>Предназначены для выполнения арифметических операций. Изготовлены из противоударного пластика и отличаются большим дисплеем с увеличенными символами для комфортной работы. Двойное питание и автоматическое отключение продлевает срок службы без замены батареи. Упакованы&amp;nbsp;&amp;nbsp;в пластиковый пенал с европодвесом. Гарантийный срок - 3 года.</t>
+  </si>
+  <si>
+    <t>337482</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/88c/88cfc0b9efee1d762fccb31847d0a914.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разрядов, двойное питание, 165 105 13 мм, зел ный: CIG_100 штр.: 4260107478621</t>
+  </si>
+  <si>
+    <t>337483</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c16/c16e7ae5c70e9132a18d77d36af4b677.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разрядов, двойное питание, 165 105 13 мм, синий: CIB_100 штр.: 4260107478638</t>
+  </si>
+  <si>
+    <t>337484</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/224/224d97e146cc4015b8ee94d4de22becd.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разрядов, двойное питание, 165 105 13 мм, т мно-розовый: CIP_100 штр.: 4260107478645</t>
+  </si>
+  <si>
+    <t>337485</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c8e/c8ed1c370e4ab338bb3c3784f1634c53.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный Citizen SLD-100NR, 8 разр., двойное питание, 58 88 10мм, черный. SLD-100NR</t>
+  </si>
+  <si>
+    <t>Выполняет простейшие арифметические расчеты, операции с процентами и квадратным корнем. Есть кнопка отключения, режим автоматического отключения. Картонная упаковка.</t>
+  </si>
+  <si>
+    <t>349465</t>
   </si>
   <si>
     <t>&lt;a href="/brands/citizen/"&gt;Citizen&lt;/a&gt;</t>
   </si>
   <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/751/751366f32ce69ff72d23c66ae2ab63c3.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный Citizen SLD-200NR, 8 разр., двойное питание, 62 98 10мм, черный SLD-200NR</t>
+  </si>
+  <si>
+    <t>Режим автоотключения. Кнопки смены знака, вычисления корня, процентов, три кнопки памяти. Легкий вес. Картонная упаковка</t>
+  </si>
+  <si>
+    <t>354679</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df4/df48cd8a449948bda256c93da2adba72.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный Citizen LC-210NR, 8 разр., питание от батарейки, 64 98 12мм, черный. LC-210NR</t>
+  </si>
+  <si>
+    <t>Плоский однострочный экран. Тип батареи&amp;nbsp;&amp;nbsp;AG-10&amp;#40;LR1130&amp;#41;. Имеет функцию вычисления квадратного корня. Три кнопки памяти.</t>
+  </si>
+  <si>
+    <t>366877</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/732/732fbebdd3ec6bfbba8ca4a9d03e9908.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный Citizen LC-110NRBL, 8 разр., питание от батарейки, 88 58 11мм, голубой. LC-110NR-BL</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный Citizen LC-110NRBL, дисплей на 8 разрядов, клавиши вычисления процентов, корня, три клавиши памяти, клавиша выключения, режим автоотключения, питание от батарейки, 88*58*11мм, цвет голубой</t>
+  </si>
+  <si>
+    <t>367245</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/46c/46c31d359a9e9af97b8fdb1b2b9cb9b9/ce2624a8f10c974460814ef21277f38e.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Attache Economy 14 разр., ч рный</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Attache Economy 14 разр., чёрный</t>
+  </si>
+  <si>
+    <t>415096</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f7/98nsnj0p6tx1345m20n64ftnp1qvyor5.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор инженерный двухстрочный STAFF STF-169  143х78 мм , 242 функции, 10 2 разрядов, 250138</t>
+  </si>
+  <si>
+    <t>Инженерный калькулятор STAFF STF-169 выполняет все основные вычисления, которые понадобятся школьникам и студентам на занятиях по физике, химии, биологии и географии. В памяти калькулятора постоянно содержатся 38 основных формул из школьной программы. 242 встроенные научные и статистические функции позволяют вычислять степени и квадратные корни, логарифмы и антилогарифмы, прямые и обратные тригонометрические функции. Устройство также осуществляет статистические расчёты, тригонометрические расчёты в градусах, радианах и градах. Калькулятор может переключаться между двоичной, восьмеричной и шестнадцатеричной системами исчисления. Вычислительная мощность калькулятора позволяет обрабатывать до шести уровней выражений в скобках. Калькулятор также позволяет сохранить в памяти одну формулу, заданную пользователем. На большом двустрочном дисплее одновременно отображаются заданные вычисления и их результат. Встроенный аккумулятор обеспечивает длительную работу устройства при любом освещении. Практичный чехол из ПВХ защищает калькулятор от грязи и случайного включения.</t>
+  </si>
+  <si>
+    <t>423902</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/944/uejt2lfycseb2v43x2ega16rexi947gv.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор инженерный STAFF STF-245, КОМПАКТНЫЙ  120х70 мм , 128 функций, 10 разрядов, 250194</t>
+  </si>
+  <si>
+    <t>Непрограммируемый инженерный калькулятор STAFF STF-245 выполняет все основные вычисления, которые понадобятся школьникам на экзаменах и контрольных работах. Сертифицирован для использования на ЕГЭ и ОГЭ по физике, химии, географии и ОГЭ по биологии. 128 встроенных научных и статистических функций позволяют вычислять степени и квадратные корни, логарифмы и антилогарифмы, прямые и обратные тригонометрические функции. Устройство также осуществляет статистические расчёты, тригонометрические расчёты в градусах, радианах и градах. Калькулятор может переключаться между двоичной, восьмеричной и шестнадцатеричной системах исчисления. Вычислительная мощность калькулятора позволяет обрабатывать до пятнадцати уровней выражений в скобках. Результаты вычислений хорошо видны на большом контрастном дисплее. Встроенный аккумулятор обеспечивает длительную работу устройства при любом освещении. Практичная пластиковая крышка защищает калькулятор от грязи и случайного включения.</t>
+  </si>
+  <si>
+    <t>423903</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1b/g3ohb02imolv16ppiyeloj1nez53m2u1.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор инженерный STAFF STF-310  142х78 мм , 10 2 разрядов, двойное питание, 250279</t>
+  </si>
+  <si>
+    <t>Непрограммируемый инженерный калькулятор STAFF STF-310 выполняет все основные вычисления, которые понадобятся школьникам на экзаменах и контрольных работах. Сертифицирован для использования на ЕГЭ и ОГЭ по физике, химии, географии и ОГЭ по биологии. 139 встроенных научных и статистических функций позволяют вычислять степени и квадратные корни, логарифмы и антилогарифмы, прямые и обратные тригонометрические функции. Устройство также осуществляет статистические расчёты, тригонометрические расчёты в градусах, радианах и градах. Вычислительная мощность калькулятора позволяет обрабатывать до восемнадцати уровней выражений в скобках. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Мягкие резиновые кнопки нажимаются легко и тихо. Практичный пластиковый футляр защищает калькулятор от грязи и случайного включения.</t>
+  </si>
+  <si>
+    <t>423904</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/637/u5jban4xy6ujq2f1xisqyll3mj2s24a6.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор инженерный CASIO FX-220PLUS-S  155х78 мм , 181 функция, питание от батареи, сертифицирован для ЕГЭ, FX-220PLUS-S-EH</t>
+  </si>
+  <si>
+    <t>Инженерный калькулятор предназначен для выполнения сложных математических расчетов, оснащен двухстрочным дисплеем с десятью разрядами. Корпус модели изготовлен из пластика голубого цвета с защитной пластиковой крышкой.</t>
+  </si>
+  <si>
+    <t>423905</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/casio/"&gt;Casio&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/42a/sy9d3bz9y33c6dm54ee6e64zqapjivfb.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный металлический STAFF STF-1008  103х62 мм , 8 разрядов, двойное питание, 250115</t>
+  </si>
+  <si>
+    <t>Прочный и надёжный карманный калькулятор STAFF STF-1008 поможет выполнить базовые вычисления везде, где Вам понадобится. Калькулятор легко помещается в карман и удобно лежит в руке. Калькулятор производит все основные арифметические действия, вычисления с памятью, вычисления с процентами, извлечение квадратного корня и возведение в степень. Результаты вычислений хорошо видны на большом контрастном дисплее. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Металлический корпус меньше царапается и проще отчищается, а практичный чехол из ПВХ защищает калькулятор от грязи и случайного включения. Имеет компактные размеры - 103х62 мм.</t>
+  </si>
+  <si>
+    <t>423907</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4bc/3jpxhenkp1clyyeslyrv7nqgyfswhp8w.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный STAFF STF-818  102х62 мм , 8 разрядов, двойное питание, 250142</t>
+  </si>
+  <si>
+    <t>Простой и надежный карманный калькулятор STAFF STF-818 поможет выполнить базовые вычисления везде, где Вам понадобится. Калькулятор легко помещается в карман и удобно лежит в руке. Калькулятор производит все основные арифметические действия, вычисления с памятью, вычисления с процентами, извлечение квадратного корня и возведение в степень. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Практичный чехол из ПВХ защищает калькулятор от грязи и случайного включения. Имеет компактные размеры - 102х62 мм.</t>
+  </si>
+  <si>
+    <t>423908</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1e4/3xkwtfh32f20da0uzrejbbn6wevslth0.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный STAFF STF-899  117х74 мм , 8 разрядов, двойное питание, 250144</t>
+  </si>
+  <si>
+    <t>Простой и надежный карманный калькулятор STAFF STF-899 поможет выполнить базовые вычисления везде, где Вам понадобится. Калькулятор легко помещается в карман и удобно лежит в руке. Калькулятор производит все основные арифметические действия, вычисления с памятью, вычисления с процентами, извлечение квадратного корня и возведение в степень. Результаты вычислений хорошо видны на большом контрастном дисплее. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Практичная пластиковая крышка защищает калькулятор от грязи и случайного включения. Имеет компактные размеры - 117х74 мм.</t>
+  </si>
+  <si>
+    <t>423909</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb3/o9owakwdkzvhcfy10tahr1mru69u5fv7.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный STAFF STF-883  95х62 мм , 8 разрядов, двойное питание, 250196</t>
+  </si>
+  <si>
+    <t>Компактный и надежный карманный калькулятор STAFF STF-883 поможет выполнить базовые вычисления везде, где Вам понадобится. Калькулятор легко помещается в карман и удобно лежит в руке. Калькулятор производит все основные арифметические действия, вычисления с памятью, вычисления с процентами, извлечение квадратного корня и возведение в степень. Результаты вычислений хорошо видны на большом контрастном дисплее. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Практичная пластиковая крышка защищает калькулятор от грязи и случайного включения. Имеет компактные размеры - 95х62 мм.</t>
+  </si>
+  <si>
+    <t>423910</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f8/8zi0t9yivz3qklqvi2cja60qi6jhuyto.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный STAFF STF-6248  104х63 мм , 8 разрядов, двойное питание, 250284</t>
+  </si>
+  <si>
+    <t>Компактный и надежный карманный калькулятор STAFF STF-6248 поможет выполнить базовые вычисления везде, где Вам понадобится. Калькулятор легко помещается в карман и удобно лежит в руке. Калькулятор производит все основные арифметические действия, вычисления с памятью, вычисления с процентами, извлечение квадратного корня и возведение в степень. Результаты вычислений хорошо видны на большом контрастном дисплее. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Практичная пластиковая крышка защищает калькулятор от грязи и случайного включения. Имеет компактные размеры - 104х63 мм.</t>
+  </si>
+  <si>
+    <t>423911</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/714/m8x0nq3t6jsi2nl5uf61i67v0xkqht8z.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный металлический STAFF STF-1712  200х152 мм , 12 разрядов, двойное питание, 250121</t>
+  </si>
+  <si>
+    <t>Простой в использовании и точный в расчётах настольный калькулятор STAFF STF-1712 выполняет все необходимые вычисления на работе и дома. Кнопки нажимаются легко и тихо, а угол наклона дисплея регулируется, позволяя работать с максимальным комфортом. Калькулятор производит все основные арифметические действия, вычисления с памятью, вычисления с процентами, извлечение квадратного корня и возведение в степень. Клавиша MU позволяет выполнять расчеты с включенным процентом &amp;#40;налогом или торговой наценкой&amp;#41;. Функция GT выводит на экран общую сумму всех вычислений. Переключатели округления и положения десятичного знака позволяют настроить калькулятор для выполнения различных вычислительных задач. Благодаря двенадцатиразрядному дисплею калькулятор может работать с большими значениями и с высокой точностью округления. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Размер - 200х152 мм.</t>
+  </si>
+  <si>
+    <t>423923</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e4d/jfmpos14e3c5cttx5muhjfsa58udg146.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный STAFF STF-2512  170х125 мм , 12 разрядов, двойное питание, 250136</t>
+  </si>
+  <si>
+    <t>Простой в использовании и точный в расчётах настольный калькулятор STAFF STF-2512 выполняет все необходимые вычисления на работе и дома. Кнопки нажимаются легко и приятно, позволяя работать с максимальным комфортом. Калькулятор производит все основные арифметические действия, вычисления с памятью, вычисления с процентами, извлечение квадратного корня и возведение в степень. Клавиша MU позволяет выполнять расчеты с включенным процентом &amp;#40;налогом или торговой наценкой&amp;#41;. Функция GT выводит на экран общую сумму всех вычислений. Переключатели округления и положения десятичного знака позволяют настроить калькулятор для выполнения различных вычислительных задач. Благодаря двенадцатиразрядному дисплею калькулятор может работать с большими значениями и с высокой точностью округления. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Размер - 170х125 мм.</t>
+  </si>
+  <si>
+    <t>423926</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c0a/lv77zh3ul634e156rztojh7k8ss69o85.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный STAFF STF-8008, КОМПАКТНЫЙ  113х87 мм , 8 разрядов, двойное питание, 250147</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор STAFF STF-8008 выполняет все необходимые вычисления и не занимает много места на рабочем столе. Яркий дисплей и эргономичный наклон корпуса позволяют работать с максимальным комфортом, несмотря на компактный размер. Калькулятор производит все основные арифметические действия, вычисления с памятью, вычисления с процентами, извлечение квадратного корня и возведение в степень. Вводимые данные и результаты вычислений хорошо видно на контрастном жидкокристаллическом дисплее. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Имеет компактные размеры - 113х87 мм.</t>
+  </si>
+  <si>
+    <t>423927</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c4/ddvmph30jm8zxp0kkgiajszrsy7u0308.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный STAFF STF-888-12  200х150 мм , 12 разрядов, двойное питание, 250149</t>
+  </si>
+  <si>
+    <t>Простой в использовании и точный в расчётах настольный калькулятор STAFF STF-888-12 выполняет все необходимые вычисления на работе и дома. Кнопки нажимаются легко и тихо, позволяя работать с максимальным комфортом. Калькулятор производит все основные арифметические действия, вычисления с двумя ячейками памяти, вычисления с процентами, извлечение квадратного корня и возведение в степень. Клавиша MU позволяет выполнять расчеты с включенным процентом &amp;#40;налогом или торговой наценкой&amp;#41;. Переключатели округления и положения десятичного знака позволяют настроить калькулятор для выполнения различных вычислительных задач. Благодаря двенадцатиразрядному дисплею калькулятор может работать с большими значениями и с высокой точностью округления. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Размер - 200х150 мм.</t>
+  </si>
+  <si>
+    <t>423928</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74a/tjkmwo7h0gd7l5b3i7ex7p17i0kgneey.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный STAFF STF-888-14  200х150 мм , 14 разрядов, двойное питание, 250182</t>
+  </si>
+  <si>
+    <t>Простой в использовании и точный в расчётах настольный калькулятор STAFF STF-888-14 выполняет все необходимые вычисления на работе и дома. Кнопки нажимаются легко и тихо, позволяя работать с максимальным комфортом. Калькулятор производит все основные арифметические действия, вычисления с двумя ячейками памяти, вычисления с процентами, извлечение квадратного корня и возведение в степень. Переключатели округления и положения десятичного знака позволяют настроить калькулятор для выполнения различных вычислительных задач. Благодаря четырнадцатиразрядному дисплею калькулятор может работать с большими значениями и с высокой точностью округления. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Размер - 200х150 мм.</t>
+  </si>
+  <si>
+    <t>423929</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/46d/ih6vai296uohjyv8isuyeej639pea7sj.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный STAFF STF-888-16  200х150 мм , 16 разрядов, двойное питание, 250183</t>
+  </si>
+  <si>
+    <t>Простой в использовании и точный в расчётах настольный калькулятор STAFF STF-888-16 выполняет все необходимые вычисления на работе и дома. Кнопки нажимаются легко и тихо, позволяя работать с максимальным комфортом. Калькулятор производит все основные арифметические действия, вычисления с двумя ячейками памяти, вычисления с процентами, извлечение квадратного корня и возведение в степень. Переключатели округления и положения десятичного знака позволяют настроить калькулятор для выполнения различных вычислительных задач. Благодаря шестнадцатиразрядному дисплею калькулятор может работать с большими значениями и с высокой точностью округления. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Размер - 200х150 мм.</t>
+  </si>
+  <si>
+    <t>423930</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/900/fzesahr1uy0zg1u8bn2q81d0vcekbmb2.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный STAFF STF-444-12  199x153 мм , 12 разрядов, двойное питание, 250303</t>
+  </si>
+  <si>
+    <t>Простой в использовании и точный в расчётах настольный калькулятор STAFF STF-444-12 выполняет все необходимые вычисления на работе и дома. Кнопки нажимаются легко и приятно, эргономичный наклон корпуса позволяет работать с максимальным комфортом. Калькулятор производит все основные арифметические действия, вычисления с двумя ячейками памяти, вычисления с процентами, извлечение квадратного корня и возведение в степень. Клавиша MU позволяет выполнять расчеты с включенным процентом &amp;#40;налогом или торговой наценкой&amp;#41;. Переключатели округления и положения десятичного знака позволяют настроить калькулятор для выполнения различных вычислительных задач. Благодаря большому двенадцатиразрядному дисплею калькулятор может работать с большими значениями и с высокой точностью округления. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Размер - 199x153 мм.</t>
+  </si>
+  <si>
+    <t>423944</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/558/3lievn6rpa6z70bfi60reknqwv25s7jc.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный CASIO GR-12-W  209х155 мм , 12 разрядов, двойное питание, европодвес, черный, GR-12-W-EP</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор в пластиковом корпусе черного цвета с большим ЖК-дисплеем. Производит все основные математические действия. Эргономичная клавиатура с цветовой дифференциацией позволяет быстро производить вычисления.</t>
+  </si>
+  <si>
+    <t>423952</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b3/a5m51d1ykxbci0l2keha0xwa82kvhus5.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный STAFF PLUS STF-333  200x154 мм , 12 разрядов, двойное питание, 250415</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор STAFF PLUS STF-333 популярен как среди бухгалтеров, так и среди продавцов, банковских и офисных сотрудников. Имеет две независимые памяти, возможность установки режимов округления и ограничения количества знаков после запятой, клавишу корректировки введенного последнего знака, клавишу &amp;quot;Два нуля&amp;quot;. Разрядность дисплея - 12 выводимых на табло цифр, позволяет работать с крупными числами. Клавиша вычислениея MU предназначена для финансовых расчетов с учетом торговой наценки. Для экономии энергии предусмотрены два источника питания: солнечная и алкалиновая батареи. Благодаря крупному дисплею и клавишам настольный калькулятор легок в использовании. Черно-серый цвет модели отлично впишется в офисный и домашний интерьер.</t>
+  </si>
+  <si>
+    <t>423958</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7d7/sv15pfb1933qcwgyvvrth8fapdalug3q.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный STAFF PLUS STF-333  200x154 мм , 14 разрядов, двойное питание, 250416</t>
+  </si>
+  <si>
+    <t>Простой в использовании и точный в расчётах настольный калькулятор STAFF PLUS STF-333 выполняет все необходимые вычисления на работе и дома. Кнопки нажимаются легко и приятно, эргономичный наклон корпуса позволяет работать с максимальным комфортом. Калькулятор производит все основные арифметические действия, вычисления с двумя ячейками памяти, вычисления с процентами, извлечение квадратного корня и возведение в степень. Клавиша MU позволяет выполнять расчеты с включенным процентом &amp;#40;налогом или торговой наценкой&amp;#41;. Переключатели округления и положения десятичного знака позволяют настроить калькулятор для выполнения различных вычислительных задач. Благодаря большому четырнадцатиразрядному дисплею калькулятор может работать с большими значениями и с высокой точностью округления. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Размер - 200x154 мм.</t>
+  </si>
+  <si>
+    <t>423959</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b5/6xsq8x584szaeatv7dezm3ua3efybf2s.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный STAFF PLUS STF-333  200x154 мм , 16 разрядов, двойное питание, 250417</t>
+  </si>
+  <si>
+    <t>Простой в использовании и точный в расчётах настольный калькулятор STAFF PLUS STF-333 выполняет все необходимые вычисления на работе и дома. Кнопки нажимаются легко и приятно, эргономичный наклон корпуса позволяет работать с максимальным комфортом. Калькулятор производит все основные арифметические действия, вычисления с двумя ячейками памяти, вычисления с процентами, извлечение квадратного корня и возведение в степень. Клавиша MU позволяет выполнять расчеты с включенным процентом &amp;#40;налогом или торговой наценкой&amp;#41;. Переключатели округления и положения десятичного знака позволяют настроить калькулятор для выполнения различных вычислительных задач. Благодаря большому шестнадцатиразрядному дисплею калькулятор может работать с большими значениями и с высокой точностью округления. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Размер - 200x154 мм.</t>
+  </si>
+  <si>
+    <t>423960</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc3/u5v5parybdib7cecppey8zg0x4ewfylj.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный STAFF PLUS STF-222, КОМПАКТНЫЙ  138x103 мм , 8 разрядов, двойное питание, 250418</t>
+  </si>
+  <si>
+    <t>Компактный настольный калькулятор STAFF PLUS STF-222 выполняет все необходимые вычисления и не занимает много места на рабочем столе. Большой дисплей и эргономичный наклон корпуса позволяют работать с максимальным комфортом. Калькулятор производит все основные арифметические действия, вычисления с памятью, вычисления с процентами, извлечение квадратного корня и возведение в степень. Вводимые данные и результаты вычислений хорошо видно на большом контрастном жидкокристаллическом дисплее. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Размер - 138x103 мм.</t>
+  </si>
+  <si>
+    <t>423961</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/50b/a72f1db5cojltx211gsjva0cyxdfhv3y.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный STAFF PLUS STF-222, КОМПАКТНЫЙ  138x103 мм , 10 разрядов, двойное питание, 250419</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор STAFF PLUS STF-222 выполняет все необходимые вычисления и не занимает много места на рабочем столе. Большой дисплей и эргономичный наклон корпуса позволяют работать с максимальным комфортом, несмотря на компактный размер. Калькулятор производит все основные арифметические действия, вычисления с памятью, вычисления с процентами, извлечение квадратного корня и возведение в степень. Вводимые данные и результаты вычислений хорошо видно на большом контрастном жидкокристаллическом дисплее. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Имеет компактные размеры - 138x103 мм.</t>
+  </si>
+  <si>
+    <t>423962</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/20f/hf2rxzeiqkxibmdkjpi86je5l2wix43a.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный STAFF PLUS STF-222, КОМПАКТНЫЙ  138x103 мм , 12 разрядов, двойное питание, 250420</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор STAFF PLUS STF-222 выполняет все необходимые вычисления и не занимает много места на рабочем столе. Большой дисплей и эргономичный наклон корпуса позволяют работать с максимальным комфортом, несмотря на компактный размер. Калькулятор производит все основные арифметические действия, вычисления с памятью, вычисления с процентами, извлечение квадратного корня и возведение в степень. Вводимые данные и результаты вычислений хорошо видно на большом контрастном жидкокристаллическом дисплее. Благодаря большому двенадцатиразрядному дисплею калькулятор может работать с большими значениями и с высокой точностью округления. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Имеет компактные размеры - 138x103 мм.</t>
+  </si>
+  <si>
+    <t>423963</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/407/m8kr9vio9xpy1uw3zcxvh4caqw2w6buk.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный STAFF PLUS DC-111  180x145 мм , 12 разрядов, двойное питание,  БАТАРЕЙКА АА, 250427</t>
+  </si>
+  <si>
+    <t>Простой в использовании и точный в расчётах настольный калькулятор STAFF PLUS STF-111 выполняет все необходимые вычисления на работе и дома. Кнопки нажимаются легко и приятно, эргономичный наклон корпуса позволяет работать с максимальным комфортом. Калькулятор производит все основные арифметические действия, вычисления с памятью, вычисления с процентами, извлечение квадратного корня и возведение в степень. Клавиша MU позволяет выполнять расчеты с включенным процентом &amp;#40;налогом или торговой наценкой&amp;#41;. Функция GT выводит на экран общую сумму всех вычислений. Благодаря большому двенадцатиразрядному дисплею калькулятор может работать с большими значениями и с высокой точностью округления. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Калькулятор работает от обычной батарейки AA, которую легко заменить без отвёртки или других инструментов. Размер - 180x145 мм.</t>
+  </si>
+  <si>
+    <t>423966</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/28a/4mnhpw1m398supydqzso09hmrxtsu0s0.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный STAFF PLUS DC-111S, КОМПАКТНЫЙ  150x120 мм , 12 разрядов, двойное питание,   БАТАРЕЙКА АА, 250428</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор STAFF PLUS DC-111S выполняет все необходимые вычисления и не занимает много места на рабочем столе. Большой дисплей и эргономичный наклон корпуса позволяют работать с максимальным комфортом, несмотря на компактный размер. Калькулятор производит все основные арифметические действия, вычисления с памятью, вычисления с процентами, извлечение квадратного корня и возведение в степень. Вводимые данные и результаты вычислений хорошо видно на большом контрастном жидкокристаллическом дисплее. Благодаря большому двенадцатиразрядному дисплею калькулятор может работать с большими значениями и с высокой точностью округления. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Калькулятор работает от обычной батарейки AA, которую легко заменить без отвёртки или других инструментов. Имеет компактные размеры - 150x120 мм.</t>
+  </si>
+  <si>
+    <t>423967</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ed/0hei3gq0mdjq1tdqogaqaozvox240f28.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный CASIO GR-12С-LB  210х155 мм , 12 разрядов, двойное питание, ГОЛУБОЙ, GR-12C-LB-W-EP</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор в пластиковом корпусе голубого цвета с большим ЖК-дисплеем. Производит все основные математические действия. Эргономичная клавиатура с цветовой дифференциацией позволяет быстро производить вычисления.</t>
+  </si>
+  <si>
+    <t>423976</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2cc/gjgdi0ib7rto103ehf02hjpsf6ns8g7z.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор STAFF  quot;PLUS quot; настольный STF-333-BKRG, 12 разрядов, 200x154 мм, ЧЕРНО-ОРАНЖЕВЫЙ, 250460</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор STAFF &amp;quot;PLUS&amp;quot; STF-333-BKRG популярен как среди бухгалтеров, так и среди продавцов, банковских и офисных сотрудников. Имеет две независимые памяти, возможность установки режимов округления и ограничения количества знаков после запятой, клавишу корректировки последнего знака, клавишу &amp;quot;Два нуля&amp;quot; и клавишу расчета наценки. Разрядность дисплея - 12 выводимых на табло цифр, позволяет работать с крупными числами. Клавиша вычисления MU предназначена для финансовых расчетов с учетом торговой наценки. Также калькулятор поможет быстро рассчитать проценты. Для экономии энергии предусмотрены два источника питания: солнечная и алкалиновая батареи. Выполнен в черном цвете с яркими клавишами, такое сочетание отлично впишется в офисный и домашний интерьер.Высокое качество данной модели представлено по доступной цене.</t>
+  </si>
+  <si>
+    <t>423989</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef5/ef53ae31a4348786bc0d6f29336a2e1e.jpeg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Citizen SDC-805NR, 8 разр., двойное питание, 105 120 21мм, черный</t>
+  </si>
+  <si>
+    <t>Компактный калькулятор с набором самых необходимых функций. Имеет клавиши вычисления процентов, корня, смены знака, три клавиши памяти, режим автоотключения.</t>
+  </si>
+  <si>
+    <t>428096</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/439/4399405c4bf59dde0aabd8d98870d42a.jpeg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Citizen SDC-450, 8 разр., двойное питание, 120 87 22мм, розовый</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор Citizen SDC-450NBP, для ЕГЭ, школьный, учебный, 2-ое питание, 8-ти разрядный, большие цифры, M&amp;#43;, Размеры-115x83x18.5мм, Вес-52гр</t>
+  </si>
+  <si>
+    <t>428098</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c0/5c0329e4b1e466f48e780fb773573906.jpeg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Citizen SDC810NRWHE, 10 разр., двойное питание, 127 105 21мм, белый</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор, 10-ти разрядный, имеет фиксированный дисплей,функцию автоматического отключения, работает от батареи и солнечной батареи</t>
+  </si>
+  <si>
+    <t>428099</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d59/d59fada95c26ce697dc5868e4f93099b.jpeg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Citizen SDC812NR, 12 разр., двойное питание, 127 105 21мм, черный</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор, 12-ти разрядный, имеет фиксированный дисплей,функцию автоматического отключения, работает от батареи и солнечной батареи</t>
+  </si>
+  <si>
+    <t>428104</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/244/h0ff1n75pcj2cmmpg2olv3n0h9aopoic.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор инженерный CASIO FX-82ESPLUSBKSBEHD  162х80 мм , 252 функции, батарея, сертифицирован для ЕГЭ</t>
+  </si>
+  <si>
+    <t>Инженерный калькулятор предназначен для выполнения сложных математических расчетов, оснащен ЖК дисплеем с возможностью естественного отображения математических формул и выражений. Корпус модели изготовлен из пластика. Одобрен для использования на ЕГЭ.</t>
+  </si>
+  <si>
+    <t>434164</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53e/xkcafttosb65y9mhwtlacon7z9do173a.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор инженерный CASIO FX-991ESPLUS-SBEHD  162х80 мм , 417 функций, двойное питание, сертифицирован для ЕГЭ</t>
+  </si>
+  <si>
+    <t>Инженерный калькулятор имеет ЖК дисплей высокого разрешения, а также оснащен более мощным процессором и большим объемом памяти. Одобрен для использования на ЕГЭ.</t>
+  </si>
+  <si>
+    <t>434165</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e9b/ez3qae5rpe26u0l0xpb882ik7u5ned7d.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор инженерный двухстрочный STAFF STF-810  181х85 мм , 240 функций, 10 2 разрядов, двойное питание, 250280</t>
+  </si>
+  <si>
+    <t>Непрограммируемый инженерный калькулятор STAFF STF-810 выполняет все основные вычисления, которые понадобятся школьникам на экзаменах и контрольных работах. Сертифицирован для использования на ЕГЭ и ОГЭ по физике, химии, географии и ОГЭ по биологии. 240 встроенных научных и статистических функций позволяют вычислять степени и квадратные корни, логарифмы и антилогарифмы, прямые и обратные тригонометрические функции. Устройство также осуществляет статистические расчёты, тригонометрические расчёты в градусах, радианах и градах. Память калькулятора сохраняет до семидесяти девяти уровней вычислений. На большом двустрочном дисплее одновременно отображаются заданные вычисления и их результат. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Практичный пластиковый футляр защищает калькулятор от грязи и случайного включения.</t>
+  </si>
+  <si>
+    <t>434167</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/57a/y902nmg2zgujhq0zd3ywn77ohjtuojvr.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор STAFF настольный STF-777, 12 разрядов, двойное питание, 210x165 мм, ЧЕРНЫЙ</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор STAFF STF-777 популярен как среди бухгалтеров, так и среди продавцов, банковских и офисных сотрудников. Имеет две независимые памяти, возможность установки режимов округления и ограничения количества знаков после запятой, клавишу корректировки введенного последнего знака, клавишу &amp;quot;Два нуля&amp;quot;. Разрядность дисплея - 12 выводимых на табло цифр, позволяет работать с крупными числами. Клавиша вычислениея MU предназначена для финансовых расчетов с учетом торговой наценки. Для экономии энергии предусмотрены два источника питания: солнечная и алкалиновая батареи. Благодаря крупному дисплею и клавишам настольный калькулятор легок в использовании. Модель черного цвета отлично впишется в офисный и домашний интерьер.</t>
+  </si>
+  <si>
+    <t>434173</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/824/82439711836d1755538f8cf56de81790/8b964396adf121bb09089c87573bd318.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Citizen FC-100NPK, 10 разр., двойное питание, 76 128 17мм, розовый</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный FC, 10 разрядов, 2-х строчный, 2-е питание, вычисление со скобками, деление числа с остатками, розовый корпус, карт. упак.</t>
+  </si>
+  <si>
+    <t>558492</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a9a/a9a137104c573e59686a34f0dc0b45e7/174dd822226b1315664399a4f61a2b95.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Citizen SDC-810NRGNE, 10 разрядов, двойное питание, 102 124 25мм, бирюзовый</t>
+  </si>
+  <si>
+    <t>Малые настольные калькуляторы – простые и компактные устройства, предназначенные для быстрых элементарных расчетов. Оптимальный набор функций поможет автоматизировать расчеты: вычисление квадратного корня, функция смены знака, коррекция последнего введенного значения и функция автоотключения. Цветные калькуляторы подойдут всем, кто задумывался об альтернативе обычному черному калькулятору. Выберите цвет, который подходит именно Вам. Гарантия 5 лет. Мир рассчитывает на Citizen!</t>
+  </si>
+  <si>
+    <t>558512</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f60/gq3euns26n7xz7842q4b4n26exf40mrk.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор инженерный STAFF STF-165  143х78 мм , 128 функций, 10 разрядов, 250122</t>
+  </si>
+  <si>
+    <t>Непрограммируемый инженерный калькулятор STAFF STF-165 выполняет все основные вычисления, которые понадобятся школьникам на экзаменах и контрольных работах. Сертифицирован для использования на ЕГЭ и ОГЭ по физике, химии, географии и ОГЭ по биологии. 128 встроенных научных и статистических функций позволяют вычислять степени и квадратные корни, логарифмы и антилогарифмы, прямые и обратные тригонометрические функции. Устройство также осуществляет статистические расчёты, тригонометрические расчёты в градусах, радианах и градах. Калькулятор может переключаться между двоичной, восьмеричной и шестнадцатеричной системами исчисления. Вычислительная мощность калькулятора позволяет обрабатывать до пятнадцати уровней выражений в скобках. Встроенный аккумулятор обеспечивает длительную работу устройства при любом освещении. Мягкие резиновые кнопки нажимаются легко и тихо. Практичный пластиковый футляр защищает калькулятор от грязи и случайного включения.</t>
+  </si>
+  <si>
+    <t>563919</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfc/ir6ue4veykh43amws1mlvh4bwouxi19s.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный STAFF STF-6238  104х63 мм , 8 разядов, двойное питание, БЕЛЫЙ С ЗЕЛ НЫМИ КНОПКАМИ, блистер, 250283</t>
+  </si>
+  <si>
+    <t>Компактный и яркий карманный калькулятор STAFF STF-6238 поможет выполнить базовые вычисления везде, где вам понадобится. Калькулятор легко помещается в карман и удобно лежит в руке. Калькулятор производит все основные арифметические действия, вычисления с памятью, вычисления с процентами, извлечение квадратного корня и возведение в степень. Результаты вычислений хорошо видны на большом контрастном дисплее. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Практичная пластиковая крышка защищает калькулятор от грязи и случайного включения. Имеет компактные размеры - 104х63 мм.</t>
+  </si>
+  <si>
+    <t>563923</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fdb/yhl4w1rcmyl4sekomkmr7ic67hyo9zaa.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный STAFF PLUS STF-333-BKBU   200x154 мм  12 разрядов, ЧЕРНО-СИНИЙ, 250461</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор STAFF &amp;quot;PLUS&amp;quot; STF-333-BKBU популярен как среди бухгалтеров, так и среди продавцов, банковских и офисных сотрудников. Имеет две независимые памяти, возможность установки режимов округления и ограничения количества знаков после запятой, клавишу корректировки последнего знака, клавишу &amp;quot;Два нуля&amp;quot; и клавишу расчета наценки. Разрядность дисплея - 12 выводимых на табло цифр, позволяет работать с крупными числами. Клавиша вычисления MU предназначена для финансовых расчетов с учетом торговой наценки. Также калькулятор поможет быстро рассчитать проценты. Для экономии энергии предусмотрены два источника питания: солнечная и алкалиновая батареи. Выполнен в черном цвете с яркими клавишами, такое сочетание отлично впишется в офисный и домашний интерьер.Высокое качество данной модели представлено по доступной цене.</t>
+  </si>
+  <si>
+    <t>563930</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b66/b66c4a8ec2cbc813509cf20e0d9f0f1d/cff05f3f747ab72939ccdda485c2a272.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор ПОЛНОРАЗМЕРНЫЙ настольный Attache Economy 16 разр., ч рный</t>
+  </si>
+  <si>
+    <t>Калькулятор ПОЛНОРАЗМЕРНЫЙ настольный Attache Economy 16 разр., чёрный</t>
+  </si>
+  <si>
+    <t>582385</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/98b/98b67e3649aed3800dc42a8692e516b6/2a28c3ff7a66c025f3352571aa2c1daa.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор ПОЛНОРАЗМЕРНЫЙ настольный Attache Economy 12 разр., ч рный</t>
+  </si>
+  <si>
+    <t>Калькулятор ПОЛНОРАЗМЕРНЫЙ настольный Attache Economy 12 разр., чёрный</t>
+  </si>
+  <si>
+    <t>582386</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c7f/ack23qg88ed422luese0oly2nlg7cjcx.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный BRAUBERG PK-408-BK  97x56 мм , 8 разрядов, двойное питание, ЧЕРНЫЙ, 250517</t>
+  </si>
+  <si>
+    <t>Карманный калькулятор BRAUBERG PK-408-BK - компактный, прочный и надежный. Его удобство оценят и взрослые и дети. Калькулятор производит все основные арифметические действия, вычисление с памятью, вычисление с процентами, возведение в степень и извлечение квадратного корня. Вводимые данные и результаты вычислений хорошо видно на большом контрастном дисплее. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 97x56 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668939</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b6d/5cu9lov7o3bvcjcec5y01n3dz8p1ydmc.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный BRAUBERG PK-608  107x64 мм , 8 разрядов, двойное питание, СЕРЕБРИСТЫЙ, 250518</t>
+  </si>
+  <si>
+    <t>Карманный калькулятор BRAUBERG PK-608 - компактный, прочный и надежный. Его удобство оценят и взрослые и дети. Калькулятор производит все основные арифметические действия, вычисление с памятью, вычисление с процентами и возведение в степень. Вводимые данные и результаты вычислений хорошо видно на большом контрастном дисплее. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 107x64 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668940</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d3c/skh29gkkmlpbxz2p187dbe04cc05d8v0.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный BRAUBERG PK-608-BU  107x64 мм , 8 разрядов, двойное питание, СИНИЙ, 250519</t>
+  </si>
+  <si>
+    <t>Карманный калькулятор BRAUBERG PK-608-BU - компактный, прочный и надежный. Его удобство оценят и взрослые и дети. Калькулятор производит все основные арифметические действия, вычисление с памятью, вычисление с процентами и возведение в степень. Вводимые данные и результаты вычислений хорошо видно на большом контрастном дисплее. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 107x64 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668941</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8c3/ndu5ovpf1mlqqghs8ontphtrmtgo6gro.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный BRAUBERG PK-608-GN  107x64 мм , 8 разрядов, двойное питание, ЗЕЛЕНЫЙ, 250520</t>
+  </si>
+  <si>
+    <t>Карманный калькулятор BRAUBERG PK-608-GN - компактный, прочный и надежный. Его удобство оценят и взрослые и дети. Калькулятор производит все основные арифметические действия, вычисление с памятью, вычисление с процентами и возведение в степень. Вводимые данные и результаты вычислений хорошо видно на большом контрастном дисплее. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 107x64 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668942</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac1/8vo2rlz82602tnn1o989cobhnms367jf.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный BRAUBERG PK-608-PK  107x64 мм , 8 разрядов, двойное питание, РОЗОВЫЙ, 250523</t>
+  </si>
+  <si>
+    <t>Карманный калькулятор BRAUBERG PK-608-PK - компактный, прочный и надежный. Его удобство оценят и взрослые и дети. Калькулятор производит все основные арифметические действия, вычисление с памятью, вычисление с процентами и возведение в степень. Вводимые данные и результаты вычислений хорошо видно на большом контрастном дисплее. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 107x64 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668943</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b7d/vku8nzcvwllhr6im7xb5epnnc6z0jhdq.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный BRAUBERG PK-608-RG  107x64 мм , 8 разрядов, двойное питание, ОРАНЖЕВЫЙ, 250522</t>
+  </si>
+  <si>
+    <t>Карманный калькулятор BRAUBERG PK-608-RG - компактный, прочный и надежный. Его удобство оценят и взрослые и дети. Калькулятор производит все основные арифметические действия, вычисление с памятью, вычисление с процентами и возведение в степень. Вводимые данные и результаты вычислений хорошо видно на большом контрастном дисплее. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 107x64 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668944</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/823/nmb3x7ixn2tryplgybs65s1l2w5rgn8x.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный BRAUBERG PK-608-WR  107x64 мм , 8 разрядов, двойное питание, БОРДОВЫЙ, 250521</t>
+  </si>
+  <si>
+    <t>Карманный калькулятор BRAUBERG PK-608-WR - компактный, прочный и надежный. Его удобство оценят и взрослые и дети. Калькулятор производит все основные арифметические действия, вычисление с памятью, вычисление с процентами и возведение в степень. Вводимые данные и результаты вычислений хорошо видно на большом контрастном дисплее. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 107x64 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668945</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c32/qd0dgw0dfir9wxwp5ojcz27o5dppl49h.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA PASTEL-08-LB, КОМПАКТНЫЙ  154x115 мм , 8 разрядов, двойное питание, ГОЛУБОЙ, 250513</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA PASTEL-08-LB. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень и извлечение квадратного корня. Вводимые данные и результаты вычислений хорошо видно на большом контрастном жидкокристаллическом дисплее. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 154x115 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668949</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f8c/377l9lf41fz47lg1difh6lqukdoiyrkq.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA PASTEL-08-LG, КОМПАКТНЫЙ  154x115 мм , 8 разрядов, двойное питание, МЯТНЫЙ, 250515</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA PASTEL-08-LG. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень и извлечение квадратного корня. Вводимые данные и результаты вычислений хорошо видно на большом контрастном жидкокристаллическом дисплее. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 154x115 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668950</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/256/dg4p3mbgnpz81n3qjhx9ee6jjf3a6b6l.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA PASTEL-08-PK, КОМПАКТНЫЙ  154x115 мм , 8 разрядов, двойное питание, РОЗОВЫЙ, 250514</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA PASTEL-08-PK. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень и извлечение квадратного корня. Вводимые данные и результаты вычислений хорошо видно на большом контрастном жидкокристаллическом дисплее. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 154x115 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668951</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db1/sljk74brvfit0xjsq4ff98315y25fthg.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA-08-BK, КОМПАКТНЫЙ  154x115 мм , 8 разрядов, двойное питание, ЧЕРНЫЙ, 250507</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA-08-BK. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее с максимальным комфортом. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень и извлечение квадратного корня. Вводимые данные и результаты вычислений хорошо видно на большом контрастном жидкокристаллическом дисплее. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 154x115 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668953</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/18d/mcjg2hodwr4u0pc2x4j9ppz776p01bqo.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA-08-BU, КОМПАКТНЫЙ  154x115 мм , 8 разрядов, двойное питание, СИНИЙ, 250508</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA-08-BU. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее с максимальным комфортом. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень и извлечение квадратного корня. Вводимые данные и результаты вычислений хорошо видно на большом контрастном жидкокристаллическом дисплее. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 154x115 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668954</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/113/hrjtgaue0vhz95fhprjm86tocs1h1yq5.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA-08-GN, КОМПАКТНЫЙ  154x115 мм , 8 разрядов, двойное питание, ЗЕЛЕНЫЙ, 250509</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA-08-GN. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее с максимальным комфортом. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень и извлечение квадратного корня. Вводимые данные и результаты вычислений хорошо видно на большом контрастном жидкокристаллическом дисплее. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 154x115 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668955</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/479/3oo13j1ep60au8gzdqqaik0eofpfgvrx.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA-08-RG, КОМПАКТНЫЙ  154x115 мм , 8 разрядов, двойное питание, ОРАНЖЕВЫЙ, 250511</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA-08-RG. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее с максимальным комфортом. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень и извлечение квадратного корня. Вводимые данные и результаты вычислений хорошо видно на большом контрастном жидкокристаллическом дисплее. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 154x115 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668956</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2e/9h56zfq5kwo67x90sm6llxv1tf29n9me.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA-08-WR, КОМПАКТНЫЙ  154x115 мм , 8 разрядов, двойное питание, БОРДОВЫЙ, 250510</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA-08-WR. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее с максимальным комфортом. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень и извлечение квадратного корня. Вводимые данные и результаты вычислений хорошо видно на большом контрастном жидкокристаллическом дисплее. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 154x115 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668957</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e00/ioplmeihb6pmpschp6pwgt8flgaohwuc.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA-08-WT, КОМПАКТНЫЙ  154x115 мм , 8 разрядов, двойное питание, БЕЛЫЙ, 250512</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA-08-WT. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее с максимальным комфортом. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень и извлечение квадратного корня. Вводимые данные и результаты вычислений хорошо видно на большом контрастном жидкокристаллическом дисплее. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 154x115 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668958</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/294/sw9rxpghb31ndn3xxy9qb18fo9mtqfmc.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA COLOR-12-BKBU  192x143 мм , 12 разрядов, двойное питание, ЧЕРНО-ГОЛУБОЙ, 250497</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA COLOR-12-BKBU. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень, извлечение квадратного корня, коррекция последнего введенного значения. Большой двенадцатиразрядный дисплей отображает результаты вычислений с высокой точностью округления. Наличие функции отображения последнего нажатого знака &amp;#40;сложения, вычитания, умножения или деления&amp;#41; позволит не запутаться при длительных монотонных действиях. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 192x143 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668962</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/444/sirsutwwtg591qb71mgls0s2ullkbwgn.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA COLOR-12-BKLG  192x143 мм , 12 разрядов, двойное питание, ЧЕРНО-САЛАТОВЫЙ, 250498</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA COLOR-12-BKLG. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень, извлечение квадратного корня, коррекция последнего введенного значения. Большой двенадцатиразрядный дисплей отображает результаты вычислений с высокой точностью округления. Наличие функции отображения последнего нажатого знака &amp;#40;сложения, вычитания, умножения и деления&amp;#41; позволит не запутаться при длительных монотонных действиях. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 192x143 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668963</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/642/uv39n402lhammqep516vazqsxyl9376j.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA COLOR-12-BKPR  192x143 мм , 12 разрядов, двойное питание, ЧЕРНО-ФИОЛЕТОВЫЙ, 250501</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA COLOR-12-BKPR. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень, извлечение квадратного корня, коррекция последнего введенного значения. Большой двенадцатиразрядный дисплей отображает результаты вычислений с высокой точностью округления. Наличие функции отображения последнего нажатого знака &amp;#40;сложения, вычитания, умножения или деления&amp;#41; позволит не запутаться при длительных монотонных действиях. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 192x143 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668964</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ec/66372uyzlokzcwqkyajor1izeqj7ab15.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA COLOR-12-BKRG  192x143 мм , 12 разрядов, двойное питание, ЧЕРНО-ОРАНЖЕВЫЙ, 250499</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA COLOR-12-BKRG. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень, извлечение квадратного корня, коррекция последнего введенного значения. Большой двенадцатиразрядный дисплей отображает результаты вычислений с высокой точностью округления. Наличие функции отображения последнего нажатого знака &amp;#40;сложения, вычитания, умножения или деления&amp;#41; позволит не запутаться при длительных монотонных действиях. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 192x143 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668965</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aee/biekgnrs6prhf17go02tphsreqh8snzi.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA COLOR-12-BKWR  192x143 мм , 12 разрядов, двойное питание, ЧЕРНО-МАЛИНОВЫЙ, 250500</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA COLOR-12-BKWR. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень, извлечение квадратного корня, коррекция последнего введенного значения. Большой двенадцатиразрядный дисплей отображает результаты вычислений с высокой точностью округления. Наличие функции отображения последнего нажатого знака &amp;#40;сложения, вычитания, умножения или деления&amp;#41; позволит не запутаться при длительных монотонных действиях. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 192x143 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668966</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b9/n01x54msnjlhrm3i4v7f82rb65ce8ckw.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA PASTEL-12-LB  192x143 мм , 12 разрядов, двойное питание, ГОЛУБОЙ, 250502</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA PASTEL-12-LB. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень, извлечение квадратного корня, коррекция последнего введенного значения. Большой двенадцатиразрядный дисплей отображает результаты вычислений с высокой точностью округления. Наличие функции отображения последнего нажатого знака &amp;#40;сложения, вычитания, умножения и деления&amp;#41; позволит не запутаться при длительных монотонных действиях. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 192x143 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668967</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f8/zjnh1sg80idlgjf2klv6v3xydixniefx.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA PASTEL-12-LG  192x143 мм , 12 разрядов, двойное питание, МЯТНЫЙ, 250504</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA PASTEL-12-LG. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень, извлечение квадратного корня, коррекция последнего введенного значения. Большой двенадцатиразрядный дисплей отображает результаты вычислений с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 192x143 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668968</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/300/z44neo9cwap1jjns7zaw7i1xnwmx36gr.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA PASTEL-12-PK  192x143 мм , 12 разрядов, двойное питание, РОЗОВЫЙ, 250503</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA PASTEL-12-PK. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень, извлечение квадратного корня, коррекция последнего введенного значения. Большой двенадцатиразрядный дисплей отображает результаты вычислений с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 192x143 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668969</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ae/hqm2c5qc4d3x7xl5k5drejor0dw0lxl6.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA PASTEL-12-PR  192x143 мм , 12 разрядов, двойное питание, СИРЕНЕВЫЙ, 250505</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA PASTEL-12-PR. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень, извлечение квадратного корня, коррекция последнего введенного значения. Большой двенадцатиразрядный дисплей отображает результаты вычислений с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 192x143 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668970</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ca/i0civz8x0wi48mwgzh3hftbn49sruua1.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA-12-GN  192x143 мм , 12 разрядов, двойное питание, ЗЕЛЕНЫЙ, 250493</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA-12-GN. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее с максимальным комфортом. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень, извлечение квадратного корня, коррекция последнего введенного значения. Большой двенадцатиразрядный дисплей отображает результаты вычислений с высокой точностью округления. Наличие функции отображения последнего нажатого знака &amp;#40;сложения, вычитания, умножения или деления&amp;#41; позволит не запутаться при длительных монотонных действиях. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 192x143 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668971</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b52/n1epcjcgokan0cgzh8mn0z3pkwtgc6su.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA-12-WR  192x143 мм , 12 разрядов, двойное питание, БОРДОВЫЙ, 250494</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA-12-WR. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее с максимальным комфортом. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень, извлечение квадратного корня, коррекция последнего введенного значения. Большой двенадцатиразрядный дисплей отображает результаты вычислений с высокой точностью округления. Наличие функции отображения последнего нажатого знака &amp;#40;сложения, вычитания, умножения или деления&amp;#41; позволит не запутаться при длительных монотонных действиях. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 192x143 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668973</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b7/eqeews9rwf4w5frb97183rpwae09b34k.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA-12-WT  192x143 мм , 12 разрядов, двойное питание, БЕЛЫЙ, 250496</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA-12-WT. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее с максимальным комфортом. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень, извлечение квадратного корня, коррекция последнего введенного значения. Большой двенадцатиразрядный дисплей отображает результаты вычислений с высокой точностью округления. Наличие функции отображения последнего нажатого знака &amp;#40;сложения, вычитания, умножения или деления&amp;#41; позволит не запутаться при длительных монотонных действиях. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 192x143 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668974</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/72d/tq4w90luy53fojoub3q66bm73snedkwa.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG EXTRA COLOR-12-BKBU  206x155 мм , 12 разрядов, двойное питание, ЧЕРНО-ГОЛУБОЙ, 250476</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG EXTRA COLOR-12-BKBU. Большой дисплей с увеличенным углом обзора, устойчивый корпус и клавиатура с цветной дифференциацией для эффективной работы с максимальным комфортом. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Незаменим для бухгалтеров благодаря наличию клавиш двойной памяти, «00» и MU для расчетов налогов и торговой наценки. Переключатели округления и положения десятичного знака позволяют производить нужные настройки. Большой двенадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а клавиша выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Размер - 206x155 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668975</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/572/ex8zsgrkqkzn09150qjl6lbe1rlc6k07.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG EXTRA COLOR-12-BKLG  206x155 мм , 12 разрядов, двойное питание, ЧЕРНО-САЛАТОВЫЙ, 250477</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG EXTRA COLOR-12-BKLG. Большой дисплей с увеличенным углом обзора, устойчивый корпус и клавиатура с цветной дифференциацией для эффективной работы с максимальным комфортом. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Незаменим для бухгалтеров благодаря наличию клавиш двойной памяти, «00» и MU для расчетов налогов и торговой наценки. Переключатели округления и положения десятичного знака позволяют производить нужные настройки. Большой двенадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а клавиша выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Размер - 206x155 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668976</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aa8/enricz20tlcnha37gb813ue18thfjeav.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG EXTRA COLOR-12-BKRG  206x155 мм , 12 разрядов, двойное питание, ЧЕРНО-ОРАНЖЕВЫЙ, 250478</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG EXTRA COLOR-12-BKRG. Большой дисплей с увеличенным углом обзора, устойчивый корпус и клавиатура с цветной дифференциацией для эффективной работы с максимальным комфортом. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Незаменим для бухгалтеров благодаря наличию клавиш двойной памяти, «00» и MU для расчетов налогов и торговой наценки. Переключатели округления и положения десятичного знака позволяют производить нужные настройки. Большой двенадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а клавиша выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Размер - 206x155 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668978</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/357/varq4zx593r61bk6be0g3rnlt3zuul3u.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG EXTRA COLOR-12-BKWR  206x155 мм , 12 разрядов, двойное питание, ЧЕРНО-МАЛИНОВЫЙ, 250479</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG EXTRA COLOR-12-BKWR. Большой дисплей с увеличенным углом обзора, устойчивый корпус и клавиатура с цветной дифференциацией для эффективной работы с максимальным комфортом. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Незаменим для бухгалтеров благодаря наличию клавиш двойной памяти, «00» и MU для расчетов налогов и торговой наценки. Переключатели округления и положения десятичного знака позволяют производить нужные настройки. Большой двенадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а клавиша выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Размер - 206x155 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668979</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fe6/pxld30czpj360j2amv0s1lu26kukjndj.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG EXTRA PASTEL-12-LB  206x155 мм , 12 разрядов, двойное питание, ГОЛУБОЙ, 250486</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG EXTRA PASTEL-12-LB. Большой дисплей с увеличенным углом обзора, устойчивый корпус и клавиатура с цветной дифференциацией для эффективной работы с максимальным комфортом. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Незаменим для бухгалтеров благодаря наличию клавиш двойной памяти, «00» и MU для расчетов налогов и торговой наценки. Переключатели округления и положения десятичного знака позволяют производить нужные настройки. Большой двенадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а клавиша выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Размер - 206x155 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668980</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d0/qrvfd3x1p7syx90vx22t5v4p97hmz3nk.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG EXTRA PASTEL-12-LG  206x155 мм , 12 разрядов, двойное питание, МЯТНЫЙ, 250488</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG EXTRA PASTEL-12-LG. Большой дисплей с увеличенным углом обзора, устойчивый корпус и клавиатура с цветной дифференциацией для эффективной работы с максимальным комфортом. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Незаменим для бухгалтеров благодаря наличию клавиш двойной памяти, «00» и MU для расчетов налогов и торговой наценки. Переключатели округления и положения десятичного знака позволяют производить нужные настройки. Большой двенадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а клавиша выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Размер - 206x155 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668981</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/317/bk20jmlgx8x4bqkkjsyuj62bglm0qqy9.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG EXTRA PASTEL-12-PR  206x155 мм , 12 разрядов, двойное питание, СИРЕНЕВЫЙ, 250489</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG EXTRA PASTEL-12-PR. Большой дисплей с увеличенным углом обзора, устойчивый корпус и клавиатура с цветной дифференциацией для эффективной работы с максимальным комфортом. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Незаменим для бухгалтеров благодаря наличию клавиш двойной памяти, «00» и MU для расчетов налогов и торговой наценки. Переключатели округления и положения десятичного знака позволяют производить нужные настройки. Большой двенадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а клавиша выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Размер - 206x155 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668983</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e15/ditmcaydy610yql1ifahd5w7pjz5x1od.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG EXTRA-12-BK  206x155 мм , 12 разрядов, двойное питание, ЧЕРНЫЙ, 250481</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG EXTRA-12-BK. Большой дисплей с увеличенным углом обзора, устойчивый корпус и клавиатура с цветной дифференциацией для эффективной работы с максимальным комфортом. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Незаменим для бухгалтеров благодаря наличию клавиш двойной памяти, «00» и MU для расчетов налогов и торговой наценки. Переключатели округления и положения десятичного знака позволяют производить нужные настройки. Большой двенадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а клавиша выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Размер - 206x155 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668984</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4f/1ibh29t9stz5d0st3f8phj4u927hp1wz.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG EXTRA-12-BKBU  206x155 мм , 12 разрядов, двойное питание, ЧЕРНО-СИНИЙ, 250472</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG EXTRA-12-BKBU. Большой дисплей с увеличенным углом обзора, устойчивый корпус и клавиатура с цветной дифференциацией для эффективной работы с максимальным комфортом. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Незаменим для бухгалтеров благодаря наличию клавиш двойной памяти, «00» и MU для расчетов налогов и торговой наценки. Переключатели округления и положения десятичного знака позволяют производить нужные настройки. Большой двенадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а клавиша выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Размер - 206x155 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668985</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/855/sbjugemb1pylp2vvi9r6ndprgw8wq0tc.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG EXTRA-12-BKOL  206x155 мм , 12 разрядов, двойное питание, ЧЕРНО-ОЛИВКОВЫЙ, 250471</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG EXTRA-12-BKOL. Большой дисплей с увеличенным углом обзора, устойчивый корпус и клавиатура с цветной дифференциацией для эффективной работы с максимальным комфортом. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Незаменим для бухгалтеров благодаря наличию клавиш двойной памяти, «00» и MU для расчетов налогов и торговой наценки. Переключатели округления и положения десятичного знака позволяют производить нужные настройки. Большой двенадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а клавиша выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Размер - 206x155 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668986</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f6c/cq85v8kse3my8wh3isby6a1sr6mhfdnm.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG EXTRA-12-BU  206x155 мм , 12 разрядов, двойное питание, СИНИЙ, 250482</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG EXTRA-12-BU. Большой дисплей с увеличенным углом обзора, устойчивый корпус и клавиатура с цветной дифференциацией для эффективной работы с максимальным комфортом. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Незаменим для бухгалтеров благодаря наличию клавиш двойной памяти, «00» и MU для расчетов налогов и торговой наценки. Переключатели округления и положения десятичного знака позволяют производить нужные настройки. Большой двенадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а клавиша выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Размер - 206x155 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668987</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aed/0u779fkhu2prgezovm3prwuptu3hwjtq.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG EXTRA-12-DG  206x155 мм , 12 разрядов, двойное питание, ЗЕЛЕНЫЙ, 250483</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG EXTRA-12-DG. Большой дисплей с увеличенным углом обзора, устойчивый корпус и клавиатура с цветной дифференциацией для эффективной работы с максимальным комфортом. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Незаменим для бухгалтеров благодаря наличию клавиш двойной памяти, «00» и MU для расчетов налогов и торговой наценки. Переключатели округления и положения десятичного знака позволяют производить нужные настройки. Большой двенадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а клавиша выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Размер - 206x155 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668988</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eaa/8ok7fds31s7g2aegr6fqxxwimm43hfs1.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG EXTRA-12-RG  206x155 мм , 12 разрядов, двойное питание, ОРАНЖЕВЫЙ, 250485</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG EXTRA-12-RG. Большой дисплей с увеличенным углом обзора, устойчивый корпус и клавиатура с цветной дифференциацией для эффективной работы с максимальным комфортом. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Незаменим для бухгалтеров благодаря наличию клавиш двойной памяти, «00» и MU для расчетов налогов и торговой наценки. Переключатели округления и положения десятичного знака позволяют производить нужные настройки. Большой двенадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а клавиша выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Размер - 206x155 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668989</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f02/99ofcv0arajd2bkhqhjxw53s2pfkx4i1.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG EXTRA-12-WR  206x155 мм , 12 разрядов, двойное питание, БОРДОВЫЙ, 250484</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG EXTRA-12-WR. Большой дисплей с увеличенным углом обзора, устойчивый корпус и клавиатура с цветной дифференциацией для эффективной работы с максимальным комфортом. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Незаменим для бухгалтеров благодаря наличию клавиш двойной памяти, «00» и MU для расчетов налогов и торговой наценки. Переключатели округления и положения десятичного знака позволяют производить нужные настройки. Большой двенадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а клавиша выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Размер - 206x155 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668990</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/900/b2ojchywrp5vug1xui3hkerk14ehdsmi.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG EXTRA-12-WAB  206x155 мм ,12 разрядов, двойное питание, антибактериальное покрытие, БЕЛЫЙ, 250490</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG EXTRA-12-WAB. Большой дисплей с увеличенным углом обзора, устойчивый корпус и клавиатура с цветной дифференциацией для эффективной работы с максимальным комфортом. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Незаменим для бухгалтеров благодаря наличию клавиш двойной памяти, «00» и MU для расчетов налогов и торговой наценки. Переключатели округления и положения десятичного знака позволяют производить нужные настройки. Большой двенадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а клавиша выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи. Антибактериальный компонент - смесь ионов серебра и цинка, содержащийся в пластике, препятствует распространению бактерий на поверхности калькулятора.Размер - 206x155 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668992</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c33/3y5vg0z2q5sxyf7qs8kt0papjab3txcp.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG EXTRA-14-BK  206x155 мм , 14 разрядов, двойное питание, ЧЕРНЫЙ, 250474</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG EXTRA-14-BK. Большой дисплей с увеличенным углом обзора, устойчивый корпус и клавиатура с цветной дифференциацией для эффективной работы с максимальным комфортом. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Незаменим для бухгалтеров благодаря наличию клавиш двойной памяти, «00» и MU для расчетов налогов и торговой наценки. Переключатели округления и положения десятичного знака позволяют производить нужные настройки. Большой четырнадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а клавиша выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Размер - 206x155 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668993</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/00a/6ex6mn0j00oolqh3wsvoeoka2r1frccd.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG EXTRA-16-BK  206x155 мм , 16 разрядов, двойное питание, ЧЕРНЫЙ, 250475</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG EXTRA-16-BK. Большой дисплей с увеличенным углом обзора, устойчивый корпус и клавиатура с цветной дифференциацией для эффективной работы с максимальным комфортом. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Незаменим для бухгалтеров благодаря наличию клавиш двойной памяти, «00» и MU для расчетов налогов и торговой наценки. Переключатели округления и положения десятичного знака позволяют производить нужные настройки. Большой шестнадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а клавиша выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Размер - 206x155 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>668994</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/299/obzux1ik2b7h0rj0w1ju6uscz3il6ra7.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор инженерный двухстрочный BRAUBERG SC-850  163х82 мм , 240 функций, 10 2 разрядов, двойное питание, ЧЕРНЫЙ, 250525</t>
+  </si>
+  <si>
+    <t>Непрограммируемый инженерный калькулятор BRAUBERG SC-850 выполняет все основные вычисления, которые понадобятся школьникам на экзаменах и контрольных работах. Сертифицирован для использования на ЕГЭ и ОГЭ по физике, химии, географии и ОГЭ по биологии. 240 встроенных научных и статистических функций позволяют вычислять степени и корни, площади, объемы, обратные числа, факториалы, случайные числа, логарифмы и антилогарифмы; а также производить статистические расчеты и вычисления с прямыми и обратными гиперболическими и тригонометрическими функциями &amp;#40;в том числе в градусах, радианах и градах&amp;#41;. Область памяти позволяет вводить до 79 символов за одно вычисление. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания, позволяют калькулятору работать при любом освещении, а кнопка выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Материал кнопок - пластик.Размер – 163х82 мм. Гарантия – 10 лет.</t>
+  </si>
+  <si>
+    <t>668995</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d1/1v5l91zft7kd5iyq196e6t9uq4xsmx65.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор инженерный двухстрочный BRAUBERG SC-880-N  165х84 мм , 417 функций, 10 2 разрядов, БЕЛЫЙ, 250526</t>
+  </si>
+  <si>
+    <t>Непрограммируемый инженерный калькулятор BRAUBERG SC-880-N выполняет все основные вычисления, которые понадобятся школьникам на экзаменах и контрольных работах. Сертифицирован для использования на ЕГЭ и ОГЭ по физике, химии, географии и ОГЭ по биологии. 417 встроенных научных и статистических функций позволяют вычислять степени и корни, факториалы, логарифмы и антилогарифмы, интегралы и дифференциалы, а также производить статистические расчеты и вычисления с прямыми и обратными гиперболическими и тригонометрическими функциями &amp;#40;в том числе в градусах, радианах и градах&amp;#41;. Калькулятор поддерживает систему естественного ввода/вывода математических выражений и позволяет выводить на дисплей обыкновенные дроби, степени, корни, логарифмы и экспоненты в привычном всем еще со школы виде. Это делает интерфейс более &amp;quot;дружелюбным&amp;quot; для пользователя и позволяет снизить количество вычислительных ошибок.Калькулятор может переключаться между двоичной, восьмеричной и шестнадцатеричной системами исчисления. Имеет 40 встроенных команд для перевода значений из одной единицы измерения в другую, а также 40 научных констант, которые отображаются уникальными символами и могут быть использованы внутри вычисления. Наряду с кнопкой выключения OFF в калькулятор встроена функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41;, которая позволяет максимально продлить срок его службы без замены батареи.Материал кнопок - пластик.Размер – 165х84 мм. Гарантия – 10 лет.</t>
+  </si>
+  <si>
+    <t>668999</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd7/xlob6zmok4kfkv5p23dxihp6xrb12ct3.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA-12-BK  192x143 мм , 12 разрядов, двойное питание, ЧЕРНЫЙ, 250491</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA-12-BK. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее с максимальным комфортом. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень, извлечение квадратного корня, коррекция последнего введенного значения. Большой двенадцатиразрядный дисплей отображает результаты вычислений с высокой точностью округления. Наличие функции отображения последнего нажатого знака &amp;#40;сложения, вычитания, умножения или деления&amp;#41; позволит не запутаться при длительных монотонных действиях. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 192x143 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>671397</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3f4/8sfm0eao8ft0w3rv5cpqbg3xvm1261qv.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG ULTRA-12-BU  192x143 мм , 12 разрядов, двойное питание, СИНИЙ, 250492</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор BRAUBERG ULTRA-12-BU. Большой яркий дисплей, устойчивый корпус с прорезиненными ножками и крупная клавиатура с цветной дифференциацией позволяют работать эффективнее с максимальным комфортом. Калькулятор производит все основные арифметические действия: вычисление с памятью, вычисление с процентами, возведение в степень, извлечение квадратного корня, коррекция последнего введенного значения. Большой двенадцатиразрядный дисплей отображает результаты вычислений с высокой точностью округления. Наличие функции отображения последнего нажатого знака &amp;#40;сложения, вычитания, умножения или деления&amp;#41; позволит не запутаться при длительных монотонных действиях. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяет максимально продлить срок его службы без замены батареи.Размер - 192x143 мм. Гарантия 10 лет.</t>
+  </si>
+  <si>
+    <t>671398</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc3/vt3qfsgc1we9izn604gv119q1i6ut2hw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор настольный 12-разрядов водонепроницаемый Erich Krause WC-612  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Бухгалтерский водонепроницаемый калькулятор в пластиковом корпусе с 12-разрядным ЖК - дисплеем с акриловым покрытием. Благодаря наличию защиты от воздействий влаги, пыли, случайных брызг и мелких загрязнений, калькулятор может использоваться для работы вне помещения. Имеет одноуровневую память. Оптимальный набор вычислительных функций позволяет совершать основные математические операции, рассчитывать проценты, наценку, извлекать квадратный корень, суммировать произведенные операции и запоминать промежуточный результат. Прорезиненная клавиатура снабжена кнопками двойного нуля и удаления последней отображаемой цифры. Для экономии энергии предусмотрены два источника питания: солнечная и алкалиновая батарея, а также функция автоматического выключения.</t>
+  </si>
+  <si>
+    <t>696765</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/735/bh6s1p4r8z9rwsmqrvgxzk2xngj96u6c.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор настольный 12-разрядов Erich Krause PC-key KC-300-12  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Бухгалтерский калькулятор в пластиковом корпусе с 12-разрядным ЖК - дисплеем с акриловым покрытием. Имеет одноуровневую память. Оптимальный набор вычислительных функций позволяет совершать основные математические операции, рассчитывать проценты, извлекать квадратный корень и запоминать промежуточный результат. Удобная клавиатура снабжена кнопками двойного нуля и удаления последней отображаемой цифры. Для экономии энергии предусмотрены два источника питания: солнечная и алкалиновая батарея, а также функция автоматического выключения.</t>
+  </si>
+  <si>
+    <t>696766</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ad/55fyse0qu3133ezbl1ovheqi944noywa.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор настольный 12-разрядов Erich Krause DC-412  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Бухгалтерский калькулятор в пластиковом корпусе с 12-разрядным ЖК - дисплеем с акриловым покрытием. Складная подставка. Имеет двухуровневую память. Оптимальный набор вычислительных функций позволяет совершать основные математические операции, рассчитывать проценты, наценку, извлекать квадратный корень, суммировать произведенные операции и запоминать промежуточный результат. Удобная клавиатура снабжена кнопками двойного нуля и удаления последней отображаемой цифры. Наличие двух переключателей: режима округления и количества знаков после запятой. Для экономии энергии предусмотрены два источника питания: солнечная и алкалиновая батарея, а также функция автоматического выключения.</t>
+  </si>
+  <si>
+    <t>696767</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a5/3s4b0zm5et1zp8436n0220yqwysicah1.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор настольный 12-разрядов Erich Krause DC-4512  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Бухгалтерский калькулятор в пластиковом корпусе с 12-разрядным ЖК - дисплеем. Имеет двухуровневую память. Оптимальный набор вычислительных функций позволяет совершать основные математические операции, рассчитывать проценты, наценку, извлекать квадратный корень, суммировать произведенные операции и запоминать промежуточный результат. Удобная клавиатура снабжена кнопками двойного нуля и удаления последней отображаемой цифры. Наличие двух переключателей: режима округления и количества знаков после запятой. Для экономии энергии предусмотрены два источника питания: солнечная и алкалиновая батарея, а также функция автоматического выключения.</t>
+  </si>
+  <si>
+    <t>696768</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c8a/o655ngy2m27562e0bwgsjh34pv0oh52i.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор настольный 12-разрядов Erich Krause DC-777-12N  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Бухгалтерский калькулятор в пластиковом корпусе с 12-разрядным ЖК - дисплеем. Имеет двухуровневую память. Оптимальный набор вычислительных функций позволяет совершать основные математические операции, рассчитывать проценты, наценку, извлекать квадратный корень, суммировать произведенные операции и запоминать промежуточный результат. Удобная клавиатура снабжена кнопками двойного нуля и удаления последней отображаемой цифры. Наличие двух переключателей: режима округления и количества знаков после запятой. Для экономии энергии предусмотрены два источника питания: солнечная и литиевая батарея, а также функция автоматического выключения.</t>
+  </si>
+  <si>
+    <t>696769</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b29/20b909p5d41yj9fhkwz5v8mpaqu2gz6r.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор настольный 12-разрядов Erich Krause DC-4412N  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Бухгалтерский калькулятор в пластиковом корпусе с 12-разрядным ЖК - дисплеем. Имеет одноуровневую память. Оптимальный набор вычислительных функций позволяет совершать основные математические операции, рассчитывать проценты, наценку, извлекать квадратный корень, суммировать произведенные операции и запоминать промежуточный результат. Удобная клавиатура снабжена кнопками двойного нуля и удаления последней отображаемой цифры. Наличие двух переключателей: режима округления и количества знаков после запятой. Для экономии энергии предусмотрены два источника питания: солнечная и алкалиновая батарея, а также функция автоматического выключения. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>696770</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f8/29ra0dggi3c7xu379tuifp0ykkq6oxcb.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор настольный 12-разрядов Erich Krause White CC-352  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Бухгалтерский калькулятор в пластиковом корпусе с 12-разрядным ЖК - дисплеем. Имеет одноуровневую память. Оптимальный набор вычислительных функций позволяет совершать основные математические операции, рассчитывать проценты, наценку, извлекать квадратный корень, суммировать произведенные операции и запоминать промежуточный результат. Удобная клавиатура снабжена кнопками двойного нуля и удаления последней отображаемой цифры. Наличие двух переключателей: режима округления и количества знаков после запятой. Для экономии энергии предусмотрены два источника питания: солнечная и литиевая батарея, а также функция автоматического выключения. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>696771</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c68/fzn6cz7nih1wrdjahlumm6lo256n0voy.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор настольный 16-разрядов Erich Krause DC-777-16N  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Бухгалтерский калькулятор в пластиковом корпусе с 16-разрядным ЖК - дисплеем. Имеет двухуровневую память. Оптимальный набор вычислительных функций позволяет совершать основные математические операции, рассчитывать проценты, наценку, извлекать квадратный корень, суммировать произведенные операции и запоминать промежуточный результат. Удобная клавиатура снабжена кнопками двойного нуля и удаления последней отображаемой цифры. Наличие двух переключателей: режима округления и количества знаков после запятой. Для экономии энергии предусмотрены два источника питания: солнечная и алкалиновая батарея, а также функция автоматического выключения.</t>
+  </si>
+  <si>
+    <t>696774</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa4/cps6db9zq2stugc2ac64hejm7prpx3z2.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор настольный 12-разрядов Erich Krause DC-5512M  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Бухгалтерский калькулятор в пластиковом корпусе с алюминиевой вставкой и 12-разрядным ЖК - дисплеем с акриловым покрытием. Складная подставка. Имеет двухуровневую память. Оптимальный набор вычислительных функций позволяет совершать основные математические операции, рассчитывать проценты, наценку, извлекать квадратный корень, суммировать произведенные операции и запоминать промежуточный результат. Удобная клавиатура снабжена кнопками двойного нуля и удаления последней отображаемой цифры. Наличие двух переключателей: режима округления и количества знаков после запятой. Для экономии энергии предусмотрены два источника питания: солнечная и алкалиновая батарея, а также функция автоматического выключения.</t>
+  </si>
+  <si>
+    <t>696777</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/922/evdao1zeegfousxfvg1j1z1xvqn4pbm0.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор карманный 8-разрядов Erich Krause PC-101  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Карманный калькулятор в пластиковом корпусе с 8-разрядным ЖК - дисплеем. Имеет одноуровневую память. Оптимальный набор вычислительных функций позволяет совершать основные математические операции, рассчитывать проценты, извлекать квадратный корень и запоминать промежуточный результат. Для экономии энергии предусмотрены два источника питания: солнечная и литиевая батареи, а также функция автоматического выключения. Для защиты от загрязнений, повреждений и случайного включения в комплекте предусмотрена PVC обложка.</t>
+  </si>
+  <si>
+    <t>696778</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ad/hp9crr2pnktnhgpbmtf9t6o5ugp6yo78.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор научный 10 2разряда  quot;Darvish quot; 156 86 16мм 228 функции двустрочный экран</t>
+  </si>
+  <si>
+    <t>10&amp;#43;2 разрядов. 228 функции. Питание от гальванической батареи. Двустрочный экран. Жесткий пластиковый футляр. Размер 156*86*16мм</t>
+  </si>
+  <si>
+    <t>704374</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c98/p5e4vys71t91epbr79z8gvd4qv3j7mmh.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 pазр.  quot;Darvish quot; двойное питание 160 106 18,5мм</t>
+  </si>
+  <si>
+    <t>12 разрядов. Питание от гальванической батареи &amp;#43; светочувствительного элемента. Один регистр памяти. Квадратный корень. Функция &amp;#37;. Размер 160*106*18,5мм</t>
+  </si>
+  <si>
+    <t>704375</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/76b/5ojixwti01o0hcxizhcsgkzcnvqm5moi.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный 8 pазр.  quot;Darvish quot; двойное питание 118 58 11,3мм</t>
+  </si>
+  <si>
+    <t>8 разрядов. Питание от гальванической батареи &amp;#43; светочувствительного элемента. Один регистр памяти. квадратный корень. Функция &amp;#37;. Размер 118*58*11,3мм</t>
+  </si>
+  <si>
+    <t>704378</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12b/2ogrlglaglipq9jl3ra1q3ruu7agnx6k.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 pазр.  quot;Darvish quot; 163 95,5 17,5мм</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 pазр. &amp;quot;Darvish&amp;quot; 163*95,5*17,5мм</t>
+  </si>
+  <si>
+    <t>704383</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b4/4v86692shd9dto3c0qo9qg1qau7gyc5r.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 pазр.  quot;Darvish quot; двойное питание 200 150 33мм двойная память</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 pазр. &amp;quot;Darvish&amp;quot; двойное питание 200*150*33мм двойная память</t>
+  </si>
+  <si>
+    <t>704388</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bf5/f5dtfx27zoplaogey460uq28iucf2dl8.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разр.  quot;Darvish quot; 80 134 21мм бело оранжевый</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разр.&amp;nbsp;&amp;nbsp;электронный&amp;nbsp;&amp;nbsp;бело/оранжевый. Два вида питания. Размер 80*134*21мм.</t>
+  </si>
+  <si>
+    <t>704392</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/778/rf52ofavv14wr3bgcu028u2j79878m98.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разр.  quot;Darvish quot; 108 171 29мм белый</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разр.&amp;nbsp;&amp;nbsp;электронный&amp;nbsp;&amp;nbsp;белого цвета.&amp;nbsp;&amp;nbsp;Два вида питания. Размер 108*171*29мм.</t>
+  </si>
+  <si>
+    <t>704393</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/680/usyzvawtz4r4amu78nypln2eki8jdgg1.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разр.  quot;Darvish quot; 109 174 26мм белый</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разр.&amp;nbsp;&amp;nbsp;электронный&amp;nbsp;&amp;nbsp;белого цвета. Размер 109*174*26мм.</t>
+  </si>
+  <si>
+    <t>704395</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/67f/0jr7jgcvmr9b9av70senujnp0wyrzg5o.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разр.  quot;Darvish quot; 105 146 25мм ж лтый</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разр.&amp;nbsp;&amp;nbsp;электронный&amp;nbsp;&amp;nbsp;жёлтого цвета. Два вида питания. Размер 105*146*25мм.</t>
+  </si>
+  <si>
+    <t>704396</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b55/7x4q8vxtfpcc1217lv4urblcji2g0ed4.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разр.  quot;Darvish quot; 108 171 29мм ж лтый</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разр.&amp;nbsp;&amp;nbsp;электронный&amp;nbsp;&amp;nbsp;жёлтого цвета. Два вида питания. Размер 108*171*29мм.</t>
+  </si>
+  <si>
+    <t>704397</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f23/8fmmsx5yrmhwopt58u1lnlwo6mjo7j5j.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разр.  quot;Darvish quot; 109 174 26мм ж лтый</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разр.&amp;nbsp;&amp;nbsp;электронный&amp;nbsp;&amp;nbsp;жёлтого цвета. Размер 109*174*26мм.</t>
+  </si>
+  <si>
+    <t>704398</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/467/m1v39yijn2ifm2zdmvnrlc1gb6my1019.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разр.  quot;Darvish quot; 105 146 25мм зел ный</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разр.&amp;nbsp;&amp;nbsp;электронный&amp;nbsp;&amp;nbsp;зелёного цвета. Два вида питания. Размер 105*146*25мм.</t>
+  </si>
+  <si>
+    <t>704399</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fbc/itqxn420tg5b8h9f1a34hkhhz8xqgxgb.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разр.  quot;Darvish quot; 108 171 29мм зел ный</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разр.&amp;nbsp;&amp;nbsp;электронный&amp;nbsp;&amp;nbsp;зелёного цвета. Два вида питания. Размер 108*171*29мм.</t>
+  </si>
+  <si>
+    <t>704400</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/358/wvq9yeu9ia7bbmzmg4h0wcxokns1j2vn.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разр.  quot;Darvish quot; 108 171 29мм розовый</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12 разр.&amp;nbsp;&amp;nbsp;электронный&amp;nbsp;&amp;nbsp;розового цвета. Два вида питания. Размер 108*171*29мм.</t>
+  </si>
+  <si>
+    <t>704403</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c55/alagt0fn7lo1i09tylpkypte0bis76oc.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный Attache ATC-333-12P 12-ти разрядный серебристый</t>
+  </si>
+  <si>
+    <t>716059</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/283/fho0476km804m9vqo7hnra5z83qbjwez.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный КОМПАКТНЫЙ Attache ATC-555-8C 8-ми разрядныйсиний</t>
+  </si>
+  <si>
+    <t>716061</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/784/my73u413wafs7v463dplkgbgx41btazz.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный КОМПАКТНЫЙ Attache ATC-777-10C 10-ти разрядныйчерн</t>
+  </si>
+  <si>
+    <t>716062</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/859/zs4phy9ozldxktjxct0tnxhnogr9da4g.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛНОРАЗМЕРНЫЙ Attache ATC-888-12F 12-ти разрчерн</t>
+  </si>
+  <si>
+    <t>716063</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd9/rj6cx1e90vzqg24yfjcvt3whm7uuymdb.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор ПОЛНОРАЗМЕРНЫЙ Attache ATC-222-16F 16-ти разрядный черный</t>
+  </si>
+  <si>
+    <t>716064</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/170/0gibirpjs751updct5a7pc91rc397t55.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор ПОЛНОРАЗМЕРНЫЙ Attache ATC-444-12F 12-ти разрядный черный</t>
+  </si>
+  <si>
+    <t>716065</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/941/rec2mq1c7530j6g7lk0kiy32z2mbbcs9.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор настольный 12-разрядов ErichKrause  PC-key KC-500-12  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 12-разрядов ErichKrause® PC-key KC-500-12 &amp;#40;в коробке по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>812749</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab5/lx0acrorxk1l3vaca1hdudzr6ap1h3lz.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор настольный 16-разрядов ErichKrause  DC-416  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 16-разрядов ErichKrause® DC-416 &amp;#40;в коробке по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>835078</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ec/j199ijey452sffil5agwk64qkyyk6u7k.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор настольный 16-разрядов ErichKrause  DC-5516M  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Калькулятор настольный 16-разрядов ErichKrause® DC-5516M &amp;#40;в коробке по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>835079</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/38b/f6j4giu9cibur8rx9a661epj926xy5nk.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный Deli E1122, 12раз, LCD-дисплей, дв.питание,серый</t>
+  </si>
+  <si>
+    <t>879604</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4bd/cc9lyb4aiz7jkpcrqvomngwc2uoeyiw4.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный КОМПАКТНЫЙ Deli EM120,12р, дв. питание, 118x70мм,зеленый</t>
+  </si>
+  <si>
+    <t>879614</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aa0/brmdgiy1k5ew4wc0pa1exuyvhmiomnz3.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛНОРАЗМЕРНЫЙ Deli EM888F,12р,дв. пит,202x158мм,темно-зел</t>
+  </si>
+  <si>
+    <t>879615</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4b4/wjfbqaytnx357y1kt2da5biw3v0clo3y.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛНОРАЗМЕРНЫЙ Deli EM888F,12р,дв. пит,202x158мм,темно-син</t>
+  </si>
+  <si>
+    <t>879616</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eac/owiglmfznzumjqau0zq0zy7rz1pvxh7w.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор научный  ЕГЭ  Deli, 12р, LCD-диспл,питание от бат,син E1710A BLU</t>
+  </si>
+  <si>
+    <t>Калькулятор научный &amp;#40;ЕГЭ&amp;#41; Deli, 12р, LCD-диспл,питание от бат,син E1710A/BLU</t>
+  </si>
+  <si>
+    <t>879624</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2fb/o8l13ad0q5afttve2uhn367v3r06rn3c.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор научный  ЕГЭ  Deli, 12раз, LCD-диспл,пит от бат.,зелен E1710A GRN</t>
+  </si>
+  <si>
+    <t>Калькулятор научный &amp;#40;ЕГЭ&amp;#41; Deli, 12раз, LCD-диспл,пит от бат.,зелен E1710A/GRN</t>
+  </si>
+  <si>
+    <t>879625</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/250/46n1q7b2i6h8ozvubnolonvlkw2uxq2x.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор научный Deli E1711, 8р,пит. от бат., 56 функций, 120x72мм, черн</t>
+  </si>
+  <si>
+    <t>879627</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ec/r014839snall3hsj1w671phhvv1pygzz.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный КОМПАКТНЫЙ Attache Selection ASС-333, 12р, дв.пит, 170x108бел</t>
+  </si>
+  <si>
+    <t>907461</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c41/ckeglersm5gv2rgc64i6cma2kkip4aym.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный КОМПАКТНЫЙ Attache Selection ASС-333, 12р, дв.пит, 170x108гол</t>
+  </si>
+  <si>
+    <t>907462</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f4/azev8gy2o32bsuqiemekef0j9ep1krwg.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛНОРАЗМЕРНЫЙ Attache ASF-888,12р, дв.пит, 204x158мм, ч з</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛНОРАЗМЕРНЫЙ Attache ASF-888,12р, дв.пит, 204x158мм, ч/з</t>
+  </si>
+  <si>
+    <t>907463</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/088/kzb55m5xjpxbhpdudibhu9oom7qb58zz.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛНОРАЗМЕРНЫЙ Attache AF-222, 12раз, дв.пит, 203x158мм, черный</t>
+  </si>
+  <si>
+    <t>907464</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1d/txpuxf2l129zuybff1nu7ta3n9c4s5qm.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Attache AF-888 16 разрядный черный 210x165x48 мм.</t>
+  </si>
+  <si>
+    <t>907465</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/388/xcds6w2d9aqxc3zzpex874bux433eu8j.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный КОМПАКТНЫЙ Attache AC-222,1 2р, дв.пит, 144x107cереб</t>
+  </si>
+  <si>
+    <t>907467</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad7/amgzmfh5224d5zuf6hs62bv2c0eq7sdt.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛНОРАЗМЕРНЫЙ AttacheAF-888, 12р, дв.пит 204x158мм, ч с</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛНОРАЗМЕРНЫЙ AttacheAF-888, 12р, дв.пит 204x158мм, ч/с</t>
+  </si>
+  <si>
+    <t>907468</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/04d/c9jfx9yw8g3eiof9u4zcoea8p3rvykmo.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор карманный 8-разрядов ErichKrause  PC-103  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Карманный калькулятор в пластиковом корпусе с 8-разрядным ЖК - дисплеем. Имеет одноуровневую память. Оптимальный набор вычислительных функций позволяет совершать основные математические операции, рассчитывать проценты, извлекать квадратный корень и запоминать промежуточный результат. Для экономии энергии предусмотрены два источника питания: солнечная и алкалиновая батареи, а также функция автоматического выключения. Для защиты от загрязнений, повреждений и случайного включения в комплекте предусмотрена полупрозрачная пластиковая крышка.</t>
+  </si>
+  <si>
+    <t>939588</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/600/tu5ica0yvslk3ecbzq9zyy6ww0wt0hrw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор карманный 8-разрядов ErichKrause  PC-131  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Карманный калькулятор в пластиковом корпусе с 8-разрядным ЖК - дисплеем. Имеет одноуровневую память. Оптимальный набор вычислительных функций позволяет совершать основные математические операции, рассчитывать проценты, извлекать квадратный корень и запоминать промежуточный результат. Источник питания - алкалиновая батарея. Для экономии энергии предусмотрена функция автоматического выключения. Для защиты от загрязнений, повреждений и случайного включения предусмотрена полупрозрачная пластиковая крышка.</t>
+  </si>
+  <si>
+    <t>939589</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0c3/pp15zw19blj3fao7h0taa25lcwep7kpr.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор научный 10-разрядов ErichKrause  SC-910  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Научный калькулятор непрограммируемый в пластиковом корпусе с 10-разрядным ЖК - дисплеем. Оптимальный набор 56 вычислительных функций позволяет совершать основные математические операции, рассчитывать проценты, наценку, извлекать квадратный корень, суммировать произведенные операции и запоминать промежуточный результат, рассчитывать логарифмы, совершать тригонометрические операции, осуществлять статистические расчёты. Источник питания - алкалиновая батарея. Для экономии энергии предусмотрена функция автоматического выключения. Для защиты от загрязнений, повреждений и случайного включения калькулятор оснащен несъемной пластиковой крышкой. Рекомендован к использованию в образовательных учреждениях общего среднего образования, в том числе при сдаче ОГЭ и ЕГЭ.</t>
+  </si>
+  <si>
+    <t>939590</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/15d/2fkuil19u289jeeucnhgkr57dpe3alf6.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор научный 10-разрядов ErichKrause  SC-920  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Научный калькулятор непрограммируемый в пластиковом корпусе с прорезиненной окантовкой с 10-разрядным ЖК - дисплеем. Оптимальный набор 56 вычислительных функций позволяет совершать основные математические операции, рассчитывать проценты, наценку, извлекать квадратный корень, суммировать произведенные операции и запоминать промежуточный результат, рассчитывать логарифмы, совершать тригонометрические операции, осуществлять статистические расчёты. Источник питания - алкалиновая батарея. Для экономии энергии предусмотрена функция автоматического выключения. Для защиты от загрязнений, повреждений и случайного включения калькулятор оснащен съемной пластиковой крышкой. Рекомендован к использованию в образовательных учреждениях общего среднего образования, в том числе при сдаче ОГЭ и ЕГЭ.</t>
+  </si>
+  <si>
+    <t>939591</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a5/d3r4nf7uckv3tjunqvm020mimt1g6r3y.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-444X-NV, 12 разрядов, двойное питание, 155 204 33мм, темно-синий</t>
+  </si>
+  <si>
+    <t>12-ти разрядный настольный калькулятор Eleven SDC-444X-NV предназначен для выполнения арифметических операций. Оптимальный набор функций поможет автоматизировать расчёты: вычисление квадратного корня, коррекция последнего введенного значения, кнопка «00», двойная память, расчёт наценки, смена знака. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарея GP189&amp;#40;LR54&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Размер калькулятора – 153*199*31 мм, вес – 209 г, цвет – чёрный. Упакован в картонную коробку. Гарантия 5 лет. • Разрядность: 12; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка GP189&amp;#40;LR54&amp;#41;&amp;#41;; • Клавиша «00»; • Двойная память; • Расчёт наценки; • Квадратный корень</t>
+  </si>
+  <si>
+    <t>939878</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/eleven/"&gt;Eleven&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d0e/qs1g59rftwmuj0652b7uu4ce1rj2mbfr.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный Eleven LC-110NR, 8 разрядов, питание от батарейки, 58 88 11мм, черный</t>
+  </si>
+  <si>
+    <t>8-ми разрядный карманный калькулятор Eleven LC-110NR предназначен для выполнения арифметических операций. Базовые функции помогут сделать простые расчёты, операции с памятью, вычислить квадратный корень и проценты. Калькулятор работает только на батарейке AG10&amp;#40;LR1130&amp;#41;, кнопка выключения позволит сэкономить заряд. Упакован в картонную коробку. Размер калькулятора – 58*88*11 мм, вес – 32 г, цвет – чёрный. Гарантия 5 лет. Карманные калькуляторы идеально подойдут взрослым и детям, они компактны и надежны. • Разрядность: 8; • Тип питания: батарейка AG10&amp;#40;LR1130&amp;#41;; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940109</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/544/hrjn0pdvd4qyyyg3z08qtj5yk8y5ootp.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный Eleven LC-110NR-BL, 8 разрядов, питание от батарейки, 58 88 11мм, голубой</t>
+  </si>
+  <si>
+    <t>8-ми разрядный карманный калькулятор Eleven LC-110NR-BL предназначен для выполнения арифметических операций. Базовые функции помогут сделать простые расчёты, вычислить квадратный корень и проценты, выполнить операции с памятью. Калькулятор работает только на батарее AG10&amp;#40;LR1130&amp;#41;, кнопка выключения позволит сэкономить заряд. Упакован в картонную коробку. Размер калькулятора – 58*88*11 мм, вес – 32 г, цвет – голубой. Гарантия 5 лет. Карманные калькуляторы идеально подойдут взрослым и детям, они компактны и надежны. • Разрядность: 8; • Тип питания: батарейка AG10&amp;#40;LR1130&amp;#41;; • Квадратный корень.</t>
+  </si>
+  <si>
+    <t>940110</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/80b/sxvvx3ytnkolakzh5r70xqt2ryfjkhnk.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный Eleven LC-110NR-PK, 8 разрядов, питание от батарейки, 58 88 11мм, розовый</t>
+  </si>
+  <si>
+    <t>8-ми разрядный карманный калькулятор Eleven LC-110NR-PK предназначен для выполнения арифметических операций. Базовые функции помогут сделать простые расчёты, вычислить квадратный корень и проценты, выполнить операции с памятью. Калькулятор работает только на батарее AG10&amp;#40;LR1130&amp;#41;, кнопка выключения позволит сэкономить заряд. Упакован в картонную коробку. Размер калькулятора – 58*88*11 мм, вес – 32 г, цвет – розовый. Гарантия 5 лет. Карманные калькуляторы идеально подойдут взрослым и детям, они компактны и надежны. • Разрядность: 8; • Тип питания: батарейка AG10&amp;#40;LR1130&amp;#41;; • Квадратный корень.</t>
+  </si>
+  <si>
+    <t>940111</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/357/lkl8m7qxu127b39jgry22acei3kdbk1m.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный Eleven LC-210NR, 8 разрядов, питание от батарейки, 64 98 12мм, черный</t>
+  </si>
+  <si>
+    <t>8-ми разрядный карманный калькулятор Eleven LC-210NR предназначен для выполнения арифметических операций. Базовые функции помогут сделать простые расчёты, вычислить квадратный корень и проценты, выполнить операции с памятью. Калькулятор работает только на батарейке AG10&amp;#40;LR1130&amp;#41;, кнопка выключения позволит сэкономить заряд. Упакован в картонную коробку. Размер калькулятора – 64*98*12 мм, вес – 40 г, цвет – чёрный. Гарантия 5 лет. Карманные калькуляторы идеально подойдут взрослым и детям, они компактны и надежны. • Разрядность: 8; • Тип питания: батарейка AG10&amp;#40;LR1130&amp;#41;; • Квадратный корень.</t>
+  </si>
+  <si>
+    <t>940112</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a7/molypbm93oe5275avu17pdpnz9cweed6.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный Eleven SLD-100NR, 8 разрядов, двойное питание, 58 88 10мм, черный</t>
+  </si>
+  <si>
+    <t>8-ми разрядный карманный калькулятор Eleven SLD-100NR предназначен для выполнения арифметических операций. Базовые функции помогут сделать простые расчёты, вычислить квадратный корень и проценты, выполнить операции с памятью. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарейка AG10&amp;#40;LR1130&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Упакован в картонную коробку. Размер калькулятора – 58*88*10 мм, вес – 37 г, цвет – чёрный. Гарантия 5 лет. Карманные калькуляторы идеально подойдут взрослым и детям, они компактны и надежны. • Разрядность: 8; • Тип питания: батарейка AG10&amp;#40;LR1130&amp;#41;; • Квадратный корень.</t>
+  </si>
+  <si>
+    <t>940114</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08f/x6t9wi43ikt5pi7r29bm7y1wcrocafk2.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven Business Line CDB1201-BK, 12 разрядов, двойное питание, 155 205 35мм, черный</t>
+  </si>
+  <si>
+    <t>12-ти разрядный настольный калькулятор Eleven CDB1201-BK – незаменимый помощник в офисе, школе и дома. Оптимальный набор функций поможет автоматизировать расчёты: вычисление квадратного корня, коррекция последнего введенного значения, кнопка «00», двойная память, расчёт наценки. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарейка AG10&amp;#40;LR1130&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Упакован в картонную коробку. Размер калькулятора – 155*205*35 мм, вес – 200 г, цвет – чёрный. Гарантия 3 года. Eleven Business Line - линейка настольных калькуляторов для ежедневного использования в офисе по оптимальной цене. Эргономичная форма, крупные клавиши, устойчивые прорезиненные ножки позволят работать эффективнее. • Разрядность: 12; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка AG10&amp;#40;LR1130&amp;#41;&amp;#41;; • Клавиша «00»; • Расчёт налогов; • Двойная память; • Расчёт наценки; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940116</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/656/sc3ddp55cnwrakad5vo55mr1az6u2zcx.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven Business Line CDB1401-BK, 14 разрядов, двойное питание, 155 205 35мм, черный</t>
+  </si>
+  <si>
+    <t>14-ти разрядный настольный калькулятор Eleven CDB1401-BK – незаменимый помощник в офисе, школе и дома. Оптимальный набор функций поможет автоматизировать расчёты: вычисление квадратного корня, коррекция последнего введенного значения, кнопка «00» и «000», двойная память, расчёт наценки. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарейка AG10&amp;#40;LR1130&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Упакован в картонную коробку. Размер калькулятора – 155*205*35 мм, вес – 200 г, цвет – чёрный. Гарантия 3 года. Eleven Business Line - линейка настольных калькуляторов для ежедневного использования в офисе по оптимальной цене. • Разрядность: 14; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка AG10&amp;#40;LR1130&amp;#41;&amp;#41;; • Клавиша «00» и 000; • Расчёт налогов; • Двойная память; • Расчёт наценки; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940117</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5bd/aqpx6crhd28qzvj4l5rbndv7ahtbzy2l.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven Business Line CDB1601-BK, 16 разрядов, двойное питание, 155 205 35мм, черный</t>
+  </si>
+  <si>
+    <t>16-ти разрядный настольный калькулятор Eleven CDB1601-BK – незаменимый помощник в офисе, школе и дома. Оптимальный набор функций поможет автоматизировать расчёты: вычисление квадратного корня, коррекция последнего введенного значения, кнопка «00» и «000», двойная память, расчёт наценки. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарейка AG10&amp;#40;LR1130&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Упакован в картонную коробку. Размер калькулятора – 155*205*35 мм, вес – 200 г, цвет – чёрный. Гарантия 3 года. Eleven Business Line - линейка настольных калькуляторов для ежедневного использования в офисе по оптимальной цене. • Разрядность: 16; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка AG10&amp;#40;LR1130&amp;#41;&amp;#41;; • Клавиша «00» и 000; • Расчёт налогов; • Двойная память; • Расчёт наценки; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940118</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e25/po8g70l4f3pbyle9u6aq2na442ne0z9p.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven Business Line CMB1001-BK, 10 разрядов, двойное питание, 102 137 31мм, черный</t>
+  </si>
+  <si>
+    <t>10-ти разрядный настольный калькулятор Eleven CMB1001-BK – незаменимый помощник в офисе, школе и дома. Базовый набор функций поможет автоматизировать расчёты: вычисление квадратного корня, операции с процентами и коррекция последнего введенного значения. Компактный размер поможет оптимизировать место на рабочем столе. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарейка AG10&amp;#40;LR1130&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Упакован в картонную коробку. Размер калькулятора – 102*137*31 мм, вес – 91 г, цвет – чёрный. Гарантия 3 года. Настольный калькулятор – незаменимый помощник в офисе, школе и дома. Eleven Business Line - линейка настольных калькуляторов для ежедневного использования в офисе по оптимальной цене. • Разрядность: 10; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка AG10&amp;#40;LR1130&amp;#41;&amp;#41;; • Клавиша «00»; • Расчёт налогов; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940119</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/39c/av48pwnp017zwal7fow3rewb1ihwkxqu.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven Business Line CMB1201-BK, 12 разрядов, двойное питание, 102 137 31мм, черный</t>
+  </si>
+  <si>
+    <t>12-ти разрядный настольный калькулятор Eleven CMB1201-BK – незаменимый помощник в офисе, школе и дома. Базовый набор функций поможет автоматизировать расчёты: вычисление квадратного корня, операции с процентами и коррекция последнего введенного значения. Компактный размер поможет оптимизировать место на рабочем столе. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарейка AG10&amp;#40;LR1130&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Упакован в картонную коробку. Размер калькулятора – 102*137*31 мм, вес – 91 г, цвет – чёрный. Гарантия 3 года. Настольный калькулятор – незаменимый помощник в офисе, школе и дома. Eleven Business Line - линейка настольных калькуляторов для ежедневного использования в офисе по оптимальной цене. • Разрядность: 12; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка AG10&amp;#40;LR1130&amp;#41;&amp;#41;; • Клавиша «00»; • Расчёт налогов; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940120</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c2e/oikcg2cmoy8duxocmaqpii2rf7tmlmc3.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven Business Line CMB801-BK, 8 разрядов, двойное питание, 102 137 31мм, черный</t>
+  </si>
+  <si>
+    <t>8-ми разрядный настольный калькулятор Eleven CMB801-BK – незаменимый помощник в офисе, школе и дома. Базовый набор функций поможет автоматизировать расчёты: вычислить квадратный корень, провести операции с процентами. Компактный размер поможет оптимизировать место на рабочем столе. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарейка AG10&amp;#40;LR1130&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Упакован в картонную коробку. Размер калькулятора – 102*137*31 мм, вес – 91 г, цвет – чёрный. Гарантия 3 года. Настольный калькулятор – незаменимый помощник в офисе, школе и дома. Eleven Business Line - линейка настольных калькуляторов для ежедневного использования в офисе по оптимальной цене. • Разрядность: 8; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка AG10&amp;#40;LR1130&amp;#41;&amp;#41;; • Расчёт налогов; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940121</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a20/a3gr5o51t1x7v2ka46rz532arooo12u0.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-022SR, 10 разрядов, двойное питание, 88 127 23мм, черный</t>
+  </si>
+  <si>
+    <t>10-ти разрядные малый настольный калькулятор Eleven SDC-022SR– простое и компактное устройство, предназначенное для быстрых элементарных расчётов. Выполняет набор самых необходимых вычислений, в том числе операции с квадратным корнем и процентами. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарея AG10&amp;#40;LR1130&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Размер калькулятора –88*127*23 мм, вес – 66 г, цвет – чёрный. Гарантия 5 лет. • Разрядность: 10; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка AG10&amp;#40;LR1130&amp;#41;&amp;#41;; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940122</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53d/x8xk0diqkma2xop45n8oswvtixkx3n6b.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-444S, 12 разрядов, двойное питание, 155 205 36мм, черный</t>
+  </si>
+  <si>
+    <t>12-ти разрядный настольный калькулятор Eleven SDC-444S предназначен для выполнения арифметических операций. Оптимальный набор функций поможет автоматизировать расчёты: вычисление квадратного корня, коррекция последнего введенного значения, кнопка «00», двойная память, расчёт наценки, смена знака. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарея GP189&amp;#40;LR54&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Размер калькулятора – 153*199*31 мм, вес – 209 г, цвет – чёрный. Упакован в картонную коробку. Гарантия 5 лет. • Разрядность: 12; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка GP189&amp;#40;LR54&amp;#41;&amp;#41;; • Клавиша «00»; • Двойная память; • Расчёт наценки; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940123</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/93b/zb2sedn9i0tmlr9mlfh19smobkjydxse.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-444X-GN, 12 разрядов, двойное питание, 155 204 33мм, бирюзовый</t>
+  </si>
+  <si>
+    <t>12-ти разрядный настольный калькулятор Eleven SDC-444X-GN предназначен для выполнения арифметических операций. Оптимальный набор функций поможет автоматизировать расчёты: вычисление квадратного корня, коррекция последнего введенного значения, кнопка «00», двойная память, расчёт наценки, смена знака. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарея GP189&amp;#40;LR54&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Размер калькулятора – 153*199*31 мм, вес – 209 г, цвет – чёрный. Упакован в картонную коробку.Гарантия 5 лет. • Разрядность: 12; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка GP189&amp;#40;LR54&amp;#41;&amp;#41;; • Клавиша «00»; • Двойная память; • Расчёт наценки; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940124</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca0/5v7tkznvlvksjozx1ex728ao9we5m1hq.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-444X-PK, 12 разрядов, двойное питание, 155 204 33мм, розовый</t>
+  </si>
+  <si>
+    <t>12-ти разрядный настольный калькулятор Eleven SDC-444X-PK предназначен для выполнения арифметических операций. Оптимальный набор функций поможет автоматизировать расчёты: вычисление квадратного корня, коррекция последнего введенного значения, кнопка «00», двойная память, расчёт наценки, смена знака. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарея GP189&amp;#40;LR54&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Размер калькулятора – 153*199*31 мм, вес – 209 г, цвет – чёрный. Упакован в картонную коробку. Гарантия 5 лет. • Разрядность: 12; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка GP189&amp;#40;LR54&amp;#41;&amp;#41;; • Клавиша «00»; • Двойная память; • Расчёт наценки; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940125</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6e/1qs08h1iljds3d94ciziw22k5h39vuu3.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-444X-WH, 12 разрядов, двойное питание, 155 204 33мм, белый</t>
+  </si>
+  <si>
+    <t>12-ти разрядный настольный калькулятор Eleven SDC-444X-WH предназначен для выполнения арифметических операций. Оптимальный набор функций поможет автоматизировать расчёты: вычисление квадратного корня, коррекция последнего введенного значения, кнопка «00», двойная память, расчёт наценки, смена знака. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарея GP189&amp;#40;LR54&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Размер калькулятора – 153*199*31 мм, вес – 209 г, цвет – чёрный. Упакован в картонную коробку. Гарантия 5 лет. • Разрядность: 12; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка GP189&amp;#40;LR54&amp;#41;&amp;#41;; • Клавиша «00»; • Двойная память; • Расчёт наценки; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940126</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c6/697hv446soshdtlkoska3j3v4m8wx3kn.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-554S, 14 разрядов, двойное питание, 155 205 36мм, черный</t>
+  </si>
+  <si>
+    <t>14-ти разрядный настольный калькулятор Eleven SDC-554S предназначен для выполнения арифметических операций. Оптимальный набор функций поможет автоматизировать расчёты: вычисление квадратного корня, расчёт наценки, расчёт налогов, функция смены знака, кнопка «00», коррекция последнего введенного значения. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарея GP189&amp;#40;LR54&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Размер калькулятора – 153*199*31 мм, вес – 209 г, цвет – чёрный. Эргономичная форма, крупные клавиши, устойчивые прорезиненные ножки позволят работать эффективнее. Гарантия 5 лет. • Разрядность: 14; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка GP189&amp;#40;LR54&amp;#41;&amp;#41;; • Клавиша «00»; • Двойная память; • Расчёт наценки; • Расчёт налогов; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940127</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac1/0415eykrr3ilk53d9p5cdt16w4c6xjc3.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-664S, 16 разрядов, двойное питание, 155 205 36мм, черный</t>
+  </si>
+  <si>
+    <t>16-та разрядный настольный калькулятор Eleven SDC-664S предназначен для выполнения арифметических операций. Оптимальный набор функций поможет автоматизировать расчеты: вычисление квадратного корня, расчет наценки, конвертация валют, функция смены знака, кнопка «00», коррекция последнего введенного значения. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарея GP189&amp;#40;LR54&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Размер калькулятора – 153*199*31 мм, вес – 202,5 г, цвет – чёрный. Эргономичная форма, крупные клавиши, устойчивые прорезиненные ножки позволят работать эффективнее. Гарантия 5 лет. • Разрядность: 16; • Клавиша «00»; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка GP189&amp;#40;LR54&amp;#41;&amp;#41;; • Конвертация валют; • Расчет наценки; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940128</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/700/zz67yayqm3idyzm69pjaz4sfpxkavf2f.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-805NR, 8 разр., двойное питание, 127 105 21мм, черный</t>
+  </si>
+  <si>
+    <t>8-ми разрядные малые настольные калькуляторы Eleven SDC-805NR – простые и компактные устройства, предназначенные для быстрых элементарных расчётов. Оптимальный набор функций поможет автоматизировать расчёты: вычисление квадратного корня, функция смены знака. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарея AG10&amp;#40;LR1130&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Размер калькулятора –105*120*21мм, вес – 87 г, цвет – чёрный. Гарантия 5 лет. • Разрядность: 8; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка AG10&amp;#40;LR1130&amp;#41;&amp;#41;; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940129</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aa5/oq9bg3jfa54b11wj9osk01ichb4vppft.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-805NR-PK, 8 разр., двойное питание, 127 105 21мм, розовый</t>
+  </si>
+  <si>
+    <t>8-ми разрядные малые настольные калькуляторы Eleven SDC-805NR-PK – простые и компактные устройства, предназначенные для быстрых элементарных расчётов. Оптимальный набор функций поможет автоматизировать расчёты: вычисление квадратного корня, функция смены знака. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарея AG10&amp;#40;LR1130&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Размер калькулятора –105*120*21мм, вес – 87 г, цвет – чёрный. Гарантия 5 лет. • Разрядность: 8; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка AG10&amp;#40;LR1130&amp;#41;&amp;#41;; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940132</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/109/hokkuvxliq3qtwtz47x3tw45y5806vkd.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-805NR-WH, 8 разр., двойное питание, 127 105 21мм, белый</t>
+  </si>
+  <si>
+    <t>8-ми разрядные малые настольные калькуляторы Eleven SDC-805NR-WH – простые и компактные устройства, предназначенные для быстрых элементарных расчётов. Оптимальный набор функций поможет автоматизировать расчёты: вычисление квадратного корня, функция смены знака. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарея AG10&amp;#40;LR1130&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Размер калькулятора –105*120*21мм, вес – 87 г, цвет – чёрный. Гарантия 5 лет. • Разрядность: 8; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка AG10&amp;#40;LR1130&amp;#41;&amp;#41;; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940133</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dab/iyf8yngkss0ajuovd2aqos3w44e3hb6m.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-810NR, 10 разрядов, двойное питание, 127 105 21мм, черный</t>
+  </si>
+  <si>
+    <t>10-ти разрядный настольный калькулятор Eleven SDC-810NR-GN предназначен для выполнения арифметических операций. Оптимальный набор функций поможет автоматизировать расчёты: функция смены знака, коррекция последнего введенного значения. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарея GP189&amp;#40;LR54&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Размер калькулятора – 102*124*25 мм, вес – 94 г, цвет – бирюзовый. Упакован в картонную коробку. Гарантия 5 лет. • Разрядность: 10; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка GP189&amp;#40;LR54&amp;#41;&amp;#41;; • Клавиша «00»;</t>
+  </si>
+  <si>
+    <t>940134</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f2/jldacmcx72t6gzm9s2qw26xq9ru2q444.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-810NR-NV, 10 разрядов, двойное питание, 127 105 21мм, темно-синий</t>
+  </si>
+  <si>
+    <t>10-ти разрядный настольный калькулятор Eleven SDC-810NR-NV предназначен для выполнения арифметических операций. Оптимальный набор функций поможет автоматизировать расчёты: функция смены знака, коррекция последнего введенного значения. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарея GP189&amp;#40;LR54&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Размер калькулятора – 102*124*25 мм, вес – 94 г, цвет – тёмно-синий. Упакован в картонную коробку. Гарантия 5 лет. • Разрядность: 10; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка GP189&amp;#40;LR54&amp;#41;&amp;#41;; • Клавиша «00»;</t>
+  </si>
+  <si>
+    <t>940136</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e94/mu2i2k4ycmi9btu2ir8okalk24phn1nc.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-812NR, 12 разрядов, двойное питание, 127 105 21мм, черный</t>
+  </si>
+  <si>
+    <t>12-ти разрядный настольный калькулятор Eleven SDC-812NR-GN предназначен для выполнения арифметических операций. Оптимальный набор функций поможет автоматизировать расчёты: функция смены знака, коррекция последнего введенного значения, кнопка «00». Двойное питание &amp;#40;солнечная батарея &amp;#43; батарея GP189&amp;#40;LR54&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Размер калькулятора – 102*124*25 мм, вес – 94 г, цвет – бирюзовый. Упакован в картонную коробку. Гарантия 5 лет. • Разрядность: 12; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка GP189&amp;#40;LR54&amp;#41;&amp;#41;; • Клавиша «00»;</t>
+  </si>
+  <si>
+    <t>940139</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f28/ccuureejc2jgoxdic9g7jy5k9jh1n3qo.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-888TII, 12 разрядов, двойное питание, 158 203 31мм, черный</t>
+  </si>
+  <si>
+    <t>12-ти разрядный настольный калькулятор Eleven SDC-888TII предназначен для выполнения арифметических операций. Оптимальный набор функций поможет автоматизировать расчёты: вычисление квадратного корня, коррекция последнего введенного значения, кнопка «00», двойная память, расчёт наценки. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарея GP189&amp;#40;LR54&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Размер калькулятора – 158*203*31 мм, вес – 228 г, цвет – чёрный. Эргономичная форма, крупные клавиши, устойчивые прорезиненные ножки позволят работать эффективнее. Гарантия 5 лет. Настольный калькулятор – незаменимый помощник в офисе, школе и дома. • Разрядность: 12; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка GP189&amp;#40;LR54&amp;#41;&amp;#41;; • Клавиша 00; • Расчёт наценки; • Двойная память; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940140</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ee/2jsbvh6itpwnsns3ya6xc58p7xsrf7n5.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-888X-BL, 12 разрядов, двойное питание, 158 203 31мм, синий</t>
+  </si>
+  <si>
+    <t>12-ти разрядный настольный калькулятор Eleven SDC-888XBL предназначен для выполнения арифметических операций. Оптимальный набор функций поможет автоматизировать расчёты: вычисление квадратного корня, коррекция последнего введенного значения, кнопка «00», двойная память, расчёт наценки. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарея GP189&amp;#40;LR54&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Размер калькулятора – 158*203*31 мм, вес – 228 г, цвет – синий. Эргономичная форма, крупные клавиши, устойчивые прорезиненные ножки позволят работать эффективнее. Упакован в картонную коробку. Гарантия 5 лет. • Разрядность: 12; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка GP189&amp;#40;LR54&amp;#41;&amp;#41;; • Клавиша «00»; • Расчёт наценки; • Двойная память; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940142</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/387/4take3y6rt0va99p8fn6uelx3g30xte5.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-888X-RD, 12 разрядов, двойное питание, 158 203 31мм, красный</t>
+  </si>
+  <si>
+    <t>12-ти разрядный настольный калькулятор Eleven SDC-888XRD предназначен для выполнения арифметических операций. Оптимальный набор функций поможет автоматизировать расчёты: вычисление квадратного корня, коррекция последнего введенного значения, кнопка «00», двойная память, расчёт наценки. Двойное питание &amp;#40;солнечная батарея &amp;#43; батарея GP189&amp;#40;LR54&amp;#41;&amp;#41; и автоматическое отключение увеличивают срок службы. Размер калькулятора – 158*203*31 мм, вес – 228 г, цвет – красный. Эргономичная форма, крупные клавиши, устойчивые прорезиненные ножки позволят работать эффективнее. Упакован в картонную коробку. Гарантия 5 лет. • Разрядность: 12; • Тип питания – двойное &amp;#40;солнечная батарея/батарейка GP189&amp;#40;LR54&amp;#41;&amp;#41;; • Клавиша «00»; • Расчёт наценки; • Двойная память; • Квадратный корень;</t>
+  </si>
+  <si>
+    <t>940143</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fbe/2ruho40bw37k5vvilldayzk3te15tj7o.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛН.Attache AF-888,12р,дв.пит,204x158мм, темно-красный</t>
+  </si>
+  <si>
+    <t>950521</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ff/y30l328njovprisucdnwrwvi50qnrjyj.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛН.Attache AF-888,12р,дв.пит,204x158мм, темно-синий</t>
+  </si>
+  <si>
+    <t>950522</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/997/hzzt0yenmbs1z378qam6scdvd4nbj2fg.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛН Р Attache AF-888,12р,дв.пит,204x158мм, белый</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛН/Р Attache AF-888,12р,дв.пит,204x158мм, белый</t>
+  </si>
+  <si>
+    <t>950523</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0cb/jk2yo2kbj308hmwots9npqnk7jgmnqbu.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛН Р Attache AF-888,14р,дв.пит,204x158мм, черный</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛН/Р Attache AF-888,14р,дв.пит,204x158мм, черный</t>
+  </si>
+  <si>
+    <t>950524</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de6/x3i4qhebah9ohhlgvdqjhapqiwigiamt.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор INFORMAT IFCS-1 12 разрядов, научный серебристый черный 240 функций</t>
+  </si>
+  <si>
+    <t>Калькулятор INFORMAT IFCS-1 12 разрядов, научный серебристый/черный 240 функций</t>
+  </si>
+  <si>
+    <t>953154</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/183/0zx7r22az2l2ic1n8g6yznmdpk9rkw2p.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛНОРАЗМ. КОМУС EM444, 12-р, дв.пит, 204x155мм, черный</t>
+  </si>
+  <si>
+    <t>962824</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ee/i1jpj8i4t4goc9ro2vpicbj2jw75cely.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛНОРАЗМ. КОМУС KF-444,12-р, дв.пит, 183x135мм, черный</t>
+  </si>
+  <si>
+    <t>962825</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d3b/4ukiwxeqy5j1lz67ib1n2hjux5rjz2kz.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛН Р Attache AF-777,12р,дв.пит,200x155мм, черный</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛН/Р Attache AF-777,12р,дв.пит,200x155мм, черный</t>
+  </si>
+  <si>
+    <t>962828</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/020/l4st2rx7nlh1wm2axc2kxupqmw6j1er6.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный Deli EM130, 12-р, дв.пит., 70.2x8.5x112.2 мм, темно-серый</t>
+  </si>
+  <si>
+    <t>962833</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e8c/l41ciy01v3x9wkbxrq64pg16280biv34.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор печатающий Deli EM121-EU, 12-разряд, 172x203x55мм, черный</t>
+  </si>
+  <si>
+    <t>962834</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f3/ike5g2f4lujms1evohd2mqi8xfizrbhj.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный КОМПАКТНЫЙ Deli E1519A, 12-р, дв.пит., 140x102мм, черный</t>
+  </si>
+  <si>
+    <t>973164</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/38a/ewdbfnivjf6u38z5f8627ojnp9sikxhb.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор карманный 8-разрядов Erich Krause PC-101 Pastel, розовый  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Карманный калькулятор в пластиковом корпусе с 8-разрядным ЖК - дисплеем. Имеет одноуровневую память. Оптимальный набор вычислительных функций позволяет совершать основные математические операции, рассчитывать проценты, извлекать квадратный корень и запоминать промежуточный результат. Для экономии энергии предусмотрены два источника питания: солнечная и алкалиновая батареи, а также функция автоматического выключения. Для защиты от загрязнений, повреждений и случайного включения в комплекте предусмотрена PVC обложка.</t>
+  </si>
+  <si>
+    <t>978536</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/029/r6x1islmauh2vmzt86ovy9vc14g33kqr.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор карманный 8-разрядов Erich Krause PC-101 Pastel, фиолетовый  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>978537</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f21/56c57z77ksrzg4xthhivlur4ssxu5s4p.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор карманный 8-разрядов Erich Krause PC-103 Neon, желтый  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>978538</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a25/j8ftibltmf4g3zvhohvhahn2b5v639kl.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор карманный 8-разрядов Erich Krause PC-103 Neon, розовый  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>978539</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a91/7tiju6kmm8zp87jlzdl646r3v804ojg8.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор карманный 8-разрядов Erich Krause PC-131 Classic, белый  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>978540</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e85/9gnl88zqdrm7t7q2tkq8kifu65hr1m9a.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор карманный 8-разрядов Erich Krause PC-131 Classic, синий  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>978541</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/460/75uxdjm3k640v9y7wvkqgxekxodl0tk8.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор карманный 8-разрядов Erich Krause PC-900 Pastel Bloom, ассорти  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Карманный калькулятор в пластиковом корпусе с 8-разрядным ЖК - дисплеем. Имеет одноуровневую память. Оптимальный набор вычислительных функций позволяет совершать основные математические операции, рассчитывать проценты, извлекать квадратный корень и запоминать промежуточный результат. Для экономии энергии предусмотрены два источника питания: солнечная и алкалиновая батареи, а также функция автоматического выключения.</t>
+  </si>
+  <si>
+    <t>978542</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c8/lg3wjub5domprfps3p4lv5dx1qczw9vg.jpg</t>
+  </si>
+  <si>
+    <t>978543</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/13f/qaw6u6l1c5o63797gm28qqsdfm634yfq.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор карманный 8-разрядов Erich Krause PC-987 Classic, белый  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>978544</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/18a/8sn22snzax0wusjto6c5jz6273zdtqk2.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор карманный 8-разрядов Erich Krause PC-987 Neon, розовый  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>978545</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/72b/vdt86rkvzirbp779tzktydss11vzj5cm.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор настольный 12-разрядов Erich Krause DC-2675 Classic, черный  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Бухгалтерский калькулятор в пластиковом корпусе с 12-разрядным ЖК - дисплеем. Имеет одноуровневую память. Оптимальный набор вычислительных функций позволяет совершать основные математические операции, рассчитывать проценты, наценку, извлекать квадратный корень, суммировать произведенные операции и запоминать промежуточный результат. Удобная клавиатура снабжена кнопками двойного нуля и удаления последней отображаемой цифры. Для экономии энергии предусмотрены два источника питания: солнечная и алкалиновая батарея, а также функция автоматического выключения.</t>
+  </si>
+  <si>
+    <t>978546</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9cb/42xwb2bql6lwfodkiunkipm8h98b8p6p.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор настольный 12-разрядов Erich Krause DC-2708-12 Classic, белый  в пэт-боксе по 1 штуке </t>
+  </si>
+  <si>
+    <t>Бухгалтерский калькулятор в пластиковом корпусе с 12-разрядным ЖК - дисплеем. Имеет одноуровневую память. Оптимальный набор вычислительных функций позволяет совершать основные математические операции, рассчитывать проценты, наценку, извлекать квадратный корень, суммировать произведенные операции и запоминать промежуточный результат. Удобная клавиатура снабжена кнопками двойного нуля и удаления последней отображаемой цифры. Источник питания - солнечная батарея. Также имеет функцию автоматического выключения.</t>
+  </si>
+  <si>
+    <t>978547</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b7/i3dljiwiq00tvi67al7jkvrlw92t8xma.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Калькулятор научный 10-разрядов Erich Krause SC-222 Classic, 240 функций, черный  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Научный калькулятор непрограммируемый в пластиковом корпусе с 10-разрядным ЖК - дисплеем. Большой набор вычислительных функций позволяет совершать основные математические операции, извлекать квадратный корень, рассчитывать логарифмы, совершать тригонометрические операции и расчёты с инженерными обозначениями, осуществлять статистические расчёты, производить расчёты с градусами, минутами, секундами. Для экономии энергии предусмотрены два источника питания: солнечная и алкалиновая батареи, а также функция автоматического выключения.</t>
+  </si>
+  <si>
+    <t>978548</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/426/ifs36mehzz5zoqm4z6pmedguadigntoa.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор инженерный BRAUBERG SC-82ESP  165х84 мм , 252 функции, 10 2 разрядов, двойное питание, 271723</t>
+  </si>
+  <si>
+    <t>Непрограммируемый инженерный калькулятор BRAUBERG SC-82ESP выполняет все основные вычисления, которые понадобятся школьникам на экзаменах и контрольных работах. Сертифицирован для использования на ЕГЭ и ОГЭ по физике, химии, географии. 252 встроенные научные и статистические функции позволяют вычислять степени и корни, площади, объемы, обратные числа, факториалы, случайные числа, логарифмы и антилогарифмы, а также производить статистические расчеты и вычисления с прямыми и обратными гиперболическими и тригонометрическими функциями &amp;#40;в том числе в градусах, радианах и градах&amp;#41;. Также доступны создание числовых таблиц.Встроенный аккумулятор и солнечная батарея, образующие единую схему питания, позволяют калькулятору работать при любом освещении, а кнопка выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи. Материал кнопок – пластик. Размер – 165х84 мм. Гарантия – 10 лет.</t>
+  </si>
+  <si>
+    <t>979350</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24f/nl1xf59l01mxmajklqkvdt253s5rztxn.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор инженерный BRAUBERG SC-82MSС  165х84 мм , 240 функций, 10 2 разрядов, двойное питание, 271722</t>
+  </si>
+  <si>
+    <t>Непрограммируемый инженерный калькулятор BRAUBERG SC-82MSC выполняет выполняет все основные вычисления, которые понадобятся школьникам на экзаменах и контрольных работах. Сертифицирован для использования на ЕГЭ и ОГЭ по физике, химии, географии. 240 встроенных научных и статистических функций позволяют вычислять степени и корни, площади, объемы, обратные числа, факториалы, случайные числа, логарифмы и антилогарифмы, а также производить статистические расчеты и вычисления с прямыми и обратными гиперболическими и тригонометрическими функциями &amp;#40;в том числе в градусах, радианах и градах&amp;#41;. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания, позволяют калькулятору работать при любом освещении, а кнопка выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи. Материал кнопок – пластик. Размер – 165х84 мм. Гарантия – 10 лет.</t>
+  </si>
+  <si>
+    <t>979352</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/789/si9lcurx617wbl5iyg8jphlw7gqkrtqd.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор инженерный BRAUBERG SC-991ESP  165х84 мм , 417 функций, 10 2 разрядов, двойное питание, 271725</t>
+  </si>
+  <si>
+    <t>Непрограммируемый инженерный калькулятор BRAUBERG SC-991ESP в выполняет выполняет все основные вычисления, которые понадобятся школьникам на экзаменах и контрольных работах. Сертифицирован для использования на ЕГЭ и ОГЭ по физике, химии, географии. 417 встроенных научных и статистических функций позволяют вычислять степени и корни, факториалы, логарифмы и антилогарифмы, интегралы и дифференциалы, а также производить статистические расчеты и вычисления с прямыми и обратными гиперболическими и тригонометрическими функциями &amp;#40;в том числе в градусах, радианах и градах&amp;#41;. Калькулятор поддерживает систему естественного ввода/вывода математических выражений и позволяет выводить на дисплей обыкновенные дроби, степени, корни, логарифмы и экспоненты в привычном всем еще со школы виде. Это делает интерфейс более &amp;quot;дружелюбным&amp;quot; для пользователя и позволяет снизить количество вычислительных ошибок. Калькулятор может переключаться между двоичной, восьмеричной и шестнадцатеричной системами исчисления. Также доступны создание числовых таблиц, вычисления с векторами, комплексными числами, матрицами, а также решение уравнений.Наряду с кнопкой выключения OFF в калькулятор встроена функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41;, которая позволяет максимально продлить срок его службы без замены батареи. Материал кнопок – пластик. Размер – 165х84 мм. Гарантия – 10 лет.</t>
+  </si>
+  <si>
+    <t>979353</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/05a/e59rehzesblakhg3qj11d71b8p3ms16d.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор инженерный BRAUBERG SC-991EX-Plus  165х84 мм , 552 функции,10 2 разрядов, двойное питание, 271726</t>
+  </si>
+  <si>
+    <t>Непрограммируемый инженерный калькулятор BRAUBERG SC-991EX-Plus выполняет выполняет все основные вычисления, которые понадобятся школьникам на экзаменах и контрольных работах. Сертифицирован для использования на ЕГЭ и ОГЭ по физике, химии, географии. 552 встроенные научные и статистические функции позволяют вычислять степени и корни, факториалы, логарифмы и антилогарифмы, интегралы и дифференциалы, комплексные числа, а также производить статистические расчеты и вычисления с прямыми и обратными гиперболическими и тригонометрическими функциями &amp;#40;в том числе в градусах, радианах и градах&amp;#41;, вычисления с векторами, матрицами, распределениями и таблицами и решать уравнения, неравенства, пропорции. Калькулятор поддерживает систему естественного ввода/вывода математических выражений и позволяет выводить на дисплей обыкновенные дроби, степени, корни, логарифмы и экспоненты в привычном всем еще со школы виде. Это делает интерфейс более &amp;quot;дружелюбным&amp;quot; для пользователя и позволяет снизить количество вычислительных ошибок. Калькулятор может переключаться между двоичной, восьмеричной и шестнадцатеричной системами исчисления. Наряду с кнопкой выключения OFF в калькулятор встроена функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41;, которая позволяет максимально продлить срок его службы без замены батареи. Материал кнопок – пластик. Размер – 165х84 мм. Гарантия – 10 лет.</t>
+  </si>
+  <si>
+    <t>979354</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/42c/uun1no3yjkmrvxgwrt1hvbbhga3bfzp7.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор инженерный BRAUBERG SC-991MS  157x82 мм , 401 функция, 10 2 разрядов, двойное питание, 271724</t>
+  </si>
+  <si>
+    <t>Непрограммируемый инженерный калькулятор BRAUBERG SC-991MS выполняет все основные вычисления, которые понадобятся школьникам на экзаменах и контрольных работах. Сертифицирован для использования на ЕГЭ и ОГЭ по физике, химии, географии. 401 встроенная научная и статистическая функции позволяют вычислять степени и корни, площади, объемы, обратные числа, факториалы, случайные числа, логарифмы и антилогарифмы, а также производить статистические расчеты и вычисления с прямыми и обратными гиперболическими и тригонометрическими функциями &amp;#40;в том числе в градусах, радианах и градах&amp;#41;, вычисления с уравнениями, вычисления комплексных чисел, вычисления дифференциалов и интегралов, матричные и векторные вычисления. Калькулятор поддерживает систему естественного ввода/вывода математических выражений и позволяет выводить на дисплей обыкновенные дроби, степени, корни, логарифмы и экспоненты в привычном всем еще со школы виде. Это делает интерфейс более &amp;quot;дружелюбным&amp;quot; для пользователя и позволяет снизить количество вычислительных ошибок.Встроенный аккумулятор и солнечная батарея, образующие единую схему питания, позволяют калькулятору работать при любом освещении, а кнопка выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи. Материал кнопок – пластик. Размер – 157х82 мм. Гарантия – 10 лет.</t>
+  </si>
+  <si>
+    <t>979355</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf4/911akez7zeeqq22xttetq7lgorhuew04.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор с линейкой 15 см, BRAUBERG DC-107  53x158 мм , 8 разрядов, 271727</t>
+  </si>
+  <si>
+    <t>Линейка с калькулятором BRAUBERG DC-107 – это компактный и удобный инструмент, предназначенный для выполнения вычислительных, чертежных и измерительных работ в школе, дома и в офисе. Стильный минималистичный дизайн отлично впишется в любой интерьер. Современный и незаменимый девайс 2 в 1: линейка со шкалой 15 см и калькулятор. Размер – 53х158х9 мм. Упаковка – блистер с европодвесом. Гарантия – 10 лет. 8-разрядный калькулятор производит все основные арифметические действия, в том числе вычисление с памятью, вычисление с процентами, возведение в степень и извлечение квадратного корня. Вводимые данные и результаты вычислений хорошо видны на жидкокристаллическом дисплее благодаря надежному японскому коннектору. Прорезиненные антискользящие кнопки гарантируют комфортное использование и долгий срок службы изделия. Работает от сменной батарейки L1131F &amp;#40;AG10&amp;#41;. Размер дисплея – 40х19 мм. Цвет – серый.Имеет двойную градацию &amp;#40;сантиметр и дюйм&amp;#41;. Линейка обладает четкой разметкой, что делает ее удобной в использовании. Цвет – прозрачный.</t>
+  </si>
+  <si>
+    <t>979356</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/611/w86vzp606g841pl11zt96lz839t0u47y.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven Business Line CDB1201-BK BL, 12 разрядов, двойное питание, 155 205 35мм, черный синий</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven Business Line CDB1201-BK/BL, 12 разрядов, двойное питание, 155*205*35мм, черный/синий</t>
+  </si>
+  <si>
+    <t>982242</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f2a/pref3fjf58kln6c0wjpauw02qqoo615g.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven Business Line CDB1201-BK OR, 12 разрядов, двойное питание, 155 205 35мм, черный оранжевый</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven Business Line CDB1201-BK/OR, 12 разрядов, двойное питание, 155*205*35мм, черный/оранжевый</t>
+  </si>
+  <si>
+    <t>982243</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/50a/web1ywmmh223jaj4uwnaja070l688frw.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven Business Line CDB1201-BK RD, 12 разрядов, двойное питание, 155 205 35мм, черный красный</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven Business Line CDB1201-BK/RD, 12 разрядов, двойное питание, 155*205*35мм, черный/красный</t>
+  </si>
+  <si>
+    <t>982244</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/153/e1u2joanz8p80iiocx4so14yt222z6ae.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-444X-BK, 12 разрядов, двойное питание, 155 204 33мм, черный</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-444X-BK, 12 разрядов, двойное питание, 155*204*33мм, черный</t>
+  </si>
+  <si>
+    <t>982245</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/064/q7i3hbfua73qhxd5awsdrcxrrn8o964m.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-444X-GR, 12 разрядов, двойное питание, 155 204 33мм, cерый</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный Eleven SDC-444X-GR, 12 разрядов, двойное питание, 155*204*33мм, cерый</t>
+  </si>
+  <si>
+    <t>982246</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ae/k5d4a9bbxjja5tfrh0ebbibi9k3u7vfl.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор научный Eleven SR-135N, 10 2 разрядов, 240 функций, питание от батарейки, 75,5 148 13мм, черный</t>
+  </si>
+  <si>
+    <t>Калькулятор научный Eleven SR-135N, 10&amp;#43;2 разрядов, 240 функций, питание от батарейки, 75,5*148*13мм, черный</t>
+  </si>
+  <si>
+    <t>982247</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e6/5rhld48ehj6h9g7uzc06ye4vkw2gd77i.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор научный Eleven SR-270N, 10 2 разрядов, 240 функций, двойное питание, 82 162 16мм, черный</t>
+  </si>
+  <si>
+    <t>Калькулятор научный Eleven SR-270N, 10&amp;#43;2 разрядов, 240 функций, двойное питание, 82*162*16мм, черный</t>
+  </si>
+  <si>
+    <t>982248</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/665/mk4vj6l1ejdyqam2lw7240x93jfd71r1.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор научный Eleven SR-270X, матричный дисплей, 417 функций, двойное питание, 81 165 16 мм, черный</t>
+  </si>
+  <si>
+    <t>Калькулятор научный Eleven SR-270X, матричный дисплей, 417 функций, двойное питание, 81*165*16 мм, черный</t>
+  </si>
+  <si>
+    <t>982249</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/157/yxqwi3crwotrgacantzvvppy1ps4hmck.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный Deli E1122, 12-р, дв.пит., 120x86мм, зеленый</t>
+  </si>
+  <si>
+    <t>987870</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c6a/5wb6k0ody4v4tr56cojpck8dou0f6tnm.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный с крышк. Attache, AEP-101, 8р, дв.пит., черный</t>
+  </si>
+  <si>
+    <t>987871</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d8/kk807dfpibxnne3a3xk5g59uwr9fq01f.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный Attache, AEP-100, 8р, двойное питание, черный</t>
+  </si>
+  <si>
+    <t>987872</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b6/pcmc023pefmwtwsk8i8j19expklklhbw.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛНОРАЗМЕРНЫЙ Attache AF-445B, 12р, дв.пит, черный</t>
+  </si>
+  <si>
+    <t>987874</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/237/vv5zmzsb3q9917lvehr2kiojhgveqdwq.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛНОРАЗМЕРНЫЙ Attache AF-445S,12р, дв.пит, серебр</t>
+  </si>
+  <si>
+    <t>987876</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/852/h7zocg43yofbq4dzgnojydxwqriovknt.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный с линейкой Attache AR-300, 8р., пит. от бат., серый</t>
+  </si>
+  <si>
+    <t>987877</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/52b/swtbh4tecfgxy5x6718sw4xo7pc6h8t3.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный КОМПАКТНЫЙ Attache, AС-223P,8р,дв. пит, фиолет,134x107x34</t>
+  </si>
+  <si>
+    <t>987878</t>
+  </si>
+  <si>
     <t>40</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9ce/9ce5c9d13df65d0cf7e9b70db4b9dd1b.jpg</t>
-[...2576 lines deleted...]
-    <t>987878</t>
+    <t>http://anytos.ru//upload/iblock/88c/0fsg4333sdoyt0m78a7ceir77fkp2o4o.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ПОЛНОРАЗМЕРНЫЙ Attache AF-777 16р,дв.пит,209x154мм, черн</t>
+  </si>
+  <si>
+    <t>987879</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed3/mpjk7gqqdcsj5myyje2vgimgjqf3agi8.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный ПОЛНОРАЗМЕРНЫЙ Attache AF-447R,12р,дв.пит,роз,198x153x42</t>
   </si>
   <si>
     <t>987880</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62e/4lfl13hdovud2chwiterb9z3cu95vpfm.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный ПОЛНОРАЗМЕРНЫЙ Attache AF-447P,12р,дв.пит,фиол,198x153x42</t>
   </si>
   <si>
     <t>987882</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/137/d930th3gvylkpkaicz4huy8ozyon8kdx.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный ПОЛНОРАЗМЕРНЫЙ Attache AF-446BG,12р,дв.п,ч сер,203x153x48</t>
   </si>
@@ -2753,50 +2810,59 @@
   <si>
     <t>987888</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/805/m52wt2y6iv0m0ttvwlo7aras4fehkfm9.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный ПОЛНОРАЗМЕРНЫЙ Attache AF-446BO,12р,дв.п,ч ор,203x153x48</t>
   </si>
   <si>
     <t>Калькулятор настольный ПОЛНОРАЗМЕРНЫЙ Attache AF-446BO,12р,дв.п,ч/ор,203x153x48</t>
   </si>
   <si>
     <t>987889</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae7/4x4cpsw3ycr8i02mrci9atvny5z7jmkn.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный КОМПАКТНЫЙ Attache, AС-223M,8р,дв. пит, мятный,134x107x34</t>
   </si>
   <si>
     <t>987890</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/60c/5h9eiergzbyoad5d4htfgugvjcawsreu.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный КОМПАКТНЫЙ Attache, AС-223BL,8р,дв. пит, голуб,134x107x34</t>
+  </si>
+  <si>
+    <t>987893</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8cb/t7treb0pk8302nteimbt2cskexdc55pk.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный КОМПАКТНЫЙ Attache, AС-223B,8р,дв. пит, черн,134x107x34</t>
   </si>
   <si>
     <t>987895</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/492/msak7xl6l89xe1bmmk3cxeoqo8d9a1bb.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный КОМПАКТНЫЙ Attache, AС-225, 12р, дв.пит, серый,147x105x33</t>
   </si>
   <si>
     <t>987896</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6eb/5u0egdsameiji9c6duwkxubgkx0ispwr.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный ПОЛНОРАЗМЕРНЫЙ Attache AF-447B,12р,дв.пит,черн,198x153x42</t>
   </si>
   <si>
     <t>987897</t>
@@ -2870,62 +2936,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/9dc/136cuc60iwqlobgs0ujbme2whuf1auc0.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный Eleven CDC-110-OR, 12 разрядов, двойное питание, 125 160 28мм, оранжевый</t>
   </si>
   <si>
     <t>Калькулятор настольный Eleven CDC-110-OR, 12 разрядов, двойное питание, 125*160*28мм, оранжевый</t>
   </si>
   <si>
     <t>1001374</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d19/h09nflagex2mwulhjxov0jcjog5428mr.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный Eleven CDC-110-RD, 12 разрядов, двойное питание, 125 160 28мм, красный</t>
   </si>
   <si>
     <t>Калькулятор настольный Eleven CDC-110-RD, 12 разрядов, двойное питание, 125*160*28мм, красный</t>
   </si>
   <si>
     <t>1001375</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b3b/ns4r8w2bw0rikbp0k3x2fzg53bx6xl3s.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1f7/gxcwggwzwcjgq4uotomfiwukljbemghk.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный Eleven CDC-120-BK, 12 разрядов, двойное питание, 155 206 38мм, черный</t>
   </si>
   <si>
     <t>Калькулятор настольный Eleven CDC-120-BK, 12 разрядов, двойное питание, 155*206*38мм, черный</t>
   </si>
   <si>
     <t>1001377</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/95e/7jc0p6b3vsq1rm7anyxpzibhmhqaxkdl.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный Eleven CDC-120-BK CY, 12 разрядов, двойное питание, 155 206 38мм, черный синий</t>
   </si>
   <si>
     <t>Калькулятор настольный Eleven CDC-120-BK/CY, 12 разрядов, двойное питание, 155*206*38мм, черный/синий</t>
   </si>
   <si>
     <t>1001378</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ea7/8n7a938qijmlstuq3a2nxsbpim47toc7.jpg</t>
@@ -3086,50 +3140,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e3a/oop3d2om92doq6be103xq6d337i0vmpt.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный Eleven SDC-333X-BK, 12 разрядов, двойное питание, 125 155 31мм, черный</t>
   </si>
   <si>
     <t>Калькулятор настольный Eleven SDC-333X-BK, 12 разрядов, двойное питание, 125*155*31мм, черный</t>
   </si>
   <si>
     <t>1001392</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2ae/hqpmc0wnab9lopy8cim8zl7fz550rk8q.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный Eleven TLT-2348, 12 разрядов, двойное питание, с регулируемым углом наклона дисплея, 140 197 26мм</t>
   </si>
   <si>
     <t>Калькулятор настольный Eleven TLT-2348, 12 разрядов, двойное питание, с регулируемым углом наклона дисплея, 140*197*26мм</t>
   </si>
   <si>
     <t>1001393</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cf6/sbl5ewzth95v7rrcfjfqom9gme0872pq.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор карманный BRAUBERG CX-102C-BL  76x126 мм , 12 разрядов, двойное питание, ГОЛУБОЙ, 272649</t>
+  </si>
+  <si>
+    <t>Карманный калькулятор BRAUBERG CX-102C-BL – компактный и надежный помощник в работе и учебе. Его удобно использовать в офисе, школе и в быту. Калькулятор производит все основные арифметические действия, вычисление с памятью, расчет наценки, вычисление с процентами, возведение в степень и извлечение квадратного корня. Дополнительно оснащен режимами автоматического просмотра операций, общего суммирования, коррекции. Вводимые данные и результаты вычислений хорошо видно на контрастном дисплее. Калькулятор имеет увеличенное число разрядов. Калькулятор оборудован встроенным аккумулятором и солнечной батареей, что позволяет долгие годы производить всевозможные расчеты, оборудован функцией автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41;, что позволяет максимально продлить срок службы без замены батареи.Размер – 126x76 мм. Гарантия – 10 лет.</t>
+  </si>
+  <si>
+    <t>1004894</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b59/qhhozhsnyjx1mm4nu3rrutiuxgrnm712.jpg</t>
   </si>
   <si>
     <t>Калькулятор карманный BRAUBERG CX-102C-BU  76x126 мм , 12 разрядов, двойное питание, СИНИЙ, 272648</t>
   </si>
   <si>
     <t>Карманный калькулятор BRAUBERG CX-102C-BU – компактный и надежный помощник в работе и учебе. Его удобно использовать в офисе, школе и в быту. Калькулятор производит все основные арифметические действия, вычисление с памятью, расчет наценки, вычисление с процентами, возведение в степень и извлечение квадратного корня. Дополнительно оснащен режимами автоматического просмотра операций, общего суммирования, коррекции. Вводимые данные и результаты вычислений хорошо видно на контрастном дисплее. Калькулятор имеет увеличенное число разрядов. Калькулятор оборудован встроенным аккумулятором и солнечной батареей, что позволяет долгие годы производить всевозможные расчеты, оборудован функцией автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41;, что позволяет максимально продлить срок службы без замены батареи.Размер – 126x76 мм. Гарантия – 10 лет.</t>
   </si>
   <si>
     <t>1004895</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/977/i3jujqh8txa4dbc8rx1frttknpypbyff.jpg</t>
   </si>
   <si>
     <t>Калькулятор карманный со шнурком BRAUBERG DC-109-WBL  61x110 мм , 8 разрядов, БЕЛЫЙ ЧЕРНЫЙ, 272643</t>
   </si>
   <si>
     <t>Карманный калькулятор со шнурком BRAUBERG DC-109-WBL – компактный и надежный помощник в работе и учебе. Его удобно использовать в офисе, школе и в быту. Калькулятор производит все основные арифметические действия, вычисление с памятью, вычисление с процентами, возведение в степень и извлечение квадратного корня. Вводимые данные и результаты вычислений хорошо видно на контрастном дисплее. Встроенный аккумулятор позволяет долгие годы производить всевозможные расчеты, оборудован функцией автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41;, что позволяет максимально продлить срок службы без замены батареи.Калькулятор оборудован шнурком, что обеспечивает дополнительное удобство при частом использовании на ходу и во время работы. Длина шнурка составляет 53±2 см.Размер – 110x61 мм. Гарантия – 10 лет.</t>
   </si>
   <si>
     <t>1004898</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/404/l6kp56wsv4j1ck6939nsk5wsgqum7c0z.jpg</t>
@@ -3173,50 +3239,62 @@
   <si>
     <t>Калькулятор настольный ОФИСМАГ 555-BK  206x155 мм , 12 разрядов, двойное питание, ЧЕРНЫЙ, 271729</t>
   </si>
   <si>
     <t>Настольный калькулятор ОФИСМАГ 555-12-BK – идеальный выбор для офисных и банковских сотрудников, бухгалтеров, а также продающего персонала. Большой дисплей с увеличенным углом обзора, устойчивый корпус для эффективной работы. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Незаменим для бухгалтеров благодаря наличию клавиш двойной памяти, «00» и MU для расчетов налогов и торговой наценки. Переключатели округления и положения десятичного знака позволяют производить нужные настройки.Большой двенадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а клавиша выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Размер – 206x155 мм.</t>
   </si>
   <si>
     <t>1005244</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ff/kqygmkjy6ezm1uq6cqhsxxyzmxa1mlr1.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный ОФИСМАГ 555-BKBU  206x155 мм , 12 разрядов, двойное питание, ЧЕРНО-СИНИЙ, 271927</t>
   </si>
   <si>
     <t>Настольный калькулятор ОФИСМАГ 555-12-BKBU – идеальный выбор для офисных и банковских сотрудников, бухгалтеров, а также продающего персонала. Большой дисплей с увеличенным углом обзора, устойчивый корпус для эффективной работы. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Незаменим для бухгалтеров благодаря наличию клавиш двойной памяти, «00» и MU для расчетов налогов и торговой наценки. Переключатели округления и положения десятичного знака позволяют производить нужные настройки. Большой двенадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении, а клавиша выключения OFF и функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Размер – 206x155 мм.</t>
   </si>
   <si>
     <t>1005245</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/96a/714u92l53uvux3owbpzvvqo1l5kr50wr.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный ОФИСМАГ OFM-1807, КОМПАКТНЫЙ  140х105 мм , 8 разрядов, двойное питание, 250223</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор ОФИСМАГ OFM-1807 выполняет все необходимые вычисления и не занимает много места на рабочем столе. Большой дисплей и эргономичный наклон корпуса позволяют работать с максимальным комфортом. Калькулятор производит все основные арифметические действия, вычисления с памятью, вычисления с процентами, извлечение квадратного корня и возведение в степень. Вводимые данные и результаты вычислений хорошо видно на большом контрастном жидкокристаллическом дисплее. Встроенный аккумулятор и солнечная батарея, образующие единую схему питания калькулятора, позволяют устройству работать при любом освещении. Размер - 140х105 мм.</t>
+  </si>
+  <si>
+    <t>1005246</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e91/krd55nwxi0qx7dlsu0r89o64i19k0rsp.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный ОФИСМАГ OFM-333  200x154 мм  12 разрядов, двойное питание, ЧЕРНЫЙ, 250462</t>
   </si>
   <si>
     <t>Настольный калькулятор ОФИСМАГ OFM-333 популярен как среди бухгалтеров, так и среди продавцов, банковских и офисных сотрудников. Имеет две независимые памяти, возможность установки режимов округления и ограничения количества знаков после запятой, клавишу корректировки последнего знака, клавишу &amp;quot;Два нуля&amp;quot; и клавишу расчета наценки. Разрядность дисплея - 12 выводимых на табло цифр, позволяет работать с крупными числами. Клавиша вычисления MU предназначена для финансовых расчетов с учетом торговой наценки. Также калькулятор поможет быстро рассчитать проценты. Для экономии энергии предусмотрены два источника питания: солнечная и алкалиновая батареи. Выполнен в классическом черном цвете, такое сочетание отлично впишется в офисный и домашний интерьер.Высокое качество данной модели представлено по доступной цене.</t>
   </si>
   <si>
     <t>1005247</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f87/xww9a5z9icr39q6gensm4z8ncvb49bxu.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный ОФИСМАГ OFM-444  199x153 мм , 12 разрядов, двойное питание, ЧЕРНЫЙ, 250459</t>
   </si>
   <si>
     <t>Настольный калькулятор ОФИСМАГ OFM-444 популярен как среди бухгалтеров, так и среди продавцов, банковских и офисных сотрудников. Имеет две независимые памяти, возможность установки режимов округления и ограничения количества знаков после запятой, клавишу корректировки последнего знака, клавишу &amp;quot;Два нуля&amp;quot;. Разрядность дисплея - 12 выводимых на табло цифр, позволяет работать с крупными числами. Клавиша вычисления MU предназначена для финансовых расчетов с учетом торговой наценки. Также калькулятор поможет быстро рассчитать проценты. Для экономии энергии предусмотрены два источника питания: солнечная и алкалиновая батареи. Выполнен в классическом черном цвете, такое сочетание отлично впишется в офисный и домашний интерьер.Высокое качество данной модели представлено по доступной цене.</t>
   </si>
   <si>
     <t>1005248</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/de5/aj83ate8j8a2f4irt4z4h4h8eo7w1e9c.jpg</t>
@@ -3308,171 +3386,138 @@
   <si>
     <t>http://anytos.ru//upload/iblock/196/3uit25y86zm7jdrz8pt2ctp0pk8pjhc1.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный BRAUBERG STYLE-12-BL  157х106 мм , 12 разрядов, двойное питание, СИНИЙ, 272966</t>
   </si>
   <si>
     <t>Настольный калькулятор BRAUBERG STYLE-12-BL. Стильный устойчивый корпус с большими круглыми кнопками оснащен солнечной батареей для эффективной комфортной работы в офисе, школе или дома. Калькулятор производит все основные арифметические действия: возведение в степень, вычисления с процентами, извлечение квадратного корня. Удобен в работе благодаря наличию клавиши корректировки числа, &amp;quot;00&amp;quot; и &amp;quot;GT&amp;quot; &amp;#40;общее суммирование&amp;#41;, а также кнопок для работы с памятью калькулятора. Двенадцатиразрядный дисплей отображает большие значения с высокой точностью округления. Встроенный аккумулятор и солнечная батарея позволяют калькулятору работать при любом освещении. Функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41; позволяют максимально продлить срок его службы без замены батареи.Размер – 157х106 мм. Гарантия – 10 лет.</t>
   </si>
   <si>
     <t>1006150</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/258/s3iuze6qv7tg26en7v6601z17whc8x6g.jpg</t>
   </si>
   <si>
     <t>Калькулятор DELI E1710A GRN 12 разр. научный зелен. 240 функций</t>
   </si>
   <si>
     <t>Калькулятор DELI E1710A/GRN 12 разр. научный зелен. 240 функций</t>
   </si>
   <si>
     <t>1006874</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/64b/4emmnp30gd8wwrgesud6mg0fw1qgko3j.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e43/1rgaochcudjr6tkcnpnow00rbw18jt36.jpg</t>
   </si>
   <si>
     <t>Калькулятор DELI E1720-black 12 разр. научный черн. 300 функций</t>
   </si>
   <si>
     <t>1006876</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/210/whz08ejen88o09rjpnh4kl5a43abrcgm.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1a7/a48yahb0l0rik65nvsk6k0fu5lu15kde.jpg</t>
   </si>
   <si>
     <t>Калькулятор инженерный BRAUBERG SC-991ES-PLUS-BU  164х80 мм , 552 функции, 10 2 разряда, ГОЛУБОЙ, 272653</t>
   </si>
   <si>
     <t>Непрограммируемый инженерный калькулятор BRAUBERG SC-991ES-PLUS-BU выполняет все основные вычисления, которые понадобятся школьникам на экзаменах и контрольных работах. Сертифицирован для использования на ЕГЭ и ОГЭ по физике, химии, географии. 552 встроенные научные и статистические функции позволяют вычислять степени и корни, факториалы, логарифмы и антилогарифмы, интегралы и дифференциалы, комплексные числа, а также производить статистические расчеты и вычисления с прямыми и обратными гиперболическими и тригонометрическими функциями &amp;#40;в том числе в градусах, радианах и градах&amp;#41;, вычисления с векторами, матрицами, распределениями и таблицами и решать уравнения, неравенства, пропорции. Калькулятор поддерживает систему естественного ввода/вывода математических выражений и позволяет выводить на дисплей обыкновенные дроби, степени, корни, логарифмы и экспоненты в привычном всем еще со школы виде. Это делает интерфейс более &amp;quot;дружелюбным&amp;quot; для пользователя и позволяет снизить количество вычислительных ошибок. Калькулятор может переключаться между двоичной, восьмеричной и шестнадцатеричной системами исчисления. Калькулятор имеет двойное питание – солнечная батарея и одна батарейка типа G13 &amp;#40;LR 44&amp;#41;.Наряду с кнопкой выключения OFF в калькулятор встроена функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41;, которая позволяет максимально продлить срок его службы без замены батареи. Материал кнопок – пластик. Размер – 164х80 мм. Гарантия – 10 лет.</t>
   </si>
   <si>
     <t>1010232</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/86a/ek7pfh0d6b91op3qclid5n4cxg4uci88.jpg</t>
   </si>
   <si>
     <t>Калькулятор инженерный BRAUBERG SC-991ES-PLUS-GY  164х80 мм , 552 функции, 10 2 разряда, СЕРЫЙ, 272652</t>
   </si>
   <si>
     <t>Непрограммируемый инженерный калькулятор BRAUBERG SC-991ES-PLUS-GY выполняет все основные вычисления, которые понадобятся школьникам на экзаменах и контрольных работах. Сертифицирован для использования на ЕГЭ и ОГЭ по физике, химии, географии. 552 встроенные научные и статистические функции позволяют вычислять степени и корни, факториалы, логарифмы и антилогарифмы, интегралы и дифференциалы, комплексные числа, а также производить статистические расчеты и вычисления с прямыми и обратными гиперболическими и тригонометрическими функциями &amp;#40;в том числе в градусах, радианах и градах&amp;#41;, вычисления с векторами, матрицами, распределениями и таблицами и решать уравнения, неравенства, пропорции. Калькулятор поддерживает систему естественного ввода/вывода математических выражений и позволяет выводить на дисплей обыкновенные дроби, степени, корни, логарифмы и экспоненты в привычном всем еще со школы виде. Это делает интерфейс более &amp;quot;дружелюбным&amp;quot; для пользователя и позволяет снизить количество вычислительных ошибок. Калькулятор может переключаться между двоичной, восьмеричной и шестнадцатеричной системами исчисления. Калькулятор имеет двойное питание – солнечная батарея и одна батарейка типа G13 &amp;#40;LR 44&amp;#41;.Наряду с кнопкой выключения OFF в калькулятор встроена функция автоматического отключения &amp;#40;через 8-10 минут бездействия&amp;#41;, которая позволяет максимально продлить срок его службы без замены батареи. Материал кнопок – пластик. Размер – 164х80 мм. Гарантия – 10 лет.</t>
   </si>
   <si>
     <t>1010233</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/044/cvqngtw063kae9izq521eslmbst4s5hb.jpg</t>
-[...2 lines deleted...]
-    <t>Калькулятор настольный BRAUBERG CH-12-BR  153х103 мм ,12 разрядов, двойное питание, коричневый, 272961</t>
+    <t>http://anytos.ru//upload/iblock/de0/okgt0op4bfxtf73jqe1d3iixj7xrc7qi.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный BRAUBERG CH-12-BU  153х103 мм , 12 разрядов, двойное питание, синий, 272959</t>
   </si>
   <si>
     <t>Настольный калькулятор BRAUBERG CH-12 минималистичного дизайна — надежный инструмент для ежедневных расчетов. Большой удобный экран и продуманный набор функций делают его отличным выбором для работы в офисе, занятий в школе и домашнего использования. Калькулятор выполняет все основные арифметические действия, вычисления с процентами и извлечение квадратного корня. Удобен в работе благодаря клавишам корректировки числа, &amp;quot;00&amp;quot; и &amp;quot;GT&amp;quot; &amp;#40;общее суммирование&amp;#41;, а также кнопкам для работы с памятью.Мощный аккумулятор и солнечная батарея обеспечивают работу при любом освещении. Функция автоматического отключения &amp;#40;через 8–10 минут бездействия&amp;#41; значительно продлевает срок службы без замены батареи.Размер – 153х103 мм. Гарантия – 10 лет.</t>
   </si>
   <si>
-    <t>1010238</t>
-[...7 lines deleted...]
-  <si>
     <t>1010239</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b64/pdennuwlzdo57v8d4of3kp82esy6eo3u.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный BRAUBERG KW-1000-BG  152x132 мм , 3D-кнопки, 12 разрядов, бежевый, 272957</t>
   </si>
   <si>
     <t>BRAUBERG KW-1000 — настольный калькулятор с эргономичным дизайном: объемные 3D-кнопки обеспечивают тактильный комфорт при работе, а лаконичный корпус выглядит стильно и современно. Калькулятор выполняет все основные арифметические действия: вычисления с процентами, извлечение квадратного корня. Удобен в работе благодаря клавишам корректировки числа, &amp;quot;00&amp;quot; и &amp;quot;GT&amp;quot; &amp;#40;общее суммирование&amp;#41;, а также кнопкам для работы с памятью. Большой двенадцатиразрядный дисплей отображает значения с высокой точностью округления.Корпус калькулятора имеет округлые формы и лаконичный дизайн. 3D-кнопки с четким ходом, приятной тактильной отдачей и мягким звуком нажатия делают работу с калькулятором по-настоящему комфортной.Функция автоматического отключения &amp;#40;через 8–10 минут бездействия&amp;#41; позволяет продлить срок службы без замены батареи.Размер – 152х132 мм. Гарантия – 10 лет.</t>
   </si>
   <si>
     <t>1010242</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed6/wyn8t291qrv8b5y3spojbdthsmshglwx.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный BRAUBERG KW-1000-BK  152x132 мм , 3D-кнопки, 12 разрядов, черный, 272956</t>
   </si>
   <si>
     <t>1010243</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3b/v53dx3b2p6eg1k9gtg97nrwnd5b03udb.jpg</t>
   </si>
   <si>
     <t>Калькулятор настольный BRAUBERG KW-500-BK  93x148 мм , 3D-кнопки, 12 разрядов, черный, 272954</t>
   </si>
   <si>
     <t>Настольный калькулятор BRAUBERG KW-500 сочетает стильный дизайн корпуса с продуманной эргономикой: объемные 3D-кнопки обеспечивают тактильный комфорт при работе. Калькулятор выполняет все основные арифметические действия: вычисления с процентами, извлечение квадратного корня, работу с памятью. Двенадцатиразрядный дисплей отображает большие значения с высокой точностью округления.Корпус калькулятора имеет округлые формы и лаконичный дизайн, а его 3D-кнопки обладают приятным ходом и мягким звуком нажатия.Функция автоматического отключения &amp;#40;через 8–10 минут бездействия&amp;#41; позволяет продлить срок службы без замены батареи.Размер – 148х93 мм. Гарантия – 10 лет.</t>
   </si>
   <si>
     <t>1010245</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ffb/uipjj7mm0c04f1tojzhddui8e2qsgcso.jpg</t>
+  </si>
+  <si>
+    <t>Калькулятор настольный STAFF STF-888-New  202x158 мм , 12 разрядов, двойное питание, черный, 273831</t>
+  </si>
+  <si>
+    <t>Настольный калькулятор STAFF 888-New – прекрасный выбор для бухгалтеров, продавцов, банковских и офисных сотрудников. Модель STAFF STF-888-New имеет две независимые памяти, возможность установки режимов округления и изменения количества знаков после запятой, клавишу &amp;quot;Два нуля&amp;quot;. Разрядность дисплея – 12 выводимых на табло цифр, позволяет работать с крупными числами. Клавиша вычисления MU предназначена для финансовых расчетов с учетом торговой наценки. Для экономии энергии предусмотрены два источника питания: солнечная и алкалиновая батареи. Благодаря крупному дисплею и клавишам эта модель конфортна в использовании. Калькулятор выполнен в черном универсальном цвете со стильной золотистой рамкой на дисплее.</t>
+  </si>
+  <si>
+    <t>1017657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -3799,57 +3844,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M294"/>
+  <dimension ref="A1:M297"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G294" sqref="G294"/>
+      <selection pane="bottomRight" activeCell="G297" sqref="G297"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -3902,6701 +3947,6770 @@
       </c>
       <c r="F4" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="F9" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="3" t="s">
+      <c r="G9" s="3" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="C12" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="3" t="s">
+      <c r="F13" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="F13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="3" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>64</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="3" t="s">
+      <c r="F17" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="F17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>75</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>79</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>81</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>84</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>86</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
         <v>87</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>88</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>91</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>92</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
         <v>95</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>96</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>98</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>99</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>100</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>102</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>103</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>104</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>106</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>107</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>108</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>110</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>116</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>117</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>118</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
         <v>119</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>120</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>122</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>123</v>
+        <v>60</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C30" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F30" s="3" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="D32" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F32" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="C33" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F33" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B34" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="C34" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="D34" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F34" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B35" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="C35" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="D35" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F35" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B36" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="C36" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="D36" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F36" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B37" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="C37" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B38" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="C38" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="D38" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F38" s="3" t="s">
-        <v>123</v>
+        <v>60</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B39" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="C39" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="D39" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F39" s="3" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B40" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="C40" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F40" s="3" t="s">
-        <v>123</v>
+        <v>60</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F41" s="3" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C42" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F42" s="3" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="C43" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B44" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="C44" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F44" s="3" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C45" s="1" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>186</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
         <v>187</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>188</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>65</v>
+        <v>231</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C57" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="F57" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="D57" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G57" s="3" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>59</v>
+        <v>231</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B106" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="F106" s="3" t="s">
         <v>428</v>
       </c>
-      <c r="C106" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G106" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>443</v>
+        <v>428</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>443</v>
+        <v>428</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>443</v>
+        <v>428</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>443</v>
+        <v>428</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>443</v>
+        <v>428</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>443</v>
+        <v>428</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>443</v>
+        <v>469</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B116" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="F116" s="3" t="s">
         <v>469</v>
       </c>
-      <c r="C116" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G116" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>443</v>
+        <v>469</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>443</v>
+        <v>469</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>443</v>
+        <v>469</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>443</v>
+        <v>469</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>443</v>
+        <v>469</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>443</v>
+        <v>469</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>443</v>
+        <v>469</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>443</v>
+        <v>469</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>507</v>
+        <v>469</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>507</v>
+        <v>469</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>507</v>
+        <v>469</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>508</v>
+        <v>518</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>507</v>
+        <v>469</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="F132" s="3" t="s">
         <v>525</v>
       </c>
-      <c r="B132" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G132" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>536</v>
+        <v>543</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>528</v>
+        <v>428</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>528</v>
+        <v>428</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>528</v>
+        <v>428</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>528</v>
+        <v>556</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>507</v>
+        <v>556</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>555</v>
+        <v>562</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>507</v>
+        <v>556</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="F141" s="3" t="s">
         <v>556</v>
       </c>
-      <c r="B141" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G141" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>560</v>
+        <v>567</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>59</v>
+        <v>556</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>562</v>
+        <v>570</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>563</v>
+        <v>571</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>564</v>
+        <v>572</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>507</v>
+        <v>556</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>567</v>
+        <v>575</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>426</v>
+        <v>556</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>426</v>
+        <v>580</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>426</v>
+        <v>580</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>426</v>
+        <v>525</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>586</v>
+        <v>525</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>586</v>
+        <v>525</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>586</v>
+        <v>54</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>595</v>
+        <v>18</v>
       </c>
     </row>
     <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>586</v>
+        <v>525</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>586</v>
+        <v>428</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>586</v>
+        <v>428</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>586</v>
+        <v>428</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>586</v>
+        <v>428</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B157" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="F157" s="3" t="s">
         <v>621</v>
       </c>
-      <c r="C157" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G157" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>24</v>
+        <v>630</v>
       </c>
     </row>
     <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>595</v>
+        <v>18</v>
       </c>
     </row>
     <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>38</v>
+        <v>630</v>
       </c>
     </row>
     <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>507</v>
+        <v>621</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>507</v>
+        <v>621</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>507</v>
+        <v>621</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>507</v>
+        <v>621</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>730</v>
+        <v>525</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>734</v>
+        <v>525</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>735</v>
+        <v>18</v>
       </c>
     </row>
     <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>734</v>
+        <v>525</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>739</v>
+        <v>18</v>
       </c>
     </row>
     <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>744</v>
+        <v>18</v>
       </c>
     </row>
     <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
         <v>745</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>746</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>528</v>
+        <v>749</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>528</v>
+        <v>753</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>24</v>
+        <v>754</v>
       </c>
     </row>
     <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
+        <v>757</v>
+      </c>
+      <c r="F190" s="3" t="s">
         <v>753</v>
       </c>
-      <c r="F190" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G190" s="3" t="s">
-        <v>735</v>
+        <v>758</v>
       </c>
     </row>
     <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>426</v>
+        <v>525</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>24</v>
+        <v>763</v>
       </c>
     </row>
     <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>758</v>
+        <v>764</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>759</v>
+        <v>765</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>756</v>
+        <v>765</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>760</v>
+        <v>766</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>426</v>
+        <v>556</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>568</v>
+        <v>768</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>426</v>
+        <v>556</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>764</v>
+        <v>770</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>765</v>
+        <v>771</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>568</v>
+        <v>771</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>766</v>
+        <v>772</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>426</v>
+        <v>556</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>24</v>
+        <v>754</v>
       </c>
     </row>
     <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>767</v>
+        <v>773</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>768</v>
+        <v>774</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>572</v>
+        <v>775</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>572</v>
+        <v>775</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>773</v>
+        <v>780</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>774</v>
+        <v>781</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>775</v>
+        <v>603</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>777</v>
+        <v>783</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>774</v>
+        <v>784</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>775</v>
+        <v>603</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>778</v>
+        <v>785</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>779</v>
+        <v>786</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>775</v>
+        <v>607</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>775</v>
+        <v>607</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>787</v>
+        <v>794</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>788</v>
+        <v>795</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="B203" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="C203" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="C203" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D203" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>799</v>
+        <v>794</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>241</v>
+        <v>428</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>241</v>
+        <v>428</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>241</v>
+        <v>428</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>241</v>
+        <v>428</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
     </row>
     <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>586</v>
+        <v>231</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>586</v>
+        <v>231</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>586</v>
+        <v>231</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
     </row>
     <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>528</v>
+        <v>621</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>507</v>
+        <v>621</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>863</v>
+        <v>18</v>
       </c>
     </row>
     <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>865</v>
+        <v>870</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>866</v>
+        <v>871</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>507</v>
+        <v>621</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>863</v>
+        <v>18</v>
       </c>
     </row>
     <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>867</v>
+        <v>872</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>869</v>
+        <v>874</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>507</v>
+        <v>556</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>744</v>
+        <v>18</v>
       </c>
     </row>
     <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>744</v>
+        <v>878</v>
       </c>
     </row>
     <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>863</v>
+        <v>878</v>
       </c>
     </row>
     <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>876</v>
+        <v>882</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>18</v>
+        <v>763</v>
       </c>
     </row>
     <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>735</v>
+        <v>763</v>
       </c>
     </row>
     <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>884</v>
+        <v>890</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>735</v>
+        <v>878</v>
       </c>
     </row>
     <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>735</v>
+        <v>894</v>
       </c>
     </row>
     <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>891</v>
+        <v>897</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>18</v>
+        <v>758</v>
       </c>
     </row>
     <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>892</v>
+        <v>898</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>893</v>
+        <v>899</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>893</v>
+        <v>899</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>894</v>
+        <v>900</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
     </row>
     <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>895</v>
+        <v>901</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
     </row>
     <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>900</v>
+        <v>905</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>902</v>
+        <v>907</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
     </row>
     <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>735</v>
+        <v>894</v>
       </c>
     </row>
     <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="D234" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
     </row>
     <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>911</v>
+        <v>916</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>18</v>
+        <v>754</v>
       </c>
     </row>
     <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>18</v>
+        <v>754</v>
       </c>
     </row>
     <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>918</v>
+        <v>924</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>18</v>
+        <v>754</v>
       </c>
     </row>
     <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>919</v>
+        <v>925</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>920</v>
+        <v>926</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>920</v>
+        <v>927</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>507</v>
+        <v>525</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>735</v>
+        <v>754</v>
       </c>
     </row>
     <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>922</v>
+        <v>929</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>923</v>
+        <v>930</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>791</v>
+        <v>930</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>924</v>
+        <v>931</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>426</v>
+        <v>525</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>24</v>
+        <v>894</v>
       </c>
     </row>
     <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>926</v>
+        <v>933</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>775</v>
+        <v>933</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>927</v>
+        <v>934</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>426</v>
+        <v>525</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>24</v>
+        <v>894</v>
       </c>
     </row>
     <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>929</v>
+        <v>936</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>426</v>
+        <v>525</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>24</v>
+        <v>894</v>
       </c>
     </row>
     <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>933</v>
+        <v>939</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>241</v>
+        <v>525</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>24</v>
+        <v>894</v>
       </c>
     </row>
     <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>937</v>
+        <v>942</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>586</v>
+        <v>525</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>38</v>
+        <v>754</v>
       </c>
     </row>
     <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>942</v>
+        <v>810</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>586</v>
+        <v>428</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>946</v>
+        <v>794</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>586</v>
+        <v>428</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>586</v>
+        <v>428</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>586</v>
+        <v>231</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="D261" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="D263" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>241</v>
+        <v>621</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>595</v>
+        <v>18</v>
       </c>
     </row>
     <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>241</v>
+        <v>621</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
     </row>
     <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>241</v>
+        <v>621</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
     </row>
     <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>241</v>
+        <v>621</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
     </row>
     <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>82</v>
+        <v>630</v>
       </c>
     </row>
     <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>1048</v>
+        <v>231</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>24</v>
+        <v>630</v>
       </c>
     </row>
     <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>1048</v>
+        <v>231</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
     </row>
     <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>1048</v>
+        <v>231</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
     </row>
     <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>1048</v>
+        <v>231</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
     </row>
     <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>1048</v>
+        <v>231</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
     </row>
     <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>775</v>
+        <v>1068</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>426</v>
+        <v>1070</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>775</v>
+        <v>1073</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E276" s="3" t="s">
+        <v>1074</v>
+      </c>
+      <c r="F276" s="3" t="s">
         <v>1070</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G276" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>426</v>
+        <v>1070</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1073</v>
+        <v>1081</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>1077</v>
+        <v>1082</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>426</v>
+        <v>1070</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
-        <v>1078</v>
+        <v>1083</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>426</v>
+        <v>1070</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
-        <v>1082</v>
+        <v>1087</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1084</v>
+        <v>1089</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>1085</v>
+        <v>1090</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>426</v>
+        <v>1070</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>1086</v>
+        <v>1091</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1087</v>
+        <v>1092</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1088</v>
+        <v>794</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>241</v>
+        <v>428</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1092</v>
+        <v>794</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>241</v>
+        <v>428</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>528</v>
+        <v>428</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="B284" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C284" s="1" t="s">
         <v>1099</v>
       </c>
-      <c r="C284" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D284" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>528</v>
+        <v>428</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>528</v>
+        <v>428</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>528</v>
+        <v>428</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>241</v>
+        <v>556</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>241</v>
+        <v>556</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1130</v>
+        <v>1137</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>595</v>
+        <v>37</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E295" s="3" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F295" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E296" s="3" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F296" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F297" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>630</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">