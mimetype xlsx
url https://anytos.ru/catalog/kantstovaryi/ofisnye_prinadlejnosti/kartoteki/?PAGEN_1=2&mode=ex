--- v0 (2025-12-31)
+++ v1 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -107,164 +107,149 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8bc/8bcfa715058006874c73540f51397768/0a916eeea94d8e30674a7532d43ddf6b.jpg</t>
   </si>
   <si>
     <t>Визитница настольная 72виз,зеленый,к сез.набору,А5,133х202мм,ATTACHE Вива штр.  4606998068297</t>
   </si>
   <si>
     <t>Вертикальная настольная визитница Attache из коллекции «Вива» имеет твердую обложку зеленого цвета, изготовленную из искусственной кожи с защитным лакированным покрытием. Размер - 133-202 мм. Карманы из прозрачного полипропилена вмещают 72 визитные карточки или банковские карты стандартного размера. Материал обложки подходит для нанесения логотипа любым способом тиснения.</t>
   </si>
   <si>
     <t>244784</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1af/1af3daf8f38e59327d285b8dabdbec9a/40e5f682d9b863b1ec98ab0061e8c53c.jpg</t>
   </si>
   <si>
     <t>Визитница настольная 72виз,синий,к сез.набору,А5,133х202мм,ATTACHE Вива штр.  4407069630395, 4607049630395, 4607049630593</t>
   </si>
   <si>
     <t>Вертикальная настольная визитница Attache из коллекции «Вива» имеет твердую обложку синего цвета, изготовленную из искусственной кожи с защитным лакированным покрытием. Размер - 133-202 мм. Карманы из прозрачного полипропилена вмещают 72 визитные карточки или банковские карты стандартного размера. Материал обложки подходит для нанесения логотипа любым способом тиснения.</t>
   </si>
   <si>
     <t>244785</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/66b/66b97de007f415af4ed74c5b2b4ff065/cce25b5e79888101b5f0a182b7e20160.jpg</t>
+  </si>
+  <si>
+    <t>Визитница настольная на 96 визиток 2350И-201, ПВХ, синий, Россия штр.  4607031181720, 4607031182468</t>
+  </si>
+  <si>
+    <t>Вертикальная настольная визитница Attache изготовлена из ПВХ высокого качества синего цвета, размер - 110-250 мм. Имеет внутренний блок на 96 визиток. Каждый лист вмещает четыре визитки или банковские карты стандартного размера. Карманы для визиток изготовлены из прозрачного полипропилена. На обложку визитницы можно нанести логотип любым способом тиснения.</t>
+  </si>
+  <si>
+    <t>244809</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/049/049f7d54b787bdfe087b5397c140906f.jpg</t>
   </si>
   <si>
     <t>Визитница настольная на 96 визиток 2350И-203, ПВХ, бордо, Росиия штр.  4607031182451</t>
   </si>
   <si>
     <t>Вертикальная настольная визитница Attache изготовлена из ПВХ высокого качества бордового цвета, размер - 110-250 мм. Имеет внутренний блок на 96 визиток. Каждый лист вмещает четыре визитки или банковские карты стандартного размера. Карманы для визиток изготовлены из прозрачного полипропилена. На обложку визитницы можно нанести логотип любым способом тиснения.</t>
   </si>
   <si>
     <t>244810</t>
   </si>
   <si>
-    <t>56</t>
-[...11 lines deleted...]
-    <t>249493</t>
+    <t>http://anytos.ru//upload/iblock/286/28603d5997f11a581e0efb5cf1ccff0b/99db0fdaf4c22a273e84dacb93fee321.jpg</t>
+  </si>
+  <si>
+    <t>Визитница настольная на 96 визиток Attache 2350И, ПВХ, черный, Россия штр.  4607031182475</t>
+  </si>
+  <si>
+    <t>Вертикальная настольная визитница Attache изготовлена из ПВХ высокого качества черного цвета, размер - 110-250 мм. Имеет внутренний блок на 96 визиток. Каждый лист вмещает четыре визитки или банковские карты стандартного размера. Карманы для визиток изготовлены из прозрачного полипропилена. На обложку визитницы можно нанести логотип любым способом тиснения.</t>
+  </si>
+  <si>
+    <t>244811</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f60/f60516739b85e119219d62e970899e41/d261e198255bf6e5ec19a49e9b11725d.jpg</t>
+  </si>
+  <si>
+    <t>Картотека для карточек А5 на 1000шт HAN открытая  855 0-11 штр.  4012473085510</t>
+  </si>
+  <si>
+    <t>Открытая горизонтальная картотека Han формата А5 изготовлена из пластика светло-серого цвета, размеры - 325-226-160 мм. Предназначена для удобного хранения и систематизации карточек и документов. Вмещает до 1000 картонных карточек &amp;#40;в комплект не входят&amp;#41;. Картотека поставляется с двумя пластиковыми разделителями и двумя прозрачными индексными окнами. Всего можно установить до 13 разделителей &amp;#40;приобретаются отдельно&amp;#41;.</t>
+  </si>
+  <si>
+    <t>249494</t>
   </si>
   <si>
     <t>&lt;a href="/brands/han/"&gt;Han&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f60/f60516739b85e119219d62e970899e41/d261e198255bf6e5ec19a49e9b11725d.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3b5/3b5c4ff6aa9011f87e6b29fa62b4e4f3.jpg</t>
   </si>
   <si>
     <t>Картотека для карточек А6 на 1300шт HAN открытая  956 0-11 штр.  4012473956018</t>
   </si>
   <si>
     <t>Открытая горизонтальная картотека Han формата А6 изготовлена из пластика светло-серого цвета, размеры - 347-171-76 мм. Предназначена для удобного хранения и систематизации карточек и документов, например, трудовых книжек. Вмещает до 1300 картонных карточек &amp;#40;в комплект не входят&amp;#41;. Картотека поставляется с двумя пластиковыми разделителями и двумя прозрачными индексными окнами. Всего можно установить до 26 разделителей &amp;#40;приобретаются отдельно&amp;#41;.</t>
   </si>
   <si>
     <t>249497</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2f0/2f01ccabdcf5a1d12fb601cb8c185465/92b72b55b55f2661882bb51f3c7a76a7.jpg</t>
+  </si>
+  <si>
+    <t>Картотека для трудовых книжек 155х270х120 мм, гофрокарт. штр.  4623721630699</t>
+  </si>
+  <si>
+    <t>Картотека для трудовых книжек выполнена из микрогофрокартона белого цвета. Размер - 155-270-120 мм. На боковых сторонах есть надпись «Трудовые книжки» и окошко классификатора. Вмещает около 60 книжек. В зависимости от их количества могут быть обозначены различные типы классификаторов: буквы алфавита, наименования подразделений или филиалов и т.д. Для удобства работы внутрь короба можно вставлять разделители. В комплекте два разделителя размером 145-115 мм.</t>
+  </si>
+  <si>
+    <t>249499</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f4c/f4cbbb4b0979498d41f23ef1d12a6fa0/62955a743a8089afb9ad7fc01ed5f7d3.jpg</t>
   </si>
   <si>
     <t>Картотека для трудовых книжек 340 100 65, картон штр.  4680237026248</t>
   </si>
   <si>
     <t>Картотека для трудовых книжек. Материал - микрогофрокартон. Вместимость - до 70 трудовых книжек. Размер картотеки - 340-100-65 мм. Цвет белый. Поставляется в разборном виде. Упакована в термоусадочную пленку по 1 штуке. Картотека обеспечивает компактное хранение трудовых книжек, паспортов и иных карточных систем формата А6.</t>
   </si>
   <si>
     <t>249500</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a3f/a3f23d322cca03a8c93381f5d188122c.jpg</t>
-[...40 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3c5/3c5a5089b0b811d42570a25d3405b287/c8c5e87aa37921243be1cd59fab7aa9e.jpg</t>
   </si>
   <si>
     <t>Картотека разделитель карт , для трудовых книжек  10 шт уп  штр.  4623721630750</t>
   </si>
   <si>
     <t>Разделитель для трудовых книжек позволяет удобно разделить их на группы - по буквам алфавита или подразделениям организации. Это существенно ускоряет поиск нужной книжки. Выступающее окошко помогает быстро получить доступ к информации о группе хранения. На нем можно сделать надпись шариковой ручкой или маркером. Данный тип разделителя подходит для любых коробов, боксов или контейнеров, в которых предусмотрено горизонтальное хранение трудовых книжек. Выполнен из картона, размер - 145-115 мм.</t>
   </si>
   <si>
     <t>249511</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e7/3e7821e51ebe305fac68adf38f361457.jpg</t>
   </si>
   <si>
     <t>Визитница настольная на 120 визиток трехсекцион.AttacheEconomy,ПВХ,черный</t>
   </si>
   <si>
     <t>375624</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
@@ -314,120 +299,120 @@
   <si>
     <t>http://anytos.ru//upload/iblock/206/2jx6s1mlc9lzav4224yt2gwp23zcgj9c.jpg</t>
   </si>
   <si>
     <t>Картотека пластиковая ФОРМАТ А5  210х148 мм  горизонтальная на 1000 карт, серая, HAN  Германия , НА855 0 11</t>
   </si>
   <si>
     <t>Горизонтальная открытая перекидная картотека с высокими бортиками подойдет для систематизации и хранения карточек.</t>
   </si>
   <si>
     <t>693930</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/559/2pozzzhm0ucu1raj98aty683ssr8zn8t.jpg</t>
   </si>
   <si>
     <t>Картотечные разделители А4 для горизонтальных картотек, HAN  Германия , КОМПЛЕКТ 5 шт., НА9024 11</t>
   </si>
   <si>
     <t>Комплект из 5-ти пластиковых разделителей для горизонтальной перекидной картотеки формата А4.</t>
   </si>
   <si>
     <t>693933</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/983/a888yytwda2fs6x1oz6v4ccd8kztppjn.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-картотека на кнопке пластиковая ErichKrause Matt Manga, с 4 отделениями, A4, ассорти  в пакете по 4 штуки </t>
+  </si>
+  <si>
+    <t>Папка-картотека на кнопке пластиковая ErichKrause Matt Manga, с 4 отделениями, A4, ассорти &amp;#40;в пакете по 4 штуки&amp;#41;</t>
+  </si>
+  <si>
+    <t>960657</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/78d/cv676i62lpt94yhfwualzfsz2ps5czhm.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Папка-картотека пластиковая Erich Krause Matt Pastel Bloom, с 13 цветными отделениями, Check size, прозрачный, ассорти  пакет по 4 штуки </t>
   </si>
   <si>
     <t>Папка-картотека с 13 отделениями формата Check из высококачественного пластика с текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения, систематизации и транспортировки документов. Цвет папки - прозрачный, цвет отделений - ассорти: голубой, зеленый, персиковый, фиолетовый. Надежная застежка-кнопка обеспечивает быстрый доступ к бумагам. Размер - 260х138х25мм, толщина - 0.55мм. Код и баркод на каждой единице товара.</t>
   </si>
   <si>
     <t>974654</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/059/xjnrf4fpqvwps0c91cfpytwmz499f3xx.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Папка-картотека на кнопке пластиковая Erich Krause Matt Accent, с 4 отделениями, с перфорацией, A4, ассорти  в пакете по 4 штуки </t>
   </si>
   <si>
     <t>Папка-картотека с 4 отделениями формата A4 из высококачественного пластика с текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения, систематизации и транспортировки документов. Цвет папки - чёрный, цвет отделений - ассорти: желтый, зеленый, оранжевый, розовый. Надежная застежка-кнопка обеспечивает быстрый доступ к бумагам. Папка вмещает до 150 бумажных листов. Размер папки - 244х330х17мм, толщина материала - 0.6мм. Код и баркод на каждой единице товара.</t>
   </si>
   <si>
     <t>978553</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/763/eurnbp3jurft124j1kguh1qbalsjvzy7.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Папка-картотека пластиковая Erich Krause Matt Neon, с 13 цветными отделениями, Check size, прозрачный, ассорти  в пакете по 4 штуки </t>
   </si>
   <si>
     <t>Папка-картотека с 13 отделениями формата Check из высококачественного пластика с текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения, систематизации и транспортировки документов. Цвет папки - прозрачный, цвет отделений - ассорти: желтый, зеленый, оранжевый, розовый. Надежная застежка-кнопка обеспечивает быстрый доступ к бумагам. Размер - 260х138х25мм, толщина - 0.55мм. Код и баркод на каждой единице товара.</t>
   </si>
   <si>
     <t>978555</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/352/pw3jlw76av15n54koz7bz51nsab30qvb.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
   </si>
   <si>
     <t>Блок из 4 выдвижных лотков СТАММ, белый корпус, тонированные черные лотки</t>
   </si>
   <si>
     <t>982375</t>
   </si>
   <si>
     <t>&lt;a href="/brands/stamm/"&gt;Стамм&lt;/a&gt;</t>
   </si>
   <si>
-    <t>Блок из 4 выдвижных лотков СТАММ, серый корпус, тонированные черные лотки</t>
-[...2 lines deleted...]
-    <t>982376</t>
+    <t>Блок из 4 выдвижных лотков СТАММ, черный корпус, тонированные черные лотки</t>
+  </si>
+  <si>
+    <t>982377</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fec/204y08i6veqwf6js9dfmlop1ksoqrxxc.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Папка-картотека на кнопке пластиковая ErichKrause Matt Pastel Bloom, с 4 отделениями, A4, ассорти  в пакете по 4 штуки </t>
   </si>
   <si>
     <t>Папка-картотека на кнопке пластиковая ErichKrause Matt Pastel Bloom, с 4 отделениями, A4, ассорти &amp;#40;в пакете по 4 штуки&amp;#41;</t>
   </si>
   <si>
     <t>1012661</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -766,57 +751,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M29"/>
+  <dimension ref="A1:M28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G29" sqref="G29"/>
+      <selection pane="bottomRight" activeCell="G28" sqref="G28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -961,508 +946,482 @@
       </c>
       <c r="F8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>39</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="C10" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F10" s="3" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="F11" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="3" t="s">
+      <c r="G11" s="3" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>54</v>
+        <v>48</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="3" t="s">
+      <c r="F13" s="3" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="3" t="s">
+      <c r="F14" s="3" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>67</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="G15" s="3" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
         <v>69</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>70</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="3" t="s">
+      <c r="F16" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="F16" s="3" t="s">
+      <c r="G16" s="3" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>75</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>82</v>
+        <v>48</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="D19" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="C20" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="D20" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C21" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="D21" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B22" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="C22" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D22" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="3" t="s">
+      <c r="F22" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="F22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G22" s="3" t="s">
-        <v>41</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="G23" s="3" t="s">
         <v>100</v>
-      </c>
-[...16 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="C24" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="D24" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F24" s="3" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C25" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="D25" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F25" s="3" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="C26" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="F26" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G26" s="3" t="s">
-        <v>105</v>
+        <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B27" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F27" s="3" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B28" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="C28" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F28" s="3" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>41</v>
-[...22 lines deleted...]
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">