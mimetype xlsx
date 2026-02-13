--- v0 (2025-11-08)
+++ v1 (2026-02-13)
@@ -12,116 +12,145 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="877">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="965">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b9/0b9c5804e5034d021100dffa1abdd424.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш Мульти-Пульти, 20г GS_18710</t>
   </si>
   <si>
     <t>Улучшенная формула. Склеивает изделия из бумаги, картона, ткани, фотографии. Экономичен в использовании. Не токсичен, не содержит растворителей. Надежный колпачок предохраняет от высыхания. Фирменная упаковка для размещения на торговых прилавках. Для детей старше 3-х лет.</t>
   </si>
   <si>
     <t>Клей-карандаш</t>
   </si>
   <si>
     <t>35383</t>
   </si>
   <si>
     <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/444/444414da540b2bc389ec4bf542ac56d6.jpg</t>
-[...14 lines deleted...]
-    <t>&amp;lt;p&amp;gt;Клей-карандаш 15г.: CG-150 Клей-карандаш 15г. Предназначен для склеивания всех видов бумаг, картона, фотографий. Бумага не увлажняется, не деформируется, проклеивается ровно, без комков и волокон. Не токсичен, не содержит растворителей. Надежный колпачок предохраняет от высыхания.&amp;lt;/p&amp;gt;</t>
+    <t>http://anytos.ru//upload/iblock/1da/j11xeqgcwq6zhl1tqlxmuaniy95rvp1f.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш inФОРМАТ 15 г: GS-15 штр.: 4602723025658</t>
+  </si>
+  <si>
+    <t>Клей-карандаш идеально подходит для приклеивания бумаги, картона и фотографий на бумагу, картон, пластик, стекло и ткань. Добавление глицерина способствует улучшению свойств, позволяя легко наносить тонкий слой клеящего состава, что в свою очередь позволяет минимизировать расход клея. Сильная концентрация клеящих веществ позволяет быстро и крепко склеить. Бумага не увлажняется, проклеивается ровно, без комков и волокон. При этом клей не содержит растворителей и является абсолютно безопасным.- Большая концентрация клеящих веществ- Бумага не увлажняется, проклеивается равномерно- Не токсичен</t>
+  </si>
+  <si>
+    <t>104630</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/98b/ipt5askg4dkirvo9nmo3j3zrprv1bkh4.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш inФОРМАТ 35 г: GS-35 штр.: 4602723054818</t>
+  </si>
+  <si>
+    <t>104631</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7b9/dfilr29f8gayngr2b9g8j7uu8w6kolhl.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Crown  quot;Expert quot;, 15г, ПВП</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Crown &amp;quot;Expert&amp;quot;, 15г легко наносится и распределяется на поверхности тонким, абсолютно прозрачным и равномерным слоем, не деформируя обрабатываемый материал. Благодаря равномерному нанесению клей расходуется экономично. Подходит для склеивания бумаги, картона, ткани, фотографий, блесток и использования в различных подделках. Надежный колпачок предохраняет от высыхания в течении трех лет.&lt;br /&gt;
+Клей-карандаш имеет особую гипоаллергенную формулу, в состав которой выходят исключительно натуральные компоненты - это кукурузного крахмал и вода, что безопасно даже для самых маленьких детей.&lt;br /&gt;
+Клей не имеет запаха, абсолютно безвредный, нетоксичный и легко отстирывается в холодной воде. Экспериментируй и создавай шедевры с клеем Crown.</t>
   </si>
   <si>
     <t>212386</t>
   </si>
   <si>
     <t>&lt;a href="/brands/crown/"&gt;Crown&lt;/a&gt;</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/519/51952924780b95c18e3eb7d8e13ee3ed.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 36г.: K1513 штр.:  4260107450535</t>
   </si>
   <si>
     <t>Клей-карандаш 36г.: K1513 Склеивает изделия из бумаги, картона, ткани, фотографии. Экономичен в использовании. Не токсичен, не содержит растворителей. Надежный колпачок предохраняет от высыхания. Упаковка в мини-дисплей</t>
   </si>
   <si>
     <t>212466</t>
   </si>
   <si>
     <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
   </si>
@@ -202,50 +231,62 @@
   </si>
   <si>
     <t>Клей-карандаш 08г., OfficeSpace, дисплей: GS08_243 штр.:  4610008522433</t>
   </si>
   <si>
     <t>Клей-карандаш 08г., OfficeSpace, дисплей: GS08_243 Клей-карандаш для склеивания бумаги, картона, фотографий. Подходит для работы в офисе, а так же для школы и детского творчества.</t>
   </si>
   <si>
     <t>216012</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62f/62f2f79c37600657d0272c170c4b302e.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 15г., OfficeSpace, дисплей: GS15_244 штр.:  4610008522440</t>
   </si>
   <si>
     <t>Клей-карандаш 15г., OfficeSpace, дисплей: GS15_244. &lt;br /&gt;
 Клей-карандаш для склеивания бумаги, картона, фотографий. Подходит для работы в офисе, а так же для школы и детского творчества. &lt;br /&gt;
 Вес нетто – 15 Г. &lt;br /&gt;
 Основа – ПВА. &lt;br /&gt;
 Цвет клея – белый.</t>
   </si>
   <si>
     <t>216308</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/457/45742b179f5e447a352845d229ff126e.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш 21г.: K1512 штр.:  4260107450528</t>
+  </si>
+  <si>
+    <t>Клей-карандаш 21г.: K1512 Склеивает изделия из бумаги, картона, ткани, фотографии. Экономичен в использовании. Не токсичен, не содержит растворителей. Надежный колпачок предохраняет от высыхания. Упаковка в мини-дисплей.</t>
+  </si>
+  <si>
+    <t>219546</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ccd/ccd4ab84f052fb34ea8955825c95822e.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 08г.,  quot;Magic quot;, с цветным индикатором: K1514 штр.:  4260107450542</t>
   </si>
   <si>
     <t>Клей-карандаш 08г., &amp;quot;Magic&amp;quot;, с цветным индикатором: K1514 Улучшенная формула. Окрашивает бумагу при нанесении, по мере высыхания цветной след исчезает. Склеивает изделия из бумаги, картона, ткани, фотографии. Экономичен в использовании. Не токсичен, не содержит растворителей. Надежный колпачок предохраняет от высыхания. Фирменная упаковка для размещения на торговых прилавках.</t>
   </si>
   <si>
     <t>219658</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/552/552ccf7efd3723dbeadcf1a122221a84.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 36г., OfficeSpace, дисплей: GS36_246 штр.:  4610008522464</t>
   </si>
   <si>
     <t>Клей-карандаш 36г., OfficeSpace, дисплей: GS36_246 Клей-карандаш для склеивания бумаги, картона, фотографий. Подходит для работы в офисе, а так же для школы и детского творчества.</t>
   </si>
   <si>
     <t>236349</t>
   </si>
@@ -290,167 +331,158 @@
   <si>
     <t>Клей-карандаш Attache предназначен для склеивания текстиля, картона и бумаги. Вес - 10 г. Не содержит цветовых пигментов &amp;#40;бесцветный&amp;#41;. Легко смывается водой и отстирывается, не имеет запаха. Нетоксичен и экологичен, безопасен для детей. Клей начинает действовать через 30 секунд после нанесения.</t>
   </si>
   <si>
     <t>248662</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/464/4645cfb44d045880130bc849b883e238/ecdefa2c9a19d830ef3ea321e6d6ffa6.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 10г KORES Glue-eco штр.  9023800131027</t>
   </si>
   <si>
     <t>Клей-карандаш Kores Glue-Eco предназначен для склеивания бумаги, картона, фотографий и текстиля. Основа клея обладает мягкой структурой и содержит глицерин для легкого скольжения. Легко смывается водой и отстирывается, не имеет запаха. Простой и удобный механизм, расположенный в основании стержня, позволяет легко выкрутить и закрутить столбик клея. Вес - 10 г. Не содержит цветовых пигментов &amp;#40;бесцветный&amp;#41;. Безопасен для детей.</t>
   </si>
   <si>
     <t>248663</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kores/"&gt;KORES&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/422/42224340c3bf0751b3f5342afb4f25fd/b922b4b0b7dcc3f17eadfab09304f192.jpg</t>
-[...2 lines deleted...]
-    <t>Клей-карандаш 10г KORES Paper Stick  17103 штр.  9023800171030</t>
+    <t>http://anytos.ru//upload/iblock/793/7931b598d532b4ce8163db19dd4a09fe/402128080cde241730ffec65e83cb79f.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш 15г ATTACHE  15534 штр.  4620004207746, 9023800144744, 9023800155344</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Attache предназначен для склеивания бумаги, картона, текстиля. Вес - 15 г. Не содержит цветовых пигментов &amp;#40;бесцветный&amp;#41;. Легко смывается водой и отстирывается, не имеет запаха. Клей начинает действовать через 30 секунд после нанесения. Нетоксичен и экологичен, безопасен для детей.</t>
+  </si>
+  <si>
+    <t>248665</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f15/f155bcc9d7ca66aa4348dddadc2f20ed/dd97f1ca9f36c8edb8406dbf9bfabb6a.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш 15г KORES  12153 штр.  9023800121530</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Kores предназначен для склеивания бумаги, картона, текстиля. Основа клея обладает мягкой структурой и содержит глицерин для легкого скольжения. Без цветовых пигментов &amp;#40;бесцветный&amp;#41;. Легко смывается водой и отстирывается, не имеет запаха. Вес - 15 г. Простой и удобный механизм, расположенный в основании стержня, позволяет легко выкрутить и закрутить столбик клея. Начинает действовать через 30 секунд после нанесения. Нетоксичен и экологичен, безопасен для детей.</t>
+  </si>
+  <si>
+    <t>248666</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab6/ab6f40d0cd1e06d2d44b2463d7c2daaa/9a95058701e5ddb26e97ec3a860f373b.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш 15г KORES  4 по цене 3   14503 штр.  9023800145031</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Kores предназначен для склеивания картона, текстиля, бумаги. Состав не содержит растворителей, включает глицерин для легкого скольжения по поверхности. При использовании необходимо повернуть нижнюю часть дозатора по часовой стрелке. Клей не содержит цветовых пигментов &amp;#40;бесцветный&amp;#41;. В упаковке 4 штуки по 15 г, которые вы получаете по стоимости трех.</t>
+  </si>
+  <si>
+    <t>248667</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d57/d5723e6a5b2de64a62a64fd6dcaf74b4/c714a0fc3d2f50fac4458d98cd1fd4f1.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш 15г KORES Chameleon  исчезающий цвет   16511 штр.  8412029010397, 8412029600185, 8412029738154, 8412029738161, 9023800165022, 9023800165114</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Kores Chameleon предназначен для склеивания бумаги и картона. Вес - 15 г. Оставляет цветной след, который позволяет точно определить место нанесения и затем обесцвечивается. Клей легко смывается водой и отстирывается, не имеет запаха. Быстро сохнет, расходуется экономично. Безопасен для детей.</t>
+  </si>
+  <si>
+    <t>248669</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e75/e75d504efc4f685f9f28e4c366ca64aa/8d8e3830f5aa055b9ea535b59f2df266.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш 20г ATTACHE  15234 штр.  4620004207753, 9023800112347, 9023800152343</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Attache предназначен для склеивания картона, бумаги, текстиля. Вес - 20 г. Не содержит цветовых пигментов &amp;#40;бесцветный&amp;#41;. Изготовлен из нетоксичного вещества с увлажняющим глицерином. Имеет большой срок хранения. Без запаха. Клей быстро сохнет, расходуется экономично. Морозостоек. Начинает действовать через 30 секунд после нанесения.</t>
+  </si>
+  <si>
+    <t>248670</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/84c/84c731e65b82fa119366d1fff418d6c8/72d200ae322dffacf10c0d48b5ede7a4.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш 20г KORES  12203 штр.  9023800122032</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Kores предназначен для склеивания бумаги, картона, текстиля. Основа клея обладает мягкой структурой и содержит глицерин для легкого скольжения. Без цветовых пигментов &amp;#40;бесцветный&amp;#41;. Легко смывается водой и отстирывается, не имеет запаха. Вес - 20 г. Простой и удобный механизм, расположенный в основании стержня, позволяет легко выкрутить и закрутить столбик клея. Начинает действовать через 30 секунд после нанесения. Нетоксичен и экологичен, безопасен для детей.</t>
+  </si>
+  <si>
+    <t>248671</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e19/e1999a1070dbf49192096b25ea6c3c09/4ab07f291e119e45a9167f7f18f99cfb.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш 20г KORES 4шт. уп.  14200 штр.  9023800142009</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Kores предназначен для склеивания картона, бумаги, текстиля. Изготовлен из нетоксичного вещества с глицерином для легкого скольжения. Имеет большой срок хранения, бесцветный, без запаха. Начинает действовать через 30 секунд после нанесения. В упаковке 4 штуки по 20 г. Простой и удобный механизм, расположенный в основании стержня, позволяет легко выкрутить и закрутить столбик клея. Безопасен для детей.</t>
+  </si>
+  <si>
+    <t>248672</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dc6/dc67243b066ff7110e7ee02f6c4b94f6/bcd0987cc219796acef673fb49deb625.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш 20г KORES Glue-eco штр.  9023800132024</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Kores Glue-Eco предназначен для склеивания бумаги, картона, фотографий и текстиля. Основа клея обладает мягкой структурой и содержит глицерин для легкого скольжения. Легко смывается водой и отстирывается, не имеет запаха. Простой и удобный механизм, расположенный в основании стержня, позволяет легко выкрутить и закрутить столбик клея. Вес - 20 г. Не содержит цветовых пигментов &amp;#40;бесцветный&amp;#41;. Безопасен для детей.</t>
+  </si>
+  <si>
+    <t>248673</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb0/eb0a8f8e0cf14c629e1a981a1a0f9a12/84a0435519c48e598518cb5e5031c523.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш 20г KORES paper Stick  17203 штр.  9023800172037</t>
   </si>
   <si>
     <t>Клей-карандаш Kores Paper Stick специально разработан для склеивания материалов из бумаги. Прочно склеивает за 60 секунд. Не содержит растворителей и кислот, не токсичен. Мягко скользит по бумаге благодаря содержанию глицерина. Герметичная упаковка обеспечивает длительный срок службы. Легко смывается и отстирывается водой. Не содержит цветовых пигментов&amp;#40;бесцветный&amp;#41;.</t>
   </si>
   <si>
-    <t>248664</t>
-[...106 lines deleted...]
-  <si>
     <t>248674</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6cd/6cde80e4bde7dfa8e81f2e2fe2e0f240/6b0615b779847f0e5fac87ea55911c67.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 21г Attache Economy  6932149419303</t>
   </si>
   <si>
     <t>&amp;lt;p&amp;gt;Внимание! Производится смена дизайна упаковки. Клей может поставляться как в дизайне, представленном на фото, так и в отличном от него. Клей-карандаш Attache Economy предназначен для склеивания бумаги, картона. Вес - 21 г. Не содержит цветовых пигментов &amp;#40;бесцветный&amp;#41;. Моментально склеивает бумагу уже через 15 секунд, после нанесения клея. Легко очищается с одежды, рук, быстро высыхает. Относится к сегменту &amp;quot;суперэконом&amp;quot; - товар с минимальными требованиями к качеству для тех, кто хочет сэкономить. Товар отвечает основным характеристикам.&amp;lt;/p&amp;gt;</t>
   </si>
   <si>
     <t>248676</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a7a/a7aa70de6920bcc723112b44a9d738a0/2e501403bc69a8a14330b573f71949c6.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 36г Attache Economy, штр.6932149419389, 6939540578530</t>
   </si>
   <si>
     <t>&amp;lt;p&amp;gt;Внимание! Производится смена дизайна упаковки. Клей может поставляться как в дизайне, представленном на фото, так и в отличном от него. Клей-карандаш Attache Economy предназначен для склеивания бумаги, картона. Вес - 36 г. Не содержит цветовых пигментов &amp;#40;бесцветный&amp;#41;. Моментально склеивает бумагу уже через 15 секунд, после нанесения клея. Легко смывается водой и отстирывается, не имеет запаха, быстро высыхает. Относится к сегменту &amp;quot;суперэконом&amp;quot; - товар с минимальными требованиями к качеству для тех, кто хочет сэкономить. Товар отвечает основным характеристикам.&amp;lt;/p&amp;gt;</t>
@@ -485,65 +517,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7b3/7b3501a9a57bcffe69814ae333a5fbde/5a32c70a661f599a90ab2e10c2381dab.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 8г KORES  12083 штр.  8412029734354, 9023800120830</t>
   </si>
   <si>
     <t>Клей-карандаш Kores предназначен для склеивания бумаги, картона, текстиля. Не содержит растворителей. Легко смывается водой и отстирывается, не имеет запаха. Простой и удобный механизм, расположенный в основании стержня, позволяет легко выкрутить и закрутить столбик клея. Вес - 8 г. Не содержит цветовых пигментов &amp;#40;бесцветный&amp;#41;. Нетоксичен и экологичен, безопасен для детей.</t>
   </si>
   <si>
     <t>248686</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cc5/cc55683a258040f92fa6c68e17655741/39c47440150195fc4088c3e52b39500e.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш Клей -карандаш 8г KORES Chameleon  исчезающий цвет   16802 штр.  9023800168023</t>
   </si>
   <si>
     <t>Клей-карандаш Kores Chameleon на синтетической основе предназначен для склеивания картона, бумаги, текстиля. Имеет большой срок хранения. Вес - 8 г. Клей оставляет цветной след, который позволяет точно определить место нанесения и затем обесцвечивается. Легко смывается водой и отстирывается, не имеет запаха. Быстро сохнет, расходуется экономично. Морозостоек.</t>
   </si>
   <si>
     <t>248689</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a46/a46071d3b340a13b9cc401196bbdda9d/c5390f15e529f0fb4264ca1f451e5a9f.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5df/5df160ba128a1534860a94c9f84b52c6.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш  quot;Cristal quot; 08г., кристально-чистый: CG-8G штр.: 8803654015602</t>
   </si>
   <si>
     <t>Прозрачный клей-карандаш 8г. Предназначен для склеивания всех видов бумаг, картона, фотографий. Бумага не увлажняется, не деформируется, проклеивается ровно, без комков и волокон. Не токсичен, не содержит растворителей. Надежный колпачок предохраняет от высыхания.</t>
   </si>
   <si>
     <t>337358</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ece/ece629e784886a960d0c745ab9fc4388.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш  quot;Cristal quot; 15г., кристально-чистый: CG-15G штр.: 8803654015787</t>
   </si>
   <si>
     <t>Прозрачный клей-карандаш 15г. Предназначен для склеивания всех видов бумаг, картона, фотографий. Бумага не увлажняется, не деформируется, проклеивается ровно, без комков и волокон. Не токсичен, не содержит растворителей. Надежный колпачок предохраняет от высыхания.</t>
   </si>
   <si>
     <t>337359</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/15e/15ed380789be3d9a56f650041783f987.jpg</t>
@@ -551,50 +568,59 @@
   <si>
     <t>Клей-карандаш  quot;Expert quot; 35г.: CG-350 штр.: 8803654014537</t>
   </si>
   <si>
     <t>Клей-карандаш 35г. Предназначен для склеивания всех видов бумаг, картона, фотографий. Бумага не увлажняется, не деформируется, проклеивается ровно, без комков и волокон.</t>
   </si>
   <si>
     <t>337360</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/698/698cc2a6d14acc8faf27b38c99306b7b.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 08г.,  quot;Elastic quot;, дисплей: G08_10586 штр.: 4680211085865</t>
   </si>
   <si>
     <t>Клей-карандаш для склеивания бумаги, картона, фотографий. Подходит для работы в офисе, а так же для школы и детского творчества. Клей наносится ровно, без комков. Не деформирует бумагу после склеивания. Хранить с закрытым колпачком.</t>
   </si>
   <si>
     <t>337361</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/091/09167e67c99e005410844512d3c8e387.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш 08г., прозрачный: FPp_08000 штр.: 4260107476559</t>
+  </si>
+  <si>
+    <t>337362</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/548/548e740bd834ad67991da42b39a7f630.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 15г.,  quot;Elastic quot;, дисплей: G15_10584 штр.: 4680211085841</t>
   </si>
   <si>
     <t>337363</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/536/536a37ffc1f0c29148e157f1010ed755.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 15г., Мульти-Пульти  quot;Енот в Японии quot;, с цветным индикатором: GS_13355 штр.: 14680211113558</t>
   </si>
   <si>
     <t>Улучшенная формула. Окрашивает бумагу при нанесении, по мере высыхания цветной след исчезает. Склеивает изделия из бумаги, картона, ткани, фотографии. Экономичен в использовании. Не токсичен, не содержит растворителей. Надежный колпачок предохраняет от высыхания. Фирменная Отпускается только упаковкой для размещения на торговых прилавках.</t>
   </si>
   <si>
     <t>337364</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ac/4ac2b47c75b4b6e2359c6daf47b7694d.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 36г.,  quot;Elastic quot;, дисплей: G36_10580 штр.: 4680211085803</t>
@@ -719,347 +745,446 @@
   <si>
     <t>Клей-карандаш на основе компонента PVP склеивает поверхности быстро и надежно. Идеально подходит для склеивания бумаги, картона и фотобумаги. Колпачок надежно предохраняет клей от высыхания. Не содержит вредных веществ.</t>
   </si>
   <si>
     <t>391174</t>
   </si>
   <si>
     <t>&lt;a href="/brands/globus/"&gt;Globus&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf5/kkhr9qwcgu46hkai164dk9ndnjovyqin.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш BIC  quot;ECOlutions quot;, 8 г, 8923442</t>
   </si>
   <si>
     <t>Экологичный клей-карандаш BIC &amp;quot;ECOlutions&amp;quot; легко склеивает бумагу, картон, текстильные изделия. Легко смывается водой и быстро сохнет. Клей-карандаш не содержит растворителей, а его корпус на 100&amp;#37; состоит из переработанного пластика. С рук и одежды смывается легко. Имеет приятный аромат яблока. Идеально подойдет для ежедневного использования детьми.</t>
   </si>
   <si>
     <t>391179</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bic/"&gt;BIC&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/17f/f2ctwjt18elmf8koniqeba47pbb3jjy4.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш BRAUBERG  quot;Crystal quot;, прозрачный, 15 г, 224337</t>
+  </si>
+  <si>
+    <t>Кристально-прозрачный клей-карандаш BRAUBERG - прекрасный выбор для Вашего офиса, дома, школы. Идеально склеивает бумагу, фотографии, фотобумагу, картон. Объем - 15 г. Надежное склеивание обеспечивается качественным полимерным компоненом на основе PVP. Прозрачная текстура не оставляет следов на поверхности. Клей безопасен для здоровья, нетоксичен. Не деформирует поверхность бумаги при склеивании. Увеличенный срок годности - 5 лет!Клей-карандаш BRAUBERG - правильный выбор для Вашего офиса и дома!</t>
+  </si>
+  <si>
+    <t>391180</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5e6/w60nbgstkeir7f3xha22bkh2u0g0bt04.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG  quot;Смайлики quot;, 15 г, 224338</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG гарантирует надежное склеивание бумаги, картона, фотографий и фотобумаги. Идеально подходит для офиса, дома и школы. После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Клей удобен в использовании. Он не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Обеспечивает быстрое и надежное склеивание. Увеличенный объем — 25 г. Увеличенный срок годности — 5 лет.Оригинальный дизайн со смайлами создает позитивный настрой на весь день!</t>
   </si>
   <si>
     <t>391181</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4a5/ssxryf8di88b6qqydg7i2bp475u9smd5.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG, 15 г, 220870</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG гарантирует надежное склеивание бумаги, картона, фотографий и фотобумаги. Идеально подходит для офиса, дома и школы. После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Клей удобен в использовании. Он не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Обеспечивает быстрое и надежное склеивание. Оптимальный объем — 15 г. Увеличенный срок годности — 5 лет.</t>
   </si>
   <si>
     <t>391182</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/202/vkuh1yfv5h1h93xvtnifz2k74y9a5m5c.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG, 15 г, обесцвечивающийся, цветной, 220874</t>
   </si>
   <si>
     <t>Обесцвечивающийся клей-карандаш BRAUBERG помогает аккуратно и равномерно нанести клеевой слой на поверхность. Идеально подходит для офиса, дома и школы. При склеивании цветной пигмент исчезает со склеиваемой поверхности, не оставляя следов. Обесцвечивающийся индикатор позволяет на некоторое время сделать видимым клеевой слой для вашего удобства. Безопасен при использовании, не содержит токсичных веществ. Не деформирует бумагу.Клей удобен в использовании. Легко смывается с рук и рабочей поверхности. Обеспечивает быстрое и качественное склеивание. Объем — 15 г. Увеличенный срок годности — 5 лет.</t>
   </si>
   <si>
     <t>391183</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a51/xd35xqlcnugzn3fas82tne8jbcypof1t.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG, 25 г, 220871</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG гарантирует надежное склеивание бумаги, картона, фотографий и фотобумаги. Идеально подходит для офиса, дома и школы. После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Клей удобен в использовании. Он не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Обеспечивает быстрое и надежное склеивание. Увеличиенный объем — 25 г. Увеличенный срок годности — 5 лет.</t>
   </si>
   <si>
     <t>391184</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e31/7m667grtzay28ykzgl34e18ti44hgh8x.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG, 40 г, 222928</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG гарантирует надежное склеивание бумаги, картона, фотографий и фотобумаги. Идеально подходит для офиса, дома и школы. После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Клей удобен в использовании. Он не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Обеспечивает быстрое и надежное склеивание. Благодаря большому объему 40 г клея хватит надолго. Увеличенный срок годности — 5 лет.</t>
   </si>
   <si>
     <t>391185</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a96/igeb1phmx2azwaddcmqx8rpw94d5o4v9.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0a2/7cs69k0ukdo5jh11y25g56k5b8yjj59o.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG, 9 г, обесцвечивающийся, цветной, 220872</t>
   </si>
   <si>
     <t>Обесцвечивающийся клей-карандаш BRAUBERG помогает аккуратно и равномерно нанести клеевой слой на поверхность. Идеально подходит для офиса, дома и школы. При склеивании цветной пигмент исчезает со скеиваемой поверхности, не оставляя следов. Обесцвечивающийся индикатор позволяет на некоторое время сделать видимой клеевой слой для вашего удобства. Безопасен при использовании, не содержит токсичных веществ. Не деформирует бумагу.Клей удобен в использовании. Легко смывается с рук и рабочей поверхности. Обеспечивает быстрое и качественное склеивание.Компактный объем — 9 г. Увеличенный срок годности — 5 лет.</t>
   </si>
   <si>
     <t>391187</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9be/9s96bovsxpk0798hc3l8kz83y0r8klfq.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш STAFF EVERYDAY, 16 г, обесцвечивающийся после высыхания, 226620</t>
+  </si>
+  <si>
+    <t>Обесцвечивающийся клей-карандаш STAFF помогает аккуратно и равномерно нанести клеевой слой на поверхность. Оптимальный объем - 16 г. При склеивании цветной пигмент исчезает со склеиваемой поверхности, не оставляя следов. Обесцвечивающийся индикатор позволяет на некоторое время сделать видимой клеевой слой для удобства. Безопасен для здоровья, нетоксичен. Не деформирует бумагу.Клей удобен в использовании. Легко смывается с рук и рабочей поверхности. Увеличенный срок годности - 3 года.</t>
+  </si>
+  <si>
+    <t>391205</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/620/oujwlz14qrlzz6cr7wlvjpbaak39qv27.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш STAFF  quot;EVERYDAY quot;, 21 г, 220375</t>
+  </si>
+  <si>
+    <t>Клей-карандаш STAFF предназначен для склеивания бумаги, картона, фотографий и фотобумаги. Прекрасный выбор для офиса, дома и школы. Объем - 21 г. Клей-карандаш STAFF легко наносится и распределяется по поверхности. Не токсичен и безопасен для здоровья. Удобен в использовании: он не пачкает руки, стол, одежду; легко удаляется при помощи воды. Плотно прилегающий колпачок предотвращает высыхание клея. Срок годности - 3 года.</t>
+  </si>
+  <si>
+    <t>391206</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/218/1qiiuolnf5ckscfesj9dac4pm4arsx0i.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш STAFF  quot;EVERYDAY quot;, 24 г, 226617</t>
   </si>
   <si>
     <t>Клей-карандаш STAFF предназначен для склеивания бумаги, картона, фотографий и фотобумаги. Прекрасный выбор для офиса, дома и школы. Объем - 24 г. Клей-карандаш STAFF легко наносится и распределяется по поверхности. Не токсичен и безопасен для здоровья. Клей-карандаш STAFF удобен в использовании: он не пачкает руки, стол, одежду; легко удаляется при помощи воды. Плотно прилегающий колпачок предотвращает высыхание клея. Срок годности - 3 года.</t>
   </si>
   <si>
     <t>391207</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/85b/9xjuhyv94yx38r22pilsanjri6vc5kir.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш STAFF  quot;EVERYDAY quot;, 36 г, 220376</t>
+  </si>
+  <si>
+    <t>Клей-карандаш STAFF предназначен для склеивания бумаги, картона, фотографий и фотобумаги. Прекрасный выбор для офиса, дома и школы. Экономичный объем - 36 г. Клей-карандаш STAFF легко наносится и распределяется по поверхности. Не токсичен и безопасен для здоровья. Клей-карандаш STAFF удобен в использовании: он не пачкает руки, стол, одежду; легко удаляется при помощи воды. Плотно прилегающий колпачок предотвращает высыхание клея. Срок годности —3 года.</t>
+  </si>
+  <si>
+    <t>391209</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/458/ghyv4bx23mc3333t66shcch3k7mwr0s2.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш STAFF  quot;EVERYDAY quot;, 8 г, 220374</t>
   </si>
   <si>
     <t>Клей-карандаш STAFF &amp;quot;EVERYDAY&amp;quot; предназначен для склеивания бумаги, картона, фотографий и фотобумаги. Прекрасный выбор для офиса, дома и школы. Компактный объем - 8 г. Клей-карандаш STAFF легко наносится и распределяется по поверхности. Не токсичен и безопасен для здоровья. Удобен в использовании: он не пачкает руки, стол, одежду; легко удаляется при помощи воды. Плотно прилегающий колпачок предотвращает высыхание клея. Срок годности - 3 года.</t>
   </si>
   <si>
     <t>391210</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/41d/q9skilwbasa0wrhwxrma01enj2dh0zuz.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш ПИФАГОР, 15 г</t>
+  </si>
+  <si>
+    <t>Клей-карандаш ПИФАГОР предназначен для склеивания бумаги, картона, фотографий и фотобумаги. Прекрасный выбор для дома и школы. Объем - 15 г. Клей-карандаш ПИФАГОР легко наносится и распределяется по поверхности. Не токсичен и безопасен для здоровья. Клей-карандаш удобен в использовании: он не пачкает руки, стол, одежду; легко удаляется при помощи воды. Плотно прилегающий колпачок предотвращает высыхание клея.</t>
+  </si>
+  <si>
+    <t>391226</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pifagor/"&gt;ПИФАГОР&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4f6/kxe7qengew2fxtwalv5ukai4yfthig57.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш ПИФАГОР, 21 г</t>
   </si>
   <si>
     <t>Клей-карандаш ПИФАГОР предназначен для склеивания бумаги, картона, фотографий и фотобумаги. Прекрасный выбор для дома и школы. Объем - 21 г. Клей-карандаш ПИФАГОР легко наносится и распределяется по поверхности. Не токсичен и безопасен для здоровья. Клей-карандаш удобен в использовании: он не пачкает руки, стол, одежду; легко удаляется при помощи воды. Плотно прилегающий колпачок предотвращает высыхание клея.</t>
   </si>
   <si>
     <t>391227</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/pifagor/"&gt;ПИФАГОР&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1c1/cempohj9pvfeuh602ura70cmh014imjz.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш цветной ЮНЛАНДИЯ  quot;ЮНЛАНДИК И ХАМЕЛЕОН quot;, 15 г, исчезающий после высыхания</t>
   </si>
   <si>
     <t>Обесцвечивающийся клей-карандаш ЮНЛАНДИЯ &amp;quot;ЮНЛАНДИК И ХАМЕЛЕОН&amp;quot; помогает аккуратно и равномерно нанести клеевой слой на поверхность. Прекрасный выбор для детского творчества! При склеивании цветной пигмент исчезает со склеиваемой поверхности, не оставляя следов. Обесцвечивающийся индикатор позволяет на некоторое время сделать видимой клеевой слой для удобства. Безопасен при использовании, не содержит токсичных веществ. Не деформирует бумагу.Клей удобен в использовании. Легко смывается с рук и рабочей поверхности. Обеспечивает быстрое и качественное склеивание. Объем - 15 г.</t>
   </si>
   <si>
     <t>391228</t>
   </si>
   <si>
     <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7bb/iwj4fjfcof5bqt9d91espolpge92upl4.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш цветной ЮНЛАНДИЯ  quot;ЮНЛАНДИК И ХАМЕЛЕОН quot;, 9 г, исчезающий после высыхания</t>
   </si>
   <si>
     <t>Обесцвечивающийся клей-карандаш ЮНЛАНДИЯ &amp;quot;ЮНЛАНДИК И ХАМЕЛЕОН&amp;quot; помогает аккуратно и равномерно нанести клеевой слой на поверхность. Прекрасный выбор для детского творчества! При склеивании цветной пигмент исчезает со склеиваемой поверхности, не оставляя следов. Обесцвечивающийся индикатор позволяет на некоторое время сделать видимой клеевой слой для удобства. Безопасен при использовании, не содержит токсичных веществ. Не деформирует бумагу.Клей удобен в использовании. Легко смывается с рук и рабочей поверхности. Обеспечивает быстрое и качественное склеивание. Компактный объем - 9 г.</t>
   </si>
   <si>
     <t>391229</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/36f/tv1gn8lx4v04j6p7id7v4vi81ky1h763.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш ЮНЛАНДИЯ  quot;ЮНЛАНДИК И БОЖЬЯ КОРОВКА quot;, 15 г, улучшенный</t>
+  </si>
+  <si>
+    <t>Клей-карандаш ЮНЛАНДИЯ &amp;quot;ЮНЛАНДИК И БОЖЬЯ КОРОВКА&amp;quot; – идеальный выбор для детского творчества! Подходит для склеивания бумаги, картона, фотографий и фотобумаги. Клей-карандаш ЮНЛАНДИЯ – это надежное и быстрое склеивание, которое достигается за счет улучшенной PVP-основы клея. Он удобен в использовании, в том числе для детей: не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. После нанесения высыхает без образования пятен. Клей-карандаш не токсичен, не вызывает аллергии и безопасен для здоровья. Объем – 15 г. Срок годности – 5 лет.</t>
+  </si>
+  <si>
+    <t>391230</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/30a/fhvzyscbbsa4rl5f7tt5n4lvl6oozwoa.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш ЮНЛАНДИЯ  quot;ЮНЛАНДИК И БОЖЬЯ КОРОВКА quot;, 25 г, улучшенный</t>
   </si>
   <si>
     <t>Клей-карандаш ЮНЛАНДИЯ &amp;quot;ЮНЛАНДИК И БОЖЬЯ КОРОВКА&amp;quot; – идеальный выбор для детского творчества! Подходит для склеивания бумаги, картона, фотографий и фотобумаги. Клей-карандаш ЮНЛАНДИЯ - это надежное и быстрое склеивание, которое достигается за счет улучшенной PVP-основы клея. Он удобен в использовании, в том числе для детей: не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. После нанесения высыхает без образования пятен. Клей-карандаш не токсичен, не вызывает аллергии и безопасен для здоровья. Увеличенный объем - 25 г. Увеличенный срок годности - 5 лет.</t>
   </si>
   <si>
     <t>391231</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/441/4419f31c6687cccf9a4c50f66835d9af.jpeg</t>
   </si>
   <si>
     <t>Клей-карандаш Berlingo  quot;Instinct quot;, 15г</t>
   </si>
   <si>
     <t>428263</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/48d/48d2d39a314f31209aca32807467ea2d.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/60f/60f1d5161eee95a6751079e2d46acf59/7d333309812bbaeea6e49e170e022ac1.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 20г Kores Pastel ассорти: розовый, желтый, фиолетовый ,мятный</t>
   </si>
   <si>
     <t>458926</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a12/55rovqku0mf07g71gdexttxxuep1wcxz.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш BRAUBERG  quot;COLOR Crystal quot;, 15 г, прозрачный, ассорти, 227969, PVP</t>
+  </si>
+  <si>
+    <t>Кристально-прозрачный клей-карандаш BRAUBERG с клеящим полимерным компонентом для склеивания бумаги, картона, фото. Имеет объем 15 г.&amp;nbsp;&amp;nbsp;Клей выполнен в различных цветовых вариантах, при этом он не оставляет следов после нанесения. Быстро высыхает. Обеспечивает надежное склеивание. Не деформирует бумагу. Безопасен для здоровья. Увеличенный срок годности — 5 лет.&amp;nbsp;&amp;nbsp;Удобно, выгодно и надежно!</t>
+  </si>
+  <si>
+    <t>468811</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2b2/oe8t1n0ts653t5zfm96sl7wc6jzffj5h.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG  quot;Crystal quot;, 25 г, прозрачный, 227968, PVP</t>
   </si>
   <si>
     <t>Кристально-прозрачный клей-карандаш BRAUBERG с клеящим полимерным компонентом гарантирует качественное склеивание бумаги, картона, фото. Идеальный выбор для школы, офиса и дома! Имеет объем 25 г. Клеящий карандаш - твердый клей в поворотной тубе. Удобен в использовании, не пачкает пальцы. Это идеальный помощник для работы и творчества. Клей-карандаш используется как замена канцелярскому клею. Клей не токсичен, не содержит кислот, растворителей. Минимальное содержание влаги в клее препятствует деформации бумаги. Увеличенный срок годности - 5 лет!</t>
   </si>
   <si>
     <t>468812</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f80/x4dw90p4dm25sguqr72iisi42jqin0cm.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG  quot;Crystal quot;, 9 г, прозрачный, 227967, PVP</t>
   </si>
   <si>
     <t>Кристально-прозрачный клей-карандаш BRAUBERG с клеящим полимерным компонентом гарантирует качественное склеивание бумаги, картона, фото. Идеальный выбор для школы, офиса и дома! Имеет компактный объем - 9 г. Клеящий карандаш - твердый клей в поворотной тубе. Удобен в использовании, не пачкает пальцы. Это идеальный помощник для работы и творчества. Клей-карандаш используется как замена канцелярскому клею. Клей не токсичен, не содержит кислот, растворителей. Минимальное содержание влаги в клее препятствует деформации бумаги. Увеличенный срок годности - 5 лет!</t>
   </si>
   <si>
     <t>468813</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/daa/daacb6ad4d4fa9c010c0555dd1400511/c448d4f766796df67372a537a2e1da11.jpg</t>
-[...5 lines deleted...]
-    <t>558760</t>
+    <t>http://anytos.ru//upload/iblock/191/q2ffsc7n0dk72a0uo27v4xsv98ou1gso.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш BRAUBERG  quot;Fresh Zone quot;, 15 г, 227971, PVP</t>
+  </si>
+  <si>
+    <t>Клей-карандаш BRAUBERG &amp;quot;Fresh Zone&amp;quot;. Надежно и быстро склеивает изделия из бумаги и картона, ткани и фотографии. Имеет объем 15 г. Благодаря качественным полимерным компонентам легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично.&amp;nbsp;&amp;nbsp;Быстро высыхает. Не деформирует бумагу. Не токсичен. Не оставляет следов после нанесения. Увеличенный срок годности — 5 лет.</t>
+  </si>
+  <si>
+    <t>468814</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7aa/7aa4fc53c7c80dd279f6040500b5d32b/48c617bdb585751482a923696a4f431b.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Berlingo  quot;Aqua quot;, 15г, прозрачный</t>
+  </si>
+  <si>
+    <t>558759</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/86a/86a17b806a4253929f25b2553b3eb97d/0f505b36badc20b4019b5bce74e137ed.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш Crown  quot;Expert quot;, 22г</t>
   </si>
   <si>
     <t>Клей-карандаш Crown &amp;quot;Expert&amp;quot;, 22г легко наносится и&amp;nbsp;&amp;nbsp;распределяется на поверхности тонким, абсолютно прозрачным и равномерным слоем, не деформируя обрабатываемый материал. Благодаря равномерному нанесению клей&amp;nbsp;&amp;nbsp;расходуется экономично.&amp;nbsp;&amp;nbsp;Подходит для склеивания бумаги, картона, ткани, фотографий, блесток и использования в различных подделках.&amp;nbsp;&amp;nbsp;Надежный колпачок предохраняет от высыхания в течении трех лет. Клей-карандаш имеет особую гипоаллергенную формулу, в состав которой выходят исключительно натуральные компоненты - это кукурузного крахмал и вода, что безопасно даже для самых маленьких детей.&amp;nbsp;&amp;nbsp;Клей не имеет запаха, абсолютно безвредный, нетоксичный и легко отстирывается в холодной воде. Экспериментируй и создавай шедевры с клеем Crown.</t>
   </si>
   <si>
     <t>558761</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d28/d280b23a21d4bba2b77d78b8e5cfd739/0a9eae8456b9fb520fb7431db80eb990.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш OfficeSpace  quot;Elastic quot;, 21г, улучшенный, дисплей</t>
   </si>
   <si>
     <t>558762</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bf3/bf38d74bafd0ca25336532afb157433c/39f09c59f99ec6a2322c75282fef8b0d.jpg</t>
-[...5 lines deleted...]
-    <t>558763</t>
+    <t>http://anytos.ru//upload/iblock/b20/ix0myb7a86u91pq7bflpz6flobaddxc3.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш BRAUBERG MIX, 15 г, PVP основа, 229072</t>
+  </si>
+  <si>
+    <t>Клей-карандаш BRAUBERG MIX предназначен для склеивания бумаги, картона, фотобумаги. Клей-карандаш BRAUBERG MIX гарантирует высокое качество склеивания благодаря PVP основе. Клей нетоксичен и безопасен в использовании. Не деформирует поверхность бумаги, не оставляет пятен. Плотный колпачок надежно предохраняет клей от высыхания. Объем - 15 г.</t>
+  </si>
+  <si>
+    <t>564137</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/98d/nfaiiuchvk7ywsb10l632aemqriybsgp.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG MIX, 25 г, PVP основа, 229073</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG MIX предназначен для склеивания бумаги, картона, фотобумаги. Клей-карандаш BRAUBERG MIX гарантирует высокое качество склеивания благодаря PVP основе. Клей нетоксичен и безопасен в использовании. Не деформирует поверхность бумаги, не оставляет пятен.&amp;nbsp;&amp;nbsp;Плотный колпачок надежно предохраняет клей от высыхания. Объем - 25 г.</t>
   </si>
   <si>
     <t>564138</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/38b/y1objuwthretv9tlh6ozcuejz5di9gvj.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш BRAUBERG MIX, 9 г, PVP основа, 229071</t>
+  </si>
+  <si>
+    <t>Клей-карандаш BRAUBERG MIX предназначен для склеивания бумаги, картона, фотобумаги. Клей-карандаш BRAUBERG MIX гарантирует высокое качество склеивания благодаря PVP основе. Клей нетоксичен и безопасен в использовании. Не деформирует поверхность бумаги, не оставляет пятен. Плотный колпачок надежно предохраняет клей от высыхания. Компактный объем - 9 г.</t>
+  </si>
+  <si>
+    <t>564139</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7c7/ihrope81mg24bvisgq8ghu2v8ukjb85k.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш  quot;2 1 обесцвечивающийся quot; BRAUBERG 15 г, 3 штуки на блистере, 229474</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG гарантирует надежное склеивание бумаги, картона и фотобумаги. Идеально подходит для офиса, дома и школы. Единица товара - блистер &amp;#40;15 г х 3 тубы&amp;#41;. Выгодный формат!Товар включает в себя 2 обычных &amp;#40;белых&amp;#41; &amp;#43; 1 обесцвечивающийся клей-карандаш.&amp;nbsp;&amp;nbsp; Фиолетовый пигмент позволяет аккуратно наносить клей на поверхность, затем исчезает без следов. Все клеи легко наносятся и распределяются по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Клеи удобны в использовании. Они не пачкают руки, стол, одежду, не попадают на участки бумаги, расположенные возле места склеивания. После нанесения высыхают без образования пятен. Не токсичны, не вызывают аллергии и безопасны для здоровья. Увеличенный срок годности — 5 лет.</t>
   </si>
   <si>
     <t>624149</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e94/tob5edm246as3c07ff1xg4g85dvv7i2f.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш обесцвечивающийся BRAUBERG 15 г, 3 штуки на блистере, 229473</t>
   </si>
   <si>
     <t>Обесцвечивающийся клей-карандаш BRAUBERG гарантирует надежное склеивание бумаги, картона и фотобумаги. Идеально подходит для офиса, дома и школы. Единица товара - блистер &amp;#40;15 г х 3 тубы&amp;#41;. Выгодный формат!Обесцвечивающийся фиолетовый пигмент позволяет аккуратно наносить клей на поверхность, затем исчезает без следов. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Клей удобен в использовании. Он не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Увеличенный срок годности — 5 лет.</t>
   </si>
   <si>
     <t>624150</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ee2/1cigcoqs1t1x62oo0q2be3h17h7laqu1.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш 15 г ВЫГОДНАЯ УПАКОВКА BRAUBERG, 4 штуки на блистере, 229471</t>
+  </si>
+  <si>
+    <t>Клей-карандаш BRAUBERG гарантирует надежное склеивание бумаги, картона и фотобумаги. Идеально подходит для офиса, дома и школы. Единица товара - блистер &amp;#40;15 г х 4 тубы&amp;#41;. Выгодный формат!После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Клей удобен в использовании. Он не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Увеличенный срок годности — 5 лет.</t>
+  </si>
+  <si>
+    <t>624151</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/52e/yn9l3v0t0cfztpq2rrhytmr03yl9fi8a.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 25 г ВЫГОДНАЯ УПАКОВКА BRAUBERG, 4 штуки на блистере, 229472</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG гарантирует надежное склеивание бумаги, картона и фотобумаги. Идеально подходит для офиса, дома и школы. Единица товара - блистер &amp;#40;25 г х 4 тубы&amp;#41;. Выгодный формат!После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Клей удобен в использовании. Он не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Увеличенный срок годности — 5 лет.</t>
   </si>
   <si>
     <t>624152</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7aa/rclp2f8vax7r6skkyxjy4jl6hy081dez.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 25 г ВЫГОДНАЯ УПАКОВКА, КОМПЛЕКТ 12 штук, BRAUBERG, 229470</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG гарантирует надежное склеивание бумаги, картона и фотобумаги. Идеально подходит для офиса, дома и школы. Единица товара - дисплей &amp;#40;25 г х 12 туб в дисплее&amp;#41;. Выгодный формат!После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Клей удобен в использовании. Он не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Увеличенный срок годности — 5 лет.</t>
   </si>
   <si>
     <t>624153</t>
   </si>
   <si>
     <t>2</t>
@@ -1076,281 +1201,398 @@
   <si>
     <t>624154</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4e9/4e997326d072558b7d1f59edec899d0b.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 40г. KORES Glue-eco</t>
   </si>
   <si>
     <t>627193</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b8c/9kyt97423rivtkoay59zcsmpjr6tupe5.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш STAFF EVERYDAY, 25 г, 228664</t>
   </si>
   <si>
     <t>Клей-карандаш STAFF Everyday предназначен для склеивания бумаги, картона и фотобумаги. Прекрасный выбор для офиса, дома и школы. Объем - 25 г. Клей-карандаш STAFF Everyday легко наносится и распределяется по поверхности. Не токсичен и безопасен для здоровья. Удобен в использовании: он не пачкает руки, стол, одежду; легко удаляется при помощи воды. Плотно прилегающий колпачок предотвращает высыхание клея. Срок годности - 3 года.</t>
   </si>
   <si>
     <t>628520</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d57/mu2i78p1h944q9b9godoa4ze1cayw5c0.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш УСИЛЕННЫЙ STAFF Profit, 8 г, PVP-основа, 228660</t>
+  </si>
+  <si>
+    <t>Новая формула клея STAFF Profit гарантирует надежное склеивание бумаги, картона и фотобумаги. После нанесения высыхает без образования пятен. Безопасен для здоровья. PVP-основа. После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Клей удобен в использовании. Он не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Обеспечивает быстрое и надежное склеивание. Оптимальный объем — 8 г. Увеличенный срок годности — 5 лет.</t>
+  </si>
+  <si>
+    <t>628521</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0dc/9i41r4aar71icgncb1s9tw0c34p23kcy.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш STAFF EVERYDAY, 40 г, 228665</t>
+  </si>
+  <si>
+    <t>Клей-карандаш STAFF Everyday предназначен для склеивания бумаги, картона и фотобумаги. Прекрасный выбор для офиса, дома и школы. Большой объем - 40 г. Клей-карандаш STAFF Everyday легко наносится и распределяется по поверхности. Не токсичен и безопасен для здоровья. Удобен в использовании: он не пачкает руки, стол, одежду; легко удаляется при помощи воды. Плотно прилегающий колпачок предотвращает высыхание клея. Срок годности - 3 года.</t>
+  </si>
+  <si>
+    <t>628522</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aa4/c5lch549s111pigpyt1zj27gsdxqwek9.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш УСИЛЕННЫЙ STAFF Profit, 15 г, PVP-основа, 228661</t>
+  </si>
+  <si>
+    <t>Новая формула клея STAFF Profit гарантирует надежное склеивание бумаги, картона и фотобумаги. После нанесения высыхает без образования пятен. Безопасен для здоровья. PVP-основа. После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Клей удобен в использовании. Он не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Обеспечивает быстрое и надежное склеивание. Оптимальный объем — 15 г. Увеличенный срок годности — 5 лет.</t>
+  </si>
+  <si>
+    <t>628523</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/05d/oqegi2x0eh38scfbp92glbynxyusnycm.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш УСИЛЕННЫЙ STAFF Profit, 21 г, PVP-основа, 228662</t>
   </si>
   <si>
     <t>Новая формула клея STAFF Profit гарантирует надежное склеивание бумаги, картона и фотобумаги. После нанесения высыхает без образования пятен. Безопасен для здоровья. PVP-основа. После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Клей удобен в использовании. Он не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Обеспечивает быстрое и надежное склеивание. Оптимальный объем — 21 г. Увеличенный срок годности — 5 лет.</t>
   </si>
   <si>
     <t>628524</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/046/wa5brb7nhinnkmhth3ejnqf5fqgscv9x.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш УСИЛЕННЫЙ STAFF Profit, 36 г, PVP-основа, 228663</t>
   </si>
   <si>
     <t>Новая формула клея STAFF Profit гарантирует надежное склеивание бумаги, картона и фотобумаги. После нанесения высыхает без образования пятен. Безопасен для здоровья. PVP-основа. После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Клей удобен в использовании. Он не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Обеспечивает быстрое и надежное склеивание. Оптимальный объем — 36 г. Увеличенный срок годности — 5 лет.</t>
   </si>
   <si>
     <t>628525</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/46e/46eec313e98703c3d9f05b0a63517caf.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Kores  quot;Glue-Eco quot;, 10г, прозрачный</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Kores Glue-Eco предназначен для склеивания бумаги, картона, фотографий и текстиля. Основа клея обладает мягкой структурой и содержит глицерин для легкого скольжения. Легко смывается водой и отстирывается, не имеет запаха. Простой и удобный механизм, расположенный в основании стержня, позволяет легко выкрутить и закрутить столбик клея. Вес — 10 г. Не содержит цветовых пигментов &amp;#40;бесцветный&amp;#41;. Безопасен для детей. Характерной особенностью является возможное выделение глицериновых капель на поверхности данного клея, что придает легкость скольжения и возможность легкого нанесения клея на бумагу, тем самым обеспечивая экономичное расходование клея.&amp;nbsp;&amp;nbsp;Клей-карандаш ЭКО, на 75&amp;#37; состоит из вторичного сырья &amp;#40;переработанный пластик, бумага&amp;#41;.</t>
+  </si>
+  <si>
+    <t>630071</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91a/91a0962418b9eb15a07f994e3634c679.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Kores, 15г, прозрачный</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Kores предназначен для склеивания бумаги, картона, текстиля. Основа клея обладает мягкой структурой и содержит глицерин для легкого скольжения. Без цветовых пигментов &amp;#40;бесцветный&amp;#41;. Легко смывается водой и отстирывается, не имеет запаха. Вес — 15 г. Простой и удобный механизм, расположенный в основании стержня, позволяет легко выкрутить и закрутить столбик клея. Начинает действовать через 30 секунд после нанесения. Нетоксичен и экологичен, безопасен для детей. Характерной особенностью является возможное выделение глицериновых капель на поверхности данного клея, что придает легкость скольжения и возможность легкого нанесения клея на бумагу, тем самым обеспечивая экономичное расходование клея.</t>
+  </si>
+  <si>
+    <t>630072</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c6/4c6e841d140b6ef5b18736623afd23e3.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Kores  quot;Chameleon quot;, 15г, фиолетовый</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Kores Chameleon предназначен для склеивания бумаги и картона. Вес — 15 г. Оставляет цветной след, который позволяет точно определить место нанесения и затем обесцвечивается. Клей легко смывается водой и отстирывается, не имеет запаха. Быстро сохнет, расходуется экономично. Безопасен для детей. Клей содержит глицерин. Характерной особенностью является возможное выделение глицериновых капель на поверхности данного клея, что придает легкость скольжения и возможность легкого нанесения клея на бумагу, тем самым обеспечивая экономичное расходование клея. Единичная упаковка — блистер.</t>
+  </si>
+  <si>
+    <t>630073</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6cc/6cceff862da951e1fb2731ad56fbe409.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш Kores, 20г, прозрачный</t>
   </si>
   <si>
     <t>Клей-карандаш Kores предназначен для склеивания бумаги, картона, текстиля. Основа клея обладает мягкой структурой и содержит глицерин для легкого скольжения. Без цветовых пигментов &amp;#40;бесцветный&amp;#41;. Легко смывается водой и отстирывается, не имеет запаха. Вес — 20 г. Простой и удобный механизм, расположенный в основании стержня, позволяет легко выкрутить и закрутить столбик клея. Начинает действовать через 30 секунд после нанесения. Нетоксичен и экологичен, безопасен для детей. Характерной особенностью является возможное выделение глицериновых капель на поверхности данного клея, что придает легкость скольжения и возможность легкого нанесения клея на бумагу, тем самым обеспечивая экономичное расходование клея.</t>
   </si>
   <si>
     <t>630074</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/571/571603d96fa89bf03c2d606d0a53b1c7.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Kores  quot;Glue-Eco quot;, 20г, прозрачный</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Kores Glue-Eco предназначен для склеивания бумаги, картона, фотографий и текстиля. Основа клея обладает мягкой структурой и содержит глицерин для легкого скольжения. Легко смывается водой и отстирывается, не имеет запаха. Простой и удобный механизм, расположенный в основании стержня, позволяет легко выкрутить и закрутить столбик клея. Вес — 20 г. Не содержит цветовых пигментов &amp;#40;бесцветный&amp;#41;. Безопасен для детей. Характерной особенностью является возможное выделение глицериновых капель на поверхности данного клея, что придает легкость скольжения и возможность легкого нанесения клея на бумагу, тем самым обеспечивая экономичное расходование клея.&amp;nbsp;&amp;nbsp;Клей-карандаш ЭКО, на 75&amp;#37; состоит из вторичного сырья &amp;#40;переработанный пластик, бумага&amp;#41;.</t>
+  </si>
+  <si>
+    <t>630075</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/180/180d7ef0da60f6d388554b7ea563c53c.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш Kores  quot;Pastel quot;, 20г, прозрачный</t>
   </si>
   <si>
     <t>Клей-карандаш Kores предназначен для склеивания бумаги, картона, фотобумаги. Не содержит растворителей. Легко смывается водой и отстирывается, не имеет запаха. Простой и удобный механизм, расположенный в основании стержня, позволяет легко выкрутить и закрутить столбик клея. Вес — 20 г. Не содержит цветовых пигментов &amp;#40;бесцветный&amp;#41;. Нетоксичен и экологичен, безопасен для детей. Клей содержит глицерин. Пластиковый корпусклея-карандаша выполнен в четырех нежных пастельных оттенках &amp;#40;розовый, желтый, фиолетовый, мятный&amp;#41;. Расход клея минимален благодаря сильной концентрации клеящих веществ. Безопасен при использовании по назначению. После использования плотно закрыть колпачок.</t>
   </si>
   <si>
     <t>630076</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bd0/bd078bab1aa8abf51dbbc8b453a6824f.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Kores, 08г, прозрачный</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Kores предназначен для склеивания бумаги, картона, текстиля. Основа клея обладает мягкой структурой и содержит глицерин для легкого скольжения. Без цветовых пигментов &amp;#40;бесцветный&amp;#41;. Легко смывается водой и отстирывается, не имеет запаха. Вес — 08гр. Простой и удобный механизм, расположенный в основании стержня, позволяет легко выкрутить и закрутить столбик клея. Начинает действовать через 30 секунд после нанесения. Нетоксичен и экологичен, безопасен для детей. Характерной особенностью является возможное выделение глицериновых капель на поверхности данного клея, что придает легкость скольжения и возможность легкого нанесения клея на бумагу, тем самым обеспечивая экономичное расходование клея.</t>
+  </si>
+  <si>
+    <t>630079</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e97/e97270ca14c95b6e764f8fcb7a90b8c4.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш Kores  quot;Chameleon quot;, 08г, фиолетовый</t>
   </si>
   <si>
     <t>Клей-карандаш Kores Chameleon предназначен для склеивания картона, бумаги, текстиля. Имеет большой срок хранения. Вес — 8 г. Клей оставляет цветной след, который позволяет точно определить место нанесения и затем обесцвечивается. Легко смывается водой и отстирывается, не имеет запаха. Быстро сохнет, расходуется экономично. Морозостоек. Клей содержит глицерин. Характерной особенностью является возможное выделение глицериновых капель на поверхности данного клея, что придает легкость скольжения и возможность легкого нанесения клея на бумагу, тем самым обеспечивая экономичное расходование клея.</t>
   </si>
   <si>
     <t>630080</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e58/e5812e9c3c71dd33d8cc8d223ef7f373.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш 15г. KORES Paper Stick</t>
+  </si>
+  <si>
+    <t>634558</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b85/b85664fd14e16256b33a07e6af88ab1d.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 40г. Kores Pastel ассорти:розовый, желтый, фиолетовый, мятный</t>
   </si>
   <si>
     <t>634559</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b52/b520ca79e8e01934f7d5a0b4cf7fdd06.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш LOREX 21 г. PVP EXTRA</t>
   </si>
   <si>
     <t>Клей на основе PVP улучшенная формула: пр-во Корея, срок годности 3 года с даты производства. ? большая концентрация клеящих веществ? склеивает изделия из бумаги, картона, фотобумаги, а так же, ткань и многое другое? не токсичен, быстро сохнет, смывается водой, и полностью безопасен при использовании по назначению</t>
   </si>
   <si>
     <t>642594</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8f2/8f2eb33508f6b760a4c86f6dea294dbf.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7ea/v0vpzequeeqpgu2n6p17ecb1lc4mlr14.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG SUPER, 8 г, обесцвечивающийся после высыхания, ЮЖНАЯ КОРЕЯ, 229544</t>
   </si>
   <si>
     <t>Обесцвечивающийся клей-карандаш BRAUBERG SUPER помогает аккуратно и равномерно нанести клеевой слой на поверхность. Идеально подходит для офиса, дома и школы. Изготовлен одним из ведущих производителей клея в Южной Корее. Обесцвечивающийся цветовой индикатор позволяет на некоторое время сделать видимым клеевой слой для Вашего удобства. Затем цветовой пигмент полностью исчезает с поверхности. Не токсичен, не вызывает аллергии и безопасен для здоровья. Не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Обеспечивает быстрое и надежное склеивание. Увеличенный срок годности — 5 лет. Объем - 8 г.</t>
   </si>
   <si>
     <t>652554</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d2/2gw4yldfl2q1n2v92der25xhem9zrt7m.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG SUPER, 8 г, ЮЖНАЯ КОРЕЯ, 229540</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG SUPER обеспечивает высокий уровень склеивания бумаги, картона и фотобумаги. Идеально подходит для офиса, дома и школы. Изготовлен одним из ведущих производителей клея в Южной Корее. После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Обеспечивает быстрое и надежное склеивание. Увеличенный срок годности — 5 лет. Объем - 8 г.</t>
   </si>
   <si>
     <t>652555</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7ca/3pk02m0k754yaw1swvv5j1mc6hu15dz2.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш BRAUBERG ULTRA STRONG, УСИЛЕННАЯ ФОРМУЛА, 15 г, ЮЖНАЯ КОРЕЯ, 229545</t>
+  </si>
+  <si>
+    <t>Клей-карандаш BRAUBERG ULTRA STRONG обеспечивает надежное склеивание бумаги, картона и фотобумаги. Идеально подходит для офиса, дома и школы. Изготовлен одним из ведущих производителей клея в Южной Корее. После нанесения клей высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Обеспечивает быстрое и надежное склеивание. Увеличенный срок годности — 5 лет. Объем - 15 г.</t>
+  </si>
+  <si>
+    <t>652557</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1ca/ji1hrf2wjf7pnntyfyqi5yxyokm8wovg.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG SUPER, 36 г, ЮЖНАЯ КОРЕЯ, 229543</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG SUPER обеспечивает высокий уровень склеивания бумаги, картона и фотобумаги. Идеально подходит для офиса, дома и школы. Изготовлен одним из ведущих производителей клея в Южной Корее. После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Обеспечивает быстрое и надежное склеивание. Увеличенный срок годности — 5 лет. Увеличенный объем - 36 г.</t>
   </si>
   <si>
     <t>652559</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f3b/hruf8f28ih2z8cctkedonz91s2id3svm.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b92/lflboq1ib32iet1ylx33jb5zgmmn2ntj.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш Мульти-Пульти  quot;Зверята quot;, 09г, колпачок в форме животного</t>
   </si>
   <si>
     <t>Клей-карандаш с колпачком в форме животных - незаменимый помощник на уроках труда и занятиях творчетством.&amp;nbsp;&amp;nbsp;• Улучшенная формула на основе ПВП позволяет хорошо склеивать изделия из бумаги, картона, ткани. • Быстрое высыхание. • Оригинальная форма колпачка&amp;nbsp;&amp;nbsp;• Не имеет неприятного запаха. • Экономичный в расходе. • Легко смывается водой. • Нетоксичен. • Не содержит растворителей.&amp;nbsp;&amp;nbsp;Не рекомендуется детям до 3-х лет. Фирменная упаковка для размещения на торговых прилавках.</t>
   </si>
   <si>
     <t>673681</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/704/ppk5a8vyg11yni90yll0q72evpfqeuid.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш Globus  quot;Стандарт quot;, 15г.</t>
   </si>
   <si>
     <t>Клей-карандаш «Стандарт», изготовлен на PVP основе, объем: 15 грамм. Идеально подходит для офисных работ. Предназначен для склеивания бумаги, картона и прочих материалов на бумажной основе.</t>
   </si>
   <si>
     <t>695313</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae2/s7mjet0pfd6u6devj6au52tihk1hjv9v.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш Globus  quot;Стандарт quot;, 35г.</t>
   </si>
   <si>
     <t>Клей-карандаш «Стандарт», изготовлен на PVP основе, объем: 35 грамм. Идеально подходит для офисных работ. Предназначен для склеивания бумаги, картона и прочих материалов на бумажной основе.</t>
   </si>
   <si>
     <t>695314</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cfa/re96d6vza4go6s3ax35qhtg98y7k507e.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Globus  quot;Школьный quot;, 15г.</t>
+  </si>
+  <si>
+    <t>Клей-карандаш «Школьный», изготовлен на PVA основе, объем: 15 грамм. Хорошо подходит для детского творчества и школьных работ.</t>
+  </si>
+  <si>
+    <t>695317</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/107/k7hy7p5p44digohmjwsy02likogxbu70.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш Globus  quot;Школьный quot;, 35г.</t>
   </si>
   <si>
     <t>Клей-карандаш «Школьный», изготовлен на PVA основе, объем: 35 грамм. Хорошо подходит для детского творчества и школьных работ.</t>
   </si>
   <si>
     <t>695318</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/425/ruq1xcxnjdcbw6zinsjv1sli1gfethfj.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клей-карандаш Erich Krause Crystal, 8г  в коробке-дисплее по 30 шт. </t>
   </si>
   <si>
     <t>Клей-карандаш Crystal c новой суперсильной формулой и высокой прозрачностью на PVP основе с экономичным расходом, максимально быстрым и надежным склеиванием. Легко смывается водой. Не токсичен. Не содержит растворителя. Морозостоек. Подходит для бумаги, картона и ткани.</t>
   </si>
   <si>
     <t>696886</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7ca/4apnemprvg4ntxhnrl1h651u161ro9ch.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клей-карандаш Erich Krause Crystal, 15г  в коробке-дисплее по 20 шт. </t>
   </si>
   <si>
     <t>Клей-карандаш CRYSTAL от Эрих Краузе подходит для бумаги, картона, фотографий. Прозрачный. Быстро сохнет и не оставляет следов. Не деформирует бумагу.</t>
   </si>
   <si>
     <t>696887</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7c5/un730hwpozyutotaeke4mgxcel59zgog.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клей-карандаш Erich Krause Magic, 15г  в коробке-дисплее по 20 шт. </t>
+  </si>
+  <si>
+    <t>Клей-карандаш MAGIC от Эрих Краузе подходит для бумаги, картона, фотографий. Яркий дизайн упаковки. Быстро сохнет и не оставляет следов. Не деформирует бумагу.</t>
+  </si>
+  <si>
+    <t>696891</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c5/v1n0nqruaxo3lohy729tbkdys3xa4njk.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клей-карандаш Erich Krause Magic, 8г  в коробке-дисплее по 30 шт. </t>
+  </si>
+  <si>
+    <t>696892</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/71e/qvaxt1rhlb9j5bm33d4qno80ivxz5x3y.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клей-карандаш Erich Krause Standard, 13г  в коробке-дисплее по 24 шт. </t>
   </si>
   <si>
     <t>Клей-карандаш Standard на PVP основе в выгодном формате с экономичным расходом, быстрым и надежным склеиванием. Легко смывается водой. Не токсичен. Не содержит растворителя. Морозостоек. Подходит для бумаги, картона и фотографий</t>
   </si>
   <si>
     <t>696893</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f8e/d5ug3io3b8txk24vzc0hdt2b6eie0stg.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клей-карандаш Erich Krause Standard, 19г  в коробке-дисплее по 24 шт. </t>
   </si>
   <si>
     <t>696894</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a39/nssm8lalyrm8rlmht34n2kkwumycajdi.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клей-карандаш Erich Krause Standard, 30г  в коробке-дисплее по 12 шт. </t>
@@ -1454,72 +1696,60 @@
   <si>
     <t>712493</t>
   </si>
   <si>
     <t>&lt;a href="/brands/luch/"&gt;Луч&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ef/zyrt2k2p6lr2hl5j7ewntvcgbbqlvzhe.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш Луч КЛАССИКА 36 г универсальный</t>
   </si>
   <si>
     <t>712494</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/06a/acx246gh019ch0fwy02j15nsfqr1gg8i.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш Луч КЛАССИКА 8 г универсальный</t>
   </si>
   <si>
     <t>712495</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/711/348ue2augtwji27jbsz02nhnw6h711xk.jpg</t>
-[...14 lines deleted...]
-    <t>Клей-карандаш Kores  quot;Paper Stick quot;, 10г, прозрачный</t>
+    <t>http://anytos.ru//upload/iblock/ac9/nr3heq9s21htm2kyowj48xl92ezyqgd2.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Kores  quot;Paper Stick quot;, 20г, прозрачный</t>
   </si>
   <si>
     <t>Клей-карандаш Kores Paper Stick специально разработан для склеивания материалов из бумаги. Прочно склеивает за 60 секунд. Не содержит растворителей и кислот, не токсичен. Мягко скользит по бумаге благодаря содержанию глицерина. Герметичная упаковка обеспечивает длительный срок службы. Легко смывается и отстирывается водой. Не содержит цветовых пигментов&amp;#40;бесцветный&amp;#41;. Характерной особенностью является возможное выделение глицериновых капель на поверхности данного клея, что придает легкость скольжения и возможность легкого нанесения клея на бумагу, тем самым обеспечивая экономичное расходование клея.</t>
   </si>
   <si>
-    <t>714190</t>
+    <t>714191</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8cd/yqzorwg4veusf68a3tjta508o428ejwb.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 40г Kores 2 шт уп 12824</t>
   </si>
   <si>
     <t>Клей-карандаш 40г Kores 2 шт/уп 12824</t>
   </si>
   <si>
     <t>716170</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62d/rlm8r7xpf9yfpikp6kmlif8l8dyo4phk.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш Луч КЛАССИКА 15 г. универсальный</t>
   </si>
   <si>
     <t>769790</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/53c/8iyji12qz5pzuyf8m13ece32xmziw4f0.jpg</t>
   </si>
@@ -1535,60 +1765,69 @@
   <si>
     <t>http://anytos.ru//upload/iblock/9a5/hn95j336f4r82y4no440hmf40fkk0k0e.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клей-карандаш Erich Krause  Extra, 21г  в коробке-дисплее по 20 шт. </t>
   </si>
   <si>
     <t>Клей-карандаш Erich Krause® Extra, 21г &amp;#40;в коробке-дисплее по 20 шт.&amp;#41;</t>
   </si>
   <si>
     <t>792051</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/886/8eaz91jrbnwqdo6x4f999o2spy57n08e.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 9 г ВЫГОДНАЯ УПАКОВКА КОМПЛЕКТ 30 штук, BRAUBERG, 270484</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG гарантирует надежное склеивание бумаги, картона и текстиля. Идеально подходит для офиса, дома и школы. Единица товара - дисплей &amp;#40;9 г х 30 туб в дисплее&amp;#41;. Выгодный формат!После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Клей удобен в использовании. Он не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Увеличенный срок годности — 5 лет.</t>
   </si>
   <si>
     <t>796792</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/66b/giwt4s7i1ikvx2f1kn3tvyiuxd96sa3b.jpg</t>
-[...2 lines deleted...]
-    <t>Клей-карандаш Мульти-Пульти  quot;Зверята: Свинка, Лягушка, Белый медведь quot;, 09г, колпачок в форме животного</t>
+    <t>http://anytos.ru//upload/iblock/e78/km3cd3miuihoeain79ls8ijw1o1kx4ub.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Мульти-Пульти  quot;Зверята: Бобер, Леопард, Мышь quot;, 09г, колпачок в форме животного</t>
   </si>
   <si>
     <t>Клей-карандаш с колпачком в форме животных - незаменимый помощник на уроках труда и занятиях творчетством. • Улучшенная формула на основе ПВП позволяет хорошо склеивать изделия из бумаги, картона, ткани. • Быстрое высыхание. • Оригинальная форма колпачка • Не имеет неприятного запаха. • Экономичный в расходе. • Легко смывается водой. • Нетоксичен. • Не содержит растворителей.&amp;nbsp;&amp;nbsp;Не рекомендуется детям до 3-х лет. Фирменная упаковка для размещения на торговых прилавках.</t>
   </si>
   <si>
-    <t>800389</t>
+    <t>800387</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f9/ryw3qg2kpz3oz6rbo8qo0sqjk6opuydi.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Мульти-Пульти  quot;Зверята: Морской котик, Бегемот, Кошка  quot;, 09г, колпачок в форме животного</t>
+  </si>
+  <si>
+    <t>800388</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/946/y9i712js667c8e6te1t6466z44ezos3g.jpeg</t>
   </si>
   <si>
     <t>Клей-карандаш на PVP основе  quot;Happy quot; 8 г</t>
   </si>
   <si>
     <t>Клей-карандаш на PVP основе &amp;quot;Happy&amp;quot; 8 г</t>
   </si>
   <si>
     <t>814591</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/410/o4ry7xkvlxf3234xf7te1udyhk9oo0kn.jpg</t>
   </si>
   <si>
     <t>Набор клей-карандаш Мульти-Пульти  quot;Зверята: Кот, Мишка, Панда quot;, 09г, колпачок в форме животного, ПВП, пакет, европодвес</t>
   </si>
   <si>
     <t>Клей-карандаш «Мульти-Пульти» серии «Зверята: Кот, Мишка, Панда» с колпачком в форме животных – незаменимый помощник на уроках труда и занятиях творчеством. Улучшенная формула на основе ПВП позволяет хорошо склеивать изделия из бумаги, картона, ткани. Клей быстро сохнет, нейтрален по запаху, легко смывается водой, не токсичен. Состав не содержит растворителей. Экономичный расход позволяет заниматься творчеством каждый день. Колпачки в форме зверей подойдут для пальчиковых игр. Милые бобёр, леопард и мышь будут поднимать настроение в процессе творчества, создавая особое настроение. В набор входит 3шт. клея-карандаша. Набор упакован в пакет с еврослотом. • Вес нетто: 9 г, • Основа: ПВП, • Цвет клея: белый.</t>
   </si>
@@ -1628,152 +1867,116 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4ff/2baem757brxz1eugibubjmht4gz45t9w.jpeg</t>
   </si>
   <si>
     <t>Клей-карандаш на PVP основе  quot;Fun quot; 15 г</t>
   </si>
   <si>
     <t>Клей-карандаш на PVP основе &amp;quot;Fun&amp;quot; 15 г</t>
   </si>
   <si>
     <t>908402</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/003/urp62u4fkrhnrhp6cuxnejfzzmm4083i.jpeg</t>
   </si>
   <si>
     <t>Клей-карандаш на PVP основе  quot;Fun quot; 8 г</t>
   </si>
   <si>
     <t>Клей-карандаш на PVP основе &amp;quot;Fun&amp;quot; 8 г</t>
   </si>
   <si>
     <t>908404</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/45a/b420dniooei297j8favjmjmxwoeho0ih.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fe2/90p6nob4kdb2qxb9oxtaupq6fdbosg4p.jpeg</t>
   </si>
   <si>
     <t>Клей-карандаш на PVP основе  quot;Juicy quot; 15 г</t>
   </si>
   <si>
     <t>Клей-карандаш на PVP основе &amp;quot;Juicy&amp;quot; 15 г</t>
   </si>
   <si>
     <t>908408</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/01a/vv4sq7uxr3xpqhnq5chdqidnfz0ro7tw.jpeg</t>
   </si>
   <si>
     <t>Клей-карандаш на PVP основе  quot;Juicy quot; 22 г</t>
   </si>
   <si>
     <t>Клей-карандаш на PVP основе &amp;quot;Juicy&amp;quot; 22 г</t>
   </si>
   <si>
     <t>908409</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d31/7nwyo47uf0yge68fb4u68esssxu2ju01.jpeg</t>
   </si>
   <si>
     <t>Клей-карандаш на PVP основе  quot;Juicy quot; 8 г</t>
   </si>
   <si>
     <t>Клей-карандаш на PVP основе &amp;quot;Juicy&amp;quot; 8 г</t>
   </si>
   <si>
     <t>908411</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/21b/yasm826r6bdrhjvfxji897dark6n2l2d.jpg</t>
-[...8 lines deleted...]
-    <t>926929</t>
+    <t>http://anytos.ru//upload/iblock/92a/cje97sei5lai4ifftyf23bix816mxsnb.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш MeShu с топпером  quot;Paw quot; ассорти, 8г., дисплей бокс, ПВП</t>
+  </si>
+  <si>
+    <t>Клей-карандаш ПВП MeShu с топпером &amp;quot;Paw&amp;quot; является универсальным помощником для работы в офисе, школы и детского творчества. Идельно подходит для склеивания бумаги, картона, фотографий. • Морозоустойчив • Легко смывается водой • Нетоксичен • Быстрое высыхание • Не имеет неприятного запаха</t>
+  </si>
+  <si>
+    <t>926930</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/92a/cje97sei5lai4ifftyf23bix816mxsnb.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/218/m932ad0jzu2gong9qcxi91emtu32jm1j.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш  quot;Зверята: кошка, мышка, хрюшка quot;, 9 г, фигурный колпачок, BRAUBERG KIDS, 271138</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG KIDS &amp;quot;Зверята: кошка, мышка, хрюшка&amp;quot; с колпачком в виде животных идеально подходит для занятий творчеством в игровой форме в детском саду, школе и дома. Яркие дизайны и изображения животных вовлекут ребенка в творческий процесс и вдохновят на создание поделок, аппликаций, открыток. Благодаря основе PVP клей-карандаш BRAUBERG KIDS обеспечивает надежное склеивание бумаги, картона и ткани. Не деформирует поверхность бумаги и не оставляет пятен после высыхания. Удобен в использовании для детей: не пачкает руки, стол и одежду, не попадает на участки бумаги, расположенные возле места склеивания.Не токсичен, не вызывает аллергии и безопасен для здоровья. Компактный объем – 9 г. Срок годности – 5 лет.</t>
   </si>
   <si>
     <t>939413</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/99b/13hooxt3h758anopxwgzckh8diynx4lu.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d29/nzh950l0dnmu92arb2nxbrq3xcbfsu79.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш  quot;Зверята: хрюшка, тигр, панда quot;, 9 г, фигурный колпачок, 3 шт. блистер, BRAUBERG KIDS, 271141</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG KIDS &amp;quot;Зверята: кошка, мышка, хрюшка&amp;quot; с колпачком в виде животных идеально подходит для занятий творчеством в игровой форме в детском саду, школе и дома. Выгодный формат упаковки - набор из 3-х штук! Яркие дизайны и изображения животных вовлекут ребенка в творческий процесс и вдохновят на создание поделок, аппликаций, открыток.Благодаря основе PVP клей-карандаш BRAUBERG KIDS обеспечивает надежное склеивание бумаги, картона и ткани. Не деформирует поверхность бумаги и не оставляет пятен после высыхания. Удобен в использовании для детей: не пачкает руки, стол и одежду, не попадает на участки бумаги, расположенные возле места склеивания.Не токсичен, не вызывает аллергии и безопасен для здоровья. Компактный объем – 9 г. Срок годности – 5 лет.</t>
   </si>
   <si>
     <t>939415</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f45/a5pi8tzg7qvpq4sttmww7v6tyg59nnzf.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш  quot;Пастельные зверята: мышка, тигр, бегемот quot;, 9 г, фигурный колпачок, BRAUBERG KIDS, 271140</t>
   </si>
   <si>
     <t>Пастельная линейка клей-карандаша BRAUBERG KIDS &amp;quot;Пастельные зверята: мышка, тигр, бегемот&amp;quot; с колпачком в виде животных идеально подходит для занятий творчеством в игровой форме в детском саду, школе и дома. Нежные дизайны и изображения животных вовлекут ребенка в творческий процесс и вдохновят на создание поделок, аппликаций, открыток.Благодаря основе PVP клей-карандаш BRAUBERG KIDS обеспечивает надежное склеивание бумаги, картона, ткани. Не деформирует поверхность бумаги и не оставляет пятен после высыхания. Удобен в использовании для детей: не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания.Не токсичен, не вызывает аллергии и безопасен для здоровья. Компактный объем – 9 г. Срок годности – 5 лет.</t>
   </si>
   <si>
     <t>939416</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf9/2exyux3cfyw0k5u2gv2tdr3z8nnwfsl1.jpg</t>
@@ -1802,86 +2005,77 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e87/dcbgsni99ibq6q440t3nhe54t9buufk4.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 21 г, ВЫГОДНАЯ УПАКОВКА, BRAUBERG GRADE, 3 штуки на блистере, PVP-основа, 271248</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG &amp;quot;Grade&amp;quot;в градиентном корпусе оживит офисный или домашний рабочий стол, и сделает уроки труда в школе еще интереснее. Выгодный формат упаковки – набор из 3 штук! Клей-карандаш BRAUBERG &amp;quot;Grade&amp;quot;– это 4 красочных дизайна корпуса в градиентном стиле. Разноцветный пигмент клея в цвет колпачка не оставляет следов после высыхания, не деформирует бумагу, быстро высыхает.PVP-основа обеспечивает надежное склеивание бумаги, картона и ткани. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет экономно расходовать клей. Не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания.Не токсичен, не вызывает аллергии и безопасен для здоровья. Оптимальный объем – 21 г. Срок годности – 5 лет.</t>
   </si>
   <si>
     <t>945785</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/330/gvmnooah8zsrzkgfabcao6v5xe3xvdps.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш в градиентном корпусе BRAUBERG GRADE, 21 г, PVP-основа, ассорти, 271247</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG &amp;quot;Grade&amp;quot; в градиентном корпусе оживит офисный или домашний рабочий стол, и сделает уроки труда в школе еще интереснее. Клей-карандаш BRAUBERG &amp;quot;Grade&amp;quot; – это 4 красочных дизайна корпуса в градиентном стиле. Разноцветный пигмент клея в цвет колпачка не оставляет следов после высыхания, не деформирует бумагу, быстро высыхает.PVP-основа обеспечивает надежное склеивание бумаги, картона и ткани. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет экономно расходовать клей. Не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания.Не токсичен, не вызывает аллергии и безопасен для здоровья. Оптимальный объем – 21 г. Срок годности – 5 лет.</t>
   </si>
   <si>
     <t>945786</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/16a/45vcpnc1ji1hhvq3ay302g0oo27qupvv.jpg</t>
-[...2 lines deleted...]
-    <t>Клей-карандаш Каляка-Маляка ЗВЕРЯТА 15 г для бумаги, картона, фото PVP</t>
+    <t>http://anytos.ru//upload/iblock/bf1/op1dtppqsi83z078sz21u1vdiwtpkh0i.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш в пастельном корпусе BRAUBERG PASTEL, 15 г, PVP-основа, ассорти, 271249</t>
+  </si>
+  <si>
+    <t>Пастельная линейка клеев-карандашей BRAUBERG PASTEL в корпусах нежных, спокойных оттенков. Подходит для использования в офисе, школе и дома. Нежный дизайн корпуса и тонированные колпачки представлены в 4 пастельных цветах: персиковом, голубом, лиловом и лаймовом. PVP-основа обеспечивает надежное склеивание бумаги, картона и ткани. Не оставляет следов после высыхания, не деформирует бумагу, быстро высыхает. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет экономно расходовать клей. Не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания.Не токсичен, не вызывает аллергии и безопасен для здоровья. Удобный объем – 15 г. Срок годности – 5 лет.</t>
+  </si>
+  <si>
+    <t>945787</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa6/ooqhh71qfib7mg7jd9b0majp1dlhifu5.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Каляка-Маляка ЦВЕТНОЙ 15 г для бумаги, картона PVP прозрачный</t>
   </si>
   <si>
     <t>Клей-карандаш &amp;quot;Каляка-Маляка&amp;quot; экономичен в расходе, не растекается и не пачкает руки, одежду, предметы. Состав на основе ПВП нетоксичен, не имеет неприятного запаха, быстро схватывается и высыхает. Подходит для соединения бумажных и картонных листов. Клеящее вещество легко смывается водой.</t>
   </si>
   <si>
-    <t>946060</t>
+    <t>946061</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kaljaka-maljaka/"&gt;Каляка-Маляка&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fa6/ooqhh71qfib7mg7jd9b0majp1dlhifu5.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/79c/veuk1b8fdwkrvw0lgx7z5lwxx8xel32h.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 25 г ВЫГОДНАЯ УПАКОВКА BRAUBERG, 3 штуки на блистере, 271306</t>
   </si>
   <si>
     <t>Классический клей-карандаш BRAUBERG идеально подходит для офиса, дома и школы. Выгодный формат упаковки - набор из 3 штук! PVP-основа обеспечивает надежное склеивание бумаги, картона и ткани. Не оставляет следов после высыхания, не деформирует бумагу, быстро высыхает. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет экономно расходовать клей. Не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Не токсичен, не вызывает аллергии и безопасен для здоровья. Увеличенный объем – 25 г. Срок годности – 5 лет.</t>
   </si>
   <si>
     <t>946121</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb0/bb3kyh38jif0pxy37rkq9i9vtr10cmy6.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 9 г ВЫГОДНАЯ УПАКОВКА BRAUBERG, 3 штуки на блистере, 271305</t>
   </si>
   <si>
     <t>Классический клей-карандаш BRAUBERG идеально подходит для офиса, дома и школы. Выгодный формат упаковки - набор из 3 штук! PVP-основа обеспечивает надежное склеивание бумаги, картона и ткани. Не оставляет следов после высыхания, не деформирует бумагу, быстро высыхает. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет экономно расходовать клей. Не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Не токсичен, не вызывает аллергии и безопасен для здоровья. Компактный объем – 9 г. Срок годности – 5 лет.</t>
   </si>
   <si>
     <t>946122</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/832/d9ubbys6pahjy4fgud7wasa4hus4g555.jpg</t>
@@ -1958,83 +2152,116 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a16/er8p8tuj14p0nm0q1rok0uj2vvotmmb1.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш  quot;2 1 обесцвечивающийся quot; 9 г, КОМПЛЕКТ 3 шт. блистер, BRAUBERG KIDS, 271712</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG KIDS идеально подходит для занятий творчеством в детском саду, школе, на кружках и дома. Выгодный формат упаковки – набор из 3-х штук! Товар включает в себя 2 обычных &amp;#40;белых&amp;#41; &amp;#43; 1 обесцвечивающийся клей-карандаш. Обесцвечивающийся индикатор позволяет на некоторое время сделать видимым клеевой слой для вашего удобства. При склеивании фиолетовый цветовой пигмент исчезает со склеиваемой поверхности, не оставляя следов и разводов. Благодаря основе PVP клей-карандаш BRAUBERG KIDS обеспечивает надежное склеивание бумаги, картона и ткани. Не деформирует поверхность бумаги и не оставляет пятен после высыхания. Удобен в использовании для детей: не пачкает руки, стол и одежду, не попадает на участки бумаги, расположенные возле места склеивания.Нетоксичен, не вызывает аллергии и безопасен для здоровья. Компактный объем – 9 г. Срок годности – 5 лет.</t>
   </si>
   <si>
     <t>954882</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/692/mmxswg35kx2flnkoqgwllgjzky4gudsv.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 15 г ВЫГОДНАЯ УПАКОВКА BRAUBERG  quot;COLOR Crystal quot;, 4 штуки на блистере, 271709</t>
   </si>
   <si>
     <t>Кристально-прозрачный клей-карандаш BRAUBERG &amp;quot;COLOR Crystal&amp;quot; в подходит для использования в офисе, школе и дома. Выгодный формат упаковки - набор из 4-х штук! Клей выполнен в различных цветовых вариантах, при этом не оставляет следов на бумаге после нанесения. PVP-основа обеспечивает надежное склеивание бумаги, картона и ткани. Не деформирует бумагу, быстро высыхает. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет экономно расходовать клей. Не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания.Нетоксичен, не вызывает аллергии и безопасен для здоровья. Удобный объем – 15 г. Срок годности – 5 лет.</t>
   </si>
   <si>
     <t>954883</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a33/b7fixrj69a0o6rtl5ydebt3dbmw828o6.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш BRAUBERG KIDS 15 г, 271710</t>
+  </si>
+  <si>
+    <t>Классический клей-карандаш BRAUBERG KIDS идеально подходит для занятий творчеством в детском саду, школе, на кружках и дома. Благодаря основе PVP клей-карандаш BRAUBERG KIDS обеспечивает надежное склеивание бумаги, картона и ткани. Не деформирует поверхность бумаги и не оставляет пятен после высыхания. Удобен в использовании для детей: не пачкает руки, стол и одежду, не попадает на участки бумаги, расположенные возле места склеивания. Нетоксичен, не вызывает аллергии и безопасен для здоровья. Удобный объем – 15 г. Срок годности – 5 лет.</t>
+  </si>
+  <si>
+    <t>954884</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ba1/l2botlgbz1ugc8wne6lhgyob3x3van2b.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG KIDS 15 г, обесцвечивающийся после высыхания, 271711</t>
   </si>
   <si>
     <t>Обесцвечивающийся клей-карандаш BRAUBERG KIDS помогает аккуратно и равномерно нанести клеевой слой на поверхность бумаги или картона. Идеально подходит для занятий творчеством в детском саду, школе, на кружках и дома. Обесцвечивающийся индикатор позволяет на некоторое время сделать видимым клеевой слой для вашего удобства. При склеивании фиолетовый цветовой пигмент исчезает со склеиваемой поверхности, не оставляя следов и разводов. Благодаря основе PVP клей-карандаш BRAUBERG KIDS обеспечивает надежное склеивание бумаги, картона и ткани. Не деформирует поверхность бумаги и не оставляет пятен после высыхания. Удобен в использовании для детей: не пачкает руки, стол и одежду, не попадает на участки бумаги, расположенные возле места склеивания. Нетоксичен, не вызывает аллергии и безопасен для здоровья. Удобный объем – 15 г. Срок годности – 5 лет.</t>
   </si>
   <si>
     <t>954885</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9fd/cx0l0i3fzhbu8i2d7yhrz0y5t49r0fv5.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш LITE 40 г, универсальный PVA</t>
+  </si>
+  <si>
+    <t>955259</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5bb/s28vdthhbuv27k131fr3guscm4rzw8hj.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 10г КОМУС</t>
   </si>
   <si>
     <t>963006</t>
   </si>
   <si>
     <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eef/wgm8jym8wq70q6qy71q4r8tgqdaxhrcv.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 15г КОМУС</t>
   </si>
   <si>
     <t>963007</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7d7/bh8td6wrr09ta2ys4jyfwkebctpgot5m.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш 35г КОМУС</t>
+  </si>
+  <si>
+    <t>963008</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/74e/wrjkyvplryfx7lu84blh05733dg6iz5o.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 40г Attache</t>
   </si>
   <si>
     <t>963009</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/532/48ksjoomsrt1kktgfqn03ktdjbe23q7v.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 15г _Attache</t>
   </si>
   <si>
     <t>963010</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bad/c7g3rkan9js6ngefi5vpb0dhu61qzpw3.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш Berlingo  quot;Envy quot;, 21г, ПВП</t>
   </si>
   <si>
     <t>Клей-карандаш Berlingo &amp;quot;Envy&amp;quot;, 21г, ПВП</t>
@@ -2075,72 +2302,72 @@
   <si>
     <t>Клей-карандаш Гамма  quot;Малыш quot;, 15г, с индикатором, ПВП</t>
   </si>
   <si>
     <t>Клей-карандаш Гамма &amp;quot;Малыш&amp;quot;, 15г, с индикатором, ПВП</t>
   </si>
   <si>
     <t>967263</t>
   </si>
   <si>
     <t>&lt;a href="/brands/gamma_/"&gt;Гамма&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee4/cau1m7phc7mvu2cjf18ry9macdno132f.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш Гамма  quot;Мультики quot;, 08г , ПВП</t>
   </si>
   <si>
     <t>Клей-карандаш Гамма &amp;quot;Мультики&amp;quot;, 08г , ПВП</t>
   </si>
   <si>
     <t>967264</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cd3/4k1gm0keqrilfn74wrb00e6s7i5zgkow.jpg</t>
-[...20 lines deleted...]
-    <t>967268</t>
+    <t>http://anytos.ru//upload/iblock/a4b/a3o0ab69ilp4vllpkyf13bvfqtc0ouw9.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Гамма  quot;Мультики quot;, 21г, ПВП</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Гамма &amp;quot;Мультики&amp;quot;, 21г, ПВП</t>
+  </si>
+  <si>
+    <t>967266</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/871/cv5hzum609gk18u438o4mqf3uiom3wvg.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Гамма  quot;Пчелка quot;, 8г, прозрачный, ПВП</t>
+  </si>
+  <si>
+    <t>Клей-карандаш Гамма &amp;quot;Пчелка&amp;quot;, 8г, прозрачный, ПВП</t>
+  </si>
+  <si>
+    <t>967269</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/777/24ne9y98b2v9xqbv1325mpqsz9f7qna9.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш Мульти-Пульти с топпером  quot;Чебурашка quot;, 08г, ПВП, дисплей бокс</t>
   </si>
   <si>
     <t>Клей-карандаш Мульти-Пульти с топпером &amp;quot;Чебурашка&amp;quot;, 08г, ПВП, дисплей бокс</t>
   </si>
   <si>
     <t>967272</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c27/jan3w10mrzpf5jbd0n33z1e0eo9dcice.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клей-карандаш Erich Krause EasyStick Jolly Friends, 13г  в коробке-дисплее по 24 штуки </t>
   </si>
   <si>
     <t>Клей-карандаш на PVP основе в выгодном формате с экономичным расходом, быстрым и надежным склеиванием. Легко смывается водой. Не токсичен. Не содержит растворителя. Морозостоек. Подходит для бумаги, картона и фотографий</t>
   </si>
   <si>
     <t>978557</t>
   </si>
@@ -2228,66 +2455,66 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1b6/41co6tf2cew90jwfpk0n4zkxmb4o1wrk.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 15 г, BRAUBERG SUPER, ВЫГОДНАЯ УПАКОВКА, КОМПЛЕКТ 2 штуки в пакете, ЮЖНАЯ КОРЕЯ, 881033</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG SUPER надежно склеивает бумагу, картон и фотобумагу. Идеально подходит для офиса, дома и школы. Изготовлен одним из ведущих производителей клея в Южной Корее. После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично.Не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Обеспечивает быстрое и надежное склеивание. Комплекта из 2-х штук по 15 г хватит на длительное время.</t>
   </si>
   <si>
     <t>985244</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ea/zrz60a6q7cykgpdzi13faalmq6ilsne0.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 8 г, BRAUBERG SUPER, ВЫГОДНАЯ УПАКОВКА, КОМПЛЕКТ 2 штуки в пакете, ЮЖНАЯ КОРЕЯ, 881032</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG SUPER надежно склеивает бумагу, картон и фотобумагу. Идеально подходит для офиса, дома и школы. Изготовлен одним из ведущих производителей клея в Южной Корее. После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится и распределяется по поверхности, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично.Не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Обеспечивает быстрое и надежное склеивание. Комплекта из 2-х штук по 8 г хватит на длительное время.</t>
   </si>
   <si>
     <t>985246</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1e4/n3d7hli5hmhowh400zyerkv3l2c7h763.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8b6/9olcxa3zojlnpli23baey8nnzqr4cl7y.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 21г Attache прозрачный</t>
   </si>
   <si>
     <t>988139</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b9f/z2xzkhg1bl100tw9a1vxxnuv2y8fo2yw.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш 10г Attache прозрачный</t>
+  </si>
+  <si>
+    <t>988141</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba1/mjrtp37amk6crtxevyyw11gyy17flzz4.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш  quot;Лапки quot; Cat Paw 9 г, фигурный колпачок, 3 шт. на блистере, BRAUBERG KIDS, 271982</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG KIDS &amp;quot;Лапки&amp;quot; Cat Paw с колпачком в форме кошачьей лапки идеально подходит для занятий творчеством в игровой форме в детском саду, школе и дома. Выгодный формат упаковки – набор из 3 штук! Милые дизайны клей-карандаша сделают творческий процесс интереснее, а также вдохновят на создание поделок, аппликаций, открыток. Благодаря основе PVP клей-карандаш BRAUBERG KIDS обеспечивает надежное склеивание бумаги, картона и ткани. Не деформирует поверхность бумаги и не оставляет пятен после высыхания. Удобен в использовании для детей: не пачкает руки, стол и одежду, не попадает на участки бумаги, расположенные возле места склеивания.Не токсичен, не вызывает аллергии и безопасен для здоровья. Компактный объем – 9 г. Срок годности – 5 лет.</t>
   </si>
   <si>
     <t>993147</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba1/i534feya2ruhso8tb1xql9hsh4sqbtiv.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш  quot;Лапки quot; Cat Paw, 9 г, фигурный колпачок, BRAUBERG KIDS, 271981</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG KIDS &amp;quot;Лапки&amp;quot; Cat Paw с колпачком в форме кошачьей лапки идеально подходит для занятий творчеством в игровой форме в детском саду, школе и дома. Милые дизайны клей-карандаша сделают творческий процесс интереснее, а также вдохновят на создание поделок, аппликаций, открыток. Благодаря основе PVP клей-карандаш BRAUBERG KIDS обеспечивает надежное склеивание бумаги, картона, ткани. Не деформирует поверхность бумаги и не оставляет пятен после высыхания. Удобен в использовании для детей: не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания.Не токсичен, не вызывает аллергии и безопасен для здоровья. Компактный объем – 9 г. Срок годности – 5 лет.</t>
   </si>
   <si>
     <t>993148</t>
   </si>
@@ -2357,60 +2584,75 @@
   <si>
     <t>996913</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/445/pzpjk9i9osizke36y043xo31fkqzv5jy.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш  quot;Зверята: панда, слон, леопард quot; 9 г, фигурный колпачок, 3 шт. блистер, BRAUBERG KIDS, 272473</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG KIDS &amp;quot;Зверята: панда, слон, леопард&amp;quot; с колпачком в виде животного идеально подходит для занятий творчеством в игровой форме в детском саду, школе и дома. Выгодный формат упаковки - набор из 3-х штук! Яркие дизайны и изображения животных вовлекут ребенка в творческий процесс и вдохновят на создание поделок, аппликаций, открыток.Благодаря основе PVP клей-карандаш BRAUBERG KIDS обеспечивает надежное склеивание бумаги, картона и ткани. Не деформирует поверхность бумаги и не оставляет пятен после высыхания. Удобен в использовании для детей: не пачкает руки, стол и одежду, не попадает на участки бумаги, расположенные возле места склеивания.Не токсичен, не вызывает аллергии и безопасен для здоровья. Компактный объем – 9 г. Срок годности – 5 лет.</t>
   </si>
   <si>
     <t>996914</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/df3/dpqfju9al1zwk39634lf01vqm5e2prl6.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш BIC  quot;ECOlutions quot;, 21 г, 8923452</t>
   </si>
   <si>
     <t>996916</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/51a/hqfj8jthenysy75r1q85u36lbwxve5gu.jpg</t>
-[...8 lines deleted...]
-    <t>1001462</t>
+    <t>http://anytos.ru//upload/iblock/4ec/jq6uweo21skqtkm9apqknxvm5mst4ffy.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клей-карандаш ErichKrause  Extra, 21г  в пакете по 3 штуки </t>
+  </si>
+  <si>
+    <t>Клей-карандаш ErichKrause® Extra, 21г &amp;#40;в пакете по 3 штуки&amp;#41;</t>
+  </si>
+  <si>
+    <t>999155</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08e/bsv6p8ttbleaflg2egrdvh6g9d0ty6h5.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клей-карандаш ErichKrause  Extra, 8г  в пакете по 3 штуки </t>
+  </si>
+  <si>
+    <t>Клей-карандаш ErichKrause® Extra, 8г &amp;#40;в пакете по 3 штуки&amp;#41;</t>
+  </si>
+  <si>
+    <t>999156</t>
+  </si>
+  <si>
+    <t>9</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/028/1mv9ayx5lqcgca9bf04g4b7k21sop2w7.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш Berlingo  quot;Aroma quot;, 25г, ароматизированный  яблочный сок, арбуз, сахарное печенье, ананас , ПВП</t>
   </si>
   <si>
     <t>Клей-карандаш Berlingo &amp;quot;Aroma&amp;quot;, 25г, ароматизированный &amp;#40;яблочный сок, арбуз, сахарное печенье, ананас&amp;#41;, ПВП</t>
   </si>
   <si>
     <t>1001463</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/749/bbn6g1ann0t7wp7gmybx90635c6oi561.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш Berlingo  quot;Color Zone quot;, 15г, ПВП</t>
   </si>
   <si>
     <t>Клей-карандаш Berlingo &amp;quot;Color Zone&amp;quot;, 15г, ПВП</t>
   </si>
   <si>
     <t>1001464</t>
   </si>
@@ -2444,50 +2686,62 @@
   <si>
     <t>Клей-карандаш ОФИСМАГ 15 г, обесцвечивающийся после высыхания, 225963</t>
   </si>
   <si>
     <t>Обесцвечивающийся клей-карандаш ОФИСМАГ идеально подходит для аккуратного нанесения на склеиваемую поверхность. Идеально подходит для офиса, дома и школы. Объем - 15 г. При склеивании цветной пигмент исчезает со склеиваемой поверхности, не оставляя следов. Обесцвечивающийся индикатор позволяет на некоторое время сделать видимой клеевой слой для вашего удобства. Безопасен при использовании, не содержит токсичных веществ. Не деформирует бумагу.Клей удобен в использовании. Легко смывается с рук и рабочей поверхности. Обеспечивает быстрое и качественное склеивание. Увеличенный срок годности — 5 лет</t>
   </si>
   <si>
     <t>1005285</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f7a/57xwqfqgw42nla2xtzhnpn9bf4cngsw5.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш ОФИСМАГ, 15 г, 222081</t>
   </si>
   <si>
     <t>Клей-карандаш ОФИСМАГ обеспечивает надежное склеивание бумаги, картона, фотографий и фотобумаги. Идеально подходит для использования в офисе и дома. Объем - 15 г. После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится на поверхность, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Клей удобен в использовании. Он не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Обеспечивает быстрое и надежное склеивание. Увеличенный срок годности - 5 лет.</t>
   </si>
   <si>
     <t>1005286</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cc7/m4vpojsck3wqo9xf7izj3gav9vyfkfz5.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш ОФИСМАГ, 25 г, 225965</t>
+  </si>
+  <si>
+    <t>Клей-карандаш ОФИСМАГ обеспечивает надежное склеивание бумаги, картона, фотографий и фотобумаги. Идеально подходит для использования в офисе и дома. Объем - 25 г. После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится на поверхность, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Клей удобен в использовании. Он не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Обеспечивает быстрое и надежное склеивание. Увеличенный срок годности - 5 лет.</t>
+  </si>
+  <si>
+    <t>1005287</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/118/1ibzr6ydzqjyyt4tx1ry2ad1ksa4bz9v.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш ОФИСМАГ, 40 г, 225966</t>
   </si>
   <si>
     <t>Клей-карандаш ОФИСМАГ обеспечивает надежное склеивание бумаги, картона, фотографий и фотобумаги. Идеально подходит для использования в офисе и дома. Увеличенный объем - 40 г. После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится на поверхность, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Клей удобен в использовании. Он не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Обеспечивает быстрое и надежное склеивание. Увеличенный срок годности —5 лет.</t>
   </si>
   <si>
     <t>1005288</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/913/h2jb6t6sm7d35cjhpg3z37qu9q13oy17.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш ОФИСНАЯ ПЛАНЕТА, 15 г, 222013</t>
   </si>
   <si>
     <t>Клей-карандаш ОФИСНАЯ ПЛАНЕТА обеспечивает надежное склеивание бумаги, картона и фотобумаги. Идеально подходит для использования в офисе и дома. Объем - 15 г. После нанесения высыхает без образования пятен. Не токсичен, не вызывает аллергии и безопасен для здоровья. Легко наносится на поверхность, оставляя тонкий и ровный клеевой слой, что позволяет расходовать его экономично. Клей удобен в использовании. Он не пачкает руки, стол, одежду, не попадает на участки бумаги, расположенные возле места склеивания. Обеспечивает быстрое и надежное склеивание.</t>
   </si>
   <si>
     <t>1005290</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofisnaya-planeta/"&gt;ОФИСНАЯ ПЛАНЕТА&lt;/a&gt;</t>
@@ -2498,50 +2752,86 @@
   <si>
     <t>Набор клея BRAUBERG  клей-карандаш PVP 10 г, клей ПВА 45 г, клей ПВА 20 г с кисточкой , блистер, 271978</t>
   </si>
   <si>
     <t>Набор клея BRAUBERG идеально подойдет для школы, офиса и дома. Три вида клея делают этот набор незаменимым помощником в рабочих и учебных процессах, а также в повседневных бытовых ситуациях. В набор входят: клей-карандаш 10 г на PVP-основе, клей ПВА 45 г и клей ПВА 20 г с кисточкой. Клей-карандаш обеспечивает надежное склеивание благодаря PVP-формуле. Клей ПВА подходит для качественного склеивания бумаги, картона, фотографий и ткани, легко смывается водой. Представлен в двух форматах: флакон с дозатором &amp;#40;45 г&amp;#41; и флакон с кисточкой &amp;#40;20 г&amp;#41; для точных и творческих работ. Перед первым использованием клея ПВА необходимо открутить дозатор и удалить защитную мембрану. Набор упакован в блистер с европодвесом.</t>
   </si>
   <si>
     <t>1005291</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b84/dv01wrkg2tpweong11x17j4t26ihicbc.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш GLOBUS ШКОЛЬНЫЙ 35 г. PVA</t>
   </si>
   <si>
     <t>Клей-карандаш выпускается на PVP и PVA основе. Предлагается в упаковке по 10, 15, 35 грамм. Клей не содержит растворителей, в нем не содержатся вредные вещества. Этот клей сертифицирован и ароматизирован.</t>
   </si>
   <si>
     <t>1005745</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4d5/go6aplzvnf3qwcg71akm5hqu27lar7lv.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш 15 г, ВЫГОДНАЯ УПАКОВКА, КОМПЛЕКТ 24 ШТУКИ, STAFF EVERYDAY, 273017</t>
+  </si>
+  <si>
+    <t>Клей-карандаш STAFF EVERYDAY предназначен для склеивания бумаги, картона. Прекрасный выбор для офиса, дома и школы. Выгодный формат упаковки - комплект из 24 штук по 15 грамм! Клей-карандаш STAFF легко наносится и распределяется по поверхности. Нетоксичен и безопасен для здоровья. Удобен в использовании: не пачкает руки, стол, одежду, легко удаляется при помощи воды. Плотно прилегающий колпачок предохраняет клей от высыхания. Срок годности - 3 года.</t>
+  </si>
+  <si>
+    <t>1006162</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ba/jcwexzw91b2k24o5kbgwbz2kcbxoq3zm.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш 25 г, ВЫГОДНАЯ УПАКОВКА, КОМПЛЕКТ 24 ШТУКИ, STAFF EVERYDAY, 273018</t>
+  </si>
+  <si>
+    <t>Клей-карандаш STAFF EVERYDAY предназначен для склеивания бумаги, картона. Прекрасный выбор для офиса, дома и школы. Выгодный формат упаковки - комплект из 24 штук по 25 грамм! Клей-карандаш STAFF легко наносится и распределяется по поверхности. Нетоксичен и безопасен для здоровья. Удобен в использовании: не пачкает руки, стол, одежду, легко удаляется при помощи воды. Плотно прилегающий колпачок предохраняет клей от высыхания. Срок годности - 3 года.</t>
+  </si>
+  <si>
+    <t>1006163</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/141/1yzeyzenp330abdt188etdgriwkm6rlq.jpg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш 9 г, ВЫГОДНАЯ УПАКОВКА, КОМПЛЕКТ 24 ШТУКИ, STAFF EVERYDAY, 273016</t>
+  </si>
+  <si>
+    <t>Клей-карандаш STAFF EVERYDAY предназначен для склеивания бумаги, картона. Прекрасный выбор для офиса, дома и школы. Выгодный формат упаковки - комплект из 24 штук по 9 грамм! Клей-карандаш STAFF легко наносится и распределяется по поверхности. Нетоксичен и безопасен для здоровья. Удобен в использовании: не пачкает руки, стол, одежду, легко удаляется при помощи воды. Плотно прилегающий колпачок предохраняет клей от высыхания. Срок годности - 3 года.</t>
+  </si>
+  <si>
+    <t>1006164</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d8b/0uavfq9j27pqreyqfbr4f4fwkl8zy29m.jpeg</t>
   </si>
   <si>
     <t>Клей-карандаш на PVP основе  quot;CARRARA quot; 15 г</t>
   </si>
   <si>
     <t>Клей-карандаш на PVP основе &amp;quot;CARRARA&amp;quot; 15 г</t>
   </si>
   <si>
     <t>1007785</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6b/7g45r4xsx39hy5e26rcjwsizrm0e6wtu.jpeg</t>
   </si>
   <si>
     <t>Клей-карандаш на PVP основе  quot;PRIMAVERA quot; 8 г</t>
   </si>
   <si>
     <t>Клей-карандаш на PVP основе &amp;quot;PRIMAVERA&amp;quot; 8 г</t>
   </si>
   <si>
     <t>1007786</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f78/v7rdlsy6pe7t1xaorpcv0ko7xb8e7p9m.jpg</t>
@@ -2615,93 +2905,69 @@
   <si>
     <t>http://anytos.ru//upload/iblock/351/5jcvxvnlg1lqj070vsbie1uaw5yz8tht.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 15 г, кросс-серия  quot;МИЛЫЕ КОТЫ quot;, ассорти, BRAUBERG, 273228</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG &amp;quot;МИЛЫЕ КОТЫ&amp;quot; – идеальный выбор для занятий творчеством в игровой форме в детском саду, школе и дома. Минималистичный клей-карандаш с милыми котятами сделает творческий процесс интереснее, а также вдохновит на создание поделок, аппликаций, открыток. Благодаря основе PVP клей-карандаш BRAUBERG обеспечивает надежное склеивание бумаги, картона и ткани. Не деформирует поверхность бумаги и не оставляет пятен после высыхания. Удобен в использовании для детей: не пачкает руки, стол и одежду, не попадает на участки бумаги, расположенные возле места склеивания.Не токсичен, не вызывает аллергии и безопасен для здоровья. Объем – 15 г. Срок годности – 5 лет.</t>
   </si>
   <si>
     <t>1012205</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bfe/2swj8i88bg8w81yow45a0ycfkp58h2bt.jpg</t>
   </si>
   <si>
     <t>Клей-карандаш 15 г, кросс-серия МОНСТРИКИ, ассорти, BRAUBERG, 273237</t>
   </si>
   <si>
     <t>Клей-карандаш BRAUBERG &amp;quot;МОНСТРИКИ&amp;quot; – идеальный выбор для занятий творчеством в игровой форме в детском саду, школе и дома. Клей-карандаш с чудесными монстриками сделает творческий процесс интереснее, а также вдохновит на создание поделок, аппликаций, открыток. Благодаря основе PVP клей-карандаш BRAUBERG обеспечивает надежное склеивание бумаги, картона и ткани. Не деформирует поверхность бумаги и не оставляет пятен после высыхания. Удобен в использовании для детей: не пачкает руки, стол и одежду, не попадает на участки бумаги, расположенные возле места склеивания.Не токсичен, не вызывает аллергии и безопасен для здоровья. Объем – 15 г. Срок годности – 5 лет.</t>
   </si>
   <si>
     <t>1012206</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1a6/c0l0usg8nfzej1etxcb17rfvoie0xsf3.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d91/ls0d4njvqj3uh9h3sccm6fhwunhv01fv.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор 3 клея-карандаша ErichKrause Extra, 15г  в пакете </t>
   </si>
   <si>
     <t>1012662</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/926/3ebx2frdi8vmvcitrrb06wfi5uqqd0mb.jpeg</t>
+  </si>
+  <si>
+    <t>Клей-карандаш на PVP основе  quot;FLORA. Bloom flowers quot; 15 г</t>
+  </si>
+  <si>
+    <t>Тщательно продуманная рецептура клея-карандаша &amp;quot;FLORA. Bloom flowers&amp;quot; ТМ Bruno Visconti значительно расширяет круг его возможностей. Он идеально подойдет как для решения офисных задач, так и для творческих работ из картона и бумаги: - оригами; - коллажи; - квиллинг; - моделирование; - аппликации; - скрапбукинг; - упаковки для подарков; - гофрированный картон; - поздравительные открытки. В основе клея - PVP, благодаря которому при нанесении клея не деформируется бумага, высыхает без образования пятен. Но главное – сохраняются клеящиеся свойства длительное время и, если возникает необходимость переклеить, внести изменения в расположение элементов в ходе работы, с клеем-карандашом &amp;quot;FLORA. Bloom flowers&amp;quot; это вполне возможно. Второй важный компонент в составе - глицерин, обеспечивающий легкое, плавное скольжение и равномерное распределение клея по поверхности бумаги, гарантируя его экономичный расход. Состав клеевой массы позволяет долго сохранять мягкость стика: он не высыхает при правильной эксплуатации. Карандаш оснащен надежным, мягким механизмом подачи клеящего стержня и прост в применении. Он легко смывается теплой водой с рук и одежды, не токсичен, безопасен для здоровья и окружающей среды.</t>
+  </si>
+  <si>
+    <t>1017018</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -3028,5086 +3294,5585 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J221"/>
+  <dimension ref="A1:M242"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G221" sqref="G221"/>
+      <selection pane="bottomRight" activeCell="G242" sqref="G242"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="G9" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G20" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="D8" s="1" t="s">
-[...19 lines deleted...]
-      <c r="C9" s="1" t="s">
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F42" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="3" t="s">
+      <c r="G42" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G54" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="F9" s="3" t="s">
-[...22 lines deleted...]
-      <c r="F10" s="3" t="s">
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="G57" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="G10" s="3" t="s">
-[...39 lines deleted...]
-      <c r="E12" s="3" t="s">
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="F84" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="F12" s="3" t="s">
-[...22 lines deleted...]
-      <c r="F13" s="3" t="s">
+      <c r="G84" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G87" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="G13" s="3" t="s">
-[...234 lines deleted...]
-      <c r="A24" s="1" t="s">
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="F94" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B24" s="1" t="s">
-[...433 lines deleted...]
-      <c r="B43" s="1" t="s">
+      <c r="G94" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="G95" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="C43" s="1" t="s">
-[...534 lines deleted...]
-      <c r="E66" s="3" t="s">
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="F96" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="F66" s="3" t="s">
-[...691 lines deleted...]
-      </c>
       <c r="G96" s="3" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>236</v>
+        <v>273</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>236</v>
+        <v>273</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>14</v>
+        <v>273</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>14</v>
+        <v>273</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>226</v>
+        <v>101</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>226</v>
+        <v>101</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>226</v>
+        <v>101</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>423</v>
+        <v>101</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>423</v>
+        <v>101</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>423</v>
+        <v>101</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>423</v>
+        <v>101</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>430</v>
+        <v>443</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>423</v>
+        <v>101</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>430</v>
+        <v>446</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>423</v>
+        <v>101</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>445</v>
+        <v>101</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>445</v>
+        <v>244</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>445</v>
+        <v>244</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>445</v>
+        <v>244</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>445</v>
+        <v>244</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>470</v>
+        <v>17</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>468</v>
+        <v>478</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>470</v>
+        <v>234</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>468</v>
+        <v>482</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>470</v>
+        <v>234</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>487</v>
+        <v>494</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>488</v>
+        <v>495</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>88</v>
+        <v>496</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>468</v>
+        <v>499</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>470</v>
+        <v>496</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>493</v>
+        <v>502</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>494</v>
+        <v>503</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>236</v>
+        <v>496</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="F124" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="B124" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G124" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>500</v>
+        <v>508</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>501</v>
+        <v>509</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>502</v>
+        <v>510</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>503</v>
+        <v>511</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>236</v>
+        <v>496</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>504</v>
+        <v>512</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>505</v>
+        <v>513</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>14</v>
+        <v>496</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>510</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>512</v>
+        <v>496</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>14</v>
+        <v>496</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>88</v>
+        <v>525</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>83</v>
+        <v>525</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="C131" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="F131" s="3" t="s">
         <v>525</v>
       </c>
-      <c r="D131" s="1" t="s">
-[...9 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G131" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>527</v>
+        <v>534</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>529</v>
+        <v>536</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>530</v>
+        <v>537</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>525</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>525</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>536</v>
+        <v>543</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>525</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>550</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>543</v>
+        <v>551</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>544</v>
+        <v>552</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>550</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="B137" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="C137" s="1" t="s">
         <v>548</v>
       </c>
-      <c r="C137" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D137" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="F137" s="3" t="s">
         <v>550</v>
       </c>
-      <c r="F137" s="3" t="s">
-[...3 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G137" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>555</v>
+        <v>101</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>555</v>
+        <v>101</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>562</v>
+        <v>548</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>564</v>
+        <v>550</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>564</v>
+        <v>244</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>564</v>
+        <v>496</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>564</v>
+        <v>244</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>279</v>
+        <v>17</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="B145" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="C145" s="1" t="s">
         <v>582</v>
       </c>
-      <c r="C145" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>236</v>
+        <v>17</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>236</v>
+        <v>591</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>236</v>
+        <v>17</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>597</v>
+        <v>101</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>597</v>
+        <v>96</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>236</v>
-[...5 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>236</v>
-[...5 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>236</v>
-[...5 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>83</v>
-[...5 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>620</v>
-[...5 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>624</v>
-[...5 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>83</v>
+        <v>635</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>133</v>
+        <v>635</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="B159" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="F159" s="3" t="s">
         <v>635</v>
       </c>
-      <c r="C159" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G159" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>564</v>
+        <v>303</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>564</v>
+        <v>244</v>
       </c>
       <c r="G162" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="F163" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>663</v>
+      </c>
+      <c r="F164" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="F165" s="3" t="s">
+        <v>668</v>
+      </c>
+      <c r="G165" s="3" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...41 lines deleted...]
-      <c r="G164" s="3" t="s">
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="F167" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="F168" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G168" s="3" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...91 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>670</v>
+        <v>681</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>671</v>
+        <v>682</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>672</v>
+        <v>682</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>555</v>
+        <v>684</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>675</v>
+        <v>685</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>676</v>
+        <v>686</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>677</v>
+        <v>686</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>678</v>
+        <v>687</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>679</v>
+        <v>688</v>
       </c>
       <c r="G170" s="3" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>680</v>
+        <v>689</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>681</v>
+        <v>690</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>679</v>
+        <v>688</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>679</v>
+        <v>96</v>
       </c>
       <c r="G172" s="3" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>691</v>
+        <v>697</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>679</v>
+        <v>143</v>
       </c>
       <c r="G173" s="3" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>692</v>
+        <v>698</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>14</v>
+        <v>96</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>423</v>
+        <v>635</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>698</v>
+        <v>707</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>423</v>
+        <v>244</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>698</v>
+        <v>711</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>423</v>
+        <v>635</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>698</v>
+        <v>715</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>708</v>
+        <v>716</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>423</v>
+        <v>635</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>709</v>
+        <v>717</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>710</v>
+        <v>718</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>698</v>
+        <v>718</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>711</v>
+        <v>719</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>423</v>
+        <v>720</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>712</v>
+        <v>721</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>713</v>
+        <v>722</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>698</v>
+        <v>722</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>423</v>
+        <v>724</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>715</v>
+        <v>725</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>716</v>
+        <v>726</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>698</v>
+        <v>726</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>717</v>
+        <v>727</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>423</v>
+        <v>724</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>718</v>
+        <v>728</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>719</v>
+        <v>729</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>720</v>
+        <v>729</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>721</v>
+        <v>730</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>279</v>
+        <v>724</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>722</v>
+        <v>731</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>723</v>
+        <v>732</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>724</v>
+        <v>732</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>725</v>
+        <v>733</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>679</v>
+        <v>96</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>729</v>
+        <v>735</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>730</v>
+        <v>736</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>236</v>
+        <v>96</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>731</v>
+        <v>737</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>732</v>
+        <v>738</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>733</v>
+        <v>739</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>236</v>
+        <v>38</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>735</v>
+        <v>741</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>736</v>
+        <v>742</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>736</v>
+        <v>743</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>737</v>
+        <v>744</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>83</v>
+        <v>38</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>738</v>
+        <v>745</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>739</v>
+        <v>747</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>740</v>
+        <v>748</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>83</v>
+        <v>630</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>741</v>
+        <v>750</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>742</v>
+        <v>751</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>743</v>
+        <v>752</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>744</v>
+        <v>753</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>564</v>
+        <v>754</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>745</v>
+        <v>755</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>746</v>
+        <v>756</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>747</v>
+        <v>757</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>748</v>
+        <v>758</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>564</v>
+        <v>754</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>762</v>
+      </c>
+      <c r="F190" s="3" t="s">
+        <v>754</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>766</v>
+      </c>
+      <c r="F191" s="3" t="s">
+        <v>754</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>770</v>
+      </c>
+      <c r="F192" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E193" s="3" t="s">
+        <v>774</v>
+      </c>
+      <c r="F193" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>777</v>
+      </c>
+      <c r="F194" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>780</v>
+      </c>
+      <c r="F195" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>783</v>
+      </c>
+      <c r="F196" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="F197" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="F198" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>792</v>
+      </c>
+      <c r="F199" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>796</v>
+      </c>
+      <c r="F200" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>800</v>
+      </c>
+      <c r="F201" s="3" t="s">
+        <v>754</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="F202" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>809</v>
+      </c>
+      <c r="F203" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
+        <v>812</v>
+      </c>
+      <c r="F204" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>815</v>
+      </c>
+      <c r="F205" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>819</v>
+      </c>
+      <c r="F206" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>823</v>
+      </c>
+      <c r="F207" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>827</v>
+      </c>
+      <c r="F208" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>831</v>
+      </c>
+      <c r="F209" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>835</v>
+      </c>
+      <c r="F210" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>839</v>
+      </c>
+      <c r="F211" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>843</v>
+      </c>
+      <c r="F212" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>847</v>
+      </c>
+      <c r="F213" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="F214" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="F215" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>858</v>
+      </c>
+      <c r="F216" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>863</v>
+      </c>
+      <c r="F217" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="F218" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>871</v>
+      </c>
+      <c r="F219" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="F220" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="F221" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="F222" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>888</v>
+      </c>
+      <c r="F223" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>892</v>
+      </c>
+      <c r="F224" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E225" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="F225" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>901</v>
+      </c>
+      <c r="F226" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E227" s="3" t="s">
+        <v>906</v>
+      </c>
+      <c r="F227" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E228" s="3" t="s">
+        <v>910</v>
+      </c>
+      <c r="F228" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>914</v>
+      </c>
+      <c r="F229" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>918</v>
+      </c>
+      <c r="F230" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="G230" s="3" t="s">
         <v>749</v>
       </c>
-      <c r="B190" s="1" t="s">
-[...725 lines deleted...]
-        <v>30</v>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>922</v>
+      </c>
+      <c r="F231" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E232" s="3" t="s">
+        <v>926</v>
+      </c>
+      <c r="F232" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E233" s="3" t="s">
+        <v>930</v>
+      </c>
+      <c r="F233" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E234" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="F234" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>938</v>
+      </c>
+      <c r="F235" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E236" s="3" t="s">
+        <v>941</v>
+      </c>
+      <c r="F236" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E237" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="F237" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>949</v>
+      </c>
+      <c r="F238" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E239" s="3" t="s">
+        <v>953</v>
+      </c>
+      <c r="F239" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E240" s="3" t="s">
+        <v>957</v>
+      </c>
+      <c r="F240" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E241" s="3" t="s">
+        <v>960</v>
+      </c>
+      <c r="F241" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E242" s="3" t="s">
+        <v>964</v>
+      </c>
+      <c r="F242" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">