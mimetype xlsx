--- v0 (2025-11-01)
+++ v1 (2026-02-08)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="620">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="596">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a6f/sfxd9kab3xsg77gtvzqrehf98paljmc1.jpg</t>
   </si>
   <si>
     <t>Клей ПВА inФОРМАТ 120 г: GP-120 штр.: 4602723040859</t>
   </si>
   <si>
     <t>Клей канцелярский</t>
   </si>
   <si>
     <t>104638</t>
@@ -275,284 +284,311 @@
   <si>
     <t>Клей ПВА ЭКСПОПРИБОР 45 г: ПВА-45 штр.: 4603327000034</t>
   </si>
   <si>
     <t>104658</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b82/wtwbj99221iewjsapejz6o8b4jwae6zj.jpg</t>
   </si>
   <si>
     <t>Клей ПВА ЭКСПОПРИБОР 65 г: ПВА-65 штр.: 4603327000027</t>
   </si>
   <si>
     <t>104660</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc0/ikmk6fvfj0a2zx02mrpska8su6ygg10m.jpg</t>
   </si>
   <si>
     <t>Клей ПВА ЭКСПОПРИБОР 85 г: ПВА-85 штр.: 4603327000010</t>
   </si>
   <si>
     <t>104661</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/91f/1i5cqeq1ys1igjo3wtg1uadt9x90okpd.jpg</t>
-[...5 lines deleted...]
-    <t>104662</t>
+    <t>http://anytos.ru//upload/iblock/432/ufy4xbn0jcij33obf8haa8mep1h0jc3b.jpg</t>
+  </si>
+  <si>
+    <t>Клей акрил. АРТформат 120 мл: AF05-071-01 штр.: 4602723048824</t>
+  </si>
+  <si>
+    <t>104670</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artformat/"&gt;АРТформат&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb0/3jclju85mihn8em3a43osxncpq5v93sk.jpg</t>
+  </si>
+  <si>
+    <t>Клей универсал. МОМЕНТ СУПЕР 3,00 г: 608976 штр.: 4600611212036</t>
+  </si>
+  <si>
+    <t>В считанные секунды этот экономичный и универсальный клей может склеить различные предметы. Выпускается в удобном блистере. С его помощью можно отремонтировать кожу, картон, керамику, пластик, металл, дерево, фарфор и пробку. Однако для склеивания синтетических тканей, тефлона, полипропилена, стиропора и полиэтилена не пригоден.</t>
+  </si>
+  <si>
+    <t>104673</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/henkel/"&gt;Henkel&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a45/wl9p0vr5dl2aljj325fj648vcoz32d06.jpg</t>
+  </si>
+  <si>
+    <t>Клей универсальный МОМЕНТ-1,  30 г   873854</t>
+  </si>
+  <si>
+    <t>Универсальный клей предназначен для склеивания разных материалов: резины, стекла, фарфора, дерева, металла, войлока, жесткого поливинилхлорида. Но для посуды, которая контактирует с пищей, не рекомендуется его использовать.</t>
+  </si>
+  <si>
+    <t>104676</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ce/g6x5ypmtv7rxp1x4npcb3npgauzab92z.jpg</t>
+  </si>
+  <si>
+    <t>Клей силикат. ЭКСПОПРИБОР 90 г: ОКС90 штр.: 4603327000058</t>
+  </si>
+  <si>
+    <t>Клей предназначен для склеивания картона и бумаги. Для него характерны хорошие клеящие способности и невидимая структура.</t>
+  </si>
+  <si>
+    <t>104685</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c1/1c172e7d7bc2c76e16d07328492487f8.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА 125г.: OS-125 штр.:  4610008521320</t>
+  </si>
+  <si>
+    <t>Клей ПВА 125г.: OS-125 Для склеивания бумаги, картона, дерева, кожи. Не содержит растворителя. Не оставляет следов и легко смывается водой. Удобная пластиковая упаковка с экономичным дозатором. Клей устойчив к резким перепадам температур, выдерживает многократное замораживание и размораживание, сохраняя при этом однородность текстуры и потребительские свойства. Упаковка не деформируется при низких температурах</t>
+  </si>
+  <si>
+    <t>213432</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/318/318166da0e77720a9a3b4d740a122f22.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА OfficeSpace 85г., с дозатором: OS-85 штр.:  4610008521313</t>
+  </si>
+  <si>
+    <t>Клей ПВА OfficeSpace 85г., с дозатором: OS-85 Предназначен для склеивания бумаги, картона, дерева.&amp;lt;br/&amp;gt;Закрывайте колпачком после использования.</t>
+  </si>
+  <si>
+    <t>214821</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/189/18976a7d1ee37f5261464374744b5eac.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА OfficeSpace 65г., с дозатором: OS-65 штр.:  4610008521306</t>
+  </si>
+  <si>
+    <t>Клей ПВА OfficeSpace 65г., с дозатором: OS-65 Предназначен для склеивания бумаги, картона, дерева.&amp;lt;br/&amp;gt;Закрывайте колпачком после использования.</t>
+  </si>
+  <si>
+    <t>214959</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/681/681df295425da93fa002222ed3eb03b7.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА OfficeSpace 45г., с дозатором: OS-45 штр.:  4610008521290</t>
+  </si>
+  <si>
+    <t>Клей ПВА OfficeSpace 45г., с дозатором: OS-45 Предназначен для склеивания бумаги, картона, дерева.&amp;lt;br/&amp;gt;Закрывайте колпачком после использования.</t>
+  </si>
+  <si>
+    <t>219507</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/225/225b6e4e3602f2e3399fb3b374f36473.jpg</t>
+  </si>
+  <si>
+    <t>Клей силикатный 110 г: 229111</t>
+  </si>
+  <si>
+    <t>Клей силикатный 110 г: 229111 Силикатный&amp;nbsp;&amp;nbsp;клей&amp;nbsp;&amp;nbsp;в&amp;nbsp;&amp;nbsp;удобном пластиковом флаконе с завинчивающимся колпачком. Имеет&amp;nbsp;&amp;nbsp;отличную клеящую способность при работе с бумагой и картоном.</t>
+  </si>
+  <si>
+    <t>219545</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/395/39521fbb306bf14db91bf508185a1cd5.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА 65г.: L1625 штр.:  4606782027240</t>
+  </si>
+  <si>
+    <t>Клей ПВА 65г.: L1625</t>
+  </si>
+  <si>
+    <t>236866</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d09/d093c2f1209671d46dc662ef55433777.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА 150г.: OS-150 штр.:  4680211072841</t>
+  </si>
+  <si>
+    <t>Клей ПВА 150г.: OS-150</t>
+  </si>
+  <si>
+    <t>237071</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/246/24619b8e9f67897b634c77af573a1414/11e7486942621079c95adeec991c91ca.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА 125г Attache штр.  4620004208897</t>
+  </si>
+  <si>
+    <t>Клей ПВA Attachе, предназначенный для склеивания картона, бумаги и дерева. Подходит для декоративных работ. Перевозить и хранить флакон необходимо при температуре выше 0 градусов Цельсия. Съемный колпачок защищает от пересыхания. В одном флаконе содержится 125 г клея ПВА.</t>
+  </si>
+  <si>
+    <t>248641</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b99/b9914303f5ea0305ebb14875bd0eedce/720315d56fd56ce543696957a5a158be.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА 125мл KORES  75825.02 штр.  9023800758255</t>
+  </si>
+  <si>
+    <t>Используется для склеивания картона, бумаги, текстиля, дерева, пробки, кожи.&amp;lt;br /&amp;gt;Удобный пластиковый флакон с выкручивающимся дозатором.&amp;lt;br /&amp;gt;Дозатор позволяет наносить клей каплями или тонкой линией.&amp;lt;br /&amp;gt;Клей не токсичен, смывается водой.&amp;lt;br /&amp;gt;Время склеивания - 1мин.&amp;lt;br /&amp;gt;Объем 125 мл.&amp;lt;br /&amp;gt;Клей ПВА Корес замерзает при - 5C / - 18C / и выдерживает &amp;#43; 50С.&amp;lt;br /&amp;gt;После его естественного оттаивания не теряет своих свойств.</t>
+  </si>
+  <si>
+    <t>248642</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kores/"&gt;KORES&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/373/37331308f2d69bf3b1a5d3a6251fd7c0/d1a0158a66df04203492931b87fe1521.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА Attache 150 nbsp-г</t>
+  </si>
+  <si>
+    <t>Клей ПВA Attachе, предназначенный для склеивания картона, бумаги и дерева. Подходит для декоративных работ. Перевозить и хранить флакон необходимо при температуре выше 0 градусов Цельсия. Съемный колпачок защищает от пересыхания. В одном флаконе содержится 150 г клея ПВА.</t>
+  </si>
+  <si>
+    <t>248643</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/953/953bba88bc0edf46a226afb626c1c44e/0b4873436b05b7ec7c72c08dc36cfe48.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА 250мл KORES  75826 штр.  9023800758262</t>
+  </si>
+  <si>
+    <t>Используется для склеивания картона, бумаги, текстиля, дерева, пробки, кожи.&amp;lt;br /&amp;gt;Удобный пластиковый флакон с выкручивающимся дозатором.&amp;lt;br /&amp;gt;Дозатор позволяет наносить клей каплями или тонкой линией.&amp;lt;br /&amp;gt;Клей не токсичен, смывается водой.&amp;lt;br /&amp;gt;Время склеивания - 1мин.&amp;lt;br /&amp;gt;Объем 250 мл.&amp;lt;br /&amp;gt;Клей ПВА Корес замерзает при - 5C / - 18C / и выдерживает &amp;#43; 50С.&amp;lt;br /&amp;gt;После его естественного оттаивания не теряет своих свойств.&amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>248644</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d51/xgsximw8ttw86iu9g8ygrl6fmbb540qa.jpg</t>
-[...206 lines deleted...]
-    <t>248643</t>
+    <t>http://anytos.ru//upload/iblock/a33/a3319dcd4aaf80c28c456df7eea5c070/9ca2c223ae40283ae915e045e31c78b0.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА 40г Attache штр.  4620004208873</t>
+  </si>
+  <si>
+    <t>Клей ПВA Attachе, предназначенный для склеивания картона, бумаги и дерева. Подходит для декоративных работ. Перевозить и хранить флакон необходимо при температуре выше 0 градусов Цельсия. Съемный колпачок защищает от пересыхания. В одном флаконе содержится 40 г клея ПВА.</t>
+  </si>
+  <si>
+    <t>248645</t>
+  </si>
+  <si>
+    <t>80</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb9/cb9136413613e096a53a92204b6e5d45/ad59a27fac20fd5a2c82c83942e261f3.jpg</t>
   </si>
   <si>
     <t>Клей ПВА Kores 60 nbsp-мл</t>
   </si>
   <si>
     <t>Клей ПВА Kores подходит для склеивания бумаги, картона, ткани, дерева, пробки, кожи. Поставляется в пластиковом флаконе с удобным выкручивающимся дозатором, объем - 60 мл. Наносится тонкой линией или каплями. Клей нетоксичен, смывается водой. Время склеивания составляет около одной минуты. Не теряет свойств после замерзания и естественного оттаивания, выдерживает температуру до &amp;#43;50 градусов Цельсия.</t>
   </si>
   <si>
     <t>248646</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ea4/981slvnf4azekiolmaxlai33xvrfpjpj.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА 65г., Attache</t>
+  </si>
+  <si>
+    <t>Клей ПВА Attache предназначен для склеивания бумаги, картона, дерева, ткани, кожи, фотобумаги. Отлично подходит для хобби и творчества для взрослых и детей. Пластиковый дозатор обеспечивает точное нанесение и экономный расход. Имеется съемный колпачок, который предохраняет клей от засыхания. Объем клея 65 г &amp;#40;64,3 мл&amp;#41;. Клей ПВА при минусовых температурах замерзает, т.к. сделан на основе воды, но при оттаивании не теряет своих свойств. Его можно заморозить и размораживать 5 раз, и он не потеряет ни своих свойств, ни товарного вида. Температура воздуха при использовании не ниже &amp;#43;5. Необходимо взболтать перед применением. Показатель прочности &amp;#40;клеящая способность&amp;#41;: 0.36kH &amp;#40;1.15 Мпа&amp;#41;.</t>
+  </si>
+  <si>
+    <t>248647</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d85/d854a62747b0864f78d0ba8cccc7579d/4c06b7b00598f8635b47e8c0cf48dce9.jpg</t>
   </si>
   <si>
     <t>Клей ПВА 85г Attache штр.  4620004208880</t>
   </si>
   <si>
     <t>Клей ПВA Attachе, предназначенный для склеивания картона, бумаги и дерева. Подходит для декоративных работ. Перевозить и хранить флакон необходимо при температуре выше 0 градусов Цельсия. Съемный колпачок защищает от пересыхания. В одном флаконе содержится 85 г клея ПВА.</t>
   </si>
   <si>
     <t>248648</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c7a/c7a0fd5ce62c9748c7103e1e13bcb367/3f906dae5097ab44420220aeb7ec5597.jpg</t>
   </si>
   <si>
     <t>Клей ПВА Attache 5кг штр.  4680237017253</t>
   </si>
   <si>
     <t>Клей ПВА универсальный. Предназначен для склеивания картона, бумаги и дерева.&amp;lt;br /&amp;gt;Вес 5 кг.</t>
   </si>
   <si>
     <t>248650</t>
   </si>
   <si>
     <t>2</t>
@@ -638,119 +674,116 @@
   <si>
     <t>Клей ПВА LITE 125 г офисный, универсальный: GPL-125 штр.: 4602723082453</t>
   </si>
   <si>
     <t>Клей ПВА LITE обладает густой консистенцией и содержит большую концентрацию клеящих веществ. Форма выпуска: флакон из мягкого пластика с дозатором, объем 125 гр.Тонкий слой клея абсолютно незаметен, что увеличивает эстетичность поделок и позволяет применять его в различных рукодельных ремеслах. Безопасен для детей, может применяться и в закрытом пространстве. Клей прочно склеивает изделия из дерева, бумаги, картона и др.</t>
   </si>
   <si>
     <t>286534</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab3/ab376bdae65784320723833d43e28d28.jpg</t>
   </si>
   <si>
     <t>Клей ПВА Мульти-Пульти  quot;Енот в Японии quot;, 65г.: КЛ_15028 штр.: 4680211130282</t>
   </si>
   <si>
     <t>Клей ПВА Мульти-Пульти отлично подходит для создания поделок и работы на уроках труда. Хранить при температуре выше &amp;#43;5 С. Перед употреблением взболтать.</t>
   </si>
   <si>
     <t>337353</t>
   </si>
   <si>
     <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2c9/2c915aedfea1eae605dce0a17743c538.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fe9/05y62czqu8ue73k0g9u51kfviguzamkn.jpg</t>
   </si>
   <si>
     <t>Клей ПВА Каляка-Маляка с кисточкой канцелярский детский 20 г</t>
   </si>
   <si>
     <t>339556</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/298/298cff81f48beef41cb319ef9e9d165e.jpg</t>
   </si>
   <si>
     <t>Клей ПВА Мульти-Пульти  quot;Енот в Японии quot;, 125г КЛ_16124</t>
   </si>
   <si>
     <t>340925</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0cd/0cd8192fcf12ef863d65b33c0af165d3.jpg</t>
   </si>
   <si>
     <t>Клей ПВА Мульти-Пульти  quot;Енот в Японии quot;, 150г КЛ_16125</t>
   </si>
   <si>
     <t>340926</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fee/fee8d215aca3b2d7ec7609a5e9aa1de1.jpg</t>
   </si>
   <si>
     <t>Клей ПВА Мульти-Пульти  quot;Енот в Японии quot;, 45г. КЛ_16122</t>
   </si>
   <si>
     <t>Клей ПВА Мульти-Пульти отлично подходит для создания поделок и работы на уроках труда. Хранить при температуре выше &amp;#43;5 С. Перед использованием взболтать. Для детей старше 3-х лет. В термоусадке по 10 штук.</t>
   </si>
   <si>
     <t>349467</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/eb7/eb7f00193b0c4594ca79617d192af869.jpg</t>
+  </si>
+  <si>
+    <t>Клей Aviora  quot;Монолит-гель quot;, 3г 403-202</t>
+  </si>
+  <si>
+    <t>Секундный клей-гель надежно склеивает изделия из большинства материалов &amp;#40;пластмассы, метала, дерева, резины, картона, ткани, керамики, фарфора, бумаги, кожи&amp;#41;. Благодаря гелеобразной консистенции клей-гель предоставляет возможность коррекции, не растекается и не капает. Идеален для работ на вертикальных поверхностях &amp;#40;в том числе шероховатых и пористых&amp;#41;.</t>
+  </si>
+  <si>
+    <t>350389</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/aviora/"&gt;Aviora&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/97b/97b253ea7cfa4ebf38a5eceede9e531a.jpg</t>
   </si>
   <si>
     <t>Клей Секунда  quot;5 Минут quot;, универсальный, 30мл, шоубокс 403-197</t>
   </si>
   <si>
     <t>Клей универсальный &amp;quot;Секунда&amp;quot; подходит для склеивания поверхностей: дерево, керамика, картон, кожа, металл, оргстекло, ПВХ, полиуретан, фарфор, резина. Самый быстрый клей из универсальных. Объем - 30 мл. Время склеивания - 5 минут. Склеивает пористые материалы. Прозрачный. Водостойкий. Упаковка - шоу-бокс.</t>
   </si>
   <si>
     <t>350390</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/aviora/"&gt;Aviora&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fb5/fb567b3f3299f6d97bf4a0dbbce8de89.jpg</t>
   </si>
   <si>
     <t>Клей Секунда, 3г 403-103</t>
   </si>
   <si>
     <t>Клей универсальный &amp;quot;Секунда&amp;quot; Используется для соединения изделий и деталей, изготовленных из различных материалов: многослойные пластмассы, винил, резина, керамика, дерево, картон, кожа и кожзаменители, пробковое дерево и ДСП. Состав моментального клея позволяет быстро, в течение нескольких секунд, склеить необходимые детали, при этом качество соединения будет постоянным на долгое время. Формула клеевого состава QuickTime обеспечивает мгновенное соединение материалов, качество клеевого соединения не ухудшается и сохраняет свою прочность в течение длительного времени. Специальная конструкция насадки тюбика уменьшает риск попадания клея на руки или на одежду.</t>
   </si>
   <si>
     <t>350391</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c5e/c5e201558334892859691369564d880a.jpg</t>
   </si>
   <si>
     <t>Клей ПВА Гамма, 20г, с кисточкой 330005</t>
   </si>
   <si>
     <t>Клей ПВА 20 гр.&amp;nbsp;&amp;nbsp;С кисточкой</t>
   </si>
   <si>
     <t>350935</t>
   </si>
   <si>
     <t>&lt;a href="/brands/gamma_/"&gt;Гамма&lt;/a&gt;</t>
@@ -830,113 +863,146 @@
   <si>
     <t>376749</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0bf/0bf0e3395db86654b9a26c511f7973e7/2b5b1b21041fa8d10f89841e965473f0.jpg</t>
   </si>
   <si>
     <t>Клей ПВА 500г Attache</t>
   </si>
   <si>
     <t>376750</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4e8/4e8c4c7190e0548cbbbdceda212d218d/f0cf5b7e9f4480abf44c86d1e3be296b.jpg</t>
   </si>
   <si>
     <t>Клей ПВА 500г Kores, без растворителей</t>
   </si>
   <si>
     <t>376751</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ee4/ee48fb70a92ca81ed3fda227aaea3681/bb5902e4e5dd8e0b55456d5fe09b4700.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА 85г Attache Economy</t>
+  </si>
+  <si>
+    <t>376753</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4db/4dbd1875b8bbd9b9bf59ca4584b78bc8/ceafb9f581c76f6fc4da63dd46641470.jpg</t>
   </si>
   <si>
     <t>Клей канцелярский Attache 150 мл, синтетический, евро</t>
   </si>
   <si>
     <t>376755</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e81/e81c885cb8198f38cf024710def2a5fd/5f5f48a804ac0894371cd7936a074e6f.jpg</t>
   </si>
   <si>
     <t>Клей канцелярский Attache 85 мл, синтетический, металлический роллер</t>
   </si>
   <si>
     <t>376757</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/141/1410778531a6ac2d5e3a5ee4f00bc6c5/2f79f95240bd9044eab31fcaa1d13773.jpg</t>
   </si>
   <si>
     <t>Клей силикатный 110г Attache</t>
   </si>
   <si>
     <t>376759</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/631/631fe13cf68a26dffb4367f30d48b838/3816532fe3d108cf8634a8a4137202b5.jpg</t>
   </si>
   <si>
     <t>Клей силикатный 90г Attache Economy</t>
   </si>
   <si>
     <t>376760</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/45e/45ec0e59d3ba7735abfc3c1443119f77/40f06f7387b9bb2228d20872da8f59f7.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА 45г N1 School Лисята</t>
+  </si>
+  <si>
+    <t>383389</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/1-school/"&gt;№1 School&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e39/e39edc30ebe35b408f48293e4e6f7180/f6bc6c92362f81b06175c938427036f9.jpg</t>
   </si>
   <si>
     <t>Клей ПВА 65г N1 School Лисята</t>
   </si>
   <si>
     <t>383391</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/1-school/"&gt;№1 School&lt;/a&gt;</t>
-[...11 lines deleted...]
-    <t>391266</t>
+    <t>http://anytos.ru//upload/iblock/a86/cg52pha45bptskp51rnbqpbtlwvs1vlf.jpg</t>
+  </si>
+  <si>
+    <t>Клей канцелярский BRAUBERG, 50 мл, с силиконовым аппликатором</t>
+  </si>
+  <si>
+    <t>Клей канцелярский BRAUBERG с силиконовым аппликатором для качественного склеивания бумаги, картона, фотографий и ткани. Незаменим в доме, школе и офисе. Объем - 50 мл. Силиконовый аппликатор позволяет аккуратно и без усилий наносить клей на поверхности, которые нужно склеить. С его помощью можно тонко распределить клей, не пачкая пальцы. Клей не токсичен, легко удаляется с одежды и поверхностей. Качественный состав клея гарантирует надежное склеивание.</t>
+  </si>
+  <si>
+    <t>391257</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/161/71ycxta2rterzjqytwz3niuczjkr6k79.jpg</t>
+  </si>
+  <si>
+    <t>Клей канцелярский двусторонний ЮНЛАНДИЯ, 30 мл, с узким и широким аппликаторами</t>
+  </si>
+  <si>
+    <t>Клей канцелярский ЮНЛАНДИЯ с двусторонним аппликатором идеально склеивает бумагу, картон, фотографии. Незаменим в доме, школе и офисе. Объем - 30 мл. Двусторонний аппликатор позволяет наносить клей двумя способами: узкий аппликатор используется для точечного склеивания, а широкий - для больших поверхностей. Конструкция флакона выполнена таким образом, что не позволяет клею вытекать самостоятельно. Клей не токсичен, легко удаляется с одежды и поверхностей. Идеально подходит для творческих поделок и офисного применения.</t>
+  </si>
+  <si>
+    <t>391263</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0aa/0cqgze6te7reydpf9y2egre9vqhnn2uf.jpg</t>
   </si>
   <si>
     <t>Клей канцелярский силикатный BRAUBERG, 50 мл, с аппликатором, 221020</t>
   </si>
   <si>
     <t>Клей канцелярский жидкий BRAUBERG во флаконе предназначен для склеивания бумаги, картона и пр. Имеет объем 50 мл. Пластиковый дозатор обеспечивает точное и равномерное нанесение. Обладает устойчивостью к морозу и отсутствием запаха. Не токсичен. Прозрачный клей наносится тонким слоем, обеспечивая быстрое схватывание поверхностей, а также экономичное расходование. Съемный колпачок предохраняет клей от засыхания. Быстро, удобно, выгодно!</t>
   </si>
   <si>
     <t>391267</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/306/pbb250pfxi2wbxztrhkto7lda7v9wpbi.jpg</t>
   </si>
   <si>
     <t>Клей моментальный  quot;Секунда quot;, 3 г, 403-176</t>
   </si>
   <si>
     <t>Обладает всеми преимуществами моментального клея, но, благодаря гелеобразной консистенции, применяется для склеивания изделий, изготовленных из различных металлов, пластмассы, винила, керамики, картона, дерева.</t>
   </si>
   <si>
     <t>391272</t>
   </si>
   <si>
     <t>&lt;a href="/brands/sekunda/"&gt;Секунда&lt;/a&gt;</t>
@@ -1010,386 +1076,275 @@
   <si>
     <t>Клей ПВА BRAUBERG, 1 кг, суперпрочный  керамика, ткань, кожа, дерево, бумага, картон , 600984</t>
   </si>
   <si>
     <t>Клей ПВА ЭКСТРА суперпрочный BRAUBERG применяется для склеивания изделий из бумаги, картона, тканей, приклеивания виниловых и бумажных обоев, линолеума, ковролина, облицовочной плитки. Подходит для ответственных столярных работ и изготовления мебели. Может использоваться в качестве модификатора для улучшения технологических и адгезионных свойств сухих строительных смесей. Имеет объем 1000 мл. Обладает устойчивостью к морозу, не токсичен. Наносится тонким слоем, обеспечивая быстрое схватывание поверхностей, а также экономичное расходование. Необходимо взболтать перед применением.</t>
   </si>
   <si>
     <t>391279</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e1c/bzmkzi0cjllhr530ntw3vnssljf5j7q2.jpg</t>
   </si>
   <si>
     <t>Клей ПВА BRAUBERG, 1 кг, универсальный  бумага, картон, дерево , 600983</t>
   </si>
   <si>
     <t>Клей ПВА универсальный BRAUBERG применяется для изделий из бумаги, картона, тканей, виниловых и бумажных обоев. Может использоваться в качестве модификатора для улучшения технологических и адгезионных свойств. Имеет вес 1 кг. Произведен из сырья высокого качества. Обладает устойчивостью к морозу, не токсичен. Наносится тонким слоем, обеспечивая быстрое схватывание поверхностей, а также экономичное расходование. Необходимо взболтать перед применением.</t>
   </si>
   <si>
     <t>391280</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/728/iyu0au204qyg4y82r0epbakzw0070gw0.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/94c/6k4o9quiyl79dxwq71bc6bbbdoyt58a6.jpg</t>
   </si>
   <si>
     <t>Клей ПВА STAFF евро, 150 г, 221207</t>
   </si>
   <si>
     <t>Клей ПВА STAFF применяется для склеивания бумаги, картона, фотографий, дерева, ткани и кожи. Имеет увеличенный объем 150 мл. Флакон оснащен пластиковым дозатором, который позволяет равномерно и точно наносить клей на поверхность. Нетоксичен, морозоустойчивый. Быстрое склеивание достигается за счет нанесения тонкого слоя клея. Экономичное расходование. Съемный колпачок предохраняет клей от засыхания. Необходимо взболтать перед применением.</t>
   </si>
   <si>
     <t>391282</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/86e/qfmv4hja21l7lf8l2r3l2s08e0ubobwh.jpg</t>
   </si>
   <si>
     <t>Клей ПВА STAFF, 150 г, с дозатором, 225176</t>
   </si>
   <si>
     <t>Клей ПВА STAFF применяется для склеивания бумаги, картона, фотографий, дерева. Имеет увеличенный объем 150 мл. Флакон оснащен пластиковым дозатором, который позволяет равномерно и точно наносить клей на поверхность. Нетоксичен, морозоустойчивый. Быстрое склеивание достигается за счет нанесения тонкого слоя клея. Экономичное расходование. Съемный колпачок предохраняет клей от засыхания. Необходимо взболтать перед применением.</t>
   </si>
   <si>
     <t>391285</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/375/cleq7l4r2fgbpsl6hq40xdmmq8h8xnmg.jpg</t>
-[...37 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3cd/3cd08eff1f0aca16aafcba844b432b87.jpg</t>
   </si>
   <si>
     <t>Клей канцелярский Berlingo, с губчатым аппликатором, 70мл. FNn_06070</t>
   </si>
   <si>
     <t>Канцелярский клей предназначен для склеивания бумаги, не оставляет следов и не коробит ее, после замораживания и размораживания не теряет своих свойств. Имеет удобный губчатый аппликатор, наносится точно и экономно.</t>
   </si>
   <si>
     <t>393787</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a5a/a5af5d2f7233400395e0fc42a58ec544.jpg</t>
   </si>
   <si>
     <t>Клей канцелярский Berlingo, с плоским силиконовым аппликатором, 30мл. FNn_06130</t>
   </si>
   <si>
     <t>Канцелярский клей предназначен для склеивания бумаги, не оставляет следов и не коробит ее, после замораживания и размораживания не теряет своих свойств. Имеет удобный&amp;nbsp;&amp;nbsp;силиконовый аппликатор, наносится точно и экономно.</t>
   </si>
   <si>
     <t>393788</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/66e/66ea9882a78e37cf8f368a5a129322a6/1f1525e704ed4e7e06e71ef460683ea6.jpg</t>
   </si>
   <si>
     <t>Клей ПВА-М 125г Луч, арт. 20С 1354-08</t>
   </si>
   <si>
     <t>415345</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/302/3023939073a580adf537da7c356a2c8e/87523fed8632b52acf0e021f1d31cf40.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА-М 85г Луч, арт. 20С 1353-08</t>
+  </si>
+  <si>
+    <t>415348</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f35/un8541oes8gaspvt5d04yacph331y1nn.jpg</t>
   </si>
   <si>
     <t>Клей ПВА с дозатором, 45 г, STAFF, 227375</t>
   </si>
   <si>
     <t>Клей ПВА STAFFE VERYDAY применяется для склеивания бумаги, картона, фотографий, дерева. Имеет компактный объем 45 мл. Флакон оснащен пластиковым дозатором, который позволяет равномерно и точно наносить клей на поверхность. Не токсичен, морозоустойчив. Быстрое склеивание достигается за счет нанесения тонкого слоя клея. Экономичное расходование. Съемный колпачок предохраняет клей от засыхания. Необходимо взболтать перед применением.</t>
   </si>
   <si>
     <t>424284</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a38/a38948a95b83a86648e8d5f852a8a50b/aa70494ded294fadfd1c3b0c59c0e283.jpg</t>
   </si>
   <si>
     <t>Клей ПВА с дозатором, 65 г, STAFF, 227376</t>
   </si>
   <si>
     <t>Клей ПВА STAFF EVERYDAY применяется для склеивания бумаги, картона, фотографий, дерева. Имеет объем 65 мл. Флакон оснащен пластиковым дозатором, который позволяет равномерно и точно наносить клей на поверхность. Не токсичен, морозоустойчив. Быстрое склеивание достигается за счет нанесения тонкого слоя клея. Экономичное расходование. Съемный колпачок предохраняет клей от засыхания. Необходимо взболтать перед применением.</t>
   </si>
   <si>
     <t>424285</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/43e/vqkeilo15q8youru4wh1pgxgxh2u3wxs.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/167/kixhbxdm8vulrlcdd707qyhi1j43s5zu.jpg</t>
   </si>
   <si>
     <t>Клей ПВА ЮНЛАНДИЯ  бумага, картон, дерево , 45 г, 227379</t>
   </si>
   <si>
     <t>Клей ПВА ЮНЛАНДИЯ предназначен для склеивания изделий из бумаги, картона, а также подходит для ткани и фотографий. Идеальный выбор для детского творчества. Компактный объем - 45 мл. Пластиковый дозатор предназначен для точного и аккуратного нанесения. С помощью этого клея можно создавать поделки из картона, бумажные и текстильные аппликации, дополняя изделия пуговицами, бусинами, бисером, пайетками. Он также подходит для скрапбукинга, декупажа и авторской бижутерии. Клей нетоксичен, безопасен для здоровья. Морозоустойчив. Необходимо взболтать перед применением.</t>
   </si>
   <si>
     <t>424288</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/428/m7xt2p32whsj6kasnpqrpzgmvj3qkr3z.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2bb/2bb83f8a2de2d8d2dfd5b45b4fde7b39/2586832340304fd10dc9f3c711b79727.jpg</t>
   </si>
   <si>
     <t>Клей ПВА ЮНЛАНДИЯ  бумага, картон, дерево , 125 г, 227382</t>
   </si>
   <si>
     <t>Клей ПВА ЮНЛАНДИЯ предназначен для склеивания изделий из бумаги, картона, а также подходит для ткани и фотографий. Идеальный выбор для детского творчества. Увеличенный объем - 125 мл, которого хватит надолго. Пластиковый дозатор предназначен для точного и аккуратного нанесения. С помощью этого клея можно создавать поделки из картона, бумажные и текстильные аппликации, дополняя изделия пуговицами, бусинами, бисером, пайетками. Он также подходит для скрапбукинга, декупажа и авторской бижутерии. Клей нетоксичен, безопасен для здоровья. Морозоустойчив. Необходимо взболтать перед применением.</t>
   </si>
   <si>
     <t>424291</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e3/bry9syea4ktzq713agubg9mya0t0vyrf.jpg</t>
   </si>
   <si>
     <t>Клей ПВА с дозатором, 125 г, STAFF, 227387</t>
   </si>
   <si>
     <t>Клей ПВА STAFF EVERYDAY применяется для склеивания бумаги, картона, фотографий, дерева. Имеет объем 125 мл. Флакон оснащен пластиковым дозатором, который позволяет равномерно и точно наносить клей на поверхность. Не токсичен, морозоустойчив. Быстрое склеивание достигается за счет нанесения тонкого слоя клея. Экономичное расходование. Съемный колпачок предохраняет клей от засыхания. Необходимо взболтать перед применением.</t>
   </si>
   <si>
     <t>424295</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/490/0ydx3gs27y4ur68fg9t93ptsvyapl1bc.jpg</t>
   </si>
   <si>
     <t>Клей канцелярский BRAUBERG, 125 мл, с силиконовым аппликатором, 228403</t>
   </si>
   <si>
     <t>Клей канцелярский BRAUBERG предназначен для склеивания бумаги, картона, фотографий и ткани. Незаменим в доме, школе и офисе. С помощью силиконового аппликатора клей наносится тонким слоем, обеспечивая быстрое схватывание поверхностей, а также экономичный расход. Не токсичен, безопасен и легко удаляется с одежды. Обладает устойчивостью к морозу и не имеет запаха. Съемный колпачок предохраняет от засыхания. Благодаря большому объему 125 мл клея хватит надолго. На водной основе.</t>
   </si>
   <si>
     <t>434204</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e3c/2anfthj0rgg3n9igum2ixdk6u7zh12mf.jpg</t>
   </si>
   <si>
     <t>Клей канцелярский EXTRA BRAUBERG, 150 мл, с дозатором, 228406</t>
   </si>
   <si>
     <t>Клей канцелярский &amp;quot;EXTRA&amp;quot; BRAUBERG с дозатором предназначен для склеивания бумаги, картона, фотографий и ткани. Незаменим в доме, школе и офисе. ИДЕАЛЬНО ПОДХОДИТ ДЛЯ СЛАЙМОВ. Канцелярский клей Brauberg EXTRA, благодаря усиленной формуле, обладает&amp;nbsp;&amp;nbsp;повышенными клеящими свойствами. Узкий наконечник дозатора обеспечивает удобное и равномерное нанесение, а также экономичный расход клея. Клей не токсичен, безопасен и легко удаляется с одежды. Обладает устойчивостью к морозу и не имеет запаха. Съемный колпачок предохраняет от засыхания. Благодаря большому объему 150 мл клея хватит надолго. На водной основе.</t>
   </si>
   <si>
     <t>434205</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bd6/kfjjhbglexaiysudxvaq9acjjdmq2wfh.jpg</t>
+  </si>
+  <si>
+    <t>Клей канцелярский STAFF, 50 мл, сетчатый аппликатор, 228408</t>
+  </si>
+  <si>
+    <t>Клей канцелярский STAFF предназначен для склеивания бумаги, картона, фотографий и ткани. Сетчатый аппликатор обеспечивает удобное и равномерное нанесение, а также экономичный расход клея. При высыхании сетчатого аппликатора необходимо смочить водой. Клей не токсичен, безопасен и легко удаляется с одежды. Обладает устойчивостью к морозу и не имеет запаха. Объем: 50 мл. На водной основе.</t>
+  </si>
+  <si>
+    <t>434207</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7f0/7f058155e239632defc091ae92db3456/3c072128e927adf0b38d0a0f41aecfff.jpg</t>
   </si>
   <si>
     <t>Клей канцелярский Berlingo, с силиконовым аппликатором, 50мл</t>
   </si>
   <si>
     <t>Канцелярский клей предназначен для склеивания бумаги, не оставляет следов и не коробит ее, после замораживания и размораживания не теряет своих свойств. Имеет удобный силиконовый аппликатор, наносится точно и экономно.</t>
   </si>
   <si>
     <t>558722</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/939/93955770ae2337ebc09ec967fac8f6bb/a6cf61f46c9e77b6abc522e99fc2e18f.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/35c/35caa6abea1a5f2c325b3f43a5225a49/5cca2fd2661726bbc482b8eac8e1aa4e.jpg</t>
   </si>
   <si>
     <t>Клей ПВА с кисточкой Гамма  quot;Мультики quot;, 20г</t>
   </si>
   <si>
     <t>Клей ПВА используется для склеивания бумаги, фотобумаги, картона, текстиля. Предназначен для детей дошкольного и школьного возраста от 3 до 9 лет. Клей полностью безопасен и не токсичен. С помощью кисточки клей удобно наносить на любую поверхность. Оптимальный состав позволяет клею не растекаться в процессе использования, бумага после склеивания не деформируется. Клейморозостойкий. Выдерживает 4 цикла заморозки/разморозки при температуре до -40°С. В случае замерзания, клей необходимо полностью оттаять при комнатной температуре и все его свойства восстановятся.&amp;nbsp;&amp;nbsp; Упакован в шоубокс - 24шт. В упаковке 3 вида дизайна: белочка, зайчик и мишка. Вес - 20 гр</t>
   </si>
   <si>
     <t>558745</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7a9/7a994633bd49f08f2c906999175b2efa/593bb45048f8606863f1a5a76f16f80f.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/71c/2apdcviluvuyrffxgo8b7rbjfm1388op.jpg</t>
   </si>
   <si>
     <t>Клей ПВА универсальный 2,3 кг  бумага, картон, дерево , STAFF, 606433</t>
   </si>
   <si>
     <t>Клей ПВА универсальный STAFF применяется для склеивания изделий из бумаги, картона, тканей, виниловых и бумажных обоев. Может использоваться в качестве модификатора для улучшения технологических и адгезионных свойств. Имеет вес 2,3 кг. Произведен из сырья высокого качества. Обладает устойчивостью к морозу, не токсичен. Наносится тонким слоем, обеспечивая быстрое схватывание поверхностей, а также экономичное расходование. Необходимо взболтать перед применением.</t>
   </si>
   <si>
     <t>564131</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f61/s493b2awypi6melhzp18wx5wmz17ro3e.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА Экстра Суперпрочный 0,5 кг  керамика, ткань, кожа, дерево, бумага, картон , ЛАЙМА, 606430</t>
+  </si>
+  <si>
+    <t>Клей ПВА ЭКСТРА суперпрочный ЛАЙМА применяется для склеивания изделий из бумаги, картона, тканей, приклеивания виниловых и бумажных обоев, линолеума, ковролина, облицовочной плитки. Подходит для ответственных столярных работ и изготовления мебели. Может использоваться в качестве модификатора для улучшения технологических и адгезионных свойств сухих строительных смесей. Имеет объем 500 мл. Обладает устойчивостью к морозу, не токсичен. Наносится тонким слоем, обеспечивая быстрое схватывание поверхностей, а также экономичное расходование. Необходимо взболтать перед применением.</t>
+  </si>
+  <si>
+    <t>564132</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/laima/"&gt;LAIMA&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a77/zwhgnhu40moqe6zjkw3dq2brsrwnpx0x.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клей ПВА Экстра Суперпрочный 1 кг  керамика, ткань, кожа, дерево, бумага, картон , ЛАЙМА, 606432 </t>
   </si>
   <si>
     <t>Клей ПВА ЭКСТРА суперпрочный ЛАЙМА применяется для склеивания изделий из бумаги, картона, тканей, приклеивания виниловых и бумажных обоев, линолеума, ковролина, облицовочной плитки. Подходит для ответственных столярных работ и изготовления мебели. Может использоваться в качестве модификатора для улучшения технологических и адгезионных свойств сухих строительных смесей. Имеет объем 1000 мл. Обладает устойчивостью к морозу, не токсичен. Наносится тонким слоем, обеспечивая быстрое схватывание поверхностей, а также экономичное расходование. Необходимо взболтать перед применением.</t>
   </si>
   <si>
     <t>564133</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/laima/"&gt;LAIMA&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dd8/dd88cca96c2a1b467e87d3beb1cdccd4/8e8e382732bef19649711974ff794a33.jpg</t>
   </si>
   <si>
     <t>Клей жидкий Deli 50мл прозрачный E7302</t>
   </si>
   <si>
     <t>611395</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f12/f127c5c8db495da5795a779ec49967a3.jpg</t>
   </si>
   <si>
     <t>Клей канцелярский синтетический Attache 100 мл.</t>
   </si>
   <si>
     <t>627189</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb9/fpfuk5swgplyrcnnqh0xglc2hivodjiw.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клей канцелярский Erich Krause Standard с кисточкой, 20мл  в пластиковом поддоне по 10 шт. </t>
   </si>
   <si>
     <t>Клей канцелярский во флаконе с кисточкой. Прозрачный. Мягкая кисточка обеспечивает точное и аккуратное нанесение клея. Максимально экономичный расход. Легко смывается водой. Не токсичен. Не содержит растворителя. Морозостоек. Подходит для склеивания бумаги, картона, фотографий, декоративных и поделочных работ.</t>
@@ -1469,200 +1424,170 @@
   <si>
     <t>696880</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ec/a84dbjw8wmzclkay11ve7cv8vochixtu.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клей ПВА Erich Krause Standard, 40мл  в дисплее по 16 шт. </t>
   </si>
   <si>
     <t>696881</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7b8/a2fz35maun1rk7o54pni21qwuhbdwacm.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клей ПВА Erich Krause Standard, 60мл  в дисплее по 16 шт. </t>
   </si>
   <si>
     <t>696882</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e20/wzkbbpd3x62012hdhi73hbzbo6cqywpx.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/53a/myrlzzik0oqaww5g9e9wtxut34f6ojru.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клей-роллер ПВА Erich Krause Extra, 50мл  в пластиковом поддоне по 12 шт. </t>
   </si>
   <si>
     <t>Клей ПВА во флаконе с роликовым аппликатором. Имеет высокую клеящую способность благодаря повышенному содержанию активных веществ и требует меньше времени для склеивания. Роликовый аппликатор обеспечивает равномерное нанесение и экономичный расход клея. Легко смывается водой. Не токсичен. Не содержит растворителя. Морозостоек. Не желтеет и не трескается со временем. Подходит для склеивания бумаги, картона, фотографий, дерева, кожи, декоративных и поделочных работ.</t>
   </si>
   <si>
     <t>696884</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/050/3gmzzw4o3okxr4d5kmpxsv6blnhkelye.jpg</t>
   </si>
   <si>
     <t>Клей ПВА 80гр  quot;Darvish quot; поливинилацетатный, для склеивания изделий из дерева, картона, бумаги, с дозатором</t>
   </si>
   <si>
     <t>Клей ПВА 80гр &amp;quot;Darvish&amp;quot; поливинилацетатный,для склеивания&amp;nbsp;&amp;nbsp;изделий из дерева,картона,бумаги с дозат</t>
   </si>
   <si>
     <t>704641</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/05c/mqlejmb3sie9juacmxtkgo8shl1d3iop.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА Kores, 60мл.</t>
+  </si>
+  <si>
+    <t>Клей ПВА Kores подходит для склеивания бумаги, картона, ткани, дерева, пробки, кожи. Поставляется в пластиковом флаконе с удобным выкручивающимся дозатором, объем — 60 мл &amp;#40;77.12 г&amp;#41;. Наносится тонкой линией или каплями. Клей нетоксичен, смывается водой. Время склеивания составляет около одной минуты. Не теряет свойств после замерзания и естественного оттаивания, выдерживает температуру до &amp;#43;50°C. Имеет высокий показатель прочности склейки &amp;#40;при склеивании дерева&amp;#41;. Улучшенная морозостойкая формула с 05-2020. Выдерживает до 5 циклов заморозки/разморозки при температуре до -18°C.</t>
+  </si>
+  <si>
+    <t>714186</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/35b/2m8fregii8tgpg08esv4iqxdgrt2gqkr.jpg</t>
   </si>
   <si>
     <t>Клей ПВА КОМПЛЕКТ 10 штук х 45 г  бумага, картон, дерево , ВЫГОДНАЯ УПАКОВКА, BRAUBERG, 270433, 93</t>
   </si>
   <si>
     <t>Клей ПВА BRAUBERG предназначен для склеивания бумаги, картона, фотографий, дерева и кожи. Единица товара - 10 флаконов по 45 г в термоусадочной пленке. Выгодный формат!Пластиковый дозатор обеспечивает точное и равномерное нанесение. Обладает устойчивостью к морозу, не токсичен. Наносится тонким слоем, обеспечивая быстрое схватывание поверхностей, а также экономичное расходование. Съемный колпачок предохраняет клей от засыхания. Необходимо взболтать перед применением.</t>
   </si>
   <si>
     <t>717811</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b7e/b46orkud4a00qiy3i919xnbxnqskoqap.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ffc/4s8pjmhyl5l5bqya2as6kft8srmmqeis.jpg</t>
   </si>
   <si>
     <t>Клей ПВА Berlingo, экстрасильный, 40мл.</t>
   </si>
   <si>
     <t>Клей ПВА Berlingo предназначен для склеивания бумаги, картона, дерева, стекла, кожи, ткани, керамики. Экстрасильный клей может использоваться как в канцелярских целях, так и в быту. Объем 40 мл. Имеет групповую упаковку - картонный дисплей бокс на 12 шт. Клей морозостойкий. Выдерживает температуру до -40°С, сохраняя при этом однородность текстуры и потребительские свойства. Удобный флакон с дозатором, который обеспечивает экономичный расход клея и точное нанесение.</t>
   </si>
   <si>
     <t>800385</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b8/p8x16cbg466hhsx3v8vehide3zn7pxpe.jpg</t>
   </si>
   <si>
     <t>Клей ПВА Berlingo, экстрасильный, 80мл.</t>
   </si>
   <si>
     <t>Клей ПВА Berlingo предназначен для склеивания бумаги, картона, дерева, стекла, кожи, ткани, керамики. Экстрасильный клей может использоваться как в канцелярских целях, так и в быту. Объем 80 мл. Имеет групповую упаковку - картонный дисплей бокс на 12 шт. Клей морозостойкий. Выдерживает температуру до -40°С, сохраняя при этом однородность текстуры и потребительские свойства. Удобный флакон с дозатором, который обеспечивает экономичный расход клея и точное нанесение.</t>
   </si>
   <si>
     <t>800386</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30a/sto2bzcplb7of1lbhln5w3l8rad61xy6.jpg</t>
   </si>
   <si>
     <t>Клей ПВА Гамма  quot;Мультики quot;, 480мл.</t>
   </si>
   <si>
     <t>Клей ПВА Гамма &amp;quot;Мультики&amp;quot;, 480мл.</t>
   </si>
   <si>
     <t>945018</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/871/j3r8lbjeqq0qy7tcooisszoy8j12nzj4.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/498/fpuw9vuol2llpmzz5nvw161xl4639ljd.jpg</t>
   </si>
   <si>
     <t>Клей ПВА 1кг Attache Economy</t>
   </si>
   <si>
     <t>950658</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/765/getm0u0pbpxsh8v5tgt9e5yy5vvngeoe.jpg</t>
   </si>
   <si>
     <t>Клей ПВА 500г  Attache Economy</t>
   </si>
   <si>
     <t>Клей ПВА 500г  Attache Economy</t>
   </si>
   <si>
     <t>950659</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/333/ze9gxtyenr7d6er15ng2ivnrzqc6i86q.jpg</t>
-[...5 lines deleted...]
-    <t>962996</t>
+    <t>http://anytos.ru//upload/iblock/63c/in1iji67n2dif8c8ioep48m673dcyya4.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА 85г КОМУС</t>
+  </si>
+  <si>
+    <t>962997</t>
   </si>
   <si>
     <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/63c/in1iji67n2dif8c8ioep48m673dcyya4.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b3b/nl8x6opes5w1g0a6xx4a862b4rk1pkcm.jpg</t>
   </si>
   <si>
     <t>Клей ПВА 125г КОМУС</t>
   </si>
   <si>
     <t>962998</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3fd/4lac2nxukg0emtku9jts60rpsw02i6iz.jpg</t>
   </si>
   <si>
     <t>Клей канцелярский 85мл КОМУС, роллер</t>
   </si>
   <si>
     <t>962999</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/35c/mxuip7mjdy1g82l3g9z8vh4r2kvmqr1b.jpg</t>
   </si>
   <si>
     <t>Клей канцелярский 65мл КОМУС, роллер</t>
   </si>
   <si>
     <t>963000</t>
@@ -1700,93 +1625,105 @@
   <si>
     <t>Клей ПВА OfficeSpace, 2,3кг, без дозатора, банка</t>
   </si>
   <si>
     <t>967246</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f8/7myhjll1i2a6f3g5gv8pcgljo7smi9zn.jpg</t>
   </si>
   <si>
     <t>Клей ПВА OfficeSpace, 250г, с дозатором, дисплей бокc</t>
   </si>
   <si>
     <t>967247</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/490/2i79wlwe0kt2i8twy464gszs5qjzn21z.jpg</t>
   </si>
   <si>
     <t>Клей ПВА OfficeSpace, 45г, с дозатором, дисплей бокc</t>
   </si>
   <si>
     <t>967248</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2f5/e3o2ooqr90vwq67h8a3101bh51kycbso.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА OfficeSpace, 65г, с дозатором, дисплей бокc</t>
+  </si>
+  <si>
+    <t>967250</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b3f/v8idm5o45hfqsobolimsuomuns57jd9v.jpg</t>
   </si>
   <si>
     <t>Клей ПВА OfficeSpace, 85г, с дозатором, дисплей бокc</t>
   </si>
   <si>
     <t>967251</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d85/0qzq8dru71b66att6efz81chojchsi1e.jpg</t>
   </si>
   <si>
     <t>Клей ПВА 45г., Attache Economy аппликатор дозатор</t>
   </si>
   <si>
     <t>973235</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/44e/6vt5pofalpdjilr5j75wf9wc7zz8mt5e.jpg</t>
   </si>
   <si>
     <t>Клей ПВА УСИЛЕННЫЙ BRAUBERG Extra  бумага, фотографии, картон, дерево , 85 г, 271939</t>
   </si>
   <si>
     <t>Клей ПВА BRAUBERG Extra предназначен для склеивания изделий из бумаги, картона, фотографий, дерева. Объем – 85 г.Аккуратное нанесение обеспечивается дозатором с колпачком, который надежно предохраняет клей от высыхания. Благодаря усиленной формуле клей подходит для склеивания не только бумаги и картона, но и для дерева, ткани, фотобумаги. Клей безопасен для здоровья. Не замерзает на морозе. Не теряет пластичности при высыхании. Необходимо взболтать перед применением. Перед первым применением удалите защитную мембрану под колпачком.</t>
   </si>
   <si>
     <t>979359</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5fa/hmdo1k4l3mnrds47g9l4i77b5jkjbw3x.jpg</t>
-[...8 lines deleted...]
-    <t>979361</t>
+    <t>http://anytos.ru//upload/iblock/22f/18mulrb8e44x8kfesschgv0wyt0p8c3z.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА, усиленный, BRAUBERG KIDS с супер-дозатором  для школы, хобби и творчества , 125 г, 271937</t>
+  </si>
+  <si>
+    <t>Клей ПВА BRAUBERG KIDS предназначен для склеивания изделий из бумаги, картона, дерева, фотографий. Увеличенный объем – 125 мл. Аккуратное нанесение и распределение клея обеспечивается удобным дозатором с колпачком, который предохраняет клей от высыхания. Благодаря усиленной формуле клей подходит для склеивания не только бумаги и картона, но и для дерева, ткани, фотобумаги. Клей безопасен для здоровья. Не замерзает на морозе. Не теряет пластичности при высыхании. Необходимо взболтать перед применением. Перед первым применением удалите защитную мембрану под колпачком.</t>
+  </si>
+  <si>
+    <t>979362</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c0a/unwed8lfvilkx0ee3tx8h38vknttwob4.jpg</t>
   </si>
   <si>
     <t>Клей канцелярский 2,5кг Attache синтетический</t>
   </si>
   <si>
     <t>988132</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/499/ul0f3q5r8plx8pwwgxv77sf1n438x4sd.jpg</t>
   </si>
   <si>
     <t>Клей канцелярский 500г Attache синтетический</t>
   </si>
   <si>
     <t>988133</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/74a/2yccnj4q6uvkf17y3w4485b6n1z0o2uc.jpg</t>
   </si>
   <si>
     <t>Клей канцелярский 1000г Attache синтетический</t>
   </si>
@@ -1820,102 +1757,93 @@
   <si>
     <t>Клей ПВА ErichKrause EasyStick, Jolly Friends, с кисточкой, 20мл, ассорти</t>
   </si>
   <si>
     <t>Клей ПВА ErichKrause EasyStick, Jolly Friends, с кисточкой, 20мл, ассорти &amp;#40;в дисплее по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>998053</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee7/4tfeyb6ca33zi9h4sb4o2o2xp7z53cq8.jpg</t>
   </si>
   <si>
     <t>Клей канцелярский ОФИСМАГ, 50 мл, с силиконовым аппликатором, 228410</t>
   </si>
   <si>
     <t>Канцелярский клей ОФИСМАГ предназначен для склеивания бумаги, картона, фотографий и ткани. Незаменим в доме, школе и офисе. С помощью силиконового аппликатора клей наносится тонким слоем, обеспечивая быстрое схватывание поверхностей, а также экономичный расход. Не токсичен, безопасен и легко удаляется с одежды. Обладает устойчивостью к морозу и не имеет запаха. Съемный колпачок предохраняет от засыхания. Объем: 50 мл. На водной основе.</t>
   </si>
   <si>
     <t>1005280</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/699/mhdi1q3csx4zg96rfu2zopbeo02q40qn.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/27c/epq82187324lo3ewgrqb9qbhi35wl0ky.jpg</t>
   </si>
   <si>
     <t>Клей ПВА ОФИСМАГ  бумага, картон, дерево , 85 г, РОССИЯ, 224604</t>
   </si>
   <si>
     <t>Клей ПВА ОФИСМАГ предназначен для склеивания бумаги, картона, фотографий, дерева. Имеет объем 85 мл. Пластиковый дозатор обеспечивает точное и равномерное нанесение. Обладает устойчивостью к морозу, не токсичен. Наносится тонким слоем, обеспечивая быстрое схватывание поверхностей, а также экономичное расходование. Съемный колпачок предохраняет клей от засыхания. Необходимо взболтать перед применением.</t>
   </si>
   <si>
     <t>1005283</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4b/tg3q0smu2iwryaunul42exsnqzst1m3e.jpg</t>
   </si>
   <si>
     <t>Клей детский карамельный Каляка-Маляка 100 г с дозатор. быстросох., смывается водой от 3 лет универсальный</t>
   </si>
   <si>
     <t>1009665</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b70/uix74u9ato23g7lo2m9llm8j6am62qdn.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/652/h7n89ajwapfdxmi0bko848qqbl4u3ga2.jpg</t>
   </si>
   <si>
     <t>Клей ПВА ОФИСМАГ  бумага, картон, дерево , 40 г, РОССИЯ, 225760</t>
   </si>
   <si>
     <t>Клей ПВА ОФИСМАГ предназначен для склеивания бумаги, картона, фотографий, дерева. Имеет компактный объем 40 мл. Пластиковый дозатор обеспечивает точное и равномерное нанесение. Обладает устойчивостью к морозу, не токсичен. Наносится тонким слоем, обеспечивая быстрое схватывание поверхностей, а также экономичное расходование. Съемный колпачок предохраняет клей от засыхания. Необходимо взболтать перед применением.</t>
   </si>
   <si>
     <t>1010257</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c6/0wjtmcd1ig85ozclllrhr8zpxkxxzo1y.jpg</t>
+  </si>
+  <si>
+    <t>Клей ПВА УСИЛЕННЫЙ 20 г с кисточкой, ВЫГОДНАЯ УПАКОВКА, 3 штуки на блистере, BRAUBERG Extra, 272999</t>
+  </si>
+  <si>
+    <t>Комплект клея ПВА BRAUBERG Extra с кисточкой идеален для склеивания бумаги, картона, ткани и фотографий. Удобное и выгодное решение для дома, школы и офиса! Аккуратное нанесение клея с помощью кисточки обеспечивает точность и экономичный расход. Клей нетоксичен, безопасен для здоровья, морозоустойчив. Комплекта из 3 флаконов объемом по 20 мл хватит на продолжительное время. Необходимо взболтать перед применением!</t>
+  </si>
+  <si>
+    <t>1010258</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2242,3639 +2170,3473 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J158"/>
+  <dimension ref="A1:M150"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G158" sqref="G158"/>
+      <selection pane="bottomRight" activeCell="G150" sqref="G150"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G5" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G7" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="F6" s="3" t="s">
-[...13 lines deleted...]
-      <c r="C7" s="1" t="s">
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="3" t="s">
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="F7" s="3" t="s">
-[...33 lines deleted...]
-      <c r="B9" s="1" t="s">
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F14" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E9" s="3" t="s">
+      <c r="G14" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="F9" s="3" t="s">
-[...65 lines deleted...]
-      <c r="E12" s="3" t="s">
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="F12" s="3" t="s">
-[...56 lines deleted...]
-      <c r="B15" s="1" t="s">
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...47 lines deleted...]
-      </c>
       <c r="D17" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="G19" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="D19" s="1" t="s">
-[...12 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="B20" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F20" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="F20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G20" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="C25" s="1"/>
+        <v>96</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>97</v>
+      </c>
       <c r="D25" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>13</v>
+        <v>99</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="C26" s="1"/>
+        <v>102</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>103</v>
+      </c>
       <c r="D26" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>68</v>
+        <v>99</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="C27" s="1"/>
+        <v>107</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>108</v>
+      </c>
       <c r="D27" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="F27" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G40" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="G27" s="3" t="s">
-[...177 lines deleted...]
-      <c r="E35" s="3" t="s">
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="G51" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="F35" s="3" t="s">
-[...374 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="B53" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="C53" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>207</v>
+        <v>219</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="F54" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="B54" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G54" s="3" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>207</v>
+        <v>219</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="B57" s="1" t="s">
-[...73 lines deleted...]
-      </c>
       <c r="D60" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>124</v>
+        <v>219</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>246</v>
+        <v>257</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>150</v>
+        <v>114</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>265</v>
+        <v>148</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>150</v>
+        <v>276</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="B68" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F68" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="G68" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="F72" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="D68" s="1" t="s">
-[...99 lines deleted...]
-      </c>
       <c r="G72" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>301</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="C76" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="F77" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="D76" s="1" t="s">
-[...25 lines deleted...]
-      <c r="E77" s="3" t="s">
+      <c r="G77" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="F94" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="F77" s="3" t="s">
-[...76 lines deleted...]
-      <c r="A81" s="1" t="s">
+      <c r="G94" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="F96" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="B81" s="1" t="s">
-[...114 lines deleted...]
-      <c r="B86" s="1" t="s">
+      <c r="G96" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="G102" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="C86" s="1" t="s">
-[...383 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>414</v>
+        <v>422</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>139</v>
+        <v>424</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>239</v>
+        <v>424</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>207</v>
-[...5 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>292</v>
+        <v>148</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>306</v>
+        <v>439</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>306</v>
+        <v>439</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="F109" s="3" t="s">
         <v>439</v>
       </c>
-      <c r="B109" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G109" s="3" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>439</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>150</v>
+        <v>439</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>454</v>
+        <v>439</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>454</v>
+        <v>439</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>461</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>454</v>
+        <v>439</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>461</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>454</v>
+        <v>439</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>454</v>
+        <v>439</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>454</v>
+        <v>478</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>454</v>
+        <v>153</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>454</v>
+        <v>309</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>481</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>476</v>
+        <v>489</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>454</v>
+        <v>137</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>481</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>454</v>
+        <v>137</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>454</v>
+        <v>250</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>497</v>
+        <v>276</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>292</v>
+        <v>276</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="F126" s="3" t="s">
         <v>509</v>
       </c>
-      <c r="F126" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G126" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>139</v>
+        <v>509</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>239</v>
+        <v>509</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>472</v>
+        <v>520</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>454</v>
+        <v>276</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>265</v>
+        <v>114</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>526</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>527</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>265</v>
+        <v>114</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
         <v>528</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>529</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>529</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>530</v>
       </c>
       <c r="F132" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
         <v>531</v>
       </c>
-      <c r="G132" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A133" s="1" t="s">
+      <c r="B133" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="B133" s="1" t="s">
+      <c r="C133" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>533</v>
       </c>
-      <c r="C133" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E133" s="3" t="s">
+      <c r="F133" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="F133" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A134" s="1" t="s">
+      <c r="B134" s="1" t="s">
         <v>535</v>
       </c>
-      <c r="B134" s="1" t="s">
+      <c r="C134" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>536</v>
       </c>
-      <c r="C134" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E134" s="3" t="s">
+      <c r="F134" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
         <v>537</v>
       </c>
-      <c r="F134" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A135" s="1" t="s">
+      <c r="B135" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="B135" s="1" t="s">
+      <c r="C135" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
         <v>539</v>
       </c>
-      <c r="C135" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E135" s="3" t="s">
+      <c r="F135" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="F135" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A136" s="1" t="s">
+      <c r="B136" s="1" t="s">
         <v>541</v>
       </c>
-      <c r="B136" s="1" t="s">
+      <c r="C136" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>542</v>
       </c>
-      <c r="C136" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E136" s="3" t="s">
+      <c r="F136" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G136" s="3" t="s">
         <v>543</v>
       </c>
-      <c r="F136" s="3" t="s">
-[...6 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
         <v>544</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>545</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>545</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>546</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>265</v>
+        <v>276</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
         <v>547</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>548</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>124</v>
+        <v>309</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>124</v>
+        <v>555</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>124</v>
+        <v>148</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>124</v>
+        <v>148</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>124</v>
+        <v>148</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>563</v>
+        <v>437</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>124</v>
+        <v>439</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>565</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>265</v>
+        <v>439</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>292</v>
+        <v>439</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>565</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>292</v>
+        <v>580</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>565</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>150</v>
+        <v>580</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="F149" s="3" t="s">
         <v>580</v>
       </c>
-      <c r="B148" s="1" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="G149" s="3" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>452</v>
+        <v>594</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>454</v>
+        <v>309</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>107</v>
-[...183 lines deleted...]
-        <v>14</v>
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">