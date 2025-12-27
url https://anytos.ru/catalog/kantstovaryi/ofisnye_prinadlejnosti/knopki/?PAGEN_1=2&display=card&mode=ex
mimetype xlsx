--- v0 (2025-11-06)
+++ v1 (2025-12-27)
@@ -12,217 +12,214 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="344">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="348">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d8a/rxh9l63d1hl78b04l9m3oip0pzyq6vio.jpg</t>
-[...5 lines deleted...]
-    <t>Предназначены для крепления информации к пробковым доскам. Упаковка в пластиковую коробочку с европодвесом - по 250 шт.</t>
+    <t>http://anytos.ru//upload/iblock/0ee/chxegbi8p0bx28lqze6ash232ssnfwjq.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки силовые Berlingo, 30шт., ассорти, пласт. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Кнопки силовые предназначены для создания отметок на картах, графиках и для крепления информации к пробковым доскам.&amp;nbsp;&amp;nbsp;Длина иглы 12мм. Упакованы в пластиковую коробочку с европодвесом - по 30 шт.</t>
   </si>
   <si>
     <t>Кнопки, булавки</t>
   </si>
   <si>
-    <t>433061</t>
+    <t>446927</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cdc/0aqqa0s1anzpf113emqbwra7dwg2tybj.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки силовые Berlingo, 50шт.,металлизированные, ассорти, пласт. упак., европодвес</t>
+  </si>
+  <si>
+    <t>Кнопки силовые предназначены для создания отметок на картах, графиках и для крепления информации к пробковым доскам. Длина иглы 10мм. Упакованы в пластиковую коробочку с европодвесом - по 50 шт.</t>
+  </si>
+  <si>
+    <t>469106</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f0/oe0srcct1zodc6rhm49awqmgrl6ez222.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки inФОРМАТ  металл 10 мм 100 шт: DPM10-100 штр.: 4602723001720</t>
+  </si>
+  <si>
+    <t>Кнопки представлены в двух видах упаковки: в картонной коробке и фирменном пластиковом боксе. Прозрачные коробки снабжены европодвесом. Кнопки предназначены для крепления листов с информацией к офисным доскам и другим поверхностям. В упаковке по 100 шт.</t>
+  </si>
+  <si>
+    <t>104520</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/abb/koo9ocfqhyn3w3roo23wh9enor8zsply.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки inФОРМАТ  металл 12 мм 100 шт: DPM12-100 штр.: 4602723001713</t>
+  </si>
+  <si>
+    <t>104523</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/26c/dhar4bf3snsqbeegmxsgnp922jqnb61o.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки inФОРМАТ никел. 11 мм 50 шт: KKS-50K штр.: 4602723014584</t>
+  </si>
+  <si>
+    <t>Кнопки изготовлены из металла с никелированным покрытием. Кнопки представлены в двух видах упаковки. Кнопки предназначены для крепления листов с информацией к офисным пробковым доскам и другим поверхностям.-Никелированные-Диаметр: 10 мм, 12 мм-Длина острия: 4 мм, 5 мм, 9 мм-В упаковке 50 и 100 штук</t>
+  </si>
+  <si>
+    <t>104526</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/287/yj89ikxu389jkplofjbcaqx2w2z5bds3.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки inФОРМАТ с круг.голов. ассорти комбинированный  30 шт,пл б: KKGC-30P штр.: 4602723014645</t>
+  </si>
+  <si>
+    <t>Кнопки канцелярские. Применяются для крепления листов с информацией к офисным пробковым доскам и другим поверхностям. Кнопки отличаются повышенной прочностью.Упакованы по 30 штук.</t>
+  </si>
+  <si>
+    <t>104527</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e72/ebdi4egty3qme805diirx1in0wn6qhig.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки inФОРМАТ силовые ассорти комбинированный  30 шт,пл б: KGC-30P штр.: 4602723014621</t>
+  </si>
+  <si>
+    <t>104529</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc1/nzpfdto1boyj8azp5i6iuk25ubtmv4b9.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки inФОРМАТ силовые цв. металлик  30 шт: KGCM-30P штр.: 4602723031727</t>
+  </si>
+  <si>
+    <t>104530</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0da/lga8g4fc3i2m6q20xqihdufa4967f3oz.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки inФОРМАТ силовые черный металл  30 шт: KGB-30K штр.: 4602723031741</t>
+  </si>
+  <si>
+    <t>104531</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/592/592d59a320a36d349af9e0c10a4a978e.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки канцелярские 10мм, 100шт., карт. упак.: 162147 штр.:  4510008525611</t>
+  </si>
+  <si>
+    <t>Кнопки канцелярские 10мм, 100шт., карт. упак.: 162147 Канцелярские кнопки, отлично крепятся к поверхности. Не деформируют бумагу. Не ржавеют. Упакованы в картонную коробочку.</t>
+  </si>
+  <si>
+    <t>212557</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
-    <t>10</t>
-[...118 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/961/961d882468425c0b3096cf6f9ed74b7b.jpg</t>
   </si>
   <si>
     <t>Кнопки канцелярские гвоздики никелированные 10мм, 50шт., карт. упак.: RN5010n штр.:  4260107451037</t>
   </si>
   <si>
     <t>Кнопки канцелярские/гвоздики никелированные 10мм, 50шт., карт. упак.: RN5010n Кнопки-гвоздики никелированные для надежного крепления бумаги. Упаковка в картонную коробочку - 50 шт.</t>
   </si>
   <si>
     <t>213778</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ef/4ef84dc29993908d8f424aca538d8bd7.jpg</t>
   </si>
   <si>
     <t>Кнопки канцелярские гвоздики омедненные 10мм, 50шт., карт. упак.: RN5020m штр.:  4260107451044</t>
   </si>
   <si>
     <t>Кнопки канцелярские/гвоздики омедненные 10мм, 50шт., карт. упак.: RN5020m Кнопки-гвоздики омедненные для надежного крепления бумаги. Диаметр - 10 мм, длина острия - 7 мм. Упаковка в картонную коробочку - 50 шт.</t>
   </si>
   <si>
     <t>214366</t>
@@ -230,62 +227,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/33a/33a78033143eb9298e5cb3d4cb6031fb.jpg</t>
   </si>
   <si>
     <t>Булавки офисные 28 мм, 150 шт., карт. коробка: SP28_2262 штр.:  4680211002626</t>
   </si>
   <si>
     <t>Булавки офисные 28 мм, 150 шт., карт. коробка: SP28_2262 Булавки офисные, 28 мм, 150 шт в картонной коробке</t>
   </si>
   <si>
     <t>215977</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/112/112e726f516361b78c3d52f0b640b6a9.jpg</t>
   </si>
   <si>
     <t>Кнопки канцелярские гвоздики цветные 10мм, 50шт., карт. упак.: RN5030f штр.:  4260107451051</t>
   </si>
   <si>
     <t>Кнопки канцелярские/гвоздики цветные 10мм, 50шт., карт. упак.: RN5030f Кнопки-гвоздики никелированные с цветными головками для надежного крепления бумаги. Диаметр - 10 мм, длина острия - 7 мм. Упаковка в картонную коробочку - по 50 шт.</t>
   </si>
   <si>
     <t>216379</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d2a/d2ac5da6cf928b422cd155152b9525ae.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f2d/f2d8ea6ca1e9726e7051378423efe175.jpg</t>
   </si>
   <si>
     <t>Кнопки канцелярские 12мм, 100шт., карт. упак.: 162148 штр.:  4510008525628</t>
   </si>
   <si>
     <t>Кнопки канцелярские 12мм, 100шт., карт. упак.: 162148 Канцелярские кнопки, отлично крепятся к поверхности. Упакованы в картонную коробочку.</t>
   </si>
   <si>
     <t>219361</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/987/987d9f6a900453099f6946f61e7dd0c2.jpg</t>
   </si>
   <si>
     <t>Кнопки канцелярские 12мм, 100шт., карт. упак.: К 12-100 штр.:  4602078001079</t>
   </si>
   <si>
     <t>Кнопки канцелярские 12мм, 100шт., карт. упак.: К 12-100</t>
   </si>
   <si>
     <t>235932</t>
   </si>
   <si>
     <t>&lt;a href="/brands/globus/"&gt;Globus&lt;/a&gt;</t>
@@ -326,68 +311,80 @@
   <si>
     <t>Кнопки силовые 50 шт., карт. упак.: PP50_1613 штр.:  4650062496134</t>
   </si>
   <si>
     <t>Кнопки силовые 50 шт., карт. упак.: PP50_1613 Кнопки силовые, 50 шт в картонной коробке</t>
   </si>
   <si>
     <t>236478</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/83c/njz1z2rtbzaguq4ld1xbx5xb1z32zjsv.jpg</t>
   </si>
   <si>
     <t>Кнопки канцелярские никелированные, 10 мм, 50 шт, карт. упак.: Pn__2256 штр.:  4680211002565</t>
   </si>
   <si>
     <t>Кнопки канцелярские никелированные, 10 мм, 50 шт, карт. упак.: Pn__2256 Кнопки канцелярские никелированные, диаметр — 10 мм, 50 шт. в картонной коробке</t>
   </si>
   <si>
     <t>236517</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a07/a07842691d94983db63f85f44aeb5c51/537160866c70b42425e7cb581df23aef.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки для пробковых досок силовые ATTACHE 30 шт. уп. AL-TS1002-30VH штр.  4690432001216, 6924246195228, 6953070936387, 6953070936394, 6953070936400</t>
+  </si>
+  <si>
+    <t>Кнопки силовые с пластиковым цветным держателем. Длина иглы - 11мм. Упаковка: пластиковый бокс с петлёй. В коробке 30 кнопок силовых разного цвета.Используются для крепления информации к доскам пробкового типа, для планирования и отметок.</t>
+  </si>
+  <si>
+    <t>245771</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c78/c78afb77a4167dec5da9da600a7dd98d/1492f848e89519f2d0f24a124bc04450.jpg</t>
   </si>
   <si>
     <t>Кнопки для пробковых досок силовые ATTACHE 50 шт. уп. цв. AT-ALTS1002 штр.  4607023144603, 687074144603, 6924246194450, 6953070934741</t>
   </si>
   <si>
     <t>Кнопки силовые с пластиковым цветным держателем, Длина иглы - 12 мм. Пластиковый бокс удобен для хранения и защищает от самопроизвольного высыпания кнопок. В коробке 50 штук кнопок силовых разного цвета. Используются для крепления информации к доскам пробкового типа, для планирования и отметок.</t>
   </si>
   <si>
     <t>245772</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3c5/3c507c099e659ce9f6b75a50a0b82a46/7bce29d6d7c4d2586e2c3115b319ffe7.jpg</t>
   </si>
   <si>
     <t>Кнопки для пробковых досок силовые флажки Attache, ассорти 25 шт. уп. штр.  4690432009403, 6953070938381, 6953070938398, 6953070938404</t>
   </si>
   <si>
     <t>Кнопки-флажки силовые Attache предназначены для крепления информации на текстильных и пробковых досках. Шляпки кнопок в форме флажка выполнены из пластика, а основания в виде иголок - из прочного металла. В упаковке содержится 25 кнопок с разноцветными шляпками.Кнопки флага:красные,синие,зеленые,жёлтые,белые &amp;#40;по каждом цвету 5 штук&amp;#41;. Длина иглы -24мм.</t>
   </si>
   <si>
     <t>245773</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/381/38137215ac48b76d89358b847e0e1671/c21eb2e6bfee571b3ce7865d34fc9b51.jpg</t>
   </si>
   <si>
     <t>Кнопки для пробковых досок силовые ATTACHE 30 шт. уп. в блистере 969783</t>
   </si>
   <si>
     <t>Кнопки для пробковых досок силовые ATTACHE 30 шт./уп. в блистере</t>
   </si>
   <si>
     <t>335003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/96c/96c0478de29231b796ebc7b17244808e/798ceac0e81896cdfcf5859be29e9100.jpg</t>
@@ -404,80 +401,107 @@
   <si>
     <t>http://anytos.ru//upload/iblock/cf1/cf1a96d5c14014e75f1262df7807c410/b7f3dc2d1148e5fe1745f48fa1a0c6a8.jpg</t>
   </si>
   <si>
     <t>Кнопки металлические Globus, 10 мм, 100 шт.в уп. карт коробка</t>
   </si>
   <si>
     <t>Кнопки металлические Globus, 10 мм, 100 шт.в уп. карт/коробка</t>
   </si>
   <si>
     <t>376944</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e37/p7xl1pu6wsr3g5ojnmadrp6yf81aypj3.jpg</t>
   </si>
   <si>
     <t>Булавки офисные 30 мм, 500 шт., упаковка с европодвесом, Б30-500</t>
   </si>
   <si>
     <t>Используются для скрепления документов и для прикрепления объявлений на пробковые доски.</t>
   </si>
   <si>
     <t>391144</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4ac/ix3tfr4ce5nl0udb57k8dy36yaidfy4i.jpg</t>
+  </si>
+  <si>
+    <t>Булавки офисные BRAUBERG, 24 мм, 500 шт., в картонной коробке, 220562</t>
+  </si>
+  <si>
+    <t>Универсальные булавки BRAUBERG используются для скрепления документов и вывешивания объявлений на пробковые доски. Булавки размером 24 мм изготовлены из металла. 500 штук в картонной упаковке.</t>
+  </si>
+  <si>
+    <t>391145</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8dc/v81tl7ya4d4e8feypqe6r96j6jfbhy2w.jpg</t>
   </si>
   <si>
     <t>Булавки офисные STAFF, 28 мм, 150 шт., в картонной коробке, 226760</t>
   </si>
   <si>
     <t>Универсальные булавки STAFF используются для скрепления документов и вывешивания объявлений на пробковые доски. Булавки размером 28 мм изготовлены из металла и имеют цветную пластиковую шляпку. 150 штук в картонной упаковке.</t>
   </si>
   <si>
     <t>391146</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/521/3c58p0m6r0kffh3howuk8oxays21l7zx.jpg</t>
+  </si>
+  <si>
+    <t>Булавки-флажки маркировочные BRAUBERG, цветные, 50 шт., пластиковая коробка, европодвес, 221537</t>
+  </si>
+  <si>
+    <t>Маркировочные булавки-флажки BRAUBERG используются для создания отметок на картах, графиках, диаграммах и др., а также для крепления информации к пробковым и текстильным доскам. Булавки размером 35 мм изготовлены из металла и имеют цветные пластиковые шляпки в виде флажков. 50 штук в пластиковой упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>391147</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2b3/kjcme6kkqt4y7wiksdg3afmd07gchv4j.jpg</t>
   </si>
   <si>
     <t>Кнопки канцелярские BRAUBERG, металлические, серебристые, 10 мм, 50 шт., в картонной коробке, 220553</t>
   </si>
   <si>
     <t>Кнопки канцелярские BRAUBERG используются для крепления бумаги на пробковые и фетровые доски, а также на другие поверхности. Кнопки со стальной шляпкой диаметром 10 мм и стальным острием длиной 10 мм. 50 штук в картонной коробке.</t>
   </si>
   <si>
     <t>391148</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>50</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3d/rv364aatjlx0hhvgo6lmxkrtyj3eyu1g.jpg</t>
   </si>
   <si>
     <t>Кнопки канцелярские BRAUBERG, металлические, цветные, 10 мм, 50 шт., в картонной коробке, 220554</t>
   </si>
   <si>
     <t>Кнопки канцелярские BRAUBERG используются для крепления бумаги на пробковые и фетровые доски, а также на другие поверхности. Кнопки со стальной шляпкой с цветным покрытием диаметром 10 мм и стальным острием длиной 9 мм. 50 штук в картонной коробке.</t>
   </si>
   <si>
     <t>391149</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d0e/g0um1q9tmym5vk3ehrkcikbmga5z0nyw.jpg</t>
   </si>
   <si>
     <t>Кнопки канцелярские STAFF, 10 мм х 100 шт., РОССИЯ, в картонной коробке, 220998</t>
   </si>
   <si>
     <t>Канцелярские кнопки STAFF используются для крепления бумаги на пробковые и фетровые доски, а также на другие поверхности. Cтальные кнопки классической формы диаметром 10 мм и острием длиной 3 мм. 100 штук в картонной коробке.</t>
   </si>
   <si>
     <t>391151</t>
@@ -665,137 +689,113 @@
   <si>
     <t>http://anytos.ru//upload/iblock/62e/62e7a67e6f57f14d73d7138cd39f42ab/985e5b90c65c0da06413e762a6190882.jpg</t>
   </si>
   <si>
     <t>Кнопки силовые Berlingo, 50шт., цветные, ПВХ упак., европодвес, голубые</t>
   </si>
   <si>
     <t>558799</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9aa/w1iyx8lfvoft3x49epwpa5wct0bd6vgj.jpg</t>
   </si>
   <si>
     <t>Кнопки канцелярские Globus, 14мм, 50шт., карт. упак.</t>
   </si>
   <si>
     <t>Металлические канцелярские кнопки, без покрытия. Размер кнопки — 14 мм, тип ножки — треугольный. В картонной упаковке 50 шт.</t>
   </si>
   <si>
     <t>695319</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0d1/ecujo3x2d4d8r0eyz4hood9myei4poi0.jpg</t>
-[...8 lines deleted...]
-    <t>696898</t>
+    <t>http://anytos.ru//upload/iblock/094/jkanrempu040a3316lzgfds6d1z3truj.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кнопки силовые Erich Krause цветные  коробка 50 шт. </t>
+  </si>
+  <si>
+    <t>Цветные силовые кнопки с пластиковой шляпкой и игольчатой ножкой из высококачественной стальной проволоки повышенной прочности. Подходят для многократного использования. Не ржавеют и не пачкают бумагу.</t>
+  </si>
+  <si>
+    <t>696899</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/094/jkanrempu040a3316lzgfds6d1z3truj.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f5a/bpte6hmcxgntssieglv8dn2ohtnnr5mm.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Кнопки силовые Erich Krause цветные  пластиковая коробка 100 шт. </t>
   </si>
   <si>
     <t>696900</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/995/7hcohefu3rkv2kkm3ic6qfbk40qaw5x6.jpg</t>
   </si>
   <si>
     <t>Кнопки  quot;Darvish quot; золотые 100шт уп</t>
   </si>
   <si>
     <t>Кнопки &amp;quot;Darvish&amp;quot; золотые 100шт/уп</t>
   </si>
   <si>
     <t>704655</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/36e/m5v7sgjr6250vhz3t2jkyv7on9xd8gen.jpg</t>
   </si>
   <si>
     <t>Кнопки  quot;Darvish quot; никелированные 100шт уп</t>
   </si>
   <si>
     <t>Кнопки &amp;quot;Darvish&amp;quot; никелированные 100шт/уп</t>
   </si>
   <si>
     <t>704656</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/12d/dw5idh1wgmwslm6fwn6trnekjnnyep8z.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Кнопки металлические никелированные Erich Krause  цветные  коробка 100 шт. </t>
   </si>
   <si>
     <t>Кнопки металлические никелированные Erich Krause® цветные &amp;#40;коробка 100 шт.&amp;#41;</t>
   </si>
   <si>
     <t>792053</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/411/vs8wuy5pf9560we1y64r828t2l9sq9lt.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/787/105t44nta1omm2venh84qzynr6n99u27.jpg</t>
   </si>
   <si>
     <t>Кнопки силовые Berlingo, 50шт., цветные, ПВХ упак., европодвес, ассорти пастель</t>
   </si>
   <si>
     <t>Силовые кнопки Berlingo в нежных пастельных цветах предназначены для создания отметок на картах, графиках и для крепления информации к пробковым доскам. Длина иглы 10мм. Упакованы в ПВХ коробочку с европодвесом - по 50 шт.</t>
   </si>
   <si>
     <t>833885</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e2/9cdnzylo6ng9ze30mx1r7iryz2t29x5b.jpg</t>
   </si>
   <si>
     <t>Кнопки силовые Berlingo, 50шт., цветные, ПВХ упак., европодвес, розовый золотой</t>
   </si>
   <si>
     <t>833887</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9d/p05tkrs9jwt99uu145604w6w8tieufkj.jpg</t>
   </si>
   <si>
     <t>Кнопки силовые Berlingo  quot;Green Series quot;, 30шт., деревянные, крафт упак., европодвес</t>
@@ -812,104 +812,107 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d7e/5ygpbssdz3965fjv7hqcw9pb11crwm4m.jpg</t>
   </si>
   <si>
     <t>Кнопки силовые OfficeSpace, 50шт., карт. упак., прозрачные шляпки</t>
   </si>
   <si>
     <t>Кнопки силовые, прозрачные шляпки, 50 шт в картонной коробке</t>
   </si>
   <si>
     <t>926201</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32f/kh7robxve3lgdpr5wdk4xogglnovamt4.jpg</t>
   </si>
   <si>
     <t>Кнопки силовые флажки OfficeSpace, 50шт., ассорти, карт. упак.</t>
   </si>
   <si>
     <t>Кнопки силовые, шляпки-флажки ассорти, 50 шт в картонной коробке</t>
   </si>
   <si>
     <t>926202</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/905/an04x3jzp8agaco64dxkq7m7gr4yv33d.jpg</t>
+  </si>
+  <si>
+    <t>Булавки универсальные с головками-петельками BRAUBERG, 30 мм, 500 штук, в пластиковой коробке, 271319</t>
+  </si>
+  <si>
+    <t>Универсальные булавки BRAUBERG используются для скрепления документов и вывешивания объявлений на пробковые и текстильные доски, а также в рукоделии для раскроя, примерки, пошива изделий из текстиля, создания различных поделок. Булавки размером 30 мм изготовлены из стали. 500 штук в пластиковой упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>945788</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/afb/3n7wtkzwajynan423ccm2clpliel7q7f.jpg</t>
   </si>
   <si>
     <t>Кнопки силовые гвоздики черные STAFF, 50 штук, 271320</t>
   </si>
   <si>
     <t>Кнопки силовые гвоздики STAFF используются для крепления бумаги на пробковые и фетровые доски, а также на другие поверхности. Имеют черную пластиковую шляпку диаметром 9 мм и стальное остриё длиной 10 мм.50 штук в картонной коробке.</t>
   </si>
   <si>
     <t>945789</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/90b/xmvluzd86x2nf0r1j32s2o55ijn6fjlf.jpg</t>
   </si>
   <si>
     <t>Кнопки силовые для пробковых досок Комус, пластик, шляпка, ассорти, европодвес, 25шт уп</t>
   </si>
   <si>
     <t>Кнопки силовые для пробковых досок Комус, пластик, шляпка, ассорти, европодвес, 25шт/уп</t>
   </si>
   <si>
     <t>963014</t>
   </si>
   <si>
     <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/78b/ki3zeyk7v9lbu94mpbrj84pxkn857u4k.jpg</t>
   </si>
   <si>
     <t>Кнопки канцелярские Комус металлич. шляпка 10 мм, цветные 50 шт.карт.уп</t>
   </si>
   <si>
     <t>963015</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/839/yrectemv298yia57emsgi12yqj6z27ul.jpg</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Кнопки силовые Erich Krause Classic, черный  в коробке по 50 штук </t>
+    <t>http://anytos.ru//upload/iblock/1c5/9pu4b8ukq06tupkfyetx6jrkn9xwnplg.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кнопки силовые Erich Krause Manga, Lilac  в пэт-боксе по 50 штук </t>
   </si>
   <si>
     <t>Силовые кнопки с пластиковой шляпкой и игольчатой ножкой из высококачественной стальной проволоки повышенной прочности. Подходят для многократного использования. Не ржавеют и не пачкают бумагу.</t>
   </si>
   <si>
-    <t>978564</t>
-[...7 lines deleted...]
-  <si>
     <t>978565</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/674/03j3y08p6slzv3e6a04ig6i8z9p3t1qx.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Кнопки силовые Erich Krause Manga, Pale Blue  в пэт-боксе по 50 штук </t>
   </si>
   <si>
     <t>978566</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f8/uky2b5fhktla0ld80tmncgggduhdxv0o.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Кнопки силовые Erich Krause Manga, ассорти  в пластиковой коробке 50 штук </t>
   </si>
   <si>
     <t>978567</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f3/s46vh6e4fitmvvsi1z42ickbqqff5eb6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Кнопки силовые Erich Krause Manga, ассорти  в пэт-боксе по 50 штук </t>
@@ -959,105 +962,114 @@
   <si>
     <t>Булавки универсальные с гол.петель. ник. Attache, 30 мм, 500 штук, в пласт кор</t>
   </si>
   <si>
     <t>988143</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f45/g34gvcc1ivqpuvq8s4m0e5zgp3rsewuw.jpg</t>
   </si>
   <si>
     <t>Булавки универсальные ник. Attache, 24 мм, 500 штук, в картонной коробке</t>
   </si>
   <si>
     <t>988144</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/df4/pw682xz5i2601ryqllk4mkfbjnd7k4wf.jpg</t>
   </si>
   <si>
     <t>Кнопки канцелярские Attache металлич. шляпка 10 мм, цветные 50 шт.карт.уп</t>
   </si>
   <si>
     <t>988145</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9ed/5jf4xkwjlcu6cebq7ietbiw8immh149q.jpg</t>
-[...8 lines deleted...]
-    <t>1004961</t>
+    <t>http://anytos.ru//upload/iblock/292/uwnpipurwku1c5n10oq3rpp8x9uroqcz.jpg</t>
+  </si>
+  <si>
+    <t>Силовые кнопки-гвоздики BRAUBERG CLEAR   GOLD, прозрачные с золотистым  шарики , 100 штук, 11мм, 272760</t>
+  </si>
+  <si>
+    <t>Силовые кнопки-гвоздики BRAUBERG используются для крепления бумаги на пробковые и фетровые доски, а также на другие поверхности. Кнопки с прозрачной пластиковой шляпкой и стальным острием длиной 11 мм. 100 штук в пластиковой коробке с европодвесом.</t>
+  </si>
+  <si>
+    <t>1005292</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c6b/kkz9r1wrxv0t0uczbq4oqgje2iq2kufx.jpg</t>
   </si>
   <si>
     <t>Силовые кнопки-гвоздики BRAUBERG METALLIC, цвет ассорти металлик  шарики , 50 штук, 272757</t>
   </si>
   <si>
     <t>Силовые кнопки-гвоздики BRAUBERG используются для крепления бумаги на пробковые и фетровые доски, а также на другие поверхности. Кнопки с пластиковой шляпкой цвета металлик и стальным острием длиной 10 мм. 50 штук в пластиковой коробке с европодвесом.</t>
   </si>
   <si>
     <t>1005293</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/12d/krmsgyhabc9wecej29rh4ze8jub22pm9.jpg</t>
   </si>
   <si>
     <t>Силовые кнопки-гвоздики BRAUBERG PASTEL, пастельные цвета, 30 штук, 12мм, 272756</t>
   </si>
   <si>
     <t>Силовые кнопки-гвоздики BRAUBERG используются для крепления бумаги на пробковые и фетровые доски, а также на другие поверхности. Кнопки с пластиковой шляпкой пастельных цветов и стальным острием длиной 12 мм. 30 штук в пластиковой коробке с европодвесом.</t>
   </si>
   <si>
     <t>1005294</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/57c/31kxz039ivjg38n42cz1bljmgx9q63kk.jpg</t>
   </si>
   <si>
     <t>Силовые кнопки-гвоздики BRAUBERG PASTEL, пастельные цвета, 50 штук, 10мм, 272758</t>
   </si>
   <si>
     <t>Силовые кнопки-гвоздики BRAUBERG используются для крепления бумаги на пробковые и фетровые доски, а также на другие поверхности. Кнопки с пластиковой шляпкой пастельных цветов и стальным острием длиной 10 мм. 50 штук в пластиковой коробке с европодвесом.</t>
   </si>
   <si>
     <t>1005295</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/53a/6ynkb3h0zn3feimnlbar5539xau6ri83.jpg</t>
+  </si>
+  <si>
+    <t>Силовые кнопки-гвоздики BRAUBERG WOOD, деревянные  кубики , 50 штук, 10мм, 272762</t>
+  </si>
+  <si>
+    <t>Силовые кнопки-гвоздики BRAUBERG используются для крепления бумаги на пробковые и фетровые доски, а также на другие поверхности. Кнопки с деревянной шляпкой и стальным острием длиной 10 мм. 50 штук в пластиковой коробке с европодвесом.</t>
+  </si>
+  <si>
+    <t>1005296</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ba2/piz3y0979p2ft9v8acsniu394yyquurh.jpg</t>
   </si>
   <si>
     <t>Силовые кнопки-гвоздики BRAUBERG WOOD, деревянные  шарики , 50 штук, 10мм, 272761</t>
-  </si>
-[...1 lines deleted...]
-    <t>Силовые кнопки-гвоздики BRAUBERG используются для крепления бумаги на пробковые и фетровые доски, а также на другие поверхности. Кнопки с деревянной шляпкой и стальным острием длиной 10 мм. 50 штук в пластиковой коробке с европодвесом.</t>
   </si>
   <si>
     <t>1005297</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/90d/rkfk7s6bi8uch6r1bbfr0mkg1vazajt5.jpg</t>
   </si>
   <si>
     <t>Силовые кнопки-гвоздики BRAUBERG WOOD, деревянные, 30 штук, 10мм, 272759</t>
   </si>
   <si>
     <t>Силовые кнопки-гвоздики BRAUBERG используются для крепления бумаги на пробковые и фетровые доски, а также на другие поверхности. Кнопки с деревянной шляпкой и стальным острием длиной 10 мм. 30 штук в пластиковой коробке с европодвесом.</t>
   </si>
   <si>
     <t>1005298</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b2/r5t9cwz26u83ytbldn37idhwx8m1012j.jpg</t>
   </si>
   <si>
     <t>Силовые кнопки-гвоздики ОФИСМАГ, цветные, 50 шт., в картонной коробке., 222092</t>
   </si>
   <si>
     <t>Силовые кнопки-гвоздики ОФИСМАГ используются для крепления бумаги на пробковые и фетровые доски, а также на другие поверхности. Кнопки с цветной пластиковой шляпкой диаметром 8 мм и стальным острием длиной 10 мм. 50 штук в картонной коробке.</t>
   </si>
@@ -1414,57 +1426,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J85"/>
+  <dimension ref="A1:J86"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G85" sqref="G85"/>
+      <selection pane="bottomRight" activeCell="G86" sqref="G86"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -1505,1892 +1517,1915 @@
       </c>
       <c r="F4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="D6" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="3" t="s">
+      <c r="G6" s="3" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C7" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="F8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G8" s="3" t="s">
         <v>33</v>
-      </c>
-[...13 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="3" t="s">
+      <c r="F9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G9" s="3" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="C10" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F10" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="D13" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="F13" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G13" s="3" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="3" t="s">
+      <c r="F14" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" s="3" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="C15" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="D15" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="D19" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="3" t="s">
+      <c r="F19" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="F19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19" s="3" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G20" s="3" t="s">
         <v>80</v>
-      </c>
-[...16 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C21" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="D21" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="3" t="s">
+      <c r="F21" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" s="3" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>91</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>92</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>94</v>
+        <v>58</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="C23" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="D23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="3" t="s">
+      <c r="F23" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G23" s="3" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>99</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>100</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>102</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>14</v>
+        <v>103</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G25" s="3" t="s">
         <v>104</v>
-      </c>
-[...16 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="C26" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F26" s="3" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27" s="3" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="C28" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F28" s="3" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F29" s="3" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C30" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F30" s="3" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="3" t="s">
+      <c r="F31" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="F31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" s="3" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="D32" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E32" s="3" t="s">
+      <c r="F32" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="F32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G32" s="3" t="s">
-        <v>140</v>
+        <v>58</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="F33" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="G33" s="3" t="s">
         <v>143</v>
-      </c>
-[...10 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B34" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="C34" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="D34" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="3" t="s">
+      <c r="F34" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="G34" s="3" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
         <v>149</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>152</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>85</v>
+        <v>148</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>153</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>154</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>156</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>157</v>
+        <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B37" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="C37" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" s="3" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B38" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="C38" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="D38" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="3" t="s">
+      <c r="F38" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G38" s="3" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>166</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>167</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>168</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>169</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>170</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>171</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>172</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>173</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>174</v>
+        <v>38</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F41" s="3" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C42" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E42" s="3" t="s">
+      <c r="F42" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G42" s="3" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>183</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>184</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>186</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>14</v>
+        <v>138</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
         <v>187</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>188</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>189</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>190</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>84</v>
+        <v>53</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
         <v>191</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>84</v>
+        <v>53</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>194</v>
+        <v>58</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
         <v>195</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>196</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>197</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>198</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
         <v>199</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>200</v>
       </c>
       <c r="C47" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="3" t="s">
+      <c r="F47" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G47" s="3" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
         <v>203</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>204</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>20</v>
+        <v>103</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="B50" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D50" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>216</v>
+        <v>38</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>217</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>218</v>
       </c>
       <c r="C52" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F52" s="3" t="s">
-        <v>221</v>
+        <v>14</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="D53" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="F53" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G53" s="3" t="s">
         <v>224</v>
-      </c>
-[...10 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B54" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="C54" s="1" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>228</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>232</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B56" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="C56" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="D56" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="3" t="s">
+      <c r="F56" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="F56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G56" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
         <v>238</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>239</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>240</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>241</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>221</v>
+        <v>237</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>243</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>244</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>245</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>20</v>
+        <v>229</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
         <v>246</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>247</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>248</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>249</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
         <v>250</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>251</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>252</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
         <v>253</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>254</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>255</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>256</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
         <v>258</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>259</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>260</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>261</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
         <v>262</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>263</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>264</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
         <v>266</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>267</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>268</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>269</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>174</v>
+        <v>257</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>271</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>272</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>273</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>274</v>
+        <v>138</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B66" s="1" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>277</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>15</v>
+        <v>104</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>280</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>281</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>221</v>
+        <v>278</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
         <v>282</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>283</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>221</v>
+        <v>133</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>109</v>
+        <v>257</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
         <v>339</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>340</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>341</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>342</v>
       </c>
       <c r="F85" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="G85" s="3" t="s">
-        <v>44</v>
+      <c r="B86" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">