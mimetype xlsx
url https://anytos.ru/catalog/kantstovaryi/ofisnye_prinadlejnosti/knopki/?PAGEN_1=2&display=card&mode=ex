--- v1 (2025-12-27)
+++ v2 (2026-02-21)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="348">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="341">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ee/chxegbi8p0bx28lqze6ash232ssnfwjq.jpg</t>
   </si>
   <si>
     <t>Кнопки силовые Berlingo, 30шт., ассорти, пласт. упак., европодвес</t>
   </si>
   <si>
     <t>Кнопки силовые предназначены для создания отметок на картах, графиках и для крепления информации к пробковым доскам.&amp;nbsp;&amp;nbsp;Длина иглы 12мм. Упакованы в пластиковую коробочку с европодвесом - по 30 шт.</t>
   </si>
   <si>
     <t>Кнопки, булавки</t>
@@ -101,152 +110,146 @@
   <si>
     <t>Кнопки inФОРМАТ  металл 10 мм 100 шт: DPM10-100 штр.: 4602723001720</t>
   </si>
   <si>
     <t>Кнопки представлены в двух видах упаковки: в картонной коробке и фирменном пластиковом боксе. Прозрачные коробки снабжены европодвесом. Кнопки предназначены для крепления листов с информацией к офисным доскам и другим поверхностям. В упаковке по 100 шт.</t>
   </si>
   <si>
     <t>104520</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/abb/koo9ocfqhyn3w3roo23wh9enor8zsply.jpg</t>
   </si>
   <si>
     <t>Кнопки inФОРМАТ  металл 12 мм 100 шт: DPM12-100 штр.: 4602723001713</t>
   </si>
   <si>
     <t>104523</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4f1/03lv4xalskbnk4o8c9rux2gc8rpeso9g.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки inФОРМАТ золот.омеднен.  50 шт: KKZ-50K штр.: 4602723014607</t>
+  </si>
+  <si>
+    <t>Кнопки изготовлены из металла с цветным и медным покрытием. Кнопки представлены в двух видах упаковки. Кнопки предназначены для крепления листов с информацией к офисным пробковым доскам и другим поверхностям.- Никелированные цветные- Диаметр: 9 мм, 10 мм, 12 мм- Длина острия: 7 мм, 8 мм- В упаковке 50 штук</t>
+  </si>
+  <si>
+    <t>104525</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/26c/dhar4bf3snsqbeegmxsgnp922jqnb61o.jpg</t>
   </si>
   <si>
     <t>Кнопки inФОРМАТ никел. 11 мм 50 шт: KKS-50K штр.: 4602723014584</t>
   </si>
   <si>
     <t>Кнопки изготовлены из металла с никелированным покрытием. Кнопки представлены в двух видах упаковки. Кнопки предназначены для крепления листов с информацией к офисным пробковым доскам и другим поверхностям.-Никелированные-Диаметр: 10 мм, 12 мм-Длина острия: 4 мм, 5 мм, 9 мм-В упаковке 50 и 100 штук</t>
   </si>
   <si>
     <t>104526</t>
   </si>
   <si>
-    <t>20</t>
-[...5 lines deleted...]
-    <t>Кнопки inФОРМАТ с круг.голов. ассорти комбинированный  30 шт,пл б: KKGC-30P штр.: 4602723014645</t>
+    <t>http://anytos.ru//upload/iblock/cc1/nzpfdto1boyj8azp5i6iuk25ubtmv4b9.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки inФОРМАТ силовые цв. металлик  30 шт: KGCM-30P штр.: 4602723031727</t>
   </si>
   <si>
     <t>Кнопки канцелярские. Применяются для крепления листов с информацией к офисным пробковым доскам и другим поверхностям. Кнопки отличаются повышенной прочностью.Упакованы по 30 штук.</t>
   </si>
   <si>
-    <t>104527</t>
+    <t>104530</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e72/ebdi4egty3qme805diirx1in0wn6qhig.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0da/lga8g4fc3i2m6q20xqihdufa4967f3oz.jpg</t>
   </si>
   <si>
     <t>Кнопки inФОРМАТ силовые черный металл  30 шт: KGB-30K штр.: 4602723031741</t>
   </si>
   <si>
     <t>104531</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/86d/h3f5prtexbonspayv12z1h3gnrovzlop.jpg</t>
+  </si>
+  <si>
+    <t>Булавки inФОРМАТ 30 мм 500 шт пласт.упак.: PIM30-500 B штр.: 4602723008811</t>
+  </si>
+  <si>
+    <t>104535</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/592/592d59a320a36d349af9e0c10a4a978e.jpg</t>
   </si>
   <si>
     <t>Кнопки канцелярские 10мм, 100шт., карт. упак.: 162147 штр.:  4510008525611</t>
   </si>
   <si>
     <t>Кнопки канцелярские 10мм, 100шт., карт. упак.: 162147 Канцелярские кнопки, отлично крепятся к поверхности. Не деформируют бумагу. Не ржавеют. Упакованы в картонную коробочку.</t>
   </si>
   <si>
     <t>212557</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/961/961d882468425c0b3096cf6f9ed74b7b.jpg</t>
   </si>
   <si>
     <t>Кнопки канцелярские гвоздики никелированные 10мм, 50шт., карт. упак.: RN5010n штр.:  4260107451037</t>
   </si>
   <si>
     <t>Кнопки канцелярские/гвоздики никелированные 10мм, 50шт., карт. упак.: RN5010n Кнопки-гвоздики никелированные для надежного крепления бумаги. Упаковка в картонную коробочку - 50 шт.</t>
   </si>
   <si>
     <t>213778</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4ef/4ef84dc29993908d8f424aca538d8bd7.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/33a/33a78033143eb9298e5cb3d4cb6031fb.jpg</t>
   </si>
   <si>
     <t>Булавки офисные 28 мм, 150 шт., карт. коробка: SP28_2262 штр.:  4680211002626</t>
   </si>
   <si>
     <t>Булавки офисные 28 мм, 150 шт., карт. коробка: SP28_2262 Булавки офисные, 28 мм, 150 шт в картонной коробке</t>
   </si>
   <si>
     <t>215977</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/112/112e726f516361b78c3d52f0b640b6a9.jpg</t>
   </si>
   <si>
     <t>Кнопки канцелярские гвоздики цветные 10мм, 50шт., карт. упак.: RN5030f штр.:  4260107451051</t>
   </si>
   <si>
     <t>Кнопки канцелярские/гвоздики цветные 10мм, 50шт., карт. упак.: RN5030f Кнопки-гвоздики никелированные с цветными головками для надежного крепления бумаги. Диаметр - 10 мм, длина острия - 7 мм. Упаковка в картонную коробочку - по 50 шт.</t>
   </si>
   <si>
     <t>216379</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f2d/f2d8ea6ca1e9726e7051378423efe175.jpg</t>
@@ -353,50 +356,68 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c78/c78afb77a4167dec5da9da600a7dd98d/1492f848e89519f2d0f24a124bc04450.jpg</t>
   </si>
   <si>
     <t>Кнопки для пробковых досок силовые ATTACHE 50 шт. уп. цв. AT-ALTS1002 штр.  4607023144603, 687074144603, 6924246194450, 6953070934741</t>
   </si>
   <si>
     <t>Кнопки силовые с пластиковым цветным держателем, Длина иглы - 12 мм. Пластиковый бокс удобен для хранения и защищает от самопроизвольного высыпания кнопок. В коробке 50 штук кнопок силовых разного цвета. Используются для крепления информации к доскам пробкового типа, для планирования и отметок.</t>
   </si>
   <si>
     <t>245772</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3c5/3c507c099e659ce9f6b75a50a0b82a46/7bce29d6d7c4d2586e2c3115b319ffe7.jpg</t>
   </si>
   <si>
     <t>Кнопки для пробковых досок силовые флажки Attache, ассорти 25 шт. уп. штр.  4690432009403, 6953070938381, 6953070938398, 6953070938404</t>
   </si>
   <si>
     <t>Кнопки-флажки силовые Attache предназначены для крепления информации на текстильных и пробковых досках. Шляпки кнопок в форме флажка выполнены из пластика, а основания в виде иголок - из прочного металла. В упаковке содержится 25 кнопок с разноцветными шляпками.Кнопки флага:красные,синие,зеленые,жёлтые,белые &amp;#40;по каждом цвету 5 штук&amp;#41;. Длина иглы -24мм.</t>
   </si>
   <si>
     <t>245773</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6f8/6f890bb87258a846804c7ee0e97551cd/984a5074c98ea9ac933db8f8e6b34367.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки металлические для досок ICO 11 9 100шт уп. штр.  5997072127863, 5997072127887</t>
+  </si>
+  <si>
+    <t>Кнопки канцелярские ICO с металлической шляпкой диаметром 11 мм и металлической игольчатой ножкой. В картонной упаковке 100 кнопок. В коробке 256 упаковок.&amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>249134</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/ico/"&gt;ICO&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/381/38137215ac48b76d89358b847e0e1671/c21eb2e6bfee571b3ce7865d34fc9b51.jpg</t>
   </si>
   <si>
     <t>Кнопки для пробковых досок силовые ATTACHE 30 шт. уп. в блистере 969783</t>
   </si>
   <si>
     <t>Кнопки для пробковых досок силовые ATTACHE 30 шт./уп. в блистере</t>
   </si>
   <si>
     <t>335003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/96c/96c0478de29231b796ebc7b17244808e/798ceac0e81896cdfcf5859be29e9100.jpg</t>
   </si>
   <si>
     <t>Кнопки Attache металлические, 10 мм, 50 шт.в уп. карт кор.</t>
   </si>
   <si>
     <t>Кнопки Attache металлические, 10 мм, 50 шт.в уп. карт/кор.</t>
   </si>
   <si>
     <t>376943</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf1/cf1a96d5c14014e75f1262df7807c410/b7f3dc2d1148e5fe1745f48fa1a0c6a8.jpg</t>
@@ -599,107 +620,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/bd3/bd3432b82b29d1bc7cd373fa4e88669e.jpg</t>
   </si>
   <si>
     <t>Булавки офисные OfficeSpace, 24мм, 500 шт., картонная коробка. SP24_26568</t>
   </si>
   <si>
     <t>Булавки офисные, 24 мм, 500 шт в картонной коробке.</t>
   </si>
   <si>
     <t>393612</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/77e/77ebafb2cf8ebd4007c1e0319dc923a8.jpg</t>
   </si>
   <si>
     <t>Кнопки силовые OfficeSpace, 50шт., черные, карт. упак., черный. PPB50_26569</t>
   </si>
   <si>
     <t>Кнопки силовые, черные шляпки, 50 шт в картонной коробке</t>
   </si>
   <si>
     <t>393801</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3dd/3dd0ce5087c283ca00f9e0198db46032/eb8b1336ccc15ab65175847422fbd8e1.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/220/220d225d4e55fa0643a13c54f0089028/b696161ec116b2247aec859588d2a815.jpg</t>
   </si>
   <si>
     <t>Булавки для пробковых досок Attache силовые,  шарики  цветные 50шт карт.уп</t>
   </si>
   <si>
     <t>Булавки для пробковых досок Attache силовые, &amp;#40;шарики&amp;#41; цветные 50шт/карт.уп</t>
   </si>
   <si>
     <t>439531</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/01b/01bf8da2e762d319daa2bdf4ce75608e/3f192f2ac7d0cb6c28892055c36f6cf0.jpg</t>
   </si>
   <si>
     <t>Кнопки силовые Berlingo, 50шт., цветные, ПВХ упак., европодвес, фиолетовые</t>
   </si>
   <si>
     <t>Яркие силовые кнопки Berlingo&amp;nbsp;&amp;nbsp;предназначены для создания отметок на картах, графиках и для крепления информации к пробковым доскам. Длина иглы 10мм. Упакованы в ПВХ коробочку с европодвесом - по 50 шт.</t>
   </si>
   <si>
     <t>558796</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/54b/54bb0258e725d3aedd2e44bb237e3603/703ece633c3aa1f4b649ac97c9c24e68.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7ca/7ca56cce90074ca4fa2a3bef370c3e32/c30cbe378464008ca5c5798ddc4c6858.jpg</t>
   </si>
   <si>
     <t>Кнопки силовые Berlingo, 50шт., цветные, ПВХ упак., европодвес, розовые</t>
   </si>
   <si>
     <t>558798</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62e/62e7a67e6f57f14d73d7138cd39f42ab/985e5b90c65c0da06413e762a6190882.jpg</t>
   </si>
   <si>
     <t>Кнопки силовые Berlingo, 50шт., цветные, ПВХ упак., европодвес, голубые</t>
   </si>
   <si>
     <t>558799</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9aa/w1iyx8lfvoft3x49epwpa5wct0bd6vgj.jpg</t>
   </si>
   <si>
     <t>Кнопки канцелярские Globus, 14мм, 50шт., карт. упак.</t>
   </si>
   <si>
     <t>Металлические канцелярские кнопки, без покрытия. Размер кнопки — 14 мм, тип ножки — треугольный. В картонной упаковке 50 шт.</t>
@@ -752,318 +740,309 @@
   <si>
     <t>http://anytos.ru//upload/iblock/36e/m5v7sgjr6250vhz3t2jkyv7on9xd8gen.jpg</t>
   </si>
   <si>
     <t>Кнопки  quot;Darvish quot; никелированные 100шт уп</t>
   </si>
   <si>
     <t>Кнопки &amp;quot;Darvish&amp;quot; никелированные 100шт/уп</t>
   </si>
   <si>
     <t>704656</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/12d/dw5idh1wgmwslm6fwn6trnekjnnyep8z.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Кнопки металлические никелированные Erich Krause  цветные  коробка 100 шт. </t>
   </si>
   <si>
     <t>Кнопки металлические никелированные Erich Krause® цветные &amp;#40;коробка 100 шт.&amp;#41;</t>
   </si>
   <si>
     <t>792053</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/534/hsu14fty3aew89pzfnythtp3lliif506.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор канцелярский Attache 2 отд.кнопки  канцелярские 50 шт, силовые 50 шт </t>
+  </si>
+  <si>
+    <t>Набор канцелярский Attache 2 отд.кнопки &amp;#40;канцелярские 50 шт, силовые 50 шт&amp;#41;</t>
+  </si>
+  <si>
+    <t>795736</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/787/105t44nta1omm2venh84qzynr6n99u27.jpg</t>
   </si>
   <si>
     <t>Кнопки силовые Berlingo, 50шт., цветные, ПВХ упак., европодвес, ассорти пастель</t>
   </si>
   <si>
     <t>Силовые кнопки Berlingo в нежных пастельных цветах предназначены для создания отметок на картах, графиках и для крепления информации к пробковым доскам. Длина иглы 10мм. Упакованы в ПВХ коробочку с европодвесом - по 50 шт.</t>
   </si>
   <si>
     <t>833885</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e2/9cdnzylo6ng9ze30mx1r7iryz2t29x5b.jpg</t>
   </si>
   <si>
     <t>Кнопки силовые Berlingo, 50шт., цветные, ПВХ упак., европодвес, розовый золотой</t>
   </si>
   <si>
     <t>833887</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e9d/p05tkrs9jwt99uu145604w6w8tieufkj.jpg</t>
-[...8 lines deleted...]
-    <t>848321</t>
+    <t>http://anytos.ru//upload/iblock/927/71695ntfl5hgty8vsadmaunhdbee2ue4.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки для пробковых досок силовые Глобус КС-50П, 50 шт уп, прозначные</t>
+  </si>
+  <si>
+    <t>Кнопки для пробковых досок силовые Глобус КС-50П, 50 шт/уп, прозначные</t>
+  </si>
+  <si>
+    <t>879836</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d7e/5ygpbssdz3965fjv7hqcw9pb11crwm4m.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки силовые OfficeSpace, 50шт., карт. упак., прозрачные шляпки</t>
+  </si>
+  <si>
+    <t>Кнопки силовые, прозрачные шляпки, 50 шт в картонной коробке</t>
+  </si>
+  <si>
+    <t>926201</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/afb/3n7wtkzwajynan423ccm2clpliel7q7f.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки силовые гвоздики черные STAFF, 50 штук, 271320</t>
+  </si>
+  <si>
+    <t>Кнопки силовые гвоздики STAFF используются для крепления бумаги на пробковые и фетровые доски, а также на другие поверхности. Имеют черную пластиковую шляпку диаметром 9 мм и стальное остриё длиной 10 мм.50 штук в картонной коробке.</t>
+  </si>
+  <si>
+    <t>945789</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/90b/xmvluzd86x2nf0r1j32s2o55ijn6fjlf.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки силовые для пробковых досок Комус, пластик, шляпка, ассорти, европодвес, 25шт уп</t>
+  </si>
+  <si>
+    <t>Кнопки силовые для пробковых досок Комус, пластик, шляпка, ассорти, европодвес, 25шт/уп</t>
+  </si>
+  <si>
+    <t>963014</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/78b/ki3zeyk7v9lbu94mpbrj84pxkn857u4k.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки канцелярские Комус металлич. шляпка 10 мм, цветные 50 шт.карт.уп</t>
+  </si>
+  <si>
+    <t>963015</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/839/yrectemv298yia57emsgi12yqj6z27ul.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кнопки силовые Erich Krause Classic, черный  в коробке по 50 штук </t>
+  </si>
+  <si>
+    <t>Силовые кнопки с пластиковой шляпкой и игольчатой ножкой из высококачественной стальной проволоки повышенной прочности. Подходят для многократного использования. Не ржавеют и не пачкают бумагу.</t>
+  </si>
+  <si>
+    <t>978564</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c5/9pu4b8ukq06tupkfyetx6jrkn9xwnplg.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кнопки силовые Erich Krause Manga, Lilac  в пэт-боксе по 50 штук </t>
+  </si>
+  <si>
+    <t>978565</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/674/03j3y08p6slzv3e6a04ig6i8z9p3t1qx.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кнопки силовые Erich Krause Manga, Pale Blue  в пэт-боксе по 50 штук </t>
+  </si>
+  <si>
+    <t>978566</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f8/uky2b5fhktla0ld80tmncgggduhdxv0o.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кнопки силовые Erich Krause Manga, ассорти  в пластиковой коробке 50 штук </t>
+  </si>
+  <si>
+    <t>978567</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f3/s46vh6e4fitmvvsi1z42ickbqqff5eb6.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кнопки силовые Erich Krause Manga, ассорти  в пэт-боксе по 50 штук </t>
+  </si>
+  <si>
+    <t>978568</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e94/wvgdgh6weiguofefgt27a0jv8juib7r9.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кнопки силовые Erich Krause Pastel Bloom, Mint  в пэт-боксе по 50 штук </t>
+  </si>
+  <si>
+    <t>978569</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/341/uostcbc8tmuzs0u5nklio3jk6fkjaw8d.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кнопки силовые Erich Krause Pastel Bloom, ассорти  в пластиковой коробке 50 штук </t>
+  </si>
+  <si>
+    <t>978571</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/918/5041tejllj273uv5ofetz1f8l5b5091l.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кнопки силовые Erich Krause Pastel Bloom, ассорти  в пэт-боксе по 50 штук </t>
+  </si>
+  <si>
+    <t>978572</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8a5/0adz0l32ttzv1cl89i6n56h8vziahy9v.jpg</t>
+  </si>
+  <si>
+    <t>Булавки универсальные с гол.петель. ник. Attache, 30 мм, 500 штук, в пласт кор</t>
+  </si>
+  <si>
+    <t>988143</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f45/g34gvcc1ivqpuvq8s4m0e5zgp3rsewuw.jpg</t>
+  </si>
+  <si>
+    <t>Булавки универсальные ник. Attache, 24 мм, 500 штук, в картонной коробке</t>
+  </si>
+  <si>
+    <t>988144</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df4/pw682xz5i2601ryqllk4mkfbjnd7k4wf.jpg</t>
+  </si>
+  <si>
+    <t>Кнопки канцелярские Attache металлич. шляпка 10 мм, цветные 50 шт.карт.уп</t>
+  </si>
+  <si>
+    <t>988145</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/292/uwnpipurwku1c5n10oq3rpp8x9uroqcz.jpg</t>
+  </si>
+  <si>
+    <t>Силовые кнопки-гвоздики BRAUBERG CLEAR   GOLD, прозрачные с золотистым  шарики , 100 штук, 11мм, 272760</t>
+  </si>
+  <si>
+    <t>Силовые кнопки-гвоздики BRAUBERG используются для крепления бумаги на пробковые и фетровые доски, а также на другие поверхности. Кнопки с прозрачной пластиковой шляпкой и стальным острием длиной 11 мм. 100 штук в пластиковой коробке с европодвесом.</t>
+  </si>
+  <si>
+    <t>1005292</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c6b/kkz9r1wrxv0t0uczbq4oqgje2iq2kufx.jpg</t>
+  </si>
+  <si>
+    <t>Силовые кнопки-гвоздики BRAUBERG METALLIC, цвет ассорти металлик  шарики , 50 штук, 272757</t>
+  </si>
+  <si>
+    <t>Силовые кнопки-гвоздики BRAUBERG используются для крепления бумаги на пробковые и фетровые доски, а также на другие поверхности. Кнопки с пластиковой шляпкой цвета металлик и стальным острием длиной 10 мм. 50 штук в пластиковой коробке с европодвесом.</t>
+  </si>
+  <si>
+    <t>1005293</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12d/krmsgyhabc9wecej29rh4ze8jub22pm9.jpg</t>
+  </si>
+  <si>
+    <t>Силовые кнопки-гвоздики BRAUBERG PASTEL, пастельные цвета, 30 штук, 12мм, 272756</t>
+  </si>
+  <si>
+    <t>Силовые кнопки-гвоздики BRAUBERG используются для крепления бумаги на пробковые и фетровые доски, а также на другие поверхности. Кнопки с пластиковой шляпкой пастельных цветов и стальным острием длиной 12 мм. 30 штук в пластиковой коробке с европодвесом.</t>
+  </si>
+  <si>
+    <t>1005294</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/57c/31kxz039ivjg38n42cz1bljmgx9q63kk.jpg</t>
+  </si>
+  <si>
+    <t>Силовые кнопки-гвоздики BRAUBERG PASTEL, пастельные цвета, 50 штук, 10мм, 272758</t>
+  </si>
+  <si>
+    <t>Силовые кнопки-гвоздики BRAUBERG используются для крепления бумаги на пробковые и фетровые доски, а также на другие поверхности. Кнопки с пластиковой шляпкой пастельных цветов и стальным острием длиной 10 мм. 50 штук в пластиковой коробке с европодвесом.</t>
+  </si>
+  <si>
+    <t>1005295</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53a/6ynkb3h0zn3feimnlbar5539xau6ri83.jpg</t>
+  </si>
+  <si>
+    <t>Силовые кнопки-гвоздики BRAUBERG WOOD, деревянные  кубики , 50 штук, 10мм, 272762</t>
+  </si>
+  <si>
+    <t>Силовые кнопки-гвоздики BRAUBERG используются для крепления бумаги на пробковые и фетровые доски, а также на другие поверхности. Кнопки с деревянной шляпкой и стальным острием длиной 10 мм. 50 штук в пластиковой коробке с европодвесом.</t>
+  </si>
+  <si>
+    <t>1005296</t>
   </si>
   <si>
     <t>6</t>
-  </si>
-[...232 lines deleted...]
-    <t>1005296</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba2/piz3y0979p2ft9v8acsniu394yyquurh.jpg</t>
   </si>
   <si>
     <t>Силовые кнопки-гвоздики BRAUBERG WOOD, деревянные  шарики , 50 штук, 10мм, 272761</t>
   </si>
   <si>
     <t>1005297</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/90d/rkfk7s6bi8uch6r1bbfr0mkg1vazajt5.jpg</t>
   </si>
   <si>
     <t>Силовые кнопки-гвоздики BRAUBERG WOOD, деревянные, 30 штук, 10мм, 272759</t>
   </si>
   <si>
     <t>Силовые кнопки-гвоздики BRAUBERG используются для крепления бумаги на пробковые и фетровые доски, а также на другие поверхности. Кнопки с деревянной шляпкой и стальным острием длиной 10 мм. 30 штук в пластиковой коробке с европодвесом.</t>
   </si>
   <si>
     <t>1005298</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b2/r5t9cwz26u83ytbldn37idhwx8m1012j.jpg</t>
   </si>
@@ -1426,2006 +1405,1924 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J86"/>
+  <dimension ref="A1:M82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G86" sqref="G86"/>
+      <selection pane="bottomRight" activeCell="G82" sqref="G82"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...12 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G6" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>25</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B7" s="1" t="s">
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E7" s="3" t="s">
+      <c r="G7" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="F7" s="3" t="s">
-[...6 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G9" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...12 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G28" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...37 lines deleted...]
-      <c r="G14" s="3" t="s">
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F44" s="3" t="s">
         <v>58</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G15" s="3" t="s">
+      <c r="G44" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="F45" s="3" t="s">
         <v>58</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" s="1" t="s">
+      <c r="G45" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B16" s="1" t="s">
-[...37 lines deleted...]
-      <c r="G17" s="3" t="s">
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F60" s="3" t="s">
         <v>58</v>
       </c>
-    </row>
-[...162 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="G60" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="G62" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B25" s="1" t="s">
-[...663 lines deleted...]
-      <c r="A54" s="1" t="s">
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F64" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="B54" s="1" t="s">
-[...243 lines deleted...]
-      </c>
       <c r="G64" s="3" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>138</v>
+        <v>225</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>278</v>
+        <v>225</v>
       </c>
       <c r="G66" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="F72" s="3" t="s">
         <v>104</v>
       </c>
-    </row>
-[...133 lines deleted...]
-      </c>
       <c r="G72" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>284</v>
+        <v>303</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>229</v>
+        <v>104</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>284</v>
+        <v>306</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>229</v>
+        <v>104</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>284</v>
+        <v>310</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>229</v>
+        <v>140</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>103</v>
+        <v>140</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>103</v>
+        <v>140</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>103</v>
+        <v>140</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>316</v>
+        <v>324</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>317</v>
+        <v>325</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>318</v>
+        <v>326</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>321</v>
+        <v>330</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>324</v>
+        <v>332</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>328</v>
+        <v>336</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>331</v>
+        <v>339</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>133</v>
+        <v>340</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>38</v>
-[...91 lines deleted...]
-        <v>38</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">