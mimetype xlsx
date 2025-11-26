--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1075">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1002">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
@@ -107,296 +107,227 @@
   <si>
     <t>Морозоустойчивая жидкость с кисточкой. Cохраняет свои свойства при t -40°C. Состав жидкости позволяет чисто и быстро корректировать любые виды документов. Обладает высокой степенью покрытия, быстросохнущая, для всех видов бумаг.Что такое корректураКаждый из нас не раз использовал корректирующую жидкость на работе или дома. Чтобы качественно выполнять свою задачу, она должна обладать определенными свойствами. Производители канцелярских товаров выпускают жидкие корректоры на водной, масляной, спиртовой основе и на основе растворителя. От элементов, входящих в состав жидкости, зависят ее экологичность, скорость засыхания, плотность нанесения, а также то, сколько стоит корректура. Качественная продукция должна быть безопасной при попадании на кожу, слизистые и при вдыхании, и иметь приемлемую цену.Основные виды корректурыЖидкость на водной основе экологически безопасна, не имеет запаха, нетоксична и не воспламеняется. Если она засохла, достаточно добавить во флакон обычной воды. Но такая жидкость замерзает при низких температурах и долго - от 30с до 1 мин - сохнет при применении. Ее нельзя использовать на бумаге низкой плотности и для корректирования документов, которые написаны водорастворимыми чернилами.Жидкость на спиртовой основе морозоустойчива, исправления высыхают быстро &amp;#40;около 25 секунд&amp;#41;, но так как спирт быстро испаряется, приходится часто добавлять растворитель, который обычно продается в наборе. Она имеет резкий запах, воспламеняется, обладает низкими полирующими свойствами.Жидкость на основе растворителя имеет самую высокую скорость высыхания &amp;#40;примерно 12 секунд&amp;#41;, может храниться до 2 лет, но имеет резкий запах. Она морозоустойчива, но при перепадах температуры ее консистенция меняется.Жидкость на основе эмульсии легко наносится, морозоустойчива, не имеет запаха, быстро высыхает. Ее можно использовать на бумаге любой плотности. Недостатком такой жидкости является ее способность густеть, поэтому покупать ее нужно вместе с разбавителем.Где купить корректуруНаиболее часто в офисах и дома применяется корректура 20мл на водной основе и на основе растворителя. Она выпускается во флаконах с губчатым аппликатором или кисточкой. Большинство покупателей считают, что флакон кисточка удобнее аппликатора. Стоимость корректуры во флаконах колеблется от 25 до 100 рублей. В зависимости от того, где вы ее будете покупать, зависит и цена корректура. В нашем интернет-магазине вам обойдется покупка дешевле, чем в обычных магазинах, помимо этого вы сможете прочитать об интересующей вас корректуре подробную информацию и увидеть фото.</t>
   </si>
   <si>
     <t>104581</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3b5/mrv3tgtx2kpkxxsr3zfmyc3wjb3t4f2d.jpg</t>
   </si>
   <si>
     <t>Коррект.жидкость KIN водн. 20 мл: 9940 штр.: 4607014661843</t>
   </si>
   <si>
     <t>Жидкость корректирующая на водной основе. К ней идет кисточка для более удобного нанесения.&amp;nbsp;&amp;nbsp;Легко и быстро поможет исправить опечатки и ошибки. Даже при низкой температуре сохраняет свои свойства.</t>
   </si>
   <si>
     <t>104583</t>
   </si>
   <si>
     <t>&lt;a href="/brands/koh-i-noor/"&gt;Koh-I-Noor&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e18/j70okt2toskh80uyfcv8s0nww9s86b1y.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/88f/z6v1yt01blpt0269kw0tbtmc0vhc0o6q.jpg</t>
   </si>
   <si>
     <t>Коррект.ручка inФОРМАТ мет.нак.2 в 1  12 мл: CFP-12 штр.: 4602723065937</t>
   </si>
   <si>
     <t>120228</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/60c/60c454bc5a54cd0dbe59eabc2531c85b.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента 5мм 12м, европодвес: FKs_12051 штр.:  4260107469568</t>
   </si>
   <si>
     <t>Корректирующая лента 5мм*12м, европодвес: FKs_12051 Прозрачный корпус позволяет видеть расход ленты. Подходит для машинописного или рукописного текста. Лента точно и плотно покрывает строку. Не требует времени на высыхание. Упаковка в блистер.</t>
   </si>
   <si>
     <t>213078</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/164/1643c2cd7c6e6083b80a35280fb27d8e.jpg</t>
   </si>
   <si>
     <t>Корректирующая жидкость 12мл, на химической основе, с кистью: CFS20_1876 штр.:  4650062498763</t>
   </si>
   <si>
     <t>Корректирующая жидкость 12мл, на химической основе, с кистью: CFS20_1876 Корректирующая жидкость на химической основе. Флакон с кисточкой. Объем - 12мл. Взболтать перед применением. Плотно закрыть колпачок после использования.</t>
   </si>
   <si>
     <t>216591</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6a6/6a6ae133641126647f7f6054ce58af85.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f20/f204cbdc5ae889918a888659f1a48d68.jpg</t>
   </si>
   <si>
     <t>Корректирующая жидкость 20мл,  quot;Штрих quot;, с кистью: 341002 штр.:  4600395000027</t>
   </si>
   <si>
     <t>Корректирующая жидкость 20мл, &amp;quot;Штрих&amp;quot;, с кистью: 341002</t>
   </si>
   <si>
     <t>235178</t>
   </si>
   <si>
     <t>&lt;a href="/brands/gamma_/"&gt;Гамма&lt;/a&gt;</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f4b/f4b65665a84f7d0c161522d634f2d66f.jpg</t>
   </si>
   <si>
     <t>Корректирующая жидкость 20мл,  quot;Школьник quot;, с кистью: 341004 штр.:  4600395012419</t>
   </si>
   <si>
     <t>Корректирующая жидкость 20мл, &amp;quot;Школьник&amp;quot;, с кистью: 341004</t>
   </si>
   <si>
     <t>235612</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ead/ead29b6a8ef21176baa732791af4d582/b72f655d378c8b85c70cf88b0c1d329d.jpg</t>
-[...8 lines deleted...]
-    <t>250398</t>
+    <t>http://anytos.ru//upload/iblock/aee/aee2936a3ea3f27cba8fa50f3ebbd487/5d7dea5a4e48add639d1cf3630ccf441.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая лента 4,2мм KORES  Скутер   84808 84823 штр.  9023800848086, 9023800848208, 9023800848215, 9023800848239, 9023800848307, 9023800848314</t>
+  </si>
+  <si>
+    <t>Корректирующая лента на колесиках предназначена для исправления строчного текста на любом типе бумаги. Удобна в использовании левой и правой рукой. Не требует длительного высыхания, можно сразу писать по исправленному тексту. Общая длина корректирующей ленты от 5 м, ширина - 4,2 мм.</t>
+  </si>
+  <si>
+    <t>250401</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kores/"&gt;KORES&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/66a/66a0fec97fb35715b6fbd73646824653/9f1377a20d9fd06787c1a0bc72b2fbd8.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая лента 5мм х 6м Attache Selection автомат.  ECT-105 Comfort штр.  4711734160507</t>
+  </si>
+  <si>
+    <t>Корректирующая лента предназначена для исправления строчного текста на любом типе бумаги. Не требует длительного высыхания, можно сразу писать по исправленному тексту. Легко наносится на ровную бумажную поверхность. Эргономичная форма корпуса. Корректирующий наконечник ленты может убираться для дополнительной защиты от повреждения и высыхания. Снабжена выдвижным ластиком, который можно убирать с помощью поворотного механизма. Общая длина корректирующей ленты - 6 м, ширина - 5 мм.</t>
+  </si>
+  <si>
+    <t>250408</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/821/821a1f549a2b825efc88edb44af1c7d1/0cb789fcec9d3bcebb5dc4ad0cd5ef7e.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая лента 5мм 5м штр.  6926646800191, 6926646800221</t>
+  </si>
+  <si>
+    <t>Корректирующая лента предназначена для исправления строчного текста на любом типе бумаги. Не требует длительного высыхания, можно сразу писать по исправленному тексту. Съемный колпачок защищает от высыхания рабочий узел. Общая длина корректирующей ленты - 5 м, ширина - 5 мм.</t>
+  </si>
+  <si>
+    <t>250410</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7fc/7fcb63a42dc9cc2608befcaea5b240f5/aa4161c4805aef9fdb1675a4e8609f97.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая лента ATTACHE 13м  777 штр.  6926646807770</t>
+  </si>
+  <si>
+    <t>Корректирующая лента предназначена для исправления строчного текста на любом типе бумаги. Не требует длительного высыхания, можно сразу писать по исправленному тексту. Съемный колпачок защищает от высыхания рабочий узел. Общая длина корректирующей ленты - 13 м, ширина - 5 мм.</t>
+  </si>
+  <si>
+    <t>250411</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aee/aee2936a3ea3f27cba8fa50f3ebbd487/5d7dea5a4e48add639d1cf3630ccf441.jpg</t>
-[...46 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5e0/5e0339031c0467161e2b24bbd8cf3aa2/89f3fc0ddf145a34a7d208f7abeb0384.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента ATTACHE 20м  831 штр.  6926646808319</t>
   </si>
   <si>
     <t>Корректирующая лента предназначена для исправления строчного текста на любом типе бумаги. Не требует длительного высыхания, можно сразу писать по исправленному тексту. Съемный колпачок защищает от высыхания рабочий узел. Общая длина корректирующей ленты - 20 м, ширина - 5 мм.</t>
   </si>
   <si>
     <t>250412</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c84/c8474225ec2aab6cb12c4edbb3e9bae0/b1d9fb2d38a8b3bcfe867144adef45d8.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента ATTACHE 40м  850 штр.  6926646808500</t>
   </si>
   <si>
     <t>Корректирующая лента предназначена для исправления строчного текста на любом типе бумаги. Не требует длительного высыхания, можно сразу писать по исправленному тексту. Съемный колпачок защищает от высыхания рабочий узел. Общая длина корректирующей ленты - 40 м, ширина - 5 мм. Цвет корпуса и внутренних деталей может меняться в зависимости от поставки.</t>
   </si>
   <si>
     <t>250413</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e16/e163620b9d3c96c502be47b704028b24/c61732cd9ba3a09d78824c681850a600.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента Attache Selection 5мм 12м  800 Tango штр.  6928667818001</t>
   </si>
   <si>
     <t>Корректирующая лента Attache Selection предназначена для корректировки текста. Не требует высыхания, можно сразу писать по исправленному тексту. Стильный дизайн, боковая подача ленты.</t>
   </si>
   <si>
     <t>250415</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4c2/4c2593db84c73a0adad81c63b5fcc7ab/351233c1ccd13fae77c6fafca0c8092e.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента Attache Selection 5мм 6м  690 Galaxy штр.  6928667816908</t>
   </si>
   <si>
     <t>Корректирующая лента Attache Selection предназначена для корректировки текста. Не требует высыхания, можно сразу писать по исправленному тексту. Стильный дизайн, компактный размер.&amp;lt;br /&amp;gt;&amp;lt;br /&amp;gt;</t>
   </si>
   <si>
     <t>250417</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/124/12497488c1d220d9abd7f1456e84cb13/5472853e07f65a2aa72d1372d09c4d1d.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/223/2231e7a2feb9ea667e3f5605d48d01a8.jpg</t>
   </si>
   <si>
     <t>Корректирующая жидкость 20мл, водная, с кистью: CFW20_9826 штр.: 4680211078263</t>
   </si>
   <si>
     <t>Корректирующая жидкость на водной основе. Флакон с кисточкой. Взболтать перед применением. Плотно закрыть колпачок после использования.</t>
   </si>
   <si>
     <t>337384</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3a/b3a088456b5c65217a7675fe1efa2e1a.jpg</t>
   </si>
   <si>
     <t>Корректирующая жидкость разбавитель 2 20мл: KR-230 251 штр.: 4260107451181</t>
   </si>
   <si>
     <t>Набор: корректор на спиртовой основе и растворитель. Флакон с кисточкой для точного нанесения. Для корректировки любых видов текста. Ровно наносится, быстро сохнет. Не замерзает при температуре до - 20 °С.</t>
   </si>
   <si>
     <t>337386</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/267/267c094fb989bc7ab2f54ec750a7d3ab.jpg</t>
@@ -677,176 +608,137 @@
   <si>
     <t>Корректирующая жидкость BRAUBERG  quot;Classic quot;, быстросохнущая, 20 мл, с кисточкой, 220255</t>
   </si>
   <si>
     <t>Корректирующая жидкость BRAUBERG обеспечивает аккуратное исправление печатного или рукописного текста. Быстросохнущий корректор является морозоустойчивым и быстро высыхает на бумаге. Флакона объемом 20 мл хватит на продолжительное время. Кисточка позволяет легко наносить жидкость.</t>
   </si>
   <si>
     <t>390941</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f1f/778z3ay7f74jan3i8wzutl1ql3a9inkh.jpg</t>
   </si>
   <si>
     <t>Корректирующая жидкость BRAUBERG на водной основе, 20 мл, с кисточкой, 221270</t>
   </si>
   <si>
     <t>С помощью корректирующей жидкости BRAUBERG легко исправлять недочеты и вносить правки в печатных и рукописных текстах. Корректирующая жидкость на водной основе быстро высыхает на бумаге. Морозоустойчивая. Экономичный объем флакона - 20 мл, которого хватит на продолжительное время. Удобная кисточка обеспечивает легкое нанесение корректуры.</t>
   </si>
   <si>
     <t>390943</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/13a/at7v513aauaex1tkjmclwe9stcedcn9d.jpg</t>
-[...8 lines deleted...]
-    <t>390951</t>
+    <t>http://anytos.ru//upload/iblock/bf6/vbi5sl28m9gvu2qbkb7uiz5snlh8m3xe.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая жидкость STAFF на водной основе, 20 мл, с кисточкой, 220835</t>
+  </si>
+  <si>
+    <t>Корректирующая жидкость STAFF предназначена для аккуратного исправления печатных и рукописных текстов. Корректирующая жидкость на водной основе быстро высыхает на бумаге. Морозоустойчивая. Экономичный объем флакона - 20 мл, которого хватит на продолжительное время. Удобная кисточка обеспечивает легкое нанесение корректуры.</t>
+  </si>
+  <si>
+    <t>390952</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bf6/vbi5sl28m9gvu2qbkb7uiz5snlh8m3xe.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ab6/a666hvscqxepxiupz4fx70f7nh369vcc.jpg</t>
   </si>
   <si>
     <t>Корректирующая жидкость STAFF, быстросохнущая, 15 мл, с кисточкой, 226055</t>
   </si>
   <si>
     <t>Корректирующая жидкость STAFF предназначена для аккуратного исправления печатных и рукописных текстов. Корректирующая жидкость быстро высыхает на бумаге. Морозоустойчивая. Экономичный объем флакона - 15 мл, которого хватит на продолжительное время. Удобная кисточка обеспечивает легкое нанесение корректуры.</t>
   </si>
   <si>
     <t>390953</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/970/ncyu0qb28ryjkp86bhtneh7xwy0zktvi.jpg</t>
   </si>
   <si>
     <t>Корректирующая жидкость с губкой BRAUBERG  quot;Premium quot;, быстросохнущая, 20 мл, ЯРКО-БЕЛАЯ, с губкой, 224090</t>
   </si>
   <si>
     <t>С помощью корректирующей жидкости BRAUBERG &amp;quot;Premium&amp;quot; легко исправлять недочеты и вносить правки в печатные и рукописные тексты. Быстросохнущая корректура имеет высокую укрывистость и легко исправляет недочеты в документах. Легкое и экономичное нанесение корректирующей жидкости обеспечивается удобной губкой. Быстро высыхает на бумаге. Морозоустойчивая. Объем флакона – 20 мл.</t>
   </si>
   <si>
     <t>390963</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/df6/0xruqxgc9xefx2gn1d1fjx0bl6k0hujx.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG  quot;Red Power quot;, 5 мм х 6 м, в упаковке с европодвесом, 220641</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG &amp;quot;Red Power&amp;quot; обеспечивает моментальное исправление ошибок на любом типе бумаги. Не требует длительного высыхания, можно сразу писать по исправленному тексту. Прозрачный корпус из пластика позволяет видеть расход ленты. Не оставляет следов и черных полос на документе при копировании или отправке по факсу. Общая длина корректирующей ленты — 6 м, ширина — 5 мм. Поставляется в пакете с европодвесом.</t>
   </si>
   <si>
     <t>390969</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6ce/ktwz6weqtlfiq6rqev72jv6zokm1aw60.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/17f/587372idb8jlqjzyg64a3uybm8hqy6ic.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG 5 мм х 8 м, корпус синий, механизм перемотки, блистер, 227801</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG - это идеальное средство для исправления печатного или рукописного текста. Не нужно ждать высыхания, можно сразу вносить исправления. Оснащена механизмом перемотки для Вашего удобства. Корректирующая лента моментально исправляет ошибки - не нужно ждать высыхания. Исправления не заметны на ксеро- и факс-копиях. Плотное и точное покрытие. Общая длина корректирующей ленты — 8 м, ширина — 5 мм. Цвет корпуса - синий. Поставляется в блистерной упаковке.</t>
   </si>
   <si>
     <t>390972</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/06b/q9kphfvsj0rfw3l0x1k4qv6wbqgjy65g.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG BLACK WHITE 5 мм х 8 м, корпус черный, механизм перемотки, 227800</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG &amp;quot;BLACK&amp;WHITE&amp;quot; предназначена для мгновенного исправления печатных или рукописных документов. Тонированный черный корпус. Оснащена механизмом перемотки для Вашего удобства. Корректирующая лента идеально подходит тем, кто не любит ждать - после нанесения можно сразу писать по исправленному. Корректировки не заметны на ксерокопиях докуметов. Общая длина корректирующей ленты — 8 м, ширина — 5 мм. Поставляется в блистерной упаковке.</t>
   </si>
   <si>
     <t>390973</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f02/rc56nus2xs2ilsnsviwmlmhehomft11b.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG, 5 мм х 6 м, в блистере, 221685</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG обеспечивает моментальное исправление ошибок на любом типе бумаги. Не требует длительного высыхания, можно сразу писать по исправленному тексту. Не оставляет следов и черных полос на документе при копировании или отправке по факсу. Общая длина корректирующей ленты — 6 м, ширина — 5 мм. Поставляется блистерной упаковке.</t>
   </si>
   <si>
     <t>390975</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6e8/79171eiyji0iurvx0oy1xydr0xx8nukg.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f24/fvtkfd6fgx9pyafjzzww9l7qe8nnt799.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента ПИФАГОР 5 мм х 4 м, корпус ассорти, механизм перемотки, блистер, 227803</t>
   </si>
   <si>
     <t>Корректирующая лента ПИФАГОР значительно облегчает жизнь современного студента и школьника, также прекрасно подходит для исправления печатных офисных документов. Оснащена механизмом перемотки для удобства в работе. Корректирующая лента надежно исправляет ошибки благодаря плотному корректирующему слою. Исправления не заметны на ксеро- и факс-копиях. Не крошится при письме по исправленному фрагменту. Общая длина корректирующей ленты — 4 м, ширина — 5 мм. Упаковка - блистер с европодвесом.</t>
   </si>
   <si>
     <t>390987</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pifagor/"&gt;ПИФАГОР&lt;/a&gt;</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d6/d4k2ki8z4q51ohma3u39ldfmcdfmh0y2.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента ЮНЛАНДИЯ  quot;Гитара quot; 5 мм х 6 м, корпус желтый, блистер, 227798</t>
   </si>
   <si>
     <t>Корректирующая лента ЮНЛАНДИЯ предназначена для моментального и аккуратного исправления ошибок в тетрадях, конспектах, а также печатных документах современных школьников. Идельный выбор для уроков и дополнительных занятий! Корректирующая лента представляет собой сухой состав, который заключен в оригинальный и эргономичный корпус. Она позволяет за считаные секунды исправить желаемый участок текста. Не крошится при письме по исправленному фрагменту. Удобна в использовании правой и левой рукой. Исправления не заметны на ксеро- и факс-копиях. Общая длина корректирующей ленты — 6 м, ширина — 5 мм. Цвет корпуса - желтый. Упаковка - блистер с европодвесом.</t>
@@ -1493,155 +1385,134 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ac9/ac994841c16534f2b35ef6b03551e6fa.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента OfficeSpace, 5мм 12м, пакет, европодвес</t>
   </si>
   <si>
     <t>Корректирующее средство в виде ленты шириной 5мм. Длина ленты 12 метра. После нанесения не требует времени на высыхание, наносится ровным слоем, потребляется экономично. Имеется европодвес.</t>
   </si>
   <si>
     <t>618491</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ec3/ec3740a408397dcc68585065ca842b4c.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента Attache 5mmx6m форма ручки, с зажимом белый ассортиTW</t>
   </si>
   <si>
     <t>Корректирующая лента Attache 5mmx6m форма ручки, с зажимом белый/ассортиTW</t>
   </si>
   <si>
     <t>627266</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e66/e6612e6bd7d6a96ede875a3ad8cfb48a.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/151/1512e25a3f125fbf3be8f7962a14c56e.jpg</t>
   </si>
   <si>
     <t>Корректирующая ручка 10 мл., Attache, металлический наконечник</t>
   </si>
   <si>
     <t>634595</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fe2/fe27322458f50b6f400d8ddd79e7302c.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e25/1du6qs3v86zntblyerr37rcx7ebx5az2.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG ULTRA COLOR, 5 мм х 8 м, корпус ассорти, дисплей, 229065</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG предназначена для моментального и аккуратного исправления ошибок в печатном или рукописном тексте. Не нужно ждать высыхания, можно сразу вносить исправления. Длина ленты - 8 м, ширина - 5 мм. Cрок годности не ограничен. Корректирующая лента BRAUBERG моментально исправляет ошибки - не нужно ждать высыхания. Исправления не заметны на ксеро- и факс-копиях. Плотное и точное покрытие. Корректирующая лента BRAUBERG Ultra Color отличается яркими дизайнами. Удобной форма корпуса с ребристой поверхностью препятствует скольжению ленты в руке. Поставляется в дисплее.</t>
   </si>
   <si>
     <t>636899</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ab/l3wk0vxcbmsdkv21ciwp7ap68y21n7h0.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG ULTRA, 5 мм х 12 м, корпус бело-голубой, блистер, 229064</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG предназначена для моментального и аккуратного исправления ошибок в печатном или рукописном тексте. Не нужно ждать высыхания, можно сразу вносить исправления. Длина ленты - 12 м, ширина - 5 мм. Ленты хватит надолго, срок годности не ограничен. Корректирующая лента BRAUBERG моментально исправляет ошибки - не нужно ждать высыхания. Исправления не заметны на ксеро- и факс-копиях. Плотное и точное покрытие. Корректирующая лента BRAUBERG Ultra имеет удобную форму корпуса. Ребристая поверхность препятствует скольжению ленты в руке. Поставляется в блистерной упаковке.</t>
   </si>
   <si>
     <t>636901</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0be/aefaz3l8n9q7xqair1170bot721hfzay.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG SUPER, 5 мм х 16 м, корпус белый, блистер, 229061</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG предназначена для моментального и аккуратного исправления ошибок в печатном или рукописном тексте. Не нужно ждать высыхания, можно сразу вносить исправления. Увеличенная длина ленты - 16 м, ширина - 5 мм. Ленты хватит надолго, срок годности не ограничен. Корректирующая лента BRAUBERG моментально исправляет ошибки - не нужно ждать высыхания. Исправления не заметны на ксеро- и факс-копиях. Плотное и точное покрытие. Цвет корпуса - стильное сочетание белого и красного. Поставляется в блистерной упаковке.</t>
   </si>
   <si>
     <t>636902</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/984/x25pg0cbb8qntmzknmzjhpzqew190os2.jpg</t>
+  </si>
+  <si>
+    <t>Корректор ручка KOH-I-NOOR мет.нак. 12 мл.</t>
+  </si>
+  <si>
+    <t>Корректирующая ручка предназначены для быстрого и аккуратного исправления опечаток и ошибок. Имеет металлический наконечник. Даже на сильном морозе не изменяет своих свойств. Объём - 12 мл. Современные инструменты и расходные материалы сокращают время работы и делают ее комфортнее. Корректирующая ручка KOH-I-NOOR 12 мл, металлический наконечник — удобная мелочь, которая входит в перечень необходимых офисных принадлежностей, рассчитана на интенсивное использование. Производитель гарантирует высокое качество товаров, долговечность, презентабельный внешний вид на протяжении всего срока службы. Цена полностью оправдана высоким качеством изделий.</t>
+  </si>
+  <si>
+    <t>671567</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/768/g0jmz1cii023abb5kpfnmk4x4ccmnd77.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Корректирующая жидкость с пластиковым наконечником Erich Krause Arctic white, 18мл  в пластиковой коробке по 12 шт. </t>
   </si>
   <si>
     <t>Быстросохнущая корректирующая жидкость во флаконе с пластиковым наконечником для точечных исправлений. Показывает отличный результат на всех типах и цветах чернил. Пластиковый наконечник обеспечивает плавное движение и экономичный расход. Жидкость удобно наносить локально на необходимый фрагмент, создавая непрозрачный слой, незаметный на ксерокопиях. Морозостойкая. На основе растворителя. Перед применением жидкость необходимо взболтать с помощью внутреннего металлического шарика.</t>
   </si>
   <si>
     <t>696901</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a2a/huwej8qvdiopsbjhwf4zo9n7a752td2q.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корректирующая лента Erich Krause Arctic white, 4.2мм х 8м  в блистере по 1 шт. </t>
+  </si>
+  <si>
+    <t>Корректирующая лента идеальна для аккуратного и быстрого исправления строчного текста. Показывает отличный результат на всех типах и цветах чернил. На основе растворителя. Не требует времени для высыхания и позволяет сразу писать поверх корректировки. Имеет систему перемотки ленты. На корпусе в месте захвата предусмотрена противоскользящая резиновая вставка. Подходит для использования левой и правой рукой.</t>
+  </si>
+  <si>
+    <t>696902</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9b3/xk572pc68phf2btks4jwqne59ph1vlil.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Корректирующая лента Erich Krause Arctic white, 4.2мм х 5м  в пакете по 1 шт. </t>
   </si>
   <si>
     <t>Корректирующая лента идеальна для аккуратного и быстрого исправления строчного текста. Показывает отличный результат на всех типах и цветах чернил. На основе растворителя. Не требует времени для высыхания и позволяет сразу писать поверх корректировки. Подходит для использования левой и правой рукой.</t>
   </si>
   <si>
     <t>696903</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3f2/ego2hfbv1udplzwi65xw1mxvwc0ib8px.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Корректирующая лента Erich Krause Extra, 5мм х 6м  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Корректирующая лента идеальна для аккуратного и быстрого исправления строчного текста. Показывает отличный результат на всех типах и цветах чернил. На основе растворителя. Не требует времени для высыхания и позволяет сразу писать поверх корректировки. Подходит для использования левой и правой рукой. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>696904</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d7/idj45jmy4ze6pp909qdagzsvo72it2u3.jpg</t>
@@ -1754,134 +1625,167 @@
   <si>
     <t>Обеспечивает устойчивое покрытие. Не требует повторного нанесения. Не применяется для фотобумаги и факсовой бумаги.</t>
   </si>
   <si>
     <t>704836</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e28/aw49cmg3r17ter3gcpg7xi4xi7bsddyx.jpg</t>
   </si>
   <si>
     <t>704838</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9a8/o7gn9tphppr14jkygvehl7hnvlpvqjwm.jpg</t>
   </si>
   <si>
     <t>Корректир. лента в роллере  quot;Darvish quot; 5мм 12м в блистере</t>
   </si>
   <si>
     <t>Упаковка с европодвесом, размер 7,5*14 см.</t>
   </si>
   <si>
     <t>704840</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/04f/s1qnmi9p243o8arbboio349zp4zmhdtm.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая лента Berlingo  quot;Color Shift quot;   2 сменных картриджа в комплекте, 5мм 6м, блистер с европодвесом</t>
+  </si>
+  <si>
+    <t>Корректирующая лента &amp;quot;Color Shift&amp;quot; поставляется в комплекте с двумя сменными катриджами, для большего срока службы. Подходит для исправления машинописного или рукописного текста. Плотное и точное покрытие, не требует времени на высыхание. Имеет подвижный наконечник, благодаря которому лента может использоваться под любым углом.&amp;nbsp;&amp;nbsp;Стабилизатор позволяет добиться ровной линии.&amp;nbsp;&amp;nbsp;Упаковка - блистер с европодвесом.</t>
+  </si>
+  <si>
+    <t>769324</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6bb/8y420whk4omxyxz28tpt6gk5yf86cz9j.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Корректирующая лента ErichKrause  JOY, 5мм х 6м  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Корректирующая лента ErichKrause® JOY, 5мм х 6м &amp;#40;в блистере по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771318</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/493/k6un6rtmjhcecmnt2yn9boe4murtz8ln.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/25f/ym9o60vu26ufqp1bb2nr9adnlena6obr.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Корректирующая лента ErichKrause  ErgoLine  с резиновой вставкой, 5мм х 8м  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Корректирующая лента ErichKrause® ErgoLine® с резиновой вставкой, 5мм х 8м &amp;#40;в блистере по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771695</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/83d/o5ovlc3hs3evuiifzzlm1btaw4g1qi44.jpg</t>
+  </si>
+  <si>
+    <t>771696</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0b2/z3748m7fqdi4ovzfql4v9kvzgkaimt4b.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корректирующая лента ErichKrause  Marathon, 5мм х 12м  в блистере по 1 шт. </t>
+  </si>
+  <si>
+    <t>Корректирующая лента ErichKrause® Marathon, 5мм х 12м &amp;#40;в блистере по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771697</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/359/xel13k9ipgu40bqd59121k2gzmdjzydu.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Корректирующая лента ErichKrause  Spring, 5мм х 6м  в пакете по 1 шт. </t>
   </si>
   <si>
     <t>Корректирующая лента ErichKrause® Spring, 5мм х 6м &amp;#40;в пакете по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771701</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d35/7404lfsehxxr5m8rk6uk6o4kw1a9jb6a.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bea/ocmlzjq8njd1gfn2hf1p0e4kfmmwn3lj.jpg</t>
   </si>
   <si>
     <t>Корректирующая жидкость OfficeSpace, 20мл, на химической основе, с кистью</t>
   </si>
   <si>
     <t>Корректирующая жидкость на химической основе. Флакон с кисточкой. Взболтать перед применением. Плотно закрыть колпачок после использования.</t>
   </si>
   <si>
     <t>789656</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/85d/1qso1dier40m60w0r5a0ux3nsielgona.jpg</t>
   </si>
   <si>
     <t>Корректирующий карандаш Berlingo  quot;Double Black quot;, 08мл, металлический наконечник</t>
   </si>
   <si>
     <t>Корректирующий карандаш Berlingo &amp;quot;Double Black&amp;quot;, 08мл, металлический наконечник</t>
   </si>
   <si>
     <t>791182</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/68f/77x8qkge0w6oqo6zs5efx2vp9mdvzux9.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корректирующая жидкость с кисточкой Erich Krause  Arctic white, 20г  в пленке по 10 шт. </t>
+  </si>
+  <si>
+    <t>Корректирующая жидкость с кисточкой Erich Krause® Arctic white, 20г &amp;#40;в пленке по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792055</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba8/rlsmhrni6oy4vclgx4hh3bnfanu0vydy.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корректирующая жидкость с кисточкой Erich Krause  Extra, 20г  в пластиковом поддоне по 10 шт. </t>
+  </si>
+  <si>
+    <t>Корректирующая жидкость с кисточкой Erich Krause® Extra, 20г &amp;#40;в пластиковом поддоне по 10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792057</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/619/65wpwqcio3rv05x3os9m9j6qli5p3gxp.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка-корректор Erich Krause  Arctic white, 10мл  в пакете по 1 шт. </t>
   </si>
   <si>
     <t>Ручка-корректор Erich Krause® Arctic white, 10мл &amp;#40;в пакете по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>792058</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/946/6klmh5ezk50ljwp28nprilcragyfg5q2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка-корректор Erich Krause  Extra, 8мл  в пластиковой коробке по 12 шт. </t>
   </si>
   <si>
     <t>Ручка-корректор Erich Krause® Extra, 8мл &amp;#40;в пластиковой коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>792059</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/37e/86mp4szjsvp43164xhu35fjcpcjosk3x.jpg</t>
@@ -1907,314 +1811,275 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8a8/za95icavlcn3314o9vte3ey92gbx6x6s.jpg</t>
   </si>
   <si>
     <t>Корректир. лента в роллере  quot;Darvish quot; 5мм 3м., в блистере  quot;Фрукты quot;</t>
   </si>
   <si>
     <t>Корректор в красочной упаковке с европодвесом. Размер корректора 7,5*4 см.</t>
   </si>
   <si>
     <t>842967</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/737/bu5l1ydr3k3ktb3m4k0jrbd3dtfg492d.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Корректирующая лента ErichKrause  Extra, 5мм х 8м  в пакете по 1 штуке </t>
   </si>
   <si>
     <t>Корректирующая лента идеальна для аккуратного и быстрого исправления строчного текста. Показывает отличный результат на всех типах и цветах чернил. На основе растворителя. Не требует времени для высыхания и позволяет сразу писать поверх корректировки</t>
   </si>
   <si>
     <t>844459</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3b9/33qli423u9jmsgurrrhx4v6woz49cbv8.jpg</t>
-[...5 lines deleted...]
-    <t>847088</t>
+    <t>http://anytos.ru//upload/iblock/7a6/b3r2pupomtbu4l51101zgjd8nesyujhb.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая ручка LITE метал.нак. 3 мл.</t>
+  </si>
+  <si>
+    <t>847089</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd3/v19xrsnva7zmfr22kd20dy876shaimme.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка-корректор ErichKrause  Extra, 8мл  в пакете по 1 штуке </t>
+  </si>
+  <si>
+    <t>Ручка-корректор с быстросохнущей корректирующей жидкостью для точечных исправлений. Показывает отличный результат на всех типах и цветах чернил. Высококачественный металлический наконечник обеспечивает плавное движение и экономичный расход. Жидкость удобно наносить локально на необходимый фрагмент, создавая непрозрачный слой, незаметный на ксерокопиях. Морозостойкая. На основе растворителя. Перед применением жидкость необходимо взболтать с помощью внутреннего металлического шарика</t>
+  </si>
+  <si>
+    <t>848452</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d44/igpy041dlpq0lr8obrf7m49opw5mkn0y.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая лента BRAUBERG COMPACT PLUS PASTEL, 5 мм х 6 м, корпус ассорти, блистер, 270551</t>
+  </si>
+  <si>
+    <t>Корректирующая лента BRAUBERG COMPACT PLUS PASTEL предназначена для мгновенного исправления рукописных и печатных текстов. Пастельный дизайн идеально подходит для школы, офиса и дома. Корректирующая лента BRAUBERG позволяет делать незаметными исправления для любых копий, текстов и документов. Не требует времени для высыхания после нанесения. Не оставляет следов и черных полос на документе при копировании или отправке по факсу. Плотное и равномерное покрытие. Серия корректирующих лент BRAUBERG COMPACT PLUS PASTEL выполнена в нежных пастельных цветовых комбинациях. Компактный размер и удобная форма корректирующей ленты обеспечивают удобное хранение в пенале или подставке для канцелярских принадлежностей. Общая длина корректирующей ленты — 6 м, ширина — 5 мм. Поставляется в блистере с европодвесом.</t>
+  </si>
+  <si>
+    <t>852600</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1b7/vbvzgr3jwpcuz5cy21xxnf67pb823o9n.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корректирующая жидкость с губкой ErichKrause  Extra, 20г  в пластиковом поддоне в пленке по 10 штук </t>
+  </si>
+  <si>
+    <t>Быстросохнущая корректирующая жидкость в цвет бумаги. Показывает отличный результат на всех типах и цветах чернил. Мягкая губка обеспечивает удобство нанесения и минимальный расход. Одного нанесения достаточно, чтобы слой стал непрозрачным и незаметным на ксерокопиях. Это делает её самой эффективной и экономичной среди конкурентов. Морозостойкая. На основе растворителя. Перед применением жидкость необходимо взболтать с помощью внутреннего металлического шарика</t>
+  </si>
+  <si>
+    <t>853312</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a1b/asn24q0llf4xagrbm8ggp2fgnajzsyi6.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корректирующая лента ErichKrause  JOY, 5мм х 6м  в дисплее по 20 штук </t>
+  </si>
+  <si>
+    <t>Корректирующая лента с яркими неоновыми цветами корпуса имеет компактный размер для удобного хранения в школьном пенале, а также защитный колпачок, предотвращающий повреждение и загрязнение ленты. Идеальна для аккуратного и быстрого исправления строчного текста. Показывает отличный результат на всех типах и цветах чернил. На основе растворителя. Не требует времени для высыхания и позволяет сразу писать поверх корректировки. Подходит для использования левой и правой рукой. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора</t>
+  </si>
+  <si>
+    <t>853313</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/83f/dusm6l5rmd5n3la3idntssgmku20ceqf.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Корректирующая лента ErichKrause  Standard, 5мм х 7м  в пакете по 1 штуке </t>
+  </si>
+  <si>
+    <t>Корректирующая лента идеальна для аккуратного и быстрого исправления строчного текста. Показывает отличный результат на всех типах и цветах чернил. На основе растворителя. Не требует времени для высыхания и позволяет сразу писать поверх корректировки. Подходит для использования левой и правой рукой</t>
+  </si>
+  <si>
+    <t>853314</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/219/597w79ty89nqk1qankyjuh7krsvibd59.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка-корректор Erich Krause  Standard, 4мл  в дисплее по 12 штук </t>
+  </si>
+  <si>
+    <t>854771</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e1b/bsv6arwfhjwkr2aw69ijfons16kjydlc.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка-корректор Erich Krause  Standard, 7мл  в дисплее по 12 штук </t>
+  </si>
+  <si>
+    <t>854772</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d14/0oifhcz89qi7e45v0q7697t9q66g4234.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая лента Deli EH21301 5мм x 30м, цвет в ассортименте, блистер</t>
+  </si>
+  <si>
+    <t>879929</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/749/ks4rshpp29t9s87jlr67no2tqhqz91j4.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая лента Deli EH21606 5 мм x 5 м, цвет в ассортименте</t>
+  </si>
+  <si>
+    <t>879930</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/491/wx6xgqxixm3med6n53e9t1hvbos4xd85.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая лента Deli MiYou EH353 5 мм x 8 м ассорти блистер</t>
+  </si>
+  <si>
+    <t>879932</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/77c/qiw2zya344aznmqjo4kl27pq7orif9g4.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая лента Deli Mute EH361 5 мм x 20м беззвучная ассорти блистер</t>
+  </si>
+  <si>
+    <t>879933</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/055/3yefb8wrlnx374u5e85d380u1wakgg5n.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая лента Deli Uspire 5 мм x 6 м, цвет корпуса: синий</t>
+  </si>
+  <si>
+    <t>907501</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/628/f72swr15f4yxy727ln7dfebjks6fla1u.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая лента M G So Many Cats 5 мм x 6 м, ассорти, блистер</t>
+  </si>
+  <si>
+    <t>Корректирующая лента M&amp;G So Many Cats 5 мм x 6 м, ассорти, блистер</t>
+  </si>
+  <si>
+    <t>932214</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/mg/"&gt;M&amp;G&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/62d/6j0ed7dsfw064a9y3myu1omreus1wriy.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка-корректор ErichKrause  Extra, 4мл  в пластиковой коробке по 12 штук </t>
+  </si>
+  <si>
+    <t>Ручка-корректор ErichKrause® Extra, 4мл &amp;#40;в пластиковой коробке по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>938526</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/137/xg7h374ftr0p7knr7vzb5q35nkqb34ry.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая лента Berlingo  quot;Neon quot; 5мм 10м, желтый, PET бокс, европодвес</t>
+  </si>
+  <si>
+    <t>Корректирующая лента Berlingo &amp;quot;Neon&amp;quot; 5мм*10м, желтый, PET бокс, европодвес</t>
+  </si>
+  <si>
+    <t>945034</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a52/87lqr1t400w9oh7qz5hby51xwo996tls.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая лента Berlingo  quot;Neon quot; 5мм 10м, розовый, PET бокс, европодвес</t>
+  </si>
+  <si>
+    <t>Корректирующая лента Berlingo &amp;quot;Neon&amp;quot; 5мм*10м, розовый, PET бокс, европодвес</t>
+  </si>
+  <si>
+    <t>945035</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/78a/qopmo7pgwufnqdcm8y0649xq25iggzlv.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая лента BRAUBERG ULTRA COLOR, 5 мм x 12 м, механизм перемотки, ВЫГОДНАЯ УПАКОВКА 3 штуки в блистере, 271253</t>
+  </si>
+  <si>
+    <t>Корректирующая лента BRAUBERG ULTRA COLOR предназначена для мгновенного исправления рукописных и печатных текстов. Яркий дизайн идеально подходит для школы, офиса и дома. Выгодный формат упаковки – набор из 3 штук! Яркий дизайн корпуса представлен в 3-х цветах: оранжевом, зеленом и синем. Общая длина корректирующей ленты – 12 м, ширина – 5 мм. Корректирующая лента BRAUBERG ULTRA COLOR позволяет экономить время на исправление текста, не требует времени для высыхания после нанесения, не оставляет следов и черных полос на документе при копировании или отправке по факсу. Плотное и равномерное покрытие. C механизмом перемотки. Поставляется в блистере с европодвесом.</t>
+  </si>
+  <si>
+    <t>945791</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/38c/ynoi7chy1b8j9duap9bjflvbhkv5psus.jpg</t>
+  </si>
+  <si>
+    <t>Ручка-корректор в пастельном корпусе BRAUBERG PASTEL, 9 мл, металлический наконечник, ассорти, 271251</t>
+  </si>
+  <si>
+    <t>Пастельная линейка корректирующих ручек BRAUBERG PASTEL разнообразит любой интерьер ненавязчивыми и спокойными оттенками. Предназначена для аккуратного и точного исправления печатного и рукописного текста в школе, офисе и дома. Нежный дизайн корпуса и тонированные колпачки представлены в 4-х пастельных цветах: персиковый, голубой, лиловый и лаймовый. Ручка-корректор на спиртовой основе обеспечивает быстрое высыхание и морозоустойчивость. Металлический наконечник гарантирует экономичный расход и аккуратное нанесение корректирующей жидкости на бумагу. Надежный колпачок предупреждает засыхание и продлевает срок использования. Объем - 9 мл. Перед началом использования ОБЯЗАТЕЛЬНО встряхните ручку.</t>
+  </si>
+  <si>
+    <t>945793</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d1/279x67efc23mexto63za3lxu8yb2vjl6.jpg</t>
+  </si>
+  <si>
+    <t>Ручка корректор INFORMAT метал.нак. 12 мл цв.корп. белый</t>
+  </si>
+  <si>
+    <t>947807</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/747/9a4ets71abuvswd1wkrkef9oqyzzcq8j.jpg</t>
-[...250 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cde/rk91t92oo191ewxnr6fovsnzuk0l72x0.jpg</t>
   </si>
   <si>
     <t>Ручка корректор INFORMAT метал.нак. 6 мл цв.корп. белый</t>
   </si>
   <si>
     <t>947808</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/47f/4k8yg7z2iw1tes3qr1fur52eul2l4fsc.jpg</t>
   </si>
   <si>
     <t>Ручка корректор LITE метал.нак. 4 мл цв.корп. белый</t>
   </si>
   <si>
     <t>947810</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/da3/ix3bccaazs8w7hdwep0a8u8lkq1iaxa9.jpg</t>
   </si>
   <si>
     <t>Ручка корректор LITE метал.нак. 9 мл цв.корп. белый</t>
   </si>
   <si>
     <t>947812</t>
@@ -2243,57 +2108,60 @@
   <si>
     <t>http://anytos.ru//upload/iblock/754/t50z1yh33zgb3ruyo08k452ueucfgl0k.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента Attache Акварель,5мм x6м,рез.вставка,фиол-зел,блистер</t>
   </si>
   <si>
     <t>950764</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3f6/813zr9n76f19kdjjqtn33kt67p8pbyr3.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента 4,2мм х 6м КОМУС автомат.  quot;СТ-204</t>
   </si>
   <si>
     <t>Корректирующая лента 4,2мм х 6м КОМУС автомат. &amp;quot;СТ-204</t>
   </si>
   <si>
     <t>963071</t>
   </si>
   <si>
     <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fcb/f5vp1yzvw6i4evhb9uq4m5e5urirvsm9.jpg</t>
-[...5 lines deleted...]
-    <t>963072</t>
+    <t>http://anytos.ru//upload/iblock/b9e/6quj9mdc9r2xzclx2grxvuyk1ejffrbt.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая лента 4,2мм х 6м Комус  quot;CT-604</t>
+  </si>
+  <si>
+    <t>Корректирующая лента 4,2мм х 6м Комус &amp;quot;CT-604</t>
+  </si>
+  <si>
+    <t>963073</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f9a/aarm9xp24abdm2nrxx2k2jfw1mmac9b3.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента КОМУС 4,2ммx6м  quot;204R</t>
   </si>
   <si>
     <t>Корректирующая лента КОМУС 4,2ммx6м &amp;quot;204R</t>
   </si>
   <si>
     <t>963074</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d7/8mvxkkg3rbj2cfirpgxrsp8ffzhiwket.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента M G Sakura 5мм x 5м, в ассортименте, блистер</t>
   </si>
   <si>
     <t>Корректирующая лента M&amp;G Sakura 5мм x 5м, в ассортименте, блистер</t>
   </si>
   <si>
     <t>963077</t>
   </si>
@@ -2324,119 +2192,71 @@
   <si>
     <t>http://anytos.ru//upload/iblock/14c/y6x0lawf4rzp4jqvzxdqon6e7ro485di.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента Berlingo  quot;Brilliant quot;, 5мм 6м</t>
   </si>
   <si>
     <t>Корректирующая лента Berlingo &amp;quot;Brilliant&amp;quot;, 5мм*6м</t>
   </si>
   <si>
     <t>967352</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/765/maqhytat08qhtwisxaxpmqynfj1mdonx.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента Berlingo  quot;Envy quot;, 5мм 6м</t>
   </si>
   <si>
     <t>Корректирующая лента Berlingo &amp;quot;Envy&amp;quot;, 5мм*6м</t>
   </si>
   <si>
     <t>967353</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3ab/v3b92lrvwn6531efghmd5eff7krzlfbz.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/03b/ubmy80x78o5lkushr4hvtw5mw2bh4vcn.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента Комус Flash 5ммх12м корпус белый TW</t>
   </si>
   <si>
     <t>973291</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba1/xay0d2gtnviflk8y9r0dsgdmcvpkw66r.jpg</t>
   </si>
   <si>
     <t>Ручка-корректор 9 мл ВЫГОДНАЯ УПАКОВКА, КОМПЛЕКТ 4 штуки, BRAUBERG PASTEL, 271922</t>
   </si>
   <si>
     <t>Комплект корректирующих ручек BRAUBERG PASTEL предназначен для аккуратного и точного исправления печатного и рукописного текста в школе, офисе и дома. Актуальный пастельный дизайн разнообразит любой интерьер и сделает исправления более приятными. Нежный дизайн корпуса и тонированные колпачки представлены в 4-х пастельных цветах: персиковый, голубой, лиловый и лаймовый. Ручка-корректор на спиртовой основе обеспечивает быстрое высыхание и морозоустойчивость. Металлический наконечник гарантирует экономичный расход и аккуратное нанесение корректирующей жидкости на бумагу. Надежный колпачок предупреждает засыхание и продлевает срок использования. Объем - 9 мл. Выгодная упаковка - 4 шт на блистере!Перед началом использования ОБЯЗАТЕЛЬНО встряхните ручку.</t>
   </si>
   <si>
     <t>974882</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d3d/84n2ucfl1ij5omtfdvfwlvww1czdp01y.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e00/bugh16n1vgomq3zw123bztl6gm9wno04.jpg</t>
   </si>
   <si>
     <t>Ручка-корректор 10 мл ВЫГОДНАЯ УПАКОВКА, КОМПЛЕКТ 3 штуки, BRAUBERG MIX, 271921</t>
   </si>
   <si>
     <t>Комплект корректирующих ручек BRAUBERG MIX предназначен для аккуратного и точного исправления печатного и рукописного текста в школе, офисе и дома. Яркие ручки поднимут настроение и сделают работу более приятной. Сочный дизайн корпуса с тонированными колпачками представлен в 3-х ярких цветах: голубой, оранжевый и зеленый. Ручка-корректор на спиртовой основе обеспечивает быстрое высыхание и обладает морозоустойчивостью. Металлический наконечник гарантирует экономичный расход и аккуратное нанесение корректирующей жидкости на бумагу. Надежный колпачок предупреждает засыхание и продлевает срок использования. Объем - 10 мл. Выгодная упаковка - 3 шт. в пакете с европодвесом!Перед началом использования ОБЯЗАТЕЛЬНО встряхните ручку.</t>
   </si>
   <si>
     <t>978194</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b1/fma99i059azatir43h4svhiu75xpa556.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Корректирующая лента Erich Krause JOY  Pastel, 5мм х 6м, ассорти  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Корректирующая лента с яркими неоновыми цветами корпуса имеет компактный размер для удобного хранения в школьном пенале, а также защитный колпачок, предотвращающий повреждение и загрязнение ленты. Идеальна для аккуратного и быстрого исправления строчного текста. Показывает отличный результат на всех типах и цветах чернил. На основе растворителя. Не требует времени для высыхания и позволяет сразу писать поверх корректировки. Подходит для использования левой и правой рукой. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>978573</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7ae/mx1sg9n1wsg52m6wqxofra6miq21ehvk.jpg</t>
@@ -2480,53 +2300,50 @@
   <si>
     <t>Корректирующая лента двусторонняя 5 мм x 10 м, BRAUBERG GRADE, ассорти, 271941</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG &amp;quot;Grade&amp;quot; предназначена для мгновенного исправления рукописных и печатных текстов. Яркий дизайн идеально подходит для школы, офиса и дома. Дизайн корпуса представлен в 3 сочных градиентных цветах ассорти: розово-голубом, сиренево-оранжевом, сине-зеленом. Подача ленты доступна с обеих сторон корпуса. Общая длина корректирующей ленты – 10 м, ширина – 5 мм. Корректирующая лента BRAUBERG &amp;quot;Grade&amp;quot; позволяет экономить время на исправлении текста, быстро высыхает после нанесения, не оставляет следов и черных полос на документе при копировании или отправке по факсу. Плотное и равномерное покрытие. Поставляется в блистере с европодвесом.</t>
   </si>
   <si>
     <t>979370</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49a/7y56gwn1tsalhcj36op8zs5oixwof3zr.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента двусторонняя 5 мм x 10 м, КОМПЛЕКТ 3 штуки, BRAUBERG GRADE, блистер, 271942</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG &amp;quot;Grade&amp;quot; предназначена для мгновенного исправления рукописных и печатных текстов. Яркий дизайн идеально подходит для школы, офиса и дома. Выгодный формат упаковки – набор из 3 штук! Дизайн корпуса представлен в 3 сочных градиентных цветах: розово-голубом, сиренево-оранжевом, сине-зеленом. Подача ленты доступна с обеих сторон корпуса. Общая длина корректирующей ленты – 10 м, ширина – 5 мм. Корректирующая лента BRAUBERG GRADE позволяет экономить время на исправлении текста, быстро высыхает после нанесения, не оставляет следов и черных полос на документе при копировании или отправке по факсу. Плотное и равномерное покрытие. Поставляется в блистере с европодвесом.</t>
   </si>
   <si>
     <t>979371</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5ac/s9a8xispl4wh7ccyhrixngqd7ypkay0j.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента MESHU  quot;Best friends quot;, 5мм 6м, дисплей-бокс, ассорти</t>
   </si>
   <si>
     <t>Корректирующая лента MESHU &amp;quot;Best friends&amp;quot;, 5мм*6м, дисплей-бокс, ассорти</t>
   </si>
   <si>
     <t>982470</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bd9/9is2z74krnb4hdfr2wkvbwvki032n5vc.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента MESHU  quot;Cute Paw quot;, 5мм 6м, блистер, европодвес</t>
   </si>
   <si>
     <t>Корректирующая лента MESHU &amp;quot;Cute Paw&amp;quot;, 5мм*6м, блистер, европодвес</t>
@@ -2576,50 +2393,59 @@
   <si>
     <t>Корректирующий карандаш Berlingo, 05мл, металлический наконечник</t>
   </si>
   <si>
     <t>982476</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9a6/48m4h5hr21nz30wj2i79mrjwn9f0ekg6.jpg</t>
   </si>
   <si>
     <t>Корректирующий карандаш Berlingo, 08мл, металлический наконечник</t>
   </si>
   <si>
     <t>982477</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a81/rxe4w5nyrjsmtb7egnqiv4vohnsuii0r.jpg</t>
   </si>
   <si>
     <t>Корректирующий карандаш Berlingo, 08мл, пластиковый наконечник</t>
   </si>
   <si>
     <t>982478</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/748/8ytgu2x0x3pkxxth8za2weel84fens6r.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующий карандаш Berlingo, 10мл, металлический наконечник</t>
+  </si>
+  <si>
+    <t>982479</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ff0/igtqj1i93mjkhivqb9e00mepjlk6rnm7.jpg</t>
   </si>
   <si>
     <t>Корректирующий карандаш Berlingo, 12мл, металлический наконечник</t>
   </si>
   <si>
     <t>982480</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a9b/64f38v5b70ymlou01a4un8aa0t48ft0j.jpg</t>
   </si>
   <si>
     <t>Сменная лента для корректора Berlingo, 5мм 6м.</t>
   </si>
   <si>
     <t>Сменная лента для корректора Berlingo, 5мм*6м.</t>
   </si>
   <si>
     <t>982481</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f1/mysibh7gdl0lnw1bh31ch6i1307xqjsw.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Корректирующая лента Erich Krause Pastel Bloom, 5мм х 7м, ассорти  в блистере по 1 штуке </t>
@@ -2732,62 +2558,50 @@
   <si>
     <t>Корректирующая лента BRAUBERG  quot;Click quot;, 5 мм х 6 м, корпус прозрачный, автоматическая, блистер</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG &amp;quot;Click&amp;quot; предназначена для мгновенного исправления рукописных и печатных текстов. Идеальный выбор для школы, офиса и дома. Автоматическая подача ленты осуществляется при помощи нажимного механизма-кнопки. Длина корректирующей ленты – 6 м, ширина – 5 мм. Корректирующая лента BRAUBERG &amp;quot;Сlick&amp;quot; помогает экономить время на исправление текста, быстро высыхает после нанесения, не оставляет следов и черных полос на документе при копировании или отправке по факсу. Плотное и равномерное покрытие. Поставляется в блистере с европодвесом.</t>
   </si>
   <si>
     <t>999307</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/669/t04irxmowfdnleb770r203pl5171nxfb.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG COMPACT PASTEL, 5 мм х 6 м, КОМПЛЕКТ 6 штук, пенал с zip-lock, 272496</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG COMPACT PASTEL – это незаменимый помощник для мгновенного исправления рукописных и печатных текстов. Набор из 6 штук в ПВХ-пенале в трендовых пастельных дизайнах – идеальный выбор для дома, офиса или учебы. С помощью корректирующей ленты BRAUBERG вы сможете легко и незаметно исправлять любые копии, тексты и документы. Она не требует времени на высыхание после нанесения, что делает её особенно удобной в использовании. Кроме того, она не оставляет следов и черных полос на документе при копировании или отправке по факсу, обеспечивая плотное и равномерное покрытие.Серия корректирующих лент BRAUBERG COMPACT PASTEL представлена в нежных пастельных цветовых сочетаниях. Её компактный размер и удобная форма позволяют легко хранить ленту в пенале или подставке для канцелярских принадлежностей. Общая длина одной ленты составляет 6 м, а ширина – 5 мм. Комплект из 6 штук поставляется в ПВХ-пенале с zip-замком.</t>
   </si>
   <si>
     <t>999308</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ea1/u6qmnaiw6lkti0fsjgm3tc1apv5p4v1b.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/075/6o6qdjxhw8zvhg03qs299p4cxlr0agc3.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG KIDS  quot;Котенок quot;, 5 мм х 6 м, корпус ассорти, блистер, 272494</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG KIDS &amp;quot;Котенок&amp;quot; предназначена для мгновенного исправления рукописных и печатных текстов. Дизайн ассорти в форме милых котиков идеально подходит для школы и дома. Корректирующая лента BRAUBERG KIDS позволяет делать незаметными исправления для рукописных текстов, документов и копий. Не требует времени для высыхания после нанесения. Плотное и равномерное покрытие. Не оставляет следов и черных полос на документе при копировании или отправке по факсу.Компактный размер и оригинальный дизайн товара обеспечивают удобное хранение в пенале или подставке для канцелярских принадлежностей. Длина корректирующей ленты – 6 м, ширина – 5 мм. Поставляется в блистере с европодвесом.Товар поставляется в 2 дизайнах ассорти.</t>
   </si>
   <si>
     <t>999310</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f1b/zbxg0kcmie0nvljrdijy0ks3hikonze8.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG PASTEL 360, 5 мм х 6 м, ассорти, автоматическая, блистер, 272662</t>
   </si>
   <si>
     <t>Автоматическая корректирующая лента BRAUBERG PASTEL 360 – это незаменимый помощник для мгновенного исправления рукописных и печатных текстов. Трендовый пастельный дизайн делает её идеальным выбором для использования в школе, офисе и дома. Автоматическая подача и вращающийся на 360 градусов наконечник позволяют легко и незаметно исправлять любые копии, тексты и документы. Корректирующая лента BRAUBERG не требует времени на высыхание после нанесения, что делает её особенно удобной в использовании. Кроме того, она не оставляет следов и черных полос на документе при копировании или отправке по факсу, обеспечивая плотное и равномерное покрытие.Серия корректирующих лент BRAUBERG PASTEL представлена в нежных пастельных цветовых сочетаниях. Специальный клип и автоматическая подача стержня позволяют хранить ленту даже в кармане одежды. Общая длина ленты составляет 6 м, а ширина – 5 мм. Поставляется в блистере с европодвесом.</t>
   </si>
   <si>
     <t>999311</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a0a/be73pt4v1vi1im6c2408kmm5c1hd3qax.jpg</t>
@@ -2855,62 +2669,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8be/3ih5nddaubnmgxji2gs1lyr17lj50ixr.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента Berlingo  quot;Envy quot;, 5мм 6м, голубой, блистер, европодвес</t>
   </si>
   <si>
     <t>Корректирующая лента Berlingo &amp;quot;Envy&amp;quot;, 5мм*6м, голубой, блистер, европодвес</t>
   </si>
   <si>
     <t>1001495</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/547/2ywafcsue0u3sh2932djxt3w3gft0vh0.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента MESHU  quot;Astronaut quot;, 5мм 5м, пвх-бокс, европодвес, ассорти</t>
   </si>
   <si>
     <t>Корректирующая лента MESHU &amp;quot;Astronaut&amp;quot;, 5мм*5м, пвх-бокс, европодвес, ассорти</t>
   </si>
   <si>
     <t>1001496</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1f4/o2kae659smdiuduxep3abl8s7xeb12dk.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cee/ed6wdx0n6lpepu0zxgm86j1l9qh5ctxj.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента MESHU  quot;Happy friends quot;, 5мм 8м, блистер, европодвес, ассорти</t>
   </si>
   <si>
     <t>Корректирующая лента MESHU &amp;quot;Happy friends&amp;quot;, 5мм*8м, блистер, европодвес, ассорти</t>
   </si>
   <si>
     <t>1001498</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/92d/wajn32w0qv7lx02l5bm31yyrqr8t1n63.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента MESHU  quot;Kawaii quot;, 5мм 3м, дисплей-бокс, ассорти</t>
   </si>
   <si>
     <t>Корректирующая лента MESHU &amp;quot;Kawaii&amp;quot;, 5мм*3м, дисплей-бокс, ассорти</t>
   </si>
   <si>
     <t>1001499</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/853/dptehr523k5f4kcnfrvcjl7yr1u73qin.jpg</t>
@@ -2927,122 +2729,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d8a/12jidebg0v1giu33mesgzmlla878dpzt.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента MESHU  quot;Woof-Woof quot;, 5мм 5м, блистер, европодвес</t>
   </si>
   <si>
     <t>Корректирующая лента MESHU &amp;quot;Woof-Woof&amp;quot;, 5мм*5м, блистер, европодвес</t>
   </si>
   <si>
     <t>1001501</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e34/8ijvf4u0025ylvbbwyd83wpktob8wvm1.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG 360 , 6 мм х 6 м   сменный картридж, корпус синий, блистер, 272661</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG 360° – ваш незаменимый помощник для мгновенного исправления рукописных и печатных текстов в офисе, школе или дома. Корректирующая лента BRAUBERG 360° представлена в голубом тонированном корпусе, поставляется в комплекте со сменным картриджем 6 мм х 6 м. Длина ленты составляет 6 м, а ширина – 6 мм. Вращающийся на 360° наконечник позволяют легко и незаметно исправлять любые копии, тексты и документы. Компактный размер позволяет хранить ленту даже в самом небольшом пенале или в кармане одежды. Колпачок защищает ленту от пыли, загрязнений и высыхания. Не требует времени на высыхание, можно вносить правки сразу после нанесения. Кроме того, лента не оставляет следов и черных полос на документе при копировании или отправке по факсу, обеспечивая плотное и равномерное покрытие.Поставляется в блистере с европодвесом.</t>
   </si>
   <si>
     <t>1004902</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1cc/c1s2y4oj0or29pv0b5nao5yubq4ew0jw.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7dc/nbgeqk48ejityndcxiwfy33sjr0q6qi5.jpg</t>
   </si>
   <si>
     <t>Ручка-корректор с улучшенным пластиковым наконечником BRAUBERG RESTART, 6 мл, 272684</t>
   </si>
   <si>
     <t>Ручка-корректор BRAUBERG RESTART с улучшенным пластиковым наконечником идеально подходит для точных исправлений текста на любых типах бумаги. Отличный вариант для школы, офиса и дома! Жидкость на спиртовой основе обеспечивает быстрое высыхание, обладает морозоустойчивостью и имеет увеличенный срок службы. Объем жидкости – 6 мл. Пластиковый наконечник гарантирует аккуратное нанесение корректирующей жидкости на бумагу, предупреждает засыхание и продлевает срок использования. Улучшенный пластиковый наконечник позволяет хранить ручку ДАЖЕ БЕЗ КОЛПАЧКА В ТЕЧЕНИЕ 5 ЛЕТ. Перед началом использования ОБЯЗАТЕЛЬНО встряхните ручку. Не оказывайте на корпус ручки повышенное физическое давление, за исключением случаев, когда ручкой давно не пользовались.</t>
   </si>
   <si>
     <t>1004909</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/02e/86t04vtyhx087vmuy6f2f0c30pyj5ttz.jpg</t>
   </si>
   <si>
     <t>Ручка-корректор с улучшенным пластиковым наконечником BRAUBERG RESTART, 9 мл, 272685</t>
   </si>
   <si>
     <t>Ручка-корректор BRAUBERG RESTART с улучшенным пластиковым наконечником идеально подходит для точных исправлений текста на любых типах бумаги. Отличный вариант для школы, офиса и дома! Жидкость на спиртовой основе обеспечивает быстрое высыхание, обладает морозоустойчивостью и имеет увеличенный срок службы. Объем жидкости – 9 мл. Пластиковый наконечник гарантирует аккуратное нанесение корректирующей жидкости на бумагу, предупреждает засыхание и продлевает срок использования. Улучшенный пластиковый наконечник позволяет хранить ручку ДАЖЕ БЕЗ КОЛПАЧКА В ТЕЧЕНИЕ 5 ЛЕТ. Перед началом использования ОБЯЗАТЕЛЬНО встряхните ручку. Не оказывайте на корпус ручки повышенное физическое давление, за исключением случаев, когда ручкой давно не пользовались.</t>
   </si>
   <si>
     <t>1004910</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/26c/f306pt9j4pswey1brq6g29hx0jqmb33t.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Корректирующая лента ErichKrause Spin Manga, с автоматической фиксацией аппликатора, 5мм х 6м, ассорти  в дисплее по 18 штук </t>
   </si>
   <si>
     <t>1004962</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/58c/69qdrfraof26r0wdvmmkjapmv4a8cxhb.jpg</t>
-[...8 lines deleted...]
-    <t>1005300</t>
+    <t>http://anytos.ru//upload/iblock/d92/obxysrlpbmofm2jis2r00qtep1x8s09a.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая жидкость ОФИСМАГ, быстросохнущая, 20 мл, с кисточкой, 222079</t>
+  </si>
+  <si>
+    <t>Учебный процесс и работа, связанная с оформлением документов, не могут обойтись без ошибок и опечаток. С помощью корректирующей жидкости ОФИСМАГ легко исправлять недочеты и вносить правки. Корректор является морозоустойчивым и быстро высыхает на бумаге. Флакона объемом 20 мл хватит на продолжительное время. Кисточка позволяет легко наносить жидкость.</t>
+  </si>
+  <si>
+    <t>1005301</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d92/obxysrlpbmofm2jis2r00qtep1x8s09a.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5f9/a1ei85z37qmzq9ix2cgk0i7misas1bdo.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента ОФИСМАГ N1, 5 мм х 6 м, прозрачно-синий корпус, механизм перемотки, блистер, 272659</t>
   </si>
   <si>
     <t>Корректирующая лента ОФИСМАГ N1 предназначена для исправления печатного и рукописного текста. Подходит для использования в учебных заведениях, офисах и дома. Корректирующая лента идеально подходит тем, кто не любит ждать – после нанесения можно сразу писать по исправленному. Плотное и надежное покрытие не просвечивает. Корректировки не заметны на ксерокопиях документов. Общая длина корректирующей ленты – 6 м, ширина – 5 мм. Цвет корпуса – прозрачный, с механизмом перемотки.Поставляется в блистерной упаковке.</t>
   </si>
   <si>
     <t>1005302</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3a/xp7s9zyuztxemzaj199jk2nllnumgrey.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента ОФИСНАЯ ПЛАНЕТА, 5 мм х 6 м, корпус красный, механизм перемотки, блистер, 227593</t>
   </si>
   <si>
     <t>Корректирующая лента ОФИСНАЯ ПЛАНЕТА обеспечивает надежное исправление документов без ожидания высыхания. Оснащена механизмом подкручивания для Вашего удобства. Корректирующая лента надежно исправляет ошибки благодаря плотному корректирующему слою. Исправления не заметны на ксеро- и факс-копиях. Не крошится при письме по исправленному фрагменту. Общая длина корректирующей ленты — 6 м, ширина — 5 мм. Цвет корпуса - красный. Упаковка - блистер с европодвесом.</t>
   </si>
   <si>
     <t>1005303</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/612/0duj0bnddz99b1qn0yj4243gndtgfpes.jpg</t>
@@ -3056,89 +2834,77 @@
   <si>
     <t>1005304</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/944/4iwk0y7zwaayw1lfx46giz3u3qih2ddv.jpg</t>
   </si>
   <si>
     <t>Ручка-корректор ОФИСМАГ, 6 мл, металлический наконечник, 226817</t>
   </si>
   <si>
     <t>Ручка-корректор ОФИСМАГ идеально подходит для точных исправлений текста на любых типах бумаги. Быстросохнущая корректирующая ручка на спиртовой основе имеет компактный объем 6 мл и обладает устойчивостью к морозу. Корректор оснащен клапанным механизмом, и подача жидкости осуществляется с помощью нажатия на наконечник ручки. Самопроизвольно жидкость не вытекает из ручки. Не оказывайте на корпус ручки повышенное физическое давление, за исключением случаев, когда ручкой давно не пользовались. Перед началом использования ОБЯЗАТЕЛЬНО встряхните ручку.</t>
   </si>
   <si>
     <t>1005305</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fab/58p430ohoixti7e3vf89n0xyt326q3p9.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка-корректор ErichKrause Extra, 12мл  в тубусе по 12 штук </t>
   </si>
   <si>
     <t>1005683</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b5e/7z46uk5tdv45r3e1unddvcxncsekflof.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1dd/cvomvgkrt2nwh2asb0z12gu49vfr1o2e.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента-роллер INFORMAT 5 мм х 8 м прямой ход ленты цв.корп. голуб.</t>
   </si>
   <si>
     <t>1007016</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/174/g8jn78uxx5dybl776o0t33ofmtk2qhc2.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ef7/cud29ia0hlbrgr64st8lwalxyqvewtgd.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента-роллер INFORMAT 5 мм х 8 м прямой ход ленты цв.корп. прозр.</t>
   </si>
   <si>
     <t>1007018</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/560/auyqm2c3t3a2ajl8q8ftp4kd2vz6vdcv.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая ручка Koh-I-Noor метал.нак. 9 мл цв.корп. белый</t>
+  </si>
+  <si>
+    <t>1007021</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a33/2te686nmob233lii4j1vl07xeeckapzz.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Корректирующая лента ErichKrause Floral Soul с печатью на корпусе, 5мм х 6м, ассорти  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Корректирующая лента ErichKrause Floral Soul с печатью на корпусе, 5мм х 6м, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>1008887</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/517/wsoxv9qa8jcjdg5zqvihmr218njwpufj.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Корректирующая лента ErichKrause Floral Soul с печатью на корпусе, 5мм х 6м, ассорти  в дисплее по 24 штуки </t>
   </si>
   <si>
     <t>Корректирующая лента ErichKrause Floral Soul с печатью на корпусе, 5мм х 6м, ассорти &amp;#40;в дисплее по 24 штуки&amp;#41;</t>
   </si>
   <si>
     <t>1008888</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a34/3clu7ivcod2l4wzmyiv0331wd5hh2cxq.jpg</t>
@@ -3167,62 +2933,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/646/d8pq49s93470gjwjddf7dfy6eh6p9700.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Корректирующая лента ErichKrause Uselect Balloon Dog, с поворотным аппликатором, 5мм х 8м,  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Корректирующая лента ErichKrause Uselect Balloon Dog, с поворотным аппликатором, 5мм х 8м, &amp;#40;в блистере по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>1008891</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/295/s94j43x60e83zml3pndr2iq3ix3wq8wm.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 2 корректирующих лент ErichKrause Floral Soul с печатью на корпусе, 5мм х 6м, ассорти  в блистере </t>
   </si>
   <si>
     <t>Набор из 2 корректирующих лент ErichKrause Floral Soul с печатью на корпусе, 5мм х 6м, ассорти &amp;#40;в блистере&amp;#41;</t>
   </si>
   <si>
     <t>1008892</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5ae/ksihe6hoypywyd8eu2pz105e20ur0926.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/983/3mk66c2efkq1vq5tvw38ryj8lyntiiab.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG  quot;TRIOS quot;, 5 мм х 8 м, корпус мятно-голубой с подвесом, блистер, 273023</t>
   </si>
   <si>
     <t>Корректирующая лента BRAUBERG &amp;quot;TRIOS&amp;quot; – это отличный выбор для всех, кто много работает с документами в офисе, школе или дома. Необходима для быстрых и качественных правок как в печатных, так и в рукописных документах. С помощью корректирующей ленты BRAUBERG вы сможете легко и незаметно исправлять любые копии, тексты и документы. Она не требует времени на высыхание после нанесения, что делает её особенно удобной в использовании. Кроме того, она не оставляет следов и черных полос на документе при ксерокопировании, обеспечивая плотное и равномерное покрытие.Корректирующая лента имеет защитный шильдик и небольшие размеры – её можно удобно хранить в пенале. Общая длина ленты составляет 8 м, а ширина – 5 мм.</t>
   </si>
   <si>
     <t>1010262</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b6/17xbzbb9b2p4qv338ed6maso4j1qu4mt.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента двусторонняя BRAUBERG  quot;GRADE PASTEL quot;, 5 мм x 10 м, КОМПЛЕКТ 3 штук, 273026</t>
   </si>
   <si>
     <t>Комплект корректирующая лент BRAUBERG &amp;quot;GRADE PASTEL&amp;quot; предназначен для мгновенного исправления рукописных и печатных текстов. Прекрасные пастельные оттенки принесут радость и спрячут любые помарки. Выгодный формат упаковки – набор из 3 штук! Дизайн корпуса представлен в 3 нежных пастельных оттенках ассорти: розово-голубом, изумрудно-синем, фиолетово-желтом. Подача ленты доступна с обеих сторон корпуса. Общая длина корректирующей ленты – 10 м, ширина – 5 мм. Корректирующая лента BRAUBERG &amp;quot;GRADE PASTEL&amp;quot; позволяет экономить время на исправлении текста, быстро высыхает после нанесения, не оставляет следов и черных полос на документе при копировании или отправке по факсу. Плотное и равномерное покрытие. Идеально поместится в школьный пенал. Поставляется в блистере с европодвесом.</t>
   </si>
   <si>
     <t>1010263</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ac6/q74bk545f2pcvm6o2v19kvi6ldo08p1l.jpg</t>
@@ -3237,50 +2991,77 @@
     <t>1012210</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e27/3jck27uh4sk9idg63hp2t7p9yogmdcro.jpg</t>
   </si>
   <si>
     <t>Корректирующая лента ЭКСТРА ОФИСМАГ, 5 мм х 8 м, прозрачный корпус, блистер, 272663</t>
   </si>
   <si>
     <t>Корректирующая лента ОФИСМАГ &amp;quot;ЭКСТРА&amp;quot; – это незаменимый инструмент для тех, кто ценит свою работу и не любит тратить время на ожидание. После нанесения ленты вы можете сразу же продолжить писать поверх исправленного текста. Корректирующая лента обладает плотным и надежным покрытием, которое не просвечивает. Это позволяет легко исправлять ошибки даже на ксерокопиях документов, не оставляя следов. Общая длина ленты составляет 8 м, а ширина – 5 мм. Корпус выполнен из прозрачного пластика с красными элементами. Поставляется в блистерной упаковке.</t>
   </si>
   <si>
     <t>1012211</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/821/c7u55078liy91y4bj6qpa3yl8os6lu1l.jpg</t>
   </si>
   <si>
     <t>Ручка-корректор ОФИСМАГ, 12 мл, металлический наконечник, 225216</t>
   </si>
   <si>
     <t>Ручка-корректор ОФИСМАГ идеально подходит для точных исправлений текста на любых типах бумаги. Быстросохнущая корректирующая ручка на спиртовой основе имеет увеличенный объем 12 мл и обладает устойчивостью к морозу. Корректор оснащен клапанным механизмом, и подача жидкости осуществляется с помощью нажатия на наконечник ручки. Самопроизвольно жидкость не вытекает из ручки. Не оказывайте на корпус ручки повышенное физическое давление, за исключением случаев, когда ручкой давно не пользовались. Перед началом использования ОБЯЗАТЕЛЬНО встряхните ручку.</t>
   </si>
   <si>
     <t>1012212</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c35/571st23386m1p2biqi80fvca4uusqt0z.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая лента FUNSTER  ФАНСТЕР   quot;КАПИБАРЫ quot;, 5 мм х 5 м, КОМПЛЕКТ 6 штук, пенал с zip-замком, 273021</t>
+  </si>
+  <si>
+    <t>Корректирующая лента FUNSTER – это незаменимый помощник для мгновенного исправления рукописных и печатных текстов. Набор из 6 штук в ПВХ-пенале в трендовых пастельных дизайнах – идеальный выбор для дома, офиса или учебы. Корректирующая лента FUNSTER позволяет быстро и аккуратно вносить правки в тексты, документы и копии. Не требует времени на высыхание, что делает её особенно удобной в использовании. Лента не оставляет следов и черных полос на документе при копировании, обеспечивая плотное и равномерное покрытие.Серия корректирующих лент FUNSTER представлена в ярких и милых цветовых сочетаниях. Её компактный размер и удобная форма позволяют легко хранить ленту в пенале или подставке для канцелярских принадлежностей, а надежный колпачок обезопасит ленту от повреждений. Общая длина ленты составляет 5 м, а ширина – 5 мм. Комплект из 6 штук поставляется в ПВХ-пенале с zip-замком.</t>
+  </si>
+  <si>
+    <t>1014493</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/funster/"&gt;FUNSTER&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a7/2rq6qyrceo4hgeqrho0i129mbpsp69d6.jpg</t>
+  </si>
+  <si>
+    <t>Корректирующая лента FUNSTER  ФАНСТЕР   quot;КАПИБАРЫ quot;, 5 мм х 5 м, корпус ассорти, блистер, 273020</t>
+  </si>
+  <si>
+    <t>Корректирующая лента FUNSTER – это незаменимый помощник для мгновенного исправления рукописных и печатных текстов. Веселые и милые животные радуют глаз и делают ее идеальным выбором для использования в школе, офисе и дома. Корректирующая лента FUNSTER позволяет быстро и аккуратно вносить правки в тексты, документы и копии. Не требует времени на высыхание, что делает её особенно удобной в использовании. Лента не оставляет следов и черных полос на документе при копировании, обеспечивая плотное и равномерное покрытие.Серия корректирующих лент FUNSTER представлена в ярких и милых цветовых сочетаниях. Её компактный размер и удобная форма позволяют легко хранить ленту в пенале или подставке для канцелярских принадлежностей, а надежный колпачок обезопасит ленту от повреждений. Общая длина ленты составляет 5 м, а ширина – 5 мм. Поставляется в блистере с европодвесом.</t>
+  </si>
+  <si>
+    <t>1014494</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -3607,57 +3388,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J273"/>
+  <dimension ref="A1:J254"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G273" sqref="G273"/>
+      <selection pane="bottomRight" activeCell="G254" sqref="G254"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -3776,6131 +3557,5696 @@
       </c>
       <c r="B8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="C9" s="1"/>
+      <c r="C9" s="1" t="s">
+        <v>36</v>
+      </c>
       <c r="D9" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="G12" s="3" t="s">
         <v>50</v>
-      </c>
-[...10 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F17" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B17" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G17" s="3" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>47</v>
+        <v>73</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>67</v>
+        <v>43</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>96</v>
+        <v>14</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>96</v>
+        <v>43</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>15</v>
+        <v>102</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B24" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" s="3" t="s">
         <v>102</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>67</v>
+        <v>43</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>15</v>
+        <v>102</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>67</v>
+        <v>43</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>46</v>
+        <v>119</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>125</v>
+        <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>125</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>125</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>46</v>
+        <v>119</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>142</v>
+        <v>14</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>47</v>
+        <v>148</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>142</v>
+        <v>14</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>14</v>
+        <v>172</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>176</v>
+        <v>44</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>177</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>178</v>
       </c>
       <c r="C42" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F42" s="3" t="s">
-        <v>14</v>
+        <v>172</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>171</v>
+        <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="C43" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="C43" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>14</v>
+        <v>172</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>171</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B44" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F44" s="3" t="s">
-        <v>14</v>
+        <v>172</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="F46" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="C46" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G46" s="3" t="s">
-        <v>196</v>
+        <v>102</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="B47" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F47" s="3" t="s">
-        <v>96</v>
+        <v>193</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>47</v>
+        <v>153</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="D48" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="C48" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E48" s="3" t="s">
+      <c r="F48" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="F48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G48" s="3" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>203</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>204</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>20</v>
+        <v>173</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>67</v>
+        <v>193</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>216</v>
+        <v>193</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>125</v>
+        <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>216</v>
+        <v>193</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>176</v>
+        <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>225</v>
+        <v>193</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>176</v>
+        <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>58</v>
+        <v>232</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>225</v>
+        <v>237</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>196</v>
+        <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F57" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="F57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G57" s="3" t="s">
-        <v>176</v>
+        <v>44</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>216</v>
+        <v>193</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>216</v>
+        <v>193</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>216</v>
+        <v>193</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>216</v>
+        <v>193</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>216</v>
+        <v>193</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>262</v>
+        <v>193</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>267</v>
+        <v>193</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>268</v>
+        <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>273</v>
+        <v>193</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
         <v>274</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>275</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>277</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>273</v>
+        <v>193</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>279</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>280</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>281</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>216</v>
+        <v>193</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
         <v>282</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>283</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>284</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>285</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>216</v>
+        <v>202</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>176</v>
+        <v>286</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>216</v>
+        <v>202</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>15</v>
+        <v>173</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>216</v>
+        <v>202</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>216</v>
+        <v>202</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>15</v>
+        <v>173</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>216</v>
+        <v>202</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>176</v>
+        <v>102</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>216</v>
+        <v>231</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>15</v>
+        <v>173</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>216</v>
+        <v>14</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>216</v>
+        <v>315</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>47</v>
+        <v>102</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>216</v>
+        <v>64</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>225</v>
+        <v>202</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>322</v>
+        <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
         <v>323</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>324</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>325</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>326</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>225</v>
+        <v>193</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>196</v>
+        <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
         <v>327</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>328</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>329</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>330</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>225</v>
+        <v>202</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>196</v>
+        <v>173</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
         <v>331</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>332</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>333</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>334</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>225</v>
+        <v>202</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>196</v>
+        <v>44</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
         <v>335</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>336</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>337</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>225</v>
+        <v>193</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>125</v>
+        <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
         <v>339</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>340</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>341</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>342</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>267</v>
+        <v>193</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>196</v>
+        <v>343</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>14</v>
+        <v>237</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>171</v>
+        <v>44</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>351</v>
+        <v>237</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>125</v>
+        <v>102</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
         <v>352</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>353</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>96</v>
+        <v>202</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>15</v>
+        <v>102</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>225</v>
+        <v>43</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>15</v>
+        <v>102</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>216</v>
+        <v>14</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>225</v>
+        <v>14</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>196</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>225</v>
+        <v>43</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>47</v>
+        <v>173</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>216</v>
+        <v>202</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>378</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>216</v>
+        <v>172</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>379</v>
+        <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="B92" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="C92" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="C92" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F92" s="3" t="s">
-        <v>273</v>
+        <v>172</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="B93" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F93" s="3" t="s">
-        <v>273</v>
+        <v>172</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>125</v>
+        <v>20</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="B94" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F94" s="3" t="s">
-        <v>225</v>
+        <v>64</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>125</v>
+        <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>125</v>
+        <v>44</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>406</v>
+        <v>399</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>196</v>
+        <v>15</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>225</v>
+        <v>64</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>412</v>
+        <v>404</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>413</v>
+        <v>405</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>413</v>
+        <v>406</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>195</v>
+        <v>14</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>20</v>
+        <v>343</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>416</v>
+        <v>409</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>20</v>
+        <v>148</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>96</v>
+        <v>202</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>20</v>
+        <v>420</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>67</v>
+        <v>193</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>47</v>
+        <v>153</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>428</v>
       </c>
-      <c r="B105" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F105" s="3" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C106" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="D106" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>432</v>
       </c>
-      <c r="C106" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F106" s="3" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="B107" s="1" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>436</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>67</v>
+        <v>193</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
         <v>437</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>438</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>438</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>439</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>96</v>
+        <v>73</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
         <v>440</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>441</v>
       </c>
       <c r="C109" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E109" s="3" t="s">
         <v>442</v>
       </c>
-      <c r="D109" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F109" s="3" t="s">
-        <v>14</v>
+        <v>172</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>379</v>
+        <v>20</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="B110" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="B110" s="1" t="s">
+      <c r="C110" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E110" s="3" t="s">
         <v>445</v>
       </c>
-      <c r="C110" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F110" s="3" t="s">
-        <v>216</v>
+        <v>172</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E111" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="B111" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F111" s="3" t="s">
-        <v>216</v>
+        <v>172</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>171</v>
+        <v>20</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E112" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="B112" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F112" s="3" t="s">
-        <v>225</v>
+        <v>43</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>456</v>
+        <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>216</v>
+        <v>73</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>176</v>
+        <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>67</v>
+        <v>193</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>47</v>
+        <v>153</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>216</v>
+        <v>193</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>176</v>
+        <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>67</v>
+        <v>193</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>195</v>
+        <v>30</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>479</v>
       </c>
-      <c r="B119" s="1" t="s">
+      <c r="F119" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="C119" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G119" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B120" s="1" t="s">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>483</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>484</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>195</v>
+        <v>480</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
         <v>485</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>486</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>487</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>488</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>46</v>
+        <v>480</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
         <v>489</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>490</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>491</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>492</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>67</v>
+        <v>480</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
         <v>493</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>494</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>495</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>496</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>14</v>
+        <v>480</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>176</v>
+        <v>44</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
         <v>497</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>498</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>499</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>500</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>72</v>
+        <v>480</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
         <v>501</v>
       </c>
       <c r="B125" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="C125" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="C125" s="1" t="s">
+      <c r="D125" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>503</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F125" s="3" t="s">
-        <v>72</v>
+        <v>480</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="B126" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="C126" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>506</v>
       </c>
-      <c r="C126" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F126" s="3" t="s">
-        <v>67</v>
+        <v>480</v>
       </c>
       <c r="G126" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B127" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="C127" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>509</v>
       </c>
-      <c r="C127" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F127" s="3" t="s">
-        <v>67</v>
+        <v>480</v>
       </c>
       <c r="G127" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B128" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="C128" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="C128" s="1" t="s">
+      <c r="D128" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>513</v>
       </c>
-      <c r="D128" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F128" s="3" t="s">
-        <v>216</v>
+        <v>480</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>176</v>
+        <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="B129" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="C129" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="C129" s="1" t="s">
+      <c r="D129" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>517</v>
       </c>
-      <c r="D129" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E129" s="3" t="s">
+      <c r="F129" s="3" t="s">
         <v>518</v>
       </c>
-      <c r="F129" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G129" s="3" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
         <v>519</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>520</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>521</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>522</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>216</v>
+        <v>518</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
         <v>523</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>524</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>525</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>526</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>527</v>
+        <v>518</v>
       </c>
       <c r="G131" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="B132" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="B132" s="1" t="s">
+      <c r="C132" s="1" t="s">
         <v>529</v>
       </c>
-      <c r="C132" s="1" t="s">
+      <c r="D132" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>530</v>
       </c>
-      <c r="D132" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F132" s="3" t="s">
-        <v>527</v>
+        <v>518</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
     </row>
     <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>532</v>
       </c>
-      <c r="B133" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F133" s="3" t="s">
-        <v>527</v>
+        <v>518</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>536</v>
       </c>
-      <c r="B134" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F134" s="3" t="s">
-        <v>527</v>
+        <v>518</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
     </row>
     <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E135" s="3" t="s">
         <v>540</v>
       </c>
-      <c r="B135" s="1" t="s">
+      <c r="F135" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G135" s="3" t="s">
         <v>541</v>
-      </c>
-[...13 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="C136" s="1" t="s">
         <v>544</v>
       </c>
-      <c r="B136" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C136" s="1" t="s">
+      <c r="D136" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>545</v>
       </c>
-      <c r="D136" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F136" s="3" t="s">
-        <v>527</v>
+        <v>480</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="B137" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="B137" s="1" t="s">
+      <c r="C137" s="1" t="s">
         <v>548</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>549</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>527</v>
+        <v>480</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
         <v>550</v>
       </c>
       <c r="B138" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E138" s="3" t="s">
         <v>551</v>
       </c>
-      <c r="C138" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F138" s="3" t="s">
-        <v>527</v>
+        <v>480</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="B139" s="1" t="s">
         <v>553</v>
       </c>
-      <c r="B139" s="1" t="s">
+      <c r="C139" s="1" t="s">
         <v>554</v>
       </c>
-      <c r="C139" s="1" t="s">
+      <c r="D139" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E139" s="3" t="s">
         <v>555</v>
       </c>
-      <c r="D139" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F139" s="3" t="s">
-        <v>527</v>
+        <v>480</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="B140" s="1" t="s">
         <v>557</v>
       </c>
-      <c r="B140" s="1" t="s">
+      <c r="C140" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="C140" s="1" t="s">
+      <c r="D140" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E140" s="3" t="s">
         <v>559</v>
       </c>
-      <c r="D140" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F140" s="3" t="s">
-        <v>561</v>
+        <v>480</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="C141" s="1" t="s">
         <v>562</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="D141" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>563</v>
       </c>
-      <c r="C141" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F141" s="3" t="s">
-        <v>561</v>
+        <v>43</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>47</v>
+        <v>102</v>
       </c>
     </row>
     <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C142" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="D142" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>567</v>
       </c>
-      <c r="C142" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F142" s="3" t="s">
-        <v>561</v>
+        <v>14</v>
       </c>
       <c r="G142" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="C143" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="B143" s="1" t="s">
+      <c r="D143" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>571</v>
       </c>
-      <c r="C143" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F143" s="3" t="s">
-        <v>561</v>
+        <v>480</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="C144" s="1" t="s">
         <v>574</v>
-      </c>
-[...4 lines deleted...]
-        <v>572</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>575</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>561</v>
+        <v>480</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
         <v>576</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>577</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>578</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>579</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>561</v>
+        <v>480</v>
       </c>
       <c r="G145" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
         <v>580</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>581</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>582</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>583</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>527</v>
+        <v>480</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
     </row>
     <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
         <v>584</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>585</v>
       </c>
       <c r="C147" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E147" s="3" t="s">
         <v>586</v>
       </c>
-      <c r="D147" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F147" s="3" t="s">
-        <v>527</v>
+        <v>43</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B148" s="1" t="s">
         <v>588</v>
       </c>
-      <c r="B148" s="1" t="s">
+      <c r="C148" s="1" t="s">
         <v>589</v>
       </c>
-      <c r="C148" s="1" t="s">
+      <c r="D148" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>590</v>
       </c>
-      <c r="D148" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F148" s="3" t="s">
-        <v>527</v>
+        <v>480</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
     </row>
     <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="B149" s="1" t="s">
         <v>592</v>
       </c>
-      <c r="B149" s="1" t="s">
+      <c r="C149" s="1" t="s">
         <v>593</v>
       </c>
-      <c r="C149" s="1" t="s">
+      <c r="D149" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E149" s="3" t="s">
         <v>594</v>
       </c>
-      <c r="D149" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F149" s="3" t="s">
-        <v>527</v>
+        <v>518</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
     </row>
     <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="B150" s="1" t="s">
         <v>596</v>
       </c>
-      <c r="B150" s="1" t="s">
+      <c r="C150" s="1" t="s">
         <v>597</v>
       </c>
-      <c r="C150" s="1" t="s">
+      <c r="D150" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E150" s="3" t="s">
         <v>598</v>
       </c>
-      <c r="D150" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F150" s="3" t="s">
-        <v>527</v>
+        <v>480</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="B151" s="1" t="s">
         <v>600</v>
       </c>
-      <c r="B151" s="1" t="s">
+      <c r="C151" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>601</v>
       </c>
-      <c r="C151" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F151" s="3" t="s">
-        <v>46</v>
+        <v>119</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>125</v>
+        <v>20</v>
       </c>
     </row>
     <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="C152" s="1" t="s">
         <v>604</v>
       </c>
-      <c r="B152" s="1" t="s">
+      <c r="D152" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E152" s="3" t="s">
         <v>605</v>
       </c>
-      <c r="C152" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F152" s="3" t="s">
-        <v>14</v>
+        <v>480</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="C153" s="1" t="s">
         <v>608</v>
       </c>
-      <c r="B153" s="1" t="s">
+      <c r="D153" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E153" s="3" t="s">
         <v>609</v>
       </c>
-      <c r="C153" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F153" s="3" t="s">
-        <v>527</v>
+        <v>193</v>
       </c>
       <c r="G153" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="C154" s="1" t="s">
         <v>612</v>
       </c>
-      <c r="B154" s="1" t="s">
+      <c r="D154" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>613</v>
       </c>
-      <c r="C154" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F154" s="3" t="s">
-        <v>527</v>
+        <v>480</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="C155" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="B155" s="1" t="s">
+      <c r="D155" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>617</v>
       </c>
-      <c r="C155" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F155" s="3" t="s">
-        <v>46</v>
+        <v>480</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>47</v>
+        <v>153</v>
       </c>
     </row>
     <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="B156" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="B156" s="1" t="s">
+      <c r="C156" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="C156" s="1" t="s">
+      <c r="D156" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>621</v>
       </c>
-      <c r="D156" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F156" s="3" t="s">
-        <v>527</v>
+        <v>480</v>
       </c>
       <c r="G156" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="B157" s="1" t="s">
         <v>623</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="C157" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>624</v>
       </c>
-      <c r="C157" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F157" s="3" t="s">
-        <v>561</v>
+        <v>480</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>627</v>
       </c>
-      <c r="B158" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F158" s="3" t="s">
-        <v>527</v>
+        <v>480</v>
       </c>
       <c r="G158" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="F159" s="3" t="s">
         <v>631</v>
-      </c>
-[...13 lines deleted...]
-        <v>634</v>
       </c>
       <c r="G159" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>638</v>
+        <v>631</v>
       </c>
       <c r="G160" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>640</v>
+        <v>636</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>641</v>
+        <v>636</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>642</v>
+        <v>637</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>216</v>
+        <v>631</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>644</v>
+        <v>639</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>645</v>
+        <v>639</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>646</v>
+        <v>640</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>527</v>
+        <v>631</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>647</v>
+        <v>641</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>648</v>
+        <v>642</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>545</v>
+        <v>642</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>649</v>
+        <v>643</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>527</v>
+        <v>631</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>650</v>
+        <v>644</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>651</v>
+        <v>645</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>545</v>
+        <v>646</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>652</v>
+        <v>647</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>527</v>
+        <v>648</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>653</v>
+        <v>649</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>656</v>
+        <v>480</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>657</v>
+        <v>653</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>656</v>
+        <v>14</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
     </row>
     <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>660</v>
       </c>
-      <c r="B167" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F167" s="3" t="s">
-        <v>656</v>
+        <v>14</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
     </row>
     <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="C168" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="B168" s="1" t="s">
+      <c r="D168" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E168" s="3" t="s">
         <v>664</v>
       </c>
-      <c r="C168" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E168" s="3" t="s">
+      <c r="F168" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G168" s="3" t="s">
         <v>665</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
         <v>666</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>667</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>656</v>
+        <v>193</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>67</v>
+        <v>673</v>
       </c>
       <c r="G170" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="B171" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="F171" s="3" t="s">
         <v>673</v>
-      </c>
-[...10 lines deleted...]
-        <v>656</v>
       </c>
       <c r="G171" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>30</v>
+        <v>119</v>
       </c>
       <c r="G172" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>30</v>
+        <v>119</v>
       </c>
       <c r="G173" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>684</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>685</v>
       </c>
       <c r="F174" s="3" t="s">
         <v>686</v>
       </c>
       <c r="G174" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
         <v>687</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>688</v>
       </c>
       <c r="C175" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>689</v>
       </c>
-      <c r="D175" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F175" s="3" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="G175" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="B176" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="C176" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>692</v>
       </c>
-      <c r="C176" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F176" s="3" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="C177" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="D177" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>696</v>
       </c>
-      <c r="C177" s="1" t="s">
+      <c r="F177" s="3" t="s">
         <v>697</v>
       </c>
-      <c r="D177" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G177" s="3" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="B178" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="C178" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="C178" s="1" t="s">
+      <c r="D178" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>701</v>
       </c>
-      <c r="D178" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F178" s="3" t="s">
-        <v>14</v>
+        <v>697</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="B179" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="C179" s="1" t="s">
         <v>704</v>
       </c>
-      <c r="C179" s="1" t="s">
+      <c r="D179" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>705</v>
       </c>
-      <c r="D179" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F179" s="3" t="s">
-        <v>216</v>
+        <v>697</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>707</v>
+        <v>44</v>
       </c>
     </row>
     <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="C180" s="1" t="s">
         <v>708</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="D180" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>709</v>
       </c>
-      <c r="C180" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F180" s="3" t="s">
-        <v>216</v>
+        <v>648</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>707</v>
+        <v>20</v>
       </c>
     </row>
     <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="C181" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="D181" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>713</v>
       </c>
-      <c r="C181" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F181" s="3" t="s">
-        <v>216</v>
+        <v>648</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="C182" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="B182" s="1" t="s">
+      <c r="D182" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>717</v>
       </c>
-      <c r="C182" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F182" s="3" t="s">
-        <v>634</v>
+        <v>14</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>20</v>
+        <v>153</v>
       </c>
     </row>
     <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="B183" s="1" t="s">
         <v>719</v>
-      </c>
-[...1 lines deleted...]
-        <v>720</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>720</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>721</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>634</v>
+        <v>14</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
     </row>
     <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
         <v>722</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>723</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>142</v>
+        <v>14</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>142</v>
+        <v>697</v>
       </c>
       <c r="G185" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>731</v>
+        <v>193</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>67</v>
+        <v>193</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>67</v>
+        <v>480</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
     </row>
     <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>742</v>
+        <v>480</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>742</v>
+        <v>480</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
     </row>
     <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>742</v>
+        <v>480</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
     </row>
     <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>686</v>
+        <v>193</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>20</v>
+        <v>757</v>
       </c>
     </row>
     <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>686</v>
+        <v>193</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>20</v>
+        <v>541</v>
       </c>
     </row>
     <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>14</v>
+        <v>766</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>176</v>
+        <v>767</v>
       </c>
     </row>
     <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>764</v>
+        <v>770</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>765</v>
+        <v>771</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>14</v>
+        <v>766</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>47</v>
+        <v>665</v>
       </c>
     </row>
     <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>775</v>
+      </c>
+      <c r="F196" s="3" t="s">
         <v>766</v>
-      </c>
-[...13 lines deleted...]
-        <v>14</v>
       </c>
       <c r="G196" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>770</v>
+        <v>776</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>771</v>
+        <v>777</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>772</v>
+        <v>778</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>14</v>
+        <v>766</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>41</v>
+        <v>767</v>
       </c>
     </row>
     <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>777</v>
+        <v>783</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>686</v>
+        <v>766</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>20</v>
+        <v>767</v>
       </c>
     </row>
     <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>780</v>
+        <v>786</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>742</v>
+        <v>14</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>781</v>
+        <v>787</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>782</v>
+        <v>788</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>216</v>
+        <v>14</v>
       </c>
       <c r="G200" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>216</v>
+        <v>14</v>
       </c>
       <c r="G201" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>216</v>
+        <v>14</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>171</v>
+        <v>15</v>
       </c>
     </row>
     <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>216</v>
+        <v>14</v>
       </c>
       <c r="G203" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>527</v>
+        <v>14</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>47</v>
+        <v>343</v>
       </c>
     </row>
     <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>527</v>
+        <v>480</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
     </row>
     <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>527</v>
+        <v>14</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>176</v>
+        <v>44</v>
       </c>
     </row>
     <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>527</v>
+        <v>648</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>216</v>
+        <v>818</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>817</v>
+        <v>665</v>
       </c>
     </row>
     <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>822</v>
+      </c>
+      <c r="F209" s="3" t="s">
         <v>818</v>
       </c>
-      <c r="B209" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G209" s="3" t="s">
-        <v>822</v>
+        <v>757</v>
       </c>
     </row>
     <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
         <v>823</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>824</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>825</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>826</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>827</v>
+        <v>818</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>828</v>
+        <v>44</v>
       </c>
     </row>
     <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="C211" s="1" t="s">
         <v>829</v>
       </c>
-      <c r="B211" s="1" t="s">
+      <c r="D211" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E211" s="3" t="s">
         <v>830</v>
       </c>
-      <c r="C211" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F211" s="3" t="s">
-        <v>827</v>
+        <v>818</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>707</v>
+        <v>15</v>
       </c>
     </row>
     <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="C212" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="B212" s="1" t="s">
+      <c r="D212" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>834</v>
       </c>
-      <c r="C212" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F212" s="3" t="s">
-        <v>827</v>
+        <v>193</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
     </row>
     <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="C213" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="B213" s="1" t="s">
+      <c r="D213" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>838</v>
       </c>
-      <c r="C213" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F213" s="3" t="s">
-        <v>827</v>
+        <v>193</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>828</v>
+        <v>38</v>
       </c>
     </row>
     <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="C214" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="B214" s="1" t="s">
+      <c r="D214" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>842</v>
       </c>
-      <c r="C214" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F214" s="3" t="s">
-        <v>827</v>
+        <v>193</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>828</v>
+        <v>757</v>
       </c>
     </row>
     <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="C215" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="D215" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>846</v>
       </c>
-      <c r="C215" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E215" s="3" t="s">
+      <c r="F215" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G215" s="3" t="s">
         <v>847</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
         <v>848</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>849</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>14</v>
+        <v>818</v>
       </c>
       <c r="G216" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>14</v>
+        <v>193</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>15</v>
+        <v>757</v>
       </c>
     </row>
     <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>14</v>
+        <v>193</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>15</v>
+        <v>757</v>
       </c>
     </row>
     <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>14</v>
+        <v>193</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>379</v>
+        <v>665</v>
       </c>
     </row>
     <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>527</v>
+        <v>193</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>15</v>
+        <v>665</v>
       </c>
     </row>
     <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>14</v>
+        <v>193</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>47</v>
+        <v>757</v>
       </c>
     </row>
     <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>686</v>
+        <v>876</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>873</v>
+        <v>878</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>875</v>
+        <v>880</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>876</v>
+        <v>14</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>707</v>
+        <v>38</v>
       </c>
     </row>
     <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>876</v>
+        <v>766</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>817</v>
+        <v>232</v>
       </c>
     </row>
     <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>876</v>
+        <v>766</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
     </row>
     <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>876</v>
+        <v>766</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>15</v>
+        <v>767</v>
       </c>
     </row>
     <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>216</v>
+        <v>766</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>216</v>
+        <v>766</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>216</v>
+        <v>193</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>817</v>
+        <v>757</v>
       </c>
     </row>
     <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>216</v>
+        <v>193</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>905</v>
+        <v>44</v>
       </c>
     </row>
     <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>216</v>
+        <v>193</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>171</v>
+        <v>44</v>
       </c>
     </row>
     <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>912</v>
+        <v>743</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>876</v>
+        <v>480</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>15</v>
+        <v>767</v>
       </c>
     </row>
     <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>216</v>
+        <v>920</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>817</v>
+        <v>44</v>
       </c>
     </row>
     <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="C234" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E234" s="3" t="s">
+        <v>924</v>
+      </c>
+      <c r="F234" s="3" t="s">
         <v>920</v>
       </c>
-      <c r="D234" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G234" s="3" t="s">
-        <v>817</v>
+        <v>15</v>
       </c>
     </row>
     <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>216</v>
+        <v>876</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>707</v>
+        <v>15</v>
       </c>
     </row>
     <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>216</v>
+        <v>920</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>707</v>
+        <v>15</v>
       </c>
     </row>
     <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>216</v>
+        <v>920</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>817</v>
+        <v>102</v>
       </c>
     </row>
     <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>936</v>
+        <v>502</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>938</v>
+        <v>480</v>
       </c>
       <c r="G238" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>941</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>942</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>14</v>
+        <v>673</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
         <v>943</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>944</v>
       </c>
       <c r="C240" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E240" s="3" t="s">
         <v>945</v>
       </c>
-      <c r="D240" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F240" s="3" t="s">
-        <v>827</v>
+        <v>673</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>268</v>
+        <v>20</v>
       </c>
     </row>
     <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="B241" s="1" t="s">
         <v>947</v>
       </c>
-      <c r="B241" s="1" t="s">
+      <c r="C241" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E241" s="3" t="s">
         <v>948</v>
       </c>
-      <c r="C241" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F241" s="3" t="s">
-        <v>827</v>
+        <v>30</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="C242" s="1" t="s">
         <v>951</v>
       </c>
-      <c r="B242" s="1" t="s">
+      <c r="D242" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E242" s="3" t="s">
         <v>952</v>
       </c>
-      <c r="C242" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F242" s="3" t="s">
-        <v>827</v>
+        <v>480</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="C243" s="1" t="s">
         <v>955</v>
       </c>
-      <c r="B243" s="1" t="s">
+      <c r="D243" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E243" s="3" t="s">
         <v>956</v>
       </c>
-      <c r="C243" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F243" s="3" t="s">
-        <v>827</v>
+        <v>480</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>828</v>
+        <v>44</v>
       </c>
     </row>
     <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="C244" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="B244" s="1" t="s">
+      <c r="D244" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E244" s="3" t="s">
         <v>960</v>
       </c>
-      <c r="C244" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F244" s="3" t="s">
-        <v>827</v>
+        <v>480</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="C245" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="B245" s="1" t="s">
+      <c r="D245" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>964</v>
       </c>
-      <c r="C245" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F245" s="3" t="s">
-        <v>827</v>
+        <v>480</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>15</v>
+        <v>767</v>
       </c>
     </row>
     <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="C246" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="B246" s="1" t="s">
+      <c r="D246" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E246" s="3" t="s">
         <v>968</v>
       </c>
-      <c r="C246" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F246" s="3" t="s">
-        <v>216</v>
+        <v>480</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>817</v>
+        <v>44</v>
       </c>
     </row>
     <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="C247" s="1" t="s">
         <v>971</v>
       </c>
-      <c r="B247" s="1" t="s">
+      <c r="D247" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E247" s="3" t="s">
         <v>972</v>
       </c>
-      <c r="C247" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F247" s="3" t="s">
-        <v>216</v>
+        <v>480</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>822</v>
+        <v>44</v>
       </c>
     </row>
     <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="C248" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="B248" s="1" t="s">
+      <c r="D248" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E248" s="3" t="s">
         <v>976</v>
       </c>
-      <c r="C248" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F248" s="3" t="s">
-        <v>216</v>
+        <v>193</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
     </row>
     <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="C249" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="B249" s="1" t="s">
+      <c r="D249" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E249" s="3" t="s">
         <v>980</v>
       </c>
-      <c r="C249" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F249" s="3" t="s">
-        <v>216</v>
+        <v>193</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>47</v>
+        <v>665</v>
       </c>
     </row>
     <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="C250" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="B250" s="1" t="s">
+      <c r="D250" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E250" s="3" t="s">
         <v>984</v>
       </c>
-      <c r="C250" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F250" s="3" t="s">
-        <v>527</v>
+        <v>920</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>828</v>
+        <v>25</v>
       </c>
     </row>
     <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="B251" s="1" t="s">
         <v>986</v>
       </c>
-      <c r="B251" s="1" t="s">
+      <c r="C251" s="1" t="s">
         <v>987</v>
       </c>
-      <c r="C251" s="1" t="s">
+      <c r="D251" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E251" s="3" t="s">
         <v>988</v>
       </c>
-      <c r="D251" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F251" s="3" t="s">
-        <v>990</v>
+        <v>920</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>58</v>
+        <v>757</v>
       </c>
     </row>
     <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="C252" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="B252" s="1" t="s">
+      <c r="D252" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E252" s="3" t="s">
         <v>992</v>
       </c>
-      <c r="C252" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F252" s="3" t="s">
-        <v>990</v>
+        <v>920</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
     </row>
     <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="C253" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="D253" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E253" s="3" t="s">
         <v>996</v>
       </c>
-      <c r="C253" s="1" t="s">
+      <c r="F253" s="3" t="s">
         <v>997</v>
       </c>
-      <c r="D253" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G253" s="3" t="s">
-        <v>15</v>
+        <v>665</v>
       </c>
     </row>
     <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="B254" s="1" t="s">
         <v>999</v>
       </c>
-      <c r="B254" s="1" t="s">
+      <c r="C254" s="1" t="s">
         <v>1000</v>
       </c>
-      <c r="C254" s="1" t="s">
+      <c r="D254" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>1001</v>
       </c>
-      <c r="D254" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F254" s="3" t="s">
-        <v>938</v>
+        <v>997</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>15</v>
-[...436 lines deleted...]
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">