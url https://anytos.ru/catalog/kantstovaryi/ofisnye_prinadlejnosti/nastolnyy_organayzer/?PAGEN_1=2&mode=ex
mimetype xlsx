--- v0 (2025-10-27)
+++ v1 (2026-02-13)
@@ -12,1075 +12,1042 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2238">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2175">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2d8/o7ktv9cy2sa6574ymlkaueudl6d9wn4m.jpg</t>
-[...2 lines deleted...]
-    <t>Подставка д блок-кубиков inФОРМАТ с цв. бум. блоком 9х9х5 см  прозр. пластик: NGB4-909050 штр.: 4602723005810</t>
+    <t>http://anytos.ru//upload/iblock/d87/ox4pep9dcs5ot4yq37qz1r9vey5u8n66.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для бумажного блока СТАММ пластиковая, 90х90х50 мм, прозрачная, ПЛ61</t>
+  </si>
+  <si>
+    <t>Бокс для бумажных блоков выполнен в современном дизайне. Гладкая, полированная поверхность. Вмещает 500 листов бумаги плотностью 80 г/м2. Прочный корпус.</t>
   </si>
   <si>
     <t>Настольный органайзер</t>
   </si>
   <si>
-    <t>104051</t>
+    <t>389383</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/stamm/"&gt;Стамм&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b0/yt2wevsv4n6zo040dpc5j1oi7jit6hkl.jpg</t>
+  </si>
+  <si>
+    <t>Подставка д блок-кубиков inФОРМАТ с цв. бум. блоком 9х9х9 см  прозр. пластик: NGB4-909090 штр.: 4602723005827</t>
+  </si>
+  <si>
+    <t>Подставка с цветным бумажным блоком, 4-х цветов. Плотность бумаги 80 г/м2.</t>
+  </si>
+  <si>
+    <t>104052</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8fe/33zl6414boz3ml6aiotxpq08982s7nj2.jpg</t>
+  </si>
+  <si>
+    <t>Подставка д канц РАНТИС ЕЖИК ассорти пластик: РП 01 штр.: 4607093082744</t>
+  </si>
+  <si>
+    <t>“Ёжик” - подставка для ручек, бумаг</t>
+  </si>
+  <si>
+    <t>104069</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/rantis/"&gt;Рантис&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c8/1xg78fgzlssb73zkz77vgvf1wkp769qn.jpg</t>
+  </si>
+  <si>
+    <t>Подставка д канц СТАММ ИМИДЖ черный пластик 4 отд.: ОР31 штр.: 4620000631439</t>
+  </si>
+  <si>
+    <t>&amp;lt;p&amp;gt;&amp;nbsp;&amp;lt;/p&amp;gt;</t>
+  </si>
+  <si>
+    <t>104071</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e07/9toqzqan013na9c4d7lpk4vwp815tdwl.jpg</t>
+  </si>
+  <si>
+    <t>Подставка д канц СТАММ ПРОФИ серый пластик тониров. 6 отд.: ОР05 штр.: 4620000631231</t>
+  </si>
+  <si>
+    <t>Настольная подставка, которая может быть использована для канцелярских и пишущих принадлежностей. Она интересна тем, что имеет несколько отделений разной высоты.</t>
+  </si>
+  <si>
+    <t>104074</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ded/pctr58mllkic4vjmz0nqpr8snvpvcqn9.jpg</t>
+  </si>
+  <si>
+    <t>Подставка д канц СТАММ КАСКАД серый пластик тониров.: ОР14 штр.: 4620000631293</t>
+  </si>
+  <si>
+    <t>Подставка д/канц СТАММ КАСКАД серый пластик тониров.</t>
+  </si>
+  <si>
+    <t>116292</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bf5/9m4ujac2kedjzci3otw5qjbnt6j3nekb.jpg</t>
+  </si>
+  <si>
+    <t>Подставка д канц inФОРМАТ MINI DESK 10 отд. вращающ. черный пластик: DO08-W Bk штр.: 4602723076391</t>
+  </si>
+  <si>
+    <t>177391</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/abc/abc435fb8e13771883365367002af201.jpg</t>
+  </si>
+  <si>
+    <t>Настольная подставка  quot;Авангард quot;, черная: ОР52 штр.:  4670004011454</t>
+  </si>
+  <si>
+    <t>Настольная подставка &amp;quot;Авангард&amp;quot;, черная: ОР52 Удобный настольный органайзер для канцелярских принадлежностей с пятью секциями разной высоты для канцелярских мелочей и пишущих принадлежностей</t>
+  </si>
+  <si>
+    <t>212776</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/00e/00e1b113c416073831f43db55e12f12e.jpg</t>
+  </si>
+  <si>
+    <t>Набор настольный 4 предмета, зеленый мрамор: MBm_00003</t>
+  </si>
+  <si>
+    <t>Набор настольный 4 предмета, зеленый мрамор: MBm_00003 В набор входят: стакан для карандашей и ручек, лупа, нож для писем и подставка под шариковую ручку с часами. Батарейка для часов входит в комплект, цвет чернил шариковой ручки - синий</t>
+  </si>
+  <si>
+    <t>213289</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/delucci/"&gt;DELUCCI&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b5/5b5e1de0251875d22eddf7c603f0091d.jpg</t>
+  </si>
+  <si>
+    <t>Флаг  quot;Россия quot; с гербом, настольный: FL_3094 штр.:  4680211010942</t>
+  </si>
+  <si>
+    <t>Флаг &amp;quot;Россия&amp;quot; с гербом, настольный: FL_3094 размер полотна 21*14см&amp;lt;br/&amp;gt;материал потлотна: 100&amp;#37; полиэстер&amp;lt;br/&amp;gt;древко 30см&amp;lt;br/&amp;gt;подставка 5,5*5,5см, высота 3,5см&amp;lt;br/&amp;gt;Материал древка и подставки: пластик</t>
+  </si>
+  <si>
+    <t>214201</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae8/ae8be9f95a2bd52b56f3abe7c4aa1996.jpg</t>
+  </si>
+  <si>
+    <t>Настольная подставка  quot;Mini Desk quot;, черная: ОР70 штр.:  4670004012710</t>
+  </si>
+  <si>
+    <t>Настольная подставка &amp;quot;Mini Desk&amp;quot;, черная: ОР70 Пластиковый вращающийся настольный органайзер без наполнения 10 отделений для канцелярских принадлежностей</t>
+  </si>
+  <si>
+    <t>214796</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c85/u8ui6y29vhoz00v5apcwhqzmay0dzsyr.jpg</t>
+  </si>
+  <si>
+    <t>Набор настольный 9 предметов, зеленый мрамор: MBm_00004</t>
+  </si>
+  <si>
+    <t>В набор входят: стакан для карандашей и ручек, лупа, подставка для перекидного календаря, нож для писем, подставка для бумажного блока, степлер, подставка для визитных карточек, пепельница, подставка под шариковую ручку с часами. Батарейка для часов входит в комплект, цвет чернил шариковой ручки - синий</t>
+  </si>
+  <si>
+    <t>215628</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ada/ada1925b6030e582a5f5711f4ea8cec1.jpg</t>
+  </si>
+  <si>
+    <t>Настольная подставка  quot;FR quot;, синяя, вращающаяся: MOn00062  штр.:  4260107465515</t>
+  </si>
+  <si>
+    <t>Настольная подставка &amp;quot;FR&amp;quot;, синяя, вращающаяся: MOn00062&amp;nbsp;&amp;nbsp;Оригинальный дизайн, модная комбинация разных фактур пластика &amp;#40;глянцевой и матовой&amp;#41;. Подставка вращается на 360°. Выполнена из полупрозрачного пластика синего цвета. Без наполнения.</t>
+  </si>
+  <si>
+    <t>215683</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e9/3e98a959ff2a2605eb63389c6121c23b.jpg</t>
+  </si>
+  <si>
+    <t>Настольная подставка  quot;Авангард quot; Intensive, ассорти: ОР55 штр.:  4670004017036</t>
+  </si>
+  <si>
+    <t>Яркий и удобный настольный органайзер для канцелярских принадлежностей с пятью секциями разной высоты для канцелярских мелочей и пишущих принадлежностей</t>
+  </si>
+  <si>
+    <t>216636</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/047/047fd6c1b20190f378b0a6733015a161.jpg</t>
+  </si>
+  <si>
+    <t>Подставка под ручку с диспенсером для скрепок, зеленый мрамор: MBm_00001</t>
+  </si>
+  <si>
+    <t>216935</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87f/87f883f11cb9e564312c325edeeff08f.jpg</t>
+  </si>
+  <si>
+    <t>Куб вращающийся с часами, термометром, гигрометром, зеленый мрамор: MBm_00006 штр.:  4606782162590</t>
+  </si>
+  <si>
+    <t>Куб вращающийся с часами, термометром, гигрометром, зеленый мрамор: MBm_00006</t>
+  </si>
+  <si>
+    <t>218319</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ed/1ede72a43cd7a66f1ca8494eeab79d0a.jpg</t>
+  </si>
+  <si>
+    <t>Настольная подставка  quot;Авангард quot;, серая: ОР51 штр.:  4670004011447</t>
+  </si>
+  <si>
+    <t>Настольная подставка &amp;quot;Авангард&amp;quot;, серая: ОР51</t>
+  </si>
+  <si>
+    <t>220413</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/499/4998dddc97508eb7cc025728bdea6252.jpg</t>
+  </si>
+  <si>
+    <t>Подставка под календарь пластиковая, черная: ПК01 штр.:  4607048502280</t>
+  </si>
+  <si>
+    <t>Подставка под календарь пластиковая, черная: ПК01</t>
+  </si>
+  <si>
+    <t>235326</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/717/717f39f3cd0d4347ee50424dcf264f7e.jpg</t>
+  </si>
+  <si>
+    <t>Подставка под календарь пластиковая, светло-серая: ПК06 штр.:  4620000631781</t>
+  </si>
+  <si>
+    <t>Подставка под календарь пластиковая, светло-серая: ПК06</t>
+  </si>
+  <si>
+    <t>235411</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f46/f46bd215082e0361389887a800498bd1.jpg</t>
+  </si>
+  <si>
+    <t>Настольная подставка  quot;Каскад quot;, черная: ОР11 штр.:  4620000631262</t>
+  </si>
+  <si>
+    <t>Настольная подставка &amp;quot;Каскад&amp;quot;, черная: ОР11</t>
+  </si>
+  <si>
+    <t>235598</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c94/c9400eee4613feaf5824640c3879eec0.jpg</t>
+  </si>
+  <si>
+    <t>Настольная подставка  quot;Каскад quot;, тонированная серая: ОР14 штр.:  4620000631293</t>
+  </si>
+  <si>
+    <t>Настольная подставка &amp;quot;Каскад&amp;quot;, тонированная серая: ОР14</t>
+  </si>
+  <si>
+    <t>235599</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7d8/7d8d68a22df9014c190b23c3b2b47e96.jpg</t>
+  </si>
+  <si>
+    <t>Настольная подставка  quot;Юниор quot;, черная: ОР21 штр.:  4620000631330</t>
+  </si>
+  <si>
+    <t>Настольная подставка &amp;quot;Юниор&amp;quot;, черная: ОР21</t>
+  </si>
+  <si>
+    <t>235799</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/889/889a350f140cc3ddc03dff84aef0df61.jpg</t>
+  </si>
+  <si>
+    <t>Настольная подставка  quot;Имидж quot;, черная: ОР31 штр.:  4620000631439</t>
+  </si>
+  <si>
+    <t>Настольная подставка &amp;quot;Имидж&amp;quot;, черная: ОР31</t>
+  </si>
+  <si>
+    <t>235800</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2e9/2e9d59892e84085516b2faca457f4eaf.jpg</t>
+  </si>
+  <si>
+    <t>Флаг  quot;Россия quot; настольный: FL_3097 штр.:  4680211010973</t>
+  </si>
+  <si>
+    <t>Флаг &amp;quot;Россия&amp;quot; настольный: FL_3097 размер полотна 21*14см&amp;lt;br/&amp;gt;материал потлотна: 100&amp;#37; полиэстер&amp;lt;br/&amp;gt;древко 30см&amp;lt;br/&amp;gt;подставка 5,5*5,5см, высота 3,5см&amp;lt;br/&amp;gt;Материал древка и подставки: пластик</t>
+  </si>
+  <si>
+    <t>236559</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dff/dff5d5effd3200e9a34bc0491890cd11.jpg</t>
+  </si>
+  <si>
+    <t>Настольный органайзер  quot;Офисный quot; 13 предметов, черный, вращающаяся подставка: SS154_3181 205592 штр.:  4680211011819</t>
+  </si>
+  <si>
+    <t>Настольный органайзер &amp;quot;Офисный&amp;quot; 13 предметов, черный, вращающаяся подставка: SS154_3181/205592 Настольный органайзер, 13 предметов, сделан из черного пластика, с вращающейся подставкой</t>
+  </si>
+  <si>
+    <t>236602</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/65f/65fa97895d7da8ba721b745e1dab6bd5/b71f72323632d386c8eae3d555148d00.jpg</t>
+  </si>
+  <si>
+    <t>Вертикальный накопитель для бумаг, металл. сетка, ширина 72мм серебро  штр.  6933902017910</t>
+  </si>
+  <si>
+    <t>Лоток для бумаг металлический, сетка.&amp;lt;br /&amp;gt;Цвет: серебрянный&amp;lt;br /&amp;gt;Размер изделия: 250x72x315 мм</t>
+  </si>
+  <si>
+    <t>248970</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e7/5e7342e3bd1fd58d8fc7f817e0c1fe04/3d0b05c3765ebb7adf5e3b825933eda1.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лоток для бумаг горизонтальный Attache  2 уровня, металлическая сетка, 356x278x53 мм, серебро </t>
+  </si>
+  <si>
+    <t>Лоток для бумаг&amp;nbsp;&amp;nbsp;двухуровневый металлический, сетка.&amp;lt;br /&amp;gt;Цвет: серебрянный.&amp;lt;br /&amp;gt;Размер изделия: 295х365х205 мм</t>
+  </si>
+  <si>
+    <t>248971</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a51/a51478198fb89dfb3d893ef4fa837957/9c5a6aa63c6b9425779cdd735ea97cf7.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лоток для бумаг горизонтальный Attache  3 секции, металлическая сетка, высота 267 мм, серебро </t>
+  </si>
+  <si>
+    <t>Лоток для бумаг 3-секционный горизонтальный.&amp;lt;br /&amp;gt;Выполнен из металлической сетки серебряного цвета.&amp;lt;br /&amp;gt;Размер &amp;#40;ДхШхВ&amp;#41;: 355х295х267 мм.</t>
+  </si>
+  <si>
+    <t>248972</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b6/3b67d8ec82891716379dd0bbbb2ed2fd/1b457338cd7d3c17cb38ac72dae50670.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лоток для бумаг горизонтальный поперечный Attache  металлическая сетка, высота 80 мм, серебро </t>
+  </si>
+  <si>
+    <t>Лоток для бумаг металлический, сетка.&amp;lt;br /&amp;gt;Цвет: серебрянный&amp;lt;br /&amp;gt;Размер изделия: 360x248x80 мм</t>
+  </si>
+  <si>
+    <t>248974</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/39f/39fd5653837fb4ea689d3fc5f753785f/d5927a6c4df4b8bb9d41d4010be07388.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лоток для бумаг горизонтальный Attache  металлическая сетка, высота 75 мм, серебро </t>
+  </si>
+  <si>
+    <t>Лоток для бумаг металлический.&amp;lt;br /&amp;gt;Цвет: серебрянный&amp;lt;br /&amp;gt;Размер изделия: 365х75х490 мм</t>
+  </si>
+  <si>
+    <t>248975</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/882/8822d89e25cb52147f73cc8cb2cc2dba/e4b4c86b44d5e01975c75ca13d58d654.jpg</t>
+  </si>
+  <si>
+    <t>Лоток для бумаг горизонт., металл. сетка, выс.83мм,  серебро  штр.  6933902011949</t>
+  </si>
+  <si>
+    <t>Лоток для бумаг металлический, сетка, надстраиваемый.&amp;lt;br /&amp;gt;Цвет: серебрянный&amp;lt;br /&amp;gt;Размер изделия: 340х268х83</t>
+  </si>
+  <si>
+    <t>248976</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/451/451e67e2ff5eba5d3ae063269c572e4a/fcc7dbbdf9de6016d47032e0924d26ea.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка для бумаг и писем Attache  3 секции, металлическая сетка, высота 135 мм, серебро </t>
+  </si>
+  <si>
+    <t>Подставка для бумаг металлическая, сетка.&amp;lt;br /&amp;gt;Цвет: серебрянный&amp;lt;br /&amp;gt;Размер изделия: 173х83х135 мм</t>
+  </si>
+  <si>
+    <t>248977</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/635/6351f2cd5d7e70863feb6631eb4be0af/4885180058faddcac046fe6f5829123c.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка для канцелярских принадлежностей Attache Башня  4 секции, металлическая сетка, 160х110х80 мм, серебро </t>
+  </si>
+  <si>
+    <t>Подставка для письменных принадлежностей &amp;quot;Башня&amp;quot; металлическая, сетка.&amp;lt;br /&amp;gt;Цвет: серебрянный.&amp;lt;br /&amp;gt;Размер изделия &amp;#40;ДхШхВ&amp;#41;: 160х80х110 мм</t>
+  </si>
+  <si>
+    <t>248978</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e5/cls5924umd5mmi1j4in9f68wwctfrhqu.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка для письменных принадлежностей и писем Attache  4 секции, металлическая сетка, 145х130х128 мм, серебро </t>
+  </si>
+  <si>
+    <t>Подставка Attache позволит держать в порядке бумажную почту, конверты, открытки, а также принадлежности для письма. Эргономичная подставка-органайзер с 4 отделениями выполнена из легкой металлической сетки серебристого цвета. Будет стильно выглядеть на рабочем столе, особенно в сочетании с другими элементами коллекции из металла - лотками для бумаг, вертикальными накопителями. Размер подставки: 145x130x128 мм. Поставляется без наполнения. Не является вращающейся.</t>
+  </si>
+  <si>
+    <t>248979</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb2/cb2c21628b91da37b1a4348bf15258db/408e95d656bd92f188e0cedb5e85c4d5.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для письменных принадлежностей диаметр 115 nbsp-мм высота 141 nbsp-мм металлическая сетка серебристая</t>
+  </si>
+  <si>
+    <t>Подставка для письменных принадлежностей в форме стакана металлическая, сетка.&amp;lt;br /&amp;gt;Цвет: серебрянный.&amp;lt;br /&amp;gt;Диаметр: 115 мм&amp;lt;br /&amp;gt;Высота: 141 мм</t>
+  </si>
+  <si>
+    <t>248980</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c3b/c3b98a982d95b64e5b58a7c8472caacb.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для письменных принадлежностей диаметр 89 nbsp-мм высота 100 nbsp-мм металлическая сетка серебристая</t>
+  </si>
+  <si>
+    <t>Подставка для письменных принадлежностей в форме стакана металлическая, сетка.&amp;lt;br /&amp;gt;Цвет: серебрянный.&amp;lt;br /&amp;gt;Диаметр: 89 мм&amp;lt;br /&amp;gt;Высота: 100 мм</t>
+  </si>
+  <si>
+    <t>248981</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a67/ctu3u7krffccov73cl7jgr4bza4z4h8l.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка для письменных принадлежностей Attache  квадратная, 101х101х138 мм, металлическая сетка, серебро </t>
+  </si>
+  <si>
+    <t>Подставка для письменных принадлежностей в форме стакана металлическая, квадратное основание, сетка.&amp;lt;br /&amp;gt;Цвет: серебрянный.&amp;lt;br /&amp;gt;Размер изделия &amp;#40;ДхШхВ&amp;#41;: 101x101x138 мм</t>
+  </si>
+  <si>
+    <t>248982</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d5b/d5b40b0c16b969aaf53f9f8da3339172/4f748eb011dce1f420970c926f05715d.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подставка для письменных принадлежностей Attache  квадратная, 80х80х98 мм, металлическая сетка, серебро </t>
+  </si>
+  <si>
+    <t>Подставка для письменных принадлежностей в форме стакана металлическая, квадратное основание, сетка.&amp;lt;br /&amp;gt;Цвет: серебрянный.&amp;lt;br /&amp;gt;Размер изделия &amp;#40;ДхШхВ&amp;#41;: 80х80х98 мм&amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>248983</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b3/v630w7fe5k7j67z7bfc26afa9hnwof9l.jpg</t>
+  </si>
+  <si>
+    <t>Набор настольный Оптима 10 nbsp-предметов черный</t>
+  </si>
+  <si>
+    <t>Настольный набор «Оптима» выполнен из пластика черного цвета. Включает 10 предметов: 3 шариковых ручки &amp;#40;синяя, черная, красная&amp;#41;, карандаш с ластиком, 2 текстовыделителя, перманентный маркер, бумагу для заметок, точилку, подставку.</t>
+  </si>
+  <si>
+    <t>248984</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/02d/02dc2a026e4fafd40dccc5123cc41609/b674f7fe96ccfdc963ddd20b48f1e88c.jpg</t>
+  </si>
+  <si>
+    <t>Набор настольный ATTACHE JC803 черный, вращающийся штр.  4690432007188, 6939540587617, 6953070938336, 6953070938343, 942140587617</t>
+  </si>
+  <si>
+    <t>Настольный набор Attache выполнен из пластика в черном цвете. Имеет вращающуюся на 360 градусов основу. Настольный набор комплектуется 2 карандашами с ластиком, 2 ручками, канцелярским ножом, точилкой, ластиком, ножницами, линейкой, степлером &amp;#8470- 10, силовыми кнопками, скобами &amp;#8470- 10 и скрепками, подставкой. Всего 14 предметов.</t>
+  </si>
+  <si>
+    <t>248998</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/14b/14b223b1b80843a2ef41e89a71a55a6b/193250fdfb7fc8ded14a354e30e4e07d.jpg</t>
+  </si>
+  <si>
+    <t>Набор настольный ATTACHE JC805 черный вращающийся штр.  4690432008765, 6939540587631, 6953070938275, 6953070938282</t>
+  </si>
+  <si>
+    <t>Настольный набор Attache JC805 выполнен из пластика в черном цвете. Имеет вращающуюся на 360 градусов основу. Настольный набор комплектуется 2 карандашами с ластиком, 2 шариковыми ручками, канцелярским ножом, точилкой, ножницами, ластиком, блоком бумаги для заметок, линейкой, клейкой лентой на диспенсере, степлером &amp;#8470- 10, подставкой, силовыми кнопками, скобами &amp;#8470- 10, антистеплером и скрепками.</t>
+  </si>
+  <si>
+    <t>248999</t>
+  </si>
+  <si>
     <t>24</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5b0/yt2wevsv4n6zo040dpc5j1oi7jit6hkl.jpg</t>
-[...571 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/566/5668610da9992ffd26c63b8e2c6beadb/ff69316c4ed37309eb5f03d2f833cbdd.jpg</t>
   </si>
   <si>
     <t>Набор настольный ATTACHE JC806 черный штр.  4690432008789, 6939540587655, 6953070938312, 6953070938329</t>
   </si>
   <si>
     <t>Настольный набор Attache JC806 круглой формы изготовлен из черного пластика. Имеет вращающуюся на 360 градусов основу. Настольный офисный набор комплектуется &amp;#40;фактически 14 предметами, по наименованию 12 предметми&amp;#41;: ножницами, двумя карандашами с ластиком, канцелярским ножом, двумя шариковыми ручками, ластиком, линейкой, скобами для степлера &amp;#8470- 10, точилкой, степлером &amp;#8470- 10, силовыми кнопками, скрепками и подставкой. Всего 14 предметов.</t>
   </si>
   <si>
     <t>249000</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6a9/mqdweblh4q4kz089j1jdrjfjqddqevqe.jpg</t>
   </si>
   <si>
     <t>Набор настольный ATTACHE JC848 черный штр.  4690432008772, 6939540587648, 6953070938299, 6953070938305</t>
   </si>
   <si>
     <t>Настольный набор Attache JC848 прямоугольной формы изготовлен из черного пластика. Имеет вращающуюся на 360 градусов основу. Настольный набор комплектуется ножницами, двумя карандашами с ластиком, канцелярским ножом, двумя шариковыми ручками, линейкой, скобами для степлера, точилкой, степлером, силовыми кнопками, закладками, скрепками и подставкой. Всего 15 предметов.</t>
   </si>
   <si>
     <t>249001</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c89/c89a053233203c0e6ffdfe5ac7bb12cd.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/369/369e9b1fb8efa4a13903ca9898550fde/b481af9264b4e22bee4b5832bad4d46e.jpg</t>
   </si>
   <si>
     <t>Настольный набор Attache черный фуксия 10 предметов вращающийся</t>
   </si>
   <si>
     <t>Настольный набор Attache выполнен высококачественного пластика двух цветов - черного и фуксия. Имеет вращающуюся на 360 градусов основу. В комплект входят: подставка, ножницы, линейка, степлер, скобы, нож, ластик, скрепки, механический карандаш, механическая шариковая ручка.</t>
   </si>
   <si>
     <t>249008</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fe4/fe4e9749fdc52d3f3e63f0d9c0adff82/62838810a46fbef63ddff1273c806cf8.jpg</t>
-[...11 lines deleted...]
-    <t>&lt;a href="/brands/uniplast/"&gt;Uniplast&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/fa9/fa9041838e14ed292375a58806b49256/75e4d4547c682ae2b1fc05f3fb6dc236.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для канцеляр.мелочей СТАММ Авангард 5 отдел. черный ОР52 штр.  4670004011454</t>
+  </si>
+  <si>
+    <t>Подставка для канцелярских мелочей «Авангард» с гладкой полированной поверхностью выполнена из полистирола черного цвета. Состоит из 5 отделений, предназначенных для визиток, канцелярских принадлежностей, листов для записей. Размер - 13,2-12,2-10,8 см.</t>
+  </si>
+  <si>
+    <t>249016</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/81d/81d871331a67f12c34734129ccf05b7d/464db1654142b38413f1a8fd1ef8fe6d.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для канцеляр.мелочей СТАММ Авангард 5 отдел.серый ОР51 штр.  4670004011447</t>
+  </si>
+  <si>
+    <t>Подставка для канцелярских мелочей «Авангард» с гладкой полированной поверхностью выполнена из полистирола серого цвета. Состоит из 5 отделений для визиток, канцелярских принадлежностей, листов для записей. Размер - 13,2-12,2-10,8 см.</t>
+  </si>
+  <si>
+    <t>249017</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/734/734eb786b867b68248ffac3a8cbceace/9fde82ded8c27ab4a070f01a0697d466.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для канцеляр.мелочей СТАММ Метеор, черная, ОФ 555 штр.  4650066309171</t>
+  </si>
+  <si>
+    <t>Подставка для канцелярских мелочей «Стамм Метеор» с гладкой поверхностью выполнена из полипропилена черного цвета. Состоит из 5 удобных отделений для визиток, пишущих принадлежностей, листов для записей. Размер - 11,8-11,8-9,7 см. Коллекция «В каждый офис».</t>
+  </si>
+  <si>
+    <t>249018</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/80f/80fe4a79a1eb28eb8c3d5aa5d31729b7/3224cd276b5e9015770bb24984e0de6c.jpg</t>
+  </si>
+  <si>
+    <t>Подставка канцеляр.мелочей СТАММ ПРОФИ, 7 отдел.черный ОР-01 штр.  4620000631194</t>
+  </si>
+  <si>
+    <t>Подставка для канцелярских мелочей и пишущих принадлежностей «Стамм Профи» изготовлена из экологичного пластика черного цвета. Состоит из 6 отделений, включая отдельный отсек для блока бумаги. Размеры: диаметр 130 мм, высота 90 мм.</t>
+  </si>
+  <si>
+    <t>249027</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2cb/2cb17399c53a68bb576158ba800e2228/be139ee37cc9e8ebfb0666fed87777e4.jpg</t>
+  </si>
+  <si>
+    <t>Подставка стакан Attache City, прозр.белый штр.  1644012889353, 4630012889353</t>
+  </si>
+  <si>
+    <t>Подставка для канцелярских мелочей Attache City изготовлена из прозрачного пластика белого цвета. Имеет одно отделение для различных пишущих принадлежностей. Размер - 7-7х10 см. Сочетается с другими канцелярскими принадлежностями из серии Attache City.</t>
+  </si>
+  <si>
+    <t>249028</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/86a/86a48817cd0c7e37d580bdf0417b01c2/c67beff7e95ded773d2a57461c56120f.jpg</t>
+  </si>
+  <si>
+    <t>Подставка стакан Attache City, черный штр.  4630012889384</t>
+  </si>
+  <si>
+    <t>Подставка для канцелярских мелочей изготовлена из непрозрачного черного пластика. Состоит из одного отделения для различных пишущих принадлежностей. Размер - 7-7х10 см. Сочетается с другими канцелярскими принадлежностями из серии Attache City.</t>
+  </si>
+  <si>
+    <t>249031</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e56/e5601fa743bcde060849fca39e0b1b3c/398f1d9dafbd95f423c58c2e23fc2443.jpg</t>
+  </si>
+  <si>
+    <t>Подставка стакан СТАММ Офис черный, ОФ 777 штр.  4650066309188</t>
+  </si>
+  <si>
+    <t>Подставка для канцелярских мелочей «Стамм Офис» с гладкой поверхностью выполнена из полипропилена черного цвета. Имеет прочный и устойчивый корпус. Размер - 7-7x9 см. Коллекция «В каждый офис».</t>
+  </si>
+  <si>
+    <t>249036</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4d5/4d5feb37d405d7ec458629f0c2ac0a25/df4e3c5c3bcbbf0db560964d4942a69e.jpg</t>
+  </si>
+  <si>
+    <t>Подставка стакан для ручек  Эконом  ч рный, 3 шт упк штр.  4680237035530, 4680237035615</t>
+  </si>
+  <si>
+    <t>Современный, оригинальный дизайн, широкая цветовая гамма. Изделия предназначены для оптимизации рабочего места: хранение ручек, карандашей, фломастеров и другой подобной канцелярской&amp;nbsp;&amp;nbsp;продукции.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp; Прекрасно сочетаются с другими изделиями из линейки: вертикальный накопитель арт.517149, лоток для бумаг горизонтальный арт.517148.</t>
+  </si>
+  <si>
+    <t>249037</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/556/5565cc76bb49d1e50ca00316a5aea8d2/46de6a01ac020e740d5ae855ece73629.jpg</t>
+  </si>
+  <si>
+    <t>Подставка стакан для ручек Attache, белый штр.  4680010107447</t>
+  </si>
+  <si>
+    <t>Подставка для канцелярских мелочей Attache выполнена из экологически чистого полистирола белого цвета. Используется для размещения письменных принадлежностей. Размер - 7-7x10 см.</t>
+  </si>
+  <si>
+    <t>249038</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a7b/a7b64dc3cbf9d75494f37ea96bcbb305/d079e361cd06b4d8a4613b038c4a1698.jpg</t>
+  </si>
+  <si>
+    <t>Подставка стакан для ручек Attache, голубой штр.  4680010107652</t>
+  </si>
+  <si>
+    <t>Подставка для канцелярских мелочей изготовлена из экологически чистого полистирола голубого цвета. Используется для размещения пишущих принадлежностей. Размер - 7-7x10 см.</t>
+  </si>
+  <si>
+    <t>249039</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85c/85c313a4db14915fa0ee954c104a2a03/0c10f26178f0b0d53ca637999d72edec.jpg</t>
+  </si>
+  <si>
+    <t>Подставка стакан для ручек Attache, розовый штр.  4480010109645, 4680010107645, 4680072107645</t>
+  </si>
+  <si>
+    <t>Подставка для канцелярских мелочей изготовлена из экологически чистого полистирола розового цвета. Используется для размещения письменных принадлежностей. Размер - 7-7x10 см.</t>
+  </si>
+  <si>
+    <t>249040</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/03a/03a2093aaea29de65484227694888f30/37ccff74e1cb9d2ce2c3a2aeb42abfc5.jpg</t>
+  </si>
+  <si>
+    <t>Подставка стакан для ручек Attache, синий штр.  4680010107430</t>
+  </si>
+  <si>
+    <t>Подставка для канцелярских мелочей Attache изготовлена из полистирола синего цвета. Предназначена для пишущих принадлежностей. Размер - 7-7x10 см.</t>
+  </si>
+  <si>
+    <t>249041</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf3/cf3be407c40f8e79676e4530249b64b4/1b6c9c084fe25ddadc1c73dfe71a01b4.jpg</t>
+  </si>
+  <si>
+    <t>Подставка стакан для ручек Attache, черный штр.  2000200043935, 4620006030861, 4690432001773</t>
+  </si>
+  <si>
+    <t>Подставка для канцелярских мелочей Attache выполнена из полистирола черного цвета. Размер - 7-7х10 см. Используется для различных письменных принадлежностей.</t>
+  </si>
+  <si>
+    <t>249042</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f97/gltg8aia0bd507l2plf2wjo3pa5zaqoj.jpg</t>
+  </si>
+  <si>
+    <t>Подставка д канц inФОРМАТ АВАНГАРД 5 отд. черный пластик: DO09-W Bk штр.: 4602723081173</t>
+  </si>
+  <si>
+    <t>278004</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a5e/a5e6d2eb2937af8240ef8a0bf818048d/97366754f8b1ced77f4cc3cea8638fc5.jpg</t>
+  </si>
+  <si>
+    <t>Подставка стакан для ручек Attache, зеленый 970829</t>
+  </si>
+  <si>
+    <t>Подставка стакан для ручек Attache, зеленый</t>
+  </si>
+  <si>
+    <t>335421</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b4b/b4ba0a652b6eac6c6058d6bd28d65d72.jpg</t>
+  </si>
+  <si>
+    <t>Настольная подставка Стамм  quot;Профи quot;, тонированный серый: ОР05 штр.: 4620000631231</t>
+  </si>
+  <si>
+    <t>Объемные, удобно расположенные секции разной высоты, гладкая глянцевая поверхность, 6 отделений для канцелярских мелочей и пишущих принадлежностей, визиток и листков для записей. Прочный корпус подставки.</t>
+  </si>
+  <si>
+    <t>337487</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f9c/f9cc3b9415d19917d6b6bf8a57dd765d.jpg</t>
+  </si>
+  <si>
+    <t>Настольный органайзер OfficeSpace  quot;Витраж quot;, 11 предметов, вращающийся, черный цветной: SS158_3183  205594 штр.: 4680211011833</t>
+  </si>
+  <si>
+    <t>337491</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4af/4afb42cf785ba847ab042af278ccef32.jpg</t>
+  </si>
+  <si>
+    <t>Настольный органайзер OfficeSpace  quot;Карусель quot;, 12 предметов, вращающийся, черный: SS155_3194  205593 штр.: 4680211011949</t>
+  </si>
+  <si>
+    <t>337492</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/179/179b05416cfde61e041f7aa8fc2c4179.jpg</t>
+  </si>
+  <si>
+    <t>Настольный органайзер OfficeSpace  quot;Русские горки quot;, 12 предметов, вращающийся, черный: SS156_3180  205595 штр.: 4680211011802</t>
+  </si>
+  <si>
+    <t>337493</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/838/83889ec2a5bc808ceb3740c3002fe95d.jpg</t>
+  </si>
+  <si>
+    <t>Настольный органайзер OfficeSpace  quot;Минидеск quot;, 10 предметов, вращающийся, черный SS153_3179  205590</t>
+  </si>
+  <si>
+    <t>Настольный органайзер, 10 предметов, сделан из черного пластика, с вращающейся подставкой</t>
+  </si>
+  <si>
+    <t>339466</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/65a/65aba37c0f88cb5bbfac6c7d0ad98a53.jpg</t>
+  </si>
+  <si>
+    <t>Настольная подставка-держатель ArtSpace  quot;Ежик quot;, ассорти 263719</t>
+  </si>
+  <si>
+    <t>Настольная подставка для ручек, карандашей, бумаг. В ассортименте 6 цветов.</t>
+  </si>
+  <si>
+    <t>351315</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/336/336ad99af56d72d9042df1855d9b580c.jpg</t>
+  </si>
+  <si>
+    <t>Настольный набор из металла Berlingo  quot;Steel Style quot;, 4 предмета, серебристый BMs_41401</t>
+  </si>
+  <si>
+    <t>Стильный и функциональный набор из 4 предметов. Предметы изготовлены из металлической сетки. Упаковка в лакированную коробку. У всех подставок в наборе имеются мягкие подушечки на дне, предотвращающие скольжение и повреждения поверхности. Серебристый цвет. Прочный корпус из высококачественного металла. Сетчатое исполнение предотвращает образование пыли внутри. В комплект набора входят 4 предмета: подставка-органайзер для пишуших принадлежностей, подставка для бумаг и писем, 3-х секционная, подставка для бумажного блока размером 100х100 мм, подставка-органайзер 2-х секционная.</t>
+  </si>
+  <si>
+    <t>354710</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d7/9d709a3810103fa73214579a09dc004f.jpg</t>
+  </si>
+  <si>
+    <t>Настольный набор из металла Berlingo  quot;Steel Style quot;, 4 предмета, черный BMs_41402</t>
+  </si>
+  <si>
+    <t>Стильный и функциональный набор из 4 предметов. Предметы изготовлены из металлической сетки. Упаковка в лакированную коробку. У всех подставок в наборе имеются мягкие подушечки на дне, предотвращающие скольжение и повреждения поверхности. Черный цвет. Прочный корпус из высококачественного металла. Сетчатое исполнение предотвращает образование пыли внутри. В комплект набора входят 4 предмета: подставка-органайзер для пишуших принадлежностей, подставка для бумаг и писем, 3-х секционная, подставка для бумажного блока размером 100х100 мм, подставка-органайзер 2-х секционная.</t>
+  </si>
+  <si>
+    <t>354711</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/069/069a49f5cd65e6e55f4df4591715f4cf.jpg</t>
+  </si>
+  <si>
+    <t>Настольный органайзер Berlingo  quot;Satellite quot;, 9 предметов, черно-красный. MOn_09131</t>
+  </si>
+  <si>
+    <t>Стильный дизайн. Материал - пластик. Качественное наполнение из 9 предметов: линейка, офисный нож, шариковая автоматическая ручка, механический карандаш, ластик, ножницы, степлер, скобы №10, скрепки.</t>
+  </si>
+  <si>
+    <t>355132</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/257/25785c0fc29ce857215cc7675a09f93d.jpg</t>
+  </si>
+  <si>
+    <t>Настольная подставка Berlingo  quot;Steel Style quot;, металлическая, в виде сердца, 3 секции, розовая. BMs_41125</t>
+  </si>
+  <si>
+    <t>Стильная и элегантная металлическая подставка-органайзер, выполненная в форме сердца. Практичная и функциональная конструкция предназначена для хранения различных канцелярских принадлежностей. Может послужить отличным подарком. Прочный корпус из высококачественного металла. Сетчатое исполнение предотвращает образование пыли внутри.</t>
+  </si>
+  <si>
+    <t>355313</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3f4/3f47e03c43065ce936135ffae324bca2.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-стакан Berlingo  quot;Steel Style quot;, металлическая, круглая, зеленая. BMs_41103</t>
+  </si>
+  <si>
+    <t>Стильная и практичная металлическая подставка-органайзер для хранения канцелярских принадлежностей. Прочный корпус из высококачественного металла. Яркий зеленый цвет. Прочный корпус из высококачественного металла. Сетчатое исполнение предотвращает образование пыли внутри.</t>
+  </si>
+  <si>
+    <t>355323</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e5/5e5a5dffb72b541e967962bb6514edcf.jpg</t>
+  </si>
+  <si>
+    <t>Настольная подставка Стамм  quot;Field. Voyage. Berlin quot;, голубой. ОР710</t>
+  </si>
+  <si>
+    <t>Подставка -органайзер для канцелярских мелочей и пишущих принадлежностей. Оригинальный дизайн. Небольшая высота делает органайзер удобным для размещения в ящике рабочего стола. Имеет 7 отделений разных размеров. Материал - серитифицированный полистирол.</t>
+  </si>
+  <si>
+    <t>368091</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dc4/dc4ed8d812cb4084e8c6cc4580d8f9b2/ab9a8862b658a028ef581b33a165b511.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для канцеляр. мелочей Attache вращ-я minidesk 10отд чер</t>
+  </si>
+  <si>
+    <t>376867</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/080/080dc401fae8e8d0b586afafee6c4274/3e8391ce7dffb14eeb4cfdf0ea8d82bd.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для канцелярских мелочей Attache имидж 4 отдел. черный</t>
+  </si>
+  <si>
+    <t>376868</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c7b/c7b6d970a97e43c1eee1c0bc8a77ada9/e4740aac3360382cbc4944b9f5fca31c.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для канцелярских мелочей Attache каскад 9 отдел. черный</t>
+  </si>
+  <si>
+    <t>376869</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d92/d92b71dc6c6d5fd24d1d04542f644901/c482e758e7b01b891239cdb6b9836272.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для канцелярских мелочей Attache каскад 9отд тон. серый</t>
+  </si>
+  <si>
+    <t>376870</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dfe/dfe963d2d6a058f1b62c7099d2a37c12/08933d0838f56776d5cb78bc8b4c992d.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для канцелярских мелочей Атташе вращающаяся Квартет черный</t>
+  </si>
+  <si>
+    <t>376872</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fa9/fa9041838e14ed292375a58806b49256/75e4d4547c682ae2b1fc05f3fb6dc236.jpg</t>
-[...337 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c67/c67482e75dec007e80db95823c3bdeee/ea1517fe04a127be6f83657827949bed.jpg</t>
   </si>
   <si>
     <t>Подставка для ручек и карандашей Attache ЕЖИК, цвет в ассорт</t>
   </si>
   <si>
     <t>376873</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e3/7e380f51f43b2ebcc7182b203a9dcb07/be917c4483d06fa577de6ca5e817e437.jpg</t>
   </si>
   <si>
     <t>Набор настольный Attache Selection 10 предметов вишня S-357</t>
   </si>
   <si>
     <t>376878</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/022/022c19b6ed4c988dc2fbc5b53366dde6/694cb0352c9f3f2b3afb42b471542b2a.jpg</t>
@@ -1133,83 +1100,50 @@
   <si>
     <t>376887</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b80/b80ac1f97b11703bc728ca74e1c123f2/62abfef5a659eddaf80e8f1e00ad7591.jpg</t>
   </si>
   <si>
     <t>Органайзер Attache 7 секций ч рный LD01-188-25</t>
   </si>
   <si>
     <t>Органайзер Attache 7 секций чёрный LD01-188-25</t>
   </si>
   <si>
     <t>376888</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/00a/00afe922fb68ca78ab0d3a0499467dee/d37212da318d8347f03f04307baca891.jpg</t>
   </si>
   <si>
     <t>Подставка Attache для визиток, серебро LD01-18-3</t>
   </si>
   <si>
     <t>376889</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/860/860c27c79224ffc1705a468b278fd320/1f246c3a1cd557d186cab34c0d8821de.jpg</t>
-[...31 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ceb/30z7ft7q8caqb37agefp4yixsbt5mpld.jpg</t>
   </si>
   <si>
     <t>Канцелярский набор BRAUBERG  quot;Микс quot;, 10 предметов, вращающаяся конструкция, черно-красный, блистер, 231929</t>
   </si>
   <si>
     <t>Настольный набор BRAUBERG &amp;quot;Микс&amp;quot; позволяет эффективно и эргономично организовать рабочее место. Вращающаяся на 360 градусов подставка изготовлена из высококачественного пластика и имеет 11 отделений.В наборе 10 предметов:- вращающаяся на 360 градусов подставка;- 2 шариковые ручки;- степлер №10;- скобы для степлера №10;- ножницы;- канцелярский нож;- скрепки;- линейка;- стирательная резинка.</t>
   </si>
   <si>
     <t>389356</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d96/0sbo52jlbf143onbxixad3hpkx08tzet.jpg</t>
   </si>
   <si>
     <t>Канцелярский набор BRAUBERG  quot;Микс quot;, 10 предметов, вращающаяся конструкция, черно-синий, блистер, 231930</t>
   </si>
   <si>
     <t>389357</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bde/7os39so9lkyax8nhno0rt2y826dyu865.jpg</t>
@@ -1217,287 +1151,485 @@
   <si>
     <t>Канцелярский набор STAFF  quot;Веер quot;, 12 предметов, в форме веера, невращающаяся конструкция, 230744</t>
   </si>
   <si>
     <t>Настольный набор STAFF &amp;quot;Веер&amp;quot; позволяет эффективно и эргономично организовать рабочее место. Компактная раскрывающаяся подставка изготовлена из пластика и имеет 6 отделений.В наборе 13 предметов:- подставка;- ножницы;- канцелярский нож;- шариковая ручка;- степлер №10;- скобы для степлера №10;- стирательная резинка;- линейка;- скрепки канцелярские;- 2 чернографитных карандаша;- бумага для заметок;- точилка.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>389362</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee4/0icnbo04xpe1n20d1z4a2jlyaul4auto.jpg</t>
   </si>
   <si>
     <t>Канцелярский набор STAFF  quot;Минидеск quot;, 10 предметов, вращающаяся конструкция, 230742</t>
   </si>
   <si>
     <t>Настольный набор STAFF &amp;quot;Минидеск&amp;quot; позволяет эффективно и эргономично организовать рабочее место. Вращающаяся подставка изготовлена из пластика и имеет 10 отделений.В наборе 11 предметов:- подставка,- ножницы,- канцелярский нож,- шариковая ручка,- степлер №10,- скобы для степлера №10,- стирательная резинка,- линейка,- скрепки канцелярские,- чернографитный карандаш, - точилка.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>389363</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9b8/gii016jjw1czw7maf0iygt4cigw1281w.jpg</t>
+  </si>
+  <si>
+    <t>Канцелярский набор STAFF  quot;Омега quot;, 15 предметов, невращающаяся конструкция, 231080</t>
+  </si>
+  <si>
+    <t>Настольный набор STAFF &amp;quot;Омега&amp;quot; позволяет эффективно и эргономично организовать рабочее место. Подставка изготовлена из пластика и имеет 11 отделений.В наборе 16 предметов:- подставка,- ножницы,- канцелярский нож,- 2 шариковых ручки,- степлер №10,- скобы для степлера №10,- антистеплер,- стирательная резинка,- линейка,- скрепки канцелярские,- 2 чернографитных карандаша,- бумага для заметок,- кнопки канцелярские,- точилка.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>389364</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e22/gn3prz23dszalqx1ohg7f6synozvwy7o.jpg</t>
   </si>
   <si>
     <t>Канцелярский набор STAFF  quot;Офисный quot;, 13 предметов, вращающаяся конструкция, 230746</t>
   </si>
   <si>
     <t>Настольный набор STAFF &amp;quot;Офисный&amp;quot; позволяет эффективно и эргономично организовать рабочее место. Подставка изготовлена из пластика и имеет 10 отделений.В наборе 14 предметов:- подставка,- ножницы,- канцелярский нож,- 2 шариковых ручки,- степлер №10,- скобы для степлера №10,- стирательная резинка,- линейка,- скрепки канцелярские,- 2 чернографитных карандаша,- бумага для заметок,- точилка.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>389365</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9f2/km7nkey44j5j5q9b8w9n6sq1bfmh9fzb.jpg</t>
-[...35 lines deleted...]
-    <t>389371</t>
+    <t>http://anytos.ru//upload/iblock/592/1izej9buowckoa8vl3u0dtnr1530x4cx.jpg</t>
+  </si>
+  <si>
+    <t>Канцелярский набор STAFF  quot;Раунд quot;, 12 предметов, круглое основание, вращающаяся конструкция, 230745</t>
+  </si>
+  <si>
+    <t>Настольный набор STAFF &amp;quot;Раунд&amp;quot; позволяет эффективно и эргономично организовать рабочее место. Вращающаяся подставка изготовлена из пластика и имеет 6 отделений.В наборе 13 предметов:- подставка,- ножницы,- канцелярский нож,- 2 шариковых ручки,- степлер №10,- скобы для степлера №10,- стирательная резинка,- линейка,- скрепки канцелярские,- 2 чернографитных карандаша,- точилка.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>389366</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a20/jmjj2vijn3pin8v5gnf27d0jfitrbu9r.jpg</t>
   </si>
   <si>
     <t>Настольный набор из металла BRAUBERG  quot;Germanium quot;, 4 предмета, серебристый, 231965</t>
   </si>
   <si>
     <t>Настольный набор из металла BRAUBERG &amp;quot;Germanium&amp;quot; - это готовое решение для офиса. Позволяет содержать в порядке все письменные принадлежности и документы, а также эффективно их использовать. В комплект набора входит 4 предмета:- подставка-органайзер для пишуших принадлежностей;- подставка для бумаг и писем 3-секционная;- подставка для бумажного блока размером 100х100 мм;- подставка-органайзер 2-секционная. У всех подставок в наборе имеются мягкие подушечки на дне, предотвращающие скольжение и не царапающие мебель. Предметы изготовлены из металлической сетки, выполнены в лаконичном черном цвете.Набор поставляется без канцелярского наполнения в индивидуальной коробке.</t>
   </si>
   <si>
     <t>389377</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/198/vyne5b6v9j7zm0kxj55ey9gyb76ricgg.jpg</t>
-[...8 lines deleted...]
-    <t>389379</t>
+    <t>http://anytos.ru//upload/iblock/b02/5saiwyhsb0vyvwx84o1chsf8q3nxjnvv.jpg</t>
+  </si>
+  <si>
+    <t>Настольный набор из металла BRAUBERG  quot;Germanium quot;, 4 предмета, черный, 231964</t>
+  </si>
+  <si>
+    <t>Настольный набор из металла BRAUBERG &amp;quot;Germanium&amp;quot; - это готовое решение для офиса. Позволяет содержать в порядке все письменные принадлежности и документы, а также эффективно их использовать. В комплект набора входит 4 предмета:- подставка-органайзер для пишуших принадлежностей;- подставка для бумаг и писем 3-секционная;- подставка для бумажного блока размером 100х100 мм;- подставка-органайзер 2-секционная. У всех подставок в наборе имеются мягкие подушечки на дне, предотвращающие скольжение и не царапающие мебель. Предметы изготовлены из металлической сетки, выполнены в лаконичном серебристом цвете.Набор поставляется без канцелярского наполнения в индивидуальной коробке.</t>
+  </si>
+  <si>
+    <t>389378</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d6f/8abz6wfu2o27knhv8l2hpshso321beqh.jpg</t>
   </si>
   <si>
     <t>Настольный набор из металла BRAUBERG  quot;Germanium quot;, 7 предметов, черный, 231962</t>
   </si>
   <si>
     <t>Настольный набор из металла BRAUBERG &amp;quot;Germanium&amp;quot; - это готовое решение для офиса. Позволяет содержать в порядке все письменные принадлежности и документы, а также эффективно их использовать. В комплект набора входят 7 предметов:- 2 поддона для бумаг формата А4;- трехсекционная подставка для бумаг и писем;- подставка для бумажного блока размером 100х100 мм;- подставка-органайзер для канцелярских мелочей;- подставка-органайзер для пишущих принадлежностей;- подставка для визиток.У всех подставок в наборе имеются мягкие подушечки на дне, предотвращающие скольжение и не царапающие мебель. Предметы изготовлены из металлической сетки, выполнены в лаконичном черном цвете.Набор поставляется без канцелярского наполнения в индивидуальной коробке.</t>
   </si>
   <si>
     <t>389380</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/999/ntms7vxymxofwupy8abyxizpjuqm3yx8.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для бумажного блока BRAUBERG  quot;Germanium quot; металлическая, 78 105 105 мм, серебристая, 231945</t>
+  </si>
+  <si>
+    <t>Практичная и долговечная металлическая подставка BRAUBERG &amp;quot;Germanium&amp;quot; предназначена для хранения бумажного блока. Изготовлена из металлической сетки. Имеет размеры 78х105х105 мм. Состоит из одного отделения. Мягкие подушечки на дне предотвращают скольжение и порчу мебели. Поставляется без канцелярского наполнения.</t>
+  </si>
+  <si>
+    <t>389381</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74f/uyxgllaran93d1bpx29cnvdneyl7vd2v.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для бумажного блока BRAUBERG  quot;Germanium quot;, металлическая, 78 105 105 мм, черная, 231944</t>
+  </si>
+  <si>
+    <t>389382</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/144/55vom4788jw32x6hzh08kgcbk03xdatv.jpg</t>
   </si>
   <si>
     <t>Подставка для визиток настольная BRAUBERG  quot;CONTRACT quot;, на 50 визиток, 100х40х65 мм, прозрачная, 232287</t>
   </si>
   <si>
     <t>Настольная подставка BRAUBERG-CONTRACT предназначена для размещения на столе визитных карточек. Современный дизайн отлично вписывается в офисный интерьер. Изготовлена из прозрачного оргстекла. Имеет одно отделение, способное вместить 50 визиток шириной 90 мм. Размер - 40х100х65 мм. Поставляется в защитной пленке.</t>
   </si>
   <si>
     <t>389385</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a4/oed416ol217zn9fvckoirh9xx5yfzhgx.jpg</t>
   </si>
   <si>
     <t>Подставка для визиток настольная BRAUBERG  quot;Germanium quot;, металлическая, 43х95х71 мм, черная, 231942</t>
   </si>
   <si>
     <t>Настольная подставка BRAUBERG &amp;quot;Germanium&amp;quot; предназначена для размещения на столе визитных карточек. Современный дизайн отлично вписывается в офисный интерьер. Изготовлена из металлической сетки черного цвета. Имеет одно отделение, способное&amp;nbsp;&amp;nbsp;вместить 40 визиток шириной 90 мм. Размер - 43х95х71 мм.</t>
   </si>
   <si>
     <t>389386</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/766/8mqrs4qksnw8xk8axomtlqok1k7g298g.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для визиток настольная BRAUBERG  quot;Germanium quot;, металлическая, серебристая, 231943</t>
+  </si>
+  <si>
+    <t>Настольная подставка BRAUBERG &amp;quot;Germanium&amp;quot; предназначена для размещения на столе визитных карточек. Современный дизайн отлично вписывается в офисный интерьер. Изготовлена из металлической сетки серебристого цвета. Имеет одно отделение, способное вместить 40 визиток шириной 90 мм. Размер - 43х95х71 мм. Поставляется в защитной пленке.</t>
+  </si>
+  <si>
+    <t>389387</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a37/iqbmuqme2evjuuzk98dcbjf9zt85psxe.jpg</t>
   </si>
   <si>
     <t>Подставка для визиток настольная BRAUBERG, 95х20 мм, 1 карман глубиной 32 мм, 290420</t>
   </si>
   <si>
     <t>Настольная подставка BRAUBERG предназначена для размещения на столе визитных карточек. Современный дизайн отлично вписывается в офисный интерьер. Изготовлена из прозрачного оргстекла. Имеет одно отделение, способное вместить 40 визиток шириной 95 мм. Размер - 40х95х32 мм. Поставляется в картонной коробке.</t>
   </si>
   <si>
     <t>389388</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/755/x2321hjllqeq2p1nt0ix4pau5droida1.jpg</t>
   </si>
   <si>
     <t>Подставка для визиток настольная BRAUBERG-CONTRACT, на 150 шт., 85х100х75 мм, 3 отделения, прозрачная, 235406</t>
   </si>
   <si>
     <t>Настольная подставка BRAUBERG-CONTRACT предназначена для размещения на столе визитных карточек. Современный дизайн отлично вписывается в офисный интерьер. Изготовлена из прозрачного оргстекла. Имеет три отделения, способных вместить 150 визиток шириной 90 мм. Размер - 85х100х75 мм. Поставляется в защитной пленке.</t>
   </si>
   <si>
     <t>389390</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4d/qgjb617tdecas1y0gtdh3g1riuiuf87a.jpg</t>
   </si>
   <si>
     <t>Подставка для календаря большая BRAUBERG  quot;Germanium quot;, металлическая, 57х200х200 мм, серебристая, 231973</t>
   </si>
   <si>
     <t>Настольная подставка BRAUBERG &amp;quot;Germanium&amp;quot;, предназначенная для крепления перекидных календарей, - это удобный и стильный настольный аксессуар. Изготовлена из металлической сетки серебристого цвета. Оснащена регулируемыми кольцами. Размер - 57х200х200 мм.</t>
   </si>
   <si>
     <t>389391</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fd2/hvrmc0di6w7zqkvqcj4a1nno8k8e6ql2.jpg</t>
-[...8 lines deleted...]
-    <t>389395</t>
+    <t>http://anytos.ru//upload/iblock/43f/66nz0fisehr4wvvzbpn6f58tqwbnn846.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для календаря большая BRAUBERG  quot;Germanium quot;, металлическая, 57х200х200 мм, черная, 231972</t>
+  </si>
+  <si>
+    <t>Настольная подставка BRAUBERG &amp;quot;Germanium&amp;quot;, предназначенная для крепления перекидных календарей, - это удобный и стильный настольный аксессуар. Изготовлена из металлической сетки черного цвета. Оснащена регулируемыми кольцами. Размер - 57х200х200 мм.</t>
+  </si>
+  <si>
+    <t>389392</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/241/e248bgzm31a6piulhyxzjaorqvcpra9g.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер  стакан для ручек , черный, 22037</t>
+  </si>
+  <si>
+    <t>Стакан для пишущих принадлежностей не займет много места на рабочем столе и легко впишется в офисный интерьер.</t>
+  </si>
+  <si>
+    <t>389396</t>
   </si>
   <si>
     <t>&lt;a href="/brands/uniplast/"&gt;УНИПЛАСТ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/241/e248bgzm31a6piulhyxzjaorqvcpra9g.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/83a/zfj1txnx297h214z96ce6jd3ucnqa493.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер BRAUBERG  quot;Germanium quot;, металлическая, 3 секции, 102 186 95 мм, серебристая, 231987</t>
   </si>
   <si>
     <t>Практичная металлическая подставка-органайзер BRAUBERG &amp;quot;Germanium&amp;quot; предназначена для хранения различных канцелярских принадлежностей. Изготовлена из металлической сетки. Имеет размеры 102х186х95 мм. Состоит из 3-х отделений: одного - для бумажного блока размером 90х90 мм и двух - для пишущих принадлежностей и канцелярских мелочей. Мягкие подушечки на дне предотвращают скольжение и порчу мебели. Поставляется без канцелярского наполнения.</t>
   </si>
   <si>
     <t>389397</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/880/o2yea5q6my5zpm8ad6kdm53wt06mcwmd.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер BRAUBERG  quot;Germanium quot;, металлическая, 3 секции, 102х186х95 мм, черная, 231986</t>
   </si>
   <si>
     <t>Практичная металлическая подставка-органайзер BRAUBERG &amp;quot;Germanium&amp;quot; для хранения различных канцелярских принадлежностей. Изготовлена из металлической сетки. Имеет размеры 102х186х95 мм. Состоит из 3-х отделений: одного для бумажного блока размером 90х90 мм и двух - для пишущих принадлежностей и канцелярских мелочей. Мягкие подушечки на дне предотвращают скольжение и порчу мебели. Подставка-органайзер упакована в фирменную коробку. Поставляется без канцелярского наполнения.</t>
   </si>
   <si>
     <t>389398</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d3e/aa3k4gge5dcp7rfgrbfd7tuu2x4f9mgb.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер BRAUBERG  quot;Germanium quot;, металлическая, в виде сердца, 3 секции, розовая, 231983</t>
+  </si>
+  <si>
+    <t>Практичная и долговечная металлическая подставка-органайзер BRAUBERG &amp;quot;Germanium&amp;quot; предназначена для хранения различных канцелярских принадлежностей. Изготовлена из металлической сетки розового цвета в форме сердца. Имеет размеры 105х118х95 мм. Состоит из трех отделений. Мягкие подушечки на дне предотвращают скольжение и порчу мебели. Поставляется без канцелярского наполнения.</t>
+  </si>
+  <si>
+    <t>389400</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/77e/626mu2ttg9llnq6k2hv247ytklkfef45.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер BRAUBERG  quot;Germanium quot;, металлическая, квадратное основание, 98х80х80 мм, серебристая, 231939</t>
+  </si>
+  <si>
+    <t>Практичная и долговечная металлическая подставка-органайзер BRAUBERG &amp;quot;Germanium&amp;quot; предназначена для хранения различных канцелярских принадлежностей. Изготовлена из металлической сетки. Имеет размеры 98х80х80 мм. Состоит из одного отделения. Мягкие подушечки на дне предотвращают скольжение и порчу мебели. Поставляется без канцелярского наполнения.</t>
+  </si>
+  <si>
+    <t>389401</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc2/ov4sa15ylteq3qacqgel1m4onvqziemb.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер BRAUBERG  quot;Germanium quot;, металлическая, квадратное основание, 98х80х80 мм, черная, 231938</t>
+  </si>
+  <si>
+    <t>389402</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c1/3f8f5gpjxi2dgn1d15xlgkywye6yotg2.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер BRAUBERG  quot;Germanium quot;, металлическая, круглое основание, 100х89 мм, черная, 231940</t>
+  </si>
+  <si>
+    <t>Практичная и долговечная металлическая подставка-органайзер BRAUBERG &amp;quot;Germanium&amp;quot; предназначена для хранения различных канцелярских принадлежностей. Изготовлена из металлической сетки. Имеет размеры 100х89х89 мм. Состоит из одного отделения. Мягкие подушечки на дне предотвращают скольжение и порчу мебели. Поставляется без канцелярского наполнения.</t>
+  </si>
+  <si>
+    <t>389403</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bdc/535bi2dacbvr5o0jx1fv60w7i5bw1lrn.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер BRAUBERG  quot;Germanium quot;, металлическая, круглое основание, 158х120 мм, черная, 231966</t>
+  </si>
+  <si>
+    <t>Практичная и долговечная металлическая подставка-органайзер BRAUBERG &amp;quot;Germanium&amp;quot; предназначена для хранения различных канцелярских принадлежностей. Изготовлена из металлической сетки. Имеет размеры 158х120х120 мм. Состоит из одного отделения. Мягкие подушечки на дне предотвращают скольжение и порчу мебели. Поставляется без канцелярского наполнения.</t>
+  </si>
+  <si>
+    <t>389404</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f99/u4ts05z0sv5h19n57dl04il2wj6pgezy.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер BRAUBERG  quot;Germanium quot;, металлическая, круглое основание, 50х95 мм, черная, 223120</t>
   </si>
   <si>
     <t>Практичная и долговечная металлическая подставка-органайзер BRAUBERG &amp;quot;Germanium&amp;quot; предназначена для хранения мелких канцелярских принадлежностей: скрепок, кнопок, скоб и т.д. Изготовлена из металлической сетки. Имеет размеры 50х95х95 мм. Состоит из одного отделения. Мягкие подушечки на дне предотвращают скольжение и порчу мебели. Поставляется без канцелярского наполнения.</t>
   </si>
   <si>
     <t>389405</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7f0/f7kuvvthbfjzulu2hnkmsvydfovdo6qy.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер BRAUBERG  quot;Germanium quot;, металлическая, круглое основание, 94х81 мм, светло-зеленая, 231982</t>
+  </si>
+  <si>
+    <t>Практичная и долговечная металлическая подставка-органайзер BRAUBERG &amp;quot;Germanium&amp;quot; для хранения различных канцелярских принадлежностей. Изготовлена из металлической сетки. Имеет размеры 100х89х89 мм. Состоит из одного отделения. Мягкие подушечки на дне предотвращают скольжение и порчу мебели. Поставляется без канцелярского наполнения.</t>
+  </si>
+  <si>
+    <t>389407</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/072/9odsfuraskn1sppatkv93virh59595xc.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер BRAUBERG  quot;Germanium quot;, металлическая, круглое основание, 94х81 мм, фиолетовая, 231981</t>
+  </si>
+  <si>
+    <t>389408</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed4/gbgubfik1v33j78h247b3b5a6o2b517p.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер BRAUBERG-CONTRACT, 109х95х101,5 мм, 5 отделений, тонированная, 230994</t>
+  </si>
+  <si>
+    <t>Практичная пластиковая подставка-органайзер BRAUBERG &amp;quot;CONTRACT&amp;quot; предназначена для хранения различных канцелярских принадлежностей. Изготовлена из высококачественного пластика. Имеет размеры 109х101,5х95 мм. Состоит из 5-ти отделений: двух - для канцелярских мелочей и трех - для пишущих принадлежностей. Между отделениями есть место под листочки для записей. Поставляется без канцелярского наполнения.</t>
+  </si>
+  <si>
+    <t>389409</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/70d/ky0gyqk66dpta8c3cy3938rws2bhxvdy.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер BRAUBERG-CONTRACT, 109х95х101,5 мм, 5 отделений, черная, 230893</t>
+  </si>
+  <si>
+    <t>389410</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/982/rsfk058bx6g3hun5h7fy1kj8y5eby4ub.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер СТАММ  quot;Maxi Desk quot;, вращающаяся, 120х140х175 мм, 10 отделений, черная, ОР200</t>
+  </si>
+  <si>
+    <t>Эргономичная пластиковая подставка-органайзер с 10 отделениями для пишущих принадлежностей и канцелярских мелочей. Легкое вращение на 360 градусов. Прочный корпус, идеально гладкая поверхность.</t>
+  </si>
+  <si>
+    <t>389411</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c5/9146ifmjbr5mzwgps41vmitgtp9qnnje.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер СТАММ  quot;Mini Desk quot;, вращающаяся, 107х107х140 мм, 10 отделений, черная, ОР70</t>
+  </si>
+  <si>
+    <t>Эргономичная пластиковая подставка-органайзер с 10 отделениями для пишущих принадлежностей и канцелярских мелочей. Легкое вращение на 360 градусов. Сочетание матовой и глянцевой поверхностей.</t>
+  </si>
+  <si>
+    <t>389415</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/512/301mysx8jmd183bzerp00dc9qp4ax1p8.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер СТАММ  quot;Авангард quot;, 132х122х108 мм, 5 отделений, черная, ОР52</t>
   </si>
   <si>
     <t>Эргономичная пластиковая подставка-органайзер с 5 отделениями для пишущих принадлежностей и канцелярских мелочей. Удобно расположенные секции разной высоты. Прочный корпус, гладкая глянцевая поверхность.</t>
   </si>
   <si>
     <t>389418</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/21f/4bhgqnqvjqsfdp6hw1earp94ms72iad6.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер СТАММ  quot;Имидж quot;, 115х122х111 мм, 4 отделения, черная, ОР31</t>
   </si>
   <si>
     <t>Стильный органайзер отличается небольшим размером и классическим дизайном. 4 отделения для канцелярских принадлежностей, визиток и листков для записей. Прочный корпус изделия, гладкая глянцевая поверхность.</t>
   </si>
   <si>
     <t>389419</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6fc/qpphzdsd5yi2wy6ad07am2gm41lkbse6.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер СТАММ  quot;Каскад quot;, 115х160х105 мм, 9 отделений, тонированная серая, ОР14</t>
+  </si>
+  <si>
+    <t>Органайзер отличается удачным сочетанием вместительности и компактности размеров. 9 отделений для канцелярских принадлежностей, визиток и листков для записей. Прочный корпус, гладкая глянцевая поверхность.</t>
+  </si>
+  <si>
+    <t>389420</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/191/cnwgxlp6yrs4vs3i6lv7t5qm5fyfxh42.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер СТАММ  quot;Каскад quot;, 115х160х105 мм, 9 отделений, черная, ОР11</t>
+  </si>
+  <si>
+    <t>389421</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c79/mus9fu5jiesjaw9ufz93f1294kbza6m3.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер СТАММ  quot;Профи quot;, 130х130х90 мм, 6 отделений, черная, ОР01</t>
+  </si>
+  <si>
+    <t>Органайзер с гладкой глянцевой поверхностью, с объемными, удобно расположенными секциями разной высоты. 6 отделений для канцелярских мелочей и пишущих принадлежностей, визиток и листков для записей. Прочный корпус изделия изготовлен из полистирола.</t>
+  </si>
+  <si>
+    <t>389424</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0fa/y0ccrv25i10fam2fs2o41ait6hpvr6s8.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер СТАММ  quot;Юниор quot;, 86х108х102 мм, 4 отделения, ассорти, ОР305</t>
+  </si>
+  <si>
+    <t>Эргономичная пластиковая подставка-органайзер с 4 отделениями для пишущих принадлежностей и канцелярских мелочей. Отличается удачным сочетанием вместительности и компактности. Прочный корпус, гладкая глянцевая поверхность. Без наполнения. Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>389425</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4c/tk9lm4kgjdwgulepmv13uh0qbqpuow2o.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер СТАММ  стакан для ручек , 70х70х90 мм, черный, ОФ777</t>
+  </si>
+  <si>
+    <t>Стакан для канцелярских принадлежностей. Классический дизайн с гладкой глянцевой поверхностью из полипропилена.</t>
+  </si>
+  <si>
+    <t>389429</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/644/6440179a2f0c4a4d3500a115c0f03ce4.jpg</t>
   </si>
   <si>
     <t>Настольный набор из металла Berlingo  quot;Steel Style quot;, 4 предмета, с корзиной, серебристый. BMs_41411</t>
   </si>
   <si>
     <t>Стильный и функциональный набор из 4 предметов. Предметы изготовлены из металлической сетки. Упаковка в прочную прозрачную термоусадочную пленку. У всех подставок в наборе имеются мягкие подушечки на дне, предотвращающие скольжение и повреждения поверхности. Серебристый цвет. Прочный корпус из высококачественного металла. Сетчатое исполнение предотвращает образование пыли внутри. В комплект набора входят 4 предмета: подставка-органайзер для пишуших принадлежностей, подставка для бумаг и писем, 3-х секционная, подставка для бумажного блока размером 100х100 мм, корзина для бумаг 14л.</t>
   </si>
   <si>
     <t>393896</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eb3/eb3060859a4b4c628288732c82c2a48a.jpg</t>
   </si>
   <si>
     <t>Настольный набор из металла Berlingo  quot;Steel Style quot;, 4 предмета, с корзиной, черный. BMs_41412</t>
   </si>
   <si>
     <t>Стильный и функциональный набор из 4 предметов. Предметы изготовлены из металлической сетки. Упаковка в прочную прозрачную термоусадочную пленку. У всех подставок в наборе имеются мягкие подушечки на дне, предотвращающие скольжение и повреждения поверхности. Черный цвет. Прочный корпус из высококачественного металла. Сетчатое исполнение предотвращает образование пыли внутри. В комплект набора входят 4 предмета: подставка-органайзер для пишуших принадлежностей, подставка для бумаг и писем, 3-х секционная, подставка для бумажного блока размером 100х100 мм, корзина для бумаг 14л.</t>
   </si>
   <si>
     <t>393897</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/067/067a3a3b7bb1c9657348cf8ec2dfffea.jpg</t>
@@ -1565,68 +1697,71 @@
   <si>
     <t>Подставка для канцелярских мелочей Attache 8 отделений office серый</t>
   </si>
   <si>
     <t>439942</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/60c/60c75e8d08ce969df82264b803320110/c3531dbb90d218b74986638a4316efca.jpg</t>
   </si>
   <si>
     <t>Подставка для канцелярских мелочей Attache Квартет радуга, вращающаяся</t>
   </si>
   <si>
     <t>459022</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f68/f6844b9ecbb104dd9f7825db7fe586af/2e1df7710fe2cac75c95d92b41496f0c.jpg</t>
   </si>
   <si>
     <t>Подставка для канцелярских мелочей Attache office, вращающаяся, цвет черный</t>
   </si>
   <si>
     <t>459023</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e7b/mt4xnj8e6zteg0rfwo0gzvgkaierh12r.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/746/74632fd978a7c69a62af0e481dab1d99/163b2d4d2e3f9e41910da1d3d30f4924.jpg</t>
   </si>
   <si>
     <t>Настольная подставка Стамм  quot;Field. Voyage. NY quot;, зеленый</t>
   </si>
   <si>
     <t>559467</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a40/a4044b6d7337081233d9b54d7fa2a649/2dc270c7137bb25815984ca46e6ba142.jpg</t>
+  </si>
+  <si>
+    <t>Настольная подставка Стамм  quot;Maxi Desk quot;, вращающаяся, черный</t>
+  </si>
+  <si>
+    <t>Настольная посдставка для пишущих принадлежностей и канцелярских мелочей. Имеет 10 удобных отделений и вращающийся корпус.</t>
+  </si>
+  <si>
+    <t>559468</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3d6/3d6d74963d9fa21daf19f9bdabf640f8/0fecf89eb4cadb57ac87e8cea40d6b04.jpg</t>
   </si>
   <si>
     <t>Настольная подставка Стамм  quot;Метеор quot;, черный</t>
   </si>
   <si>
     <t>Настольная подставка для письменных принадлежностей, имеет 5 отделений</t>
   </si>
   <si>
     <t>559469</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f88/13suwfhmo13mqpy167ak8xgbkf4k70si.jpg</t>
   </si>
   <si>
     <t>Канцелярский набор STAFF  quot;Форум quot;, 15 предметов, вращающаяся конструкция, 231077</t>
   </si>
   <si>
     <t>Настольный набор STAFF &amp;quot;Форум&amp;quot; позволяет эффективно и эргономично организовать рабочее место. Вращающаяся подставка изготовлена из пластика и имеет 8 отделений.В наборе 15 предметов:- подставка,- ножницы,- канцелярский нож,- 2 шариковых ручки,- степлер №10,- скобы для степлера №10,- стирательная резинка,- линейка,- скрепки канцелярские,- 2 чернографитных карандаша,- бумага для заметок,- кнопки канцелярские,- точилка.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>563938</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6cf/6cf56b2d7a2e0e66304892f4c1fb4f9e/07a8883e26789723204ff3a9bffce745.jpg</t>
@@ -1826,50 +1961,62 @@
   <si>
     <t>635312</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c4e/c4ec69b25403b789628f0c4e0921976e.jpg</t>
   </si>
   <si>
     <t>Подставка для канцелярских мелочей Attache Line 6 отд черн 120х120х100мм.</t>
   </si>
   <si>
     <t>635313</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/82b/0sk1s0ehjgxak1m1rz13eebmzszagcof.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер металлическая BRAUBERG, 9 секций, 105х220х110 мм, серебро, 237419</t>
   </si>
   <si>
     <t>Практичная и долговечная металлическая подставка-органайзер BRAUBERG &amp;quot;Germanium&amp;quot; предназначена для хранения различных канцелярских и пишущих принадлежностей. Изготовлена из металлической сетки. Имеет размеры 105х220х110 мм. Выполнена в серебристом цвете. Состоит из 9-ти секций, которые позволяют хранить и сортировать самые разные канцелярские принадлежности: от блоков для записей и кнопок - до ручек и текстовыделителей. Мягкие подушечки на дне предотвращают скольжение и порчу мебели. Поставляется без канцелярского наполнения.</t>
   </si>
   <si>
     <t>636941</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e36/2ebsyjqqldhdk2f6znr1w2sc8f2f1ttw.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер металлическая BRAUBERG, 9 секций, 105х220х110 мм, черная, 237418</t>
+  </si>
+  <si>
+    <t>Практичная и долговечная металлическая подставка-органайзер BRAUBERG &amp;quot;Germanium&amp;quot; предназначена для хранения различных канцелярских и пишущих принадлежностей. Изготовлена из металлической сетки. Имеет размеры 105х220х110 мм. Выполнена в черном цвете. Состоит из 9-ти секций, которые позволяют хранить и сортировать самые разные канцелярские принадлежности: от блоков для записей и кнопок - до ручек и карандашей. Мягкие подушечки на дне предотвращают скольжение и порчу мебели. Поставляется без канцелярского наполнения.</t>
+  </si>
+  <si>
+    <t>636942</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ddb/2ml5j6jzc11jeb3wq9aat6owvjr4ttv8.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер металлическая BRAUBERG, 7 секций, 125х220х140 мм, серебро, 237417</t>
   </si>
   <si>
     <t>Практичная и долговечная металлическая подставка-органайзер BRAUBERG &amp;quot;Germanium&amp;quot; предназначена для хранения различных канцелярских и пишущих принадлежностей. Изготовлена из металлической сетки. Имеет размеры 125х220х140 мм. Выполнена в серебристом цвете. Состоит из 7-ми секций, которые позволяют хранить и сортировать самые разные канцелярские принадлежности: от блоков для записей и кнопок - до ручек и текстовыделителей. Мягкие подушечки на дне предотвращают скольжение и порчу мебели. Поставляется без канцелярского наполнения.</t>
   </si>
   <si>
     <t>636943</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d6c/zer7ih7qct81976y4luxtpy8uiyn13om.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер металлическая BRAUBERG, 7 секций, 125х220х140 мм, черная, 237416</t>
   </si>
   <si>
     <t>Практичная и долговечная металлическая подставка-органайзер BRAUBERG &amp;quot;Germanium&amp;quot; предназначена для хранения различных канцелярских и пишущих принадлежностей. Изготовлена из металлической сетки. Имеет размеры 125х220х140 мм. Выполнена в черном цвете. Состоит из 7-ми секций, которые позволяют хранить и сортировать самые разные канцелярские принадлежности: от блоков для записей и кнопок - до ручек и карандашей. Мягкие подушечки на дне предотвращают скольжение и порчу мебели. Поставляется без канцелярского наполнения.</t>
   </si>
   <si>
     <t>636944</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af1/0pjg8rrzpazq9y4obrpxb9twff2bvdho.jpg</t>
@@ -1910,60 +2057,60 @@
   <si>
     <t>http://anytos.ru//upload/iblock/bb4/61wvztvxrnnpzdgny42jg96ipgy4w6xd.jpg</t>
   </si>
   <si>
     <t>Настольная подставка Стамм  quot;Mini Desk quot;, вращающаяся, серый металлик</t>
   </si>
   <si>
     <t>Органайзер для пишущих принадлежностей и мелких канцелярских предметов. Имеет 10 удобных отделений разной высоты и формы. Свободное вращение на 360 градусов. Без наполнения.</t>
   </si>
   <si>
     <t>693421</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b98/si8ka4jvcrjiygcwxz5dskxna61xtccu.jpg</t>
   </si>
   <si>
     <t>Настольная подставка Стамм  quot;Авангард quot;, голубой Berlin</t>
   </si>
   <si>
     <t>Органайзер для пишущих принадлежностей и мелких канцелярских предметов. Имеет 5 удобных отделений разной высоты. Современный дизайн. Без наполнения.</t>
   </si>
   <si>
     <t>695002</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e70/bm45ubblm0osj1hkggzd7kufp66kxe52.jpg</t>
-[...2 lines deleted...]
-    <t>Подставка настольная пластиковая Erich Krause Victoria, Pastel, голубой</t>
+    <t>http://anytos.ru//upload/iblock/e43/ibhmi0olfx9i0vm0jwsp593ainr02wpw.jpg</t>
+  </si>
+  <si>
+    <t>Подставка настольная пластиковая Erich Krause Victoria, Pastel, розовый</t>
   </si>
   <si>
     <t>Идеальное решение для хранения различных канцелярских принадлежностей. Устойчивая и вместительная, подставка эффективно организует рабочее пространство.</t>
   </si>
   <si>
-    <t>697356</t>
+    <t>697358</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e5/7iu6hnsy6do49vmfzw1zuaci6bzlda34.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause Victoria, Pastel, фиолетовый</t>
   </si>
   <si>
     <t>697359</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/062/9bol5ozqwcd9b490kfpznigl5a1gf98m.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause Victoria, белый</t>
   </si>
   <si>
     <t>697362</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ab/fvkstp6ybnpk3puive6jwxxnzd8p9rda.jpg</t>
   </si>
@@ -1979,128 +2126,89 @@
   <si>
     <t>http://anytos.ru//upload/iblock/cc4/rdhbufj8bjyqfrxsjk2sg89j65q8ukuk.jpg</t>
   </si>
   <si>
     <t>Набор настольный Erich Krause Venezia, черный</t>
   </si>
   <si>
     <t>Идеальное решение для хранения различных канцелярских принадлежностей. Устойчивая и вместительная, подставка эффективно организует рабочее пространство. В комплекте 12 предметов: степлер № 10, 1000 скоб, 2 карандаша, 2 ручки, 30 скрепок, ластик, точилка, линейка, ножницы, блок бумаги для записей. Наполнение может отличаться от представленного.</t>
   </si>
   <si>
     <t>697367</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ff2/y35dgle7x8lvpbfr8dk15zt8eiobsyrh.jpg</t>
   </si>
   <si>
     <t>Набор настольный Erich Krause Victoria, Neon Solid, зеленый</t>
   </si>
   <si>
     <t>Идеальное решение для хранения различных канцелярских принадлежностей. Устойчивая и вместительная, подставка эффективно организует рабочее пространство. В комплекте 13 предметов: 4 ручки, карандаш, линейка, маркер, точилка, ластик, скрепки, степлер, скобы, ножницы. Наполнение может отличаться от представленного.</t>
   </si>
   <si>
     <t>697370</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/99a/kvzruuqg7a82i3p4f2aa11ketci9uydp.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0a5/kc6naxbkaeqga92159clx77per78aelq.jpg</t>
   </si>
   <si>
     <t>Набор настольный Erich Krause Victoria, Neon Solid, розовый</t>
   </si>
   <si>
     <t>697372</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/44b/xckjmghihctlq0c5ta3xw2fzp7qwjws6.jpg</t>
   </si>
   <si>
     <t>Подставка пластиковая для пишущих принадлежностей Erich Krause Forte, Pastel, белый с голубой вставкой</t>
   </si>
   <si>
     <t>Лаконичность и элегантность дизайна коллекции Forte проявились и в таком аксессуаре для рабочего стола, как подставка для пишущих принадлежностей.</t>
   </si>
   <si>
     <t>697380</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/907/jenbbkbhsns4fg6o85tlam56g9dh00m1.jpg</t>
   </si>
   <si>
     <t>Подставка пластиковая для пишущих принадлежностей Erich Krause Forte, Pastel, белый с желтой вставкой</t>
   </si>
   <si>
     <t>697381</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9d1/rhjhkbqm71t5vncgr7ik7ta6thg4whv1.jpg</t>
   </si>
   <si>
     <t>Подставка пластиковая для пишущих принадлежностей Erich Krause Forte, Pastel, желтый с фиолетовой вставкой</t>
   </si>
   <si>
     <t>697383</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0a3/nu3pqks8qat95bqu38b1d9kwewi0lssw.jpg</t>
-[...28 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ac7/vyi6ru7hs3mwdbjtx9fg52t0o0x9uzg9.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause Leader, черный</t>
   </si>
   <si>
     <t>Подставка выполнена из высококачественного черного пластика, содержит 11 отделений для пишущих принадлежностей, линеек, ластиков, точилок и одно отделение для бумаг. С настольной подставкой Erich Krause ваши канцелярские принадлежности всегда будут у вас под рукой.</t>
   </si>
   <si>
     <t>697396</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/005/fdtw977l2w3u023z510yxl2uhx6xem0h.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая вращающаяся Erich Krause Mini Desk, черный</t>
   </si>
   <si>
     <t>Подставка выполнена из высококачественного черного пластика, содержит отделения для пишущих принадлежностей, линеек, ластиков, точилок и бумаг. С настольной подставкой Erich Krause ваши канцелярские принадлежности всегда будут у вас под рукой.</t>
   </si>
   <si>
     <t>697397</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30c/lwkfx8ygsh3i0ctgcwcaosyxdaiqtwoz.jpg</t>
@@ -2189,114 +2297,96 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2e2/tq8cs02dxjpmpavv76j77jaq5gg3cmsd.jpg</t>
   </si>
   <si>
     <t>Набор настольный на вращающейся подставке Erich Krause Mini Desk, Pastel, голубой</t>
   </si>
   <si>
     <t>Предназначена для удобного хранения настольных принадлежностей. Компактна и эргономична. Оснащена вращающимся механизмом. В комплекте 8 предметов: 4 ручки, карандаш, линейка, ластик, ножницы. Наполнение может отличаться от представленного.</t>
   </si>
   <si>
     <t>697416</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c37/22or2mneudtezkdknusztycr677e8atx.jpg</t>
   </si>
   <si>
     <t>Подставка металлическая для пишущих принадлежностей прямоугольная Erich Krause Compass, серебряный</t>
   </si>
   <si>
     <t>С квадратной формой основания. Материал - сталь с лакокрасочным покрытием. Размер - 80х80х95 мм. Модель 2019 года поставляется с металлическим логотипом ErichKrause®.</t>
   </si>
   <si>
     <t>697418</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1aa/6kzfk1dzwe9b1v721yggq8mi9f05irih.jpg</t>
-[...2 lines deleted...]
-    <t>Подставка пластиковая Erich Krause Base, Glitter, розовый</t>
+    <t>http://anytos.ru//upload/iblock/e25/j8go6gxbqtlnbemm2qjavreh9jmlfulk.jpg</t>
+  </si>
+  <si>
+    <t>Подставка пластиковая Erich Krause Base, Pastel, розовый</t>
   </si>
   <si>
     <t>Универсальная подставка для удобного хранения настольных принадлежностей. Устойчивая и вместительная, эффективно организует рабочее пространство.</t>
   </si>
   <si>
-    <t>697420</t>
-[...29 lines deleted...]
-    <t>697434</t>
+    <t>697425</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/57b/uuh65eq7357u8s71ui1qotwmkmx1h9fy.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая вращающаяся Erich Krause Mini Desk, Pastel Mint, мятный</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая вращающаяся ErichKrause® Mini Desk, Pastel Mint, мятный</t>
   </si>
   <si>
     <t>697442</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aff/zocudn6eger7h3srrjplzobialofmq9v.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая вращающаяся Erich Krause Office, Pastel Mint, мятный</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая вращающаяся ErichKrause® Office, Pastel Mint, мятный</t>
   </si>
   <si>
     <t>697443</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f2d/0u710tmq2vhxkivtga1z91el9u0ps4pq.jpg</t>
+  </si>
+  <si>
+    <t>Подставка пластиковая Erich Krause Base, Pastel Mint, мятный</t>
+  </si>
+  <si>
+    <t>Подставка пластиковая ErichKrause® Base, Pastel Mint, мятный</t>
+  </si>
+  <si>
+    <t>697444</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d96/tj8ban2j4l004fn7frg0c8049lb7s64i.jpg</t>
   </si>
   <si>
     <t>Подставка пластиковая для пишущих принадлежностей Erich Krause Forte, Pastel Mint, мятный с розовой вставкой</t>
   </si>
   <si>
     <t>Подставка пластиковая для пишущих принадлежностей ErichKrause® Forte, Pastel Mint, мятный с розовой вставкой</t>
   </si>
   <si>
     <t>697445</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/504/t8p768a4k3nw9q2h2aofk95l2y65eneh.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор настольный детский 5пр  quot;Darvish quot;  подставка, точилка с контейнером, 2 ч гр карандаша, линейка 15см </t>
   </si>
   <si>
     <t>Набор настольный детский 5пр &amp;quot;Darvish&amp;quot;&amp;#40;подставка,точилка с контейнером,2 ч/гр карандаша,линейка 15см,ножницы пластамас 9см&amp;#41;</t>
   </si>
   <si>
     <t>705928</t>
   </si>
@@ -2412,62 +2502,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b6d/nd4nxz54ehwgt19uijrk26ltftkhl4e9.jpg</t>
   </si>
   <si>
     <t>Подставка для канц. принадлежностей  quot;Квартет-360 quot; ч рный РБ</t>
   </si>
   <si>
     <t>Подставка для канц. принадлежностей &amp;quot;Квартет-360&amp;quot; чёрный РБ</t>
   </si>
   <si>
     <t>705943</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/594/o82k1x32czxb7qj0eadtaehx3vgak06q.jpg</t>
   </si>
   <si>
     <t>Стакан для канц. принадлежностей  quot;Darvish quot; металлический ассорти</t>
   </si>
   <si>
     <t>Стакан для канцелярских принадлежностей &amp;quot;Darvish&amp;quot; металлический ассорти</t>
   </si>
   <si>
     <t>705944</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ea9/5jhn3g32zvwm4uh0dl6j6eqzchpi8229.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5ba/qxezw866nc4xxtvthwgr9rzpv27wj76s.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Стакан для канц. принадлежностей  quot;Darvish quot; металлический серый, черный  конус </t>
   </si>
   <si>
     <t>Стакан для канцелярских принадлежностей &amp;#40;серый ,черный&amp;#41; &amp;quot;Darvish&amp;quot; металлический.&lt;br /&gt;
  Высота -10,5см.</t>
   </si>
   <si>
     <t>705946</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/679/ipyj8qac09sjgvnpbqxzj5l82kbjafdt.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Стакан для канц. принадлежностей  quot;Darvish quot; металлический ассорти  конус </t>
   </si>
   <si>
     <t>Стакан для канцелярских принадлежностей цветной ассорти &amp;quot;Darvish&amp;quot; металлический</t>
   </si>
   <si>
     <t>705947</t>
   </si>
   <si>
@@ -2611,149 +2689,146 @@
   <si>
     <t>716623</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32f/gl1a6cn6qlhackcivnc972fulbwu0okr.jpg</t>
   </si>
   <si>
     <t>Подставка стакан для ручек и карандашей Attache Line черный</t>
   </si>
   <si>
     <t>716624</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c30/4i8xdalvdmc09jbvbva3c31w2hbcdspk.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер  стакан для ручек  STAFF Basic, ассорти, 237950, 68</t>
   </si>
   <si>
     <t>Практичная и долговечная пластиковая подставка-органайзер STAFF предназначена для хранения различных канцелярских принадлежностей. Изготовлена из пластика. Состоит из одного отделения. Поставляется без канцелярского наполнения.</t>
   </si>
   <si>
     <t>770024</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/da7/2w837qweexqu3nz3extdf0pvu383vel6.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер STAFF Basic, 120х120х110 мм, 5 отделений, черная, 237949, 77</t>
   </si>
   <si>
     <t>Практичная пластиковая подставка-органайзер STAFF &amp;quot;Basic&amp;quot; предназначена для хранения различных канцелярских принадлежностей. Изготовлена из высококачественного пластика. Имеет размеры 120х120х110 мм. Состоит из 5 отделений. Между отделениями есть место под листочки для записей. Поставляется без канцелярского наполнения.</t>
   </si>
   <si>
     <t>770025</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5c9/hhgu37wvog421o93oevgfeb1s3ifftb6.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/834/ta0z51rqdijxvfog963llznubeipwb3l.jpg</t>
   </si>
   <si>
     <t>Набор настольный вращающийся пластиковый ErichKrause  Mini Desk, Classic, черный</t>
   </si>
   <si>
     <t>Набор настольный вращающийся пластиковый ErichKrause® Mini Desk, Classic, черный</t>
   </si>
   <si>
     <t>771760</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/982/h0tfjz7ghq54surlpjom64mh3zjl3wak.jpg</t>
   </si>
   <si>
     <t>Набор настольный вращающийся пластиковый ErichKrause  Mini Desk, Pastel Mint, мятный</t>
   </si>
   <si>
     <t>Набор настольный вращающийся пластиковый ErichKrause® Mini Desk, Pastel Mint, мятный</t>
   </si>
   <si>
     <t>771761</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f6c/qqlveuko80qmn92o1iypr418832fcj51.jpg</t>
   </si>
   <si>
     <t>Набор настольный вращающийся пластиковый ErichKrause  Mini Desk, Pastel, фиолетовый</t>
   </si>
   <si>
     <t>Набор настольный вращающийся пластиковый ErichKrause® Mini Desk, Pastel, фиолетовый</t>
   </si>
   <si>
     <t>771763</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bc9/6p84om4ie9mufu9pvwp3hqj368y0ymra.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/439/jof73p9efyfltlqisbjshs4pwt6kkn1x.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause  Leader, Classic, черный</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Leader, Classic, черный</t>
   </si>
   <si>
     <t>771768</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/40a/9bwo1n8zu7swf0hkymsg417hbzuor8ml.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause  Victoria, Classic, черный</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Victoria, Classic, черный</t>
   </si>
   <si>
     <t>771769</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/870/kunizxouzbg0w3ewkmdt3ajm92vkh6c3.jpg</t>
+  </si>
+  <si>
+    <t>Подставка настольная пластиковая ErichKrause  Base, Pastel, голубой</t>
+  </si>
+  <si>
+    <t>Подставка настольная пластиковая ErichKrause® Base, Pastel, голубой</t>
+  </si>
+  <si>
+    <t>771780</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/02e/vcu90l9dvj3uxp0s0ad3af1okoqefura.jpg</t>
+  </si>
+  <si>
+    <t>Подставка настольная пластиковая ErichKrause  Base, Pastel, фиолетовый</t>
+  </si>
+  <si>
+    <t>Подставка настольная пластиковая ErichKrause® Base, Pastel, фиолетовый</t>
+  </si>
+  <si>
+    <t>771782</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/993/2un3wa7jzq3zy42n7xuv87p7j7laxoda.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause  Forte, Classic, белый с черной вставкой</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause® Forte, Classic, белый с черной вставкой</t>
   </si>
   <si>
     <t>771785</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/709/atgggx7omqh9a8nil0jmgmphzzjw6fwv.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause  Forte, Pastel, белый с фиолетовой вставкой</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause® Forte, Pastel, белый с фиолетовой вставкой</t>
   </si>
   <si>
     <t>771786</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/112/t3rksj8jz2avmgk9ns86sdgkh92dwfoc.jpg</t>
@@ -2803,194 +2878,158 @@
   <si>
     <t>788170</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c0f/q6yr0erl4phxvl3yc4yutaf2jms6fe6f.jpg</t>
   </si>
   <si>
     <t>Набор настольный Deli E38250A 15 предметов черный вращающийся</t>
   </si>
   <si>
     <t>788171</t>
   </si>
   <si>
     <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ea3/dfin24e1a7rvmq4ed25kiwtt4od92jbu.jpg</t>
   </si>
   <si>
     <t>Набор настольный Deli E38253 12 предметов черный</t>
   </si>
   <si>
     <t>788172</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2c6/sb340wec2be4ztrfyfyuahyq7mt19qzy.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер BRAUBERG  quot;Office quot;, 133х133х80 мм, 8 отделений, черная, 237948</t>
+  </si>
+  <si>
+    <t>Практичная пластиковая подставка-органайзер BRAUBERG &amp;quot;Office&amp;quot; предназначена для хранения различных канцелярских принадлежностей. Изготовлена из высококачественного пластика. Имеет размеры 133х133х80 мм. Состоит из 8-ти отделений. Поставляется без канцелярского наполнения.</t>
+  </si>
+  <si>
+    <t>789125</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e2c/razqhm47hvzcjzzidvmtv4s5wg9tt63m.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause  Base, Grains, белый</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause® Base, Grains, белый</t>
   </si>
   <si>
     <t>792110</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/365/z7vedgwrpcx0t5gr02yoashhd3yh9nut.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause  Base, Grains, бирюзовый</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause® Base, Grains, бирюзовый</t>
   </si>
   <si>
     <t>792111</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d74/9ulht4yrutmkewzn9tnjdl5t5w7ew66a.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause  Base, Grains, маджента</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause® Base, Grains, маджента</t>
   </si>
   <si>
     <t>792112</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb2/jr1n3a0qs0hx0nerfbpk04wvdg8yrvkm.jpg</t>
   </si>
   <si>
     <t>Подставка настольная вращающаяся пластиковая Erich Krause  Mini Burger, Neon Solid, зеленый</t>
   </si>
   <si>
     <t>Подставка настольная вращающаяся пластиковая Erich Krause® Mini Burger, Neon Solid, зеленый</t>
   </si>
   <si>
     <t>792114</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cac/6gx1g0vj03d11tdzvoxf67a3e7sactm6.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a1c/86kxhorxre06cpyeje82q0kbd1qzfuyx.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause  Forte, Cosmonaut, белый с черной вставкой</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause® Forte, Cosmonaut, белый с черной вставкой</t>
   </si>
   <si>
     <t>792116</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1e2/vlbyp7sunili8eem9yx5vh3cb7ywh2u1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cf8/fwuafp9mdfdnwztfrdnwfwg02b2c6w7q.jpg</t>
   </si>
   <si>
     <t>Подставка прямоугольная металлическая Erich Krause  Compass, Classic, черный</t>
   </si>
   <si>
     <t>Подставка прямоугольная металлическая Erich Krause® Compass, Classic, черный</t>
   </si>
   <si>
     <t>792122</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/272/s6mhr059ngduimkxcmzgper9b774uk4o.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause  Base, Ice Metallic, ассорти из 3 цветов</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause® Base, Ice Metallic, ассорти из 3 цветов</t>
   </si>
   <si>
     <t>795181</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d63/38wxeqkkg9gked9x9umoeutxj6ykilz1.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause  Base, Ice Metallic, бирюзовый</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause® Base, Ice Metallic, бирюзовый</t>
   </si>
   <si>
     <t>795182</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/37b/t1bm2d1oybp3ylbkq8c0p5st3pwq929y.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c17/50jff8ts06v31a119ynyg7xhx18nx9s0.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause  Forte, Accent, черный с зеленой вставкой</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause® Forte, Accent, черный с зеленой вставкой</t>
   </si>
   <si>
     <t>795188</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/586/wvf1pxbldemg6htc9fdqukbndgmrxo7m.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause  Forte, Accent, черный с розовой вставкой</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause® Forte, Accent, черный с розовой вставкой</t>
   </si>
   <si>
     <t>795189</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d58/ohq3uzonr2n91ug8vrtzrzz7uii75lo6.jpg</t>
@@ -3067,134 +3106,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/694/ydjy4pwssrzd9r04c10os1ovlcve0n1w.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause  Victoria, Neon, ассорти из 2 цветов</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause® Victoria, Neon, ассорти из 2 цветов</t>
   </si>
   <si>
     <t>795202</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c6f/5oi3ylnzhvv6lsr22nw3odxnj06roic9.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause  Base, Grains, ассорти из 3 цветов</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause® Base, Grains, ассорти из 3 цветов</t>
   </si>
   <si>
     <t>795218</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e59/0vptbx8ajcq3k22hcyko4as4t7zxn4un.jpg</t>
-[...32 lines deleted...]
-    <t>795238</t>
+    <t>http://anytos.ru//upload/iblock/f16/o1yprqew0nqjrzeq6vdcnkfp8emtym37.jpg</t>
+  </si>
+  <si>
+    <t>Подставка настольная пластиковая Erich Krause  Forte, Avocado Dusk, белый с желтой пастельной вставкой</t>
+  </si>
+  <si>
+    <t>Подставка настольная пластиковая Erich Krause® Forte, Avocado Dusk, белый с желтой пастельной вставкой</t>
+  </si>
+  <si>
+    <t>795240</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef1/332szgk4lmnlhbv229816se3cdd7kdkr.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause  Forte, Champions, белый с черной вставкой</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause® Forte, Champions, белый с черной вставкой</t>
   </si>
   <si>
     <t>795241</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/01f/upv3wgfbbijpsp63kkcdqtja2xb4e3uk.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause  Forte, Classic, ассорти из 2 цветов</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause® Forte, Classic, ассорти из 2 цветов</t>
   </si>
   <si>
     <t>795243</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/455/hdv4rq0e3fphcdrjlp0772zpx484qdeo.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause  Forte, Dinosaur Park, белый с зеленой неоновой вставкой</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause® Forte, Dinosaur Park, белый с зеленой неоновой вставкой</t>
   </si>
   <si>
     <t>795244</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/144/d3axbe4dll6tg6w3mseyzz3w0zpoxgkk.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c57/qhvhhnaesjanup0dwcj1wp2f9osqnjyp.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause  Forte, Natural Life, белый с серой вставкой</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause® Forte, Natural Life, белый с серой вставкой</t>
   </si>
   <si>
     <t>795247</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/221/9g735f5lhxhc81grmhkn4ao02a4k73nx.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause  Forte, Pastel Mint, белый с мятной вставкой</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause® Forte, Pastel Mint, белый с мятной вставкой</t>
   </si>
   <si>
     <t>795248</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/21c/rtoy7gljg5g3ga1xdfyyvzq0d7rkjmui.jpg</t>
@@ -3247,134 +3250,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/efe/eouysila81mk9cey1ia2wq6d4kgyhnfj.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause  Techno, Powder, розовый</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause® Techno, Powder, розовый</t>
   </si>
   <si>
     <t>795253</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f0/4s85ecbc36tvmu6k2vw3nlifvxea5uxr.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause  Venezia, Classic, ассорти из 3 цветов</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause® Venezia, Classic, ассорти из 3 цветов</t>
   </si>
   <si>
     <t>795254</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7da/27spj3002r27uuiqfaylqsd37iwcobq5.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2ba/5g63tqooqj53rptoz7a8ls05i46tb8nv.jpg</t>
   </si>
   <si>
     <t>Набор настольный вращающийся пластиковый ErichKrause  Mini Burger, Neon Solid, желтый</t>
   </si>
   <si>
     <t>Набор настольный вращающийся пластиковый ErichKrause® Mini Burger, Neon Solid, желтый</t>
   </si>
   <si>
     <t>798493</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6ec/4um70ta3xy4v9f1znaq5dacqdpuuww19.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/06d/v85xoglhl4e18ijrem78x87p30r134zq.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause  Base, Glitter, ассорти из 3 цветов</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Base, Glitter, ассорти из 3 цветов</t>
   </si>
   <si>
     <t>798501</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/059/0q19eznd3cf1vwpc289nhg0v6rb2k13k.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause  Base, Glitter, голубой</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Base, Glitter, голубой</t>
   </si>
   <si>
     <t>798502</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c2f/3p7q65qmxinj9v7pvhxou9nheqefijw0.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a77/fpfwh95lpnsa3yh7posj19p6rm98vvux.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause  Base, Glitter, сиреневый</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Base, Glitter, сиреневый</t>
   </si>
   <si>
     <t>798504</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/db9/d1mta3vhi851ycvbd3qonxdufdcw4eek.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause  Base, Powder, ассорти из 3 цветов</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Base, Powder, ассорти из 3 цветов</t>
   </si>
   <si>
     <t>798506</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c9e/bdvq0r5kzgpsfbouis9ajjjs4cu36vq2.jpg</t>
@@ -3391,62 +3346,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e9a/rey51e4f5r84cf70wuaqpp2sir4kzan0.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause  Base, Powder, оливковый</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Base, Powder, оливковый</t>
   </si>
   <si>
     <t>798508</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d53/3wsemgr064ix295l4mberwnyrbx5bbg3.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause  Base, Powder, персиковый</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Base, Powder, персиковый</t>
   </si>
   <si>
     <t>798509</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3e2/ljt5qs3uvo941cm7uzrax6ebpmfev6ps.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/122/c5dzn6fam3eakhqsh4f2geh07xyh60h6.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause  Forte, Accent, ассорти из 4 цветов</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Forte, Accent, ассорти из 4 цветов</t>
   </si>
   <si>
     <t>798511</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d07/ckgp00ms9035t1t06pesezv7s1y3yba2.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause  Forte, Accent, черный с желтой вставкой</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Forte, Accent, черный с желтой вставкой</t>
   </si>
   <si>
     <t>798512</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62b/ozb0a3yifhu2dovuhxiwpbwh622tcb9c.jpg</t>
@@ -3667,122 +3610,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3ba/0esyfjz4vpsqrdcrrfe8m7sfjb26c8cw.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause  Harmony, Pastel, розовый</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause® Harmony, Pastel, розовый</t>
   </si>
   <si>
     <t>798538</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6cb/4otglwhv76rf0tw4fmb8u45joihgwidl.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause  Harmony, Pastel, фиолетовый</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause® Harmony, Pastel, фиолетовый</t>
   </si>
   <si>
     <t>798539</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/537/1rqd6neivt9gnob8ky68fk23vbgalzng.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e44/bf1y2n2p4v1onotaxo2hukxva9ea9w2c.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause  Leader, Powder, оливковый</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause® Leader, Powder, оливковый</t>
   </si>
   <si>
     <t>798543</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/619/vn12uc8j7g5pna6escjlwayrbq92sjri.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause  Leader, Powder, персиковый</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause® Leader, Powder, персиковый</t>
   </si>
   <si>
     <t>798544</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e19/9vpez3g39oo0i075xtb2uesmv9yz2ot7.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause  Leader, Powder, розовый</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause® Leader, Powder, розовый</t>
   </si>
   <si>
     <t>798545</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/342/njc4yerbfztwqtho8vsauv9tyhxy5kh8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0b6/eg6qx5z2wnvhj2afu4fofu7agapga2kl.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause  Techno, Marsala, красный</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause® Techno, Marsala, красный</t>
   </si>
   <si>
     <t>798550</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e76/f6yh4938gioqnr4rstzml2fgseg634cb.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause  Techno, Marsala, рубиновый</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause® Techno, Marsala, рубиновый</t>
   </si>
   <si>
     <t>798551</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/987/r6d9japn6i9j2qjzjs56tsdxwfhyeipe.jpg</t>
@@ -4003,98 +3910,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6e7/gg4p2butgz1vt47hn2xrbz666idqlm14.jpg</t>
   </si>
   <si>
     <t>Подставка настольная вращающаяся пластиковая ErichKrause  Mini Burger, Powder, персиковый</t>
   </si>
   <si>
     <t>Подставка настольная вращающаяся пластиковая ErichKrause® Mini Burger, Powder, персиковый</t>
   </si>
   <si>
     <t>799416</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d92/an5a5u2jdpz7qxzn27qhoc8keip2amrv.jpg</t>
   </si>
   <si>
     <t>Подставка настольная вращающаяся пластиковая ErichKrause  Mini Burger, Powder, розовый</t>
   </si>
   <si>
     <t>Подставка настольная вращающаяся пластиковая ErichKrause® Mini Burger, Powder, розовый</t>
   </si>
   <si>
     <t>799417</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/aed/jxl3k3aooj1jz2w2kzs6lmhksnsd372v.jpg</t>
+  </si>
+  <si>
+    <t>Подставка настольная пластиковая ErichKrause  Forte, Pastel, ассорти из 6 цветов</t>
+  </si>
+  <si>
+    <t>Подставка настольная пластиковая ErichKrause® Forte, Pastel, ассорти из 6 цветов</t>
+  </si>
+  <si>
+    <t>799421</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e1a/241y6ki9a13f0073o6w4cictgky6mpog.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause  Leader, Powder, бежевый</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause® Leader, Powder, бежевый</t>
   </si>
   <si>
     <t>799423</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b00/zp037zi6dzssu521ovpo38yddq1og41j.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8ff/mj1skzqz89ty2qscx3pe49tns7748n3a.jpg</t>
   </si>
   <si>
     <t>Подставка цилиндрическая металлическая ErichKrause  Compass, Classic, серебряный</t>
   </si>
   <si>
     <t>Подставка цилиндрическая металлическая ErichKrause® Compass, Classic, серебряный</t>
   </si>
   <si>
     <t>799425</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/006/w6rzg9t5doxpcc4jqmwsgm490f1pwjyn.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/682/mpg04f04drvhnglndga2qyk851rg5pp7.jpg</t>
   </si>
   <si>
     <t>Набор настольный вращающийся пластиковый ErichKrause  Mini Burger, Powder, бежевый</t>
   </si>
   <si>
     <t>Набор настольный вращающийся пластиковый ErichKrause® Mini Burger, Powder, бежевый</t>
   </si>
   <si>
     <t>812777</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1eb/52baelqk64du7n6j2nzic7dmccpno9ud.jpg</t>
   </si>
   <si>
     <t>Набор настольный вращающийся пластиковый ErichKrause  Mini Burger, Powder, персиковый</t>
   </si>
   <si>
     <t>Набор настольный вращающийся пластиковый ErichKrause® Mini Burger, Powder, персиковый</t>
   </si>
   <si>
     <t>812779</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/493/kk5zyw0fqybplvq1fixe616mcjs5bxot.jpg</t>
@@ -4123,62 +4018,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/54d/taq9pa1clu7hsuveqy74z1ekewepw0ff.jpg</t>
   </si>
   <si>
     <t>Набор настольный вращающийся пластиковый ErichKrause  Mini Desk, Powder, розовый</t>
   </si>
   <si>
     <t>Набор настольный вращающийся пластиковый ErichKrause® Mini Desk, Powder, розовый</t>
   </si>
   <si>
     <t>812789</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/75f/cv9k3yj63ggg20emxxlyuxzxwt1y79f4.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause  Forte, Real Croco, белый с зеленой вставкой</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Forte, Real Croco, белый с зеленой вставкой</t>
   </si>
   <si>
     <t>812791</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fe0/d6yb98qw6wf052orp7t6p43ri8r1cged.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/773/2qkh9222oiqpjp59xltncn5hmesjuo2z.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause  Leader, Powder, ассорти из 4 цветов</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Leader, Powder, ассорти из 4 цветов</t>
   </si>
   <si>
     <t>812795</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d9/8u9xlxssl80v1j0d0z8vs167z990jee3.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause  Leader, Powder, бежевый</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Leader, Powder, бежевый</t>
   </si>
   <si>
     <t>812796</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d6b/grxvg8jmqoi5tnr7h2vtoxe0954xtqbl.jpg</t>
@@ -4462,50 +4345,68 @@
   <si>
     <t>http://anytos.ru//upload/iblock/643/d6b2u93wzvpspt7l3zal9fda0rsux1ty.jpg</t>
   </si>
   <si>
     <t>Подставка настольная вращающаяся пластиковая ErichKrause  Mini Burger, Neon Solid, оранжевый</t>
   </si>
   <si>
     <t>Подставка для удобного хранения настольных принадлежностей. Оснащена вращающимся механизмом и изготовлена из высококачественного пластика.</t>
   </si>
   <si>
     <t>842326</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/76a/936cytbv60sdvd44w48g9pbyqeex8rxq.jpg</t>
   </si>
   <si>
     <t>Подставка для канц Эсир БИЗНЕС 10 отд. черн. пластик</t>
   </si>
   <si>
     <t>847211</t>
   </si>
   <si>
     <t>&lt;a href="/brands/jesir/"&gt;Эсир&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f3d/0s8zeleboti272tzx11znjw41ke4zv73.jpg</t>
+  </si>
+  <si>
+    <t>Стакан для канц Эсир дымчат. пластик</t>
+  </si>
+  <si>
+    <t>847216</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/288/hld572x85jg7w7byhnlbsihkn59hp0sh.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для канц Эсир ОМЕГА 8 отд. черн. пластик</t>
+  </si>
+  <si>
+    <t>852207</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/156/jhycd3j6ythnmmjotxtnfbadxs3tdjdt.jpg</t>
   </si>
   <si>
     <t>Подставка цилиндрическая металлическая ErichKrause  Compass, Classic, черный</t>
   </si>
   <si>
     <t>Подставка с круглой формой основания для удобного хранения настольных принадлежностей. Материал - сталь с лакокрасочным покрытием. Модель 2019-ого года поставляется с металлическим логотипом ErichKrause®</t>
   </si>
   <si>
     <t>853308</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7bd/sf8rsmisel1q62p7lt0x1v4ta2k7evn0.jpg</t>
   </si>
   <si>
     <t>Набор настольный вращающийся пластиковый Erich Krause  Office, Bubble Gum, розовый с голубой вставкой</t>
   </si>
   <si>
     <t>Набор настольный вращающийся пластиковый ErichKrause® Office, Bubble Gum, розовый с голубой вставкой</t>
   </si>
   <si>
     <t>854942</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b3/ra8oju3bp0njxcdfynr010kmbpxrlvvl.jpg</t>
@@ -4522,74 +4423,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ccc/89eazl7a47gimdqr07kxti52qln0a8pa.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause  Base, Bubble Gum, розовый</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Base, Bubble Gum, розовый</t>
   </si>
   <si>
     <t>854944</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/631/kybaqdov4hq7o565ueiiu4qtwdokmqvl.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause  Base, Caribbean Sunset, маджента</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Base, Caribbean Sunset, маджента</t>
   </si>
   <si>
     <t>854945</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b87/78j5kq1gg3afuwurpkfxz8wq0nkqunka.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9c7/u14hq1xsr63lvtdg4t1vc8zpjmn7rpsk.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause  Base, Dino Planet, синий</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Base, Dino Planet, синий</t>
   </si>
   <si>
     <t>854948</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/389/0ahd2gay2bb37word49ly4i5439cg6yo.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause  Base, Flower Sheep, мятный</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Base, Flower Sheep, мятный</t>
   </si>
   <si>
     <t>854949</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/577/7swhtbtnp82fwal7ft0z8cl0datyzsnt.jpg</t>
@@ -4666,122 +4543,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/734/qkgyk500kz1n1p0f11m239hflvbb5kzt.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause  Forte, Iris, желтый с фиолетовой вставкой</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Forte, Iris, желтый с фиолетовой вставкой</t>
   </si>
   <si>
     <t>854956</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ccc/b5onuef03raetrvtvz0498wg7cah82rn.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause  Forte, Iris, фиолетовый с желтой вставкой</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Forte, Iris, фиолетовый с желтой вставкой</t>
   </si>
   <si>
     <t>854957</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/447/tvzbhy6a62vqa7v7ylm9202mxzejqt6j.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/405/lr3lc52eo24p9sbj323mxutwkz1cuqun.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause  Forte, Meditation, белый с фиолетовой вставкой</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Forte, Meditation, белый с фиолетовой вставкой</t>
   </si>
   <si>
     <t>854959</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bbb/ju8eosby1s6fdaftjftbakqrebc99ti7.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause  Forte, Natural Life, белый с серой вставкой</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Forte, Natural Life, белый с серой вставкой</t>
   </si>
   <si>
     <t>854960</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca9/czq4i7lo1mk64py9egpoq93kf12d5dav.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause  Forte, Punky Monkey, белый с желтой вставкой</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Forte, Punky Monkey, белый с желтой вставкой</t>
   </si>
   <si>
     <t>854961</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ec3/444kex93ycm0g6exjywsos2no33gdwhc.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause  Forte, Top Blogger, белый с розовой вставкой</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Forte, Top Blogger, белый с розовой вставкой</t>
   </si>
   <si>
     <t>854962</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/439/iidcs6uyrg8h6rtjdpe7zwg8bth2bs03.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/00c/kpc1uewpcuu4vi67hbh4l9s4xwzjt8my.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый Erich Krause  Victoria, Dino Planet, синий</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Victoria, Dino Planet, синий</t>
   </si>
   <si>
     <t>854964</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c1b/tvepdyqthf7bpa9vuptoli1vejulvz0i.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause  Base, Bubble Gum, розовая</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause® Base, Bubble Gum, розовая</t>
   </si>
   <si>
     <t>854969</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/211/gv7y39l0mkm9xw0g9vq43pqa7zx4fwxy.jpg</t>
@@ -4870,62 +4723,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/245/s08e8xnw1vqksg027dmltzvnnwpk4iqa.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause  Forte, Punky Monkey, белая с желтой неоновой вставкой</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause® Forte, Punky Monkey, белая с желтой неоновой вставкой</t>
   </si>
   <si>
     <t>854984</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/319/r3wq458w9q68bouo3y4bdymmpj23srru.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause  Forte, Top Blogger, белая с розовой неоновой вставкой</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause® Forte, Top Blogger, белая с розовой неоновой вставкой</t>
   </si>
   <si>
     <t>854985</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fd3/tkybk48ooj7aq7bnbks5peg1632mxzzt.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c5f/f6hu0se4o3f139u0be8ndm6srznnwrhh.jpg</t>
   </si>
   <si>
     <t>Подставка для письменных принадлежностей, кв, мет сетка, черн, 73x73x115мм</t>
   </si>
   <si>
     <t>880653</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a45/1qvr4dosvyk5lwegwyexkogtzgnulqkt.jpg</t>
   </si>
   <si>
     <t>Подставка для письменных принадлежностей, круг, мет сетка, цв в асс, 91x98 мм</t>
   </si>
   <si>
     <t>880654</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2bb/w21nfjpvlracmfa4wa3s6z3o1d220vjo.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер д канц.принадле-ей Deli 8932White, 5 отделений, белый</t>
   </si>
   <si>
     <t>Подставка-органайзер д/канц.принадле-ей Deli 8932White, 5 отделений, белый</t>
@@ -4933,131 +4774,200 @@
   <si>
     <t>880656</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a9/y53r481eu9h7erad4netcxx9qxaediwo.jpg</t>
   </si>
   <si>
     <t>Подставка-стакан для канц.принадл-ей Attache Economy office кватро черн юпп</t>
   </si>
   <si>
     <t>880659</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/24e/o4sup5o528eepe8fx9all03bip2cy8yy.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер BRAUBERG COMPACT, 4 отделения, 92х114х102 мм, черная, 238102, ОР21</t>
   </si>
   <si>
     <t>Практичная пластиковая подставка-органайзер BRAUBERG предназначена для хранения различных канцелярских принадлежностей. Изготовлена из высококачественного пластика. Имеет размеры 92х114х102 мм. Состоит из 4-х отделений для канцелярских мелочей и пишущих принадлежностей. Поставляется без наполнения.</t>
   </si>
   <si>
     <t>882952</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/71d/yg2jldxdmwhslkgism12iu1o39gvajii.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер BRAUBERG GRAND OFFICE, 9 отделений, 115х160х105 мм, тонированная серая, 238099, ОР11</t>
+  </si>
+  <si>
+    <t>Практичная пластиковая подставка-органайзер BRAUBERG предназначена для хранения различных канцелярских принадлежностей. Изготовлена из высококачественного пластика. Имеет размеры 115х160х105 мм. Состоит из 9-ти отделений для канцелярских мелочей и пишущих принадлежностей. Поставляется без наполнения.</t>
+  </si>
+  <si>
+    <t>882953</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/088/9ojuw9ly4iouc3ivpb0w4xbftatxjn45.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер BRAUBERG GRAND OFFICE, 9 отделений, 115х160х105 мм, тонированная, 238098, ОР14</t>
   </si>
   <si>
-    <t>Практичная пластиковая подставка-органайзер BRAUBERG предназначена для хранения различных канцелярских принадлежностей. Изготовлена из высококачественного пластика. Имеет размеры 115х160х105 мм. Состоит из 9-ти отделений для канцелярских мелочей и пишущих принадлежностей. Поставляется без наполнения.</t>
-[...1 lines deleted...]
-  <si>
     <t>882954</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/5c6/1o2ox2bnwftysplp9nlc5kwv5t8strya.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер BRAUBERG MAXI DESK, 10 отделений, вращающаяся, 157х140х175 мм, черная, 238093, ОР200</t>
+  </si>
+  <si>
+    <t>Практичная пластиковая подставка-органайзер BRAUBERG предназначена для хранения различных канцелярских принадлежностей. Эргономичная пластиковая подставка-органайзер с 10 отделениями для пишущих принадлежностей и канцелярских мелочей имеет размер 157х140х175 мм. Легкое вращение на 360 градусов. Поставляется без канцелярского наполнения.</t>
+  </si>
+  <si>
+    <t>882955</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7e5/x0rtnf4yh599uo0c1nj3x1qc8xazake7.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер BRAUBERG OFFICE STYLE, 4 отделения, 115х122х111 мм, черная, 238097, ОР31</t>
   </si>
   <si>
     <t>Практичная пластиковая подставка-органайзер BRAUBERG предназначена для хранения различных канцелярских принадлежностей. Изготовлена из высококачественного пластика. Имеет размеры 115х122х111 мм. Состоит из 4-х отделений для канцелярских мелочей и пишущих принадлежностей. Поставляется без наполнения.</t>
   </si>
   <si>
     <t>882956</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bb4/xqyb72tqzk01d3a39tfa9x3whens3cg2.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер BRAUBERG STYLE COLOR, 5 отделений, 132х122х108 мм, ассорти, 238095, ОР55</t>
+  </si>
+  <si>
+    <t>Практичная пластиковая подставка-органайзер BRAUBERG предназначена для хранения различных канцелярских принадлежностей. Изготовлена из высококачественного пластика. Имеет размеры 132х122х108 мм. Состоит из 5-ти отделений для канцелярских мелочей и пишущих принадлежностей. Поставляется без наполнения в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>882957</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bee/pr855e9ivr25sar7jfkkyuz7ahke26mr.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер BRAUBERG STYLE, 5 отделений, 132х122х108 мм, черная, 238096, ОР52</t>
+  </si>
+  <si>
+    <t>Практичная пластиковая подставка-органайзер BRAUBERG предназначена для хранения различных канцелярских принадлежностей. Изготовлена из высококачественного пластика. Имеет размеры 132х122х108 мм. Состоит из 5-ти отделений для канцелярских мелочей и пишущих принадлежностей. Поставляется без наполнения.</t>
+  </si>
+  <si>
+    <t>882958</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/519/a5nve43yrss69761ssz1q2gqas4rokcq.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause  Base, Vintage Car, бирюзовый</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Base, Vintage Car, бирюзовый</t>
   </si>
   <si>
     <t>883231</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8a6/eeu6n0uei3vqmf074lps4qn8hqyp31g6.jpg</t>
+  </si>
+  <si>
+    <t>Настольный набор BRAUBERG  quot;Germanium quot;, 6 предметов, серебро, металл, 237986</t>
+  </si>
+  <si>
+    <t>Настольный набор из металла BRAUBERG &amp;quot;Germanium&amp;quot; - это готовое решение для офиса. Позволяет содержать в порядке все письменные принадлежности и документы, а также эффективно их использовать. В комплект набора входят 6 предметов:- трехсекционный горизонтальный лоток для бумаг А4;- трехсекционная подставка для бумаг и писем;- подставка для бумажного блока;- вертикальный лоток;- подставка-органайзер для пишущих принадлежностей;- подставка для визиток.Предметы изготовлены из металлической сетки, выполнены в серебристом цвете.Набор поставляется без канцелярского наполнения в индивидуальной коробке.</t>
+  </si>
+  <si>
+    <t>883791</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/24b/qgejxy6wzn6n8qg4983ctfxwgtnk23h5.jpg</t>
   </si>
   <si>
     <t>Настольный набор BRAUBERG  quot;Germanium quot;, 6 предметов, черный, металл, 237985</t>
   </si>
   <si>
     <t>Настольный набор из металла BRAUBERG &amp;quot;Germanium&amp;quot; - это готовое решение для офиса. Позволяет содержать в порядке все письменные принадлежности и документы, а также эффективно их использовать. В комплект набора входят 6 предметов:- трехсекционный горизонтальный лоток для бумаг А4;- трехсекционная подставка для бумаг и писем;- подставка для бумажного блока;- вертикальный лоток;- подставка-органайзер для пишущих принадлежностей;- подставка для визиток.Предметы изготовлены из металлической сетки, выполнены в лаконичном черном цвете.Набор поставляется без канцелярского наполнения в индивидуальной коробке.</t>
   </si>
   <si>
     <t>883792</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/306/ppwcqo98g7yl4hlct4vd149gz00z6gy5.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер BRAUBERG  quot;Germanium quot;, 4 секции, 160х80х110 мм, черная, металл, 237982</t>
   </si>
   <si>
     <t>Практичная и долговечная металлическая подставка-органайзер BRAUBERG предназначена для хранения различных канцелярских и пишущих принадлежностей. Изготовлена из металлической сетки. Имеет размеры 160х80х110 мм. Выполнена в черном цвете. Состоит из 4-х секций, которые позволяют хранить и сортировать самые разные канцелярские принадлежности. Поставляется без канцелярского наполнения.</t>
   </si>
   <si>
     <t>883793</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/83e/jton5z2vmwhta95d2sqtt3a1fmkqmnp1.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер BRAUBERG  quot;Germanium quot;, 5 секций, 255х180х105 мм, металл, серебро, 237974</t>
   </si>
   <si>
     <t>Практичная металлическая подставка-органайзер BRAUBERG &amp;quot;Germanium&amp;quot; для хранения различных канцелярских принадлежностей. Изготовлена из металлической сетки. Имеет размеры 255х180х105 мм. Состоит из 5-ти отделений для пишущих принадлежностей и канцелярских мелочей. Мягкие подушечки на дне предотвращают скольжение и порчу мебели. Подставка-органайзер упакована в фирменную коробку. Поставляется без канцелярского наполнения.</t>
   </si>
   <si>
     <t>883794</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/acb/vl4iv8qof36e0t8g21pvyjn70y3gz14g.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер BRAUBERG  quot;Germanium quot;, 5 секций, 255х180х105 мм, металл, черная, 237973</t>
   </si>
   <si>
     <t>883795</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e1c/nj4v8ns98dxhb5d9mmueh6ypdtuq29qp.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер BRAUBERG MINI, 10 отделений, вращающаяся, 107х107х130 мм, черная, 238094, ОР70</t>
+  </si>
+  <si>
+    <t>Практичная пластиковая подставка-органайзер BRAUBERG предназначена для хранения различных канцелярских принадлежностей. Эргономичная пластиковая подставка-органайзер с 10 отделениями для пишущих принадлежностей и канцелярских мелочей имеет размер 107х107х130 мм. Легкое вращение на 360 градусов. Поставляется без канцелярского наполнения.</t>
+  </si>
+  <si>
+    <t>883796</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/575/673g1i0e7j8jazodwbmw7dt73tipb1gc.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер вращающаяся BRAUBERG  quot;Germanium quot;, 7 секций, 110х165х175 мм, серебро, металл, 237981</t>
   </si>
   <si>
     <t>Практичная и долговечная металлическая подставка-органайзер BRAUBERG предназначена для хранения различных канцелярских и пишущих принадлежностей. Изготовлена из металлической сетки. Имеет размеры 110х165х175 мм. Выполнена в серебристом цвете. Состоит из 7-ми секций, которые позволяют хранить и сортировать самые разные канцелярские принадлежности. Легкое вращение позволит легко найти необходимый предмет. Поставляется без канцелярского наполнения.</t>
   </si>
   <si>
     <t>883797</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5c6/jpufih16s8bhllhiswkumnp0r0b1zri3.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер вращающаяся BRAUBERG  quot;Germanium quot;, 7 секций, 110х165х175 мм, черная, металл, 237980</t>
   </si>
   <si>
     <t>Практичная и долговечная металлическая подставка-органайзер BRAUBERG предназначена для хранения различных канцелярских и пишущих принадлежностей. Изготовлена из металлической сетки. Имеет размеры 110х165х175 мм. Выполнена в черном цвете. Состоит из 7-ми секций, которые позволяют хранить и сортировать самые разные канцелярские принадлежности. Легкое вращение позволит легко найти необходимый предмет. Поставляется без канцелярского наполнения.</t>
   </si>
   <si>
     <t>883798</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/317/fha82kqkjmme4akbz34clqkdmxb5shhr.jpg</t>
@@ -5128,152 +5038,149 @@
   <si>
     <t>Набор настольный пластиковый ErichKrause® Forte, Your Way, белый с черной вставкой</t>
   </si>
   <si>
     <t>886274</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/165/68o0vgmxoux9fs7yz6up1d1qu1i241ca.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause  Forte, Your Way, белая с черной вставкой</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause® Forte, Your Way, белая с черной вставкой</t>
   </si>
   <si>
     <t>886280</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e8/d17cmu7r0lzmv7n4j9fk6bzwbizotdsh.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер BRAUBERG  quot;Germanium quot; круглое основание, 100х89 мм, серебро, металическая, 237988</t>
   </si>
   <si>
-    <t>Практичная и долговечная металлическая подставка-органайзер BRAUBERG &amp;quot;Germanium&amp;quot; предназначена для хранения различных канцелярских принадлежностей. Изготовлена из металлической сетки. Имеет размеры 100х89х89 мм. Состоит из одного отделения. Мягкие подушечки на дне предотвращают скольжение и порчу мебели. Поставляется без канцелярского наполнения.</t>
-[...1 lines deleted...]
-  <si>
     <t>906137</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/595/1w8pl3w5bq6wgqdorxoed61qq5w5hqwn.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер барная  шесть отделений  для салфетки, сахара, размешивателей, зубочисток, трубочек, ложечек, LAIMA, 608100</t>
   </si>
   <si>
     <t>Универсальная подставка органайзер LAIMA для салфеток, сахара, размешивателей, зубочисток, трубочек и других дополнительных и вспомогательных аксессуаров. Идеально для баров, ресторанов, кофеен.Можно разместить все самое необходимое. Универсальная подставка органайзер LAIMA для салфеток, сахара, размешивателей, зубочисток, трубочек и других дополнительных и вспомогательных аксессуаров. Идеально для баров, ресторанов, кофеен. Можно разместить все самое необходимое не только для бармена или бариста, но и для клиентов в плане самообслуживания в офисах у кофе машин. Компоновка наполнителей данной подставки органайзера может быть абсолютно любой на Ваше усмотрение исходя из потребностей. Выполнена из ударопрочного пластика, корпус с приятной шероховато-матовой поверхностью. На данной поверхности практически не остаются отпечатки пальцев, легко моется.</t>
   </si>
   <si>
     <t>906138</t>
   </si>
   <si>
     <t>&lt;a href="/brands/laima/"&gt;LAIMA&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ef/52za6g402433hi3u7i8rdex24ivsevir.jpg</t>
   </si>
   <si>
     <t>Стакан под письменные принадлежности BRAUBERG, 10х7,5х7,5 см, 505920</t>
   </si>
   <si>
     <t>Брендированный стакан BRAUBERG предназначен для выгодного представления письменных принадлежностей на витрине. Стакан под письменные принадлежности BRAUBERG выполнен из органического стекла толщиной 3 мм. Устанавливается в прикассовой зоне в торговом зале розничного магазина или в выставочном зале.</t>
   </si>
   <si>
     <t>906139</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/600/zmiidej8eilhq8zajlf7zbghr4kwiht6.jpg</t>
   </si>
   <si>
     <t>Настольная подставка MESHU  quot;Fridge quot;, 3 отделения, молочный</t>
   </si>
   <si>
     <t>Настольная подставка MESHU в молочном цвете предназначена для хранения пишущих принадлежностей и канцелярских мелочей. Подставка имеет 3 отделения. Упакована в термоусадочную пленку.&amp;nbsp;&amp;nbsp;• Материал: пластик; • Цвет: молочный; • Количество секций: 3; • Размер: 8*10,5*14 см.</t>
   </si>
   <si>
     <t>926353</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/228/i0pk2g9dsf8lnrd00pq2rg19myso2vi5.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/216/leqmmeyd9ln2uo3tg5k0god63ee6qsab.jpg</t>
   </si>
   <si>
     <t>Подставка-стакан MESHU  quot;Avocat quot;, розовая</t>
   </si>
   <si>
     <t>Подставка-стакан MESHU в стильном дизайне предназначена для хранения пишущих принадлежностей. Упакована в ОПП пакет с европодвесом. Схема сборки подставки указана на упаковке.&amp;nbsp;&amp;nbsp;• Материал: пластик • Цвет: розовый • Форма: круглая • Размер: 8,5*12 см</t>
   </si>
   <si>
     <t>926356</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee3/jy9afywlhf2kkxlvud967ntzntpogkyc.jpg</t>
   </si>
   <si>
     <t>Подставка-стакан MESHU  quot;Black Cat quot;, прозрачная</t>
   </si>
   <si>
     <t>Подставка-стакан MESHU в стильном дизайне предназначена для хранения пишущих принадлежностей. Упакована в ОПП пакет с европодвесом. Схема сборки подставки указана на упаковке.&amp;nbsp;&amp;nbsp;• Материал: пластик • Цвет: прозрачный • Форма: круглая • Размер: 8,5*12 см</t>
   </si>
   <si>
     <t>926357</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b51/vkp72y652ks297hrggq2c7jrqp30lc02.jpg</t>
   </si>
   <si>
     <t>Подставка-стакан MESHU  quot;Dino s egg quot;, мятная</t>
   </si>
   <si>
     <t>Подставка-стакан MESHU в стильном дизайне предназначена для хранения пишущих принадлежностей. Упакована в ПВХ бокс. Схема сборки подставки указана на упаковке.&amp;nbsp;&amp;nbsp;• Материал: пластик • Цвет: мятный • Размер: 12*12 см</t>
   </si>
   <si>
     <t>926358</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c80/jm1xjelcad58vvu04jugyo4ph5lcapfa.jpg</t>
   </si>
   <si>
     <t>Подставка-стакан MESHU  quot;Unicorn quot;, розовая</t>
   </si>
   <si>
     <t>926359</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/04b/imaytvyeo5s1qbvm4455lzz0ibmep7ng.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер BRAUBERG ROUND, 6 отделений, 130х130х90 мм, черная, 238100, ОР05</t>
+  </si>
+  <si>
+    <t>Практичная пластиковая подставка-органайзер BRAUBERG предназначена для хранения различных канцелярских принадлежностей. Изготовлена из высококачественного пластика. Имеет размеры 130х130х90 мм. Состоит из 6-ти отделений для канцелярских мелочей и пишущих принадлежностей. Поставляется без наполнения.</t>
+  </si>
+  <si>
+    <t>938820</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/586/mi6vrjw6zxt717ybpukcl9uhj90gi3s6.jpg</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause  Forte, Lavender, белый с фиолетовой вставкой</t>
   </si>
   <si>
     <t>Набор настольный пластиковый ErichKrause® Forte, Lavender, белый с фиолетовой вставкой</t>
   </si>
   <si>
     <t>939608</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/328/alq79tmjbjh0j2kvxmbhnl3ysx2ikdok.jpg</t>
   </si>
   <si>
     <t>Настольная подставка СТАММ  quot;Метеор quot;, пластиковая, серая</t>
   </si>
   <si>
     <t>Настольная подставка СТАММ предназначена для хранения канцелярских принадлежностей и бытовых мелочей. Стационарное изделие размером 11,8*9,7 см обладает уникальным дизайном. Компактная и устойчивая подставка имеет 5 отделений разной высоты. Изготовлена из качественного полипропилена. Поставляется без наполнения. Цвет изделия: серый. • Вид: настольная подставка; • Материал: полипропилен; • Количество отделений: 5; • Размер: 11,8*9,7 см; • Цвет: серый</t>
   </si>
   <si>
     <t>940287</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dc1/d7r9v10ihpavahl2tp13pt6fu3lb5mi8.jpg</t>
@@ -5326,62 +5233,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b68/ah027kohw2wj9xfvun8dh6p106d9gdn1.jpg</t>
   </si>
   <si>
     <t>Настольная подставка СТАММ  quot;Field quot;, пластиковая, белая</t>
   </si>
   <si>
     <t>Настольная подставка СТАММ &amp;quot;Field&amp;quot;, пластиковая, белая</t>
   </si>
   <si>
     <t>945141</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/84b/ilxsn51a8oehmkqrzlnmhk8vo1hmyrtj.jpg</t>
   </si>
   <si>
     <t>Настольная подставка СТАММ  quot;Юниор quot;, белая</t>
   </si>
   <si>
     <t>Настольная подставка СТАММ &amp;quot;Юниор&amp;quot;, белая</t>
   </si>
   <si>
     <t>945142</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2d7/9u7fs06prfe7u0nvl0zbubqp47myij2o.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/996/2865zgtsgd56c3ny42dc2u7o5chg9q3f.jpg</t>
   </si>
   <si>
     <t>Подставка-стакан СТАММ  quot;Лидер quot;, пластиковая, круглая, пастельные цвета, ассорти</t>
   </si>
   <si>
     <t>Подставка-стакан СТАММ &amp;quot;Лидер&amp;quot;, пластиковая, круглая, пастельные цвета, ассорти</t>
   </si>
   <si>
     <t>945144</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7bc/h8aq0fgpvmi1p2xvgq8s9llh6wbw8b4v.jpg</t>
   </si>
   <si>
     <t>Подставка-стакан СТАММ  quot;Фаворит quot;, пластиковая, квадратная, прозрачная</t>
   </si>
   <si>
     <t>Подставка-стакан СТАММ &amp;quot;Фаворит&amp;quot;, пластиковая, квадратная, прозрачная</t>
   </si>
   <si>
     <t>945145</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27a/d6uz265rcweut8vor98wef0bymnxbbnj.jpg</t>
@@ -5434,50 +5329,59 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b93/blipztpxxhc2iihrbpy276enlm1gxmog.jpg</t>
   </si>
   <si>
     <t>Подставка под ручки и карандаши в тубах BRAUBERG, металл, 3 отделения, 26x30x11 см</t>
   </si>
   <si>
     <t>Брендированная подставка BRAUBERG обеспечивает эффективное размещение письменных принадлежностей на витрине. Металлическая конструкция, состоящая из 3 отделений, позволяет разместить максимальное количество ручек и карандашей в тубах даже в небольших торговых пространствах. Стильный, лаконичный дизайн подставки BRAUBERG привлечет внимание покупателей к товару.</t>
   </si>
   <si>
     <t>945705</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb9/pph5jf07c32ztu3yoe1jeq49mxpqugjc.jpg</t>
   </si>
   <si>
     <t>Подставка под ручки и карандаши в тубах BRAUBERG, металл, 6 отделений, 32x30x21 см</t>
   </si>
   <si>
     <t>Брендированная подставка BRAUBERG обеспечивает эффективное размещение письменных принадлежностей на витрине. Металлическая конструкция, состоящая из 6 отделений, позволяет разместить максимальное количество ручек и карандашей в тубах даже в небольших торговых пространствах. Стильный, лаконичный дизайн подставки BRAUBERG привлечет внимание покупателей к товару.</t>
   </si>
   <si>
     <t>945706</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/717/b3y57r9r7q9sew5ahimxf76lqbd49uwv.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер BRAUBERG ROUND, 6 отделений, 130х130х90 мм, тонированная серая, 238101, ОР01</t>
+  </si>
+  <si>
+    <t>945707</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6e3/1t3vpa8v1jel8hj9v8s21x69pviu05u2.jpg</t>
   </si>
   <si>
     <t>Стойка-вертушка настольная BRAUBERG, 68х28 см, 20 крючков, 3 вращающихся ряда, 505911</t>
   </si>
   <si>
     <t>Настольная стойка-вертушка BRAUBERG позволит выгодно разместить продукцию торговой марки таким образом, чтобы клиенту было удобно выбрать нужный товар. Функциональная и стильная стойка идеальна для увеличения прибыли. Яркий топпер привлекает внимание покупателя к бренду и непосредственно размещенному товару.3 вращающихся ряда с крючками, на которых с помощью подвесов размещаются товары, позволяют легко рассмотреть весь ассортимент, сравнить и выбрать необходимое. Ряды регулируются по высоте.Высота стойки рассчитана на средний рост человека и то, что она будет располагаться на витрине. Любой покупатель с легкостью дотянется до нужной упаковки.В комплект входит рекомендация по размещению продукции бренда – грамотная планограмма уже составлена специалистами группы компаний &amp;quot;Самсон&amp;quot;.</t>
   </si>
   <si>
     <t>945708</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f49/lgx9ba0lnlph1a3m0u4exhoda10g5s0r.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер для канцелярских мелочей Deli NuSign ENS950white 120х155х96 4отд белый</t>
   </si>
   <si>
     <t>951273</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7bb/nrugpatzotyeiw9woeh7a74vcirpghgl.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер STAFF Octet, 4-8 отделений  трансформер , вращающаяся, разноцветная, 238322</t>
@@ -5545,197 +5449,191 @@
   <si>
     <t>Подставка настольная пластиковая ErichKrause Base, Винни-Пух, черный</t>
   </si>
   <si>
     <t>960743</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d84/mihb7e07g01o11sfgliu79pil7ho0avu.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause Base, Приключения Пети и Волка, голубой</t>
   </si>
   <si>
     <t>960744</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49f/hdkmr7nrg7fepyrudlck4p7a5yc2549g.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause Base, Приключения Пети и Волка, синий</t>
   </si>
   <si>
     <t>960745</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6b3/pncxh8k9zytenku3fa9drrfjgttu3tek.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/866/x8e6xe2b70z6m3yr2shp1ypnvgv6s9qb.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause Base, Простоквашино, фиолетовый</t>
   </si>
   <si>
     <t>960747</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/366/5hab9hu3nqaquayx74m2a1zuend56iew.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause Forte, Manga, фиолетовый с голубым</t>
   </si>
   <si>
     <t>960748</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/978/acvw5u1hkilq0t0v708isr3lcw775fqz.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause Forte, Pastel Bloom, голубой с фиолетовым</t>
   </si>
   <si>
     <t>960749</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/34b/qcq3eqzo4qzz5p02zouwu2l8p8tb06ak.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая ErichKrause Forte, Pastel Bloom, персиковый с зеленым</t>
   </si>
   <si>
     <t>960750</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c96/mzy8rxh3bjhfi0xhsy8gmapojdz2scmh.jpg</t>
+  </si>
+  <si>
+    <t>Набор настольный Комус 10 предметов бирюзовый синий S-897</t>
+  </si>
+  <si>
+    <t>Набор настольный Комус 10 предметов бирюзовый/синий S-897</t>
+  </si>
+  <si>
+    <t>963744</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/263/r5pze318t4qcklgqe2z3b0jmnnt3hddg.jpg</t>
   </si>
   <si>
     <t>Набор настольный Комус 10 предметов черный белый S-897</t>
   </si>
   <si>
     <t>Набор настольный Комус 10 предметов черный/белый S-897</t>
   </si>
   <si>
     <t>963745</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d0b/0s3xi6vxxkosqhdn4ox6ky7gefh0ela0.jpg</t>
   </si>
   <si>
     <t>Набор настольный Комус 10 предметов серый черный, вращающийся</t>
   </si>
   <si>
     <t>Набор настольный Комус 10 предметов серый/черный, вращающийся</t>
   </si>
   <si>
     <t>963746</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c99/s252qpun0p48ysyuz4w0fmt8ymay27j3.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/930/efaondtnhzsauqtaf2n371b8ny3mf3q5.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер для канцелярских мелочей Attache Акварель 4отделения розовый</t>
   </si>
   <si>
     <t>963748</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/051/czfmiusnn7qidbbwyjp2q6eqdm9f0vtr.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер для канцелярских мелочей Attache Акварель 4отделения фиолет</t>
   </si>
   <si>
     <t>963749</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7fe/f88t9wtnl13r4prn17oppf0ojzbt74x2.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер для канцелярских мелочей 7секций Attache125x140x220мм мет.сет. чер</t>
   </si>
   <si>
     <t>963750</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3f4/7bxepnec6mqqel4gcn1x8384jgx0hqfw.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер для канцелярских мелочей 7секц. Attache125x140x220мм мет.сет.сереб</t>
   </si>
   <si>
     <t>963751</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d0b/x1wvoe16ezws9l2rka27l682kbplaubz.jpg</t>
   </si>
   <si>
     <t>Набор настольный Attache Economy 5 предметов черный, Россия</t>
   </si>
   <si>
     <t>963752</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/385/91j6lz82zjg0se5ws0kfll3hvjnxuhoq.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e50/irdt40fvijdm0t5rt373kasixd3m76g7.jpg</t>
   </si>
   <si>
     <t>Набор настольный Attache Vegas 8 предметов розовый, Россия</t>
   </si>
   <si>
     <t>963755</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/20d/ltpnaoj2firnf7oot3wpeytb2eyukjw1.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер для канцелярских мелочей Attache Maxi Desk 10отд вращ-я черная</t>
+  </si>
+  <si>
+    <t>963756</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/54e/sot4mstqcrjzm376r8szux51lir4v7b5.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер для канцелярских мелочей Attache вращ-ся 5отд красный черный</t>
   </si>
   <si>
     <t>Подставка-органайзер для канцелярских мелочей Attache вращ-ся 5отд красный/черный</t>
   </si>
   <si>
     <t>963757</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/505/ow834oi004cuc8w7njrtthtp94y3tws0.jpg</t>
   </si>
   <si>
     <t>Подставка-стакан СТАММ  quot;Лидер quot;, пластиковая, круглая, неоновые цвета, ассорти</t>
   </si>
   <si>
     <t>Подставка-стакан СТАММ &amp;quot;Лидер&amp;quot;, пластиковая, круглая, неоновые цвета, ассорти</t>
   </si>
   <si>
     <t>967779</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0be/s1b5npsjonya9zjw4fkquyjp5hag8bt4.jpg</t>
@@ -5842,59 +5740,50 @@
   <si>
     <t>Подставка настольная пластиковая Erich Krause Forte, Жил-был Пес, белый с черным</t>
   </si>
   <si>
     <t>970372</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/426/0c5e5z6m2iz5o3dp5f0213qnxb4opdn6.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause Forte, Тайна третьей планеты, черный</t>
   </si>
   <si>
     <t>970373</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/712/6fevlc4pflxdca62liusu7cq7xqzhzkz.jpg</t>
   </si>
   <si>
     <t>Подставка настольная вращающаяся пластиковая Erich Krause Mini Burger, Classic, белый</t>
   </si>
   <si>
     <t>971450</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a17/627c88mle2hws4kqhfz7rujxgjxqleng.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/793/dx4lfdle4hkq6kmvd6ver0hpkv78swb3.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause Forte, Tropical, мятный с фиолетовым</t>
   </si>
   <si>
     <t>971454</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b9/jvl6q77uinm6uc3wm3femh7ku0h4yil2.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause Venezia, Classic, черный</t>
   </si>
   <si>
     <t>971455</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3ca/aozz9eq186e6l0p1vvjef03ujkhtfq2o.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер для канцелярских мелочей Attache Юниор 4 отделения, черный</t>
   </si>
   <si>
     <t>973531</t>
@@ -5938,83 +5827,62 @@
   <si>
     <t>973536</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/12a/p6yia866cdp46y6lfgbpqp85ixfk9hxe.jpg</t>
   </si>
   <si>
     <t>Подставка-стакан для канцелярских принадлежностей M G, метал сетка, черный, 485х380х260 мм.</t>
   </si>
   <si>
     <t>Подставка-стакан для канцелярских принадлежностей M&amp;G, метал сетка, черный, 485х380х260 мм.</t>
   </si>
   <si>
     <t>973537</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/58d/bjumodln8l3wy2f0w7iygv6gzkwb54qp.jpg</t>
   </si>
   <si>
     <t>Подставка настольная вращающаяся пластиковая Erich Krause Office, Classic, серый</t>
   </si>
   <si>
     <t>974676</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a70/wjy17k6qax8n30twzav6li808yizzfcq.jpg</t>
-[...17 lines deleted...]
-    <t>975398</t>
+    <t>http://anytos.ru//upload/iblock/9fd/9gdn437jz4yvrfz5z9z3uo0d5nv3qg8z.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для канц INFORMAT 105х220х110 мм черный металл</t>
+  </si>
+  <si>
+    <t>975400</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9fd/9gdn437jz4yvrfz5z9z3uo0d5nv3qg8z.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3eb/fnp9207og4mh4n81dmu4uxzfnkc2ipoa.jpg</t>
   </si>
   <si>
     <t>Подставка для канц INFORMAT 3 отд. 102х186х95 мм серебро металл</t>
   </si>
   <si>
     <t>975402</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a76/ag39vrstblvmji1bnd31vrkrm3l9bv1f.jpg</t>
   </si>
   <si>
     <t>Подставка для канц INFORMAT 3 отд. 102х186х95 мм черный металл</t>
   </si>
   <si>
     <t>975403</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/912/4rht34rj12izpi081prbauv818zw79b5.jpg</t>
   </si>
   <si>
     <t>Подставка для канц INFORMAT 7 отд. 125х220х140 мм серебро металл</t>
   </si>
   <si>
     <t>975404</t>
@@ -6025,156 +5893,111 @@
   <si>
     <t>Подставка для канц INFORMAT 9 отд. 105х220х110 мм роз. металл</t>
   </si>
   <si>
     <t>975405</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f6f/pxa6046a31v3m1nxlfv6ad9t3o2i0u1n.jpg</t>
   </si>
   <si>
     <t>Подставка для канц INFORMAT 9 отд. 105х220х110 мм серебро металл</t>
   </si>
   <si>
     <t>975406</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/141/wut4kvdpuuw0cdzsyomurwyx7z0o2z3f.jpg</t>
   </si>
   <si>
     <t>Стакан для канц INFORMAT 100х89 мм роз. металл</t>
   </si>
   <si>
     <t>975407</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7fc/o82ira6umuf6fegr8lj5yxwyl1g2wpff.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c7d/vp5e0m5psb9im463l9ruehcib0lapwx6.jpg</t>
   </si>
   <si>
     <t>Стакан для канц INFORMAT 50x95 мм черный металл</t>
   </si>
   <si>
     <t>975410</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/994/o03i6rqnq6ldylfl5oizbg5otsk9d6xz.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер STAFF  quot;Attraction quot;, 9 отделений, вращающаяся, серая желтая, 238318</t>
   </si>
   <si>
     <t>975676</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a5c/n5rmnace2t6utb739mhjj9nsvv0e49li.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер STAFF  quot;Attraction quot;, 9 отделений, вращающаяся, черная фиолетовая, 238320</t>
   </si>
   <si>
     <t>975677</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1b0/cm12uvzrps07sojv66xcg4l4ps3qq8b4.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f66/rcqtm35ps06za4eu1z77abaieuuo53tx.jpg</t>
   </si>
   <si>
     <t>Подставка для канц INFORMAT 7 отд. 125х220х140 мм белый металл</t>
   </si>
   <si>
     <t>978970</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/645/p6b5ullpj98v2m1roltd345cied2mpd5.jpg</t>
   </si>
   <si>
     <t>Подставка для канц INFORMAT 7 отд. 125х220х140 мм черный металл</t>
   </si>
   <si>
     <t>978971</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e16/wfcpfx7296dpmapt93s2tawvw5w0g2yl.jpg</t>
   </si>
   <si>
     <t>Подставка для канц INFORMAT 9 отд. 105х220х110 мм белый металл</t>
   </si>
   <si>
     <t>978972</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c83/asa7vszq2lj0l5hir1dbt1eirrxexptr.jpg</t>
-[...23 lines deleted...]
-    <t>978975</t>
+    <t>http://anytos.ru//upload/iblock/70a/smpj524t2mnmbr2m0mtt86ngpgwyvybp.jpg</t>
+  </si>
+  <si>
+    <t>Стакан для канц LOREX KIDS FUN PIN PINKY 2 отд. 80х100х45 мм роз. пластик</t>
+  </si>
+  <si>
+    <t>978976</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/141/7w8bgnirj20mu0vm0sf2jl4lg61ib2uv.jpg</t>
   </si>
   <si>
     <t>Стакан для канц LOREX KIDS FUN PIN WHITLY 2 отд. 80х100х45 мм белый пластик</t>
   </si>
   <si>
     <t>978977</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/353/jobfvqcanhvjpptbb60ft1bxro0o3jwe.jpg</t>
   </si>
   <si>
     <t>Стакан для канц Каляка-Маляка 1 отд. 135x85x50 мм голуб. пластик</t>
   </si>
   <si>
     <t>978978</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kaljaka-maljaka/"&gt;Каляка-Маляка&lt;/a&gt;</t>
   </si>
@@ -6208,50 +6031,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/319/2nerl0mp1l5cy1t40buhva73vud6p4wy.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause Base, Ну, Погоди  Каникулы, розовый</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause Base, Ну, Погоди! Каникулы, розовый</t>
   </si>
   <si>
     <t>979226</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb7/timiw92ah0cnednsq3mwib70xmmkfh79.jpg</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause Base, Ну, Погоди  Каникулы, черный</t>
   </si>
   <si>
     <t>Подставка настольная пластиковая Erich Krause Base, Ну, Погоди! Каникулы, черный</t>
   </si>
   <si>
     <t>979227</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9f3/kxwa8l1ifdqekr910nokn557mo0hkbs4.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-стакан СТАММ  quot;Вега quot;, пластиковая, овальная, прозрачная</t>
+  </si>
+  <si>
+    <t>Подставка-стакан СТАММ &amp;quot;Вега&amp;quot;, пластиковая, овальная, прозрачная</t>
+  </si>
+  <si>
+    <t>982919</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/699/bd3gc060y31yyvajj3ak8k3aue2sqn4y.jpg</t>
   </si>
   <si>
     <t>Подставка-стакан СТАММ  quot;Фаворит quot;, пластиковая, квадратная, мятная</t>
   </si>
   <si>
     <t>Подставка-стакан СТАММ &amp;quot;Фаворит&amp;quot;, пластиковая, квадратная, мятная</t>
   </si>
   <si>
     <t>982921</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d0/dohc8no2n3gjl0njygenq1bejbfmk1hg.jpg</t>
   </si>
   <si>
     <t>Подставка-стакан СТАММ  quot;Фаворит quot;, пластиковая, квадратная, серая</t>
   </si>
   <si>
     <t>Подставка-стакан СТАММ &amp;quot;Фаворит&amp;quot;, пластиковая, квадратная, серая</t>
   </si>
   <si>
     <t>982922</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d49/9h3h9vrfi3w40w388vnoqq3hptso8xi8.jpg</t>
@@ -6370,116 +6205,95 @@
   <si>
     <t>&lt;a href="/brands/monte-vita/"&gt;MONTE VITA&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/47d/q00j8adv4r2o377u92obnxfgsnd2f2g1.jpg</t>
   </si>
   <si>
     <t>Органайзер для косметики и мелочей металлический 4 секции, MONTE VITA, 160х240х150 мм, черный, 272480</t>
   </si>
   <si>
     <t>996159</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/84f/70q1u0izl89c6qpcwhybw0q49iwejgc7.jpg</t>
   </si>
   <si>
     <t>Органайзер для косметики и мелочей металлический 5 секций, MONTE VITA, 140х220х127 мм, золото, 272477</t>
   </si>
   <si>
     <t>Металлический органайзер MONTE VITA — это стильное, практичное и долговечное решение для хранения канцелярских принадлежностей, мелких предметов, косметики и кистей для макияжа. Он с легкостью впишется в любой интерьер. Изготовлен из металлической сетки. Имеет размеры 140х220х127 мм. Состоит из пяти секций. Благодаря своему стильному дизайну, удобству использования и надёжности, органайзер MONTE VITA станет незаменимым аксессуаром для вашего комфорта. Он обеспечит удобное хранение вашей канцелярии, косметики и прочих мелочей, а также лёгкий доступ к ним.</t>
   </si>
   <si>
     <t>996160</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2c4/3vdju6ybgf7noubzy79cq9e4yp634wpb.jpg</t>
-[...11 lines deleted...]
-    <t>Органайзер для косметики и мелочей металлический 9 секций, MONTE VITA, 105х218х110 мм, золото, 272475</t>
+    <t>http://anytos.ru//upload/iblock/38c/3q3mlmjmopqpm4fcj3kyhxlltf1eq43u.jpg</t>
+  </si>
+  <si>
+    <t>Органайзер для косметики и мелочей металлический 9 секций, MONTE VITA, 105х218х110 мм, ч рный, 272476</t>
   </si>
   <si>
     <t>Металлический органайзер MONTE VITA — это стильное, практичное и долговечное решение для хранения канцелярских принадлежностей, мелких предметов, косметики и кистей для макияжа. Он с легкостью впишется в любой интерьер. Изготовлен из металлической сетки. Имеет размеры 105х218х110 мм. Состоит из девяти секций. Благодаря своему стильному дизайну, удобству использования и надёжности, органайзер MONTE VITA станет незаменимым аксессуаром для вашего комфорта. Он обеспечит удобное хранение вашей канцелярии, косметики и прочих мелочей, а также лёгкий доступ к ним.</t>
   </si>
   <si>
-    <t>996162</t>
+    <t>996163</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e18/g75rrukl1jymeisaxo9b0xzhxce164fw.jpg</t>
   </si>
   <si>
     <t>Органайзер для косметики корзинка 2 штуки из металла MONTE VITA, 24х16х6,3 см   17х12х6 см, золото, 272483</t>
   </si>
   <si>
     <t>Металлические органайзеры MONTE VITA – это стильные, практичные и долговечные решения для хранения канцелярских принадлежностей, мелких предметов, косметики и кистей для макияжа. Он с легкостью впишется в любой интерьер. Изготовлены из металлической сетки. Имеют размеры 24х16х6,3 см и 17х12х6 см. Благодаря своему стильному дизайну, удобству использования и надежности органайзеры MONTE VITA станут незаменимыми аксессуарами для вашего дома или офиса. Они обеспечат удобное хранение вашей канцелярии, косметики и прочих мелочей, а также легкий доступ к ним.</t>
   </si>
   <si>
     <t>996164</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3b1/pj1c36h2tbj83mk9f3la3kyesttxj5n6.jpg</t>
   </si>
   <si>
     <t>Органайзер корзинка для косметики и мелочей металлическая MONTE VITA, 242х162х63 мм, золото, 272481</t>
   </si>
   <si>
     <t>Металлический органайзер MONTE VITA — это стильное, практичное и долговечное решение для хранения канцелярских принадлежностей, мелких предметов, косметики и кистей для макияжа. Он с легкостью впишется в любой интерьер. Изготовлен из металлической сетки. Имеет размеры 242х162х63 мм. Благодаря своему стильному дизайну, удобству использования и надёжности, органайзер MONTE VITA станет незаменимым аксессуаром для вашего комфорта. Он обеспечит удобное хранение вашей канцелярии, косметики и прочих мелочей, а также лёгкий доступ к ним.</t>
   </si>
   <si>
     <t>996165</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b62/v7dmeb0rpup8i9t6s1uc062ueb0i21qb.jpg</t>
   </si>
   <si>
     <t>Органайзер корзинка для косметики и мелочей металлическая MONTE VITA, 242х162х63 мм, черный, 272482</t>
   </si>
   <si>
     <t>996166</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fce/d2ersi2g39p9uo6gzkqc23o131u30izw.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c76/df6tkrlfp5kqosyaon8f7swfjtkt4xlc.jpg</t>
   </si>
   <si>
     <t>Органайзер стаканчик для косметики и мелочей MONTE VITA, металлический, 100х80 мм, черный, 272485</t>
   </si>
   <si>
     <t>Металлический органайзер MONTE VITA — это стильное, практичное и долговечное решение для хранения канцелярских принадлежностей, мелких предметов, косметики и кистей для макияжа. Он с легкостью впишется в любой интерьер. Изготовлен из металла. Имеет размер 100х80 мм. Благодаря своему стильному дизайну, удобству использования и надёжности, органайзер MONTE VITA станет незаменимым аксессуаром для вашего комфорта. Он обеспечит удобное хранение вашей канцелярии, косметики и прочих мелочей, а также лёгкий доступ к ним.</t>
   </si>
   <si>
     <t>996169</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3f9/lickbfw9tp8wz6ykpdbjwexst6zt528c.jpg</t>
   </si>
   <si>
     <t>Органайзер стаканчик для косметики и мелочей MONTE VITA, металлический, 100х90 мм, золото, 272486</t>
   </si>
   <si>
     <t>Металлический органайзер MONTE VITA – это стильное, практичное и долговечное решение для хранения канцелярских принадлежностей, мелких предметов, косметики и кистей для макияжа. Он с легкостью впишется в любой интерьер. Изготовлен из металла. Имеет размер 100х90 мм. Благодаря своему стильному дизайну, удобству использования и надёжности, органайзер MONTE VITA станет незаменимым аксессуаром для вашего комфорта. Он обеспечит удобное хранение вашей канцелярии, косметики и прочих мелочей, а также лёгкий доступ к ним.</t>
   </si>
   <si>
     <t>996170</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f6/10q0lh0uncq7qhwfhyte58m13jurwywa.jpg</t>
@@ -6535,62 +6349,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/95f/385xzyjofl5zhuudc7t85xl8k47ge036.jpg</t>
   </si>
   <si>
     <t>Органайзер настольный пластиковый вращающийся, 5 отделений, белый</t>
   </si>
   <si>
     <t>Предназначен для организации пространства на рабочем столе. Органайзер вращающийся на 5 отделений. Размер: 12,6*13 см. В комплекте есть наклейки. Цвет :белый . Упаковка : пакет. 13*13*13см.</t>
   </si>
   <si>
     <t>999249</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e8/k6j2lvbvjwxmc3d0sfdn8prdfgp5abo7.jpg</t>
   </si>
   <si>
     <t>Органайзер настольный пластиковый вращающийся, 5 отделений, голубой</t>
   </si>
   <si>
     <t>Предназначен для организации пространства на рабочем столе. Органайзер вращающийся на 5 отделений. Размер: 12,6*13 см. В комплекте есть наклейки. Цвет : голубой . Упаковка : пакет. 13*13*13см.</t>
   </si>
   <si>
     <t>999250</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/011/pq51nii0crugbhn2v0xdlfiwnvmd8ypo.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f34/v86jhebhizh54733lrz9kob03a3s9l9y.jpg</t>
   </si>
   <si>
     <t>Органайзер настольный пластиковый вращающийся, 5 отделений, фиолетовый</t>
   </si>
   <si>
     <t>Предназначен для организации пространства на рабочем столе. Органайзер вращающийся на 5 отделений. Размер: 12,6*13 см. В комплекте есть наклейки. Цвет : фиолетовый . Упаковка : пакет. 13*13*13см.</t>
   </si>
   <si>
     <t>999252</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5bd/vhzzio2dw4gvorgf0g0uzi8b5tjdvxce.jpg</t>
   </si>
   <si>
     <t>Органайзер-трансформер настольный пластиковый, 5 предметов</t>
   </si>
   <si>
     <t>Органайзер-трансформер настольный пластиковый из 5 предметов предназначен для организации пространства на рабочем столе. Комплектность : подставка, 2 вертикальных секции на 4 отделения, 2 вертикальных секции на 2 отделения, наклейки. Цвет:ассорти. Упаковка-кар. кор.25*7*15 см.</t>
   </si>
   <si>
     <t>999253</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/65c/8nhe3rdzqryi48org2f2gb7bsuzztp40.jpg</t>
@@ -6634,144 +6436,153 @@
   <si>
     <t>http://anytos.ru//upload/iblock/32b/se473xf5v73fqwy5qh2fmhz73fshygxa.jpg</t>
   </si>
   <si>
     <t>Настольная подставка СТАММ  quot;Mini Desk quot;, пластиковая, вращающаяся, розовый бирюзовый</t>
   </si>
   <si>
     <t>Настольная подставка СТАММ &amp;quot;Mini Desk&amp;quot;, пластиковая, вращающаяся, розовый/бирюзовый</t>
   </si>
   <si>
     <t>1001747</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a5/oxg4pv4eunz1n41qjrropmz3oz1bjsi3.jpg</t>
   </si>
   <si>
     <t>Настольная подставка СТАММ  quot;Mini Desk quot;, пластиковая, вращающаяся, фиолетовый розовый</t>
   </si>
   <si>
     <t>Настольная подставка СТАММ &amp;quot;Mini Desk&amp;quot;, пластиковая, вращающаяся, фиолетовый/розовый</t>
   </si>
   <si>
     <t>1001748</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fa2/zrdv3si4mye4i0x019gy0h3oxh8vf67b.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4fc/620hubbeocfqxkyq97qmw76ekk9q4ebe.jpg</t>
   </si>
   <si>
     <t>Настольная подставка СТАММ, металлическая, 3 секции, серебристая</t>
   </si>
   <si>
     <t>1001750</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1c4/vd23m6nual2tedv39f4ijusrrcgz4jvz.jpg</t>
   </si>
   <si>
     <t>Подставка-стакан СТАММ  quot;Лидер quot;, пластиковая, круглая, белая</t>
   </si>
   <si>
     <t>Подставка-стакан СТАММ &amp;quot;Лидер&amp;quot;, пластиковая, круглая, белая</t>
   </si>
   <si>
     <t>1001752</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4d/cbs1yuqpp1crdgy79onr1p2kh5vxirio.jpg</t>
   </si>
   <si>
     <t>Подставка-стакан СТАММ  quot;Фаворит quot;, пластиковая, квадратная, зеленый хамелеон</t>
   </si>
   <si>
     <t>Подставка-стакан СТАММ &amp;quot;Фаворит&amp;quot;, пластиковая, квадратная, зеленый хамелеон</t>
   </si>
   <si>
     <t>1001754</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ef5/vs4ylborvpl7wvct4mrleeqx7696yxdg.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d49/fsxl2k0i2slecy577r1kehbrjzqwcnni.jpg</t>
   </si>
   <si>
     <t>Подставка-стакан СТАММ  quot;Фаворит quot;, пластиковая, квадратная, фиолетовая</t>
   </si>
   <si>
     <t>Подставка-стакан СТАММ &amp;quot;Фаворит&amp;quot;, пластиковая, квадратная, фиолетовая</t>
   </si>
   <si>
     <t>1001756</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d4/jn0w9dlt4qrn8uud6buntx7c1cketbxz.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер для канц принадлежностей Attache серебр 185x93x102мм</t>
   </si>
   <si>
     <t>1005795</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/220/43brzmxnxwega38cuqdc1s74mjc0pwlw.jpg</t>
   </si>
   <si>
     <t>Подставка-органайзер для канц принадлежностей Attache черная 185x93x102мм</t>
   </si>
   <si>
     <t>1005796</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bea/dezjtj9dsom7sd2ieujtji0trjczm368.jpg</t>
-[...5 lines deleted...]
-    <t>1009705</t>
+    <t>http://anytos.ru//upload/iblock/388/uz29by1arv1o032aaz79vci0liz2qxkk.jpg</t>
+  </si>
+  <si>
+    <t>Подставка-органайзер BRAUBERG  quot;ULTRA quot;, 132х122х108 мм, 5 отделений, черная, 238256</t>
+  </si>
+  <si>
+    <t>Практичная пластиковая подставка-органайзер BRAUBERG &amp;quot;ULTRA&amp;quot; предназначена для хранения различных канцелярских принадлежностей. Изготовлена из высококачественного пластика. Имеет размеры 132х122х108 мм. Состоит из 5 отделений: двух – для канцелярских мелочей, двух - для пишущих принадлежностей и одного – для листов для записей. Поставляется без канцелярского наполнения.</t>
+  </si>
+  <si>
+    <t>1010358</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/89b/a81i1pvkalvw8fave0d5j1s5m2j6jz68.jpg</t>
+  </si>
+  <si>
+    <t>Набор настольный пластиковый ErichKrause  Harmony, Pastel, ассорти из 4 цветов</t>
+  </si>
+  <si>
+    <t>Набор настольный пластиковый ErichKrause® Harmony, Pastel, ассорти из 4 цветов</t>
+  </si>
+  <si>
+    <t>1013646</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4d2/bmujopfoj7b87qalxbgppif90nnbdndc.jpg</t>
+  </si>
+  <si>
+    <t>Подставка прямоугольная металлическая ErichKrause Compass, Reef, ассорти</t>
+  </si>
+  <si>
+    <t>1013647</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3b/zzya4io84yndd0kfy8wgfyhy6tu758zz.jpg</t>
+  </si>
+  <si>
+    <t>Подставка цилиндрическая металлическая ErichKrause Compass, Reef, ассорти</t>
+  </si>
+  <si>
+    <t>1013648</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -7098,13441 +6909,13066 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J585"/>
+  <dimension ref="A1:M568"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G585" sqref="G585"/>
+      <selection pane="bottomRight" activeCell="G568" sqref="G568"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="C4" s="1"/>
+        <v>13</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>14</v>
+      </c>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...25 lines deleted...]
-      <c r="E6" s="3" t="s">
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="F6" s="3" t="s">
-[...91 lines deleted...]
-      </c>
       <c r="G10" s="3" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G50" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...40 lines deleted...]
-      <c r="A13" s="1" t="s">
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G53" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...42 lines deleted...]
-      <c r="A15" s="1" t="s">
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G56" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B15" s="1" t="s">
-[...272 lines deleted...]
-      <c r="A27" s="1" t="s">
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C61" s="1"/>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G63" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B27" s="1" t="s">
-[...68 lines deleted...]
-      <c r="B30" s="1" t="s">
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="C64" s="1"/>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="F64" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="G64" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...794 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>275</v>
-[...3 lines deleted...]
-      </c>
+        <v>277</v>
+      </c>
+      <c r="C65" s="1"/>
       <c r="D65" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>147</v>
+        <v>126</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C66" s="1"/>
       <c r="D66" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>13</v>
+        <v>126</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>147</v>
+        <v>126</v>
       </c>
       <c r="G67" s="3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="F68" s="3" t="s">
         <v>61</v>
       </c>
-    </row>
-[...18 lines deleted...]
-      </c>
       <c r="G68" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="C69" s="1"/>
+        <v>291</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>292</v>
+      </c>
       <c r="D69" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>141</v>
+        <v>76</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>293</v>
-[...1 lines deleted...]
-      <c r="C70" s="1"/>
+        <v>295</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>296</v>
+      </c>
       <c r="D70" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>141</v>
+        <v>76</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="C71" s="1"/>
+        <v>299</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>300</v>
+      </c>
       <c r="D71" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>141</v>
+        <v>76</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>75</v>
+        <v>17</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>75</v>
+        <v>132</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>75</v>
+        <v>132</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>75</v>
+        <v>132</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>324</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>325</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>30</v>
+        <v>132</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
         <v>326</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>327</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>328</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>147</v>
+        <v>337</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="F82" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="F82" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G82" s="3" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>147</v>
+        <v>337</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>348</v>
+        <v>132</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>348</v>
+        <v>132</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>348</v>
+        <v>132</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>147</v>
+        <v>366</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>364</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>147</v>
+        <v>366</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="F96" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="B91" s="1" t="s">
-[...128 lines deleted...]
-      </c>
       <c r="G96" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>396</v>
+        <v>366</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>396</v>
+        <v>366</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>396</v>
+        <v>366</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="B100" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D100" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>409</v>
+        <v>366</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
         <v>410</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>411</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>412</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>413</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>409</v>
+        <v>366</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
         <v>414</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>415</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>416</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>417</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>409</v>
+        <v>366</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
         <v>418</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>419</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>420</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>421</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>388</v>
+        <v>366</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
         <v>422</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>423</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>424</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>425</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>388</v>
+        <v>366</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G105" s="3" t="s">
         <v>426</v>
       </c>
-      <c r="B105" s="1" t="s">
-[...18 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>388</v>
+        <v>366</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>388</v>
+        <v>366</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>388</v>
+        <v>443</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>388</v>
+        <v>366</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>388</v>
+        <v>366</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>455</v>
+        <v>366</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
         <v>456</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>457</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>458</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>459</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>455</v>
+        <v>366</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
         <v>460</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>461</v>
       </c>
       <c r="C113" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>462</v>
       </c>
-      <c r="D113" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E113" s="3" t="s">
+      <c r="F113" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="F113" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A114" s="1" t="s">
+      <c r="B114" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="B114" s="1" t="s">
+      <c r="C114" s="1" t="s">
         <v>465</v>
       </c>
-      <c r="C114" s="1" t="s">
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>466</v>
       </c>
-      <c r="D114" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E114" s="3" t="s">
+      <c r="F114" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
         <v>467</v>
       </c>
-      <c r="F114" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A115" s="1" t="s">
+      <c r="B115" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="B115" s="1" t="s">
+      <c r="C115" s="1" t="s">
         <v>469</v>
       </c>
-      <c r="C115" s="1" t="s">
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
         <v>470</v>
       </c>
-      <c r="D115" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E115" s="3" t="s">
+      <c r="F115" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="F115" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A116" s="1" t="s">
+      <c r="B116" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="B116" s="1" t="s">
+      <c r="C116" s="1" t="s">
         <v>473</v>
       </c>
-      <c r="C116" s="1" t="s">
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="D116" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E116" s="3" t="s">
+      <c r="F116" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
         <v>475</v>
       </c>
-      <c r="F116" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A117" s="1" t="s">
+      <c r="B117" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="C117" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="C117" s="1" t="s">
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E117" s="3" t="s">
+      <c r="F117" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="F117" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A118" s="1" t="s">
+      <c r="B118" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="B118" s="1" t="s">
+      <c r="C118" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
         <v>481</v>
       </c>
-      <c r="C118" s="1" t="s">
+      <c r="F118" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="D118" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E118" s="3" t="s">
+      <c r="B119" s="1" t="s">
         <v>483</v>
       </c>
-      <c r="F118" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A119" s="1" t="s">
+      <c r="C119" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="B119" s="1" t="s">
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>485</v>
       </c>
-      <c r="C119" s="1" t="s">
+      <c r="F119" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="D119" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E119" s="3" t="s">
+      <c r="B120" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="F119" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A120" s="1" t="s">
+      <c r="C120" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>488</v>
       </c>
-      <c r="B120" s="1" t="s">
+      <c r="F120" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="C120" s="1" t="s">
+      <c r="B121" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="D120" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E120" s="3" t="s">
+      <c r="C121" s="1" t="s">
         <v>491</v>
       </c>
-      <c r="F120" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A121" s="1" t="s">
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>492</v>
       </c>
-      <c r="B121" s="1" t="s">
+      <c r="F121" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="C121" s="1" t="s">
+      <c r="B122" s="1" t="s">
         <v>494</v>
       </c>
-      <c r="D121" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E121" s="3" t="s">
+      <c r="C122" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="F121" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A122" s="1" t="s">
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="F122" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="C122" s="1" t="s">
+      <c r="B123" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="D122" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E122" s="3" t="s">
+      <c r="C123" s="1" t="s">
         <v>499</v>
       </c>
-      <c r="F122" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A123" s="1" t="s">
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="F123" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="C123" s="1" t="s">
+      <c r="B124" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="D123" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E123" s="3" t="s">
+      <c r="C124" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="F123" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A124" s="1" t="s">
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>504</v>
       </c>
-      <c r="B124" s="1" t="s">
+      <c r="F124" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="C124" s="1" t="s">
+      <c r="B125" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="D124" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E124" s="3" t="s">
+      <c r="C125" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="F124" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A125" s="1" t="s">
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>508</v>
       </c>
-      <c r="B125" s="1" t="s">
+      <c r="F125" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="C125" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E125" s="3" t="s">
+      <c r="B126" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="F125" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A126" s="1" t="s">
+      <c r="C126" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>511</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="F126" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="C126" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E126" s="3" t="s">
+      <c r="B127" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="F126" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A127" s="1" t="s">
+      <c r="C127" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>515</v>
       </c>
-      <c r="C127" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E127" s="3" t="s">
+      <c r="F127" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="F127" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A128" s="1" t="s">
+      <c r="B128" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="C128" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="C128" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D128" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>519</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>388</v>
+        <v>17</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
         <v>520</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>521</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>324</v>
+        <v>522</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>30</v>
+        <v>76</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>396</v>
+        <v>76</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>147</v>
+        <v>76</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>147</v>
+        <v>366</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>147</v>
+        <v>366</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>147</v>
+        <v>366</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>560</v>
+        <v>312</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>147</v>
+        <v>17</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>147</v>
+        <v>17</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>147</v>
+        <v>17</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>147</v>
+        <v>374</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>55</v>
+        <v>132</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>578</v>
+        <v>132</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>388</v>
+        <v>132</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>388</v>
+        <v>132</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>388</v>
+        <v>132</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>30</v>
+        <v>623</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>30</v>
+        <v>132</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>30</v>
+        <v>132</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>30</v>
+        <v>132</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>634</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>635</v>
       </c>
       <c r="F161" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
         <v>636</v>
       </c>
-      <c r="G161" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A162" s="1" t="s">
+      <c r="B162" s="1" t="s">
         <v>637</v>
       </c>
-      <c r="B162" s="1" t="s">
+      <c r="C162" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
         <v>638</v>
       </c>
-      <c r="C162" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E162" s="3" t="s">
+      <c r="F162" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
         <v>639</v>
       </c>
-      <c r="F162" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A163" s="1" t="s">
+      <c r="B163" s="1" t="s">
         <v>640</v>
       </c>
-      <c r="B163" s="1" t="s">
+      <c r="C163" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>641</v>
       </c>
-      <c r="C163" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E163" s="3" t="s">
+      <c r="F163" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="F163" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A164" s="1" t="s">
+      <c r="B164" s="1" t="s">
         <v>643</v>
       </c>
-      <c r="B164" s="1" t="s">
+      <c r="C164" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
         <v>644</v>
       </c>
-      <c r="C164" s="1" t="s">
+      <c r="F164" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
         <v>645</v>
       </c>
-      <c r="D164" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E164" s="3" t="s">
+      <c r="B165" s="1" t="s">
         <v>646</v>
       </c>
-      <c r="F164" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A165" s="1" t="s">
+      <c r="C165" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="B165" s="1" t="s">
+      <c r="D165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E165" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="C165" s="1" t="s">
+      <c r="F165" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
         <v>649</v>
       </c>
-      <c r="D165" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E165" s="3" t="s">
+      <c r="B166" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="F165" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A166" s="1" t="s">
+      <c r="C166" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="B166" s="1" t="s">
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>652</v>
       </c>
-      <c r="C166" s="1" t="s">
+      <c r="F166" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="D166" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E166" s="3" t="s">
+      <c r="B167" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="F166" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A167" s="1" t="s">
+      <c r="C167" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="B167" s="1" t="s">
+      <c r="D167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>656</v>
       </c>
-      <c r="C167" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E167" s="3" t="s">
+      <c r="F167" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="F167" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A168" s="1" t="s">
+      <c r="B168" s="1" t="s">
         <v>658</v>
       </c>
-      <c r="B168" s="1" t="s">
+      <c r="C168" s="1" t="s">
         <v>659</v>
       </c>
-      <c r="C168" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D168" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>660</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>636</v>
+        <v>366</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
         <v>661</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>662</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>663</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>664</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>636</v>
+        <v>17</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
         <v>665</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>666</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>636</v>
+        <v>17</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>663</v>
+        <v>671</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>636</v>
+        <v>17</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>636</v>
+        <v>17</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>636</v>
+        <v>17</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>683</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="F182" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="C183" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="F182" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D183" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>723</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>734</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>741</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>755</v>
+        <v>685</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>685</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>685</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>685</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>685</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>685</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>685</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>785</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="C202" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="F202" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>793</v>
+      </c>
+      <c r="F203" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
+        <v>797</v>
+      </c>
+      <c r="F204" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>801</v>
+      </c>
+      <c r="F205" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="F206" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>808</v>
+      </c>
+      <c r="F207" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>812</v>
+      </c>
+      <c r="F208" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>816</v>
+      </c>
+      <c r="F209" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>820</v>
+      </c>
+      <c r="F210" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="F211" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>828</v>
+      </c>
+      <c r="F212" s="3" t="s">
         <v>785</v>
       </c>
-      <c r="D202" s="1" t="s">
-[...228 lines deleted...]
-      </c>
       <c r="G212" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>30</v>
+        <v>785</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>829</v>
+        <v>834</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>826</v>
+        <v>835</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>830</v>
+        <v>836</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>30</v>
+        <v>785</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>833</v>
+        <v>679</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>835</v>
+        <v>17</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>838</v>
+        <v>679</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>835</v>
+        <v>17</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>578</v>
+        <v>17</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>844</v>
+        <v>675</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>147</v>
+        <v>17</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>847</v>
+        <v>852</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>348</v>
+        <v>17</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>348</v>
+        <v>17</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>853</v>
+        <v>859</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>854</v>
+        <v>860</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>348</v>
+        <v>861</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>855</v>
+        <v>862</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>856</v>
+        <v>863</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>857</v>
+        <v>865</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>147</v>
+        <v>861</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>858</v>
+        <v>866</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>859</v>
+        <v>867</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>859</v>
+        <v>867</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>860</v>
+        <v>868</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>147</v>
+        <v>623</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>861</v>
+        <v>869</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>862</v>
+        <v>870</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>863</v>
+        <v>870</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>864</v>
+        <v>871</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>396</v>
+        <v>132</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>865</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>869</v>
+        <v>874</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>396</v>
+        <v>337</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>835</v>
+        <v>337</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>636</v>
+        <v>337</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>636</v>
+        <v>132</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>636</v>
+        <v>132</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>636</v>
+        <v>374</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>636</v>
+        <v>374</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>348</v>
+        <v>685</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>147</v>
+        <v>685</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>147</v>
+        <v>685</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>147</v>
+        <v>685</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>925</v>
+        <v>685</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>927</v>
+        <v>933</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>925</v>
+        <v>685</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>929</v>
+        <v>935</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>636</v>
+        <v>337</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>636</v>
+        <v>132</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>636</v>
+        <v>132</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>636</v>
+        <v>132</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>636</v>
+        <v>950</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="B247" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E247" s="3" t="s">
+        <v>953</v>
+      </c>
+      <c r="F247" s="3" t="s">
         <v>950</v>
       </c>
-      <c r="C247" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G247" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>636</v>
+        <v>366</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="F299" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="F304" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="F305" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="F307" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G347" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G348" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G349" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="F351" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G351" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="F352" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G352" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="F353" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G353" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="F354" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G354" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="F355" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G355" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="F356" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G356" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="F357" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G357" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="F359" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G359" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="F360" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G360" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="F361" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G361" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="F362" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G362" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="F363" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G363" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A364" s="1" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="F364" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G364" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A365" s="1" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="F365" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G365" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A366" s="1" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="F366" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G366" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A367" s="1" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="F367" s="3" t="s">
-        <v>636</v>
+        <v>1434</v>
       </c>
       <c r="G367" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="F368" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G368" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A369" s="1" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="F369" s="3" t="s">
-        <v>636</v>
+        <v>1442</v>
       </c>
       <c r="G369" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A370" s="1" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="B370" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E370" s="3" t="s">
+        <v>1445</v>
+      </c>
+      <c r="F370" s="3" t="s">
         <v>1442</v>
       </c>
-      <c r="C370" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G370" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A371" s="1" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>1447</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E371" s="3" t="s">
         <v>1448</v>
       </c>
       <c r="F371" s="3" t="s">
-        <v>636</v>
+        <v>1442</v>
       </c>
       <c r="G371" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
         <v>1449</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>1450</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>1451</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E372" s="3" t="s">
         <v>1452</v>
       </c>
       <c r="F372" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G372" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A373" s="1" t="s">
         <v>1453</v>
       </c>
       <c r="B373" s="1" t="s">
         <v>1454</v>
       </c>
       <c r="C373" s="1" t="s">
         <v>1455</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E373" s="3" t="s">
         <v>1456</v>
       </c>
       <c r="F373" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G373" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A374" s="1" t="s">
         <v>1457</v>
       </c>
       <c r="B374" s="1" t="s">
         <v>1458</v>
       </c>
       <c r="C374" s="1" t="s">
         <v>1459</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E374" s="3" t="s">
         <v>1460</v>
       </c>
       <c r="F374" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G374" s="3" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A375" s="1" t="s">
         <v>1461</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>1462</v>
       </c>
       <c r="C375" s="1" t="s">
         <v>1463</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E375" s="3" t="s">
         <v>1464</v>
       </c>
       <c r="F375" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G375" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="376" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A376" s="1" t="s">
         <v>1465</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>1466</v>
       </c>
       <c r="C376" s="1" t="s">
         <v>1467</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E376" s="3" t="s">
         <v>1468</v>
       </c>
       <c r="F376" s="3" t="s">
-        <v>636</v>
+        <v>685</v>
       </c>
       <c r="G376" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A377" s="1" t="s">
         <v>1469</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>1470</v>
       </c>
       <c r="C377" s="1" t="s">
         <v>1471</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E377" s="3" t="s">
         <v>1472</v>
       </c>
       <c r="F377" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A378" s="1" t="s">
         <v>1473</v>
       </c>
-      <c r="G377" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A378" s="1" t="s">
+      <c r="B378" s="1" t="s">
         <v>1474</v>
       </c>
-      <c r="B378" s="1" t="s">
+      <c r="C378" s="1" t="s">
         <v>1475</v>
       </c>
-      <c r="C378" s="1" t="s">
+      <c r="D378" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E378" s="3" t="s">
         <v>1476</v>
       </c>
-      <c r="D378" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E378" s="3" t="s">
+      <c r="F378" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G378" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
         <v>1477</v>
       </c>
-      <c r="F378" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A379" s="1" t="s">
+      <c r="B379" s="1" t="s">
         <v>1478</v>
-      </c>
-[...1 lines deleted...]
-        <v>1479</v>
       </c>
       <c r="C379" s="1" t="s">
         <v>1479</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E379" s="3" t="s">
         <v>1480</v>
       </c>
       <c r="F379" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A380" s="1" t="s">
         <v>1481</v>
       </c>
-      <c r="G379" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A380" s="1" t="s">
+      <c r="B380" s="1" t="s">
         <v>1482</v>
       </c>
-      <c r="B380" s="1" t="s">
+      <c r="C380" s="1" t="s">
         <v>1483</v>
       </c>
-      <c r="C380" s="1" t="s">
+      <c r="D380" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E380" s="3" t="s">
         <v>1484</v>
       </c>
-      <c r="D380" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E380" s="3" t="s">
+      <c r="F380" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G380" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A381" s="1" t="s">
         <v>1485</v>
       </c>
-      <c r="F380" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A381" s="1" t="s">
+      <c r="B381" s="1" t="s">
         <v>1486</v>
       </c>
-      <c r="B381" s="1" t="s">
+      <c r="C381" s="1" t="s">
         <v>1487</v>
       </c>
-      <c r="C381" s="1" t="s">
+      <c r="D381" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E381" s="3" t="s">
         <v>1488</v>
       </c>
-      <c r="D381" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E381" s="3" t="s">
+      <c r="F381" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A382" s="1" t="s">
         <v>1489</v>
       </c>
-      <c r="F381" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A382" s="1" t="s">
+      <c r="B382" s="1" t="s">
         <v>1490</v>
       </c>
-      <c r="B382" s="1" t="s">
+      <c r="C382" s="1" t="s">
         <v>1491</v>
       </c>
-      <c r="C382" s="1" t="s">
+      <c r="D382" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E382" s="3" t="s">
         <v>1492</v>
       </c>
-      <c r="D382" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E382" s="3" t="s">
+      <c r="F382" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G382" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A383" s="1" t="s">
         <v>1493</v>
       </c>
-      <c r="F382" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A383" s="1" t="s">
+      <c r="B383" s="1" t="s">
         <v>1494</v>
       </c>
-      <c r="B383" s="1" t="s">
+      <c r="C383" s="1" t="s">
         <v>1495</v>
       </c>
-      <c r="C383" s="1" t="s">
+      <c r="D383" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E383" s="3" t="s">
         <v>1496</v>
       </c>
-      <c r="D383" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E383" s="3" t="s">
+      <c r="F383" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G383" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A384" s="1" t="s">
         <v>1497</v>
       </c>
-      <c r="F383" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A384" s="1" t="s">
+      <c r="B384" s="1" t="s">
         <v>1498</v>
       </c>
-      <c r="B384" s="1" t="s">
+      <c r="C384" s="1" t="s">
         <v>1499</v>
       </c>
-      <c r="C384" s="1" t="s">
+      <c r="D384" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E384" s="3" t="s">
         <v>1500</v>
       </c>
-      <c r="D384" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E384" s="3" t="s">
+      <c r="F384" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G384" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A385" s="1" t="s">
         <v>1501</v>
       </c>
-      <c r="F384" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A385" s="1" t="s">
+      <c r="B385" s="1" t="s">
         <v>1502</v>
       </c>
-      <c r="B385" s="1" t="s">
+      <c r="C385" s="1" t="s">
         <v>1503</v>
       </c>
-      <c r="C385" s="1" t="s">
+      <c r="D385" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E385" s="3" t="s">
         <v>1504</v>
       </c>
-      <c r="D385" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E385" s="3" t="s">
+      <c r="F385" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G385" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A386" s="1" t="s">
         <v>1505</v>
       </c>
-      <c r="F385" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A386" s="1" t="s">
+      <c r="B386" s="1" t="s">
         <v>1506</v>
       </c>
-      <c r="B386" s="1" t="s">
+      <c r="C386" s="1" t="s">
         <v>1507</v>
       </c>
-      <c r="C386" s="1" t="s">
+      <c r="D386" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E386" s="3" t="s">
         <v>1508</v>
       </c>
-      <c r="D386" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E386" s="3" t="s">
+      <c r="F386" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G386" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A387" s="1" t="s">
         <v>1509</v>
       </c>
-      <c r="F386" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A387" s="1" t="s">
+      <c r="B387" s="1" t="s">
         <v>1510</v>
       </c>
-      <c r="B387" s="1" t="s">
+      <c r="C387" s="1" t="s">
         <v>1511</v>
       </c>
-      <c r="C387" s="1" t="s">
+      <c r="D387" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E387" s="3" t="s">
         <v>1512</v>
       </c>
-      <c r="D387" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E387" s="3" t="s">
+      <c r="F387" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A388" s="1" t="s">
         <v>1513</v>
       </c>
-      <c r="F387" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A388" s="1" t="s">
+      <c r="B388" s="1" t="s">
         <v>1514</v>
       </c>
-      <c r="B388" s="1" t="s">
+      <c r="C388" s="1" t="s">
         <v>1515</v>
       </c>
-      <c r="C388" s="1" t="s">
+      <c r="D388" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E388" s="3" t="s">
         <v>1516</v>
       </c>
-      <c r="D388" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E388" s="3" t="s">
+      <c r="F388" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G388" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A389" s="1" t="s">
         <v>1517</v>
       </c>
-      <c r="F388" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A389" s="1" t="s">
+      <c r="B389" s="1" t="s">
         <v>1518</v>
       </c>
-      <c r="B389" s="1" t="s">
+      <c r="C389" s="1" t="s">
         <v>1519</v>
       </c>
-      <c r="C389" s="1" t="s">
+      <c r="D389" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E389" s="3" t="s">
         <v>1520</v>
       </c>
-      <c r="D389" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E389" s="3" t="s">
+      <c r="F389" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G389" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A390" s="1" t="s">
         <v>1521</v>
       </c>
-      <c r="F389" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A390" s="1" t="s">
+      <c r="B390" s="1" t="s">
         <v>1522</v>
       </c>
-      <c r="B390" s="1" t="s">
+      <c r="C390" s="1" t="s">
         <v>1523</v>
       </c>
-      <c r="C390" s="1" t="s">
+      <c r="D390" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E390" s="3" t="s">
         <v>1524</v>
       </c>
-      <c r="D390" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E390" s="3" t="s">
+      <c r="F390" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G390" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A391" s="1" t="s">
         <v>1525</v>
       </c>
-      <c r="F390" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A391" s="1" t="s">
+      <c r="B391" s="1" t="s">
         <v>1526</v>
       </c>
-      <c r="B391" s="1" t="s">
+      <c r="C391" s="1" t="s">
         <v>1527</v>
       </c>
-      <c r="C391" s="1" t="s">
+      <c r="D391" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E391" s="3" t="s">
         <v>1528</v>
       </c>
-      <c r="D391" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E391" s="3" t="s">
+      <c r="F391" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A392" s="1" t="s">
         <v>1529</v>
       </c>
-      <c r="F391" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A392" s="1" t="s">
+      <c r="B392" s="1" t="s">
         <v>1530</v>
       </c>
-      <c r="B392" s="1" t="s">
+      <c r="C392" s="1" t="s">
         <v>1531</v>
       </c>
-      <c r="C392" s="1" t="s">
+      <c r="D392" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E392" s="3" t="s">
         <v>1532</v>
       </c>
-      <c r="D392" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E392" s="3" t="s">
+      <c r="F392" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G392" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A393" s="1" t="s">
         <v>1533</v>
       </c>
-      <c r="F392" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A393" s="1" t="s">
+      <c r="B393" s="1" t="s">
         <v>1534</v>
       </c>
-      <c r="B393" s="1" t="s">
+      <c r="C393" s="1" t="s">
         <v>1535</v>
       </c>
-      <c r="C393" s="1" t="s">
+      <c r="D393" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E393" s="3" t="s">
         <v>1536</v>
       </c>
-      <c r="D393" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E393" s="3" t="s">
+      <c r="F393" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G393" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A394" s="1" t="s">
         <v>1537</v>
       </c>
-      <c r="F393" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A394" s="1" t="s">
+      <c r="B394" s="1" t="s">
         <v>1538</v>
       </c>
-      <c r="B394" s="1" t="s">
+      <c r="C394" s="1" t="s">
         <v>1539</v>
       </c>
-      <c r="C394" s="1" t="s">
+      <c r="D394" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E394" s="3" t="s">
         <v>1540</v>
       </c>
-      <c r="D394" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E394" s="3" t="s">
+      <c r="F394" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G394" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A395" s="1" t="s">
         <v>1541</v>
       </c>
-      <c r="F394" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A395" s="1" t="s">
+      <c r="B395" s="1" t="s">
         <v>1542</v>
       </c>
-      <c r="B395" s="1" t="s">
+      <c r="C395" s="1" t="s">
         <v>1543</v>
       </c>
-      <c r="C395" s="1" t="s">
+      <c r="D395" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E395" s="3" t="s">
         <v>1544</v>
       </c>
-      <c r="D395" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E395" s="3" t="s">
+      <c r="F395" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A396" s="1" t="s">
         <v>1545</v>
       </c>
-      <c r="F395" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A396" s="1" t="s">
+      <c r="B396" s="1" t="s">
         <v>1546</v>
       </c>
-      <c r="B396" s="1" t="s">
+      <c r="C396" s="1" t="s">
         <v>1547</v>
       </c>
-      <c r="C396" s="1" t="s">
+      <c r="D396" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E396" s="3" t="s">
         <v>1548</v>
       </c>
-      <c r="D396" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E396" s="3" t="s">
+      <c r="F396" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G396" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A397" s="1" t="s">
         <v>1549</v>
       </c>
-      <c r="F396" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A397" s="1" t="s">
+      <c r="B397" s="1" t="s">
         <v>1550</v>
       </c>
-      <c r="B397" s="1" t="s">
+      <c r="C397" s="1" t="s">
         <v>1551</v>
       </c>
-      <c r="C397" s="1" t="s">
+      <c r="D397" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E397" s="3" t="s">
         <v>1552</v>
       </c>
-      <c r="D397" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E397" s="3" t="s">
+      <c r="F397" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G397" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A398" s="1" t="s">
         <v>1553</v>
       </c>
-      <c r="F397" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A398" s="1" t="s">
+      <c r="B398" s="1" t="s">
         <v>1554</v>
       </c>
-      <c r="B398" s="1" t="s">
+      <c r="C398" s="1" t="s">
         <v>1555</v>
       </c>
-      <c r="C398" s="1" t="s">
+      <c r="D398" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E398" s="3" t="s">
         <v>1556</v>
       </c>
-      <c r="D398" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E398" s="3" t="s">
+      <c r="F398" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G398" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A399" s="1" t="s">
         <v>1557</v>
       </c>
-      <c r="F398" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A399" s="1" t="s">
+      <c r="B399" s="1" t="s">
         <v>1558</v>
       </c>
-      <c r="B399" s="1" t="s">
+      <c r="C399" s="1" t="s">
         <v>1559</v>
       </c>
-      <c r="C399" s="1" t="s">
+      <c r="D399" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E399" s="3" t="s">
         <v>1560</v>
       </c>
-      <c r="D399" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E399" s="3" t="s">
+      <c r="F399" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G399" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A400" s="1" t="s">
         <v>1561</v>
       </c>
-      <c r="F399" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A400" s="1" t="s">
+      <c r="B400" s="1" t="s">
         <v>1562</v>
       </c>
-      <c r="B400" s="1" t="s">
+      <c r="C400" s="1" t="s">
         <v>1563</v>
       </c>
-      <c r="C400" s="1" t="s">
+      <c r="D400" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E400" s="3" t="s">
         <v>1564</v>
       </c>
-      <c r="D400" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E400" s="3" t="s">
+      <c r="F400" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G400" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A401" s="1" t="s">
         <v>1565</v>
       </c>
-      <c r="F400" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A401" s="1" t="s">
+      <c r="B401" s="1" t="s">
         <v>1566</v>
       </c>
-      <c r="B401" s="1" t="s">
+      <c r="C401" s="1" t="s">
         <v>1567</v>
       </c>
-      <c r="C401" s="1" t="s">
+      <c r="D401" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E401" s="3" t="s">
         <v>1568</v>
       </c>
-      <c r="D401" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E401" s="3" t="s">
+      <c r="F401" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G401" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A402" s="1" t="s">
         <v>1569</v>
       </c>
-      <c r="F401" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A402" s="1" t="s">
+      <c r="B402" s="1" t="s">
         <v>1570</v>
       </c>
-      <c r="B402" s="1" t="s">
+      <c r="C402" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E402" s="3" t="s">
         <v>1571</v>
       </c>
-      <c r="C402" s="1" t="s">
+      <c r="F402" s="3" t="s">
+        <v>950</v>
+      </c>
+      <c r="G402" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A403" s="1" t="s">
         <v>1572</v>
       </c>
-      <c r="D402" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E402" s="3" t="s">
+      <c r="B403" s="1" t="s">
         <v>1573</v>
       </c>
-      <c r="F402" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A403" s="1" t="s">
+      <c r="C403" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E403" s="3" t="s">
         <v>1574</v>
       </c>
-      <c r="B403" s="1" t="s">
+      <c r="F403" s="3" t="s">
+        <v>950</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A404" s="1" t="s">
         <v>1575</v>
       </c>
-      <c r="C403" s="1" t="s">
+      <c r="B404" s="1" t="s">
         <v>1576</v>
       </c>
-      <c r="D403" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E403" s="3" t="s">
+      <c r="C404" s="1" t="s">
         <v>1577</v>
       </c>
-      <c r="F403" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A404" s="1" t="s">
+      <c r="D404" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E404" s="3" t="s">
         <v>1578</v>
       </c>
-      <c r="B404" s="1" t="s">
+      <c r="F404" s="3" t="s">
+        <v>950</v>
+      </c>
+      <c r="G404" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A405" s="1" t="s">
         <v>1579</v>
       </c>
-      <c r="C404" s="1" t="s">
+      <c r="B405" s="1" t="s">
         <v>1580</v>
       </c>
-      <c r="D404" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E404" s="3" t="s">
+      <c r="C405" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E405" s="3" t="s">
         <v>1581</v>
       </c>
-      <c r="F404" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A405" s="1" t="s">
+      <c r="F405" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A406" s="1" t="s">
         <v>1582</v>
       </c>
-      <c r="B405" s="1" t="s">
+      <c r="B406" s="1" t="s">
         <v>1583</v>
       </c>
-      <c r="C405" s="1" t="s">
+      <c r="C406" s="1" t="s">
         <v>1584</v>
       </c>
-      <c r="D405" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E405" s="3" t="s">
+      <c r="D406" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E406" s="3" t="s">
         <v>1585</v>
       </c>
-      <c r="F405" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A406" s="1" t="s">
+      <c r="F406" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G406" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A407" s="1" t="s">
         <v>1586</v>
       </c>
-      <c r="B406" s="1" t="s">
+      <c r="B407" s="1" t="s">
         <v>1587</v>
       </c>
-      <c r="C406" s="1" t="s">
+      <c r="C407" s="1" t="s">
         <v>1588</v>
       </c>
-      <c r="D406" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E406" s="3" t="s">
+      <c r="D407" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E407" s="3" t="s">
         <v>1589</v>
       </c>
-      <c r="F406" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A407" s="1" t="s">
+      <c r="F407" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G407" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A408" s="1" t="s">
         <v>1590</v>
       </c>
-      <c r="B407" s="1" t="s">
+      <c r="B408" s="1" t="s">
         <v>1591</v>
       </c>
-      <c r="C407" s="1" t="s">
+      <c r="C408" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E408" s="3" t="s">
         <v>1592</v>
       </c>
-      <c r="D407" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E407" s="3" t="s">
+      <c r="F408" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G408" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A409" s="1" t="s">
         <v>1593</v>
       </c>
-      <c r="F407" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A408" s="1" t="s">
+      <c r="B409" s="1" t="s">
         <v>1594</v>
       </c>
-      <c r="B408" s="1" t="s">
+      <c r="C409" s="1" t="s">
         <v>1595</v>
       </c>
-      <c r="C408" s="1" t="s">
+      <c r="D409" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E409" s="3" t="s">
         <v>1596</v>
       </c>
-      <c r="D408" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E408" s="3" t="s">
+      <c r="F409" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A410" s="1" t="s">
         <v>1597</v>
       </c>
-      <c r="F408" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A409" s="1" t="s">
+      <c r="B410" s="1" t="s">
         <v>1598</v>
       </c>
-      <c r="B409" s="1" t="s">
+      <c r="C410" s="1" t="s">
         <v>1599</v>
       </c>
-      <c r="C409" s="1" t="s">
+      <c r="D410" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E410" s="3" t="s">
         <v>1600</v>
       </c>
-      <c r="D409" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E409" s="3" t="s">
+      <c r="F410" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G410" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A411" s="1" t="s">
         <v>1601</v>
       </c>
-      <c r="F409" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A410" s="1" t="s">
+      <c r="B411" s="1" t="s">
         <v>1602</v>
       </c>
-      <c r="B410" s="1" t="s">
+      <c r="C411" s="1" t="s">
         <v>1603</v>
       </c>
-      <c r="C410" s="1" t="s">
+      <c r="D411" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E411" s="3" t="s">
         <v>1604</v>
       </c>
-      <c r="D410" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E410" s="3" t="s">
+      <c r="F411" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A412" s="1" t="s">
         <v>1605</v>
       </c>
-      <c r="F410" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A411" s="1" t="s">
+      <c r="B412" s="1" t="s">
         <v>1606</v>
       </c>
-      <c r="B411" s="1" t="s">
+      <c r="C412" s="1" t="s">
         <v>1607</v>
       </c>
-      <c r="C411" s="1" t="s">
+      <c r="D412" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E412" s="3" t="s">
         <v>1608</v>
       </c>
-      <c r="D411" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E411" s="3" t="s">
+      <c r="F412" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G412" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A413" s="1" t="s">
         <v>1609</v>
       </c>
-      <c r="F411" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A412" s="1" t="s">
+      <c r="B413" s="1" t="s">
         <v>1610</v>
       </c>
-      <c r="B412" s="1" t="s">
+      <c r="C413" s="1" t="s">
         <v>1611</v>
       </c>
-      <c r="C412" s="1" t="s">
+      <c r="D413" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E413" s="3" t="s">
         <v>1612</v>
       </c>
-      <c r="D412" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E412" s="3" t="s">
+      <c r="F413" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G413" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A414" s="1" t="s">
         <v>1613</v>
       </c>
-      <c r="F412" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A413" s="1" t="s">
+      <c r="B414" s="1" t="s">
         <v>1614</v>
       </c>
-      <c r="B413" s="1" t="s">
+      <c r="C414" s="1" t="s">
         <v>1615</v>
       </c>
-      <c r="C413" s="1" t="s">
+      <c r="D414" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E414" s="3" t="s">
         <v>1616</v>
       </c>
-      <c r="D413" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E413" s="3" t="s">
+      <c r="F414" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G414" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A415" s="1" t="s">
         <v>1617</v>
       </c>
-      <c r="F413" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A414" s="1" t="s">
+      <c r="B415" s="1" t="s">
         <v>1618</v>
       </c>
-      <c r="B414" s="1" t="s">
+      <c r="C415" s="1" t="s">
         <v>1619</v>
       </c>
-      <c r="C414" s="1" t="s">
+      <c r="D415" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E415" s="3" t="s">
         <v>1620</v>
       </c>
-      <c r="D414" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E414" s="3" t="s">
+      <c r="F415" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
         <v>1621</v>
       </c>
-      <c r="F414" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A415" s="1" t="s">
+      <c r="B416" s="1" t="s">
         <v>1622</v>
       </c>
-      <c r="B415" s="1" t="s">
+      <c r="C416" s="1" t="s">
         <v>1623</v>
       </c>
-      <c r="C415" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E415" s="3" t="s">
+      <c r="D416" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E416" s="3" t="s">
         <v>1624</v>
       </c>
-      <c r="F415" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A416" s="1" t="s">
+      <c r="F416" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G416" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A417" s="1" t="s">
         <v>1625</v>
       </c>
-      <c r="B416" s="1" t="s">
+      <c r="B417" s="1" t="s">
         <v>1626</v>
       </c>
-      <c r="C416" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E416" s="3" t="s">
+      <c r="C417" s="1" t="s">
         <v>1627</v>
       </c>
-      <c r="F416" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A417" s="1" t="s">
+      <c r="D417" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E417" s="3" t="s">
         <v>1628</v>
       </c>
-      <c r="B417" s="1" t="s">
+      <c r="F417" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A418" s="1" t="s">
         <v>1629</v>
       </c>
-      <c r="C417" s="1" t="s">
+      <c r="B418" s="1" t="s">
         <v>1630</v>
       </c>
-      <c r="D417" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E417" s="3" t="s">
+      <c r="C418" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E418" s="3" t="s">
         <v>1631</v>
       </c>
-      <c r="F417" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A418" s="1" t="s">
+      <c r="F418" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
         <v>1632</v>
       </c>
-      <c r="B418" s="1" t="s">
+      <c r="B419" s="1" t="s">
         <v>1633</v>
       </c>
-      <c r="C418" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E418" s="3" t="s">
+      <c r="C419" s="1" t="s">
         <v>1634</v>
       </c>
-      <c r="F418" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A419" s="1" t="s">
+      <c r="D419" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E419" s="3" t="s">
         <v>1635</v>
       </c>
-      <c r="B419" s="1" t="s">
+      <c r="F419" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G419" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A420" s="1" t="s">
         <v>1636</v>
       </c>
-      <c r="C419" s="1" t="s">
+      <c r="B420" s="1" t="s">
         <v>1637</v>
       </c>
-      <c r="D419" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E419" s="3" t="s">
+      <c r="C420" s="1" t="s">
         <v>1638</v>
       </c>
-      <c r="F419" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A420" s="1" t="s">
+      <c r="D420" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E420" s="3" t="s">
         <v>1639</v>
       </c>
-      <c r="B420" s="1" t="s">
+      <c r="F420" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G420" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A421" s="1" t="s">
         <v>1640</v>
       </c>
-      <c r="C420" s="1" t="s">
+      <c r="B421" s="1" t="s">
         <v>1641</v>
       </c>
-      <c r="D420" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E420" s="3" t="s">
+      <c r="C421" s="1" t="s">
         <v>1642</v>
       </c>
-      <c r="F420" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A421" s="1" t="s">
+      <c r="D421" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E421" s="3" t="s">
         <v>1643</v>
       </c>
-      <c r="B421" s="1" t="s">
+      <c r="F421" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G421" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A422" s="1" t="s">
         <v>1644</v>
       </c>
-      <c r="C421" s="1" t="s">
+      <c r="B422" s="1" t="s">
         <v>1645</v>
       </c>
-      <c r="D421" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E421" s="3" t="s">
+      <c r="C422" s="1" t="s">
         <v>1646</v>
       </c>
-      <c r="F421" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A422" s="1" t="s">
+      <c r="D422" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E422" s="3" t="s">
         <v>1647</v>
       </c>
-      <c r="B422" s="1" t="s">
+      <c r="F422" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G422" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A423" s="1" t="s">
         <v>1648</v>
       </c>
-      <c r="C422" s="1" t="s">
+      <c r="B423" s="1" t="s">
         <v>1649</v>
       </c>
-      <c r="D422" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E422" s="3" t="s">
+      <c r="C423" s="1" t="s">
         <v>1650</v>
       </c>
-      <c r="F422" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A423" s="1" t="s">
+      <c r="D423" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E423" s="3" t="s">
         <v>1651</v>
       </c>
-      <c r="B423" s="1" t="s">
+      <c r="F423" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G423" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A424" s="1" t="s">
         <v>1652</v>
       </c>
-      <c r="C423" s="1" t="s">
+      <c r="B424" s="1" t="s">
         <v>1653</v>
       </c>
-      <c r="D423" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E423" s="3" t="s">
+      <c r="C424" s="1" t="s">
         <v>1654</v>
       </c>
-      <c r="F423" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A424" s="1" t="s">
+      <c r="D424" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E424" s="3" t="s">
         <v>1655</v>
       </c>
-      <c r="B424" s="1" t="s">
+      <c r="F424" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G424" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A425" s="1" t="s">
         <v>1656</v>
       </c>
-      <c r="C424" s="1" t="s">
+      <c r="B425" s="1" t="s">
         <v>1657</v>
       </c>
-      <c r="D424" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E424" s="3" t="s">
+      <c r="C425" s="1" t="s">
         <v>1658</v>
       </c>
-      <c r="F424" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A425" s="1" t="s">
+      <c r="D425" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E425" s="3" t="s">
         <v>1659</v>
       </c>
-      <c r="B425" s="1" t="s">
+      <c r="F425" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G425" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A426" s="1" t="s">
         <v>1660</v>
       </c>
-      <c r="C425" s="1" t="s">
+      <c r="B426" s="1" t="s">
         <v>1661</v>
       </c>
-      <c r="D425" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E425" s="3" t="s">
+      <c r="C426" s="1" t="s">
         <v>1662</v>
       </c>
-      <c r="F425" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A426" s="1" t="s">
+      <c r="D426" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E426" s="3" t="s">
         <v>1663</v>
       </c>
-      <c r="B426" s="1" t="s">
+      <c r="F426" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G426" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A427" s="1" t="s">
         <v>1664</v>
       </c>
-      <c r="C426" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E426" s="3" t="s">
+      <c r="B427" s="1" t="s">
         <v>1665</v>
       </c>
-      <c r="F426" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A427" s="1" t="s">
+      <c r="C427" s="1" t="s">
         <v>1666</v>
       </c>
-      <c r="B427" s="1" t="s">
+      <c r="D427" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E427" s="3" t="s">
         <v>1667</v>
       </c>
-      <c r="C427" s="1" t="s">
+      <c r="F427" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G427" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A428" s="1" t="s">
         <v>1668</v>
       </c>
-      <c r="D427" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E427" s="3" t="s">
+      <c r="B428" s="1" t="s">
         <v>1669</v>
       </c>
-      <c r="F427" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A428" s="1" t="s">
+      <c r="C428" s="1" t="s">
         <v>1670</v>
       </c>
-      <c r="B428" s="1" t="s">
+      <c r="D428" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E428" s="3" t="s">
         <v>1671</v>
       </c>
-      <c r="C428" s="1" t="s">
+      <c r="F428" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G428" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A429" s="1" t="s">
         <v>1672</v>
       </c>
-      <c r="D428" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E428" s="3" t="s">
+      <c r="B429" s="1" t="s">
         <v>1673</v>
       </c>
-      <c r="F428" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A429" s="1" t="s">
+      <c r="C429" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E429" s="3" t="s">
         <v>1674</v>
       </c>
-      <c r="B429" s="1" t="s">
+      <c r="F429" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G429" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A430" s="1" t="s">
         <v>1675</v>
       </c>
-      <c r="C429" s="1" t="s">
+      <c r="B430" s="1" t="s">
         <v>1676</v>
       </c>
-      <c r="D429" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E429" s="3" t="s">
+      <c r="C430" s="1" t="s">
         <v>1677</v>
       </c>
-      <c r="F429" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A430" s="1" t="s">
+      <c r="D430" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E430" s="3" t="s">
         <v>1678</v>
       </c>
-      <c r="B430" s="1" t="s">
+      <c r="F430" s="3" t="s">
         <v>1679</v>
       </c>
-      <c r="C430" s="1" t="s">
+      <c r="G430" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A431" s="1" t="s">
         <v>1680</v>
       </c>
-      <c r="D430" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E430" s="3" t="s">
+      <c r="B431" s="1" t="s">
         <v>1681</v>
       </c>
-      <c r="F430" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A431" s="1" t="s">
+      <c r="C431" s="1" t="s">
         <v>1682</v>
       </c>
-      <c r="B431" s="1" t="s">
+      <c r="D431" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E431" s="3" t="s">
         <v>1683</v>
       </c>
-      <c r="C431" s="1" t="s">
+      <c r="F431" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G431" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A432" s="1" t="s">
         <v>1684</v>
       </c>
-      <c r="D431" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E431" s="3" t="s">
+      <c r="B432" s="1" t="s">
         <v>1685</v>
       </c>
-      <c r="F431" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A432" s="1" t="s">
+      <c r="C432" s="1" t="s">
         <v>1686</v>
       </c>
-      <c r="B432" s="1" t="s">
+      <c r="D432" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E432" s="3" t="s">
         <v>1687</v>
       </c>
-      <c r="C432" s="1" t="s">
+      <c r="F432" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="G432" s="3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A433" s="1" t="s">
         <v>1688</v>
       </c>
-      <c r="D432" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E432" s="3" t="s">
+      <c r="B433" s="1" t="s">
         <v>1689</v>
       </c>
-      <c r="F432" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A433" s="1" t="s">
+      <c r="C433" s="1" t="s">
         <v>1690</v>
       </c>
-      <c r="B433" s="1" t="s">
+      <c r="D433" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E433" s="3" t="s">
         <v>1691</v>
       </c>
-      <c r="C433" s="1" t="s">
+      <c r="F433" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="G433" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A434" s="1" t="s">
         <v>1692</v>
       </c>
-      <c r="D433" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E433" s="3" t="s">
+      <c r="B434" s="1" t="s">
         <v>1693</v>
       </c>
-      <c r="F433" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A434" s="1" t="s">
+      <c r="C434" s="1" t="s">
         <v>1694</v>
       </c>
-      <c r="B434" s="1" t="s">
+      <c r="D434" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E434" s="3" t="s">
         <v>1695</v>
       </c>
-      <c r="C434" s="1" t="s">
+      <c r="F434" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="G434" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A435" s="1" t="s">
         <v>1696</v>
       </c>
-      <c r="D434" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E434" s="3" t="s">
+      <c r="B435" s="1" t="s">
         <v>1697</v>
       </c>
-      <c r="F434" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A435" s="1" t="s">
+      <c r="C435" s="1" t="s">
         <v>1698</v>
       </c>
-      <c r="B435" s="1" t="s">
+      <c r="D435" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E435" s="3" t="s">
         <v>1699</v>
       </c>
-      <c r="C435" s="1" t="s">
+      <c r="F435" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="G435" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A436" s="1" t="s">
         <v>1700</v>
       </c>
-      <c r="D435" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E435" s="3" t="s">
+      <c r="B436" s="1" t="s">
         <v>1701</v>
       </c>
-      <c r="F435" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A436" s="1" t="s">
+      <c r="C436" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E436" s="3" t="s">
         <v>1702</v>
       </c>
-      <c r="B436" s="1" t="s">
+      <c r="F436" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="G436" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A437" s="1" t="s">
         <v>1703</v>
       </c>
-      <c r="C436" s="1" t="s">
+      <c r="B437" s="1" t="s">
         <v>1704</v>
       </c>
-      <c r="D436" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E436" s="3" t="s">
+      <c r="C437" s="1" t="s">
         <v>1705</v>
       </c>
-      <c r="F436" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A437" s="1" t="s">
+      <c r="D437" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E437" s="3" t="s">
         <v>1706</v>
       </c>
-      <c r="B437" s="1" t="s">
+      <c r="F437" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G437" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A438" s="1" t="s">
         <v>1707</v>
       </c>
-      <c r="C437" s="1" t="s">
+      <c r="B438" s="1" t="s">
         <v>1708</v>
       </c>
-      <c r="D437" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E437" s="3" t="s">
+      <c r="C438" s="1" t="s">
         <v>1709</v>
       </c>
-      <c r="F437" s="3" t="s">
+      <c r="D438" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E438" s="3" t="s">
         <v>1710</v>
       </c>
-      <c r="G437" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A438" s="1" t="s">
+      <c r="F438" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G438" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A439" s="1" t="s">
         <v>1711</v>
       </c>
-      <c r="B438" s="1" t="s">
+      <c r="B439" s="1" t="s">
         <v>1712</v>
       </c>
-      <c r="C438" s="1" t="s">
+      <c r="C439" s="1" t="s">
         <v>1713</v>
       </c>
-      <c r="D438" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E438" s="3" t="s">
+      <c r="D439" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E439" s="3" t="s">
         <v>1714</v>
       </c>
-      <c r="F438" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A439" s="1" t="s">
+      <c r="F439" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G439" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A440" s="1" t="s">
         <v>1715</v>
       </c>
-      <c r="B439" s="1" t="s">
+      <c r="B440" s="1" t="s">
         <v>1716</v>
       </c>
-      <c r="C439" s="1" t="s">
+      <c r="C440" s="1" t="s">
         <v>1717</v>
       </c>
-      <c r="D439" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E439" s="3" t="s">
+      <c r="D440" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E440" s="3" t="s">
         <v>1718</v>
       </c>
-      <c r="F439" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A440" s="1" t="s">
+      <c r="F440" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G440" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A441" s="1" t="s">
         <v>1719</v>
       </c>
-      <c r="B440" s="1" t="s">
+      <c r="B441" s="1" t="s">
         <v>1720</v>
       </c>
-      <c r="C440" s="1" t="s">
+      <c r="C441" s="1" t="s">
         <v>1721</v>
       </c>
-      <c r="D440" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E440" s="3" t="s">
+      <c r="D441" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E441" s="3" t="s">
         <v>1722</v>
       </c>
-      <c r="F440" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A441" s="1" t="s">
+      <c r="F441" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G441" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A442" s="1" t="s">
         <v>1723</v>
       </c>
-      <c r="B441" s="1" t="s">
+      <c r="B442" s="1" t="s">
         <v>1724</v>
       </c>
-      <c r="C441" s="1" t="s">
+      <c r="C442" s="1" t="s">
         <v>1725</v>
       </c>
-      <c r="D441" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E441" s="3" t="s">
+      <c r="D442" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E442" s="3" t="s">
         <v>1726</v>
       </c>
-      <c r="F441" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A442" s="1" t="s">
+      <c r="F442" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G442" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A443" s="1" t="s">
         <v>1727</v>
       </c>
-      <c r="B442" s="1" t="s">
+      <c r="B443" s="1" t="s">
         <v>1728</v>
       </c>
-      <c r="C442" s="1" t="s">
+      <c r="C443" s="1" t="s">
         <v>1729</v>
       </c>
-      <c r="D442" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E442" s="3" t="s">
+      <c r="D443" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E443" s="3" t="s">
         <v>1730</v>
       </c>
-      <c r="F442" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A443" s="1" t="s">
+      <c r="F443" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G443" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A444" s="1" t="s">
         <v>1731</v>
       </c>
-      <c r="B443" s="1" t="s">
+      <c r="B444" s="1" t="s">
         <v>1732</v>
       </c>
-      <c r="C443" s="1" t="s">
+      <c r="C444" s="1" t="s">
         <v>1733</v>
       </c>
-      <c r="D443" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E443" s="3" t="s">
+      <c r="D444" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E444" s="3" t="s">
         <v>1734</v>
       </c>
-      <c r="F443" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A444" s="1" t="s">
+      <c r="F444" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G444" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A445" s="1" t="s">
         <v>1735</v>
       </c>
-      <c r="B444" s="1" t="s">
+      <c r="B445" s="1" t="s">
         <v>1736</v>
       </c>
-      <c r="C444" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E444" s="3" t="s">
+      <c r="C445" s="1" t="s">
         <v>1737</v>
       </c>
-      <c r="F444" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A445" s="1" t="s">
+      <c r="D445" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E445" s="3" t="s">
         <v>1738</v>
       </c>
-      <c r="B445" s="1" t="s">
+      <c r="F445" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G445" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A446" s="1" t="s">
         <v>1739</v>
       </c>
-      <c r="C445" s="1" t="s">
+      <c r="B446" s="1" t="s">
         <v>1740</v>
       </c>
-      <c r="D445" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E445" s="3" t="s">
+      <c r="C446" s="1" t="s">
         <v>1741</v>
       </c>
-      <c r="F445" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A446" s="1" t="s">
+      <c r="D446" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E446" s="3" t="s">
         <v>1742</v>
       </c>
-      <c r="B446" s="1" t="s">
+      <c r="F446" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G446" s="3" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A447" s="1" t="s">
         <v>1743</v>
       </c>
-      <c r="C446" s="1" t="s">
+      <c r="B447" s="1" t="s">
         <v>1744</v>
       </c>
-      <c r="D446" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E446" s="3" t="s">
+      <c r="C447" s="1" t="s">
         <v>1745</v>
       </c>
-      <c r="F446" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A447" s="1" t="s">
+      <c r="D447" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E447" s="3" t="s">
         <v>1746</v>
       </c>
-      <c r="B447" s="1" t="s">
+      <c r="F447" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G447" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A448" s="1" t="s">
         <v>1747</v>
       </c>
-      <c r="C447" s="1" t="s">
+      <c r="B448" s="1" t="s">
         <v>1748</v>
       </c>
-      <c r="D447" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E447" s="3" t="s">
+      <c r="C448" s="1" t="s">
         <v>1749</v>
       </c>
-      <c r="F447" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A448" s="1" t="s">
+      <c r="D448" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E448" s="3" t="s">
         <v>1750</v>
       </c>
-      <c r="B448" s="1" t="s">
+      <c r="F448" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G448" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="449" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A449" s="1" t="s">
         <v>1751</v>
       </c>
-      <c r="C448" s="1" t="s">
+      <c r="B449" s="1" t="s">
         <v>1752</v>
       </c>
-      <c r="D448" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E448" s="3" t="s">
+      <c r="C449" s="1" t="s">
         <v>1753</v>
       </c>
-      <c r="F448" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A449" s="1" t="s">
+      <c r="D449" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E449" s="3" t="s">
         <v>1754</v>
       </c>
-      <c r="B449" s="1" t="s">
+      <c r="F449" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G449" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="450" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A450" s="1" t="s">
         <v>1755</v>
       </c>
-      <c r="C449" s="1" t="s">
+      <c r="B450" s="1" t="s">
         <v>1756</v>
       </c>
-      <c r="D449" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E449" s="3" t="s">
+      <c r="C450" s="1" t="s">
         <v>1757</v>
       </c>
-      <c r="F449" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A450" s="1" t="s">
+      <c r="D450" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E450" s="3" t="s">
         <v>1758</v>
       </c>
-      <c r="B450" s="1" t="s">
+      <c r="F450" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G450" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="451" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A451" s="1" t="s">
         <v>1759</v>
       </c>
-      <c r="C450" s="1" t="s">
+      <c r="B451" s="1" t="s">
         <v>1760</v>
       </c>
-      <c r="D450" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E450" s="3" t="s">
+      <c r="C451" s="1" t="s">
         <v>1761</v>
       </c>
-      <c r="F450" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A451" s="1" t="s">
+      <c r="D451" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E451" s="3" t="s">
         <v>1762</v>
       </c>
-      <c r="B451" s="1" t="s">
+      <c r="F451" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G451" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="452" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A452" s="1" t="s">
         <v>1763</v>
       </c>
-      <c r="C451" s="1" t="s">
+      <c r="B452" s="1" t="s">
         <v>1764</v>
       </c>
-      <c r="D451" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E451" s="3" t="s">
+      <c r="C452" s="1" t="s">
         <v>1765</v>
       </c>
-      <c r="F451" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A452" s="1" t="s">
+      <c r="D452" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E452" s="3" t="s">
         <v>1766</v>
       </c>
-      <c r="B452" s="1" t="s">
+      <c r="F452" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G452" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="453" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A453" s="1" t="s">
         <v>1767</v>
       </c>
-      <c r="C452" s="1" t="s">
+      <c r="B453" s="1" t="s">
         <v>1768</v>
       </c>
-      <c r="D452" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E452" s="3" t="s">
+      <c r="C453" s="1" t="s">
         <v>1769</v>
       </c>
-      <c r="F452" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A453" s="1" t="s">
+      <c r="D453" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E453" s="3" t="s">
         <v>1770</v>
       </c>
-      <c r="B453" s="1" t="s">
+      <c r="F453" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G453" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="454" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A454" s="1" t="s">
         <v>1771</v>
       </c>
-      <c r="C453" s="1" t="s">
+      <c r="B454" s="1" t="s">
         <v>1772</v>
       </c>
-      <c r="D453" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E453" s="3" t="s">
+      <c r="C454" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D454" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E454" s="3" t="s">
         <v>1773</v>
       </c>
-      <c r="F453" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A454" s="1" t="s">
+      <c r="F454" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G454" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="455" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A455" s="1" t="s">
         <v>1774</v>
       </c>
-      <c r="B454" s="1" t="s">
+      <c r="B455" s="1" t="s">
         <v>1775</v>
       </c>
-      <c r="C454" s="1" t="s">
+      <c r="C455" s="1" t="s">
         <v>1776</v>
       </c>
-      <c r="D454" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E454" s="3" t="s">
+      <c r="D455" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E455" s="3" t="s">
         <v>1777</v>
       </c>
-      <c r="F454" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A455" s="1" t="s">
+      <c r="F455" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="G455" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="456" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A456" s="1" t="s">
         <v>1778</v>
       </c>
-      <c r="B455" s="1" t="s">
+      <c r="B456" s="1" t="s">
         <v>1779</v>
       </c>
-      <c r="C455" s="1" t="s">
+      <c r="C456" s="1" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D456" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E456" s="3" t="s">
         <v>1780</v>
       </c>
-      <c r="D455" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E455" s="3" t="s">
+      <c r="F456" s="3" t="s">
+        <v>950</v>
+      </c>
+      <c r="G456" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="457" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A457" s="1" t="s">
         <v>1781</v>
       </c>
-      <c r="F455" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A456" s="1" t="s">
+      <c r="B457" s="1" t="s">
         <v>1782</v>
       </c>
-      <c r="B456" s="1" t="s">
+      <c r="C457" s="1" t="s">
         <v>1783</v>
       </c>
-      <c r="C456" s="1" t="s">
+      <c r="D457" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E457" s="3" t="s">
         <v>1784</v>
       </c>
-      <c r="D456" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E456" s="3" t="s">
+      <c r="F457" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="G457" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="458" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A458" s="1" t="s">
         <v>1785</v>
       </c>
-      <c r="F456" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A457" s="1" t="s">
+      <c r="B458" s="1" t="s">
         <v>1786</v>
       </c>
-      <c r="B457" s="1" t="s">
+      <c r="C458" s="1" t="s">
         <v>1787</v>
       </c>
-      <c r="C457" s="1" t="s">
+      <c r="D458" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E458" s="3" t="s">
         <v>1788</v>
       </c>
-      <c r="D457" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E457" s="3" t="s">
+      <c r="F458" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="G458" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="459" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A459" s="1" t="s">
         <v>1789</v>
       </c>
-      <c r="F457" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A458" s="1" t="s">
+      <c r="B459" s="1" t="s">
         <v>1790</v>
       </c>
-      <c r="B458" s="1" t="s">
+      <c r="C459" s="1" t="s">
         <v>1791</v>
       </c>
-      <c r="C458" s="1" t="s">
+      <c r="D459" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E459" s="3" t="s">
         <v>1792</v>
       </c>
-      <c r="D458" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E458" s="3" t="s">
+      <c r="F459" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="G459" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="460" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A460" s="1" t="s">
         <v>1793</v>
       </c>
-      <c r="F458" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A459" s="1" t="s">
+      <c r="B460" s="1" t="s">
         <v>1794</v>
       </c>
-      <c r="B459" s="1" t="s">
+      <c r="C460" s="1" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D460" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E460" s="3" t="s">
         <v>1795</v>
       </c>
-      <c r="C459" s="1" t="s">
+      <c r="F460" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G460" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="461" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A461" s="1" t="s">
         <v>1796</v>
       </c>
-      <c r="D459" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E459" s="3" t="s">
+      <c r="B461" s="1" t="s">
         <v>1797</v>
       </c>
-      <c r="F459" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A460" s="1" t="s">
+      <c r="C461" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="D461" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E461" s="3" t="s">
         <v>1798</v>
       </c>
-      <c r="B460" s="1" t="s">
+      <c r="F461" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G461" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="462" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A462" s="1" t="s">
         <v>1799</v>
       </c>
-      <c r="C460" s="1" t="s">
+      <c r="B462" s="1" t="s">
         <v>1800</v>
       </c>
-      <c r="D460" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E460" s="3" t="s">
+      <c r="C462" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D462" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E462" s="3" t="s">
         <v>1801</v>
       </c>
-      <c r="F460" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A461" s="1" t="s">
+      <c r="F462" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G462" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="463" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A463" s="1" t="s">
         <v>1802</v>
       </c>
-      <c r="B461" s="1" t="s">
+      <c r="B463" s="1" t="s">
         <v>1803</v>
       </c>
-      <c r="C461" s="1" t="s">
+      <c r="C463" s="1" t="s">
+        <v>1803</v>
+      </c>
+      <c r="D463" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E463" s="3" t="s">
         <v>1804</v>
       </c>
-      <c r="D461" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E461" s="3" t="s">
+      <c r="F463" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G463" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="464" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A464" s="1" t="s">
         <v>1805</v>
       </c>
-      <c r="F461" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A462" s="1" t="s">
+      <c r="B464" s="1" t="s">
         <v>1806</v>
       </c>
-      <c r="B462" s="1" t="s">
+      <c r="C464" s="1" t="s">
+        <v>1806</v>
+      </c>
+      <c r="D464" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E464" s="3" t="s">
         <v>1807</v>
       </c>
-      <c r="C462" s="1" t="s">
+      <c r="F464" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G464" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="465" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A465" s="1" t="s">
         <v>1808</v>
       </c>
-      <c r="D462" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E462" s="3" t="s">
+      <c r="B465" s="1" t="s">
         <v>1809</v>
       </c>
-      <c r="F462" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A463" s="1" t="s">
+      <c r="C465" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="D465" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E465" s="3" t="s">
         <v>1810</v>
       </c>
-      <c r="B463" s="1" t="s">
+      <c r="F465" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G465" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="466" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A466" s="1" t="s">
         <v>1811</v>
       </c>
-      <c r="C463" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E463" s="3" t="s">
+      <c r="B466" s="1" t="s">
         <v>1812</v>
       </c>
-      <c r="F463" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A464" s="1" t="s">
+      <c r="C466" s="1" t="s">
+        <v>1812</v>
+      </c>
+      <c r="D466" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E466" s="3" t="s">
         <v>1813</v>
       </c>
-      <c r="B464" s="1" t="s">
+      <c r="F466" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G466" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="467" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A467" s="1" t="s">
         <v>1814</v>
       </c>
-      <c r="C464" s="1" t="s">
+      <c r="B467" s="1" t="s">
         <v>1815</v>
       </c>
-      <c r="D464" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E464" s="3" t="s">
+      <c r="C467" s="1" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D467" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E467" s="3" t="s">
         <v>1816</v>
       </c>
-      <c r="F464" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A465" s="1" t="s">
+      <c r="F467" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G467" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="468" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A468" s="1" t="s">
         <v>1817</v>
       </c>
-      <c r="B465" s="1" t="s">
+      <c r="B468" s="1" t="s">
         <v>1818</v>
       </c>
-      <c r="C465" s="1" t="s">
+      <c r="C468" s="1" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D468" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E468" s="3" t="s">
         <v>1819</v>
       </c>
-      <c r="D465" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E465" s="3" t="s">
+      <c r="F468" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G468" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="469" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A469" s="1" t="s">
         <v>1820</v>
       </c>
-      <c r="F465" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A466" s="1" t="s">
+      <c r="B469" s="1" t="s">
         <v>1821</v>
       </c>
-      <c r="B466" s="1" t="s">
+      <c r="C469" s="1" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E469" s="3" t="s">
         <v>1822</v>
       </c>
-      <c r="C466" s="1" t="s">
+      <c r="F469" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G469" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="470" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A470" s="1" t="s">
         <v>1823</v>
       </c>
-      <c r="D466" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E466" s="3" t="s">
+      <c r="B470" s="1" t="s">
         <v>1824</v>
       </c>
-      <c r="F466" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A467" s="1" t="s">
+      <c r="C470" s="1" t="s">
         <v>1825</v>
       </c>
-      <c r="B467" s="1" t="s">
+      <c r="D470" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E470" s="3" t="s">
         <v>1826</v>
       </c>
-      <c r="C467" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E467" s="3" t="s">
+      <c r="F470" s="3" t="s">
         <v>1827</v>
       </c>
-      <c r="F467" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A468" s="1" t="s">
+      <c r="G470" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="471" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A471" s="1" t="s">
         <v>1828</v>
       </c>
-      <c r="B468" s="1" t="s">
+      <c r="B471" s="1" t="s">
         <v>1829</v>
       </c>
-      <c r="C468" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E468" s="3" t="s">
+      <c r="C471" s="1" t="s">
         <v>1830</v>
       </c>
-      <c r="F468" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A469" s="1" t="s">
+      <c r="D471" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E471" s="3" t="s">
         <v>1831</v>
       </c>
-      <c r="B469" s="1" t="s">
+      <c r="F471" s="3" t="s">
+        <v>1827</v>
+      </c>
+      <c r="G471" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="472" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A472" s="1" t="s">
         <v>1832</v>
       </c>
-      <c r="C469" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E469" s="3" t="s">
+      <c r="B472" s="1" t="s">
         <v>1833</v>
       </c>
-      <c r="F469" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A470" s="1" t="s">
+      <c r="C472" s="1" t="s">
         <v>1834</v>
       </c>
-      <c r="B470" s="1" t="s">
+      <c r="D472" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E472" s="3" t="s">
         <v>1835</v>
       </c>
-      <c r="C470" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E470" s="3" t="s">
+      <c r="F472" s="3" t="s">
+        <v>1827</v>
+      </c>
+      <c r="G472" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="473" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A473" s="1" t="s">
         <v>1836</v>
       </c>
-      <c r="F470" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A471" s="1" t="s">
+      <c r="B473" s="1" t="s">
         <v>1837</v>
       </c>
-      <c r="B471" s="1" t="s">
+      <c r="C473" s="1" t="s">
+        <v>1837</v>
+      </c>
+      <c r="D473" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E473" s="3" t="s">
         <v>1838</v>
       </c>
-      <c r="C471" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E471" s="3" t="s">
+      <c r="F473" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G473" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="474" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A474" s="1" t="s">
         <v>1839</v>
       </c>
-      <c r="F471" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A472" s="1" t="s">
+      <c r="B474" s="1" t="s">
         <v>1840</v>
       </c>
-      <c r="B472" s="1" t="s">
+      <c r="C474" s="1" t="s">
+        <v>1840</v>
+      </c>
+      <c r="D474" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E474" s="3" t="s">
         <v>1841</v>
       </c>
-      <c r="C472" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E472" s="3" t="s">
+      <c r="F474" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G474" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="475" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A475" s="1" t="s">
         <v>1842</v>
       </c>
-      <c r="F472" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A473" s="1" t="s">
+      <c r="B475" s="1" t="s">
         <v>1843</v>
       </c>
-      <c r="B473" s="1" t="s">
+      <c r="C475" s="1" t="s">
+        <v>1843</v>
+      </c>
+      <c r="D475" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E475" s="3" t="s">
         <v>1844</v>
       </c>
-      <c r="C473" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E473" s="3" t="s">
+      <c r="F475" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G475" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="476" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A476" s="1" t="s">
         <v>1845</v>
       </c>
-      <c r="F473" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A474" s="1" t="s">
+      <c r="B476" s="1" t="s">
         <v>1846</v>
       </c>
-      <c r="B474" s="1" t="s">
+      <c r="C476" s="1" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D476" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E476" s="3" t="s">
         <v>1847</v>
       </c>
-      <c r="C474" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E474" s="3" t="s">
+      <c r="F476" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G476" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="477" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A477" s="1" t="s">
         <v>1848</v>
       </c>
-      <c r="F474" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A475" s="1" t="s">
+      <c r="B477" s="1" t="s">
         <v>1849</v>
       </c>
-      <c r="B475" s="1" t="s">
+      <c r="C477" s="1" t="s">
+        <v>1849</v>
+      </c>
+      <c r="D477" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E477" s="3" t="s">
         <v>1850</v>
       </c>
-      <c r="C475" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E475" s="3" t="s">
+      <c r="F477" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="G477" s="3" t="s">
         <v>1851</v>
       </c>
-      <c r="F475" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A476" s="1" t="s">
+    </row>
+    <row r="478" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A478" s="1" t="s">
         <v>1852</v>
       </c>
-      <c r="B476" s="1" t="s">
+      <c r="B478" s="1" t="s">
         <v>1853</v>
       </c>
-      <c r="C476" s="1" t="s">
+      <c r="C478" s="1" t="s">
         <v>1853</v>
       </c>
-      <c r="D476" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E476" s="3" t="s">
+      <c r="D478" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E478" s="3" t="s">
         <v>1854</v>
       </c>
-      <c r="F476" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A477" s="1" t="s">
+      <c r="F478" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G478" s="3" t="s">
+        <v>1851</v>
+      </c>
+    </row>
+    <row r="479" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A479" s="1" t="s">
         <v>1855</v>
       </c>
-      <c r="B477" s="1" t="s">
+      <c r="B479" s="1" t="s">
         <v>1856</v>
       </c>
-      <c r="C477" s="1" t="s">
+      <c r="C479" s="1" t="s">
         <v>1856</v>
       </c>
-      <c r="D477" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E477" s="3" t="s">
+      <c r="D479" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E479" s="3" t="s">
         <v>1857</v>
       </c>
-      <c r="F477" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A478" s="1" t="s">
+      <c r="F479" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G479" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="480" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A480" s="1" t="s">
         <v>1858</v>
       </c>
-      <c r="B478" s="1" t="s">
+      <c r="B480" s="1" t="s">
         <v>1859</v>
       </c>
-      <c r="C478" s="1" t="s">
+      <c r="C480" s="1" t="s">
         <v>1860</v>
       </c>
-      <c r="D478" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E478" s="3" t="s">
+      <c r="D480" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E480" s="3" t="s">
         <v>1861</v>
       </c>
-      <c r="F478" s="3" t="s">
+      <c r="F480" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G480" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="481" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A481" s="1" t="s">
         <v>1862</v>
       </c>
-      <c r="G478" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A479" s="1" t="s">
+      <c r="B481" s="1" t="s">
         <v>1863</v>
       </c>
-      <c r="B479" s="1" t="s">
+      <c r="C481" s="1" t="s">
         <v>1864</v>
       </c>
-      <c r="C479" s="1" t="s">
+      <c r="D481" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E481" s="3" t="s">
         <v>1865</v>
       </c>
-      <c r="D479" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E479" s="3" t="s">
+      <c r="F481" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G481" s="3" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="482" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A482" s="1" t="s">
         <v>1866</v>
       </c>
-      <c r="F479" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A480" s="1" t="s">
+      <c r="B482" s="1" t="s">
         <v>1867</v>
       </c>
-      <c r="B480" s="1" t="s">
+      <c r="C482" s="1" t="s">
         <v>1868</v>
       </c>
-      <c r="C480" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E480" s="3" t="s">
+      <c r="D482" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E482" s="3" t="s">
         <v>1869</v>
       </c>
-      <c r="F480" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A481" s="1" t="s">
+      <c r="F482" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G482" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="483" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A483" s="1" t="s">
         <v>1870</v>
       </c>
-      <c r="B481" s="1" t="s">
+      <c r="B483" s="1" t="s">
         <v>1871</v>
       </c>
-      <c r="C481" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E481" s="3" t="s">
+      <c r="C483" s="1" t="s">
         <v>1872</v>
       </c>
-      <c r="F481" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A482" s="1" t="s">
+      <c r="D483" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E483" s="3" t="s">
         <v>1873</v>
       </c>
-      <c r="B482" s="1" t="s">
+      <c r="F483" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G483" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="484" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A484" s="1" t="s">
         <v>1874</v>
       </c>
-      <c r="C482" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E482" s="3" t="s">
+      <c r="B484" s="1" t="s">
         <v>1875</v>
       </c>
-      <c r="F482" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A483" s="1" t="s">
+      <c r="C484" s="1" t="s">
         <v>1876</v>
       </c>
-      <c r="B483" s="1" t="s">
+      <c r="D484" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E484" s="3" t="s">
         <v>1877</v>
       </c>
-      <c r="C483" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E483" s="3" t="s">
+      <c r="F484" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G484" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="485" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A485" s="1" t="s">
         <v>1878</v>
       </c>
-      <c r="F483" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A484" s="1" t="s">
+      <c r="B485" s="1" t="s">
         <v>1879</v>
       </c>
-      <c r="B484" s="1" t="s">
+      <c r="C485" s="1" t="s">
         <v>1880</v>
       </c>
-      <c r="C484" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E484" s="3" t="s">
+      <c r="D485" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E485" s="3" t="s">
         <v>1881</v>
       </c>
-      <c r="F484" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A485" s="1" t="s">
+      <c r="F485" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G485" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="486" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A486" s="1" t="s">
         <v>1882</v>
       </c>
-      <c r="B485" s="1" t="s">
+      <c r="B486" s="1" t="s">
         <v>1883</v>
       </c>
-      <c r="C485" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E485" s="3" t="s">
+      <c r="C486" s="1" t="s">
         <v>1884</v>
       </c>
-      <c r="F485" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G485" s="3" t="s">
+      <c r="D486" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E486" s="3" t="s">
         <v>1885</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A486" s="1" t="s">
+      <c r="F486" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G486" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="487" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A487" s="1" t="s">
         <v>1886</v>
       </c>
-      <c r="B486" s="1" t="s">
+      <c r="B487" s="1" t="s">
         <v>1887</v>
       </c>
-      <c r="C486" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E486" s="3" t="s">
+      <c r="C487" s="1" t="s">
         <v>1888</v>
       </c>
-      <c r="F486" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A487" s="1" t="s">
+      <c r="D487" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E487" s="3" t="s">
         <v>1889</v>
       </c>
-      <c r="B487" s="1" t="s">
+      <c r="F487" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G487" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="488" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A488" s="1" t="s">
         <v>1890</v>
       </c>
-      <c r="C487" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E487" s="3" t="s">
+      <c r="B488" s="1" t="s">
         <v>1891</v>
       </c>
-      <c r="F487" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A488" s="1" t="s">
+      <c r="C488" s="1" t="s">
+        <v>1891</v>
+      </c>
+      <c r="D488" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E488" s="3" t="s">
         <v>1892</v>
       </c>
-      <c r="B488" s="1" t="s">
+      <c r="F488" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G488" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="489" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A489" s="1" t="s">
         <v>1893</v>
       </c>
-      <c r="C488" s="1" t="s">
+      <c r="B489" s="1" t="s">
         <v>1894</v>
       </c>
-      <c r="D488" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E488" s="3" t="s">
+      <c r="C489" s="1" t="s">
+        <v>1894</v>
+      </c>
+      <c r="D489" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E489" s="3" t="s">
         <v>1895</v>
       </c>
-      <c r="F488" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A489" s="1" t="s">
+      <c r="F489" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G489" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="490" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A490" s="1" t="s">
         <v>1896</v>
       </c>
-      <c r="B489" s="1" t="s">
+      <c r="B490" s="1" t="s">
         <v>1897</v>
       </c>
-      <c r="C489" s="1" t="s">
+      <c r="C490" s="1" t="s">
+        <v>1897</v>
+      </c>
+      <c r="D490" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E490" s="3" t="s">
         <v>1898</v>
       </c>
-      <c r="D489" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E489" s="3" t="s">
+      <c r="F490" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G490" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="491" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A491" s="1" t="s">
         <v>1899</v>
       </c>
-      <c r="F489" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A490" s="1" t="s">
+      <c r="B491" s="1" t="s">
         <v>1900</v>
       </c>
-      <c r="B490" s="1" t="s">
+      <c r="C491" s="1" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D491" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E491" s="3" t="s">
         <v>1901</v>
       </c>
-      <c r="C490" s="1" t="s">
+      <c r="F491" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G491" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="492" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A492" s="1" t="s">
         <v>1902</v>
       </c>
-      <c r="D490" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E490" s="3" t="s">
+      <c r="B492" s="1" t="s">
         <v>1903</v>
       </c>
-      <c r="F490" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A491" s="1" t="s">
+      <c r="C492" s="1" t="s">
+        <v>1903</v>
+      </c>
+      <c r="D492" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E492" s="3" t="s">
         <v>1904</v>
       </c>
-      <c r="B491" s="1" t="s">
+      <c r="F492" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G492" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="493" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A493" s="1" t="s">
         <v>1905</v>
       </c>
-      <c r="C491" s="1" t="s">
+      <c r="B493" s="1" t="s">
         <v>1906</v>
       </c>
-      <c r="D491" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E491" s="3" t="s">
+      <c r="C493" s="1" t="s">
+        <v>1906</v>
+      </c>
+      <c r="D493" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E493" s="3" t="s">
         <v>1907</v>
       </c>
-      <c r="F491" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A492" s="1" t="s">
+      <c r="F493" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G493" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="494" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A494" s="1" t="s">
         <v>1908</v>
       </c>
-      <c r="B492" s="1" t="s">
+      <c r="B494" s="1" t="s">
         <v>1909</v>
       </c>
-      <c r="C492" s="1" t="s">
+      <c r="C494" s="1" t="s">
+        <v>1909</v>
+      </c>
+      <c r="D494" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E494" s="3" t="s">
         <v>1910</v>
       </c>
-      <c r="D492" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E492" s="3" t="s">
+      <c r="F494" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G494" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="495" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A495" s="1" t="s">
         <v>1911</v>
       </c>
-      <c r="F492" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A493" s="1" t="s">
+      <c r="B495" s="1" t="s">
         <v>1912</v>
       </c>
-      <c r="B493" s="1" t="s">
+      <c r="C495" s="1" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D495" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E495" s="3" t="s">
         <v>1913</v>
       </c>
-      <c r="C493" s="1" t="s">
+      <c r="F495" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G495" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="496" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A496" s="1" t="s">
         <v>1914</v>
       </c>
-      <c r="D493" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E493" s="3" t="s">
+      <c r="B496" s="1" t="s">
         <v>1915</v>
       </c>
-      <c r="F493" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A494" s="1" t="s">
+      <c r="C496" s="1" t="s">
+        <v>1915</v>
+      </c>
+      <c r="D496" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E496" s="3" t="s">
         <v>1916</v>
       </c>
-      <c r="B494" s="1" t="s">
+      <c r="F496" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G496" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="497" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A497" s="1" t="s">
         <v>1917</v>
       </c>
-      <c r="C494" s="1" t="s">
+      <c r="B497" s="1" t="s">
         <v>1918</v>
       </c>
-      <c r="D494" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E494" s="3" t="s">
+      <c r="C497" s="1" t="s">
         <v>1919</v>
       </c>
-      <c r="F494" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A495" s="1" t="s">
+      <c r="D497" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E497" s="3" t="s">
         <v>1920</v>
       </c>
-      <c r="B495" s="1" t="s">
+      <c r="F497" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G497" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="498" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A498" s="1" t="s">
         <v>1921</v>
       </c>
-      <c r="C495" s="1" t="s">
+      <c r="B498" s="1" t="s">
         <v>1922</v>
       </c>
-      <c r="D495" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E495" s="3" t="s">
+      <c r="C498" s="1" t="s">
         <v>1923</v>
       </c>
-      <c r="F495" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A496" s="1" t="s">
+      <c r="D498" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E498" s="3" t="s">
         <v>1924</v>
       </c>
-      <c r="B496" s="1" t="s">
+      <c r="F498" s="3" t="s">
         <v>1925</v>
       </c>
-      <c r="C496" s="1" t="s">
+      <c r="G498" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="499" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A499" s="1" t="s">
+        <v>1926</v>
+      </c>
+      <c r="B499" s="1" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C499" s="1" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D499" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E499" s="3" t="s">
+        <v>1929</v>
+      </c>
+      <c r="F499" s="3" t="s">
         <v>1925</v>
       </c>
-      <c r="D496" s="1" t="s">
-[...36 lines deleted...]
-      <c r="A498" s="1" t="s">
+      <c r="G499" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="500" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A500" s="1" t="s">
         <v>1930</v>
       </c>
-      <c r="B498" s="1" t="s">
+      <c r="B500" s="1" t="s">
         <v>1931</v>
       </c>
-      <c r="C498" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E498" s="3" t="s">
+      <c r="C500" s="1" t="s">
         <v>1932</v>
       </c>
-      <c r="F498" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A499" s="1" t="s">
+      <c r="D500" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E500" s="3" t="s">
         <v>1933</v>
       </c>
-      <c r="B499" s="1" t="s">
+      <c r="F500" s="3" t="s">
+        <v>1925</v>
+      </c>
+      <c r="G500" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="501" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A501" s="1" t="s">
         <v>1934</v>
       </c>
-      <c r="C499" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E499" s="3" t="s">
+      <c r="B501" s="1" t="s">
         <v>1935</v>
       </c>
-      <c r="F499" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A500" s="1" t="s">
+      <c r="C501" s="1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D501" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E501" s="3" t="s">
         <v>1936</v>
       </c>
-      <c r="B500" s="1" t="s">
+      <c r="F501" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G501" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="502" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A502" s="1" t="s">
         <v>1937</v>
       </c>
-      <c r="C500" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E500" s="3" t="s">
+      <c r="B502" s="1" t="s">
         <v>1938</v>
       </c>
-      <c r="F500" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A501" s="1" t="s">
+      <c r="C502" s="1" t="s">
+        <v>1938</v>
+      </c>
+      <c r="D502" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E502" s="3" t="s">
         <v>1939</v>
       </c>
-      <c r="B501" s="1" t="s">
+      <c r="F502" s="3" t="s">
         <v>1940</v>
       </c>
-      <c r="C501" s="1" t="s">
+      <c r="G502" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="503" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A503" s="1" t="s">
+        <v>1941</v>
+      </c>
+      <c r="B503" s="1" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C503" s="1" t="s">
+        <v>1942</v>
+      </c>
+      <c r="D503" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E503" s="3" t="s">
+        <v>1943</v>
+      </c>
+      <c r="F503" s="3" t="s">
         <v>1940</v>
       </c>
-      <c r="D501" s="1" t="s">
-[...25 lines deleted...]
-      <c r="E502" s="3" t="s">
+      <c r="G503" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="504" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A504" s="1" t="s">
         <v>1944</v>
       </c>
-      <c r="F502" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A503" s="1" t="s">
+      <c r="B504" s="1" t="s">
         <v>1945</v>
       </c>
-      <c r="B503" s="1" t="s">
+      <c r="C504" s="1" t="s">
+        <v>1945</v>
+      </c>
+      <c r="D504" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E504" s="3" t="s">
         <v>1946</v>
       </c>
-      <c r="C503" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E503" s="3" t="s">
+      <c r="F504" s="3" t="s">
+        <v>1940</v>
+      </c>
+      <c r="G504" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="505" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A505" s="1" t="s">
         <v>1947</v>
       </c>
-      <c r="F503" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A504" s="1" t="s">
+      <c r="B505" s="1" t="s">
         <v>1948</v>
       </c>
-      <c r="B504" s="1" t="s">
+      <c r="C505" s="1" t="s">
+        <v>1948</v>
+      </c>
+      <c r="D505" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E505" s="3" t="s">
         <v>1949</v>
       </c>
-      <c r="C504" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E504" s="3" t="s">
+      <c r="F505" s="3" t="s">
+        <v>1940</v>
+      </c>
+      <c r="G505" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="506" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A506" s="1" t="s">
         <v>1950</v>
       </c>
-      <c r="F504" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A505" s="1" t="s">
+      <c r="B506" s="1" t="s">
         <v>1951</v>
       </c>
-      <c r="B505" s="1" t="s">
+      <c r="C506" s="1" t="s">
+        <v>1951</v>
+      </c>
+      <c r="D506" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E506" s="3" t="s">
         <v>1952</v>
       </c>
-      <c r="C505" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E505" s="3" t="s">
+      <c r="F506" s="3" t="s">
+        <v>1940</v>
+      </c>
+      <c r="G506" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="507" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A507" s="1" t="s">
         <v>1953</v>
       </c>
-      <c r="F505" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A506" s="1" t="s">
+      <c r="B507" s="1" t="s">
         <v>1954</v>
       </c>
-      <c r="B506" s="1" t="s">
+      <c r="C507" s="1" t="s">
+        <v>1954</v>
+      </c>
+      <c r="D507" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E507" s="3" t="s">
         <v>1955</v>
       </c>
-      <c r="C506" s="1" t="s">
+      <c r="F507" s="3" t="s">
+        <v>1940</v>
+      </c>
+      <c r="G507" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="508" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A508" s="1" t="s">
         <v>1956</v>
       </c>
-      <c r="D506" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E506" s="3" t="s">
+      <c r="B508" s="1" t="s">
         <v>1957</v>
       </c>
-      <c r="F506" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A507" s="1" t="s">
+      <c r="C508" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="D508" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E508" s="3" t="s">
         <v>1958</v>
       </c>
-      <c r="B507" s="1" t="s">
+      <c r="F508" s="3" t="s">
+        <v>1940</v>
+      </c>
+      <c r="G508" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="509" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A509" s="1" t="s">
         <v>1959</v>
       </c>
-      <c r="C507" s="1" t="s">
+      <c r="B509" s="1" t="s">
         <v>1960</v>
       </c>
-      <c r="D507" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E507" s="3" t="s">
+      <c r="C509" s="1" t="s">
+        <v>1960</v>
+      </c>
+      <c r="D509" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E509" s="3" t="s">
         <v>1961</v>
       </c>
-      <c r="F507" s="3" t="s">
+      <c r="F509" s="3" t="s">
+        <v>1940</v>
+      </c>
+      <c r="G509" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="510" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A510" s="1" t="s">
         <v>1962</v>
       </c>
-      <c r="G507" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A508" s="1" t="s">
+      <c r="B510" s="1" t="s">
         <v>1963</v>
       </c>
-      <c r="B508" s="1" t="s">
+      <c r="C510" s="1" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D510" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E510" s="3" t="s">
         <v>1964</v>
       </c>
-      <c r="C508" s="1" t="s">
+      <c r="F510" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="G510" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="511" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A511" s="1" t="s">
         <v>1965</v>
       </c>
-      <c r="D508" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E508" s="3" t="s">
+      <c r="B511" s="1" t="s">
         <v>1966</v>
       </c>
-      <c r="F508" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A509" s="1" t="s">
+      <c r="C511" s="1" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D511" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E511" s="3" t="s">
         <v>1967</v>
       </c>
-      <c r="B509" s="1" t="s">
+      <c r="F511" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="G511" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="512" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A512" s="1" t="s">
         <v>1968</v>
       </c>
-      <c r="C509" s="1" t="s">
+      <c r="B512" s="1" t="s">
         <v>1969</v>
       </c>
-      <c r="D509" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E509" s="3" t="s">
+      <c r="C512" s="1" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D512" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E512" s="3" t="s">
         <v>1970</v>
       </c>
-      <c r="F509" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A510" s="1" t="s">
+      <c r="F512" s="3" t="s">
+        <v>1940</v>
+      </c>
+      <c r="G512" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="513" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A513" s="1" t="s">
         <v>1971</v>
       </c>
-      <c r="B510" s="1" t="s">
+      <c r="B513" s="1" t="s">
         <v>1972</v>
       </c>
-      <c r="C510" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E510" s="3" t="s">
+      <c r="C513" s="1" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D513" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E513" s="3" t="s">
         <v>1973</v>
       </c>
-      <c r="F510" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A511" s="1" t="s">
+      <c r="F513" s="3" t="s">
+        <v>1940</v>
+      </c>
+      <c r="G513" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="514" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A514" s="1" t="s">
         <v>1974</v>
       </c>
-      <c r="B511" s="1" t="s">
+      <c r="B514" s="1" t="s">
         <v>1975</v>
       </c>
-      <c r="C511" s="1" t="s">
+      <c r="C514" s="1" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D514" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E514" s="3" t="s">
         <v>1976</v>
       </c>
-      <c r="D511" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E511" s="3" t="s">
+      <c r="F514" s="3" t="s">
+        <v>1940</v>
+      </c>
+      <c r="G514" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="515" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A515" s="1" t="s">
         <v>1977</v>
       </c>
-      <c r="F511" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A512" s="1" t="s">
+      <c r="B515" s="1" t="s">
         <v>1978</v>
       </c>
-      <c r="B512" s="1" t="s">
+      <c r="C515" s="1" t="s">
+        <v>1978</v>
+      </c>
+      <c r="D515" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E515" s="3" t="s">
         <v>1979</v>
       </c>
-      <c r="C512" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E512" s="3" t="s">
+      <c r="F515" s="3" t="s">
         <v>1980</v>
       </c>
-      <c r="F512" s="3" t="s">
+      <c r="G515" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="516" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A516" s="1" t="s">
         <v>1981</v>
       </c>
-      <c r="G512" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A513" s="1" t="s">
+      <c r="B516" s="1" t="s">
         <v>1982</v>
       </c>
-      <c r="B513" s="1" t="s">
+      <c r="C516" s="1" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D516" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E516" s="3" t="s">
         <v>1983</v>
       </c>
-      <c r="C513" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E513" s="3" t="s">
+      <c r="F516" s="3" t="s">
+        <v>1980</v>
+      </c>
+      <c r="G516" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="517" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A517" s="1" t="s">
         <v>1984</v>
       </c>
-      <c r="F513" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A514" s="1" t="s">
+      <c r="B517" s="1" t="s">
         <v>1985</v>
       </c>
-      <c r="B514" s="1" t="s">
+      <c r="C517" s="1" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D517" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E517" s="3" t="s">
         <v>1986</v>
       </c>
-      <c r="C514" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E514" s="3" t="s">
+      <c r="F517" s="3" t="s">
         <v>1987</v>
       </c>
-      <c r="F514" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A515" s="1" t="s">
+      <c r="G517" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="518" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A518" s="1" t="s">
         <v>1988</v>
       </c>
-      <c r="B515" s="1" t="s">
+      <c r="B518" s="1" t="s">
         <v>1989</v>
       </c>
-      <c r="C515" s="1" t="s">
+      <c r="C518" s="1" t="s">
         <v>1989</v>
       </c>
-      <c r="D515" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E515" s="3" t="s">
+      <c r="D518" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E518" s="3" t="s">
         <v>1990</v>
       </c>
-      <c r="F515" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A516" s="1" t="s">
+      <c r="F518" s="3" t="s">
+        <v>1987</v>
+      </c>
+      <c r="G518" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="519" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A519" s="1" t="s">
         <v>1991</v>
       </c>
-      <c r="B516" s="1" t="s">
+      <c r="B519" s="1" t="s">
         <v>1992</v>
       </c>
-      <c r="C516" s="1" t="s">
+      <c r="C519" s="1" t="s">
         <v>1992</v>
       </c>
-      <c r="D516" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E516" s="3" t="s">
+      <c r="D519" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E519" s="3" t="s">
         <v>1993</v>
       </c>
-      <c r="F516" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A517" s="1" t="s">
+      <c r="F519" s="3" t="s">
+        <v>1987</v>
+      </c>
+      <c r="G519" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="520" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A520" s="1" t="s">
         <v>1994</v>
       </c>
-      <c r="B517" s="1" t="s">
+      <c r="B520" s="1" t="s">
         <v>1995</v>
       </c>
-      <c r="C517" s="1" t="s">
+      <c r="C520" s="1" t="s">
         <v>1995</v>
       </c>
-      <c r="D517" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E517" s="3" t="s">
+      <c r="D520" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E520" s="3" t="s">
         <v>1996</v>
       </c>
-      <c r="F517" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A518" s="1" t="s">
+      <c r="F520" s="3" t="s">
+        <v>1987</v>
+      </c>
+      <c r="G520" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="521" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A521" s="1" t="s">
         <v>1997</v>
       </c>
-      <c r="B518" s="1" t="s">
+      <c r="B521" s="1" t="s">
         <v>1998</v>
       </c>
-      <c r="C518" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E518" s="3" t="s">
+      <c r="C521" s="1" t="s">
         <v>1999</v>
       </c>
-      <c r="F518" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A519" s="1" t="s">
+      <c r="D521" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E521" s="3" t="s">
         <v>2000</v>
       </c>
-      <c r="B519" s="1" t="s">
+      <c r="F521" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G521" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="522" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A522" s="1" t="s">
         <v>2001</v>
       </c>
-      <c r="C519" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E519" s="3" t="s">
+      <c r="B522" s="1" t="s">
         <v>2002</v>
       </c>
-      <c r="F519" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A520" s="1" t="s">
+      <c r="C522" s="1" t="s">
         <v>2003</v>
       </c>
-      <c r="B520" s="1" t="s">
+      <c r="D522" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E522" s="3" t="s">
         <v>2004</v>
       </c>
-      <c r="C520" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E520" s="3" t="s">
+      <c r="F522" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="G522" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="523" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A523" s="1" t="s">
         <v>2005</v>
       </c>
-      <c r="F520" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A521" s="1" t="s">
+      <c r="B523" s="1" t="s">
         <v>2006</v>
       </c>
-      <c r="B521" s="1" t="s">
+      <c r="C523" s="1" t="s">
         <v>2007</v>
       </c>
-      <c r="C521" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E521" s="3" t="s">
+      <c r="D523" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E523" s="3" t="s">
         <v>2008</v>
       </c>
-      <c r="F521" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A522" s="1" t="s">
+      <c r="F523" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G523" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="524" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A524" s="1" t="s">
         <v>2009</v>
       </c>
-      <c r="B522" s="1" t="s">
+      <c r="B524" s="1" t="s">
         <v>2010</v>
       </c>
-      <c r="C522" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E522" s="3" t="s">
+      <c r="C524" s="1" t="s">
         <v>2011</v>
       </c>
-      <c r="F522" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A523" s="1" t="s">
+      <c r="D524" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E524" s="3" t="s">
         <v>2012</v>
       </c>
-      <c r="B523" s="1" t="s">
+      <c r="F524" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G524" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="525" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A525" s="1" t="s">
         <v>2013</v>
       </c>
-      <c r="C523" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E523" s="3" t="s">
+      <c r="B525" s="1" t="s">
         <v>2014</v>
       </c>
-      <c r="F523" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A524" s="1" t="s">
+      <c r="C525" s="1" t="s">
         <v>2015</v>
       </c>
-      <c r="B524" s="1" t="s">
+      <c r="D525" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E525" s="3" t="s">
         <v>2016</v>
       </c>
-      <c r="C524" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E524" s="3" t="s">
+      <c r="F525" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G525" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="526" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A526" s="1" t="s">
         <v>2017</v>
       </c>
-      <c r="F524" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A525" s="1" t="s">
+      <c r="B526" s="1" t="s">
         <v>2018</v>
       </c>
-      <c r="B525" s="1" t="s">
+      <c r="C526" s="1" t="s">
+        <v>2018</v>
+      </c>
+      <c r="D526" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E526" s="3" t="s">
         <v>2019</v>
       </c>
-      <c r="C525" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E525" s="3" t="s">
+      <c r="F526" s="3" t="s">
+        <v>1980</v>
+      </c>
+      <c r="G526" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="527" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A527" s="1" t="s">
         <v>2020</v>
       </c>
-      <c r="F525" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A526" s="1" t="s">
+      <c r="B527" s="1" t="s">
         <v>2021</v>
       </c>
-      <c r="B526" s="1" t="s">
+      <c r="C527" s="1" t="s">
+        <v>2021</v>
+      </c>
+      <c r="D527" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E527" s="3" t="s">
         <v>2022</v>
       </c>
-      <c r="C526" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E526" s="3" t="s">
+      <c r="F527" s="3" t="s">
         <v>2023</v>
       </c>
-      <c r="F526" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A527" s="1" t="s">
+      <c r="G527" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="528" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A528" s="1" t="s">
         <v>2024</v>
       </c>
-      <c r="B527" s="1" t="s">
+      <c r="B528" s="1" t="s">
         <v>2025</v>
       </c>
-      <c r="C527" s="1" t="s">
+      <c r="C528" s="1" t="s">
         <v>2025</v>
       </c>
-      <c r="D527" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E527" s="3" t="s">
+      <c r="D528" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E528" s="3" t="s">
         <v>2026</v>
       </c>
-      <c r="F527" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A528" s="1" t="s">
+      <c r="F528" s="3" t="s">
+        <v>2023</v>
+      </c>
+      <c r="G528" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="529" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A529" s="1" t="s">
         <v>2027</v>
       </c>
-      <c r="B528" s="1" t="s">
+      <c r="B529" s="1" t="s">
         <v>2028</v>
       </c>
-      <c r="C528" s="1" t="s">
+      <c r="C529" s="1" t="s">
         <v>2028</v>
       </c>
-      <c r="D528" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E528" s="3" t="s">
+      <c r="D529" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E529" s="3" t="s">
         <v>2029</v>
       </c>
-      <c r="F528" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A529" s="1" t="s">
+      <c r="F529" s="3" t="s">
+        <v>2023</v>
+      </c>
+      <c r="G529" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="530" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A530" s="1" t="s">
         <v>2030</v>
       </c>
-      <c r="B529" s="1" t="s">
+      <c r="B530" s="1" t="s">
         <v>2031</v>
       </c>
-      <c r="C529" s="1" t="s">
+      <c r="C530" s="1" t="s">
         <v>2031</v>
       </c>
-      <c r="D529" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E529" s="3" t="s">
+      <c r="D530" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E530" s="3" t="s">
         <v>2032</v>
       </c>
-      <c r="F529" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A530" s="1" t="s">
+      <c r="F530" s="3" t="s">
+        <v>1980</v>
+      </c>
+      <c r="G530" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="531" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A531" s="1" t="s">
         <v>2033</v>
       </c>
-      <c r="B530" s="1" t="s">
+      <c r="B531" s="1" t="s">
         <v>2034</v>
       </c>
-      <c r="C530" s="1" t="s">
+      <c r="C531" s="1" t="s">
         <v>2034</v>
       </c>
-      <c r="D530" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E530" s="3" t="s">
+      <c r="D531" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E531" s="3" t="s">
         <v>2035</v>
       </c>
-      <c r="F530" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A531" s="1" t="s">
+      <c r="F531" s="3" t="s">
+        <v>1980</v>
+      </c>
+      <c r="G531" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="532" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A532" s="1" t="s">
         <v>2036</v>
       </c>
-      <c r="B531" s="1" t="s">
+      <c r="B532" s="1" t="s">
         <v>2037</v>
       </c>
-      <c r="C531" s="1" t="s">
+      <c r="C532" s="1" t="s">
         <v>2037</v>
       </c>
-      <c r="D531" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E531" s="3" t="s">
+      <c r="D532" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E532" s="3" t="s">
         <v>2038</v>
       </c>
-      <c r="F531" s="3" t="s">
+      <c r="F532" s="3" t="s">
+        <v>2023</v>
+      </c>
+      <c r="G532" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="533" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A533" s="1" t="s">
         <v>2039</v>
       </c>
-      <c r="G531" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A532" s="1" t="s">
+      <c r="B533" s="1" t="s">
         <v>2040</v>
       </c>
-      <c r="B532" s="1" t="s">
+      <c r="C533" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D533" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E533" s="3" t="s">
         <v>2041</v>
       </c>
-      <c r="C532" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E532" s="3" t="s">
+      <c r="F533" s="3" t="s">
+        <v>2023</v>
+      </c>
+      <c r="G533" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="534" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A534" s="1" t="s">
         <v>2042</v>
       </c>
-      <c r="F532" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A533" s="1" t="s">
+      <c r="B534" s="1" t="s">
         <v>2043</v>
       </c>
-      <c r="B533" s="1" t="s">
+      <c r="C534" s="1" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D534" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E534" s="3" t="s">
         <v>2044</v>
       </c>
-      <c r="C533" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E533" s="3" t="s">
+      <c r="F534" s="3" t="s">
+        <v>2023</v>
+      </c>
+      <c r="G534" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="535" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A535" s="1" t="s">
         <v>2045</v>
       </c>
-      <c r="F533" s="3" t="s">
+      <c r="B535" s="1" t="s">
         <v>2046</v>
       </c>
-      <c r="G533" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A534" s="1" t="s">
+      <c r="C535" s="1" t="s">
+        <v>2046</v>
+      </c>
+      <c r="D535" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E535" s="3" t="s">
         <v>2047</v>
       </c>
-      <c r="B534" s="1" t="s">
+      <c r="F535" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G535" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="536" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A536" s="1" t="s">
         <v>2048</v>
       </c>
-      <c r="C534" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E534" s="3" t="s">
+      <c r="B536" s="1" t="s">
         <v>2049</v>
       </c>
-      <c r="F534" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A535" s="1" t="s">
+      <c r="C536" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="D536" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E536" s="3" t="s">
         <v>2050</v>
       </c>
-      <c r="B535" s="1" t="s">
+      <c r="F536" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G536" s="3" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="537" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A537" s="1" t="s">
         <v>2051</v>
       </c>
-      <c r="C535" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E535" s="3" t="s">
+      <c r="B537" s="1" t="s">
         <v>2052</v>
       </c>
-      <c r="F535" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A536" s="1" t="s">
+      <c r="C537" s="1" t="s">
         <v>2053</v>
       </c>
-      <c r="B536" s="1" t="s">
+      <c r="D537" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E537" s="3" t="s">
         <v>2054</v>
       </c>
-      <c r="C536" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E536" s="3" t="s">
+      <c r="F537" s="3" t="s">
         <v>2055</v>
       </c>
-      <c r="F536" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A537" s="1" t="s">
+      <c r="G537" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="538" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A538" s="1" t="s">
         <v>2056</v>
       </c>
-      <c r="B537" s="1" t="s">
+      <c r="B538" s="1" t="s">
         <v>2057</v>
       </c>
-      <c r="C537" s="1" t="s">
+      <c r="C538" s="1" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D538" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E538" s="3" t="s">
         <v>2058</v>
       </c>
-      <c r="D537" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E537" s="3" t="s">
+      <c r="F538" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G538" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="539" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A539" s="1" t="s">
         <v>2059</v>
       </c>
-      <c r="F537" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A538" s="1" t="s">
+      <c r="B539" s="1" t="s">
         <v>2060</v>
       </c>
-      <c r="B538" s="1" t="s">
+      <c r="C539" s="1" t="s">
         <v>2061</v>
       </c>
-      <c r="C538" s="1" t="s">
+      <c r="D539" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E539" s="3" t="s">
         <v>2062</v>
       </c>
-      <c r="D538" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E538" s="3" t="s">
+      <c r="F539" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G539" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="540" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A540" s="1" t="s">
         <v>2063</v>
       </c>
-      <c r="F538" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A539" s="1" t="s">
+      <c r="B540" s="1" t="s">
         <v>2064</v>
       </c>
-      <c r="B539" s="1" t="s">
+      <c r="C540" s="1" t="s">
         <v>2065</v>
       </c>
-      <c r="C539" s="1" t="s">
+      <c r="D540" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E540" s="3" t="s">
         <v>2066</v>
       </c>
-      <c r="D539" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E539" s="3" t="s">
+      <c r="F540" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G540" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="541" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A541" s="1" t="s">
         <v>2067</v>
       </c>
-      <c r="F539" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A540" s="1" t="s">
+      <c r="B541" s="1" t="s">
         <v>2068</v>
       </c>
-      <c r="B540" s="1" t="s">
+      <c r="C541" s="1" t="s">
         <v>2069</v>
       </c>
-      <c r="C540" s="1" t="s">
+      <c r="D541" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E541" s="3" t="s">
         <v>2070</v>
       </c>
-      <c r="D540" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E540" s="3" t="s">
+      <c r="F541" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G541" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="542" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A542" s="1" t="s">
         <v>2071</v>
       </c>
-      <c r="F540" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A541" s="1" t="s">
+      <c r="B542" s="1" t="s">
         <v>2072</v>
       </c>
-      <c r="B541" s="1" t="s">
+      <c r="C542" s="1" t="s">
         <v>2073</v>
       </c>
-      <c r="C541" s="1" t="s">
+      <c r="D542" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E542" s="3" t="s">
+        <v>2074</v>
+      </c>
+      <c r="F542" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G542" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="543" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A543" s="1" t="s">
+        <v>2075</v>
+      </c>
+      <c r="B543" s="1" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C543" s="1" t="s">
         <v>2073</v>
       </c>
-      <c r="D541" s="1" t="s">
-[...25 lines deleted...]
-      <c r="E542" s="3" t="s">
+      <c r="D543" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E543" s="3" t="s">
         <v>2077</v>
       </c>
-      <c r="F542" s="3" t="s">
+      <c r="F543" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G543" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="544" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A544" s="1" t="s">
         <v>2078</v>
       </c>
-      <c r="G542" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A543" s="1" t="s">
+      <c r="B544" s="1" t="s">
         <v>2079</v>
       </c>
-      <c r="B543" s="1" t="s">
+      <c r="C544" s="1" t="s">
         <v>2080</v>
       </c>
-      <c r="C543" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E543" s="3" t="s">
+      <c r="D544" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E544" s="3" t="s">
         <v>2081</v>
       </c>
-      <c r="F543" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A544" s="1" t="s">
+      <c r="F544" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G544" s="3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="545" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A545" s="1" t="s">
         <v>2082</v>
       </c>
-      <c r="B544" s="1" t="s">
+      <c r="B545" s="1" t="s">
         <v>2083</v>
       </c>
-      <c r="C544" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E544" s="3" t="s">
+      <c r="C545" s="1" t="s">
         <v>2084</v>
       </c>
-      <c r="F544" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A545" s="1" t="s">
+      <c r="D545" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E545" s="3" t="s">
         <v>2085</v>
       </c>
-      <c r="B545" s="1" t="s">
+      <c r="F545" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G545" s="3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="546" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A546" s="1" t="s">
         <v>2086</v>
       </c>
-      <c r="C545" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E545" s="3" t="s">
+      <c r="B546" s="1" t="s">
         <v>2087</v>
       </c>
-      <c r="F545" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A546" s="1" t="s">
+      <c r="C546" s="1" t="s">
         <v>2088</v>
       </c>
-      <c r="B546" s="1" t="s">
+      <c r="D546" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E546" s="3" t="s">
         <v>2089</v>
       </c>
-      <c r="C546" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E546" s="3" t="s">
+      <c r="F546" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="G546" s="3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="547" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A547" s="1" t="s">
         <v>2090</v>
       </c>
-      <c r="F546" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A547" s="1" t="s">
+      <c r="B547" s="1" t="s">
         <v>2091</v>
       </c>
-      <c r="B547" s="1" t="s">
+      <c r="C547" s="1" t="s">
+        <v>2091</v>
+      </c>
+      <c r="D547" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E547" s="3" t="s">
         <v>2092</v>
       </c>
-      <c r="C547" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E547" s="3" t="s">
+      <c r="F547" s="3" t="s">
         <v>2093</v>
       </c>
-      <c r="F547" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G547" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="548" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="548" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A548" s="1" t="s">
         <v>2094</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>2095</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>2095</v>
+        <v>2096</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>2096</v>
+        <v>2097</v>
       </c>
       <c r="F548" s="3" t="s">
-        <v>2078</v>
+        <v>17</v>
       </c>
       <c r="G548" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="549" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="549" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A549" s="1" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>2098</v>
+        <v>2099</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>2098</v>
+        <v>2100</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E549" s="3" t="s">
-        <v>2099</v>
+        <v>2101</v>
       </c>
       <c r="F549" s="3" t="s">
-        <v>2078</v>
+        <v>2102</v>
       </c>
       <c r="G549" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="550" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="550" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A550" s="1" t="s">
-        <v>2100</v>
+        <v>2103</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>2101</v>
+        <v>2104</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>2101</v>
+        <v>2105</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E550" s="3" t="s">
-        <v>2102</v>
+        <v>2106</v>
       </c>
       <c r="F550" s="3" t="s">
-        <v>147</v>
+        <v>785</v>
       </c>
       <c r="G550" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="551" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="551" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A551" s="1" t="s">
-        <v>2103</v>
+        <v>2107</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>2104</v>
+        <v>2108</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>2104</v>
+        <v>2109</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E551" s="3" t="s">
-        <v>2105</v>
+        <v>2110</v>
       </c>
       <c r="F551" s="3" t="s">
-        <v>147</v>
+        <v>785</v>
       </c>
       <c r="G551" s="3" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-    <row r="552" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="552" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A552" s="1" t="s">
-        <v>2106</v>
+        <v>2111</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>2107</v>
+        <v>2112</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>2108</v>
+        <v>2113</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E552" s="3" t="s">
-        <v>2109</v>
+        <v>2114</v>
       </c>
       <c r="F552" s="3" t="s">
-        <v>2110</v>
+        <v>785</v>
       </c>
       <c r="G552" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="553" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="553" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A553" s="1" t="s">
-        <v>2111</v>
+        <v>2115</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>2112</v>
+        <v>2116</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>2108</v>
+        <v>2117</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E553" s="3" t="s">
-        <v>2113</v>
+        <v>2118</v>
       </c>
       <c r="F553" s="3" t="s">
-        <v>2110</v>
+        <v>785</v>
       </c>
       <c r="G553" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="554" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="554" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A554" s="1" t="s">
-        <v>2114</v>
+        <v>2119</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>2115</v>
+        <v>2120</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>2116</v>
+        <v>2121</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E554" s="3" t="s">
-        <v>2117</v>
+        <v>2122</v>
       </c>
       <c r="F554" s="3" t="s">
-        <v>2110</v>
+        <v>2123</v>
       </c>
       <c r="G554" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="555" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="555" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A555" s="1" t="s">
-        <v>2118</v>
+        <v>2124</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>2119</v>
+        <v>2125</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>2116</v>
+        <v>2126</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E555" s="3" t="s">
-        <v>2120</v>
+        <v>2127</v>
       </c>
       <c r="F555" s="3" t="s">
-        <v>2110</v>
+        <v>17</v>
       </c>
       <c r="G555" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="556" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="556" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A556" s="1" t="s">
-        <v>2121</v>
+        <v>2128</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>2122</v>
+        <v>2129</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>2123</v>
+        <v>2130</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E556" s="3" t="s">
-        <v>2124</v>
+        <v>2131</v>
       </c>
       <c r="F556" s="3" t="s">
-        <v>2110</v>
+        <v>17</v>
       </c>
       <c r="G556" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="557" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="557" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A557" s="1" t="s">
-        <v>2125</v>
+        <v>2132</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>2126</v>
+        <v>2133</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>2127</v>
+        <v>2134</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E557" s="3" t="s">
-        <v>2128</v>
+        <v>2135</v>
       </c>
       <c r="F557" s="3" t="s">
-        <v>2110</v>
+        <v>17</v>
       </c>
       <c r="G557" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="558" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="558" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A558" s="1" t="s">
-        <v>2129</v>
+        <v>2136</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>2130</v>
+        <v>2137</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>2131</v>
+        <v>2138</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E558" s="3" t="s">
-        <v>2132</v>
+        <v>2139</v>
       </c>
       <c r="F558" s="3" t="s">
-        <v>2110</v>
+        <v>17</v>
       </c>
       <c r="G558" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="559" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="559" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A559" s="1" t="s">
-        <v>2133</v>
+        <v>2140</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>2134</v>
+        <v>2141</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>2131</v>
+        <v>2141</v>
       </c>
       <c r="D559" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E559" s="3" t="s">
-        <v>2135</v>
+        <v>2142</v>
       </c>
       <c r="F559" s="3" t="s">
-        <v>2110</v>
+        <v>17</v>
       </c>
       <c r="G559" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="560" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="560" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A560" s="1" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>2138</v>
+        <v>2145</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E560" s="3" t="s">
-        <v>2139</v>
+        <v>2146</v>
       </c>
       <c r="F560" s="3" t="s">
-        <v>2110</v>
+        <v>17</v>
       </c>
       <c r="G560" s="3" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="561" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="561" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A561" s="1" t="s">
-        <v>2140</v>
+        <v>2147</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>2141</v>
+        <v>2148</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>2142</v>
+        <v>2149</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E561" s="3" t="s">
-        <v>2143</v>
+        <v>2150</v>
       </c>
       <c r="F561" s="3" t="s">
-        <v>2110</v>
+        <v>17</v>
       </c>
       <c r="G561" s="3" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="562" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="562" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A562" s="1" t="s">
-        <v>2144</v>
+        <v>2151</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>2145</v>
+        <v>2152</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>2146</v>
+        <v>2153</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E562" s="3" t="s">
-        <v>2147</v>
+        <v>2154</v>
       </c>
       <c r="F562" s="3" t="s">
-        <v>2110</v>
+        <v>17</v>
       </c>
       <c r="G562" s="3" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="563" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="563" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A563" s="1" t="s">
-        <v>2148</v>
+        <v>2155</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>2149</v>
+        <v>2156</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>2150</v>
+        <v>2156</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E563" s="3" t="s">
-        <v>2151</v>
+        <v>2157</v>
       </c>
       <c r="F563" s="3" t="s">
-        <v>2110</v>
+        <v>132</v>
       </c>
       <c r="G563" s="3" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="564" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="564" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A564" s="1" t="s">
-        <v>2152</v>
+        <v>2158</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>2153</v>
+        <v>2159</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>2153</v>
+        <v>2159</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E564" s="3" t="s">
-        <v>2154</v>
+        <v>2160</v>
       </c>
       <c r="F564" s="3" t="s">
-        <v>2155</v>
+        <v>132</v>
       </c>
       <c r="G564" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="565" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="565" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A565" s="1" t="s">
-        <v>2156</v>
+        <v>2161</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>2157</v>
+        <v>2162</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>2158</v>
+        <v>2163</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E565" s="3" t="s">
-        <v>2159</v>
+        <v>2164</v>
       </c>
       <c r="F565" s="3" t="s">
-        <v>30</v>
+        <v>366</v>
       </c>
       <c r="G565" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="566" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="566" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A566" s="1" t="s">
-        <v>2160</v>
+        <v>2165</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>2161</v>
+        <v>2166</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>2162</v>
+        <v>2167</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E566" s="3" t="s">
-        <v>2163</v>
+        <v>2168</v>
       </c>
       <c r="F566" s="3" t="s">
-        <v>2164</v>
+        <v>685</v>
       </c>
       <c r="G566" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="567" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="567" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A567" s="1" t="s">
-        <v>2165</v>
+        <v>2169</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>2166</v>
+        <v>2170</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>2167</v>
+        <v>2170</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E567" s="3" t="s">
-        <v>2168</v>
+        <v>2171</v>
       </c>
       <c r="F567" s="3" t="s">
-        <v>755</v>
+        <v>685</v>
       </c>
       <c r="G567" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="568" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="568" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A568" s="1" t="s">
-        <v>2169</v>
+        <v>2172</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>2170</v>
+        <v>2173</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>2171</v>
+        <v>2173</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E568" s="3" t="s">
-        <v>2172</v>
+        <v>2174</v>
       </c>
       <c r="F568" s="3" t="s">
-        <v>755</v>
+        <v>685</v>
       </c>
       <c r="G568" s="3" t="s">
-        <v>25</v>
-[...390 lines deleted...]
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">