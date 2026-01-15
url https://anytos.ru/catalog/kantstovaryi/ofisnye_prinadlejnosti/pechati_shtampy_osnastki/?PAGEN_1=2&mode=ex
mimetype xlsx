--- v0 (2025-10-12)
+++ v1 (2026-01-15)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="248">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ae/6l11ekn70gyvrxovu08fl1c25hzsq7wh.jpg</t>
   </si>
   <si>
     <t>Печать самонаборная автоматическая, ?45мм, 2 круга: 46045 R2 штр.:  9008056470915</t>
   </si>
   <si>
     <t>Печать самонаборная автоматическая, ?45мм, 2 круга: 46045/R2 Самонаборная автоматическая печать. В комплекте автоматическая оснастка с рифленой пластиной, касса букв, цифр и символов &amp;#40;6005&amp;#41;, пинцет, сменная подушка. Диаметр печати - 45 мм, 2 круга.</t>
   </si>
   <si>
     <t>Печати, штампы, оснастки</t>
@@ -167,185 +176,155 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6f3/6f39c23fdedd76cc3387800dfb14ce1f.jpg</t>
   </si>
   <si>
     <t>Штамп  quot;КОПИЯ ВЕРНА quot;, 38 14мм: 4911 штр.:  9008056535775</t>
   </si>
   <si>
     <t>Штамп &amp;quot;КОПИЯ ВЕРНА&amp;quot;, 38*14мм: 4911</t>
   </si>
   <si>
     <t>235772</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9cb/9cb5653a21614f53c73e20fac6b185b8.jpg</t>
   </si>
   <si>
     <t>Штамп самонаборный Trodat, 2стр., 1 касса, пластик, 10 70мм 4916</t>
   </si>
   <si>
     <t>Самонаборный штамп. В комплект входит пинцет и касса букв и цифр. Материал корпуса штампа - пластик. В комплект так же входит сменная штемпельная подушка, цвет - синий.</t>
   </si>
   <si>
     <t>338324</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9d8/9d8c711d6765e32f322b73387c2b6951.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4dd/4dd5a58557f4c9c7a480109cfc7437af.jpg</t>
   </si>
   <si>
     <t>Оснастка для штампа Trodat 4912 Ideal, 47 18мм, пластик. 125420</t>
   </si>
   <si>
     <t>Прочный пластиковый корпус с автоматическим окрашиванием Специальные держатели для подушки, предотвращающие вероятность испачкать пальцы Эко продукт Текстовые пластины прямоугольной формы различного размера под изготовление адресных, информационных и др. штампов</t>
   </si>
   <si>
     <t>368097</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1fa/1fa2e481eeb3be5bae9f30a4d4401fb3.jpg</t>
+  </si>
+  <si>
+    <t>Оснастка для штампа Trodat 4927, 60 40мм, пластик. 53117</t>
+  </si>
+  <si>
+    <t>Прочный пластиковый корпус с прямоугольной рифленой пластиной Автоматическое окрашивание Легкая смена подушки при помощи кнопочного механизма В комплект также входит&amp;nbsp;&amp;nbsp;синяя сменная подушка Используется для&amp;nbsp;&amp;nbsp;штампов с почтовыми, банковскими реквизитами и др. меняющейся информацией, без рамки Размер: 60 мм х 40 мм Максимальное количество знаков в строке основного шрифта: 36 Максимальное количество строк: 8</t>
+  </si>
+  <si>
+    <t>368098</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/138/1386178f38ac5a86481f9907e3800f3a.jpg</t>
   </si>
   <si>
     <t>Оснастка для штампа Trodat 4911 Ideal, 38 14мм, пластик. 125417</t>
   </si>
   <si>
     <t>369892</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/502/502412a2048ce5767ce45079effe46f1.jpg</t>
-[...8 lines deleted...]
-    <t>393951</t>
+    <t>http://anytos.ru//upload/iblock/e51/e519bd8ec4cf50581efe640f33cf1c87.jpg</t>
+  </si>
+  <si>
+    <t>Печать самонаборная автоматическая Berlingo  quot;Printer 8015 quot;, ?40мм, 1,5 круга, блистер. BSt_82115</t>
+  </si>
+  <si>
+    <t>Печать самонаборная автоматическая Berlingo &amp;quot;Printer 8015&amp;quot;, 1,5 круга, диаметр 40мм, в комплекте сменная штемпельная подушка, пинцет, касса букв, цифр и символов.&amp;nbsp;&amp;nbsp;Позволяет оформить документ четкой печатью с равномерной насыщенностью и цветовым тоном всех участков оттиска. Эргономичный дизайн. Сменная штемпельная подушка в комплекте &amp;#40;срок годности сменной подушки - 6 лет, дата изготовления указана на упаковке&amp;#41;. Легкая замена штемпельной подушки. Символы надежно закрепляются в текстовой пластине &amp;#40;две ножки&amp;#41;. При замене текста рекомендуется заменить подушку. Долговечность, благодаря металлической втулке. Пожизненная гарантия на механизм. Упаковка - блистер с европодвесом</t>
+  </si>
+  <si>
+    <t>393952</t>
   </si>
   <si>
     <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/147/147283b5ba358fe1488682bb2d60b46e.jpg</t>
-[...20 lines deleted...]
-    <t>428924</t>
+    <t>http://anytos.ru//upload/iblock/0a4/cmp4yf1y77w6h68tuzv3zrs3yr75ybj3.jpg</t>
+  </si>
+  <si>
+    <t>Печать самонаборная автоматическая Berlingo  quot;Printer 8020 quot;, ?40мм, 2 круга, блистер. BSt_82102</t>
+  </si>
+  <si>
+    <t>Печать самонаборная автоматическая Berlingo &amp;quot;Printer 8020&amp;quot;, 2 круга, диаметр 40мм, в комплекте сменная штемпельная подушка, пинцет, касса букв, цифр и символов.&amp;nbsp;&amp;nbsp;Позволяет оформить документ четкой печатью с равномерной насыщенностью и цветовым тоном всех участков оттиска. Эргономичный дизайн. Сменная штемпельная подушка в комплекте &amp;#40;срок годности сменной подушки - 6 лет, дата изготовления указана на упаковке&amp;#41;. Легкая замена штемпельной подушки. Символы надежно закрепляются в текстовой пластине &amp;#40;две ножки&amp;#41;. При замене текста рекомендуется заменить подушку. Долговечность, благодаря металлической втулке. Пожизненная гарантия на механизм. Упаковка - блистер с европодвесом</t>
+  </si>
+  <si>
+    <t>393953</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f65/f65ca2e2e03551c7f1c28d750c9deec8/3d25a5afb5f8376bf69200941d09f8a6.jpg</t>
   </si>
   <si>
     <t>Оснастка для штампа Trodat 4913 Ideal, 58 22мм, пластик</t>
   </si>
   <si>
     <t>560135</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6c1/6c187acb68cd88879a6b71f0c7a54e03.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Оснастка для печати карманная Trodat Micro Printy, ?42мм, пластмассовая, синяя  163187 </t>
   </si>
   <si>
     <t>Карманная оснастка Micro Printy. Раскладывается и складывается одной рукой. Кнопки с обеих сторон для легкого&amp;nbsp;&amp;nbsp;интуитивно понятного открытия. Дизайн в стиле Printy 4.0. Клише толщиной 2,3мм,? Максимальный диаметр поля 42мм.?</t>
   </si>
   <si>
     <t>630385</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f82/f8290d0768585fa8c92243b9dbba443b.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Штамп Ideal  quot;КОПИЯ ВЕРНА quot;, 38 14мм  161491 </t>
   </si>
   <si>
     <t>Прочный пластиковый корпус с автоматическим окрашиванием Удобный размер 38х14 мм Оттиск синего цвета Применяется в бухгалтерии, на складе, в офисе Термин: копия верна</t>
   </si>
   <si>
     <t>632331</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/da5/da506c5e715b43df974c97d5b7252e12.jpg</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Штамп Ideal  quot;КОПИЯ ВЕРНА, подпись quot;, 38 14мм  161490 </t>
+    <t>http://anytos.ru//upload/iblock/7b8/7b86a7c51dd432edecea75e04f904c29.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Штамп Ideal  quot;ОПЛАЧЕНО, дата quot; 38 14мм  161489 </t>
   </si>
   <si>
     <t>Прочный пластиковый корпус с автоматическим окрашиванием Удобный размер 38х14 мм Оттиск синего цвета Применяется в бухгалтерии, на складе, в офисе</t>
   </si>
   <si>
-    <t>632332</t>
-[...16 lines deleted...]
-  <si>
     <t>632334</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c5e/c5e5446df0f45cbc71b8cf67b59c33fb.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Штамп самонаборный Ideal, 5стр., 1 касса, пластик, 58 22мм, блистер  168227 </t>
   </si>
   <si>
     <t>Прочный пластиковый корпус с прямоугольной рифленой пластиной Автоматическое окрашивание В комплект также входит: пинцет, касса символов 6005, синяя сменная подушка Символы надежно закрепляются в текстовой пластине &amp;#40;две ножки&amp;#41; При замене текста обязательно заменить подушку Используется для набора штампов с почтовыми, банковскими реквизитами и др. меняющейся информацией, без рамки Размер: 58 мм х 22 мм Максимальное количество знаков в строке основного шрифта: 35 Шрифта для выделения текста: 23 Максимальное количество строк: 5</t>
   </si>
   <si>
     <t>632335</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e05/e05692b3e68990d3055fa8d2e4e6568c.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Штамп самонаборный Ideal, 4стр., 1 касса, пластик, 47 18мм, блистер  168225 </t>
   </si>
   <si>
     <t>Прочный пластиковый корпус с прямоугольной рифленой пластиной. Автоматическое окрашивание. В комплект также входит: пинцет, касса символов 6005, синяя сменная подушка. Символы надежно закрепляются в текстовой пластине &amp;#40;две ножки&amp;#41;. При замене текста обязательно заменить подушку. Используется для набора штампов с почтовыми, банковскими реквизитами и др. меняющейся информацией, без рамки. Размер: 47 мм х 18 мм. Максимальное количество знаков в строке основного шрифта: 28. Шрифта для выделения текста: 19. Максимальное количество строк: 4.</t>
   </si>
   <si>
     <t>638563</t>
@@ -383,50 +362,62 @@
   <si>
     <t>Автоматическая оснастка для основной и дополнительной печати организации 4-ого поколения&amp;nbsp;&amp;nbsp;мирового бестселлера Trodat. Идеальное качество оттиска благодаря улучшенному подушечному материалу. Специальные держатели для подушки, ваши пальцы останутся чистыми. Поставляется в комплекте с крышкой. Наличие крышки позволяет переносить оснастку в сложенном виде. Эко продукт. Круглая текстовая плата. Прочный пластиковый корпус.</t>
   </si>
   <si>
     <t>682300</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/913/fetb5rkkxrvqvymbn336cts5srl43vqh.jpg</t>
   </si>
   <si>
     <t>Оснастка для печати STAFF, оттиск D 40 мм,  quot;Printer 9140 quot;, 237436</t>
   </si>
   <si>
     <t>Оснастка для печати STAFF &amp;quot;Printer 9140&amp;quot; предназначена для нанесения оттиска собственной печати, что позволяет существенно экономить рабочее время при нанесении необходимых отметок на документы. Оснастка предназначена для крепления печати размером 40 мм. Корпус изготовлен из качественного износоустойчивого пластика. Верхняя часть корпуса выполнена в темно-синем цвете, а нижняя часть – в светло-сером. Надежные фиксаторы, располагающиеся по бокам, позволяют удерживать подвижную часть штампа в статичном положении. В специальное прозрачное окно на верхней части корпуса можно вставить образец печати для ее идентификации в процессе использования штампа. Замена подушки не составляет труда. Подушка заправлена синими чернилами. На механизм распространяется пожизненная гарантия. Срок годности сменной подушки составляет 6 лет &amp;#40;дата изготовления указана на упаковке&amp;#41;.В состав комплекта входят:- пластиковая оснастка;- штемпельная подушка.Оснастка поставляется в цветном коробе.</t>
   </si>
   <si>
     <t>683374</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/373/tt7fw9bp0wcqi2v8rrv2aod2kk6q4m4h.jpg</t>
+  </si>
+  <si>
+    <t>Печать самонаборная STAFF, 1 круг, оттиск D 40,  quot;Printer 8010 quot;, КАССА В КОМПЛЕКТЕ, 237437</t>
+  </si>
+  <si>
+    <t>Самонаборная печать STAFF &amp;quot;Printer 8010&amp;quot; предназначена для создания оттиска с собственным содержанием, что позволяет существенно экономить рабочее время при нанесении необходимых отметок на документы. Платформа печати позволяет набирать, а при необходимости оперативно менять 1 круг текста и оставляет оттиск размером 40 мм синего цвета. Корпус изготовлен из качественного износоустойчивого пластика. Верхняя часть корпуса выполнена в темно-синем цвете, а нижняя часть – в светло-сером. Надежные фиксаторы, располагающиеся по бокам, позволяют удерживать подвижную часть штампа в статичном положении. В специальное прозрачное окно на верхней части корпуса можно вставить образец текста для его идентификации в процессе использования печати. Замена подушки не составляет труда. На механизм распространяется пожизненная гарантия. Срок годности сменной подушки составляет 6 лет &amp;#40;дата изготовления указана на упаковке&amp;#41;.В состав комплекта входят:- пластиковая оснастка;- штемпельная подушка;- касса русских букв, цифр и символов;- пинцет.Штамп поставляется в блистере с европодвесом.</t>
+  </si>
+  <si>
+    <t>693140</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/df8/zs7upulf9jfm3xi4cdi5t3m8bm5w50sb.jpg</t>
   </si>
   <si>
     <t>Штамп самонаборный 3-строчный STAFF, оттиск 38х14 мм,  quot;Printer 8051 quot;, КАССА В КОМПЛЕКТЕ, 237423</t>
   </si>
   <si>
     <t>Самонаборный штамп STAFF &amp;quot;Printer 8051&amp;quot; предназначен для создания оттиска с собственным содержанием, что позволяет существенно экономить рабочее время при нанесении необходимых отметок на документы. Платформа штампа позволяет набирать, а при необходимости оперативно менять, до 3 строк текста и оставляет оттиск размером 38х14 мм синего цвета. Максимальное количество строчных букв в строке – 22, а прописных – 15. Длина строчной буквы составляет около 2,2 мм, а прописной – 3,1 мм. Корпус изготовлен из качественного износоустойчивого пластика. Верхняя часть корпуса выполнена в темно-синем цвете, а нижняя часть – в светло-сером. Надежные фиксаторы, располагающиеся по бокам, позволяют удерживать подвижную часть штампа в статичном положении. В специальное прозрачное окно на верхней части корпуса можно вставить образец текста для его идентификации в процессе использования штампа. Замена подушки не составляет труда. На механизм распространяется пожизненная гарантия. Срок годности сменной подушки составляет 6 лет &amp;#40;дата изготовления указана на упаковке&amp;#41;.В состав комплекта входят:- пластиковая оснастка;- штемпельная подушка;- касса русских букв, цифр и символов;- пинцет.Штамп поставляется в блистере с европодвесом.</t>
   </si>
   <si>
     <t>693142</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/68d/of4ytj91pbj3umbe2u920p0uirh5zyan.jpg</t>
   </si>
   <si>
     <t>Штамп самонаборный 4-строчный STAFF, оттиск 48х18 мм,  quot;Printer 8052 quot;, КАССЫ В КОМПЛЕКТЕ, 237424</t>
   </si>
   <si>
     <t>Самонаборный штамп STAFF &amp;quot;Printer 8052&amp;quot; предназначен для создания оттиска с собственным содержанием, что позволяет существенно экономить рабочее время при нанесении необходимых отметок на документы. Платформа штампа позволяет набирать, а при необходимости оперативно менять до 4 строк текста и оставляет оттиск размером 48х18 мм синего цвета. Максимальное количество строчных букв в строке – 28, а прописных – 19. Длина строчной буквы составляет около 2,2 мм, а прописной – 3,1 мм. Корпус изготовлен из качественного износоустойчивого пластика. Верхняя часть корпуса выполнена в темно-синем цвете, а нижняя часть – в светло-сером. Надежные фиксаторы, располагающиеся по бокам, позволяют удерживать подвижную часть штампа в статичном положении. В специальное прозрачное окно на верхней части корпуса можно вставить образец текста для его идентификации в процессе использования штампа. Замена подушки не составляет труда. На механизм распространяется пожизненная гарантия. Срок годности сменной подушки составляет 6 лет &amp;#40;дата изготовления указана на упаковке&amp;#41;.В состав комплекта входят:- пластиковая оснастка;- штемпельная подушка;- кассы русских и английских букв, цифр и символов;- пинцет.Штамп поставляется в блистере с европодвесом.</t>
   </si>
   <si>
     <t>693143</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/68a/l72ygij98spdndogzo1fzc79zave1390.jpg</t>
@@ -524,296 +515,191 @@
   <si>
     <t>Штамп самонаборный Attache 1-5 стр. 58х22 8053</t>
   </si>
   <si>
     <t>881190</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af7/9k3dpbokcdn4n7lofd0ofg570ja94zkx.jpg</t>
   </si>
   <si>
     <t>Штамп самонаборный Attache 1-6 стр. 70х32 8032</t>
   </si>
   <si>
     <t>881191</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ef/jew6w1zvnbxg53xv4lu5pv111z7dkgrt.jpg</t>
   </si>
   <si>
     <t>Штамп стандартный Attache КОПИЯ ВЕРНА 38х14 9011-T</t>
   </si>
   <si>
     <t>881193</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e70/korebwkkloxrln0pqm32rc7tf9e40gjp.jpg</t>
-[...8 lines deleted...]
-    <t>883484</t>
+    <t>http://anytos.ru//upload/iblock/465/p1d0rnooww73nku15q0hk54jvuaerz46.jpg</t>
+  </si>
+  <si>
+    <t>Оснастка для печати OfficeSpace, 40мм, пластмассовая, с крышкой</t>
+  </si>
+  <si>
+    <t>Автоматическая пластиковая оснастка для печати с крышкой OfficeSpace, 40мм. Позволяет оформить документ четкой печатью с равномерной насыщенностью и цветовым тоном всех участков оттиска. Эргономичный дизайн. Сменная штемпельная подушка в комплекте &amp;#40;срок годности сменной подушки - 6 лет, дата изготовления указана на упаковке&amp;#41;. Легкая замена штемпельной подушки. Долговечность, благодаря металлической втулке. Упаковка в картонную коробку по форме.</t>
+  </si>
+  <si>
+    <t>884418</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/465/p1d0rnooww73nku15q0hk54jvuaerz46.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b6b/kvryym49qinczod9592n6664au9lbtk8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Оснастка для штампа и печати Trodat Ideal, 40 40мм, пластмассовая, с крышкой  178033 </t>
   </si>
   <si>
     <t>Автоматическая оснастка. Прочный пластиковый корпус. Поставляется в комплекте с крышкой. Повышенная надежность благодаря наличию металлического стержня. Размер текстового поля: 40 х 40 мм.</t>
   </si>
   <si>
     <t>884419</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b8b/o6rdpn2dbkwx3aktc0g9m1gz1wdewg2g.jpg</t>
-[...58 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/229/0ocycn4unwt9g8r8o0fizp2j21q70gxu.jpg</t>
   </si>
   <si>
     <t>Штамп самонаборный OfficeSpace 5стр., 58 22мм.</t>
   </si>
   <si>
     <t>Самонаборный автоматический пластиковый 5-строчный штамп OfficeSpace. Размер оттиска 58*22мм, оснастка с рифленой пластиной. Автоматическое окрашивание. Сменная штемпельная подушка в комплекте &amp;#40;срок годности сменной подушки - 6 лет, дата изготовления указана на упаковке&amp;#41;. Легкая замена штемпельной подушки. Символы надежно закрепляются в текстовой пластине &amp;#40;две ножки&amp;#41;. При замене текста рекомендуется заменить подушку. Используется для набора штампов с почтовыми, банковскими реквизитами и др. меняющейся информацией, без рамки. Усиленные двойные стенки выкатного механизма. Резиновые подушечки. Долговечность, благодаря металлической втулке. В комплекте пинцет, 2 кассы букв, цифр и символов &amp;#40;3мм и 4мм&amp;#41;. Упаковка - блистер с европодвесом.</t>
   </si>
   <si>
     <t>884427</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d3/r9ze721u8uf511s7svj562644kcyxgrm.jpg</t>
   </si>
   <si>
     <t>Штамп самонаборный OfficeSpace 7стр., рамка, 60 35мм.</t>
   </si>
   <si>
     <t>Самонаборный автоматический пластиковый 7-строчный штамп OfficeSpace. 5 строк при использовании с рамкой &amp;#40;в комплекте&amp;#41;. Размер оттиска 60*35мм, оснастка с рифленой пластиной. Автоматическое окрашивание. Сменная штемпельная подушка в комплекте &amp;#40;срок годности сменной подушки - 6 лет, дата изготовления указана на упаковке&amp;#41;. Легкая замена штемпельной подушки. Символы надежно закрепляются в текстовой пластине &amp;#40;две ножки&amp;#41;. При замене текста рекомендуется заменить подушку. Используется для набора штампов с почтовыми, банковскими реквизитами и др. меняющейся информацией, с рамкой. Усиленные двойные стенки выкатного механизма. Резиновые подушечки. Долговечность, благодаря металлической втулке. В комплекте пинцет, 2 кассы букв, цифр и символов &amp;#40;3мм и 4мм&amp;#41;. Упаковка - блистер с европодвесом.</t>
   </si>
   <si>
     <t>884428</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c68/ydsbrlsbjfdj89o2id9k75x2lgs4m8ql.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/907/kd8k4ce1cfauzdarp5r4q0c9sjnmmdcv.jpg</t>
   </si>
   <si>
     <t>Штамп самонаборный OfficeSpace, 6стр., 70 32мм.</t>
   </si>
   <si>
     <t>Самонаборный автоматический пластиковый 6-строчный штамп OfficeSpace. 4 строки при использовании с рамкой &amp;#40;в комплекте&amp;#41;. Размер оттиска 70*32мм, оснастка с рифленой пластиной. Автоматическое окрашивание. Сменная штемпельная подушка в комплекте &amp;#40;срок годности сменной подушки - 6 лет, дата изготовления указана на упаковке&amp;#41;. Легкая замена штемпельной подушки. Символы надежно закрепляются в текстовой пластине &amp;#40;две ножки&amp;#41;. При замене текста рекомендуется заменить подушку. Используется для набора штампов с почтовыми, банковскими реквизитами и др. меняющейся информацией, с рамкой. Усиленные двойные стенки выкатного механизма. Резиновые подушечки. Долговечность, благодаря металлической втулке. В комплекте пинцет, 2 кассы букв, цифр и символов &amp;#40;3мм и 4мм&amp;#41;. Упаковка - блистер с европодвесом.</t>
   </si>
   <si>
     <t>884430</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/833/tzju080bgnc785fal91c6tx82g339gyf.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Оснастка для печати Trodat, ?30мм, пластмассовая, с крышкой  180896 </t>
   </si>
   <si>
     <t>Оснастка для печати Trodat, ?30мм, пластмассовая, с крышкой &amp;#40;180896&amp;#41;</t>
   </si>
   <si>
     <t>983485</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d3/8op7a3uzadz2hfrh6zfklodnpjj5eofb.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Штамп самонаборный Trodat, 4стр., 1 касса, пластик, 47 18мм, блистер  67581 </t>
   </si>
   <si>
     <t>Штамп самонаборный Trodat, 4стр., 1 касса, пластик, 47*18мм, блистер &amp;#40;67581&amp;#41;</t>
   </si>
   <si>
     <t>986136</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e1d/jzzejhc87xcxfkismuy2qp9z2rse89w4.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Штамп самонаборный Trodat, 8стр., 2 кассы, пластик, 37 38мм, блистер  167041 </t>
   </si>
   <si>
     <t>Штамп самонаборный Trodat, 8стр., 2 кассы, пластик, 37*38мм, блистер &amp;#40;167041&amp;#41;</t>
   </si>
   <si>
     <t>986137</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/596/ms1aflujxvrs76rpdyvqsh9qqd9q0icz.jpg</t>
-[...8 lines deleted...]
-    <t>990616</t>
+    <t>http://anytos.ru//upload/iblock/0a0/8q31qx4i6ehghr9xxb33n308zkrfdpfx.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Касса букв Attache лат. буквы, цифры, симв, шрифт 4мм 3мм с пинц PRO304  EN </t>
+  </si>
+  <si>
+    <t>Касса букв Attache лат. буквы, цифры, симв, шрифт 4мм/3мм с пинц PRO304 &amp;#40;EN&amp;#41;</t>
+  </si>
+  <si>
+    <t>990617</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0a0/8q31qx4i6ehghr9xxb33n308zkrfdpfx.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9b5/svsrghqz9y4b8ded7s2fv4dqiwpodf8l.jpg</t>
   </si>
   <si>
     <t>Оснастка для печати круглая Attache R45 черная 9045</t>
   </si>
   <si>
     <t>990625</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bca/5a9jqi3zfj9w9gai4q9dxtdbr1462i2j.jpg</t>
   </si>
   <si>
     <t>Оснастка для штампов пластик Attache 58х22 мм 9013</t>
   </si>
   <si>
     <t>990628</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7aa/i124qc4py9pynh24zx0shw61xe3l5vkr.jpg</t>
   </si>
   <si>
     <t>Оснастка для печати круглая Attache R40 красная 9140</t>
   </si>
   <si>
     <t>990629</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6cc/srnqefwrufffrpcwnwpzdwx2dmz4id47.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/935/16p8nh12wob5b14lniurxzuru9zwlnob.jpg</t>
   </si>
   <si>
     <t>Оснастка для печати круглая Attache R40 черная 9140</t>
   </si>
   <si>
     <t>990631</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ac/f5z7ajcorlly402s83iwgta24n8v0zts.jpg</t>
   </si>
   <si>
     <t>Штамп стандартный Attache ОПЛАЧЕНО 36х5 9011-T 1.2</t>
   </si>
   <si>
     <t>990632</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af3/to4574gd6qmb202izvgiz2lxrhouwe8c.jpg</t>
   </si>
   <si>
     <t>Штамп самонаборный Attache 8 10 стр. 60х40 с рамкой</t>
   </si>
   <si>
     <t>Штамп самонаборный Attache 8/10 стр. 60х40 с рамкой</t>
@@ -836,96 +722,72 @@
   <si>
     <t>Штамп стандартный Attache КОПИЯ 32х6 9011-T 3.42</t>
   </si>
   <si>
     <t>990635</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/410/u06kw56vcnq7wd4qxbklfvlcp7sg5ac3.jpg</t>
   </si>
   <si>
     <t>Штамп стандартный Attache ПОЛУЧЕНО 36х5 9011-T 1.1</t>
   </si>
   <si>
     <t>990637</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/18c/juerj40s6ph4y5vpgh256flw8p86wqo2.jpg</t>
   </si>
   <si>
     <t>Штамп стандартный Attache КОПИЯ ВЕРНА подпись ______ 38х14 9011-T</t>
   </si>
   <si>
     <t>990638</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cce/e3yk10rwsz551vvrl7u4jmng6e760kb6.jpg</t>
-[...8 lines deleted...]
-    <t>1005438</t>
+    <t>http://anytos.ru//upload/iblock/d17/gia6z8528wffu4t6d41nwb347i1o0who.jpg</t>
+  </si>
+  <si>
+    <t>Оснастка для штампов NEW Printer C60 37x76мм пластик. корпус черный</t>
+  </si>
+  <si>
+    <t>1005793</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/277/ygrb8hy186y7m90t8fjax2baysw5cvxr.jpg</t>
+  </si>
+  <si>
+    <t>Штамп самонаборный 3-строчный ОФИСМАГ, оттиск 38х14 мм,  quot;Printer 8051 quot;, КАССА В КОМПЛЕКТЕ, 271923</t>
+  </si>
+  <si>
+    <t>Самонаборный штамп ОФИСМАГ &amp;quot;Printer 8051&amp;quot; предназначен для создания оттиска с собственным содержанием, что позволяет существенно экономить рабочее время при нанесении необходимых отметок на документы. Платформа штампа позволяет набирать, а при необходимости оперативно менять, до 3 строк текста и оставляет оттиск размером 38х14 мм синего цвета. Длина строчной буквы составляет около 3 мм, а прописной – 4 мм. Корпус изготовлен из качественного износоустойчивого пластика. Верхняя часть корпуса выполнена в черном цвете, а нижняя часть – в светло-сером. Надежные фиксаторы, располагающиеся по бокам, позволяют удерживать подвижную часть штампа в статичном положении. В специальное прозрачное окно на верхней части корпуса можно вставить образец текста для его идентификации в процессе использования штампа. Замена подушки не составляет труда. На механизм распространяется пожизненная гарантия. Срок годности сменной подушки составляет 6 лет &amp;#40;дата изготовления указана на упаковке&amp;#41;.В состав комплекта входят:- пластиковая оснастка;- штемпельная подушка;- касса русских букв, цифр и символов;- пинцет.Штамп поставляется в блистере с европодвесом.</t>
+  </si>
+  <si>
+    <t>1010503</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
-  </si>
-[...31 lines deleted...]
-    <t>1010503</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b65/us0f44gpjmw10o5nmszp6ye5xxy4q2oh.jpg</t>
   </si>
   <si>
     <t>Штамп самонаборный 4-строчный ОФИСМАГ, оттиск 48х18 мм,  quot;Printer 8052 quot;, КАССА В КОМПЛЕКТЕ, 271924</t>
   </si>
   <si>
     <t>Самонаборный штамп ОФИСМАГ &amp;quot;Printer 8052&amp;quot; предназначен для создания оттиска с собственным содержанием, что позволяет существенно экономить рабочее время при нанесении необходимых отметок на документы. Платформа штампа позволяет набирать, а при необходимости оперативно менять, до 4 строк текста и оставляет оттиск размером 48х18 мм синего цвета. Длина строчной буквы составляет около 3 мм, а прописной – 4 мм. Корпус изготовлен из качественного износоустойчивого пластика. Верхняя часть корпуса выполнена в черном цвете, а нижняя часть – в светло-сером. Надежные фиксаторы, располагающиеся по бокам, позволяют удерживать подвижную часть штампа в статичном положении.В специальное прозрачное окно на верхней части корпуса можно вставить образец текста для его идентификации в процессе использования штампа. Замена подушки не составляет труда. На механизм распространяется пожизненная гарантия. Срок годности сменной подушки составляет 6 лет &amp;#40;дата изготовления указана на упаковке&amp;#41;.В состав комплекта входят:- пластиковая оснастка;- штемпельная подушка;- касса русских букв, цифр и символов;- пинцет.Штамп поставляется в блистере с европодвесом.</t>
   </si>
   <si>
     <t>1010504</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1264,1795 +1126,1511 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J77"/>
+  <dimension ref="A1:M64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G77" sqref="G77"/>
+      <selection pane="bottomRight" activeCell="G64" sqref="G64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G5" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B15" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E15" s="3" t="s">
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G16" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="F15" s="3" t="s">
-[...29 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F18" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G18" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>74</v>
+        <v>56</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>14</v>
+        <v>114</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>14</v>
+        <v>114</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="B30" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F30" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="G30" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G35" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...127 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>121</v>
+        <v>17</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>121</v>
+        <v>151</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>14</v>
+        <v>151</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F39" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="B39" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G39" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>154</v>
+        <v>171</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>154</v>
+        <v>17</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="B45" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="F45" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="C45" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G45" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>14</v>
+        <v>171</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>174</v>
+        <v>17</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>174</v>
+        <v>17</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>174</v>
+        <v>17</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>174</v>
+        <v>151</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>174</v>
+        <v>151</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="B53" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G53" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="C53" s="1" t="s">
-[...15 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>174</v>
+        <v>151</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>174</v>
+        <v>151</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>174</v>
+        <v>151</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>14</v>
+        <v>151</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>225</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>226</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>14</v>
+        <v>151</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
         <v>227</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>228</v>
       </c>
       <c r="C59" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>229</v>
       </c>
-      <c r="D59" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="3" t="s">
+      <c r="F59" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="F59" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A60" s="1" t="s">
+      <c r="B60" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="C60" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="F60" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="D60" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E60" s="3" t="s">
+      <c r="B61" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="F60" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G60" s="3" t="s">
+      <c r="C61" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>235</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A61" s="1" t="s">
+      <c r="F61" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="B62" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="C62" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E61" s="3" t="s">
+      <c r="F62" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="F61" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A62" s="1" t="s">
+      <c r="B63" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="C63" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="C62" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E62" s="3" t="s">
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="F62" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A63" s="1" t="s">
+      <c r="F63" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="G63" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="C63" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E63" s="3" t="s">
+      <c r="B64" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="F63" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A64" s="1" t="s">
+      <c r="C64" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="C64" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F64" s="3" t="s">
-        <v>154</v>
+        <v>243</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>235</v>
-[...292 lines deleted...]
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">