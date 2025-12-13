--- v0 (2025-10-24)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="436">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="383">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
@@ -98,86 +98,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/0e0/0e048094f683482954f3b1e32c8ceb3b.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А4 OfficeSpace 216 303мм  250мкм  глянец 100л.: LF7094 штр.:  4680211050948</t>
   </si>
   <si>
     <t>Пленка для ламинирования А4 OfficeSpace 216*303мм &amp;#40;250мкм&amp;#41; глянец 100л.: LF7094 Глянцевая пакетная пленка OfficeSpace размером 216*303мм и плотностью 250мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>213186</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b1/8b1841882a8309255ed8ad62823e25f5.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А4 OfficeSpace 216 303мм  150мкм  глянец 100л.: LF7091 штр.:  4680211050917</t>
   </si>
   <si>
     <t>Пленка для ламинирования А4 OfficeSpace 216*303мм &amp;#40;150мкм&amp;#41; глянец 100л.: LF7091 Глянцевая пакетная пленка OfficeSpace размером 216*303мм и плотностью 150мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>213279</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e95/e95f22d9528f10d22bda8bbd23e7ac9c.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2e4/2e4cbea742415f35c3dc82d3bd19bbdb.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А3 OfficeSpace 303 426мм  125мкм  глянец 100л.: LF7098</t>
   </si>
   <si>
     <t>Пленка для ламинирования А3 OfficeSpace 303*426мм &amp;#40;125мкм&amp;#41; глянец 100л.: LF7098 Глянцевая пакетная пленка OfficeSpace размером 303*426мм и плотностью 125мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>214870</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d65/d65f057e2dc9c53b908d97163062f60e.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e2a/e2afc8be294f04a23ccd9dd879ad00e4.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А5 OfficeSpace 154 216мм  125мкм  глянец 100л.: LF7084 штр.:  4680211050849</t>
   </si>
   <si>
     <t>Пленка для ламинирования А5 OfficeSpace 154*216мм &amp;#40;125мкм&amp;#41; глянец 100л.: LF7084</t>
   </si>
   <si>
     <t>217682</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be0/be0b2e8caeea19cfcfc2d708f7454a52.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А7  OfficeSpace 85 120мм  100мкм  глянец 100л.: LF7078 штр.:  4680211050788</t>
   </si>
   <si>
     <t>Пленка для ламинирования А7&amp;#43; OfficeSpace 85*120мм &amp;#40;100мкм&amp;#41; глянец 100л.: LF7078</t>
   </si>
   <si>
     <t>218464</t>
   </si>
   <si>
     <t>3</t>
@@ -227,242 +203,218 @@
   <si>
     <t>http://anytos.ru//upload/iblock/9ea/9eae05d38343109e350e0bcacd9ebd7f.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А5 OfficeSpace 154 216мм  150мкм  глянец 100л.: LF7085 штр.:  4680211050856</t>
   </si>
   <si>
     <t>Пленка для ламинирования А5 OfficeSpace 154*216мм &amp;#40;150мкм&amp;#41; глянец 100л.: LF7085</t>
   </si>
   <si>
     <t>220236</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/183/183af6790728e26e4dea550e15f14d3c.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А7- OfficeSpace 75 105мм  100мкм  глянец 100л.: LF7076 штр.:  4680211050764</t>
   </si>
   <si>
     <t>Пленка для ламинирования А7- OfficeSpace 75*105мм &amp;#40;100мкм&amp;#41; глянец 100л.: LF7076</t>
   </si>
   <si>
     <t>221051</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/85c/85ccf8ab6c3b76bfd122e2d2d35303b6.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2cf/2cf11bb293b3b1c972d02bf1c32e0491.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А3 OfficeSpace 303 426мм, 150мкм, глянец, 100л.: LF10533 штр.: 4680211085339</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 303*426мм и плотностью 150мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>336966</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/743/74332043fd549a6bf770959a8060a766.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А7 OfficeSpace 75 105мм, 125мкм, глянец, 100л.: LF10530 штр.: 4680211085308</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 75*105мм и плотностью 125мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>336968</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c22/c22e4908107e123c48caa6865da6640b.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А7 OfficeSpace 80 111мм, 100мкм, глянец, 100л.: LF7077 штр.: 4680211050771</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 80*111мм и плотностью 100мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>336969</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8f/c8f9c8495b00278a8091a1640c3d31b9.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А7 OfficeSpace 80 111мм, 125мкм, глянец, 100л. 976054</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 80*111мм и плотностью 125мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>336970</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b9d/b9d319c59f5b3d2455fec0b21b5ec785.jpg</t>
-[...8 lines deleted...]
-    <t>338290</t>
+    <t>http://anytos.ru//upload/iblock/ed1/ed12251c26890d7f7e79a2088231c084.jpg</t>
+  </si>
+  <si>
+    <t>Пл нка термоклеевая 330мм 3 п. м., ArtSpace 219959</t>
+  </si>
+  <si>
+    <t>Плёнка термоклеевая, предназначена для защиты бумажных и картонных изделий и увеличения их срока службы</t>
+  </si>
+  <si>
+    <t>350218</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba3/ba32f3a3b0b33427c021a408f56615e3.jpg</t>
+  </si>
+  <si>
+    <t>Пл нка термоклеевая 330мм 5 п. м., ArtSpace 219960</t>
+  </si>
+  <si>
+    <t>350219</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/41b/0ap71txwf040eybgpd6w05te0eby84fa.jpg</t>
+  </si>
+  <si>
+    <t>Пленки-заготовки для ламинирования БОЛЬШОГО ФОРМАТА, А3, КОМПЛЕКТ 100 шт., 125 мкм, BRAUBERG, 530799</t>
+  </si>
+  <si>
+    <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 250 &amp;#40;125х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А3 &amp;#40;303х426 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
+  </si>
+  <si>
+    <t>425785</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e9/08h6or64bb64xi22p03xx953jqykmhrw.jpg</t>
+  </si>
+  <si>
+    <t>Пленки-заготовки для ламинирования, А4, КОМПЛЕКТ 100 шт., 75 мкм, BRAUBERG, 530800</t>
+  </si>
+  <si>
+    <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 150 &amp;#40;75х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
+  </si>
+  <si>
+    <t>425786</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b9b/29s0acz2fnbmo428kpgo142csrjwg2pm.jpg</t>
+  </si>
+  <si>
+    <t>Пленки-заготовки для ламинирования, А4, КОМПЛЕКТ 100 шт., 100 мкм, BRAUBERG, 530801</t>
+  </si>
+  <si>
+    <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Предсталяет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 200 &amp;#40;100х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А4 &amp;#40;216Х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 шт., которых при нечастом использовании хватает на продолжительное время.</t>
+  </si>
+  <si>
+    <t>425787</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/751/rj1quoex0bb9u8zj05tskr492rzec8xe.jpg</t>
+  </si>
+  <si>
+    <t>Пленки-заготовки для ламинирования, А4, КОМПЛЕКТ 100 шт., 125 мкм, BRAUBERG, 530803</t>
+  </si>
+  <si>
+    <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 250 &amp;#40;125х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
+  </si>
+  <si>
+    <t>425789</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a0/qnjuuixtdywndr2k6tno012p7mo6nvoc.jpg</t>
+  </si>
+  <si>
+    <t>Пленки-заготовки для ламинирования, А4, КОМПЛЕКТ 100 шт., 175 мкм, BRAUBERG, 530804</t>
+  </si>
+  <si>
+    <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 350 &amp;#40;175х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
+  </si>
+  <si>
+    <t>425790</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f8/52s8bm73c7gelc4opg66wftfb0xazx62.jpg</t>
+  </si>
+  <si>
+    <t>Пленки-заготовки для ламинирования МАЛОГО ФОРМАТА, А5, КОМПЛЕКТ 100 шт., 100 мкм, BRAUBERG, 530805</t>
+  </si>
+  <si>
+    <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 200 &amp;#40;100х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А5 &amp;#40;154х216 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
+  </si>
+  <si>
+    <t>425791</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b1/or56dq4g8sm8tan3e0blv3wmc7stkvs7.jpg</t>
+  </si>
+  <si>
+    <t>Пленки-заготовки для ламинирования МАЛОГО ФОРМАТА, А6, КОМПЛЕКТ 100 шт., 125 мкм, BRAUBERG, 530806</t>
+  </si>
+  <si>
+    <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 250 &amp;#40;125х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А6 &amp;#40;111х154 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
+  </si>
+  <si>
+    <t>425792</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ed1/ed12251c26890d7f7e79a2088231c084.jpg</t>
-[...115 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a52/jfz6mfou9ikeiag0usrf7u5s8uoa3obl.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования МАЛОГО ФОРМАТА  75х105 мм , КОМПЛЕКТ 100 шт., 100 мкм, BRAUBERG, 530807</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 200 &amp;#40;100х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG малого формата &amp;#40;75х105 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>425793</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4a4/a8s0ji2inwdr4395z3g14zriij9priqi.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования БОЛЬШОГО ФОРМАТА, А3, КОМПЛЕКТ 100 шт., 75 мкм, BRAUBERG, 530894</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 150 &amp;#40;75х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А3 &amp;#40;303х426 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>425794</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/df6/a0vxmyem4cmjn2m9j5tx2ydyvd2wrj9f.jpg</t>
@@ -575,137 +527,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/014/gqolpmm2rty60dh6x743gcr77i6u6qvk.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования, А4, КОМПЛЕКТ 100 шт., 150 мкм, BRAUBERG, 531776</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 300 &amp;#40;150х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>425806</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2de/v08pdr6xime07noqf20fag7i7erh5zmu.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования, А4, КОМПЛЕКТ 100 шт., 200 мкм, BRAUBERG, 531777</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 400 &amp;#40;200х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>425807</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fbf/tlbtv0qe739fynzn22jnmwnmqn0du2rn.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/49f/jgxoabbzp421mgn402gwqctw978g25c7.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования МАЛОГО ФОРМАТА  65х95 мм , КОМПЛЕКТ 100 штук, 75 мкм, BRAUBERG, 531791</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 150 &amp;#40;75х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG малого формата &amp;#40;65х95 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>425811</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d78/euwcooj2xos6qp81dc4dxwizne3fk9k3.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинированияя АНТИСТАТИК, А4, КОМПЛЕКТ 100 шт., 75 мкм, BRAUBERG, 531792</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 150 &amp;#40;75х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Обработаны специальным составом для того, чтобы бумага, при вкладывании в пакет для ламинирования, не прилипала к пленке из-за действия статического электричества. Пленка для ламинирования BRAUBERG формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>425812</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/71d/37nbsrc56hzg8hjukmk4ggkxbqjsu60k.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования АНТИСТАТИК, А4, КОМПЛЕКТ 100 шт., 100 мкм, BRAUBERG, 531793</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 200 &amp;#40;100х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Обработаны специальным составом для того, чтобы бумага, при вкладывании в пакет для ламинирования, не прилипала к пленке из-за действия статического электричества. Пленка для ламинирования BRAUBERG формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>425813</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/63a/ywe236z2oeallqll63yq0y8kcvpyl93o.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования АНТИСТАТИК, А4, КОМПЛЕКТ 100 шт., 125 мкм, BRAUBERG, 531794</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 250 &amp;#40;125х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Обработаны специальным составом для того, чтобы бумага, при вкладывании в пакет для ламинирования, не прилипала к пленке из-за действия статического электричества. Пленка для ламинирования BRAUBERG формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>425814</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b52/epx1fhx8sgof3tegz6isv58xw1ue4wxx.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/28d/mkaxf3hairsgqt3zxb1xdsnehwfelr5f.jpg</t>
   </si>
   <si>
     <t>Пл нка самоклеящаяся прозрачная, в рулоне, 400 мм х 3 м, 75 мкм, BRAUBERG, 531799</t>
   </si>
   <si>
     <t>Самоклеящаяся прозрачная пленка BRAUBERG используется для быстрого ручного ламинирования без применения ламинатора. Придает дополнительную жесткость и защищает заламинированную поверхность от внешних воздействий и механических повреждений. Изготовлена из высококачественного прозрачного полипропилена, толщина которого 75 мкм. Поставляется в рулоне длиной 3 м. Ширина 40 см. Срок годности не ограничен. Возможно использование ламинатора в холодном режиме. Инструкция по применению: 1. Отрезать необходимое количество пленки. 2. Отклеить верхний край защитной бумаги с обратной стороны пленки и приложить ее к краю документа. 3. Постепенно приклеивать пленку к поверхности документа, параллельно отклеивая защитную бумагу. 4. Обрезать края пленки под нужный размер. Преимуществом данного товара, несомненно, является цена в сочетании с качеством высокого уровня.</t>
   </si>
   <si>
     <t>425817</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ba/u4ogj7igi5y5jg1jc5zmdwy80g9gbqha.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования А3, КОМПЛЕКТ 100 шт., 175 мкм, BRAUBERG, 531778</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 350 &amp;#40;175х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А3 &amp;#40;303х425 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>434491</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3a2/3a28f78e79c85ce79372b14f877210df.jpeg</t>
@@ -734,98 +647,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/528/5287b4e90efe99fe04a1da81e6d449f6.jpeg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А4 OfficeSpace 216 303мм, 80мкм, матовая, 100л.</t>
   </si>
   <si>
     <t>Матовая пакетная пленка OfficeSpace размером 216*303 мм и плотностью 80 мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>437058</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/63f/63f9d830235dd0ba73654bfe6031685e.jpeg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А4 OfficeSpace 216 303мм, 100мкм, матовая, 100л.</t>
   </si>
   <si>
     <t>Матовая пакетная пленка OfficeSpace размером 216*303 мм и плотностью 100 мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>437059</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9dc/9dc14285a37cff02d0ab609ac51afe7e.jpeg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/de7/de792c37b0465b7e12d10c4e4c552723.jpeg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А6 OfficeSpace 111 154мм, 60мкм, глянец, 100л.</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 111*154 мм и плотностью 60 мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>437063</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d54/d5469751ca54f9c267f39bfb1fc209de.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/38f/38fd324afede8d54bebcb4bd9999ab0b.jpeg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А7  OfficeSpace 85 120мм, 125мкм, глянец, 100л.</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 85*120 мм и плотностью 125 мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>437065</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf8/cf8e80c4db00b064b6b64d3d57c70e55.jpeg</t>
   </si>
   <si>
     <t>Пленка для ламинирования OfficeSpace 70 100мм, 60мкм, глянец, 100л.</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 70*100 мм и плотностью 60 мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>437066</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afc/afc590926335e006201d555f86c845a0.jpeg</t>
@@ -833,65 +710,50 @@
   <si>
     <t>Пленка для ламинирования OfficeSpace 70 100мм, 125мкм, глянец, 100л.</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 70*100 мм и плотностью 125 мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>437067</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b5/0b5d8f9d0f66b9e36cdf892e1baff2cf.jpeg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А7 OfficeSpace 80 111мм, 80мкм, глянец, 100л.</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 80*111 мм и плотностью 80 мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>446979</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f31/0o52qat1m82untpuyc64mo1qqevwdvss.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ced/cedbec19b340b60edfd803b4648851f0/6a31ffd5122ea76686fe80b26e6ad959.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А6 OfficeSpace 111 154мм, 100мкм, глянец, 100л.</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 111*154мм и плотностью 100мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>560171</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d5d/kzt4anw84e773jsd2et27aw1u9h9ky7m.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования НА КЛЕЕВОЙ ОСНОВЕ, А4, КОМПЛЕКТ 25 штук, 75 мкм, BRAUBERG, 531798</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 150 &amp;#40;75х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Рекомендуется для оформления вывесок или справочных документов. Нужно заламинировать документ, отклеить защитную бумагу с обратной стороны и приклеить документ к любой поверхности.Пленка для ламинирования BRAUBERG формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 25 штук.</t>
   </si>
   <si>
     <t>565171</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e27/e274a0f02c735b4779a94d7ef53dedb8/d4a316b04c0aa4562a1e17873ce09ebf.jpg</t>
@@ -1046,98 +908,62 @@
   <si>
     <t>Пленки-заготовки для ламинирования А4, КОМПЛЕКТ 100 шт., 100 мкм, ОФИСМАГ, 530802</t>
   </si>
   <si>
     <t>Пленка для ламинирования ОФИСМАГ придает документу стильный внешний вид, защищает от потертостей и других механических воздействий. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 200 &amp;#40;100х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования ОФИСМАГ формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>1005444</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ed/5vi32mjjis52ut8xf0g5dclgrg28crbm.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования А4, КОМПЛЕКТ 100 шт., 75 мкм, ОФИСМАГ, 531453</t>
   </si>
   <si>
     <t>Пленка для ламинирования ОФИСМАГ придает документу стильный внешний вид, защищает от потертостей и других механических воздействий. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 150 &amp;#40;75х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования ОФИСМАГ формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>1005445</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a29/tb06mmou00mqs1i69n0qhtpl80fsgrf6.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/41a/q06xcyvszmdrn9wvb2i04e3386q52qc0.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования А4, КОМПЛЕКТ 100 шт., 125 мкм, ОФИСМАГ, 531451</t>
   </si>
   <si>
     <t>Пленка для ламинирования ОФИСМАГ придает документу стильный внешний вид, защищает от потертостей и других механических воздействий. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 250 &amp;#40;125х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования ОФИСМАГ формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>1006392</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/290/rzno6uhmzmzovdm2oqnx7rh6644obpku.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1db/fg72o8i6mm7q18gfk25el7oe1y3eb91q.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования А4, КОМПЛЕКТ 100 шт., 80 мкм, МАТОВАЯ, BRAUBERG, 530896</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 160 &amp;#40;80х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Матовое покрытие пленки делает изображение более мягким и убирает блики. Матовая пленка хорошо сочетается с текстовыми документами. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>1006394</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/53a/84dkkxrjrgk8r7mykooqi9ip50f1yf50.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования АНТИСТАТИК БОЛЬШОГО ФОРМАТА А3, КОМПЛЕКТ 100 шт., 75 мкм, BRAUBERG, 531796</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 150 &amp;#40;75х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Обработаны специальным составом для того, чтобы бумага, при вкладывании в пакет для ламинирования, не прилипала к пленке из-за действия статического электричества. Пленка для ламинирования BRAUBERG формата А3 &amp;#40;303х425 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>1006395</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dea/i1vy8sglctm0e3mcx787zvkgd50fyzz4.jpg</t>
@@ -1320,50 +1146,65 @@
     <t>1012464</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf6/c3xsbf3zztmm4cvom0opgrean4pj2bvn.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования, МАГНИТ ДЛЯ ФОТО, 111х154 мм, А6, КОМПЛЕКТ 25 шт., 75 мкм, BRAUBERG, 533120</t>
   </si>
   <si>
     <t>Магнитная пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. После ламинирования плёнку можно разместить на холодильнике или другой подходящей поверхности. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки – 150 &amp;#40;75х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения.Пленка для ламинирования BRAUBERG малого формата А6 &amp;#40;111х154 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Уникальная особенность данных плёнок – слой магнитного винила. Благодаря ему плёнка надёжно крепится к большинству металлов, обладающих магнитными свойствами. Используйте её для самостоятельного изготовления сувенирных магнитов, ламинируйте рецепты и размещайте их на холодильнике, сохраняйте в ней семейные фото – возможности этой плёнки ограничены только воображением.Поставляется в картонной упаковке по 25 штук.</t>
   </si>
   <si>
     <t>1012465</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eb3/339i5bbphod135fl5ns76epp1ern7hnb.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования, МАГНИТ ДЛЯ ФОТО, 111х154 мм, А6, КОМПЛЕКТ 50 шт., 75 мкм, BRAUBERG, 533119</t>
   </si>
   <si>
     <t>Магнитная пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. После ламинирования плёнку можно разместить на холодильнике или другой подходящей поверхности. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки – 150 &amp;#40;75х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения.Пленка для ламинирования BRAUBERG малого формата А6 &amp;#40;111х154 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Уникальная особенность данных плёнок – слой магнитного винила. Благодаря ему плёнка надёжно крепится к большинству металлов, обладающих магнитными свойствами. Используйте её для самостоятельного изготовления сувенирных магнитов, ламинируйте рецепты и размещайте их на холодильнике, сохраняйте в ней семейные фото – возможности этой плёнки ограничены только воображением.Поставляется в картонной упаковке по 50 штук.</t>
   </si>
   <si>
     <t>1012466</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/77f/qsumotb4dvyrg2oot4b5tyzowaqhcgh0.jpg</t>
+  </si>
+  <si>
+    <t>Пленка для ламинирования LITE А4 60 мкм глянц. 100 штук</t>
+  </si>
+  <si>
+    <t>Пленка пакетная для ламинирования LITE глянцевая, формата А4 &amp;#40;216 х 303 мм&amp;#41; плотностью 60 мкм предназначена для ламинирования документов. Подходит для использования в ламинаторах &amp;quot;горячего&amp;quot; типа. Плёнка для ламинации LITE состоит из 3-х слоев PET &amp;#43; PE &amp;#43; EVA, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения.</t>
+  </si>
+  <si>
+    <t>1016973</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1690,57 +1531,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J106"/>
+  <dimension ref="A1:J93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G106" sqref="G106"/>
+      <selection pane="bottomRight" activeCell="G93" sqref="G93"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -1899,2255 +1740,1959 @@
       </c>
       <c r="G9" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>39</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>57</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>70</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>72</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>74</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>76</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>78</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>82</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>14</v>
+        <v>83</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>48</v>
+        <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="F21" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="B21" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G21" s="3" t="s">
-        <v>62</v>
+        <v>88</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>14</v>
+        <v>93</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>14</v>
+        <v>93</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>102</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>103</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>105</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>106</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>107</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>109</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="C28" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E28" s="3" t="s">
+      <c r="F28" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="G28" s="3" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
         <v>119</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>120</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>122</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
         <v>123</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>124</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>126</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
         <v>127</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>129</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>130</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
         <v>131</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>134</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>136</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>48</v>
+        <v>118</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>139</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>140</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>142</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>15</v>
+        <v>118</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
         <v>143</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>144</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>146</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>147</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>148</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
         <v>151</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>152</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>153</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>154</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>95</v>
+        <v>49</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
         <v>155</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>158</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>159</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>161</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>162</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>163</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>166</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
         <v>167</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>170</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>57</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>171</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>173</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>174</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>175</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>176</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>177</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>178</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
         <v>179</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>180</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>182</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
         <v>183</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>184</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>186</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
         <v>187</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>188</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>189</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>190</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
         <v>191</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>193</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>194</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
         <v>195</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>196</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>197</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>198</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>110</v>
+        <v>14</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>199</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>200</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>201</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>202</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>110</v>
+        <v>14</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>203</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>204</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>205</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>206</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>110</v>
+        <v>14</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
         <v>207</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>208</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>209</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>210</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>110</v>
+        <v>14</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>211</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>212</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>213</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>214</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>215</v>
+        <v>14</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>15</v>
+        <v>118</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B53" s="1" t="s">
         <v>216</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="C53" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="D53" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F53" s="3" t="s">
-        <v>110</v>
+        <v>14</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>15</v>
+        <v>118</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="B54" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="C54" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="D54" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F54" s="3" t="s">
-        <v>110</v>
+        <v>14</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B55" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="C55" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="D55" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>15</v>
+        <v>118</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B56" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="C56" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>15</v>
+        <v>231</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
         <v>232</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>233</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>234</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>235</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>15</v>
+        <v>118</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>236</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>237</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>238</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>239</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>14</v>
+        <v>93</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>15</v>
+        <v>118</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
         <v>240</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>241</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>242</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>243</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
         <v>244</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>245</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>246</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>247</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>14</v>
+        <v>93</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
         <v>248</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>249</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>250</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>251</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>14</v>
+        <v>93</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
         <v>252</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>253</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>254</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>255</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>14</v>
+        <v>93</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
         <v>256</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>257</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>258</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>259</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>14</v>
+        <v>93</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
         <v>260</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>261</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>262</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>263</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>14</v>
+        <v>93</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>265</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>266</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>267</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>14</v>
+        <v>93</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
         <v>268</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>269</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>270</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>271</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>14</v>
+        <v>93</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>272</v>
+        <v>40</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="B67" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="C67" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="D67" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="D67" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F67" s="3" t="s">
-        <v>277</v>
+        <v>93</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="D68" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="F68" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="D68" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G68" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B69" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="C69" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="D69" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="D69" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F69" s="3" t="s">
-        <v>110</v>
+        <v>280</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="B70" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="C70" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="D70" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="D70" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F70" s="3" t="s">
-        <v>14</v>
+        <v>280</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="B71" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="C71" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="C71" s="1" t="s">
+      <c r="D71" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="D71" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E71" s="3" t="s">
+      <c r="F71" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="F71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G71" s="3" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>295</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>296</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>297</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>110</v>
+        <v>293</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>299</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>300</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>301</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>110</v>
+        <v>293</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
         <v>302</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>303</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>304</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>305</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
         <v>306</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>307</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>308</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>309</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
         <v>310</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>311</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>312</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>313</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>110</v>
+        <v>293</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
         <v>314</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>315</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>316</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>317</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
         <v>318</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>319</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>320</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>321</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
         <v>322</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>323</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>324</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>325</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>326</v>
+        <v>93</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="B80" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="C80" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="D80" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F80" s="3" t="s">
-        <v>326</v>
+        <v>93</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>15</v>
+        <v>231</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B81" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="B81" s="1" t="s">
+      <c r="C81" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="D81" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="D81" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F81" s="3" t="s">
-        <v>326</v>
+        <v>93</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>15</v>
+        <v>118</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B82" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="B82" s="1" t="s">
+      <c r="C82" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="C82" s="1" t="s">
+      <c r="D82" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="D82" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F82" s="3" t="s">
-        <v>339</v>
+        <v>93</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="C83" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="B83" s="1" t="s">
+      <c r="D83" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E83" s="3" t="s">
         <v>341</v>
       </c>
-      <c r="C83" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F83" s="3" t="s">
-        <v>339</v>
+        <v>93</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>15</v>
+        <v>118</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="B84" s="1" t="s">
+      <c r="D84" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="C84" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F84" s="3" t="s">
-        <v>15</v>
+        <v>93</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>118</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="D85" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="C85" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F85" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>15</v>
+        <v>118</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="B86" s="1" t="s">
+      <c r="D86" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>353</v>
       </c>
-      <c r="C86" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F86" s="3" t="s">
-        <v>339</v>
+        <v>93</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="C87" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="B87" s="1" t="s">
+      <c r="D87" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="C87" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F87" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="C88" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="B88" s="1" t="s">
+      <c r="D88" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="C88" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F88" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="D89" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="C89" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F89" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>15</v>
+        <v>118</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="D90" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>369</v>
       </c>
-      <c r="C90" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F90" s="3" t="s">
-        <v>339</v>
+        <v>93</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>15</v>
+        <v>118</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="C91" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="D91" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>373</v>
       </c>
-      <c r="C91" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F91" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>376</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="D92" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>377</v>
       </c>
-      <c r="C92" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F92" s="3" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="D93" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="C93" s="1" t="s">
+      <c r="F93" s="3" t="s">
         <v>382</v>
       </c>
-      <c r="D93" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G93" s="3" t="s">
-        <v>15</v>
-[...297 lines deleted...]
-      <c r="G106" s="3" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>