--- v1 (2025-12-13)
+++ v2 (2026-02-08)
@@ -12,112 +12,109 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="383">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="382">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d3/3d3820cfb0c5cd323d40297401dc23ca.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А4 OfficeSpace 216 303мм  175мкм  глянец 100л.: LF7092 штр.:  4680211050924</t>
   </si>
   <si>
     <t>Пленка для ламинирования А4 OfficeSpace 216*303мм &amp;#40;175мкм&amp;#41; глянец 100л.: LF7092 Глянцевая пакетная пленка OfficeSpace размером 216*303мм и плотностью 175мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>Пленка для ламинирования</t>
   </si>
   <si>
     <t>212475</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/23a/23ab1b001dd776129eae396e8f2d3a04.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0e0/0e048094f683482954f3b1e32c8ceb3b.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А4 OfficeSpace 216 303мм  250мкм  глянец 100л.: LF7094 штр.:  4680211050948</t>
   </si>
   <si>
     <t>Пленка для ламинирования А4 OfficeSpace 216*303мм &amp;#40;250мкм&amp;#41; глянец 100л.: LF7094 Глянцевая пакетная пленка OfficeSpace размером 216*303мм и плотностью 250мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>213186</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b1/8b1841882a8309255ed8ad62823e25f5.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А4 OfficeSpace 216 303мм  150мкм  глянец 100л.: LF7091 штр.:  4680211050917</t>
   </si>
   <si>
     <t>Пленка для ламинирования А4 OfficeSpace 216*303мм &amp;#40;150мкм&amp;#41; глянец 100л.: LF7091 Глянцевая пакетная пленка OfficeSpace размером 216*303мм и плотностью 150мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>213279</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e4/2e4cbea742415f35c3dc82d3bd19bbdb.jpg</t>
@@ -191,50 +188,62 @@
   <si>
     <t>Пленка для ламинирования А8  OfficeSpace 65 95мм  100мкм  глянец 100л.: LF7075 штр.:  4680211050757</t>
   </si>
   <si>
     <t>Пленка для ламинирования А8&amp;#43; OfficeSpace 65*95мм &amp;#40;100мкм&amp;#41; глянец 100л.: LF7075</t>
   </si>
   <si>
     <t>220235</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ea/9eae05d38343109e350e0bcacd9ebd7f.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А5 OfficeSpace 154 216мм  150мкм  глянец 100л.: LF7085 штр.:  4680211050856</t>
   </si>
   <si>
     <t>Пленка для ламинирования А5 OfficeSpace 154*216мм &amp;#40;150мкм&amp;#41; глянец 100л.: LF7085</t>
   </si>
   <si>
     <t>220236</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6f5/6f5d7dcb68b039bb586ed3f6f72dd683.jpg</t>
+  </si>
+  <si>
+    <t>Пленка для ламинирования А4 OfficeSpace 216 303мм  200мкм  глянец 100л.: LF7093 штр.:  4680211050931</t>
+  </si>
+  <si>
+    <t>Пленка для ламинирования А4 OfficeSpace 216*303мм &amp;#40;200мкм&amp;#41; глянец 100л.: LF7093</t>
+  </si>
+  <si>
+    <t>220237</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/183/183af6790728e26e4dea550e15f14d3c.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А7- OfficeSpace 75 105мм  100мкм  глянец 100л.: LF7076 штр.:  4680211050764</t>
   </si>
   <si>
     <t>Пленка для ламинирования А7- OfficeSpace 75*105мм &amp;#40;100мкм&amp;#41; глянец 100л.: LF7076</t>
   </si>
   <si>
     <t>221051</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2cf/2cf11bb293b3b1c972d02bf1c32e0491.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А3 OfficeSpace 303 426мм, 150мкм, глянец, 100л.: LF10533 штр.: 4680211085339</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 303*426мм и плотностью 150мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>336966</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/743/74332043fd549a6bf770959a8060a766.jpg</t>
@@ -251,50 +260,65 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c22/c22e4908107e123c48caa6865da6640b.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А7 OfficeSpace 80 111мм, 100мкм, глянец, 100л.: LF7077 штр.: 4680211050771</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 80*111мм и плотностью 100мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>336969</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8f/c8f9c8495b00278a8091a1640c3d31b9.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А7 OfficeSpace 80 111мм, 125мкм, глянец, 100л. 976054</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 80*111мм и плотностью 125мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>336970</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b9d/b9d319c59f5b3d2455fec0b21b5ec785.jpg</t>
+  </si>
+  <si>
+    <t>Пленка для ламинирования А6 OfficeSpace 100 146мм, 100мкм, глянец, 100л. LF7079</t>
+  </si>
+  <si>
+    <t>Глянцевая пакетная пленка OfficeSpace размером 100*146мм и плотностью 100мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
+  </si>
+  <si>
+    <t>338290</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ed1/ed12251c26890d7f7e79a2088231c084.jpg</t>
   </si>
   <si>
     <t>Пл нка термоклеевая 330мм 3 п. м., ArtSpace 219959</t>
   </si>
   <si>
     <t>Плёнка термоклеевая, предназначена для защиты бумажных и картонных изделий и увеличения их срока службы</t>
   </si>
   <si>
     <t>350218</t>
   </si>
   <si>
     <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba3/ba32f3a3b0b33427c021a408f56615e3.jpg</t>
   </si>
   <si>
     <t>Пл нка термоклеевая 330мм 5 п. м., ArtSpace 219960</t>
   </si>
   <si>
     <t>350219</t>
@@ -368,53 +392,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/0f8/52s8bm73c7gelc4opg66wftfb0xazx62.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования МАЛОГО ФОРМАТА, А5, КОМПЛЕКТ 100 шт., 100 мкм, BRAUBERG, 530805</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 200 &amp;#40;100х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А5 &amp;#40;154х216 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>425791</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b1/or56dq4g8sm8tan3e0blv3wmc7stkvs7.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования МАЛОГО ФОРМАТА, А6, КОМПЛЕКТ 100 шт., 125 мкм, BRAUBERG, 530806</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 250 &amp;#40;125х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А6 &amp;#40;111х154 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>425792</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a52/jfz6mfou9ikeiag0usrf7u5s8uoa3obl.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования МАЛОГО ФОРМАТА  75х105 мм , КОМПЛЕКТ 100 шт., 100 мкм, BRAUBERG, 530807</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 200 &amp;#40;100х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG малого формата &amp;#40;75х105 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>425793</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4a4/a8s0ji2inwdr4395z3g14zriij9priqi.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования БОЛЬШОГО ФОРМАТА, А3, КОМПЛЕКТ 100 шт., 75 мкм, BRAUBERG, 530894</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 150 &amp;#40;75х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А3 &amp;#40;303х426 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>425794</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/df6/a0vxmyem4cmjn2m9j5tx2ydyvd2wrj9f.jpg</t>
@@ -467,62 +488,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d85/9dji342aydfgee1nu61kgpa2tqw758jg.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования МАЛОГО ФОРМАТА  80х111 мм , КОМПЛЕКТ 100 шт., 100 мкм, BRAUBERG, 530902</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 200 &amp;#40;100х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG малого формата &amp;#40;80х111 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>425799</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/67b/x0k0lx6d75vwaopd8x1j40z3j4lbjux2.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования МАЛОГО ФОРМАТА  65х95 мм , КОМПЛЕКТ 100 шт., 100 мкм, BRAUBERG, 530903</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 200 &amp;#40;100х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG малого формата &amp;#40;65х95 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>425800</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/61b/unfjkyjjmgeczoio0yxk5d9etiqs9nlo.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ea6/vxzklfbp3f193tna9771p29u7ky9eo8e.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования, А4, КОМПЛЕКТ 100 шт., 60 мкм, BRAUBERG, 531452</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 120 &amp;#40;60х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>425803</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fff/58d2zkjj61rw777clp7skejgmx7ozenz.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования, А4, КОМПЛЕКТ 100 шт., 80 мкм, BRAUBERG, 531775</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 160 &amp;#40;80х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>425805</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/014/gqolpmm2rty60dh6x743gcr77i6u6qvk.jpg</t>
@@ -587,158 +596,170 @@
   <si>
     <t>http://anytos.ru//upload/iblock/63a/ywe236z2oeallqll63yq0y8kcvpyl93o.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования АНТИСТАТИК, А4, КОМПЛЕКТ 100 шт., 125 мкм, BRAUBERG, 531794</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 250 &amp;#40;125х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Обработаны специальным составом для того, чтобы бумага, при вкладывании в пакет для ламинирования, не прилипала к пленке из-за действия статического электричества. Пленка для ламинирования BRAUBERG формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>425814</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/28d/mkaxf3hairsgqt3zxb1xdsnehwfelr5f.jpg</t>
   </si>
   <si>
     <t>Пл нка самоклеящаяся прозрачная, в рулоне, 400 мм х 3 м, 75 мкм, BRAUBERG, 531799</t>
   </si>
   <si>
     <t>Самоклеящаяся прозрачная пленка BRAUBERG используется для быстрого ручного ламинирования без применения ламинатора. Придает дополнительную жесткость и защищает заламинированную поверхность от внешних воздействий и механических повреждений. Изготовлена из высококачественного прозрачного полипропилена, толщина которого 75 мкм. Поставляется в рулоне длиной 3 м. Ширина 40 см. Срок годности не ограничен. Возможно использование ламинатора в холодном режиме. Инструкция по применению: 1. Отрезать необходимое количество пленки. 2. Отклеить верхний край защитной бумаги с обратной стороны пленки и приложить ее к краю документа. 3. Постепенно приклеивать пленку к поверхности документа, параллельно отклеивая защитную бумагу. 4. Обрезать края пленки под нужный размер. Преимуществом данного товара, несомненно, является цена в сочетании с качеством высокого уровня.</t>
   </si>
   <si>
     <t>425817</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6ba/u4ogj7igi5y5jg1jc5zmdwy80g9gbqha.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3a2/3a28f78e79c85ce79372b14f877210df.jpeg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А3 OfficeSpace 303 426мм, 175мкм, глянец, 100л.</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 303*426 мм и плотностью 175 мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>437056</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6fa/6fa7ec20fd5c18c624ad9508c97fb004.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/528/5287b4e90efe99fe04a1da81e6d449f6.jpeg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А4 OfficeSpace 216 303мм, 80мкм, матовая, 100л.</t>
   </si>
   <si>
     <t>Матовая пакетная пленка OfficeSpace размером 216*303 мм и плотностью 80 мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>437058</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/63f/63f9d830235dd0ba73654bfe6031685e.jpeg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А4 OfficeSpace 216 303мм, 100мкм, матовая, 100л.</t>
   </si>
   <si>
     <t>Матовая пакетная пленка OfficeSpace размером 216*303 мм и плотностью 100 мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>437059</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9dc/9dc14285a37cff02d0ab609ac51afe7e.jpeg</t>
+  </si>
+  <si>
+    <t>Пленка для ламинирования А4 OfficeSpace 216 303мм, 125мкм, матовая, 100л.</t>
+  </si>
+  <si>
+    <t>Матовая пакетная пленка OfficeSpace размером 216*303 мм и плотностью 125 мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
+  </si>
+  <si>
+    <t>437060</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/497/4976b1fdef621fc1b0d1a3ed2857e37f.jpeg</t>
+  </si>
+  <si>
+    <t>Пленка для ламинирования А5 OfficeSpace 154 216мм, 60мкм, глянец, 100л.</t>
+  </si>
+  <si>
+    <t>Глянцевая пакетная пленка OfficeSpace размером 154*216 мм и плотностью 60 мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
+  </si>
+  <si>
+    <t>437062</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/de7/de792c37b0465b7e12d10c4e4c552723.jpeg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А6 OfficeSpace 111 154мм, 60мкм, глянец, 100л.</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 111*154 мм и плотностью 60 мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>437063</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/38f/38fd324afede8d54bebcb4bd9999ab0b.jpeg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А7  OfficeSpace 85 120мм, 125мкм, глянец, 100л.</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 85*120 мм и плотностью 125 мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>437065</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf8/cf8e80c4db00b064b6b64d3d57c70e55.jpeg</t>
   </si>
   <si>
     <t>Пленка для ламинирования OfficeSpace 70 100мм, 60мкм, глянец, 100л.</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 70*100 мм и плотностью 60 мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>437066</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afc/afc590926335e006201d555f86c845a0.jpeg</t>
   </si>
   <si>
     <t>Пленка для ламинирования OfficeSpace 70 100мм, 125мкм, глянец, 100л.</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 70*100 мм и плотностью 125 мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>437067</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/795/795353d85aa7a81d62e26eed5f87fd0c.jpeg</t>
+  </si>
+  <si>
+    <t>Пленка для ламинирования А8  OfficeSpace 65 95мм, 75мкм, глянец, 100л.</t>
+  </si>
+  <si>
+    <t>Глянцевая пакетная пленка OfficeSpace размером 65*95 мм и плотностью 75 мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
+  </si>
+  <si>
+    <t>437068</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0b5/0b5d8f9d0f66b9e36cdf892e1baff2cf.jpeg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А7 OfficeSpace 80 111мм, 80мкм, глянец, 100л.</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 80*111 мм и плотностью 80 мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>446979</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ced/cedbec19b340b60edfd803b4648851f0/6a31ffd5122ea76686fe80b26e6ad959.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования А6 OfficeSpace 111 154мм, 100мкм, глянец, 100л.</t>
   </si>
   <si>
     <t>Глянцевая пакетная пленка OfficeSpace размером 111*154мм и плотностью 100мкм прекрасно подходит для ламинирования документов. Предназначена для использования в ламинаторах «горячего» типа. Придает документу жесткость, обладает высокой прозрачностью после ламинации, защищает документ от механических повреждений и воздействия влаги.</t>
   </si>
   <si>
     <t>560171</t>
@@ -818,62 +839,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/dde/igst1jt6e4l5iusbi8b04ezrd10tg3wd.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования АНТИСТАТИК БОЛЬШОГО ФОРМАТА А3, КОМПЛЕКТ 100 шт., 125 мкм, BRAUBERG, 531797</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 250 &amp;#40;125х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Обработаны специальным составом для того, чтобы бумага, при вкладывании в пакет для ламинирования, не прилипала к пленке из-за действия статического электричества. Пленка для ламинирования BRAUBERG формата А3 &amp;#40;303х425 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>642437</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e1c/gm72nd28fbcz5wpxonr2nampilhf1dum.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования АНТИСТАТИК, А4, КОМПЛЕКТ 100 шт., 175 мкм, BRAUBERG, 531795</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 350 &amp;#40;175х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Обработаны специальным составом для того, чтобы бумага, при вкладывании в пакет для ламинирования, не прилипала к пленке из-за действия статического электричества. Пленка для ламинирования BRAUBERG формата A4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>652583</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9c1/g2eqxgaa3mtqgx10yybytxbhm2ejga42.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/55b/y22t6l1y2q17w8005aqunk8dha1gid4p.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования МАЛОГО ФОРМАТА, А5, КОМПЛЕКТ 100 шт., 60 мкм, BRAUBERG, 531782</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 120 &amp;#40;60х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата A5 &amp;#40;154х216 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>785545</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e0/yjhcmm0o9ct1nrticev7gm0ii1uv1y4a.jpg</t>
   </si>
   <si>
     <t>Пленка для ламинирования Lamirel А4 125 мкм глянц. 100 штук</t>
   </si>
   <si>
     <t>Пленка формата А4 предназначена для защиты документов от внешних воздействий. Толщина 125 мкм обеспечивает улучшенную защиту от грязи, пыли, влаги. Документ приобретает жесткость на изгиб, защиту от механического воздействия и потертостей. Прекрасно подходит для интенсивной эксплуатации. Благодаря глянцевому покрытию внешний вид документа становится привлекательней – краски глубже, ярче и контрастнее. Поставляется по 100 штук в фирменной цветной упаковке.</t>
   </si>
   <si>
     <t>949605</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lamirel/"&gt;Lamirel&lt;/a&gt;</t>
@@ -908,98 +917,98 @@
   <si>
     <t>Пленки-заготовки для ламинирования А4, КОМПЛЕКТ 100 шт., 100 мкм, ОФИСМАГ, 530802</t>
   </si>
   <si>
     <t>Пленка для ламинирования ОФИСМАГ придает документу стильный внешний вид, защищает от потертостей и других механических воздействий. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 200 &amp;#40;100х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования ОФИСМАГ формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>1005444</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ed/5vi32mjjis52ut8xf0g5dclgrg28crbm.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования А4, КОМПЛЕКТ 100 шт., 75 мкм, ОФИСМАГ, 531453</t>
   </si>
   <si>
     <t>Пленка для ламинирования ОФИСМАГ придает документу стильный внешний вид, защищает от потертостей и других механических воздействий. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 150 &amp;#40;75х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования ОФИСМАГ формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>1005445</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a29/tb06mmou00mqs1i69n0qhtpl80fsgrf6.jpg</t>
+  </si>
+  <si>
+    <t>Пленка для ламинирования Promega office А4, 125мкм 100шт уп.</t>
+  </si>
+  <si>
+    <t>Пленка для ламинирования Promega office А4, 125мкм 100шт/уп.</t>
+  </si>
+  <si>
+    <t>1005794</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/41a/q06xcyvszmdrn9wvb2i04e3386q52qc0.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования А4, КОМПЛЕКТ 100 шт., 125 мкм, ОФИСМАГ, 531451</t>
   </si>
   <si>
     <t>Пленка для ламинирования ОФИСМАГ придает документу стильный внешний вид, защищает от потертостей и других механических воздействий. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 250 &amp;#40;125х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования ОФИСМАГ формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>1006392</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1db/fg72o8i6mm7q18gfk25el7oe1y3eb91q.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования А4, КОМПЛЕКТ 100 шт., 80 мкм, МАТОВАЯ, BRAUBERG, 530896</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 160 &amp;#40;80х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Матовое покрытие пленки делает изображение более мягким и убирает блики. Матовая пленка хорошо сочетается с текстовыми документами. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>1006394</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/53a/84dkkxrjrgk8r7mykooqi9ip50f1yf50.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования АНТИСТАТИК БОЛЬШОГО ФОРМАТА А3, КОМПЛЕКТ 100 шт., 75 мкм, BRAUBERG, 531796</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 150 &amp;#40;75х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Обработаны специальным составом для того, чтобы бумага, при вкладывании в пакет для ламинирования, не прилипала к пленке из-за действия статического электричества. Пленка для ламинирования BRAUBERG формата А3 &amp;#40;303х425 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>1006395</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dea/i1vy8sglctm0e3mcx787zvkgd50fyzz4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ce5/0s9zkxst8gv2y1m9f6ypkuycpyzpafvz.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования МАЛОГО ФОРМАТА  70х100 мм , КОМПЛЕКТ 100 шт., 60 мкм, BRAUBERG, 531790</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 120 &amp;#40;60х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG малого формата &amp;#40;70х100 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>1006397</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/35e/udf13lt8q01ayeoj16jx4a5ki0gtw1g2.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования МАЛОГО ФОРМАТА, А5, КОМПЛЕКТ 100 шт., 125 мкм, BRAUBERG, 530899</t>
   </si>
   <si>
     <t>Пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки - 250 &amp;#40;125х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А5 &amp;#40;154х216 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 100 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>1006398</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b9d/74bkbt4dngoz0oibf5l628y0xej0kqi0.jpg</t>
@@ -1098,62 +1107,50 @@
     <t>1012460</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a3c/834c43s5mz12nfrpfz8ksmdwxheqlf09.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования МАГНИТ А4, КОМПЛЕКТ 25 шт., 75 мкм, BRAUBERG, 533122</t>
   </si>
   <si>
     <t>Магнитная пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. После ламинирования плёнку можно разместить на холодильнике или другой подходящей поверхности. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки – 150 &amp;#40;75х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения.Пленка для ламинирования BRAUBERG формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Уникальная особенность данных плёнок – слой магнитного винила. Благодаря ему плёнка надёжно крепится к большинству металлов, обладающих магнитными свойствами. Используйте её для самостоятельного изготовления сувенирных магнитов, ламинируйте рецепты и размещайте их на холодильнике, сохраняйте в ней семейные фото – возможности этой плёнки ограничены только воображением.Поставляется в картонной упаковке по 25 штук.</t>
   </si>
   <si>
     <t>1012461</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/029/eeqisx2ghkdbj1y8n9vzklsmi11tyma0.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования с клейкой прозрачной стороной А4, КОМПЛЕКТ 25 шт., 75 мкм, BRAUBERG, 533117</t>
   </si>
   <si>
     <t>Плёнка для ламинирования BRAUBERG с прозрачным клейким слоем идеальна для демонстрации документов на стеклянных поверхностях – окнах, витринах, дверях. Ламинируйте, приклейте и обеспечьте отличную видимость с обеих сторон без искажений. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки – 150 &amp;#40;75х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения. Пленка для ламинирования BRAUBERG формата А4 &amp;#40;216х303 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Поставляется в картонной упаковке по 25 штук, которых при нечастом использовании хватает на продолжительное время.</t>
   </si>
   <si>
     <t>1012462</t>
-  </si>
-[...10 lines deleted...]
-    <t>1012463</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0fa/3bwsz5p9v7fxbw9qxfyu719rdtctwwnn.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования, МАГНИТ ДЛЯ ФОТО, 111х154 мм, А6, КОМПЛЕКТ 10 шт., 75 мкм, BRAUBERG, 533121</t>
   </si>
   <si>
     <t>Магнитная пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. После ламинирования плёнку можно разместить на холодильнике или другой подходящей поверхности. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки – 150 &amp;#40;75х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения.Пленка для ламинирования BRAUBERG малого формата А6 &amp;#40;111х154 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Уникальная особенность данных плёнок – слой магнитного винила. Благодаря ему плёнка надёжно крепится к большинству металлов, обладающих магнитными свойствами. Используйте её для самостоятельного изготовления сувенирных магнитов, ламинируйте рецепты и размещайте их на холодильнике, сохраняйте в ней семейные фото – возможности этой плёнки ограничены только воображением.Поставляется в картонной упаковке по 10 штук.</t>
   </si>
   <si>
     <t>1012464</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf6/c3xsbf3zztmm4cvom0opgrean4pj2bvn.jpg</t>
   </si>
   <si>
     <t>Пленки-заготовки для ламинирования, МАГНИТ ДЛЯ ФОТО, 111х154 мм, А6, КОМПЛЕКТ 25 шт., 75 мкм, BRAUBERG, 533120</t>
   </si>
   <si>
     <t>Магнитная пленка для ламинирования BRAUBERG надежно защитит документы от влаги, пыли, воздействия УФ-лучей и других внешних факторов. После ламинирования плёнку можно разместить на холодильнике или другой подходящей поверхности. Представляет собой двойной пакет, спаянный с одной стороны &amp;#40;содержание полиэстера &amp;gt; 50&amp;#37;&amp;#41;. Документ вкладывается между слоями пленки и в дальнейшем подвергается термообработке в ламинаторе. Суммарная толщина пленки-заготовки – 150 &amp;#40;75х2&amp;#41; мкм, что позволяет защитить документы и увеличить жесткость, сохраняя яркость изображения.Пленка для ламинирования BRAUBERG малого формата А6 &amp;#40;111х154 мм&amp;#41; имеет уникальный состав: полиэтилентерефталат &amp;#40;PET&amp;#41;, этиленвинилацетат &amp;#40;EVA&amp;#41;, полиэтилен &amp;#40;LDPE&amp;#41;. Промежуточный слой полиэтилена &amp;#40;LDPE&amp;#41; выступает как связующий элемент между слоями PET и EVA, служит дополнительной защитой от вероятного вытекания клея из-под пленки при ламинировании. Полиэтилен &amp;#40;PE&amp;#41; придает пакетам прочность эластичность и износостойкость. Глянцевое покрытие пленки способствует сохранению и максимальной передаче цвета ламинируемого изображения. Уникальная особенность данных плёнок – слой магнитного винила. Благодаря ему плёнка надёжно крепится к большинству металлов, обладающих магнитными свойствами. Используйте её для самостоятельного изготовления сувенирных магнитов, ламинируйте рецепты и размещайте их на холодильнике, сохраняйте в ней семейные фото – возможности этой плёнки ограничены только воображением.Поставляется в картонной упаковке по 25 штук.</t>
   </si>
   <si>
     <t>1012465</t>
   </si>
@@ -1531,2169 +1528,2155 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J93"/>
+  <dimension ref="A1:M92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G93" sqref="G93"/>
+      <selection pane="bottomRight" activeCell="G92" sqref="G92"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G5" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G15" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="F10" s="3" t="s">
-[...65 lines deleted...]
-      <c r="E13" s="3" t="s">
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G18" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="F13" s="3" t="s">
-[...121 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>83</v>
+        <v>17</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G29" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...199 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>93</v>
+        <v>17</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="C58" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G80" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="D58" s="1" t="s">
-[...518 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>93</v>
+        <v>381</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>15</v>
-[...22 lines deleted...]
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">