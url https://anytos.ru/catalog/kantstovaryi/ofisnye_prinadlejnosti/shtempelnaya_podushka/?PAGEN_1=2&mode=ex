--- v0 (2026-01-11)
+++ v1 (2026-02-26)
@@ -12,250 +12,223 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/06c/06cb59e5a291d64010d2b02d19257e5e.jpg</t>
+  </si>
+  <si>
+    <t>Штемпельная подушка для 4642 синяя: 6 4642с штр.:  92399658337</t>
+  </si>
+  <si>
+    <t>Четкие, корректные оттиски. Ресурс подушки – 10 000 оттисков&amp;lt;br/&amp;gt;Специальные ушки, предотвращающие вероятность испачкать пальцы&amp;lt;br/&amp;gt;Технология производства на автоматической линии в Австрии обеспечивает высочайшее качество оттисков, подтвержденное международным сертификатом качества ISO 9001</t>
+  </si>
+  <si>
+    <t>Штемпельная подушка</t>
+  </si>
+  <si>
+    <t>212290</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/trodat/"&gt;Trodat&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f84/f840c47e59834f2f124b938088e854af.jpg</t>
+  </si>
+  <si>
+    <t>Штемпельная подушка для 4911, 4951 синяя: 6 4911с штр.:  92399558156</t>
+  </si>
+  <si>
+    <t>Штемпельная подушка для 4911, 4951 синяя: 6/4911с</t>
+  </si>
+  <si>
+    <t>235683</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/14b/14b46b47f1a14ce1399e6d5c56ad217c.jpg</t>
   </si>
   <si>
     <t>Штемпельная подушка для 4924, 4940 синяя: 6 4924с штр.:  92399698197</t>
   </si>
   <si>
     <t>Штемпельная подушка для 4924, 4940 синяя: 6/4924с</t>
   </si>
   <si>
-    <t>Штемпельная подушка</t>
-[...1 lines deleted...]
-  <si>
     <t>235764</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/trodat/"&gt;Trodat&lt;/a&gt;</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/27a/27af03dd17f046dda3371190028b0ed4.jpg</t>
   </si>
   <si>
     <t>Штемпельная подушка Trodat 6 46040, для 46040, синяя. 1962</t>
   </si>
   <si>
     <t>Сменная штемпельная подушка для печатей с автоматической оснасткой, R40. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>368003</t>
   </si>
   <si>
-    <t>3</t>
+    <t>http://anytos.ru//upload/iblock/5f9/5f998316658b137ff09b1435dbf32331.jpg</t>
+  </si>
+  <si>
+    <t>Штемпельная подушка Trodat 9052, 110 70мм, неокрашенная, пластиковая. 53323</t>
+  </si>
+  <si>
+    <t>Неокрашенная подушка. Требуется заправка краской. Используется для окрашивания ручных штампов, изготовленных из резины или полимера 11х7 см</t>
+  </si>
+  <si>
+    <t>368004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e53/e5342587c2a5fdac72fd5c2b21bcc729/b84e594543f6b4e29aabe6ac039554ce.jpg</t>
   </si>
   <si>
     <t>Подушка штемпельная сменная д автонумер. Attache 3 шт. уп</t>
   </si>
   <si>
     <t>Подушка штемпельная сменная д/автонумер. Attache 3 шт./уп</t>
   </si>
   <si>
     <t>376987</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afa/f81e1cabcr1t1l9dsnmesp2zaw47vgw3.jpg</t>
   </si>
   <si>
     <t>Штемпельная подушка BRAUBERG, 100х80 мм  рабочая поверхность 90х50 мм , фиолетовая краска, 236869</t>
   </si>
   <si>
     <t>Штемпельная подушка BRAUBERG подходит для всех типов ручных печатей с полимерным и резиновым клише. Подушка обеспечивает тысячи качественных оттисков без дозаправки. Высококачественные чернила на водной основе. Штемпельная подушка заправлена фиолетовой краской. Крышка пластикового корпуса коробочки закрывается плотно, препятствуя испарению влаги. Размер - 100х80 мм, рабочая поверхность - 90х50 мм.</t>
   </si>
   <si>
     <t>384527</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b9e/lbcr6sun3sb5esy9vgpxewi5olbt3hon.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/663/66361823676608cfb20103035f30f450/f3e6e7c6dca2a15ba9314a8b03e277ac.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Штемпельная подушка Trodat, 110 70мм, синяя, пластиковая  56344 </t>
   </si>
   <si>
     <t>Применяется для штампов и печатей на ручной оснастке. Штемпельная подушка заправлена синими чернилами на водной основе. Крышка пластикового корпуса коробочки закрывается плотно, препятствуя испарению влаги. Размеры подушки - 110х70 мм.</t>
   </si>
   <si>
     <t>561489</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/20a/20aa10aad8275350ed696fe80ae910d9/c7057c7ec14bca2eed97aaa27c3f519f.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Штемпельная подушка Trodat, 90 50мм, синяя, пластиковая  56332 </t>
   </si>
   <si>
     <t>Применяется для штампов и печатей на ручной оснастке. Штемпельная подушка заправлена синими чернилами на водной основе. Крышка пластикового корпуса коробочки закрывается плотно, препятствуя испарению влаги. Размеры подушки - 90х50 мм.</t>
   </si>
   <si>
     <t>561490</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/484/sed8ua5a0qyk77n94lrzmd2kjdsbsq2u.jpg</t>
   </si>
   <si>
-    <t>Штемпельная подушка BRAUBERG, 100х80 мм  рабочая поверхность 90х50 мм , синяя краска, 236867</t>
-[...7 lines deleted...]
-  <si>
     <t>Штемпельная подушка BRAUBERG, 120х90 мм  рабочая поверхность 110х70 мм , синяя краска, 236866</t>
   </si>
   <si>
     <t>Штемпельная подушка BRAUBERG подходит для всех типов ручных печатей с полимерным и резиновым клише. Подушка обеспечивает тысячи качественных оттисков без дозаправки. Высококачественные чернила на водной основе. Штемпельная подушка заправлена синей краской. Крышка пластикового корпуса коробочки закрывается плотно, препятствуя испарению влаги. Размер - 120х90 мм, рабочая поверхность - 110х70 мм.</t>
   </si>
   <si>
     <t>631223</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/584/k133xo0vib33lwlvqlle0470495u619t.jpg</t>
   </si>
   <si>
     <t>Штемпельная подушка Berlingo, 105 73мм, неокрашенная, металлическая</t>
   </si>
   <si>
     <t>Штемпельная подушка с прочным металлическим корпусом с цветной индикацией. Применяется для штампов и печатей на ручной оснастке. Без чернил &amp;#40;требуется заправка&amp;#41;. Размер - 105х73 мм. Подушка упакована в индивидуальную коробочку.</t>
   </si>
   <si>
     <t>708703</t>
   </si>
   <si>
     <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
   </si>
   <si>
     <t>5</t>
@@ -284,62 +257,50 @@
   <si>
     <t>708705</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/71a/6b1uhb1mzmw8e9f1xtuwu99jfq5bxn75.jpg</t>
   </si>
   <si>
     <t>Подушка штемпельная настольная Attache фиолет 68х101 см металл</t>
   </si>
   <si>
     <t>715737</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/229/3ho0ybrtxf5mgavmg16l4f2xgxjqlz32.jpg</t>
   </si>
   <si>
     <t>Подушка штемпельная настольная Attache фиолет 70х103 мм пластик</t>
   </si>
   <si>
     <t>715738</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/738/6vzkghl981dzavkbvhlzu1p55876051h.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c60/p1mwhu8p5jgil2avm3gi7wl8fx7voh1t.jpg</t>
   </si>
   <si>
     <t>Подушка штемпельная настольная Attache синяя 68х101 см металл</t>
   </si>
   <si>
     <t>882325</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/81e/ql2y2to5i7ra84hdfn68ezb7duk6cyz3.jpg</t>
   </si>
   <si>
     <t>Подушка штемпельная настольная Attache синяя 70х103 мм пластик</t>
   </si>
   <si>
     <t>882326</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/82d/0xt1unimd8xx6e38957gr59arm1ok713.jpg</t>
   </si>
   <si>
     <t>Штемпельная подушка OfficeSpace, для BSt_40493, синяя</t>
   </si>
   <si>
     <t>Сменная штемпельная подушка для штампа самонаборного BSt_40493. Цвет - синий, размер 58*22 мм. Упаковка в картонные коробочки по 10шт. Есть индивидуальный штрих-код и артикул на каждой подушке. Срок годности сменной подушки - 6 лет, дата изготовления указана на упаковке по 10шт.</t>
@@ -449,96 +410,108 @@
   <si>
     <t>Подушка штемпельная сменная Attache синяя для артикула 1348208</t>
   </si>
   <si>
     <t>900578</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/118/k6eekmoscsvjo1f72o0d42qqpsw46u5s.jpg</t>
   </si>
   <si>
     <t>Подушка штемпельная сменная Attache синяя для артикула 1348209</t>
   </si>
   <si>
     <t>900579</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/635/u1ynh445x0pacn3odl1rj9jw3b4brfv6.jpg</t>
   </si>
   <si>
     <t>Подушка штемпельная сменная Attache синяя для артикула 1348210</t>
   </si>
   <si>
     <t>900580</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/762/xv1qs2d41t7oy8og35xwh9wdev0ej75f.jpg</t>
-[...8 lines deleted...]
-    <t>984737</t>
+    <t>http://anytos.ru//upload/iblock/5b2/0j207fmtky02oaq4ewzoscm978209np5.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Штемпельная подушка Trodat, для 4912, синяя  192657 </t>
+  </si>
+  <si>
+    <t>Штемпельная подушка Trodat, для 4912, синяя &amp;#40;192657&amp;#41;</t>
+  </si>
+  <si>
+    <t>984741</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/821/8hpiw8ydoci1lzilbwkr9sa1ud8gtf55.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Штемпельная подушка Trodat, для 4916, синяя  197707 </t>
   </si>
   <si>
     <t>Штемпельная подушка Trodat, для 4916, синяя &amp;#40;197707&amp;#41;</t>
   </si>
   <si>
     <t>984742</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ac/7fq4ytzeov422bllh3vt0q2k3j5xoeee.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Штемпельная подушка Trodat, для 4929, синяя  191064 </t>
   </si>
   <si>
     <t>Штемпельная подушка Trodat, для 4929, синяя &amp;#40;191064&amp;#41;</t>
   </si>
   <si>
     <t>984744</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb4/daea10npezp68vgoo8lh5by1ydryszjh.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Штемпельная подушка Trodat, для 4927, синяя  192219 </t>
   </si>
   <si>
     <t>Штемпельная подушка Trodat, для 4927, синяя &amp;#40;192219&amp;#41;</t>
   </si>
   <si>
     <t>986071</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/349/nba2grnzt1sf5dqkjwapvjounzntegar.jpg</t>
+  </si>
+  <si>
+    <t>Штемпельная подушка OfficeSpace, для BSt_40499, синяя</t>
+  </si>
+  <si>
+    <t>Сменная штемпельная подушка OfficeSpace подходит для автоматической пластиковой оснастки для печати BSt_40499. Цвет – синий, размер ?40мм. Упаковка в картонные коробочки по 10 штук. Срок годности сменной подушки – 6 лет, дата изготовления указана на минимальной упаковке. Есть индивидуальный штрих-код и артикул на каждой подушке. • Для печати: BSt_40499; • Цвет: синий; • Размер: ?40мм.</t>
+  </si>
+  <si>
+    <t>1017656</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -865,57 +838,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M39"/>
+  <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G39" sqref="G39"/>
+      <selection pane="bottomRight" activeCell="G37" sqref="G37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -971,833 +944,787 @@
       </c>
       <c r="G4" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F8" s="3" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="G9" s="3" t="s">
         <v>41</v>
-      </c>
-[...13 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="G10" s="3" t="s">
         <v>47</v>
-      </c>
-[...13 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>51</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>55</v>
-      </c>
-[...7 lines deleted...]
-        <v>57</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F13" s="3" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="F14" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="3" t="s">
+      <c r="G14" s="3" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="F17" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G17" s="3" t="s">
         <v>77</v>
-      </c>
-[...10 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="C18" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F18" s="3" t="s">
-        <v>73</v>
+        <v>40</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F19" s="3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="F21" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G21" s="3" t="s">
-        <v>18</v>
+        <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F22" s="3" t="s">
-        <v>38</v>
+        <v>91</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>99</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>38</v>
+        <v>91</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>101</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>103</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C25" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="D25" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F25" s="3" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="C26" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F26" s="3" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="3" t="s">
+      <c r="F27" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G27" s="3" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
         <v>117</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C28" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F28" s="3" t="s">
-        <v>104</v>
+        <v>40</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F29" s="3" t="s">
-        <v>104</v>
+        <v>40</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B30" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F30" s="3" t="s">
-        <v>104</v>
+        <v>40</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>129</v>
+        <v>77</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>86</v>
+        <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="B34" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F34" s="3" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>86</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="C35" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F35" s="3" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B36" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="C36" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>148</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B37" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="C37" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" s="3" t="s">
-        <v>17</v>
+        <v>91</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>33</v>
-[...45 lines deleted...]
-        <v>18</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">