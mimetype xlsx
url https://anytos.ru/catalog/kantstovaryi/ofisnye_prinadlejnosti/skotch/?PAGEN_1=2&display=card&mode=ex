--- v0 (2025-10-19)
+++ v1 (2025-12-11)
@@ -12,160 +12,163 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1376">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1333">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0dd/0dd4bbdf196a42562d51e839bccd6e85.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная Unibob, 48мм 66м, 47мкм. 29895</t>
   </si>
   <si>
     <t>Используется для упаковки, наклеивания и склеивания поверхностей. Имеет оптимальные характеристики для использования в производственных и бытовых условиях, Высокая механическая прочность, Соответствие всем заявленным характеристикам и параметрам намотки, Клеевой слой обеспечивает прочное сцепление с поверхностью.</t>
   </si>
   <si>
     <t>Скотч</t>
   </si>
   <si>
     <t>370597</t>
   </si>
   <si>
     <t>&lt;a href="/brands/unibob/"&gt;Unibob&lt;/a&gt;</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/06a/f0kfhhcaq30sbasan87f7f4el3mgv4n0.jpg</t>
-[...8 lines deleted...]
-    <t>104194</t>
+    <t>http://anytos.ru//upload/iblock/9c8/155b52bkd31up7ssjuwtoapucdnve93j.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента канцелярская inФОРМАТ 19 мм 28 м  прозр.: S19x28 штр.: 4602723048121</t>
+  </si>
+  <si>
+    <t>Клейкая лента ТМ inФОРМАТ разработана специально для канцелярских нужд. Отвечает всем специфическим требованиям, выдвигаемым к данному виду продукции: обладает исключительной прозрачностью и прочностью при минимальной толщине, не изменяет свой цвет в процессе хранения, не подвергается окислению и старению.•Основа: двуосноориентированный полипропилен•Клеевой слой: акриловая эмульсия на водной основе•Размер - 19 х 28 м•Цвет – прозрачный•Намотка на пластиковое кольцо•Упаковка - термоусадка, столбиком по 8 шт.</t>
+  </si>
+  <si>
+    <t>104195</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9c8/155b52bkd31up7ssjuwtoapucdnve93j.jpg</t>
-[...8 lines deleted...]
-    <t>104195</t>
+    <t>http://anytos.ru//upload/iblock/e26/5n5xp472n71fqsiujnrzur08zj4dn6sr.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента канцелярская KLEBEBANDER 12 мм 20 м  прозр.: TSK109T штр.: 4607104001375</t>
+  </si>
+  <si>
+    <t>Офисная лента является абсолютно прозрачной и подходит для запечатывания и скрепления маленьких объемов. Длительное время прочно держится на любой поверхности.</t>
+  </si>
+  <si>
+    <t>104197</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/klebeband/"&gt;Klebeband&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b93/83th6siytkoshkeg0swhyl999llbxtaf.jpg</t>
   </si>
   <si>
     <t>Клейк.лента канцелярская ЛУЧ 12 мм 10,00 м ассорти 3 шт.: 21С1397-08 штр.: 4601185010004</t>
   </si>
   <si>
     <t>104209</t>
   </si>
   <si>
     <t>&lt;a href="/brands/luch/"&gt;Луч&lt;/a&gt;</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c37/36w1jte7zc0sxwqoifmig3mctviwaa9q.jpg</t>
   </si>
   <si>
     <t>Клейк.лента канцелярская ЛУЧ 12 мм 20 м  прозр.: 18С1205-08 штр.: 4601185007295</t>
   </si>
   <si>
     <t>Офисная прозрачная лента может использоваться для запечатывания и скрепления небольших объемов.&amp;nbsp;&amp;nbsp;Долгое время может прочно держаться.</t>
   </si>
   <si>
     <t>104210</t>
   </si>
   <si>
-    <t>12</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c05/jnmc84miu12fadheuhm2fvur4lulxnsl.jpg</t>
   </si>
   <si>
     <t>Клейк.лента канцелярская ЛУЧ 12 мм 30 м  прозр.: 18С1215-08 штр.: 4601185007301</t>
   </si>
   <si>
     <t>104211</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c4/ujcft39hoiukh8nn3d71lego2zp4l9l8.jpg</t>
   </si>
   <si>
     <t>Клейк.лента канцелярская ЛУЧ 18 мм 20 м  прозр.: 18С1217-08 штр.: 4601185007325</t>
   </si>
   <si>
     <t>104214</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f4f/jn0pin72f439bsb2oz24wjwgwzr2z8zo.jpg</t>
   </si>
   <si>
     <t>Клейк.лента канцелярская ЛУЧ 18 мм 30 м  прозр.: 18С1218-08 штр.: 4601185007332</t>
   </si>
   <si>
     <t>104215</t>
@@ -203,92 +206,80 @@
   <si>
     <t>Клейк.лента спец. inФОРМАТ 38 мм 25,00 м двухстор.: W3825-2S штр.: 4602723027676</t>
   </si>
   <si>
     <t>Двусторонняя клейкая лента на основе полипропилена. Цвет – белый.</t>
   </si>
   <si>
     <t>104229</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/221/d3wup3z3rwsy8m6u0wdtgy8r2unfl8w5.jpg</t>
   </si>
   <si>
     <t>Спец.лента inФОРМАТ 50 мм 10 м двустор.полипропилен   W5010-2S</t>
   </si>
   <si>
     <t>104230</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/316/i55sratxllg7ncag57xy1mb653ad5w0o.jpg</t>
-[...8 lines deleted...]
-    <t>&lt;a href="/brands/klebeband/"&gt;Klebeband&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/cda/76miyq8zpbqsbladv73a0zi6si2kexcz.jpg</t>
+  </si>
+  <si>
+    <t>Спец.лента KLEBEBANDER 38 мм 25 м  двустор.   38х25</t>
+  </si>
+  <si>
+    <t>104232</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c0/txmnfzwzdglkfbx2hw7xyzgvkkx85o26.jpg</t>
+  </si>
+  <si>
+    <t>Спец.лента KLEBEBANDER 50 мм 10 м двустор.полипропилен 50х10</t>
+  </si>
+  <si>
+    <t>104233</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b7/q9ekfg0ljr3crsvl96gqq4p1x1hjhpg2.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента спец. KLEBEBANDER 9 мм 10,00 м двухстор.: 9х10 штр.: 7630014901746</t>
+  </si>
+  <si>
+    <t>104234</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cda/76miyq8zpbqsbladv73a0zi6si2kexcz.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5a8/i4awugnrlpl0t3nfp7rqzb5h3cuksixc.jpg</t>
   </si>
   <si>
     <t>Клейк.лента упак. inФОРМАТ 48 мм 117,00 м 43 мкм прозр.: T48117-03 штр.: 4602723029373</t>
   </si>
   <si>
     <t>Клейкая лента изготовлена из высококачественной полипропиленовой пленки, что гарантирует прочность и защиту от случайных разрывов. Лента надежно крепится к бумаге, картону, пластику, а при необходимости - к стеклу.</t>
   </si>
   <si>
     <t>104237</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/baf/8k0wpi6qp35fnbr8z9g5ppi3yoc7850n.jpg</t>
   </si>
   <si>
     <t>Клейк.лента упак. inФОРМАТ 48 мм 36,00 м 40 мкм прозр.: T4836-01 штр.: 4602723012085</t>
   </si>
   <si>
     <t>104239</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/861/uydhw0wblvfp5f31etgpwyadqriequjy.jpg</t>
@@ -296,71 +287,83 @@
   <si>
     <t>Упак.лента inФОРМАТ 48 мм 57 м 45 мкм прозр.   T4857-02</t>
   </si>
   <si>
     <t>104241</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e8/nx78djqjcwhqjz5zdyohkgau7jpxea7f.jpg</t>
   </si>
   <si>
     <t>Упак.лента inФОРМАТ 50 мм 66 м 40 мкм корич.   N5066-01</t>
   </si>
   <si>
     <t>104242</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ed/v3e9378a2mknr0afn6xd93w6vkfffvov.jpg</t>
   </si>
   <si>
     <t>Клейк.лента упак. inФОРМАТ 50 мм 66,00 м 40 мкм прозр.: T5066-01 штр.: 4602723008736</t>
   </si>
   <si>
     <t>104243</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f59/soo4u22kb21stog7essl1e9lj10irwcp.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5ed/7e98mu4s06k8c4tbxp8yxomvo4e4v5qt.jpg</t>
   </si>
   <si>
     <t>Упак.лента KLEBEBANDER 75 мм 66 м 45 мкм прозр. KB75x66 п</t>
   </si>
   <si>
     <t>Лента упаковочная прозрачная, используется для запечатывания пакетов, коробок. Прочно держится в течение длительного времени.</t>
   </si>
   <si>
     <t>104255</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/305/anglt699t0hooei0o3bm9k0awcn6tsxj.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента упак. ЛУЧ 48 мм 66,00 м 40 мкм прозр.: 18С1214-08 штр.: 4601185007448</t>
+  </si>
+  <si>
+    <t>Упаковочная лента прозрачна и может использоваться для упаковки коробов или же пакетов. Очень прочно держится на протяжении длительного промежутка времени.</t>
+  </si>
+  <si>
+    <t>104265</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/543/vwkposy2a9scglv9khg61fa30wjneb41.jpg</t>
+  </si>
+  <si>
+    <t>Упак.лента ЛУЧ 48 мм 66 м 50 мкм прозр.</t>
+  </si>
+  <si>
+    <t>104267</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/919/gxl7wu5pos2jbixa9c791w4v736oxohr.jpg</t>
   </si>
   <si>
     <t>Спец.лента МАЛЯРНАЯ 50 мм 36 м: 50х40 штр.: 7630014907649</t>
   </si>
   <si>
     <t>Лента используется как защитное средство во время проведения отделочных, малярных, покрасочных и штукатурных работ, а также при лакировке, проводимой внутри помещений. Применяют для получения гладких, ровных линий, а также для того, чтобы не допустить смешения цветов.</t>
   </si>
   <si>
     <t>104272</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b9/k005dxjlwd5yle7o96eo4cpu94m1hyoz.jpg</t>
   </si>
   <si>
     <t>Диспенсер для упаков.кл.ленты KLEBEBANDER 50 мм пластик   ODM001K 24</t>
   </si>
   <si>
     <t>Диспенсер используется для ручной упаковки всевозможных коробок. Он подходит для упаковочной ленты, имеющей диаметр втулки 70 мм и ширину в 50 или 75 мм. Диспенсер имеет нож для легкого обрезания упаковочной ленты, а также механизм натяжения ленты и натяжной ролик.</t>
   </si>
   <si>
     <t>104277</t>
   </si>
   <si>
     <t>Клейкая лента, канцелярская inФОРМАТ 15 мм  x 33 м 10 шт. уп.  S15x33</t>
@@ -389,2219 +392,2228 @@
   <si>
     <t>Клейк.лента упак. inФОРМАТ 48 мм x 66 м 45 мкм прозрачная: Т4866-02 штр.: 4602723080053</t>
   </si>
   <si>
     <t>208756</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/394/76qf8b6kkk7knaeqo9sij4b0die49b6d.jpg</t>
   </si>
   <si>
     <t>Клейк.лента упак. inФОРМАТ 48 мм х 66 м 50 мкм прозрачная: Т4866-04 штр.: 4602723080060</t>
   </si>
   <si>
     <t>208757</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a87/vwlwb5liez96j9q20vzx6amjwvc9geob.jpg</t>
   </si>
   <si>
     <t>Клейк.лента канцелярская ЛУЧ 24мм 50м: 19С 1244-08 штр.: 4601185007158</t>
   </si>
   <si>
     <t>208975</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a33/a33aa6c6d91ee4764c8d69fb4c8fab8b.jpg</t>
+  </si>
+  <si>
+    <t>Стрейч для упаковки паллет, нетто 1 кг., шир 450мм длина 121м, 20 мкм, растяж 180 : СП_1211</t>
+  </si>
+  <si>
+    <t>Стрейч для упаковки паллет, нетто 1 кг., шир 450мм длина 121м, 20 мкм, растяж 180&amp;#37;: СП_1211</t>
+  </si>
+  <si>
+    <t>236430</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f53/f5338cbdce0ba3b5d2e9f3a1c5921e53.jpg</t>
   </si>
   <si>
     <t>Стрейч для упаковки паллет, нетто 2 кг., шир 500мм длина 217м, 20 мкм, растяж 180  : СП_1214</t>
   </si>
   <si>
     <t>Стрейч для упаковки паллет, нетто 2 кг., шир 500мм длина 217м, 20 мкм, растяж 180 &amp;#37;: СП_1214 Стрейч-пленка применяется для обмотки продукции на поддонах &amp;#40;паллетах&amp;#41; и значительно облегчает работу с готовой продукцией на складах или при транспортировке. Стрейч пленка - современный упаковочный материал, обладающий способностью растягиваться &amp;#40;удлинение - до 180&amp;#37;&amp;#41; и возвращаться в исходное состояние. Имеет по сравнению с обычными пленочными материалами повышенную прочность на разрыв, высокую стойкость к проколу, удару, продавливанию.</t>
   </si>
   <si>
     <t>236431</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/372/372993a3928ccec3779c0e7bd2869c37/330b90518ab4540261a6832148e84292.jpg</t>
   </si>
   <si>
     <t>Клейкая лента Attache Selection 2-х сторонняя, переклеиваемая, 25мм Х 12м штр.  4712759908150</t>
   </si>
   <si>
     <t>Клейкая лента двухсторонняя Attache Selection.&amp;lt;br /&amp;gt;Легко переклеивается, не оставляя следов.&amp;lt;br /&amp;gt;Ширина 25 мм&amp;lt;br /&amp;gt;Длина наамотки 12 м</t>
   </si>
   <si>
     <t>248697</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0d2/0d2794546719760998e60c65a261a00d/969b5d5d84822bad371d755592cc0d1b.jpg</t>
-[...11 lines deleted...]
-    <t>56</t>
+    <t>http://anytos.ru//upload/iblock/7d3/7d3dd841e5969391389615ddc4a03af1/b40243dda2529e4bae904cb1cccf7d6c.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская 12х33 12 шт. уп. штр.  4601185011490, 4607104001306, 4680237043481, 7630014901784</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская .Широко используется в бытовой, банковской и офисной сфере. &amp;lt;br /&amp;gt;Типовые характеристики: &amp;lt;br /&amp;gt;тип пленки - полипропилен- &amp;lt;br /&amp;gt;цвет - прозрачный-&amp;lt;br /&amp;gt;тип клея - акриловый-&amp;lt;br /&amp;gt;Размер 12мм х 33 м&amp;lt;br /&amp;gt;Плотность 35 мкм&amp;lt;br /&amp;gt;Упаковка - &amp;quot;башня&amp;quot; из 12 лент</t>
+  </si>
+  <si>
+    <t>248704</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/166/166dd3c122c2739c2bfe233a3663aff2/b1336b55093808343140631139f4f88a.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская 15х10 12 шт. уп. штр.  4607104009500, 4680237010728, 7630014901715</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская .Широко используется в бытовой, банковской и офисной сфере. &amp;lt;br /&amp;gt;Типовые характеристики: &amp;lt;br /&amp;gt;тип пленки - полипропилен- &amp;lt;br /&amp;gt;цвет - прозрачный-&amp;lt;br /&amp;gt;тип клея - акриловый-&amp;lt;br /&amp;gt;Размер 15 мм х 10 м&amp;lt;br /&amp;gt;Плотность 35 мкм&amp;lt;br /&amp;gt;Упаковка - &amp;quot;башня&amp;quot; из 12 лент</t>
   </si>
   <si>
     <t>248705</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/627/627130c5a134cb0ff0248ace009cfaf9/dae64552cfaa04cad5ed7de65163e5ae.jpg</t>
-[...8 lines deleted...]
-    <t>248707</t>
+    <t>http://anytos.ru//upload/iblock/24c/24cc08e1c23675c78fb9831af0041c3c/25e9c0dc70fb47ecc0634d81b9b80ad1.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская 15х33 12 шт. уп. штр.  4607104001320, 4680237010735, 7630014902941</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская .Широко используется в бытовой, банковской и офисной сфере. &amp;lt;br /&amp;gt;Типовые характеристики: &amp;lt;br /&amp;gt;тип пленки - полипропилен- &amp;lt;br /&amp;gt;цвет - прозрачный-&amp;lt;br /&amp;gt;тип клея - акриловый-&amp;lt;br /&amp;gt;Размер 15мм х 33 м&amp;lt;br /&amp;gt;Плотность 35 мкм&amp;lt;br /&amp;gt;Упаковка - &amp;quot;башня&amp;quot; из 12 лент</t>
+  </si>
+  <si>
+    <t>248706</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/895/895b1d3c6de5aadab5410b5521fa4b85/be374645130735c276ddc9670d228c1e.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Attache 15х33 п в штр.  4680237016416, 5624247016416</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская с информационным ярлыком. &amp;lt;br /&amp;gt;Широко используется в бытовой, банковской и офисной сфере.&amp;lt;br /&amp;gt;Информационный ярлык-это замена ярлычка, за который можно отрывать ленту.&amp;lt;br /&amp;gt; На информационном ярлыке нанесены артикул, шрих-код.</t>
+  </si>
+  <si>
+    <t>248722</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e4c/e4c1210188b46ef61ebd9d1e1939be45/f587b0e701c3f8410871aba793e5438e.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Attache 19x33 невидимая, не удаляемая, подвес штр.  4630012132275, 4630012881210</t>
+  </si>
+  <si>
+    <t>Лента канцелярская с матовым покрытием. &amp;lt;br /&amp;gt;После наклеивания практически незаметна.&amp;lt;br /&amp;gt;Не удаляемая.&amp;lt;br /&amp;gt;Ширина: 19 мм &amp;lt;br /&amp;gt;Длина: 33 метра&amp;lt;br /&amp;gt;Плотность: 35 мкм&amp;lt;br /&amp;gt;Намотка точно соответствует заявленной!</t>
+  </si>
+  <si>
+    <t>248723</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/887/8876074164701a2eca7ec8a0f2a92c2c/f35905885104bcf95055e22fd8369da9.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Attache 19x33, подвес штр.  4630012881203, 4680010104392</t>
+  </si>
+  <si>
+    <t>Канцелярская клейкая лента Attache прозрачная используется в офисной, банковской и бытовой сфере. Поставляется в роликах со втулкой. Плотность ленты - 35 мкм. Один ролик шириной 19 мм содержит 33 метра клейкой канцелярской ленты.</t>
+  </si>
+  <si>
+    <t>248724</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca9/ca984c820934729e6cf2c57649a64a29/05fafbe6486219f061689a5bd2f6ba33.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Attache 19х33 п в штр.  4680237016430</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская с информационным ярлыком. &amp;lt;br /&amp;gt;Широко используется в бытовой, банковской и офисной сфере.</t>
+  </si>
+  <si>
+    <t>248728</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/460/46024c6bed1d57985526abc1344d15fd/e0f5915d39a83e0dfb5470281bbe0033.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская KORES 12ммx10м  50112 штр.  9023800501127</t>
+  </si>
+  <si>
+    <t>Крепкая прозрачная клейкая лента.&amp;lt;br /&amp;gt;Не скручивается и не желтеет со временем.&amp;lt;br /&amp;gt;Легко отрывается руками.&amp;lt;br /&amp;gt;Размер 12 мм х 10 м.&amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>248729</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kores/"&gt;KORES&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/19e/19e7bf1ab0efd03d5d6acbdcdcc2a6b4/3eb8c99f0caf79bf6a87c11a7678dd4b.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская KORES 12х33 невидимая  53302 штр.  8412029601199, 9023800533029</t>
+  </si>
+  <si>
+    <t>Клейкая лента Kores Invisible, невидимая на бумаге, предназначена для склеивания порванных денежных купюр, страниц, документов. Лента плотностью 40 мкм легко отрывается руками. Ролик шириной 12 мм содержит 33 м бесцветной матовой ленты. Упакована в пленку.</t>
+  </si>
+  <si>
+    <t>248730</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e65/e6557fabdbf743b00c4889382fd46465/2a8b4c2e51c08c1d4b0a47f397701674.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская KORES 15ммx33м  50315 штр.  9023800503152</t>
+  </si>
+  <si>
+    <t>Крепкая прозрачная клейкая лента.&amp;lt;br /&amp;gt;Не скручивается и не желтеет со временем.&amp;lt;br /&amp;gt;Легко отрывается руками.&amp;lt;br /&amp;gt;Размер 15 мм х 33 м.</t>
+  </si>
+  <si>
+    <t>248731</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a1/2a11215b1c4c035cb3cee4f3dc05b7a4/1466631d5c7dd6d46a54e1fabfe7765b.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская KORES 19х33 невидимая  53319 штр.  9023800533197</t>
+  </si>
+  <si>
+    <t>Невидимая на бумаге клейкая лента &amp;#40;с матовым покрытием&amp;#41;.&amp;lt;br /&amp;gt;Идеально подходит для склеивания порванных документов, страниц, денежных купюр - &amp;lt;br /&amp;gt;после наклейки на бумагу практически незаметна.&amp;lt;br /&amp;gt;Размер 19 мм х 33 м&amp;lt;br /&amp;gt;Легко отрывается руками.&amp;lt;br /&amp;gt;На ней можно писать.</t>
+  </si>
+  <si>
+    <t>248733</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc5/bc547bc846843d8fc12218f92acb1d52/f5b86271a1f27bc80cc8a4cf8cef7954.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская KORES двусторонняя 15х5  55515 штр.  9023800555151</t>
+  </si>
+  <si>
+    <t>Двусторонняя клейкая лента Kores может применяться для приклеивания документов и фотографий на любые поверхности, при удалении не оставляет следов. Толщина бесцветной ленты составляет 40 мкм. В упаковке поставляется один ролик шириной 15 мм, который содержит 5 м ленты. Основа ленты - полипропилен.</t>
+  </si>
+  <si>
+    <t>248737</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/096/09672492953e3c3fc45c2ca4ca957df7/b1337c7db779aeb6c380dc00bb011b06.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская KORES двусторонняя 30х5  55530 штр.  9023800555304</t>
+  </si>
+  <si>
+    <t>Двусторонняя клейкая лента Kores может применяться для приклеивания документов и фотографий на любые поверхности, при удалении не оставляет следов. Толщина бесцветной ленты составляет 40 мкм. В упаковке поставляется один ролик шириной 30 мм, который содержит 5 м ленты.</t>
+  </si>
+  <si>
+    <t>248738</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7de/391crx1vx7h8vr6ib9l6ox1q3eickmhf.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента канцелярская inФОРМАТ 12 мм х 33 м 12шт. уп.: S12x33 штр.: 4602723088127</t>
+  </si>
+  <si>
+    <t>Клейкая лента широко используется в бытовой, банковской и офисной сфере. Обладает исключительной прозрачностью и прочностью при минимальной толщине, не изменяет свой цвет в процессе хранения, не подвергается окислению.Особенности:- основа состоит из двуосноориентированного полипропилена- клеевой слой состоит из акриловой эмульсии на водной основе- упаковка в термоусадке по 12 штук.</t>
+  </si>
+  <si>
+    <t>331212</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e9/9e97e2085102565240d596cb2fe5bd89/0f475e7e7be4ac36aaa7974bb2ae908f.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для клейкой ленты упаковочной Attache Selection 50 мм 971603</t>
+  </si>
+  <si>
+    <t>Диспенсер для клейкой ленты упаковочной Attache Selection 50 мм</t>
+  </si>
+  <si>
+    <t>335705</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a9/0a92659f28b4f3d43965d070772a7c8b.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя 50мм 25м, основа полипропилен 974523</t>
+  </si>
+  <si>
+    <t>337367</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f9/2f908d9ed1fed22cfb213bd3bb5b2d73.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер настольный для канцелярской клейкой ленты, ассорти: FSd_00029 штр.: 4260107478942</t>
+  </si>
+  <si>
+    <t>Массивный настольный диспенсер для клейких лент шириной до 19 мм. Для удобства использования оснащен утяжеленным дном и противоскользящим основанием. Оснащен металлическим ножом для отрезания ленты. Идеально подходит для офиса и дома. Отпускается только упаковкой в картонную коробку.</t>
+  </si>
+  <si>
+    <t>337441</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/62b/62b2eb3c7c2ebcb2eec3807d6f416ebb.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер настольный для канцелярской клейкой ленты, черный: FSd_00021 штр.: 4260107479109</t>
+  </si>
+  <si>
+    <t>337442</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e4c/e4cec8f7fb64863fcfe717c75aeb21d8.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 12мм 33м, Berlingo, кристально-прозрачная. CT_1230</t>
+  </si>
+  <si>
+    <t>Клейкая канцелярская лента. Кристально-прозрачная. Промежуточная упаковка в плёнку 12 шт.</t>
+  </si>
+  <si>
+    <t>349468</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e91/e9171dab420ee119c12e672b32cdb9db.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 19мм 33м, Berlingo, кристально-прозрачная. CT_1930</t>
+  </si>
+  <si>
+    <t>Клейкая канцелярская лента. Кристально прозрачная. Промежуточная упаковка в плёнку 8 шт.</t>
+  </si>
+  <si>
+    <t>349470</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/876/87633c4bc1bf678ce64c60d47c6057fa.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная Unibob, 48мм 66м, 40мкм 29343</t>
+  </si>
+  <si>
+    <t>Используется для упаковки, наклеивания и склеивания поверхностей.</t>
+  </si>
+  <si>
+    <t>349665</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/69e/69e7afbd856fd936828b8811852b8181.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 12мм 21м, OfficeSpace, прозрачная КЛ_9350</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская подойдет для решения большинства задач в офисе, школе и дома, связанных с упаковкой, запечатыванием, мелким ремонтом и творчеством.</t>
+  </si>
+  <si>
+    <t>350395</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/660/6602f9b7cd5ef34a462e723843d9f568.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя Berlingo, 50мм 8м, на вспененной основе, 1мм. FSn_508033</t>
+  </si>
+  <si>
+    <t>Двусторонняя лента Berlingo общего назначения позволяет быстро и легко выполнить соединие предметов из металла, пластика, стекла, керамики, дерева&amp;nbsp;&amp;nbsp;и т.д.&amp;nbsp;&amp;nbsp; Предназначена для работы с неровными&amp;nbsp;&amp;nbsp;и шероховатыми поверхностями, не оставляет следов.</t>
+  </si>
+  <si>
+    <t>355292</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c80/c800a17b89282ff0491a01a9f889902a.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя Berlingo, 15мм 2м, на вспененной основе, 1мм, блистер. FSn_152033</t>
+  </si>
+  <si>
+    <t>355293</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/16e/16e6cb8627e1bd6816bf9820e50b9483.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя Berlingo, 25мм 8м, на вспененной основе, 1мм. FSn_258033</t>
+  </si>
+  <si>
+    <t>355294</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a32/a3239a80cb917fe306bbbee888bb1a58.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя Berlingo, 38мм 8м, основа-полипропилен. FSn_380812</t>
+  </si>
+  <si>
+    <t>Двусторонняя лента Berlingo общего назначения позволяет быстро и легко выполнить оформительские работы или мелкий ремонт, прикрепить плакаты, постеры, знаки и таблички. Предназначена для работы с гладкими поверхностями, не оставляет следов.</t>
+  </si>
+  <si>
+    <t>355295</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e3/7e37d24d345f267abd892a8fc12efe51.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 19мм 33м, Unibob, невидимая, матовая, картонная упаковка, европодвес. 51713</t>
+  </si>
+  <si>
+    <t>Матовая&amp;nbsp;&amp;nbsp;канцелярская клейкая лента идеально подходит для склеивания документов, денежных купюр, бумаг.</t>
+  </si>
+  <si>
+    <t>357007</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0c1/0c11b704911a5c5400dad5bb0ec7fcef.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная OfficeSpace, 48мм 40м, 45мкм, черная, ШК. КЛ_18878</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента черного цвета применяется для упаковки и маркировки. Надежно скрепляет бумагу, фотографии, картон. Может использоваться как в быту, так и в различных отраслях промышленности</t>
+  </si>
+  <si>
+    <t>357636</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ea/9eacc02ba649c79e758cfab0d9e5bb02.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер настольный Berlingo для канцелярской клейкой ленты, ассорти. FSd_00039</t>
+  </si>
+  <si>
+    <t>Настольный диспенсер для клейких лент шириной до 19 мм. Для удобства использования оснащен утяжеленным дном и противоскользящим основанием. Оснащен металлическим ножом для отрезания ленты. Идеально подходит для офиса и дома. Упаковка в картонную коробку.</t>
+  </si>
+  <si>
+    <t>360211</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af2/af2d34a1872541b2cb491da20d062bd4.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная Unibob, 48мм 132м, 45мкм. 29351</t>
+  </si>
+  <si>
+    <t>366058</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/416/416d2ff41b36702c636142ef07768bb3.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная Unibob, 48мм 198м, 45мкм. 83412</t>
+  </si>
+  <si>
+    <t>367175</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6cc/6ccc3abd1f20407d30ff7c3da21f6c7e.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная OfficeSpace, 48мм 200м, 40мкм, прозрачная, инд.упаковка. КЛ_22060</t>
+  </si>
+  <si>
+    <t>Применяется с целью упаковки, наклеивания или склеивания поверхностей. Надежно скрепляет. Может использоваться как в быту, так и в различных отраслях промышленности.</t>
+  </si>
+  <si>
+    <t>367299</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba5/ba567683770de60814acc0ca8b2b34aa.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя Aviora, 24мм 2м, на вспененной основе, блистер. 302-016</t>
+  </si>
+  <si>
+    <t>Двусторонняя клейкая лента на вспененной основе используется на шершавых, грубых, неплоских поверхностях, рекомендована для крепления предметов и материалов на вертикальных поверхностях. Благодаря тому, что основа ленты имеет значительную толщину и специализированный клеевой слой, отличающийся очень высокой степенью адгезии, лента обладает повышенной мягкостью и гибкостью &amp;#40;по сравнению с аналогичными&amp;#41;, обеспечивает быстрое и удобное соединение различных материалов. Лента заполняет все неровности, тем самым увеличивая площадь и качество сцепления.</t>
+  </si>
+  <si>
+    <t>370229</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/aviora/"&gt;Aviora&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7d6/7d619a69535124e3d23e96d1376671b5.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная Unibob, 48мм 66м, 45мкм, белая. 30270</t>
+  </si>
+  <si>
+    <t>Используется для упаковки, наклеивания и склеивания поверхностей. Имеет оптимальные характеристики для использования в производственных и бытовых условиях, Использование цветной клейкой ленты позволяет производить дополнительную маркировку предметов, Высокая механическая прочность, Соответствие всем заявленным характеристикам и параметрам намотки, Клеевой слой обеспечивает прочное сцепление с поверхностью.</t>
+  </si>
+  <si>
+    <t>370591</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/07f/07f0884509e94a94ddb169f2df193ee7.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная Unibob, 48мм 66м, 45мкм, желтая. 30269</t>
+  </si>
+  <si>
+    <t>370592</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/13e/22quk9ieky1v812rexilnf9kix27m0z8.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная Unibob, 48мм 66м, 45мкм, зеленая. 30488</t>
+  </si>
+  <si>
+    <t>370593</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc6/fc6021bd324c403f17904802590a3a92/510d348b231302ce3fe1540fdf90bc8c.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Attache 12х21 п в 12шт уп</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Attache 12х21 п/в 12шт/уп</t>
+  </si>
+  <si>
+    <t>376780</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53a/53a9e0e3c905771c8d6c0862e256f884/e1494320348b0689b1db59228ce2123c.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Attache 15х20 п в 10шт уп</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Attache 15х20 п/в 10шт/уп</t>
+  </si>
+  <si>
+    <t>376783</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9de/9de1ef86bb8bfa0a4d5684dc62d32615.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Attache Selection 15х33 кристальная 4 шт. уп.</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Attache Selection 15х33 кристальная 4 шт./уп.</t>
+  </si>
+  <si>
+    <t>376789</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8be/8be445e536478e81d65bd67331f4eff3/c58dd2e2f7e55ac768988bb966285466.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Attache Selection 19х10 кристальная 4 шт. уп.</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Attache Selection 19х10 кристальная 4 шт./уп.</t>
+  </si>
+  <si>
+    <t>376790</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/267/26762c80dcb6c12b7640c975896670d7/58641cc788e82ce1ae54c3d7f2cc7fa8.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Attache Selection 19х33 кристальная 4 шт. уп.</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Attache Selection 19х33 кристальная 4 шт./уп.</t>
+  </si>
+  <si>
+    <t>376791</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/017/017a1e3d41d2be95bd6317aee8d90b8e/857917fb9bd68d9e3a77c1209767f37a.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента  малярная  19ммх50м, крепированная</t>
+  </si>
+  <si>
+    <t>Клейкая лента&amp;nbsp;&amp;nbsp;малярная&amp;nbsp;&amp;nbsp;19ммх50м, крепированная</t>
+  </si>
+  <si>
+    <t>379699</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/560/560e74b86a388b9809289a8f25fa3c37/72d6cee66e1e0794d8d3bb9044a79e2b.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента  малярная  38ммх50м, крепированная</t>
+  </si>
+  <si>
+    <t>Клейкая лента&amp;nbsp;&amp;nbsp;малярная&amp;nbsp;&amp;nbsp;38ммх50м, крепированная</t>
+  </si>
+  <si>
+    <t>379700</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/744/744a96a463284910290e6ab683fac86f/7818b2b9242a6eb4cd314d890fa44952.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента бумажная  малярная  48х19</t>
+  </si>
+  <si>
+    <t>Клейкая лента бумажная &amp;#40;малярная&amp;#41; 48х19</t>
+  </si>
+  <si>
+    <t>379702</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c00/c0021c04c3fac964e0ecdea38bae061f.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента бумажная  малярная  48х50</t>
+  </si>
+  <si>
+    <t>Клейкая лента бумажная &amp;#40;малярная&amp;#41; 48х50</t>
+  </si>
+  <si>
+    <t>379703</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/102/1027c0be9bedfc6a9699b73541066215/211e2d3ed00a477ab65034ad857223d6.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента бумажная  малярная  Комус 38мм х 19м</t>
+  </si>
+  <si>
+    <t>Клейкая лента бумажная &amp;#40;малярная&amp;#41; Комус 38мм х 19м</t>
+  </si>
+  <si>
+    <t>379705</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cfd/cfd7822653f72c767b2963882d0adb57/bcb7930b7f3ebf91960f72d2890a2aab.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента бумажная  малярная  Комус 48мм х 19м</t>
+  </si>
+  <si>
+    <t>Клейкая лента бумажная &amp;#40;малярная&amp;#41; Комус 48мм х 19м</t>
+  </si>
+  <si>
+    <t>379706</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/059/a2j4k084kn85n2q04hk0nf6ztthapwow.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двухсторонняя 12 мм х 10 м, БУМАЖНАЯ ОСНОВА, гарантия длины, подвес, BRAUBERG, 227267</t>
+  </si>
+  <si>
+    <t>Двухсторонняя клейкая лента BRAUBERG на бумажной основе применяется для оформления, упаковки подарков, детского творчества, закрепления постеров. Изготовлена на основе бумаги с акриловым клеевым слоем. Длина - 10 м, ширина - 12 мм, толщина- 80 мкм. Лента на бумажной основе широко используется при работе в типографии, при отделочных работах, для запечатывания конвертов, для приклеивания фотографий, хорошо рвётся без использования ножниц или ножа. Рабочая температура: от -5°С до &amp;#43;50°С градусов. Упакована в термоусадочную пленку с этикеткой на каждом ролике.</t>
+  </si>
+  <si>
+    <t>387060</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/740/v91kecaxe24x23i1f9txdyxf6ma8f92j.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двухсторонняя 19 мм х 10 м, БУМАЖНАЯ ОСНОВА, гарантия длины, подвес, BRAUBERG, 227268</t>
+  </si>
+  <si>
+    <t>Двухсторонняя клейкая лента BRAUBERG на бумажной основе применяется для работ с оформлением, упаковки подарков, детского творчества, закрепления постеров. Изготовлена на основе бумаги с акриловым клеевым слоем. Длина - 10 м, ширина - 19 мм, толщина - 80 мкм. Применение ленты на бумажной основе широко используется при работе в типографии, при отделочных работах, для запечатывания конвертов, для приклеивания фотографий, хорошо рвётся без использования ножниц или ножа. Рабочая температура: от -5°С до &amp;#43;50°С. Упакована в термоусадочную пленку с этикеткой на каждом ролике.</t>
+  </si>
+  <si>
+    <t>387062</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/013/9s8o1aiss6noe987gr5qc3mp4qeodphv.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двухсторонняя 19 мм х 3,5 м, ТОЛСТАЯ ОСНОВА  вспененный ПЭ , 1 мм, подвес, BRAUBERG, 228326</t>
+  </si>
+  <si>
+    <t>Двухсторонняя клейкая лента BRAUBERG на основе вспененного полиэтилена применяется во время мотажных работ внутри помещений, при строительных, и автомобильных работах. Изготовлена на основе ЭВА. Длина - 3.5 м, ширина - 19 мм, толщина - 1000 мкм, цвет - белый. Лента с клеевым слоем обеспечивает отличную адгезию скрепления пластиковых профилей, металлических пластинок, панелей, табличек, эмблем, ценников, керамики, дерева, картона. Рабочая температура: от -10 до &amp;#43;50 градусов. Упакована в термоусадочную пленку с этикеткой на каждом ролике.</t>
+  </si>
+  <si>
+    <t>387063</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/025/b3o169jj5gglo1stc13bfvv0k9we62ga.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная креппированная 19 мм х 50 м  реальная длина , профессиональная, BRAUBERG, 228085</t>
+  </si>
+  <si>
+    <t>Малярная клейкая лента BRAUBERG на бумажной основе находит широкое применение при проведении штукатурных и лакокрасочных работ, а также используется в быту для заклейки окон. Изготовлена из крепированной бумаги белого цвета толщиной 125 мкм. Малярная клейкая лента длиной 50 м и шириной 19 мм легко удаляется с поверхности, не оставляя следов. На поверхности ленты можно делать надписи. Может использоваться художниками для крепления бумаги к планшету, а также для маскировки участков работы, которые нужно защитить от окрашивания.Легко отрывается без использования ножниц. Клеевой слой - натуральный каучук на основе растворителя. Малярная лента влагостойкая, обеспечивает отличную адгезию с разными типами поверхности. Рабочая температура: от &amp;#43;10 °С до &amp;#43;60 °С. Упакована в термоусадочную пленку с этикеткой на каждом ролике..</t>
+  </si>
+  <si>
+    <t>387065</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/caa/93gni5uigjzj1wh2szzuu07q9olqh8ua.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная креппированная 25 мм х 50 м  реальная длина , профессиональная, BRAUBERG, 228086</t>
+  </si>
+  <si>
+    <t>Малярная клейкая лента BRAUBERG на бумажной основе находит широкое применение при проведении штукатурных и лакокрасочных работ, а также используется в быту для заклейки окон. Изготовлена из крепированной бумаги белого цвета толщиной 125 мкм. Малярная клейкая лента длиной 50 м и шириной 25 мм легко удаляется с поверхности, не оставляя следов. На поверхности ленты можно делать надписи. Легко отрывается без использования ножниц. Может использоваться художниками для крепления бумаги к планшету, а также для маскировки участков работы, которые нужно защитить от окрашивания.Клеевой слой - натуральный каучук на основе растворителя. Малярная лента влагостойкая, обеспечивает отличную адгезию с разными типами поверхности. Рабочая температура: от &amp;#43;10 °С до &amp;#43;60 °С. Упакована в термоусадочную пленку с этикеткой на каждом ролике.</t>
+  </si>
+  <si>
+    <t>387066</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0d/q6ka2r3h2ozcaq1agskc5jopgxsm3mpd.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм x 40 м, прозрачная, 40 мкм, STAFF, 440087</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента STAFF используется в образовательных организациях и офисах, в быту, в торговле и промышленности, незаменима в качестве упаковочного материала. Толщина скотча 40 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 40 м хватит на продолжительное время. Цвет - прозрачный.</t>
+  </si>
+  <si>
+    <t>387067</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/851/kzfkxgwdtfrgk41ulqts2k3jkt7kkp76.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм х 100 м, КОРИЧНЕВАЯ, гарантированная длина, 45 мкм, BRAUBERG, 221688</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 100 м хватит на продолжительное время. Цвет - коричневый.</t>
+  </si>
+  <si>
+    <t>387068</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c7/o8l23mki0pc2r2jf27cpmb2shr0wdk9n.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм х 100 м, прозрачная, гарантированная длина, 45 мкм, BRAUBERG, 221109</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 100 м хватит на продолжительное время. Цвет - прозрачный. Обеспечить надёжную и качественную упаковку любых видов грузов сможет клейкая лента BRAUBERG.</t>
+  </si>
+  <si>
+    <t>387069</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc1/q0urbf5g8bq5byybnd18m107lfbay1qy.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм х 200 м, прозрачная, гарантированная длина, 45 мкм, BRAUBERG, 440089</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 200 м хватит на продолжительное время. Цвет - прозрачный.</t>
+  </si>
+  <si>
+    <t>387071</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/18b/tyn6lr99bv1ohu5tabs1ybsk4i2fjgtg.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм х 66 м, белая, надпись quot;ЖИДКОЕ quot;, 45 мкм, BRAUBERG, 440127</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - белый.</t>
+  </si>
+  <si>
+    <t>387074</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8c9/r8ok7f5g1jb02p9ld3tou3fljy2fyo6o.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм х 66 м, ЖЕЛТАЯ, гарантированная длина, 45 мкм, BRAUBERG, 440141</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - желтый.</t>
+  </si>
+  <si>
+    <t>387075</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/093/268z5xn6cu6rx6wyrkbt443yj60fiy4r.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм х 66 м, ЗЕЛЕНАЯ, гарантированная длина, 45 мкм, BRAUBERG, 440073</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - зеленый.</t>
+  </si>
+  <si>
+    <t>387076</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/774/hsgd37cfcy1z2tgjqrhza98lyo66a5pa.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм х 66 м, КОРИЧНЕВАЯ, 45 мкм, UNIBOB 600, 29342</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента UNIBOB активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - коричневый.</t>
+  </si>
+  <si>
+    <t>387077</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/40a/xszmr25ii5dprndmwbkz7f4jv1wz71eo.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм х 66 м, КОРИЧНЕВАЯ, гарантированная длина, 45 мкм, BRAUBERG, 221687</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - коричневый.</t>
+  </si>
+  <si>
+    <t>387078</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9fe/dybbrcgv6in9dhqh89ltx0b08t6rg7p8.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм х 66 м, КРАСНАЯ, гарантированная длина, 45 мкм, BRAUBERG, 440074</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - красный.</t>
+  </si>
+  <si>
+    <t>387079</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c75/p8j3s62tdca30izfggeves9rbt7tdq39.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм х 66 м, прозрачная, 45 мкм, UNIBOB 600, 29341</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента UNIBOB активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - прозрачный.</t>
+  </si>
+  <si>
+    <t>387081</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/309/pukepl1bztmticggfeiiec1n6zzj5lc3.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм х 66 м, прозрачная, гарантированная длина, 45 мкм, BRAUBERG, 221108</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - прозрачный.</t>
+  </si>
+  <si>
+    <t>387082</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d73/tsvycmasxwtfm8qcsmmx7ykftky8bnhp.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм х 66 м, прозрачная, с индивидуальным стикером, 40 мкм, UNIBOB 400, 31245</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента UNIBOB активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Толщина скотча 40 мкм позволяет выдерживать вес коробки 10-12 кг. Клейкой ленты шириной 48 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - прозрачный.</t>
+  </si>
+  <si>
+    <t>387084</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f47/defibzr6ebvb9ckljg7i2tu6zi2ebm61.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм х 66 м, СИНЯЯ, гарантированная длина, 45 мкм, BRAUBERG, 440076</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - синий.</t>
+  </si>
+  <si>
+    <t>387085</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e10/ve7fqg85nxt2iyoueq9l49mj40j4urhk.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 50 мм x 66 м, прозрачная, 40 мкм, STAFF, 440082</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента STAFF используется в образовательных организациях и офисах, в быту, в торговле и промышленности, незаменима в качестве упаковочного материала. Толщина скотча 40 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 50 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - прозрачный.</t>
+  </si>
+  <si>
+    <t>387086</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a90/zpbbm7j0ffmf882j3ym3qgezaicjtibe.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 50 мм х 66 м, КОРИЧНЕВАЯ, УСИЛЕННАЯ, МОРОЗОСТОЙКАЯ, 50 мкм, BRAUBERG, 440113</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 50 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 50 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - коричневый.</t>
+  </si>
+  <si>
+    <t>387087</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/69c/lxw181hsl2btn3a4l2vvi4mtbzq92t44.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 50 мм х 66 м, прозрачная, УСИЛЕННАЯ, МОРОЗОСТОЙКАЯ, 50 мкм, BRAUBERG, 440112</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 50 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - прозрачный.</t>
+  </si>
+  <si>
+    <t>387088</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad6/ftb5bba1kjernn3d2jnng7iyx7q3zt9h.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 72 мм x 66 м, прозрачная, 40 мкм, STAFF, 440088</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента STAFF используется в образовательных организациях и офисах, в быту, в торговле и промышленности, незаменима в качестве упаковочного материала. Толщина скотча 40 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 72 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - прозрачный.</t>
+  </si>
+  <si>
+    <t>387090</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2e6/8w2am87cz5b5csahbftf7bv9wrdzv5ct.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 72 мм х 66 м, прозрачная, 45 мкм, UNIBOB, 29357</t>
+  </si>
+  <si>
+    <t>387092</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca6/8x1yadb8xfsh31mjdxuyfz8mths8rhk3.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 72 мм х 66 м, прозрачная, гарантированная длина, 45 мкм, BRAUBERG, 440077</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 72 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - прозрачный.</t>
+  </si>
+  <si>
+    <t>387093</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/183/u2wil3a2mrsekhvcqo2c1uksgkqi780h.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие ленты упаковочные 48 мм х 200 м, КОМПЛЕКТ 4 шт., прозрачная, гарантированная длина, 45 мкм, BRAUBERG, 440078</t>
+  </si>
+  <si>
+    <t>387095</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/21c/ng7vrytjbn46i2x14l3cjqxxd59a5d0z.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие ленты упаковочные 48 мм х 66 м, КОМПЛЕКТ 6 шт., прозрачные, гарантированная длина, 45 мкм, BRAUBERG, 440071</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 60 м хватит на продолжительное время. Цвет - прозрачный.</t>
+  </si>
+  <si>
+    <t>387096</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef4/ef4b1daac07822a302b07df5fe10e770.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная Unibob, 50мм 66м, 50мкм. 29902</t>
+  </si>
+  <si>
+    <t>Используется для упаковки, наклеивания и склеивания поверхностей. Имеет оптимальные характеристики для использования в производственных и бытовых условиях,&amp;nbsp;&amp;nbsp;Высокая механическая прочность, Соответствие всем заявленным характеристикам и параметрам намотки, Клеевой слой обеспечивает прочное сцепление с поверхностью.</t>
+  </si>
+  <si>
+    <t>393794</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d6/2d69db0a492d04522e09c352209cf828/2d9ff7a6b138f311569c436e26f27520.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 75мм х 66м 47мкм коричневая Россия 6 шт уп</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 75мм х 66м 47мкм коричневая Россия 6 шт/уп</t>
+  </si>
+  <si>
+    <t>416201</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec2/ec2a777364ee1bd2dbd0cd164685d34c/9320d71e1ac6eae645d40a6d50401aa4.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 75мм х 66м 47мкм прозрачная Россия 6 шт уп</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 75мм х 66м 47мкм прозрачная Россия 6 шт/уп</t>
+  </si>
+  <si>
+    <t>416202</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/244/2442aafd503dbd29f70088035eba8512/df1c8ef45180a5b1e4b91e5c48fc54c6.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная Attache 48мм х 45м 40мкм прозрачная 6 шт уп</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная Attache 48мм х 45м 40мкм прозрачная 6 шт/уп</t>
+  </si>
+  <si>
+    <t>416203</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1b7/1b75621a22fdae6d6012dd1c9e535c18/f285576a00900ef025f8fcbd3b4079bd.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 60м 40мкм прозрачная 6 шт уп</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 60м 40мкм прозрачная 6 шт/уп</t>
+  </si>
+  <si>
+    <t>416204</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9be/6zah49ke7eb07rffpzpyveb0jn6kglvz.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для клейкой ленты BRAUBERG настольный, утяжеленный, средний, салатовый, 11,8х5х5 см, 440143</t>
+  </si>
+  <si>
+    <t>Диспенсер BRAUBERG предназначен для облегчения использования клейкой ленты. Упрощает процесс упаковки предметов, незаменим при большом объеме работ. Может применяться как для офисных, так и бытовых нужд. Диспенсер с настольным типом размещения имеет основание с нескользящим покрытием и утяжелен песком. Изготовлен из ударопрочного пластика. Подходит для ленты шириной до 20 мм &amp;#40;в комплект не входит&amp;#41;.</t>
+  </si>
+  <si>
+    <t>426446</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be7/r9oq2svv5wrwhy6qm5a5w92ryo3nad2o.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 19 мм х 33 м НЕВИДИМАЯ, BRAUBERG, матовая, европодвес, 227257</t>
+  </si>
+  <si>
+    <t>Канцелярская клейкая лента BRAUBERG разработана специально для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет гарантированную длину 33 м и ширину 19 мм и обладает высокой клеящей способностью. Отличается прозрачностью и прочностью 35 мкм. Невидимая и матовая. Не скручивается и не желтеет со временем. Для производства канцелярских лент используется сырьё с клеем на основе акриловой эмульсии. Поставляется в картонной коробке.</t>
+  </si>
+  <si>
+    <t>426447</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d9/sdcklie53r7rdfwofa1c7ol4f23kn24w.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие ленты 15 мм х 10 м канцелярские BRAUBERG, комплект 10 шт., прозрачные, гарантированная длина, 227258</t>
+  </si>
+  <si>
+    <t>Канцелярская клейкая лента BRAUBERG разработана специально для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет гарантированную длину 10 м и ширину 15 мм и обладает высокой клеящей способностью. Отличается прозрачностью и прочностью 35 мкм. Полуматовая. Упаковка — термоусадка из 10 роликов.</t>
+  </si>
+  <si>
+    <t>426448</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a8b/w33f67hc1mr5j50w0rot24kuvm2zkpg4.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 12 мм х 10 м в диспенсере  тонированный серый , BRAUBERG, 227263</t>
+  </si>
+  <si>
+    <t>Канцелярская клейкая лента в компактном диспенсере BRAUBERG классической формы. Разработаны специально для канцелярских нужд. Широко используются в бытовой, банковской и офисной сфере. Диспенсер снабжен стальным ножом для отрезания ленты. Подходит для канцелярских клейких лент любого типа шириной до 19 мм с диаметром сердечника 25,4 мм и длиной намотки до 33 м. Канцелярская клейкая лента имеет гарантированную длину 10 м и ширину 12 мм и обладает высокой клеящей способностью. Отличается прозрачностью и прочностью 35 мкм. Полуматовая. Упаковка — картонный подвес из 1 ролика.</t>
+  </si>
+  <si>
+    <t>426451</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2f/803kep8e3rnv7xilkjf1lnykj0capxqo.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 19 мм х 10 м в диспенсере  тонированный серый , BRAUBERG, 227265</t>
+  </si>
+  <si>
+    <t>Канцелярская клейкая лента в компактном диспенсере BRAUBERG классической формы. Разработаны специально для канцелярских нужд. Широко используются в бытовой, банковской и офисной сфере. Диспенсер снабжен стальным ножом для отрезания ленты. Подходит для канцелярских клейких лент любого типа шириной до 19 мм с диаметром сердечника 25,4 мм и длиной намотки до 33 м. Канцелярская клейкая лента имеет гарантированную длину 10 м и ширину 19 мм и обладает высокой клеящей способностью. Отличается прозрачностью и прочностью 35 мкм. Полуматовая. Упаковка — картонный подвес из 1 ролика.</t>
+  </si>
+  <si>
+    <t>426453</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/483/4839a7019e19a44336f9e2fde9fd5d7c.jpeg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 19мм 20м, OfficeSpace, прозрачная, в пластиковом диспенсере, европодвес</t>
+  </si>
+  <si>
+    <t>Прозрачная клейкая лента в пластиковом диспенсере. Ширина - 19мм. Намотка - 20м.</t>
+  </si>
+  <si>
+    <t>427405</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/968/bjyhkrfka9f5gl7wswuyltdheilw252k.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 12 мм х 33 м НЕВИДИМАЯ, BRAUBERG, матовая, европодвес, 227256</t>
+  </si>
+  <si>
+    <t>Матовая клейкая лента BRAUBERG разработана специально для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет гарантированную длину 33 м и ширину 12 мм и обладает высокой клеящей способностью и прочностью 35 мкм. Невидимая и матовая. Не скручивается и не желтеет со временем. Для производства канцелярских лент используется сырьё с клеем на основе акриловой эмульсии. Поставляется в картонной коробке.</t>
+  </si>
+  <si>
+    <t>434617</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0fc/4u2kocpz4z1ueerwi1s6fd4cpexm70l1.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие ленты 19 мм х 33 м КРИСТАЛЬНЫЕ, BRAUBERG, КОМПЛЕКТ 2 шт., европодвес, 227261</t>
+  </si>
+  <si>
+    <t>Канцелярская клейкая лента BRAUBERG разработана специально для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет длину 33 м и ширину 19 мм и обладает высокой клеящей способностью. Обладает высокой клеящей способностью и прочностью 35 мкм. Кристально-прозрачная. В комплекте - 2 штуки.</t>
+  </si>
+  <si>
+    <t>434618</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e8/nbsyijvruq6ri6klu3pcs5twrqg0jvvx.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая двухсторонняя лента 50 мм х 25 м, ТОНКАЯ ОСНОВА полипропилен, UNIBOB, 28212</t>
+  </si>
+  <si>
+    <t>Двухсторонняя лента применяется при проведении ремонтных, монтажных, кровельных, отделочных работ для склеивания поверхностей между собой. Двухсторонняя клейкая лента обладает множеством достоинств, поэтому активно применяется во множестве сфер. К преимуществам относятся:- удобство использования;- надежность;- прочность;- экономичный расход;- невысокая стоимость;- устойчивость к воздействию ультрафиолетовых лучей, влаги, температуры, растворителей;- долговечность;- герметичность.</t>
+  </si>
+  <si>
+    <t>434620</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/82b/gchdeyy005yja57ylywrzb0rik9ugmiw.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная, 48 мм х 66 м, ОРАНЖЕВАЯ, толщина 45 микрон, BRAUBERG, 440154</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента BRAUBERG предназначена для склеивания гладких поверхностей. Применяется для упаковки, а также для ремонтных и оформительских работ. Имеет гарантированную длину 66 м и ширину 48 мм и обладает высокой клеящей способностью. Толщина ленты - 45 микрон.</t>
+  </si>
+  <si>
+    <t>434624</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5bd/63zqxwghgptgeoar0ja2jge4izopi0m1.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная, 48 мм х 66 м, ЧЕРНАЯ, толщина 45 микрон, BRAUBERG, 440155</t>
+  </si>
+  <si>
+    <t>434625</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/952/by1br0d7fqokaw0rk9cy50tgwpawv5rt.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм х 66 м, БЕЛАЯ, толщина 45 микрон, BRAUBERG, 440158</t>
+  </si>
+  <si>
+    <t>434626</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/931/9314930ba80cc4f4086574267cf174a0.jpeg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 19мм 33м, Berlingo, кристально-прозрачная с неоновой втулкой</t>
+  </si>
+  <si>
+    <t>Кристально-прозрачная клейкая лента с неоновой втулкой. Предназначена для упаковочных работ, прекрасно скрепляет бумагу, неплотный картон, фотографии, а также тонкую подарочную бумагу, фольгу. Упакована по 8 шт в термоусадочную пленку. Длина намотки -33м Ширина ленты - 19мм Толщина&amp;nbsp;&amp;nbsp;- 40 мкм</t>
+  </si>
+  <si>
+    <t>446994</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/080/0809d454034d69269b4269bc53092088.jpeg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 19мм 33м, Berlingo, прозрачная, в пакете, с ШК</t>
+  </si>
+  <si>
+    <t>Клейкая канцелярская лента.&amp;nbsp;&amp;nbsp;Предназначена для упаковочных работ, прекрасно скрепляет бумагу, неплотный картон, фотографии, а также тонкую подарочную бумагу, фольгу. Упакована в индивидуальный пакет с европодвесом и ШК на упаковке.&amp;nbsp;&amp;nbsp;Длина намотки -33м Ширина ленты - 19мм Толщина&amp;nbsp;&amp;nbsp;- 38 мкм</t>
+  </si>
+  <si>
+    <t>446995</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1d/en3e52gej3oeiw1wqaz4ptrfwasxpl9o.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная крепированная 25 мм x 25 м, STAFF, 229058</t>
+  </si>
+  <si>
+    <t>Малярная лента STAFF на бумажной основе находит широкое применение при проведении штукатурных и лакокрасочных работ, а также используется в быту для заклейки окон. Изготовлена из крепированной бумаги белого цвета толщиной 125 мкм. Малярная клейкая лента длиной 25 м и шириной 25 мм легко удаляется с поверхности, не оставляя следов. На поверхности ленты можно делать надписи. Легко отрывается без использования ножниц. Может использоваться художниками для крепления бумаги к планшету, а также для маскировки участков работы, которые нужно защитить от окрашивания.Клеевой слой - натуральный каучук на основе растворителя. Малярная лента влагостойкая, обеспечивает отличную адгезию с разными типами поверхности. Рабочая температура: от &amp;#43;10 °С до &amp;#43;60 °С. Упакована в термоусадочную пленку с этикеткой на каждом ролике.</t>
+  </si>
+  <si>
+    <t>468947</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91d/1fcfvd879cam84laq1aluit173l1nh5o.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная креппированная 38 мм x 25 м, STAFF, 229059</t>
+  </si>
+  <si>
+    <t>Малярная лента STAFF на бумажной основе находит широкое применение при проведении штукатурных и лакокрасочных работ, а также используется в быту для заклейки окон. Изготовлена из крепированной бумаги белого цвета толщиной 125 мкм. Малярная клейкая лента длиной 25 м и шириной 38 мм легко удаляется с поверхности, не оставляя следов. На поверхности ленты можно делать надписи. Легко отрывается без использования ножниц. Клеевой слой - натуральный каучук на основе растворителя. Малярная лента влагостойкая, обеспечивает отличную адгезию с разными типами поверхности. Рабочая температура: от &amp;#43;10 °С до &amp;#43;60 °С. Упакована в термоусадочную пленку с этикеткой на каждом ролике.</t>
+  </si>
+  <si>
+    <t>468948</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8a3/4xmanttmoa8esitdw1jceny05ixmfkwt.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная креппированная 48 мм x 14 м, STAFF, 229060</t>
+  </si>
+  <si>
+    <t>Малярная лента STAFF на бумажной основе находит широкое применение при проведении штукатурных и лакокрасочных работ, а также используется в быту для заклейки окон. Изготовлена из крепированной бумаги белого цвета толщиной 125 мкм. Малярная клейкая лента длиной 14 м и шириной 48 мм легко удаляется с поверхности, не оставляя следов. На поверхности ленты можно делать надписи. Легко отрывается без использования ножниц. Клеевой слой - натуральный каучук на основе растворителя. Малярная лента влагостойкая, обеспечивает отличную адгезию с разными типами поверхности. Рабочая температура: от &amp;#43;10 °С до &amp;#43;60 °С. Упакована в термоусадочную пленку с этикеткой на каждом ролике.</t>
+  </si>
+  <si>
+    <t>468949</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12d/0t1exfd8d17u6m7s5lt40p92sez4i2e0.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная креппированная 48 мм x 20 м, STAFF, 229057</t>
+  </si>
+  <si>
+    <t>Малярная лента STAFF на бумажной основе находит широкое применение при проведении штукатурных и лакокрасочных работ, а также используется в быту для заклейки окон. Изготовлена из креппированной бумаги белого цвета толщиной 125 мкм. Малярная клейкая лента длиной 20 м и шириной 48 мм легко удаляется с поверхности, не оставляя следов. На поверхности ленты можно делать надписи. Легко отрывается без использования ножниц. Клеевой слой - натуральный каучук на основе растворителя. Малярная лента влагостойкая, обеспечивает отличную адгезию с разными типами поверхности. Рабочая температура: от &amp;#43;10 °С до &amp;#43;60 °С. Упакована в термоусадочную пленку с этикеткой на каждом ролике.</t>
+  </si>
+  <si>
+    <t>468950</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a1e/al0991ca0cc6ty1k0gz003rvqotx1or7.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 48 мм х 150 м упаковочная, прозрачная, толщина 40 микрон, STAFF, 440160</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента STAFF активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Толщина скотча 40 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Клейкой ленты шириной 48 мм и длиной намотки 150 м хватит на продолжительное время. Цвет - прозрачный.</t>
+  </si>
+  <si>
+    <t>468951</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae6/2esxuovbtlvs3ypbtv2rpz5hzonmxazs.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 50 мм х 66 м упаковочная КОРИЧНЕВАЯ, толщина 40 микрон, STAFF, 440159</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента STAFF активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Толщина скотча 40 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Клейкой ленты шириной 50 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - коричневый.</t>
+  </si>
+  <si>
+    <t>468952</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bcb/bsltosnm6926mh4rt2cfas4j6qb6qvy6.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм х 132 м прозрачная, толщина 45 микрон, BRAUBERG, 440157, 85</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Клейкой ленты шириной 48 мм и длиной намотки 132 м хватит на продолжительное время. Цвет - прозрачный.</t>
+  </si>
+  <si>
+    <t>468953</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/560/ictwusruj5ba00tbxjunwrp6dcqel22x.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для клейкой упаковочной ленты UNIBOB, для ленты шириной до 75 мм, 222</t>
+  </si>
+  <si>
+    <t>Диспенсер для клейкой ленты упрощает и ускоряет процесс упаковки.</t>
+  </si>
+  <si>
+    <t>472999</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ef/ei26f0tbsi3et8pag95ph8rmsc6o8mhs.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая двухсторонняя лента 50 мм х 10 м, ТОНКАЯ ОСНОВА полипропилен, UNIBOB, 28211</t>
+  </si>
+  <si>
+    <t>473000</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/27e/27e1dd1de6d9a287c8f6c00fe06878e3/98650d49149bbfd84bb289d63583bf00.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя Aviora, 19мм 2м, на вспененной основе, сверхпрочная</t>
+  </si>
+  <si>
+    <t>Двусторонняя клейкая лента для крепления зеркал предназначена для прочного крепления зеркал, молдингов, плинтусов, пластиковых бордюров, при монтаже и соединении металлических и пластиковых конструкций, при изготовлении рекламных материалов и создании декораций, а также других предметов к различным типам поверхностей &amp;#40;кафель, дерево, пластик, металл, бетон и т.д.&amp;#41;.&amp;nbsp;&amp;nbsp;Основа ленты изготовлена из инновационного материала, который отличается исключительными характеристиками сопротивления разрыву и проколу. Благодаря такой прочной основе, а также невысыхающему клеевому слою, соединение приобретает особые прочностные качества. Для достижения лучшей фиксации ленты необходимо тщательно подготовить склеиваемые поверхности: очистить их от грязи и пыли, обезжирить и высушить.&amp;nbsp;&amp;nbsp;Максимальная прочность соединения достигается через 6 часов. 10 см ленты выдерживает до 10 кг.</t>
+  </si>
+  <si>
+    <t>560623</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/97c/97c43e50eff500da417f96f9af47624c/d3bc74082f61613fec3285e8a775afe0.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя Unibob, 25мм 10м, полипропилен, инд. упаковка</t>
+  </si>
+  <si>
+    <t>Используется для склеивания гладких поверхностей и материалов при проведении монтажных, ремонтных, дизайнерских и оформительских работ. Основные преимущества продукта: Удобная замена механическим крепежам, подходит для монтажа легких предметов интерьера. Может применяться как и для горизонтальных, так и для вертикальных поверхностей. Небольшая толщина пленки делает место склейки практически не заметной. Клеевой слой на основе синтетического каучука обеспечит надежное крепление на вертикальные и горизонтальные поверхности. Цветная информативная этикетка. Каждый рулон упакован в термоусадочную пленку, что позволяет сохранить все свойства и технические характеристики продукта. С ее помощью можно сделать укладку коврового покрытия на деликатные поверхности &amp;#40;дерево, керамика, мрамор&amp;#41;, склеивание бумаги, картона, крепление этикеток</t>
+  </si>
+  <si>
+    <t>560624</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/34d/34d6d6c5f3d75d88165f1b41c06f5ea6/ed782cca26ed0314720dd3cf753afd5d.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная OfficeSpace, 25мм 25м, ШК</t>
+  </si>
+  <si>
+    <t>Применяется для локальной защиты поверхностей при окраске, временной герметизации швов, склеивания различных поверхностей. Обеспечивает четкие границы при окрашивании.</t>
+  </si>
+  <si>
+    <t>560625</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4d7/4d778eccfa86f00c7ca02f8ea9b82569/ea92f9141b224fd12d94e30ddf053adc.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента алюминиевая Aviora, 50мм  50м, негорючая, непроницаемая, влагостойкая</t>
+  </si>
+  <si>
+    <t>Алюминиевая лента предназначена для герметизации стыков и технологических швов при монтаже воздуховодов, инженерных коммуникаций, отражающей изоляции, при строительстве кровельных и подкровельных конструкций, монтаже греющего кабеля, а также при выполнении ремонтных и восстановительных работ. Лента отличается повышенной влагостойкостью и жаропрочностью, устойчивостью к УФ-лучам, обеспечивает превосходную гидро- и пароизоляцию любой поверхности: пластика, металла, дерева. Наружный слой самоклеящейся алюминиевой ленты можно окрашивать в цвет кровли, несущих стен, трубопроводов и вентиляционных каналов.</t>
+  </si>
+  <si>
+    <t>560626</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad0/40w4jdf7woi8wpuenxv847u4r9kihyn0.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 50 мм х 66 м, желтая, надпись  quot;АКЦИЯ quot;, толщина 50 микрон, UNIBOB</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента UNIBOB с надписью &amp;quot;АКЦИЯ!&amp;quot; активно используется в торговле и на складе для оперативной упаковки и маркировки товара с помощью диспенсера или вручную. Толщина скотча 50 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг.&amp;nbsp;&amp;nbsp;Клейкой ленты шириной 50 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - желтый с надписью &amp;quot;АКЦИЯ!&amp;quot;. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву.</t>
+  </si>
+  <si>
+    <t>564147</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/008/x2358iw5rlx4yjkrtk9ewk9i30gk4asc.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная, 50 мм х 66 м, белая, надпись  quot;ОСТОРОЖНО ХРУПКОЕ quot;, толщина 50 микрон, UNIBOB</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента UNIBOB с надписью &amp;quot;ОСТОРОЖНО!!!ХРУПКОЕ!!!&amp;quot; активно используется в торговле и на складе для оперативной упаковки и маркировки товара с помощью диспенсера или вручную. Толщина скотча 50 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг.&amp;nbsp;&amp;nbsp;Клейкой ленты шириной 50 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - белый с надписью &amp;quot;ОСТОРОЖНО!!!ХРУПКОЕ!!!&amp;quot;. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву.</t>
+  </si>
+  <si>
+    <t>564148</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd1/cd100c4195bc1bb386dc990f0c7c37ee/4b1aac64571d46031c7ef47b0f4974ea.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 50мм x 50м 40мкм коричневая</t>
+  </si>
+  <si>
+    <t>585575</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a6d/a6de20683c7c71487399e8c352d381a3/39289c7ae3bbfbced408f301a72d9e98.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 50мм x 50м 40мкм прозрачная</t>
+  </si>
+  <si>
+    <t>585576</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/344/3445cfb91a92059c825956e4ae08a02e/173ecceed5e5977596c3ac48b354609d.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 60м 40мкм коричневая 6 шт уп</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 48мм х 60м 40мкм коричневая 6 шт/уп</t>
+  </si>
+  <si>
+    <t>585577</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efc/efc29daee3ef4a810eb973cba1aff8ed/fb0d9867ca5ec8dfd9ee5e14fea50f01.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упак бесшумная Attache Selection 50мм х 66м 48мкм коричневая</t>
+  </si>
+  <si>
+    <t>585578</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f65/f652077b22678397bc593382de2bec81/1bba91d1822dd02e660f794faf0f1ed1.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48мм х 66м, прозрачная, 45мкм, 72шт уп</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48мм х 66м, прозрачная, 45мкм, 72шт/уп</t>
+  </si>
+  <si>
+    <t>585581</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa2/fa262d52a4e6b7f51d069d63bdd26b05/3c4b03a96492b4945d966fa34818f19b.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная 25ммх50м, крепированная</t>
+  </si>
+  <si>
+    <t>585587</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c5d/c5dd288ea5b66500bd6328675e64ed4d/0ef9b563d2ffa8ab9900e4f5b299a68f.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная Unibob, 38мм 50м, инд.упаковка</t>
+  </si>
+  <si>
+    <t>Применяется для локальной защиты поверхности при проведении малярных, штукатурных и строительный работ. Обеспечивает четкие границы при окрашивании. Основные преимущества продукта: Влагостойкость, совместимость с различными типами красок Шероховатая поверхность ленты позволяет предотвращает растекание краски Легкость в использовании, отрывается руками Благодаря особенностям клеевого слоя ленты, не оставляет следов клея после удаления в течении 24 часов Хорошая адгезия к поверхности Цветная информативная этикетка</t>
+  </si>
+  <si>
+    <t>588376</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c8/1c83d57211e77a7f6934d5e992d1ce37/8207f86704ff237014c475cb55459159.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента армированная Unibob, 48мм 25м, серая, инд.упаковка</t>
+  </si>
+  <si>
+    <t>Универсальная клейкая лента из хлопчатобумажной ткани, ламинированная полиэтиленом, используется для уплотнения вентиляционных труб, ремонта поверхностей, например сидений в автомобилях, резиновых шлангов, строительных ограждений, укрывных пленок. Данные типы лент применяются также для соединения элементов упаковки, несущих повышенные нагрузки.</t>
+  </si>
+  <si>
+    <t>588377</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f2/nsdl085am2nkpxoi73zae30og5xdco0c.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента канцелярская inФОРМАТ 19 мм 33 м прозр.</t>
+  </si>
+  <si>
+    <t>Клейкая лента ТМ inФОРМАТ разработана специально для канцелярских нужд. Отвечает всем специфическим требованиям, выдвигаемым к данному виду продукции: обладает исключительной прозрачностью и прочностью при минимальной толщине, не изменяет свой цвет в процессе хранения, не подвергается окислению и старению. - Основа:&amp;nbsp;&amp;nbsp;двуосноориентированный полипропилен - Клеевой слой: акриловая эмульсия на водной основе - Размер - 19 х 33 м. - Плотность - 35 мкм. - Цвет – прозрачный - Намотка на пластиковое кольцо - Упаковка - термоусадка, столбиком по 8 шт.</t>
+  </si>
+  <si>
+    <t>590644</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b7/l8mwjfpcw3puktkuzgpgaos0cv59coro.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для клейкой упаковочной ленты BRAUBERG, для ленты шириной до 50 мм, 440044</t>
+  </si>
+  <si>
+    <t>Диспенсер BRAUBERG упрощает и ускоряет процесс наклейки упаковочной ленты. Широко применяется в сфере торговли, логистики, в сельском хозяйстве, на складе и т.д. Предназначен для клейкой упаковочной ленты шириной до 50 мм. Удобный и надежный! Винт для регулировки натяжения ленты предотвращает ее случайное разматывание. Прижимная пластина способствует непрерывному наклеиванию. Встроенный нож позволяет легко отрезать ленту. Диспенсер снабжен эргономичной пластиковой ручкой светло-серого цвета. Корпус выполнен из металла в красном цвете. Упаковочная клейкая лента в комплект не входит. Размер - 250х170х55 мм. Вес диспенсера - 320 г.</t>
+  </si>
+  <si>
+    <t>601137</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0eb/01n69sels0y72j4ith0y1z56abinri85.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента АРМИРОВАННАЯ 48 мм х 25 м, ТКАНЕВАЯ ОСНОВА, прочная, европодвес, UNIBOB, 29836</t>
+  </si>
+  <si>
+    <t>Универсальная клейкая лента из хлопчатобумажной ткани, используется для уплотнения вентиляционных труб, резиновых шлангов, укрывных пленок. Данные типы лент применяются также для соединения элементов упаковки, несущих повышенные нагрузки.</t>
+  </si>
+  <si>
+    <t>601138</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f7/fnfa6l7tzf2bg7qnf7s648evqtxfkl96.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента разметочная 50 мм х 50 м, желто-черная, UNIBOB, основа-ПВХ, европодвес, 48905</t>
+  </si>
+  <si>
+    <t>Предназначена для маркировки оборудования, разметки пола, ступеней и обозначения опасных зон. Благодаря высокой клеящей способности мгновенно схватывается с поверхностью.</t>
+  </si>
+  <si>
+    <t>601139</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a84/unsb0v75almy3tbjf6ualcn1q62ii759.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента СВЕТООТРАЖАЮЩАЯ 48 мм х 5 м, КРАСНО-БЕЛАЯ, износоустойчивая, европодвес, UNIBOB, 48984</t>
+  </si>
+  <si>
+    <t>Используется для обозначения элементов автомобиля, одежды или конструкций, которые необходимо четко видеть в темное время суток. Обладает светоотражающим эффектом. Устойчив к воздействию воды, УФ-лучей и низких температур.</t>
+  </si>
+  <si>
+    <t>601140</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e5c/e5cefc9aa51e8a2c197ce4ab2142f3ef/dd1f6459bed45aee817248b7bd7a5633.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента армированная Aviora  quot;Суперлента quot;, 48мм 50м, серая</t>
+  </si>
+  <si>
+    <t>СУПЕРлента используется для изоляционных и сантехнических работ с влагоконтактирующими поверхностями: для обмотки поврежденных труб, укрепления щелей и стыков труб, для герметизации швов, панелей, корпусов, для устранения протечек, для защиты воздушных каналов от воды, влажности и пара. Кроме того, лента применяется для заклеивания поврежденных поверхностей, для пучкования проводов, для укрепления грузов, запечатывания тары и защиты товаров, подвергающихся воздействию воды и влаги, и т. д.</t>
+  </si>
+  <si>
+    <t>608364</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/281/281c22b951a419139808197a2f02dbfc/6684703b3adf35423f3937fd85416e0c.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя Unibob, 38мм 10м, полипропилен, инд. упаковка</t>
+  </si>
+  <si>
+    <t>608366</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/406/406a0a5f7d9d82f4ddf78ef375e6c161.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная Aviora, 38мм 50м, креппированная, инд. упаковка</t>
+  </si>
+  <si>
+    <t>Малярная крепированная клейкая лента, вне зависимости от вида, сертифицирована, полностью соответствует европейским стандартам качества. Применяется: при проведении малярных, покрасочных, штукатурных и любых других видов работ, где требуется добиться ровных линий, а также не допустить смешивание различных цветов краски. Для заклеивания щелей на окнах, для крепежа полотен на дверях и т.д. В автомобилестроении при покраске транспортных средств. Для запечатывания коробок. В качестве защитного слоя для стеклянных поверхностей или любых других материалов при их транспортировке, для маркировки и т.д.</t>
+  </si>
+  <si>
+    <t>614430</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb1/bb148f28db16fc9fce46e232d271d6df.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная Aviora, 50мм 50м, креппированная, инд. упаковка</t>
+  </si>
+  <si>
+    <t>Малярная креппированная клейкая лента, вне зависимости от вида, сертифицирована, полностью соответствует европейским стандартам качества. Применяется: при проведении малярных, покрасочных, штукатурных и любых других видов работ, где требуется добиться ровных линий, а также не допустить смешивание различных цветов краски. Для заклеивания щелей на окнах, для крепежа полотен на дверях и т.д. В автомобилестроении при покраске транспортных средств. Для запечатывания коробок. В качестве защитного слоя для стеклянных поверхностей или любых других материалов при их транспортировке, для маркировки и т.д.</t>
+  </si>
+  <si>
+    <t>614431</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/58f/32f5jb6kmde8urrxniubsre46wm6qryc.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая двусторонняя лента 15 мм х 2 м, НА ВСПЕНЕННОЙ ОСНОВЕ 1 мм, прочная, BRAUBERG, блистер, 606418</t>
+  </si>
+  <si>
+    <t>Двухсторонняя клейкая лента на вспененной основе BRAUBERG применяется для оформительских и ремонтных работ, крепления постеров, мелкой фурнитуры и т.д. Рекомендуется использовать при проведении интерьерных, ремонтных и монтажных работ, в быту и на производстве. Пружинящая вспененная основа заполняет все неровности, увеличивая площадь и качество сцепления. Это обеспечивает надежное крепление изделий к различным видам поверхностей: крашеным негладким стенам, дереву, кирпичу, кафельной плитке. Основа ленты - ЭВА. Длина - 2 м, ширина - 15 мм, толщина - 1000 мкм, цвет - белый. Упаковка - блистер с европодвесом.</t>
+  </si>
+  <si>
+    <t>617159</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/225/v4jzzehd6rr11o6wjq611mee3dc90qrj.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая двусторонняя лента 19 мм х 5 м, НА ВСПЕНЕННОЙ ОСНОВЕ 1 мм, прочная, ОСТРОВ СОКРОВИЩ, 606420</t>
+  </si>
+  <si>
+    <t>Двухсторонняя клейкая лента на вспененной основе ОСТРОВ СОКРОВИЩ применяется для оформительских и декоративных работ, крепления мелких элементов, составления коллажей и многого другого. В отличие от обычного клея, ленты не вызывают деформацию бумаги и картона, а ложатся ровно, заполняя все неровности, увеличивая площадь соприкосновения и обеспечивая при этом отличное склеивание. При помощи клейких лент удобно скреплять между собой листы картона или бумаги, пластик, дерево, стекло, керамику.Двухсторонние клейкие ленты - это лучшее решение для крепления крупных и мелких декоративных элементов на поделку, что позволит придать ей эффект объема.Основа ленты - ЭВА. Длина - 5 м, ширина - 19 мм, толщина - 1000 мкм, цвет - белый. Упакована в термоусадочную пленку с этикеткой на каждом ролике.</t>
+  </si>
+  <si>
+    <t>617162</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/ostrov-sokrovisch/"&gt;ОСТРОВ СОКРОВИЩ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3db/kavq5vzju012aruszv2apn74qhtoamh7.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая двусторонняя лента 38 мм х 25 м, ТОНКАЯ ОСНОВА полипропилен, 90 микрон, BRAUBERG, 606426</t>
+  </si>
+  <si>
+    <t>Двухсторонняя клейкая лента BRAUBERG на основе полипропилена используется для склеивания гладких поверхностей при проведении оформительских, монтажных и отделочных работ. Небольшая толщина прозрачной пленки делает место склейки максимально незаметным. Длина - 25 м, ширина - 38 мм, толщина - 90 мкм. Основа клеевого слоя - синтетический каучук. Каждый ролик упакован в в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>617165</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/75c/x3ti2qjprz3f652sima56ezi1a4dsx9v.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая двусторонняя лента 38 мм х 8 м, НА ВСПЕНЕННОЙ ОСНОВЕ 1 мм, прочная, BRAUBERG, 606422</t>
+  </si>
+  <si>
+    <t>Двухсторонняя клейкая лента на вспененной основе BRAUBERG применяется для оформительских и ремонтных работ, крепления постеров, мелкой фурнитуры и т.д. Рекомендуется использовать при проведении интерьерных, ремонтных и монтажных работ, в быту и на производстве. Пружинящая вспененная основа заполняет все неровности, увеличивая площадь и качество сцепления. Это обеспечивает надежное крепление изделий к различным видам поверхностей: крашеным негладким стенам, дереву, кирпичу, кафельной плитке. Основа ленты - ЭВА. Длина - 8 м, ширина - 38 мм, толщина - 1000 мкм, цвет - белый. Упакована в термоусадочную пленку с этикеткой на каждом ролике.</t>
+  </si>
+  <si>
+    <t>617166</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87c/y82wl9cry7zur6xnxekcl35vnn4ln0my.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая двусторонняя лента 50 мм х 10 м, ТКАНЕВАЯ ОСНОВА, BRAUBERG, 606427</t>
+  </si>
+  <si>
+    <t>Двухсторонняя клейкая лента BRAUBERG применяется для склеивания шероховатых или неровных поверхностей при проведении ремонтных, монтажных и отделочных работ. Тканевая основа придает ленте повышенную прочность, а также необходимую толщину. Подходит для временного и постоянного крепления напольных покрытий &amp;#40;гибких ПВХ-покрытий, ковровых покрытий&amp;#41;. Длина - 10 м, ширина - 50 мм, толщина - 250 мкм. Каждый ролик упакован в в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>617167</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ecf/ryu3eeqj3058a5cwo2dwx7mt4213e6dj.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая двухсторонняя лента 38 мм х 10 м, ТКАНЕВАЯ ОСНОВА, BRAUBERG, 606428</t>
+  </si>
+  <si>
+    <t>Двухсторонняя клейкая лента BRAUBERG применяется для склеивания шероховатых или неровных поверхностей при проведении ремонтных, монтажных и отделочных работ. Тканевая основа придает ленте повышенную прочность, а также необходимую толщину. Подходит для временного и постоянного крепления напольных покрытий &amp;#40;гибких ПВХ-покрытий, ковровых покрытий&amp;#41;. Длина - 10 м, ширина - 38 мм, толщина - 250 мкм. Каждый ролик упакован в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>617168</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/17b/1okbkyygesd7zvbsryouxds9mmx5x5ad.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм х 66 м КРИСТАЛЬНАЯ, индивидуальная упаковка, толщина 45 микрон, BRAUBERG, 440153</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента КРИСТАЛЬНАЯ BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой клеящей способностью и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - кристально прозрачный.</t>
+  </si>
+  <si>
+    <t>617172</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab0/ab08bc288617e8255c5add5a18a3fdd3.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная UNIBOB 700 48мм х 66м 47мкм, прозрачная, 36шт уп.</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная UNIBOB 700 48мм х 66м 47мкм, прозрачная, 36шт/уп.</t>
+  </si>
+  <si>
+    <t>619690</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b4/bj64h6dukp2pir4l13msb0u2lk9n9w0l.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая АЛЮМИНИЕВАЯ лента 50 мм х 40 м, МОРОЗОСТОЙКАЯ, европодвес, BRAUBERG, 606769</t>
+  </si>
+  <si>
+    <t>Клейкая АЛЮМИНИЕВАЯ лента BRAUBERG предназначена для ремонтных, монтажных и теплоизоляционных работ, соединения деталей с металлическим покрытием. Обеспечивает надежную теплоизоляцию при герметизации стыков и швов. Незаменима в быту для защиты плит и раковин от коррозии, воздействия пара и влаги. Клейкая лента размером 50 мм х 40 м и плотностью 70 мкм устойчива к стиранию, морозостойкая. Температура крепления ленты - от &amp;#43;10 до &amp;#43;40 °С, рабочая температура - от -20 до &amp;#43;120 °С. Основа ленты - алюминиевая фольга, основа клеевого слоя - акрил. Каждый рулон упакован в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>636974</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4ff/bi2z3daaz070lrjf1xqck8mng2eu9p2p.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие ленты 12 мм х 33 м канцелярские BRAUBERG, КОМПЛЕКТ 4 шт., прозрачные, гарантированная длина, 228761</t>
+  </si>
+  <si>
+    <t>Канцелярская клейкая лента BRAUBERG разработана специально для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет гарантированную длину 33 м и ширину 12 мм и обладает высокой клеящей способностью. Отличается прозрачностью и прочностью 35 мкм. Упаковка – термоусадочная пленка. 4 ролика в комплекте.</t>
+  </si>
+  <si>
+    <t>642450</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dca/ujvqzvza8yn4nbonqm1j2pjmh8ntldb6.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двусторонняя клейкая лента Erich Krause, 12ммх10м  в коробке-дисплее по 24 шт. </t>
+  </si>
+  <si>
+    <t>Двусторонняя клейкая лента на бумажной основе с высокой клеящей способностью. Идеально подходит для приклеивания постеров и фотографий, а также упаковки подарков. Надежно фиксируется к поверхности.</t>
+  </si>
+  <si>
+    <t>698631</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c3/t7xkz3gv0ry4l5h30fxo1aga064npppn.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента Erich Krause Invisible, 12ммх20м  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Прозрачная клейкая лента имеет антибликовую матовую поверхностью с возможностью нанесения на нее надписи. Обладает высокой клеящей способностью. Незаметна на ксерокопиях, банкнотах, фотографиях. Изготовлена из высококачественной биаксиально-ориентированной полипропиленовой пленки повышенной прочности, отрывается от рулона единым полотном. Светостойкая, не желтеет со временем.</t>
+  </si>
+  <si>
+    <t>698640</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f3/9dhvmt9suyyq2ymttpfs07n87yqway16.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Диспенсер для упаковочного скотча  48мм </t>
+  </si>
+  <si>
+    <t>Диспенсер для упаковочного скотча &amp;#40;48мм&amp;#41;</t>
+  </si>
+  <si>
+    <t>707575</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8a3/nvea2cpqkbk5iu5na1k3v7jeh6e2ekat.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Диспенсер для канцелярского скотча  19мм </t>
+  </si>
+  <si>
+    <t>Диспенсер настольный для канцелярского скотча &amp;#40;19мм&amp;#41;, пластиковый корпус, снабжен стальным ножом, имеет нескользящее основание. Ассорти цвет. Удобен в использование в офисе и дома. Скотч в комплект не входит!!!</t>
+  </si>
+  <si>
+    <t>707576</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd9/xjtd8seubd3lpw7r3dsxk4zlesg3cdxd.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента клейкая 48мм 50м  quot;Darvish quot; прозрачная  скотч </t>
+  </si>
+  <si>
+    <t>Лента клейкая&amp;nbsp;&amp;nbsp;48мм*50м &amp;quot;Darvish&amp;quot; прозрачная &amp;#40;скотч&amp;#41;</t>
+  </si>
+  <si>
+    <t>707577</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/807/f2n5nn2pzsl0684nylv97eq2e1euve9s.jpg</t>
+  </si>
+  <si>
+    <t>Лента клейкая 12мм 33м  quot;Darvish quot; прозрачная</t>
+  </si>
+  <si>
+    <t>Лента клейкая 12мм*33м &amp;quot;Darvish&amp;quot; прозрачная</t>
+  </si>
+  <si>
+    <t>707578</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/755/ixaf258lyei6jmw8jm2y09pgk3i34t5f.jpg</t>
+  </si>
+  <si>
+    <t>Лента клейкая 15мм 33м  quot;Darvish quot; прозрачная</t>
+  </si>
+  <si>
+    <t>Лента клейкая 15мм*33м &amp;quot;Darvish&amp;quot; прозрачная</t>
+  </si>
+  <si>
+    <t>707579</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/51e/txqladqm4f2183r24xcpsrfrsf2vb78s.jpg</t>
+  </si>
+  <si>
+    <t>Лента клейкая 19мм 33м  quot;Darvish quot; прозрачная</t>
+  </si>
+  <si>
+    <t>Лента клейкая 19мм*33м &amp;quot;Darvish&amp;quot; прозрачная</t>
+  </si>
+  <si>
+    <t>707580</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e4d/rd557dj0wos22on0kex4bbibcgrpiuk7.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента клейкая 48мм 36м  quot;Darvish quot; прозрачная  скотч </t>
+  </si>
+  <si>
+    <t>Лента клейкая 48мм*36м &amp;quot;Darvish&amp;quot; прозрачная &amp;#40;скотч&amp;#41;</t>
+  </si>
+  <si>
+    <t>707581</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лента клейкая 48мм 66м  quot;Darvish quot; прозрачная  скотч </t>
+  </si>
+  <si>
+    <t>Лента клейкая 48мм*66м &amp;quot;Darvish&amp;quot; прозрачная &amp;#40;скотч&amp;#41;</t>
+  </si>
+  <si>
+    <t>707582</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/798/o01m2hk8n81abo4g7envd89n7cx8uuli.jpg</t>
+  </si>
+  <si>
+    <t>Лента клейкая двусторонняя 36мм 15м  quot;Darvish quot;</t>
+  </si>
+  <si>
+    <t>Лента клейкая двусторонняя 36мм*15м &amp;quot;Darvish&amp;quot;</t>
+  </si>
+  <si>
+    <t>707583</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/227/mq7na24qt20eyhw828a4jvyf1gl80vqp.jpg</t>
+  </si>
+  <si>
+    <t>Лента клейкая двусторонняя 48мм 15м  quot;Darvish quot;</t>
+  </si>
+  <si>
+    <t>Лента клейкая двусторонняя 48мм*15м &amp;quot;Darvish&amp;quot;</t>
+  </si>
+  <si>
+    <t>707584</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef1/5a5xb6op6jeyxcks7z3h8f3q7vef6ugn.jpg</t>
+  </si>
+  <si>
+    <t>Лента липкая голографическая 12мм 20м  quot;Darvish quot;</t>
+  </si>
+  <si>
+    <t>Лента липкая голографическая 12мм*20м &amp;quot;Darvish&amp;quot;</t>
+  </si>
+  <si>
+    <t>707586</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1e/o96o3sktoxe71b62x81fe6bj8bu1bpn2.jpg</t>
+  </si>
+  <si>
+    <t>Лента липкая голографическая 12мм 36м  quot;Darvish quot;</t>
+  </si>
+  <si>
+    <t>Лента липкая голографическая 12мм*36м &amp;quot;Darvish&amp;quot;</t>
+  </si>
+  <si>
+    <t>707587</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/47a/2a5kn9tfpcbq1a37v5k770uyi6n3c9r4.jpg</t>
+  </si>
+  <si>
+    <t>Лента липкая двухсторонняя 10мм 38м  quot;Darvish quot;</t>
+  </si>
+  <si>
+    <t>Лента липкая двухсторонняя 10мм*38м &amp;quot;Darvish&amp;quot;</t>
+  </si>
+  <si>
+    <t>707588</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0c0/tcw6lhrxhagiwrdozl8dc6sr5myy9ex8.jpg</t>
+  </si>
+  <si>
+    <t>Лента ультраклейкая многоразовая 23мм 1,4м   нож  quot;Darvish quot;</t>
+  </si>
+  <si>
+    <t>Лента ультраклейкая двусторонняя многоразовая &amp;#43; нож. Предназначена для крепления бытовых предметов к любой гладкой поверхности &amp;#40;металл,керамика,дерево,стекло,пластик&amp;#41;. Легко снимается, не оставляя клейких следов.Может использоваться многократно после промывания водой и сушки естественным путём. Изготовлена из полимерного материала.Длина -1,4м,Ширина-23мм.Нож: пластик, металл.&amp;nbsp;&amp;nbsp;Размер упаковки 13*18см.Европодвес.</t>
+  </si>
+  <si>
+    <t>707590</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/367/i821375pt2wtadonlq873mgdw9h2fix5.jpg</t>
+  </si>
+  <si>
+    <t>Лента ультраклейкая многоразовая 30мм 2м  quot;Darvish quot;</t>
+  </si>
+  <si>
+    <t>Лента ультраклейкая двусторонняя многоразовая. Предназначена для крепления бытовых предметов к любой гладкой поверхности &amp;#40;металл,керамика,дерево,стекло,пластик&amp;#41;. Легко снимается, не оставляя клейких следов.Может использоваться многократно после промывания водой и сушки естественным путём. Изготовлена из полимерного материала.Длина -2м,Ширина-30мм. Размер упаковки 14,5*19см.Европодвес.</t>
+  </si>
+  <si>
+    <t>707591</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db6/fb4jx49pjif6ndgqpgjecbplt14s2q4k.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента армированная OfficeSpace 48 20м, инд. упаковка, ШК</t>
+  </si>
+  <si>
+    <t>Назначение: гидроизоляция, пароизоляция, теплоизоляция труб, монтаж вытяжных систем, вентиляции, мелкий ремонт &amp;#40;заклеивание резиновых шлангов, пластиковых труб, соединительных деталей&amp;#41;, запечатывание коробок и мешков. Влагоустойчива и пыленепроницаема. Отрывается вручную. Возможно делать надписи на поверхности ленты. Высокая прочность на разрыв. Обеспечивает герметичность соединений. Отличная адгезия практически ко всем поверхностям. Имеет низкий коэффициент удлинения. Ширина 48 мм, длина намотки 20 м.</t>
+  </si>
+  <si>
+    <t>708649</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed7/t8s1531px0l4ejv02uo7o79jrom797r7.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная OfficeSpace 48 40м, 40мкм</t>
+  </si>
+  <si>
+    <t>Примененяется с целью упаковки, наклеивания или склеивания поверхностей. Ширина 48 мм, длина намотки 40 м, плотность 40 мкм</t>
+  </si>
+  <si>
+    <t>708650</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/374/rjx7wvf4xhtd5f0evg91e8qdqbjmbtwd.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная OfficeSpace 48 132м, 40мкм</t>
+  </si>
+  <si>
+    <t>Примененяется с целью упаковки, наклеивания или склеивания поверхностей. Ширина 48 мм, длина намотки 132 м, плотность 40 мкм</t>
+  </si>
+  <si>
+    <t>708651</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/114/ft2u5m7tglrkkguv04mh9t2ne2jcnso9.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская LITE 12 мм 10 м прозрачная</t>
+  </si>
+  <si>
+    <t>Технические характеристики: - Основа: двуосноориентированный полипропилен, - Клеевой слой: акриловая эмульсия на водной основе, - Упаковка: термоусадочная пленка, в столбике по 12 шт., - Пластиковая втулка, - Размер: 12 мм х 10 м., - Плотность - 35 мкм.</t>
+  </si>
+  <si>
+    <t>712521</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f0a/2tx2420zhypr403p2w2z5m0xiz9x3skf.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская LITE 12 мм 33 м прозрачная</t>
+  </si>
+  <si>
+    <t>Технические характеристики: - Основа: двуосноориентированный полипропилен, - Клеевой слой: акриловая эмульсия на водной основе, - Упаковка: термоусадочная пленка, в столбике по 12 шт., - Пластиковая втулка, - Размер: 12 мм х 33 м., - Плотность - 35 мкм.</t>
+  </si>
+  <si>
+    <t>712522</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd0/3nm7bdtvbrpol96zp102h2ld666bvcfn.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская LITE 19 мм 33 м прозрачная</t>
+  </si>
+  <si>
+    <t>Технические характеристики: - Основа: двуосноориентированный полипропилен, - Клеевой слой: акриловая эмульсия на водной основе, - Упаковка: термоусадочная пленка, в столбике по 8 шт., - Пластиковая втулка, - Размер: 19 мм х 33 м., - Плотность - 35 мкм.</t>
+  </si>
+  <si>
+    <t>712524</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/110/haso18gsshd9wz9pc9vjw8vt97k6ylp6.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная OfficeSpace 48 66м, 47мкм</t>
+  </si>
+  <si>
+    <t>Примененяется с целью упаковки, наклеивания или склеивания поверхностей. Ширина 48 мм, длина намотки 66 м, плотность 47 мкм</t>
+  </si>
+  <si>
+    <t>713000</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/459/k26mvh7is3yz8ox0ikbpq8z2uvz2s1na.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48мм х 66м 43 мкм прозрачная 6 шт уп</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48мм х 66м 43 мкм прозрачная 6 шт/уп</t>
+  </si>
+  <si>
+    <t>788511</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08a/x3b6vprxq52k6yiyqz8bj417emgek4wg.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента двухсторонняя 75мм х 25м  полипропилен </t>
+  </si>
+  <si>
+    <t>Клейкая лента двухсторонняя 75мм х 25м &amp;#40;полипропилен&amp;#41;</t>
+  </si>
+  <si>
+    <t>796278</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/95f/i3uk5lkyzuag4iyiluayvmtlmpfp03iq.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента упаковочная 48мм х 66м, белая 45мкм  6шт в уп. </t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48мм х 66м, белая 45мкм &amp;#40;6шт в уп.&amp;#41;</t>
+  </si>
+  <si>
+    <t>796279</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/335/619a3wqx0uu1cl19k872vhpgx9es77u4.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента декоративная MESHU  quot;Cozy quot;, 1,5 см 3м</t>
+  </si>
+  <si>
+    <t>Декоративная клейкая лента MESHU&amp;nbsp;&amp;nbsp;предназначена для упаковки подарков, оформления поделок, элементов интерьера и скрапбукинга. Открытки, альбомы, ежедневники, подставки, цветочные горшки, подсвечники, рамки и много другое может преобразиться с декоративными лентами MESHU. Яркие и современные дизайны сделают процесс творчества увлекательным, а результат впечатляющим. А качественная клеевая основа позволит надежно зафиксировать ленту и быть уверенным в долговечности декора.</t>
+  </si>
+  <si>
+    <t>801098</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/89e/e0d6ihamrw0rkr0vfpe0pp9a65kbv6jj.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента декоративная MESHU  quot;Cute toys quot;, 1,5 см 3м</t>
+  </si>
+  <si>
+    <t>801100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e8/ldt1k7bzsyiv49hljatex5xu7ourr8of.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента декоративная MESHU  quot;Ice cream quot;, 1,5 см 3м</t>
+  </si>
+  <si>
+    <t>801101</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/207/5wyzwo34d6zzhg1ol74lo9jxduwva147.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента декоративная MESHU  quot;Pink elegance quot;, 1,5 см 3м</t>
+  </si>
+  <si>
+    <t>801102</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d59/xn1fuiaen8ume362zn9iysplih50m8g1.jpg</t>
+  </si>
+  <si>
+    <t>Клей-лента двусторонняя многоразовая OfficeSpace, 30мм 1мм 1м</t>
+  </si>
+  <si>
+    <t>Лента для крепления любых предметов к стене, столу, в автомобиле и любых других поверхностях. Лента прозрачна, не портит внешний вид, обладает очень сильной адгезией. При снятии не оставляет следов и не портит поверхность. Ленту можно использовать многоразово. Если вы решите удалить ленту с поверхности, то это сделать легко, лента отходит с небольшим усилием, не оставляя после отклеивания ни каких следов и не повреждая ранее склеенные поверхности. Прозрачна на 98&amp;#37;, что позволяет склеивать &amp;#40;приклеивать&amp;#41; прозрачные предметы, или использовать в таких местах, где важно, чтобы линия соединения была не заметна. Можно использовать бесчисленное количество раз, просто промойте ленту под струёй воды и все её свойства восстанавливаются. Лента не содержит токсичных веществ, не требует особых способов утилизации, утилизируется с пластиковыми отходами. Безграничная сфера применения!</t>
+  </si>
+  <si>
+    <t>801105</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/21f/10r8r6hzcij9v3v96tsb6or7tzrb2yo2.jpg</t>
+  </si>
+  <si>
+    <t>Клей-лента двусторонняя многоразовая OfficeSpace, 30мм 2мм 1м</t>
+  </si>
+  <si>
+    <t>801106</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cfb/65w7gc9uc1fp5e15er1wu4z9pgntmli6.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм х 198 м UNIBOB 600, прозрачная, толщина 45 микрон, 83412</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента UNIBOB 600 с увеличенной намоткой используется для ручной упаковки грузов в гофрокороба, а также укрепления различных видов упаковки. Прозрачная клейкая лента - видно надписи под лентой. Универсальная толщина ленты и клеевого слоя &amp;#40;акриловая эмульсия на водной основе&amp;#41;. Рабочий вес груза - до 10 кг. Увеличенная намотка сохранит время и усилия на упаковку.</t>
+  </si>
+  <si>
+    <t>829809</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/49f/dr0x30xjn91kzu173iznsdel1ynkevlq.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная UNIBOB 700 суперклейкая 48 мм х 66 м, прозрачная, толщина 47 микрон, 29895</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная UNIBOB 700 имеет высокий уровень клейкости, может использоваться в условиях повышенной влажности, запыленности. Клейкая лента стандартного размера используется для упаковки гофрокоробов. Рекомендуемый вес груза в коробе - 10-15 кг.Допустимо хранение упакованной данной лентой продукции при отрицательных температурах.</t>
+  </si>
+  <si>
+    <t>829810</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b4b/7uj4q6zlvmdsl9divolv9rxgj9kbyori.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 12мм 21м, OfficeSpace, прозрачная</t>
+  </si>
+  <si>
+    <t>Клейкая канцелярская лента подойдет для решения большинства задач в офисе, школе и дома, связанных с упаковкой, запечатыванием, мелким ремонтом и творчеством.</t>
+  </si>
+  <si>
+    <t>843328</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/857/6wc893ecyenbv8z5v3eaocj68wam9zrk.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 15мм 20м, OfficeSpace, прозрачная</t>
+  </si>
+  <si>
+    <t>843329</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb8/tvpzxio0tz4oz8r80b3309k1u4e37rl2.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 19мм 22м, OfficeSpace, прозрачная</t>
+  </si>
+  <si>
+    <t>843330</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e94/e94ed041538ae982df782728ef1f4ba0/11362a17f86c08ecdc52a8ab5091d8e3.jpg</t>
-[...2081 lines deleted...]
-    <t>845067</t>
+    <t>http://anytos.ru//upload/iblock/11e/puv4y1qotg60gbvn9bthr5e62eb1u0jd.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская LITE 15 мм 33 м прозрачная</t>
+  </si>
+  <si>
+    <t>847622</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e0/48zicrs4bqxab0ndi47lp6vyks0y2chm.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская LITE 19 мм 10 м прозрачная</t>
   </si>
   <si>
     <t>847623</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/97d/5qb671wheq1j44was87v5yft7easdy9k.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для канцелярской ленты Луч с лентой 18мм х 20м 18С1228-08</t>
+  </si>
+  <si>
+    <t>881606</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/749/8d3uawis1g8gs01evfohrfsvm44bx2u1.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя GPT-020F универсальная, прозрачная 25мм х 5 м</t>
   </si>
   <si>
     <t>881610</t>
   </si>
   <si>
     <t>&lt;a href="/brands/3m/"&gt;3M&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c8/9rsw37y6m7ulc1o9dbclrphohceqxil9.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя GPT-020F универсальная, прозрачная 6мм х 15 м</t>
   </si>
   <si>
     <t>881611</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb3/q42jxvd4pm45qumve9rqyumyw1w8kcyd.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Attache 15x33, подвес</t>
@@ -2654,149 +2666,128 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3ca/4re7mtry11fml10m5omcgo9xzf3hs7f8.jpg</t>
   </si>
   <si>
     <t>Клейкие ленты упаковочные 48 мм х 120 м, КОМПЛЕКТ 6 шт., прозрачные, 40 микрон, STAFF BIG PACK, 440180</t>
   </si>
   <si>
     <t>Упаковочная клейкая лента STAFF активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 40 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 120 м хватит на продолжительное время. Цвет - прозрачный.</t>
   </si>
   <si>
     <t>883741</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c95/lfn4iuodebm0t1rqm4epzvhr47ju9hvj.jpg</t>
   </si>
   <si>
     <t>Клейкие ленты 12 мм х 33 м канцелярские STAFF CLASSIC, КОМПЛЕКТ 12 шт., прозрачные, 271259</t>
   </si>
   <si>
     <t>Канцелярская клейкая лента STAFF CLASSIC разработана специально для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет гарантированную длину 33 м и ширину 12 мм и обладает высокой клеящей способностью. Отличается прозрачностью и прочностью 35 мкм. Упаковка — термоусадка из 12 роликов.</t>
   </si>
   <si>
     <t>887140</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9fa/y1j6v8lh8ker4bkgygfm0bpi7wc1lb5r.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие ленты 19 мм х 33 м канцелярские STAFF CLASSIC, КОМПЛЕКТ 12 шт., прозрачные, 271261</t>
+  </si>
+  <si>
+    <t>Канцелярская клейкая лента STAFF CLASSIC разработана специально для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет гарантированную длину 33 м и ширину 19 мм и обладает высокой клеящей способностью. Отличается прозрачностью и прочностью 35 мкм. Упаковка — термоусадка из 12 роликов.</t>
+  </si>
+  <si>
+    <t>887141</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d30/rmlb6ojx3bhkqq6oayhzl902dm80fmpi.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя GPT-020F универсальная, прозрачная 9мм х5 м</t>
   </si>
   <si>
     <t>899999</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a28/yvbjzxgrcfokn8opcbvc9clrzrhm4lkm.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клейкая лента сверх двухсторонняя 5952F  12MMX1500MM </t>
   </si>
   <si>
     <t>Клейкая лента сверх двухсторонняя 5952F &amp;#40;12MMX1500MM&amp;#41;</t>
   </si>
   <si>
     <t>900000</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/621/xdit9qhvrpa395tz4rw423jqy8060ufj.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a90/v5yxp7w88rw3xw5pb0ip36ydwbjswvdr.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48 мм х 100 м, прозрачная, толщина 45 микрон, BRAUBERG ORIGINAL, 440174</t>
   </si>
   <si>
     <t>Упаковочная клейкая лента BRAUBERG ORIGINAL активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;прилипанием к поверхности&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 100 м хватит на продолжительное время.</t>
   </si>
   <si>
     <t>903914</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/08b/w061a5nsxshqgegwknidad8qjv4qru3i.jpg</t>
   </si>
   <si>
     <t>Клейкая лента малярная 48мм х 19м 6 шт уп</t>
   </si>
   <si>
     <t>Клейкая лента малярная 48мм х 19м 6 шт/уп</t>
   </si>
   <si>
     <t>905268</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/886/6wwtyzu8kinb2d70t6cgpgohx9qhvq3z.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d3a/2mfdw9601vr1e2uecqpc5txixjl15h0e.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клейкая лента упаковочная ATTACHE 50мм х 66м 50мкм коричневая  6 шт уп </t>
   </si>
   <si>
     <t>Клейкая лента упаковочная ATTACHE 50мм х 66м 50мкм коричневая &amp;#40;6 шт/уп&amp;#41;</t>
   </si>
   <si>
     <t>907731</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/166/3j79slu39i0bn9jrkbs70ns1l07uqkhc.jpg</t>
-[...2 lines deleted...]
-    <t>Клейкая лента двусторонняя OfficeSpace, 25мм 10м, полипропилен</t>
+    <t>http://anytos.ru//upload/iblock/a7e/l3skid3mgrxptbdx5qpbcixd2unwya9i.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя OfficeSpace, 38мм 10м, полипропилен</t>
   </si>
   <si>
     <t>Двусторонняя лента на полипропиленовой основе предназначена для выполнения монтажных, ремонтных, дизайнерских и оформительских работ. Предназначена для использования с гладкими поверхностями.</t>
   </si>
   <si>
-    <t>926626</t>
-[...7 lines deleted...]
-  <si>
     <t>926627</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f14/qpad499y8ew2qlwb89ec6nsyrpteihyn.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя OfficeSpace, 50мм 10м, полипропилен</t>
   </si>
   <si>
     <t>926628</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/074/z6jc44t65wuwrwcr1atj79lcneoskfvn.jpg</t>
   </si>
   <si>
     <t>Клейкая лента 72мм х66м 38 мкм, коричневый 4 штуки в упаковке</t>
   </si>
   <si>
     <t>932494</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f2c/4g8e2usezvj5q3mtyvy6319c0g2cnudt.jpg</t>
   </si>
   <si>
     <t>Клейкая лента 72мм х66м 38 мкм, прозрачный 4 штуки в упаковке</t>
@@ -2885,59 +2876,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/709/xy2ohwvom4weqfh9o8aiigdjn2bsp10l.jpg</t>
   </si>
   <si>
     <t>Клейкая лента 48ммх66мх45мкм зеленый, 6 шт уп</t>
   </si>
   <si>
     <t>Клейкая лента 48ммх66мх45мкм зеленый, 6 шт/уп</t>
   </si>
   <si>
     <t>951973</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d5c/i0gweb9csmc45y3f6yv6ixu0xiiomfhy.jpg</t>
   </si>
   <si>
     <t>Клейкая лента 48ммх66мх45мкм красная, 6 шт уп</t>
   </si>
   <si>
     <t>Клейкая лента 48ммх66мх45мкм красная, 6 шт/уп</t>
   </si>
   <si>
     <t>951974</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ac5/3t8wapsck3yrrx5xrcxh8olqcjzxo5pl.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/da6/8cjc86tn101b9mh1fdl3pj744h99tkc0.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская пластиковая,одност,прозр,12 мм x 18,3 м,2 шт</t>
   </si>
   <si>
     <t>951977</t>
   </si>
   <si>
     <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
   </si>
   <si>
     <t>Клейкая лента малярная 50мм х 50м</t>
   </si>
   <si>
     <t>951978</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bef/lu731qelc5bkg0vul0dd9pxb8p1fyecy.jpg</t>
   </si>
   <si>
     <t>Клейкая лента малярная 50мм х 50м 4 шт уп</t>
   </si>
   <si>
     <t>Клейкая лента малярная 50мм х 50м 4 шт/уп</t>
@@ -3041,101 +3023,86 @@
   <si>
     <t xml:space="preserve">Клейкая лента упаковочная 48ммх150мх38мкм, прозрачная  6шт уп </t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48ммх150мх38мкм, прозрачная&amp;#40; 6шт/уп&amp;#41;</t>
   </si>
   <si>
     <t>951989</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be1/xc5wf7f1lwcffyy4ofolqswcnrju8841.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная INFORMAT 50 мм, 66 м, 40 мкм, прозрачная</t>
   </si>
   <si>
     <t>Клейк.лента упак. INFORMAT 50 мм 66 м 40 мкм прозрачная</t>
   </si>
   <si>
     <t>953256</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e9b/g8bmcjbs425irg4i845l6yn4etavy4j1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/af7/xrgjcxsx68c4rpv8wlfej5ssbvrgcny6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клейкая лента упаковочная ErichKrause Crystal, повышенной прозрачности, 48mmх50m  в пленке по 1 штуке </t>
   </si>
   <si>
     <t>Клейкая лента упаковочная ErichKrause Crystal, повышенной прозрачности, 48mmх50m &amp;#40;в пленке по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>961088</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/178/q5snhb4gbe5trthvcfmvq904lbu47w06.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента упаковочная ErichKrause Handy tearable, повышенной прозрачности, легко оторвать руками, 48mmх50m  в пленке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ErichKrause Handy tearable, повышенной прозрачности, легко оторвать руками, 48mmх50m &amp;#40;в пленке по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>961089</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9c2/bv5gravt09eifoa2aec8crbhdyzh0uhr.jpg</t>
   </si>
   <si>
     <t>Клеящие подушечки ErichKrause, белый, 50г.</t>
   </si>
   <si>
     <t>961090</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bfb/m1fc6n0iq6bxnrw1sdwpdp38498gd0xl.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/97f/lss8xnyremx6qzvvqx5lla3c2b1xowiw.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клейкая лента упаковочная ATTACHE 48мм х 66м 45мкм оранжевый  6 шт уп </t>
   </si>
   <si>
     <t>Клейкая лента упаковочная ATTACHE 48мм х 66м 45мкм оранжевый &amp;#40;6 шт/уп&amp;#41;</t>
   </si>
   <si>
     <t>964734</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cba/t8oo1cvt1tjhi5gaysgmrtuaobrrdyar.jpg</t>
   </si>
   <si>
     <t>Клейкая лента 72ммх66мх45мкм, прозрач. 4 шт уп</t>
   </si>
   <si>
     <t>Клейкая лента 72ммх66мх45мкм, прозрач. 4 шт/уп</t>
   </si>
   <si>
     <t>964736</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b4d/rac01s4koovmbynk02he9xv9c7ecz93k.jpg</t>
@@ -3164,62 +3131,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/476/fbr0s2493qwdgq3145s1hiih5nb22zx2.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48мм х 45м, прозрачный, 40мкм, 6 шт уп</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48мм х 45м, прозрачный, 40мкм, 6 шт/уп</t>
   </si>
   <si>
     <t>964739</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a85/sxqlk7lrx92tjsgbqmq8h3sr4bc9wqxn.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48мм х 132м, прозрачный, 45мкм, 6 шт уп</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48мм х 132м, прозрачный, 45мкм, 6 шт/уп</t>
   </si>
   <si>
     <t>964740</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/45b/2et3wo98hce0j978tponuyvm1zvwfb0h.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e31/v4pvqa6gvp05kemxzdywv7rrpxmm52zw.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48мм х 132м, прозрачный, 50мкм, 4 шт уп</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48мм х 132м, прозрачный, 50мкм, 4 шт/уп</t>
   </si>
   <si>
     <t>964742</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/83f/kfdn163krdpnyt0o8p2gsxficzgqiskc.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48ммх66мх38мкм, прозрачная, 6 шт уп</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48ммх66мх38мкм, прозрачная, 6 шт/уп</t>
   </si>
   <si>
     <t>964743</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee7/53mp01vxtw9ffga2nk3pj0ls4q6hvk89.jpg</t>
@@ -3233,62 +3188,50 @@
   <si>
     <t>964744</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a43/202ai2kp5bqq1hiih88mbwj8bg6emucv.jpg</t>
   </si>
   <si>
     <t>Клейкая лента малярная 30мм х 50м</t>
   </si>
   <si>
     <t>964745</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/268/3qpyp77x1g47yk53ndnjburzmwqt1lj1.jpg</t>
   </si>
   <si>
     <t>Клейкая лента малярная 30мм х 25м белая</t>
   </si>
   <si>
     <t>964746</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e5a/178op2ajsh0mdvd4bqyz8e04fz8ajr5k.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/12b/8i8wteyi29qlpjrygo774ocklc0323fb.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Комус 19x33</t>
   </si>
   <si>
     <t>964748</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b46/e6tu8nspzcmp6ma924vn3r0hecazet1h.jpg</t>
   </si>
   <si>
     <t>Клейкая лента металлизированная OfficeSpace, 48мм 50м, полипропиленовая основа</t>
   </si>
   <si>
     <t>Клейкая лента металлизированная OfficeSpace, 48мм*50м, полипропиленовая основа, ШК</t>
   </si>
   <si>
     <t>969408</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5c1/7ckqgn7bch943y7knq2gzhpgnasq6lhp.jpg</t>
@@ -3305,62 +3248,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c16/rcceqy4f2qxbaokv9fq52mkf26ctsxy5.jpg</t>
   </si>
   <si>
     <t>Клейкая лента малярная креппированная 48 мм x 40 м, КОМПЛЕКТ 6 шт., STAFF  quot;BIG PACK quot;, 271957</t>
   </si>
   <si>
     <t>Малярная лента STAFF на бумажной основе находит широкое применение при проведении штукатурных и лакокрасочных работ, а также используется в быту для заклейки окон. Изготовлена из креппированной бумаги белого цвета толщиной 125 мкм. Малярная клейкая лента длиной 40 м и шириной 48 мм легко удаляется с поверхности, не оставляя следов. На поверхности ленты можно делать надписи. Легко отрывается без использования ножниц. Клеевой слой - натуральный каучук на основе растворителя. Малярная лента влагостойкая, обеспечивает отличную адгезию с разными типами поверхности. Рабочая температура: от &amp;#43;10 °С до &amp;#43;60 °С. Упакована в спайке из 6 малярных лент в термоусадочной пленке.</t>
   </si>
   <si>
     <t>971782</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/74b/ywjqc0n1d9pd36ifvtn9hwq3ulkgpkoo.jpg</t>
   </si>
   <si>
     <t>Клейкая лента малярная креппированная 48 мм x 50 м, КОМПЛЕКТ 6 шт., STAFF  quot;BIG PACK2, 271958</t>
   </si>
   <si>
     <t>Малярная лента STAFF на бумажной основе находит широкое применение при проведении штукатурных и лакокрасочных работ, а также используется в быту для заклейки окон. Изготовлена из креппированной бумаги белого цвета толщиной 125 мкм. Малярная клейкая лента длиной 50 м и шириной 48 мм легко удаляется с поверхности, не оставляя следов. На поверхности ленты можно делать надписи. Легко отрывается без использования ножниц. Клеевой слой - натуральный каучук на основе растворителя. Малярная лента влагостойкая, обеспечивает отличную адгезию с разными типами поверхности. Рабочая температура: от &amp;#43;10 °С до &amp;#43;60 °С. Упакована в спайке из 6 малярных лент в термоусадочной пленке</t>
   </si>
   <si>
     <t>971783</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/935/vgb71mj9zdkjjlz0o4hmk3o680vs44xr.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/22c/4lxdn00q8c7c3e42ygk5nqxg03l7f3zs.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48мм х 100м, прозрачный, 43мкм, 6 шт уп</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48мм х 100м, прозрачный, 43мкм, 6 шт/уп</t>
   </si>
   <si>
     <t>973956</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eea/atwq2410xemmrzcg314xmbh3kg407vhd.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48мм х 132м, прозрачный, 40мкм, 6 шт уп</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48мм х 132м, прозрачный, 40мкм, 6 шт/уп</t>
   </si>
   <si>
     <t>973957</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ac9/a5fcm9skhyck4pveroefqjhruabt0h1p.jpg</t>
@@ -3392,60 +3323,60 @@
   <si>
     <t>973960</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/664/u52kfl6f0cskg67l6aqk56x90kknzif7.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Комус 12х33, 12 шт. уп.</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Комус 12х33, 12 шт./уп.</t>
   </si>
   <si>
     <t>973961</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e17/gmshwap7lyhnotwkte4f2rnayyvrbo0x.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Комус 15x33</t>
   </si>
   <si>
     <t>973962</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3b7/4b2pmw5fjtd6xs0sp9gnxbhx275mkxd6.jpg</t>
-[...8 lines deleted...]
-    <t>973963</t>
+    <t>http://anytos.ru//upload/iblock/e6e/35358r3k55166yut9371jb2mhxqpb4v5.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Комус 19х33, 8 шт. уп.</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Комус 19х33, 8 шт./уп.</t>
+  </si>
+  <si>
+    <t>973964</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/700/q7c2n8w2mkl2lmk4o1v0y1rpqfo25tz1.jpg</t>
   </si>
   <si>
     <t>Двусторонняя клейкая лента Erich Krause, прозрачная, 12ммх10м, в диспенсере</t>
   </si>
   <si>
     <t>Двусторонняя клейкая лента. Подходит для приклеивания постеров, фотографий, упаковки подарков, декорирования, скрапбукинга. Обладает высокой клеящей способностью. Компактный диспенсер со встроенным ножом обеспечивает быструю размотку и легкий отрыв ленты.</t>
   </si>
   <si>
     <t>974747</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d96/y1vnze7nanqc5451id19vk77dndiif53.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 2 клейких лент Erich Krause Highlighter, прозрачная, цветная, 12ммх20м, ассорти  в пакете </t>
   </si>
   <si>
     <t>Цветная прозрачная клейкая лента имеет антибликовую матовую поверхностью. Идеально подходит для нанесения надписей, маркировки, заметок, выделений. Увеличенная толщина клеевого слоя обеспечивает высокую клеящую способность ленты. Изготовлена из высококачественной биаксиально-ориентированной полипропиленовой пленки повышенной прочности, устойчива к продольному разрыву.</t>
   </si>
   <si>
     <t>974748</t>
   </si>
@@ -3458,167 +3389,110 @@
   <si>
     <t xml:space="preserve">Двусторонняя клейкая лента монтажная Erich Krause, прозрачная, 1ммх30ммх2м  в коробке по 1 штуке </t>
   </si>
   <si>
     <t>Двусторонняя клейкая лента монтажная Erich Krause, прозрачная, 1ммх30ммх2м &amp;#40;в коробке по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>975861</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f1a/519l9sl1eg42mkkqlxmh0td1a4vbtowo.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клейкая лента Erich Krause Highlighter, прозрачная, цветная, 12ммх20м, ассорти  в дисплее по 45 штук </t>
   </si>
   <si>
     <t>Клейкая лента Erich Krause Highlighter, прозрачная, цветная, 12ммх20м, ассорти &amp;#40;в дисплее по 45 штук&amp;#41;</t>
   </si>
   <si>
     <t>975862</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3e5/1flpxxxet9i0iij3i8xa2r54ju0g922p.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ffb/9wwo7codwy5ta434jrrrw0yma7qaebhd.jpg</t>
   </si>
   <si>
     <t>Клейкая лента 19мм 33м, OfficeSpace, невидимая, матовая, картонная упаковка, европодвес</t>
   </si>
   <si>
     <t>Клейкая лента 19мм*33м, OfficeSpace, невидимая, матовая, картонная упаковка, европодвес</t>
   </si>
   <si>
     <t>984201</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b45/8pshw2e1w6li2asx9y78ah0fzob2m8np.jpg</t>
   </si>
   <si>
     <t>Клейкая лента алюминиевая OfficeSpace, 48мм 40м, непроницаемая, влагостойкая</t>
   </si>
   <si>
     <t>Клейкая лента алюминиевая OfficeSpace, 48мм*40м, непроницаемая, влагостойкая</t>
   </si>
   <si>
     <t>984202</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9a8/r1s1w44lw4n2pyjm0oybidhqmsd4mzk3.jpg</t>
   </si>
   <si>
     <t>Клейкая лента армированная OfficeSpace 48 40м, инд. упаковка, ШК</t>
   </si>
   <si>
     <t>Клейкая лента армированная OfficeSpace 48*40м, инд. упаковка, ШК</t>
   </si>
   <si>
     <t>984203</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/409/cj35tbl1ohrgx6hpkhwam30gnlkowzri.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8cd/27b9540dhkc7v1nn2rt3rn82zldnebdx.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя OfficeSpace, 12мм 5м, на вспененной основе, 1мм</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя OfficeSpace, 12мм*5м, на вспененной основе, 1мм</t>
   </si>
   <si>
     <t>984205</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/83d/gwkbv0e54b5fq74kvqgvr0qzhxzl2teq.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя OfficeSpace, 19мм 10м, бумажная основа</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя OfficeSpace, 19мм*10м, бумажная основа</t>
   </si>
   <si>
     <t>984206</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/69e/uzsz9ydd81n2iyzlu7xbeqqfmlpo2pno.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3da/5nhoo0uijm862ztj2393emopw1xeldvk.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя OfficeSpace, 38мм 10м, тканевая основа</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя OfficeSpace, 38мм*10м, тканевая основа</t>
   </si>
   <si>
     <t>984210</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b4/316ccr753yy13oyb6c0oc808m28ftpdm.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя OfficeSpace, 50мм 10м, тканевая основа</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя OfficeSpace, 50мм*10м, тканевая основа</t>
   </si>
   <si>
     <t>984212</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ec6/qliizwx5b9t6l3mif1ndm8xzr19bqh30.jpg</t>
@@ -3701,50 +3575,59 @@
   <si>
     <t>&lt;a href="/brands/vintanet/"&gt;Vintanet&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ca/qoui539ybf9m19ap3665r3v6msog4xie.jpg</t>
   </si>
   <si>
     <t>Клейкая лента противоскользящая AS60 Vintanet,сред.зерн.,черная,50мм х 10м</t>
   </si>
   <si>
     <t>991431</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a5e/b1n2xyb3ohjdpdkqfyijfhdseskqwcwu.jpg</t>
   </si>
   <si>
     <t>Клейкая лента малярная 120 С, MT611 Vintanet, 160 мкм, 48мм х 50м</t>
   </si>
   <si>
     <t>Клейкая лента малярная 120°С, MT611 Vintanet, 160 мкм, 48мм х 50м</t>
   </si>
   <si>
     <t>991432</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/17d/f2qh8baa9cjxtlpaocpndxr7tu6y8o75.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя 38мм х 25м, полипропилен</t>
+  </si>
+  <si>
+    <t>991433</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a4d/umxid21bu6z8174xssg5zfkpev97rpu3.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя 48мм х 25м, полипропилен</t>
   </si>
   <si>
     <t>991434</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/751/8e9ur3hoxlojle5205nzd59momwzv3iv.jpg</t>
   </si>
   <si>
     <t>Клейкая лента малярная 48мм х 40м белая</t>
   </si>
   <si>
     <t>991436</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ffd/2crz078clbee8vwt72ujx9kqej8yngfj.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клейкая лента упаковочная крафт 48ммx50м  4 шт уп </t>
   </si>
   <si>
     <t>Клейкая лента упаковочная крафт 48ммx50м &amp;#40;4 шт/уп&amp;#41;</t>
@@ -3815,62 +3698,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/0ee/ozp86n38wuvmfwwc6hcluhfrql75xj14.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 72мм х 66м, прозрачный, 40мкм, 6 шт уп</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 72мм х 66м, прозрачный, 40мкм, 6 шт/уп</t>
   </si>
   <si>
     <t>991446</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/abf/zzmasd5z6k0h8o6yagrmi7zc5hkqtojj.jpg</t>
   </si>
   <si>
     <t>Клейкая лента  48мм х150м 43мкм прозрачный</t>
   </si>
   <si>
     <t>Клейкая лента  48мм х150м 43мкм прозрачный</t>
   </si>
   <si>
     <t>991448</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c96/01f56ss0zdbgy47c53gq18kd1phnpggq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d3d/u2466pmxyovr6fb41ndutt2c7m0yfkv9.jpg</t>
   </si>
   <si>
     <t>Клейкие ленты упаковочные 48 мм х 66 м, КОМПЛЕКТ 6 шт., прозрачные, 40 микрон, STAFF BIG PACK, 440179</t>
   </si>
   <si>
     <t>Упаковочная клейкая лента STAFF активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 40 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - прозрачный.</t>
   </si>
   <si>
     <t>998546</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04f/p3iygeyadd888rxq1nf3ydnv4doyq1xx.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная OfficeSpace, 48 100</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная OfficeSpace, 48*100</t>
   </si>
   <si>
     <t>998907</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fde/wz7j25qrqd1xuae2i3xkf5r2lfrpahj0.jpg</t>
@@ -3911,62 +3782,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/dd6/06q5wxte2q2cn0cnsyunywvk79j9e4oq.jpg</t>
   </si>
   <si>
     <t>Клейкая ПРОТИВОСКОЛЬЗЯЩАЯ зернистая лента 25 мм х 5 м, ЧЕРНО-ЖЕЛТАЯ, основа ПВХ, BRAUBERG, 606773</t>
   </si>
   <si>
     <t>Клейкая ПРОТИВОСКОЛЬЗЯЩАЯ зернистая лента BRAUBERG предназначена для предотвращения ситуаций, связанных с несчастными случаями из-за проскальзывания на любых твердых поверхностях внутри и снаружи помещений. Клейкая лента размером 25 мм х 5 м черно-желтого цвета. Представляет собой ленту на основе ПВХ с покрытием из крошки кремнеуглерода, клеевым слоем на основе сольвента и защитным лайнером для клеевого слоя из силиконизированной с одной стороны бумаги &amp;#40;лента наклеена на лайнер&amp;#41;. Крупность зерна 60 grit &amp;#40;количество гранул кремнеуглерода на кв. дюйм&amp;#41;. Свойства: 1. Степень противоскольжения R13. 2. Предотвращение ситуаций, связанных с несчастными случаями из-за проскальзывания, для скользких, влажных, масляных и жирных поверхностей; снаружи и внутри помещений; зоны входа, выхода, переходы; лестницы, подъемы, рампы машины, транспортные средства; кухни и столовые; террасы, веранды; для любого типа поверхностей.Монтировать изделие необходимо при температуре выше &amp;#43;12 градусов на очищенную сухую поверхность.</t>
   </si>
   <si>
     <t>1004561</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ac2/g12i6c81nw30hkzdinjgb0gro7gplbbf.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Двусторонняя клейкая лента на вспененной основе ErichKrause, белый, 1ммx12ммx2м  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Двусторонняя клейкая лента на вспененной основе ErichKrause, белый, 1ммx12ммx2м &amp;#40;в блистере по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>1004983</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/259/6ld49n62c6atmlabewbvfw60czvqv70n.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a98/fxd292dpic2sut6g7xb135iadto53co5.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 6 клейких лент упаковочных ErichKrause Brown, коричневая, 48mmх50m,  в пленке </t>
   </si>
   <si>
     <t>Клейкая лента упаковочная, коричневая. Увеличенная толщина клеевого слоя обеспечивает высокую клеящую способность ленты. Изготовлена из высококачественной биаксиально-ориентированной полипропиленовой пленки повышенной прочности, устойчива к продольному разрыву.</t>
   </si>
   <si>
     <t>1005119</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/61f/y811mc20ygujuq25s2p0omm1bltqigm5.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 6 клейких лент упаковочных ErichKrause Clear, прозрачная, 48mmх50m  в пленке </t>
   </si>
   <si>
     <t>Клейкая лента упаковочная стандартной прозрачности. Увеличенная толщина клеевого слоя обеспечивает высокую клеящую способность ленты. Изготовлена из высококачественной биаксиально-ориентированной полипропиленовой пленки повышенной прочности, устойчива к продольному разрыву. Светостойкая, не желтеет со временем.</t>
   </si>
   <si>
     <t>1005120</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/589/lgbe4de6e4g9ttu35jqb30nyb04c7b15.jpg</t>
@@ -3989,107 +3848,119 @@
   <si>
     <t>Клейкая лента упаковочная, 48 мм х 100 м, прозрачная, толщина 45 микрон, ОФИСМАГ, 440108</t>
   </si>
   <si>
     <t>Упаковочная клейкая лента ОФИСМАГ предназначена для упаковки, применяется в торговле, промышленности, быту. С ее помощью можно склеить практически любые предметы: картонные коробки, упаковочную пленку, бумагу и т. д. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 100 м хватит на продолжительное время. Цвет - прозрачный.</t>
   </si>
   <si>
     <t>1005499</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e48/lqt54leyezpabblk37qoykxki5ncdrgn.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная, 48 мм х 66 м прозрачная, толщина 45 микрон, ОФИСНАЯ ПЛАНЕТА, 222404</t>
   </si>
   <si>
     <t>Упаковочная клейкая лента ОФИСНАЯ ПЛАНЕТА предназначена для упаковки, применяется в торговле, промышленности, быту. С ее помощью можно склеить практически любые предметы: картонные коробки, упаковочную пленку, бумагу и т. д. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - прозрачный.</t>
   </si>
   <si>
     <t>1005500</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofisnaya-planeta/"&gt;ОФИСНАЯ ПЛАНЕТА&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f27/d3wiwyn6jfjmi92jc94x4uto4r0xzc61.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная, 48 мм х 66 м, прозрачная, толщина 45 микрон, ОФИСМАГ, 222080</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента ОФИСМАГ предназначена для упаковки, применяется в торговле, промышленности, быту. С ее помощью можно склеить практически любые предметы: картонные коробки, упаковочную пленку, бумагу и т. д. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - прозрачный.</t>
+  </si>
+  <si>
+    <t>1005501</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/709/tk65nyg52i2zu9z981i5d10jgwrqy14w.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная, 50 мм х 66 м, прозрачная, УСИЛЕННАЯ, МОРОЗОСТОЙКАЯ, толщина 50 микрон, ОФИСМАГ, 440111</t>
   </si>
   <si>
     <t>Упаковочная клейкая лента ОФИСМАГ предназначена для упаковки, применяется в торговле, промышленности, быту. С ее помощью можно склеить практически любые предметы: картонные коробки, упаковочную пленку, бумагу и т. д. Толщина скотча 50 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 50 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - прозрачный.</t>
   </si>
   <si>
     <t>1005502</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d10/2eqmw40nkfepqeerbm1be1103hrwuskh.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная, 72 мм х 66 м, прозрачная, толщина 45 микрон, ОФИСМАГ, 440109</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента ОФИСМАГ предназначена для упаковки, применяется в торговле, промышленности, быту. С ее помощью можно склеить практически любые предметы: картонные коробки, упаковочную пленку, бумагу и т. д. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 72 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - прозрачный.</t>
+  </si>
+  <si>
+    <t>1005503</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/00c/iinqtvjyu5li7i033qpp8udoj3wtpbvh.jpg</t>
   </si>
   <si>
     <t>Клейкие ленты упаковочные, 48 мм х 60 м, КОМПЛЕКТ 6 шт., прозрачные, толщина 45 микрон, ОФИСМАГ, 440070</t>
   </si>
   <si>
     <t>Упаковочная клейкая лента ОФИСМАГ предназначена для упаковки, применяется в торговле, промышленности, быту. С ее помощью можно склеить практически любые предметы: картонные коробки, упаковочную пленку, бумагу и т. д. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 60 м хватит на продолжительное время. Цвет - прозрачный.</t>
   </si>
   <si>
     <t>1005504</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/893/65cgxmae2pf433alnn8rlzw549ym7lcu.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная Unibob 600 48ммх66мх45мкм, прозрачная</t>
   </si>
   <si>
     <t>1005786</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b9/n7dmmxqc39u22xd7tz3bz8936nganjm3.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная  48мм х 100м прозрач. 45мкр, S</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная  48мм х 100м прозрач. 45мкр, S</t>
   </si>
   <si>
     <t>1005787</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a90/zgyggl7cvigc1htmjw5l9tzebvas5epi.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/75b/16w7bihnprz8lananybsjzhb6gbdr8oo.jpg</t>
   </si>
   <si>
     <t>Клейкая ПРОТИВОСКОЛЬЗЯЩАЯ зернистая лента 25 мм х 5 м, ЧЕРНАЯ, основа ПВХ, BRAUBERG, 606772</t>
   </si>
   <si>
     <t>Клейкая ПРОТИВОСКОЛЬЗЯЩАЯ зернистая лента BRAUBERG предназначена для предотвращения ситуаций, связанных с несчастными случаями из-за проскальзывания на любых твердых поверхностях внутри и снаружи помещений. Клейкая лента размером 25 мм х 5 м черного цвета. Представляет собой ленту на основе ПВХ с покрытием из крошки кремнеуглерода, клеевым слоем на основе сольвента, и защитным лайнером для клеевого слоя из силиконизированной с одной стороны бумаги &amp;#40;лента наклеена на лайнер&amp;#41;. Крупность зерна 60 grit &amp;#40;количество гранул кремнеуглерода на кв. дюйм&amp;#41;. Свойства: 1. Степень противоскольжения R13. 2. Предотвращение ситуаций, связанных с несчастными случаями из-за проскальзывания, для скользких, влажных, масляных и жирных поверхностей; снаружи и внутри помещений; зоны входа, выхода, переходы; лестницы, подъемы, рампы машины, транспортные средства; кухни и столовые; террасы, веранды; для любого типа поверхностей.</t>
   </si>
   <si>
     <t>1006524</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7be/83bx1byk59uk287gnq5hjpqrlipomemi.jpg</t>
   </si>
   <si>
     <t>Клейкая ПРОТИВОСКОЛЬЗЯЩАЯ зернистая лента 50 мм х 20 м, ЧЕРНАЯ, основа ПВХ, BRAUBERG, 606774</t>
   </si>
   <si>
     <t>Клейкая ПРОТИВОСКОЛЬЗЯЩАЯ зернистая лента BRAUBERG предназначена для предотвращения ситуаций, связанных с несчастными случаями из-за проскальзывания на любых твердых поверхностях внутри и снаружи помещений. Клейкая лента размером 50 мм х 20 м черного цвета. Представляет собой ленту на основе ПВХ с покрытием из крошки кремнеуглерода, клеевым слоем на основе сольвента и защитным лайнером для клеевого слоя из силиконизированной с одной стороны бумаги &amp;#40;лента наклеена на лайнер&amp;#41;. Крупность зерна 60 grit &amp;#40;количество гранул кремнеуглерода на кв. дюйм&amp;#41;. Свойства: 1. Степень противоскольжения R13. 2. Предотвращение ситуаций, связанных с несчастными случаями из-за проскальзывания, для скользких, влажных, масляных и жирных поверхностей; снаружи и внутри помещений; зоны входа, выхода, переходы; лестницы, подъемы, рампы машины, транспортные средства; кухни и столовые; террасы, веранды; для любого типа поверхностей.</t>
   </si>
   <si>
     <t>1006525</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/08e/adkk0p765q47ypdt1sqvd82jsnp80mct.jpg</t>
@@ -4118,72 +3989,72 @@
   <si>
     <t>http://anytos.ru//upload/iblock/eb3/ox7sfz11k3g8ocaq49fqeig0yevoms1o.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя UNIBOB 50 мм х 25 м, 95 мкм, прозрачная</t>
   </si>
   <si>
     <t>Клейкая лента на полипропиленовой основе используется для склеивания гладких поверхностей и материалов при проведении монтажных, ремонтных, дизайнерских и оформительских работ. — Рабочая температура: от ?10 до 50 градусов. — Ширина — 50 мм, длина — 25 м. — Общая толщина ленты &amp;#40;клей &amp;#43; основа&amp;#43; лайнер&amp;#41; — 160 мкм. Толщина ленты - 95 мкм. — Цвет — прозрачная. Основные преимущества продукта: — Удобная замена механическим крепежам. — Подходит для монтажа легких предметов интерьера. — Применяется как и для горизонтальных, так и для вертикальных поверхностей. — Небольшая толщина пленки делает место склейки практически незаметным. — Клеевой слой на основе синтетического каучука обеспечит надежное крепление на вертикальные и горизонтальные поверхности. — Цветная информативная этикетка. — Каждый рулон упакован в термоусадочную пленку, что позволяет сохранить все свойства и технические характеристики продукта.</t>
   </si>
   <si>
     <t>1011256</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/108/wg9jnce1l8aikayopwlj26pt8gh79zhu.jpg</t>
   </si>
   <si>
     <t>Клейкие ленты 12 мм х 33 м канцелярские ОФИСМАГ, комплект 4 шт., прозрачные, гарантированная длина, 223126</t>
   </si>
   <si>
     <t>Канцелярская клейкая лента ОФИСМАГ разработана специально для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет гарантированную длину 33 м и ширину 12 мм и обладает высокой клеящей способностью. Отличается прозрачностью и прочностью 35 мкм. Полуматовая. Упаковка — термоусадка из 4 ролика.</t>
   </si>
   <si>
     <t>1012499</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/30b/412a3cfhqomjl0a3er29hrro33lyrp6t.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/90b/x6s92l5b8h63zh85kl9x6lolur921elb.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 4 клейких лент ErichKrause Invisible, 18ммх20м  в пленке </t>
   </si>
   <si>
     <t>Набор из 4 клейких лент ErichKrause Invisible, 18ммх20м &amp;#40;в пленке&amp;#41;</t>
   </si>
   <si>
     <t>1012853</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/618/kasyrsdno10t36bz6wuzmjnvt9icwa4d.png</t>
+  </si>
+  <si>
+    <t>Клейкая лента армированная UNIBOB 48мм х 40м</t>
+  </si>
+  <si>
+    <t>Клейкая высокопрочная армированная лента Unibob 48 мм х 40 м на тканево-полипропиленовой основе. Клеевой слой на основе синтетического каучука, за счёт чего улучшаются клеящие характеристики ленты. Клейкая лента армирована х/б тканью, ламинированной полиэтиленом. За счёт полиэтиленового покрытия обеспечивается водонепроницаемость ленты, которая позволяет применять её для герметизации швов, стыков труб и щелей, для проведения различных сантехнических и изоляционных работ с влагоконтактирующими поверхностями. Использование армированной клейкой ленты для упаковочных целей существенно снижает её расход, при этом значительно улучшается качество самой упаковки, что особенно актуально при высоких нагрузках или экстремальных условиях эксплуатации. Рабочая температура: от ?10 до &amp;#43;75°С. Температура крепления: от 10 до 30°С. Толщина, мкм: 170. Ширина: 48 мм. Длина рулона: 40 м. Цвет: серый.</t>
+  </si>
+  <si>
+    <t>1013404</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -4510,57 +4381,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J349"/>
+  <dimension ref="A1:J338"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G349" sqref="G349"/>
+      <selection pane="bottomRight" activeCell="G338" sqref="G338"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -4624,7719 +4495,7474 @@
       </c>
       <c r="F5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F8" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G8" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G19" s="3" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="C20" s="1"/>
+      <c r="C20" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="D20" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>84</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
         <v>85</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="C23" s="1"/>
+      <c r="C23" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="D23" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>91</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="C25" s="1"/>
+      <c r="C25" s="1" t="s">
+        <v>93</v>
+      </c>
       <c r="D25" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>79</v>
+        <v>97</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="B27" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>66</v>
+        <v>31</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>115</v>
+        <v>131</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F36" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="B36" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G36" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>144</v>
+        <v>63</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>145</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>148</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>150</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>151</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>153</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>67</v>
+        <v>154</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>158</v>
+        <v>180</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>178</v>
+        <v>63</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B46" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F46" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="C46" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G46" s="3" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>67</v>
+        <v>189</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>197</v>
+        <v>154</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>183</v>
+        <v>20</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>207</v>
+        <v>116</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>208</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>209</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>210</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>211</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>20</v>
+        <v>140</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>212</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="C53" s="1"/>
+      <c r="D53" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E53" s="3" t="s">
+      <c r="F53" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="F53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G53" s="3" t="s">
-        <v>67</v>
+        <v>216</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="C54" s="1"/>
+        <v>218</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>219</v>
+      </c>
       <c r="D54" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>220</v>
+        <v>78</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
         <v>221</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>222</v>
       </c>
       <c r="C55" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="D55" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F55" s="3" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B56" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="C56" s="1" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>227</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
         <v>228</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>229</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>231</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>232</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>233</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>234</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>235</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>219</v>
+        <v>14</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
         <v>236</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>237</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>238</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>239</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>14</v>
+        <v>130</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
         <v>240</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>241</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>242</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>243</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>129</v>
+        <v>215</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>58</v>
+        <v>216</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
         <v>244</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>245</v>
       </c>
       <c r="C61" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F61" s="3" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>220</v>
+        <v>112</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B62" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="C62" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="C62" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F62" s="3" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>111</v>
+        <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="B63" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="C63" s="1" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>253</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
         <v>254</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>255</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>256</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>257</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>219</v>
+        <v>14</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>21</v>
+        <v>258</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>262</v>
+        <v>130</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>115</v>
+        <v>21</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
         <v>263</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>264</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>265</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>266</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>262</v>
+        <v>215</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>115</v>
+        <v>131</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
         <v>267</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>268</v>
       </c>
       <c r="C67" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>269</v>
-      </c>
-[...4 lines deleted...]
-        <v>270</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>271</v>
+        <v>78</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="B68" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F68" s="3" t="s">
-        <v>129</v>
+        <v>14</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>21</v>
+        <v>216</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="B69" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F69" s="3" t="s">
-        <v>219</v>
+        <v>130</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>280</v>
+        <v>78</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="F70" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="B70" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G70" s="3" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="D71" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>285</v>
-      </c>
-[...7 lines deleted...]
-        <v>286</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>220</v>
+        <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B72" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="C72" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="C72" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F72" s="3" t="s">
-        <v>129</v>
+        <v>14</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="B73" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F73" s="3" t="s">
-        <v>295</v>
+        <v>14</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>14</v>
+        <v>159</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>298</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>14</v>
+        <v>159</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>15</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="D76" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="C76" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F76" s="3" t="s">
-        <v>14</v>
+        <v>140</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="B77" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="C77" s="1" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>308</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>14</v>
+        <v>140</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>15</v>
+        <v>309</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>14</v>
+        <v>140</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>298</v>
+        <v>316</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>318</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>59</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>323</v>
+        <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>134</v>
+        <v>335</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>332</v>
+        <v>21</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C84" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="F84" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="D84" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G84" s="3" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>341</v>
+        <v>344</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C86" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="F86" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="D86" s="1" t="s">
-[...6 lines deleted...]
-        <v>15</v>
+      <c r="G86" s="3" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>15</v>
+        <v>344</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>354</v>
+        <v>344</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>354</v>
+        <v>344</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>21</v>
+        <v>386</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C96" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="G96" s="3" t="s">
         <v>386</v>
-      </c>
-[...10 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>363</v>
+        <v>14</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>401</v>
+        <v>386</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>35</v>
+        <v>407</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B101" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="G101" s="3" t="s">
         <v>407</v>
-      </c>
-[...13 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>414</v>
+        <v>386</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>388</v>
+        <v>344</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>414</v>
+        <v>27</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>412</v>
+        <v>405</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>280</v>
+        <v>27</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>444</v>
+        <v>376</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>220</v>
+        <v>131</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>14</v>
+        <v>344</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>15</v>
+        <v>216</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>81</v>
+        <v>14</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>78</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>363</v>
+        <v>159</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>414</v>
+        <v>73</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>35</v>
+        <v>386</v>
       </c>
     </row>
     <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>129</v>
+        <v>344</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>401</v>
+        <v>499</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>14</v>
+        <v>344</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>81</v>
+        <v>21</v>
       </c>
     </row>
     <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>363</v>
+        <v>14</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>505</v>
+        <v>15</v>
       </c>
     </row>
     <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>388</v>
+        <v>344</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>21</v>
+        <v>386</v>
       </c>
     </row>
     <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="C127" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="B127" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D127" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>14</v>
+        <v>344</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>15</v>
+        <v>386</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>517</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>401</v>
+        <v>416</v>
       </c>
     </row>
     <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
         <v>518</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>519</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>363</v>
+        <v>215</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>401</v>
+        <v>522</v>
       </c>
     </row>
     <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>516</v>
+        <v>525</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>363</v>
+        <v>215</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>524</v>
+        <v>189</v>
       </c>
     </row>
     <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>219</v>
+        <v>365</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>529</v>
+        <v>189</v>
       </c>
     </row>
     <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>388</v>
+        <v>365</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>414</v>
+        <v>522</v>
       </c>
     </row>
     <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>388</v>
+        <v>365</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>538</v>
+        <v>407</v>
       </c>
     </row>
     <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
         <v>539</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>540</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>541</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>542</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>388</v>
+        <v>365</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>15</v>
+        <v>543</v>
       </c>
     </row>
     <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>388</v>
+        <v>365</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>414</v>
+        <v>15</v>
       </c>
     </row>
     <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>15</v>
+        <v>407</v>
       </c>
     </row>
     <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>14</v>
+        <v>344</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>295</v>
+        <v>14</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
     </row>
     <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>561</v>
+        <v>506</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>562</v>
       </c>
       <c r="F139" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
         <v>563</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>564</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>565</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>566</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>129</v>
+        <v>281</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
         <v>567</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>568</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>569</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>570</v>
       </c>
       <c r="F141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>115</v>
+        <v>27</v>
       </c>
     </row>
     <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
         <v>571</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>572</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>573</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>574</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>14</v>
+        <v>130</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>401</v>
+        <v>27</v>
       </c>
     </row>
     <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
         <v>575</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>576</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>158</v>
+        <v>281</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
     </row>
     <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>15</v>
+        <v>386</v>
       </c>
     </row>
     <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>15</v>
+        <v>386</v>
       </c>
     </row>
     <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>115</v>
+        <v>159</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>595</v>
+        <v>159</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>598</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>599</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>14</v>
+        <v>140</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
         <v>600</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>601</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>602</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>603</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>116</v>
       </c>
     </row>
     <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
         <v>604</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>605</v>
       </c>
       <c r="C151" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>606</v>
       </c>
-      <c r="D151" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E151" s="3" t="s">
+      <c r="F151" s="3" t="s">
         <v>607</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
         <v>608</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>609</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>610</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>611</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>363</v>
+        <v>14</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
         <v>612</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>613</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>614</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>615</v>
       </c>
       <c r="F153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
     </row>
     <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
         <v>616</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>617</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>618</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>619</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>295</v>
+        <v>20</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>280</v>
+        <v>21</v>
       </c>
     </row>
     <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
         <v>620</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>621</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>561</v>
+        <v>622</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>14</v>
+        <v>344</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
     </row>
     <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>295</v>
+        <v>14</v>
       </c>
       <c r="G156" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>295</v>
+        <v>14</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>220</v>
+        <v>131</v>
       </c>
     </row>
     <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>363</v>
+        <v>14</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>111</v>
+        <v>216</v>
       </c>
     </row>
     <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>639</v>
+        <v>281</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>15</v>
+        <v>131</v>
       </c>
     </row>
     <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
         <v>640</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>641</v>
       </c>
       <c r="C160" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>642</v>
       </c>
-      <c r="D160" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F160" s="3" t="s">
-        <v>363</v>
+        <v>14</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
     </row>
     <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="B161" s="1" t="s">
         <v>644</v>
       </c>
-      <c r="B161" s="1" t="s">
+      <c r="C161" s="1" t="s">
         <v>645</v>
       </c>
-      <c r="C161" s="1" t="s">
+      <c r="D161" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>646</v>
       </c>
-      <c r="D161" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F161" s="3" t="s">
-        <v>363</v>
+        <v>281</v>
       </c>
       <c r="G161" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="B162" s="1" t="s">
         <v>648</v>
       </c>
-      <c r="B162" s="1" t="s">
+      <c r="C162" s="1" t="s">
         <v>649</v>
       </c>
-      <c r="C162" s="1" t="s">
+      <c r="D162" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E162" s="3" t="s">
         <v>650</v>
       </c>
-      <c r="D162" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F162" s="3" t="s">
-        <v>363</v>
+        <v>281</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>15</v>
+        <v>216</v>
       </c>
     </row>
     <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B163" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="B163" s="1" t="s">
+      <c r="C163" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="C163" s="1" t="s">
+      <c r="D163" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>654</v>
       </c>
-      <c r="D163" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F163" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>220</v>
+        <v>112</v>
       </c>
     </row>
     <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="B164" s="1" t="s">
         <v>656</v>
       </c>
-      <c r="B164" s="1" t="s">
+      <c r="C164" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="C164" s="1" t="s">
+      <c r="D164" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E164" s="3" t="s">
         <v>658</v>
       </c>
-      <c r="D164" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E164" s="3" t="s">
+      <c r="F164" s="3" t="s">
         <v>659</v>
       </c>
-      <c r="F164" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G164" s="3" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
     </row>
     <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
         <v>660</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>661</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>662</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>663</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G165" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
         <v>664</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>665</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>666</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>667</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>35</v>
+        <v>216</v>
       </c>
     </row>
     <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
         <v>668</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>669</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>670</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>671</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
     </row>
     <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
         <v>672</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>673</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>674</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>675</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>115</v>
+        <v>344</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
         <v>676</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>677</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>678</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>679</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>280</v>
+        <v>15</v>
       </c>
     </row>
     <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
         <v>680</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>681</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>682</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>683</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>524</v>
+        <v>116</v>
       </c>
     </row>
     <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
         <v>684</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>685</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>686</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>687</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>115</v>
+        <v>344</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>131</v>
       </c>
     </row>
     <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
         <v>688</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>689</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>690</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>691</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>692</v>
+        <v>344</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>67</v>
+        <v>416</v>
       </c>
     </row>
     <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="B173" s="1" t="s">
         <v>693</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="C173" s="1" t="s">
         <v>694</v>
       </c>
-      <c r="C173" s="1" t="s">
+      <c r="D173" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>695</v>
       </c>
-      <c r="D173" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E173" s="3" t="s">
+      <c r="F173" s="3" t="s">
         <v>696</v>
       </c>
-      <c r="F173" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G173" s="3" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
     </row>
     <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
         <v>697</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>698</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>699</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>700</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
         <v>701</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>702</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>703</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>704</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
         <v>705</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>706</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>707</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>708</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
         <v>709</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>710</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>711</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>712</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>115</v>
+        <v>713</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="F178" s="3" t="s">
         <v>713</v>
       </c>
-      <c r="B178" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G178" s="3" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
         <v>718</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>719</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>720</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>721</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
         <v>722</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>723</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>724</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>725</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
         <v>726</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>727</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>728</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>729</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="B182" s="1" t="s">
         <v>730</v>
       </c>
-      <c r="B182" s="1" t="s">
+      <c r="C182" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="C182" s="1" t="s">
+      <c r="D182" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>732</v>
       </c>
-      <c r="D182" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F182" s="3" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="G182" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>734</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>735</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>736</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="G183" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
         <v>737</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>738</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>739</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>740</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="G184" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
         <v>741</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>742</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>743</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>744</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
         <v>745</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>746</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>747</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>748</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
         <v>749</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>750</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>751</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>752</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>35</v>
+        <v>175</v>
       </c>
     </row>
     <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
         <v>753</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>754</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>755</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>756</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>178</v>
+        <v>116</v>
       </c>
     </row>
     <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
         <v>757</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>758</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>759</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>760</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
         <v>761</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>762</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>763</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>764</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>717</v>
+        <v>130</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>115</v>
+        <v>78</v>
       </c>
     </row>
     <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
         <v>765</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>766</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>767</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>768</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>81</v>
+        <v>407</v>
       </c>
     </row>
     <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
         <v>769</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>770</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>771</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>772</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>414</v>
+        <v>15</v>
       </c>
     </row>
     <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
         <v>773</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>774</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>775</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>776</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>129</v>
+        <v>777</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
     </row>
     <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>781</v>
+      </c>
+      <c r="F194" s="3" t="s">
         <v>777</v>
       </c>
-      <c r="B194" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G194" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
         <v>782</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>783</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>784</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>785</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>781</v>
+        <v>777</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
         <v>786</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>787</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>788</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>789</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G196" s="3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
         <v>790</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>791</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>792</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>793</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
         <v>794</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>795</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>796</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>797</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
         <v>798</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>799</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>800</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>801</v>
       </c>
       <c r="F199" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
         <v>802</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>803</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>804</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>805</v>
       </c>
       <c r="F200" s="3" t="s">
         <v>806</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
         <v>807</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>808</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>804</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>809</v>
       </c>
       <c r="F201" s="3" t="s">
         <v>806</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
     </row>
     <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
         <v>810</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>811</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>804</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>812</v>
       </c>
       <c r="F202" s="3" t="s">
         <v>806</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
         <v>813</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>814</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>804</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>815</v>
       </c>
       <c r="F203" s="3" t="s">
         <v>806</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
         <v>816</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>817</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>804</v>
+        <v>818</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>806</v>
+        <v>130</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
     </row>
     <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>822</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>21</v>
+        <v>823</v>
       </c>
     </row>
     <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>129</v>
+        <v>14</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>826</v>
+        <v>78</v>
       </c>
     </row>
     <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="F207" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
     </row>
     <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>149</v>
+        <v>842</v>
       </c>
     </row>
     <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>14</v>
+        <v>777</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
     </row>
     <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>781</v>
+        <v>777</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>851</v>
+        <v>31</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
         <v>852</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>853</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>853</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>854</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>858</v>
+      </c>
+      <c r="F215" s="3" t="s">
         <v>855</v>
       </c>
-      <c r="B215" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G215" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>860</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>861</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>851</v>
+        <v>159</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
         <v>862</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>863</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>867</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>868</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>158</v>
+        <v>855</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>873</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>874</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>875</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>388</v>
+        <v>159</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>220</v>
+        <v>116</v>
       </c>
     </row>
     <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
         <v>876</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>877</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>878</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>879</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>388</v>
+        <v>365</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>111</v>
+        <v>216</v>
       </c>
     </row>
     <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
         <v>880</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>881</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>851</v>
+        <v>365</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
     </row>
     <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>851</v>
+        <v>365</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>115</v>
+        <v>823</v>
       </c>
     </row>
     <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>889</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>890</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>388</v>
+        <v>855</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>67</v>
+        <v>116</v>
       </c>
     </row>
     <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
         <v>891</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>892</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>893</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>894</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>363</v>
+        <v>855</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
     </row>
     <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
         <v>895</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>896</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>897</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>898</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>115</v>
+        <v>344</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
         <v>899</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>900</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>901</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>902</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>414</v>
+        <v>116</v>
       </c>
     </row>
     <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
         <v>903</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>904</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>905</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>906</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
         <v>907</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>908</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>909</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>910</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
     </row>
     <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
         <v>911</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>912</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>909</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>913</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
         <v>914</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>915</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>916</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>116</v>
       </c>
     </row>
     <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
         <v>917</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>918</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>918</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>919</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
         <v>920</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>921</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>921</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>922</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
         <v>923</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>924</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="D234" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>115</v>
+        <v>855</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>851</v>
+        <v>365</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>115</v>
+        <v>27</v>
       </c>
     </row>
     <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>388</v>
+        <v>344</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>940</v>
+        <v>573</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>941</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>363</v>
+        <v>130</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>15</v>
+        <v>112</v>
       </c>
     </row>
     <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
         <v>942</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>943</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>565</v>
+        <v>944</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>116</v>
       </c>
     </row>
     <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>955</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>956</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>115</v>
+        <v>957</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>957</v>
+        <v>899</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>958</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>958</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>959</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
         <v>960</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>961</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>963</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>895</v>
+        <v>964</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>968</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>969</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
         <v>970</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>971</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>115</v>
+        <v>1002</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="255" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>115</v>
+        <v>696</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="256" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>1008</v>
+        <v>696</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>115</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="258" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>692</v>
+        <v>159</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
     </row>
     <row r="259" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-        <v>1020</v>
+        <v>15</v>
       </c>
     </row>
     <row r="260" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-        <v>1025</v>
+        <v>15</v>
       </c>
     </row>
     <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="D261" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>116</v>
       </c>
     </row>
     <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
     </row>
     <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="D263" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
     </row>
     <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
     </row>
     <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
     </row>
     <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>115</v>
+        <v>63</v>
       </c>
     </row>
     <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>1053</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>15</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>1057</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>15</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="C269" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E269" s="3" t="s">
         <v>1060</v>
       </c>
-      <c r="D269" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E269" s="3" t="s">
+      <c r="F269" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="G269" s="3" t="s">
         <v>1061</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>1064</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>1065</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>62</v>
+        <v>130</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>1069</v>
+        <v>130</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>1069</v>
+        <v>365</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>131</v>
       </c>
     </row>
     <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>354</v>
+        <v>365</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
     </row>
     <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>1080</v>
+        <v>15</v>
       </c>
     </row>
     <row r="275" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>116</v>
       </c>
     </row>
     <row r="276" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>116</v>
       </c>
     </row>
     <row r="277" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>1092</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-        <v>280</v>
+        <v>116</v>
       </c>
     </row>
     <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
         <v>1093</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>1094</v>
       </c>
       <c r="C278" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E278" s="3" t="s">
         <v>1095</v>
       </c>
-      <c r="D278" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F278" s="3" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-        <v>280</v>
+        <v>116</v>
       </c>
     </row>
     <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B279" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="B279" s="1" t="s">
+      <c r="C279" s="1" t="s">
         <v>1098</v>
       </c>
-      <c r="C279" s="1" t="s">
+      <c r="D279" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E279" s="3" t="s">
         <v>1099</v>
       </c>
-      <c r="D279" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F279" s="3" t="s">
-        <v>115</v>
+        <v>335</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B280" s="1" t="s">
         <v>1101</v>
       </c>
-      <c r="B280" s="1" t="s">
+      <c r="C280" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E280" s="3" t="s">
         <v>1102</v>
       </c>
-      <c r="C280" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F280" s="3" t="s">
-        <v>15</v>
+        <v>335</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>1061</v>
       </c>
     </row>
     <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C281" s="1" t="s">
         <v>1105</v>
       </c>
-      <c r="B281" s="1" t="s">
+      <c r="D281" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E281" s="3" t="s">
         <v>1106</v>
       </c>
-      <c r="C281" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F281" s="3" t="s">
-        <v>115</v>
+        <v>335</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C282" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="B282" s="1" t="s">
+      <c r="D282" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E282" s="3" t="s">
         <v>1110</v>
       </c>
-      <c r="C282" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F282" s="3" t="s">
-        <v>115</v>
+        <v>696</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C283" s="1" t="s">
         <v>1113</v>
       </c>
-      <c r="B283" s="1" t="s">
+      <c r="D283" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E283" s="3" t="s">
         <v>1114</v>
       </c>
-      <c r="C283" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E283" s="3" t="s">
+      <c r="F283" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="G283" s="3" t="s">
         <v>1115</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
         <v>1116</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>115</v>
+        <v>696</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="285" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>354</v>
+        <v>696</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>115</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>354</v>
+        <v>130</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>1080</v>
+        <v>112</v>
       </c>
     </row>
     <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>354</v>
+        <v>130</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>115</v>
+        <v>131</v>
       </c>
     </row>
     <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>692</v>
+        <v>130</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>67</v>
+        <v>216</v>
       </c>
     </row>
     <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>692</v>
+        <v>130</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>1138</v>
+        <v>543</v>
       </c>
     </row>
     <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>692</v>
+        <v>130</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>35</v>
+        <v>522</v>
       </c>
     </row>
     <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>692</v>
+        <v>130</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>1147</v>
+        <v>15</v>
       </c>
     </row>
     <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>280</v>
+        <v>823</v>
       </c>
     </row>
     <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
     </row>
     <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>280</v>
+        <v>21</v>
       </c>
     </row>
     <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>220</v>
+        <v>15</v>
       </c>
     </row>
     <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>192</v>
+        <v>21</v>
       </c>
     </row>
     <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>129</v>
+        <v>344</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>538</v>
+        <v>131</v>
       </c>
     </row>
     <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>129</v>
+        <v>335</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>529</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="C299" s="1" t="s">
         <v>1177</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>1178</v>
       </c>
       <c r="F299" s="3" t="s">
-        <v>129</v>
+        <v>1179</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>111</v>
+        <v>522</v>
       </c>
     </row>
     <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="C300" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>1182</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>129</v>
+        <v>1179</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>21</v>
+        <v>522</v>
       </c>
     </row>
     <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
         <v>1183</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="C301" s="1" t="s">
         <v>1185</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E301" s="3" t="s">
         <v>1186</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>129</v>
+        <v>1179</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
     </row>
     <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>1188</v>
       </c>
       <c r="C302" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E302" s="3" t="s">
         <v>1189</v>
       </c>
-      <c r="D302" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F302" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>116</v>
       </c>
     </row>
     <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B303" s="1" t="s">
         <v>1191</v>
       </c>
-      <c r="B303" s="1" t="s">
+      <c r="C303" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E303" s="3" t="s">
         <v>1192</v>
       </c>
-      <c r="C303" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F303" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>826</v>
+        <v>63</v>
       </c>
     </row>
     <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E304" s="3" t="s">
         <v>1195</v>
       </c>
-      <c r="B304" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F304" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>63</v>
       </c>
     </row>
     <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E305" s="3" t="s">
         <v>1199</v>
       </c>
-      <c r="B305" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F305" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="306" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E306" s="3" t="s">
         <v>1203</v>
       </c>
-      <c r="B306" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F306" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>194</v>
       </c>
     </row>
     <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E307" s="3" t="s">
         <v>1207</v>
       </c>
-      <c r="B307" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F307" s="3" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E308" s="3" t="s">
         <v>1211</v>
       </c>
-      <c r="B308" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F308" s="3" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>280</v>
+        <v>15</v>
       </c>
     </row>
     <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E309" s="3" t="s">
         <v>1215</v>
       </c>
-      <c r="B309" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F309" s="3" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>1080</v>
+        <v>15</v>
       </c>
     </row>
     <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C310" s="1" t="s">
         <v>1218</v>
       </c>
-      <c r="B310" s="1" t="s">
+      <c r="D310" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E310" s="3" t="s">
         <v>1219</v>
       </c>
-      <c r="C310" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F310" s="3" t="s">
-        <v>1221</v>
-[...2 lines deleted...]
-        <v>529</v>
+        <v>15</v>
       </c>
     </row>
     <row r="311" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C311" s="1" t="s">
         <v>1222</v>
       </c>
-      <c r="B311" s="1" t="s">
+      <c r="D311" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E311" s="3" t="s">
         <v>1223</v>
       </c>
-      <c r="C311" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F311" s="3" t="s">
-        <v>1221</v>
-[...2 lines deleted...]
-        <v>529</v>
+        <v>78</v>
       </c>
     </row>
     <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B312" s="1" t="s">
         <v>1225</v>
       </c>
-      <c r="B312" s="1" t="s">
+      <c r="C312" s="1" t="s">
         <v>1226</v>
       </c>
-      <c r="C312" s="1" t="s">
+      <c r="D312" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E312" s="3" t="s">
         <v>1227</v>
       </c>
-      <c r="D312" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F312" s="3" t="s">
-        <v>1221</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>73</v>
       </c>
     </row>
     <row r="313" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B313" s="1" t="s">
         <v>1229</v>
-      </c>
-[...1 lines deleted...]
-        <v>1230</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>1230</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>1231</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>62</v>
+        <v>365</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="314" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
         <v>1232</v>
       </c>
       <c r="B314" s="1" t="s">
         <v>1233</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>62</v>
+        <v>130</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="315" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>15</v>
+        <v>130</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>197</v>
+        <v>130</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="F317" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="G317" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>15</v>
+        <v>344</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>15</v>
+        <v>696</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>15</v>
+        <v>696</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>81</v>
+        <v>696</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>67</v>
+        <v>1268</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="B323" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E323" s="3" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F323" s="3" t="s">
         <v>1268</v>
       </c>
-      <c r="C323" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G323" s="3" t="s">
-        <v>332</v>
+        <v>27</v>
       </c>
     </row>
     <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>388</v>
+        <v>1277</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>220</v>
+        <v>27</v>
       </c>
     </row>
     <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1276</v>
+        <v>1279</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1277</v>
+        <v>1280</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>129</v>
+        <v>1268</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
     </row>
     <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>129</v>
+        <v>1268</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
     </row>
     <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>129</v>
+        <v>1268</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
     </row>
     <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>363</v>
+        <v>1268</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>15</v>
+        <v>131</v>
       </c>
     </row>
     <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>363</v>
+        <v>14</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>81</v>
+        <v>116</v>
       </c>
     </row>
     <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="D331" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>692</v>
+        <v>344</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>115</v>
+        <v>78</v>
       </c>
     </row>
     <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="D332" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>692</v>
+        <v>344</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>692</v>
+        <v>344</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>1315</v>
+        <v>696</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>35</v>
+        <v>116</v>
       </c>
     </row>
     <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>1315</v>
+        <v>14</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>35</v>
+        <v>116</v>
       </c>
     </row>
     <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="D336" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>1324</v>
+        <v>1268</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>35</v>
+        <v>189</v>
       </c>
     </row>
     <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
         <v>1325</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>1326</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>1327</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E337" s="3" t="s">
         <v>1328</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>1315</v>
+        <v>696</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>35</v>
+        <v>116</v>
       </c>
     </row>
     <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
         <v>1329</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>1330</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>1331</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E338" s="3" t="s">
         <v>1332</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>1315</v>
+        <v>14</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>280</v>
-[...249 lines deleted...]
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">