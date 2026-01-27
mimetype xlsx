--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -12,382 +12,442 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1333">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1281">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0dd/0dd4bbdf196a42562d51e839bccd6e85.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная Unibob, 48мм 66м, 47мкм. 29895</t>
   </si>
   <si>
     <t>Используется для упаковки, наклеивания и склеивания поверхностей. Имеет оптимальные характеристики для использования в производственных и бытовых условиях, Высокая механическая прочность, Соответствие всем заявленным характеристикам и параметрам намотки, Клеевой слой обеспечивает прочное сцепление с поверхностью.</t>
   </si>
   <si>
     <t>Скотч</t>
   </si>
   <si>
     <t>370597</t>
   </si>
   <si>
     <t>&lt;a href="/brands/unibob/"&gt;Unibob&lt;/a&gt;</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/06a/f0kfhhcaq30sbasan87f7f4el3mgv4n0.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская inФОРМАТ 19 мм 20 м прозр.   S19x20</t>
+  </si>
+  <si>
+    <t>Клейкая лента ТМ inФОРМАТ разработана специально для канцелярских нужд. Отвечает всем специфическим требованиям, выдвигаемым к данному виду продукции: обладает исключительной прозрачностью и прочностью при минимальной толщине, не изменяет свой цвет в процессе хранения, не подвергается окислению и старению.•Основа: двуосноориентированный полипропилен•Клеевой слой: акриловая эмульсия на водной основе•Размер - 19 х 20 м•Цвет – прозрачный•Намотка на пластиковое кольцо•Упаковка - термоусадка, столбиком по 8 шт.</t>
+  </si>
+  <si>
+    <t>104194</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e26/5n5xp472n71fqsiujnrzur08zj4dn6sr.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента канцелярская KLEBEBANDER 12 мм 20 м  прозр.: TSK109T штр.: 4607104001375</t>
+  </si>
+  <si>
+    <t>Офисная лента является абсолютно прозрачной и подходит для запечатывания и скрепления маленьких объемов. Длительное время прочно держится на любой поверхности.</t>
+  </si>
+  <si>
+    <t>104197</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/klebeband/"&gt;Klebeband&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b93/83th6siytkoshkeg0swhyl999llbxtaf.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента канцелярская ЛУЧ 12 мм 10,00 м ассорти 3 шт.: 21С1397-08 штр.: 4601185010004</t>
+  </si>
+  <si>
+    <t>104209</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/luch/"&gt;Луч&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c37/36w1jte7zc0sxwqoifmig3mctviwaa9q.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента канцелярская ЛУЧ 12 мм 20 м  прозр.: 18С1205-08 штр.: 4601185007295</t>
+  </si>
+  <si>
+    <t>Офисная прозрачная лента может использоваться для запечатывания и скрепления небольших объемов.&amp;nbsp;&amp;nbsp;Долгое время может прочно держаться.</t>
+  </si>
+  <si>
+    <t>104210</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c05/jnmc84miu12fadheuhm2fvur4lulxnsl.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента канцелярская ЛУЧ 12 мм 30 м  прозр.: 18С1215-08 штр.: 4601185007301</t>
+  </si>
+  <si>
+    <t>104211</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d87/zy67y65su3d7hm813hc5in6wjht06a61.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента канцелярская ЛУЧ 18 мм 10 м  прозр.: 18С1216-08 штр.: 4601185007318</t>
+  </si>
+  <si>
+    <t>104213</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c4/ujcft39hoiukh8nn3d71lego2zp4l9l8.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента канцелярская ЛУЧ 18 мм 20 м  прозр.: 18С1217-08 штр.: 4601185007325</t>
+  </si>
+  <si>
+    <t>104214</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f4f/jn0pin72f439bsb2oz24wjwgwzr2z8zo.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента канцелярская ЛУЧ 18 мм 30 м  прозр.: 18С1218-08 штр.: 4601185007332</t>
+  </si>
+  <si>
+    <t>104215</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6b3/epfadalp2bus1ew9myobwbkw2ci83kpw.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента канцелярская ЛУЧ 24 мм 10 м  прозр.: 18С1219-08 штр.: 4601185007349</t>
+  </si>
+  <si>
+    <t>104218</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ee7/6qt15jtuu3f5g08gvousc1eak690w5qt.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская ЛУЧ 24 мм 20 м  прозр.   18С1220-08</t>
+  </si>
+  <si>
+    <t>104219</t>
+  </si>
+  <si>
+    <t>Клейк.лента канцелярская ЛУЧ 24 мм 30 м  прозр.: 18С1221-08 штр.: 4601185007363</t>
+  </si>
+  <si>
+    <t>104220</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/77b/39fzpsh9jc7rouwk2va2hp9i8ddonhl4.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская ЛУЧ в дисп. 18 мм 20 м  прозр.   18С1228-08</t>
+  </si>
+  <si>
+    <t>104222</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e54/49ysn8pn7y11oz127ay3we04xdlbl5wv.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента спец. inФОРМАТ 38 мм 25,00 м двухстор.: W3825-2S штр.: 4602723027676</t>
+  </si>
+  <si>
+    <t>Двусторонняя клейкая лента на основе полипропилена. Цвет – белый.</t>
+  </si>
+  <si>
+    <t>104229</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/221/d3wup3z3rwsy8m6u0wdtgy8r2unfl8w5.jpg</t>
+  </si>
+  <si>
+    <t>Спец.лента inФОРМАТ 50 мм 10 м двустор.полипропилен   W5010-2S</t>
+  </si>
+  <si>
+    <t>104230</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/316/i55sratxllg7ncag57xy1mb653ad5w0o.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента спец. KLEBEBANDER 19 мм 10,00 м двухстор.: 19х10 штр.: -</t>
+  </si>
+  <si>
+    <t>104231</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cda/76miyq8zpbqsbladv73a0zi6si2kexcz.jpg</t>
+  </si>
+  <si>
+    <t>Спец.лента KLEBEBANDER 38 мм 25 м  двустор.   38х25</t>
+  </si>
+  <si>
+    <t>104232</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c0/txmnfzwzdglkfbx2hw7xyzgvkkx85o26.jpg</t>
+  </si>
+  <si>
+    <t>Спец.лента KLEBEBANDER 50 мм 10 м двустор.полипропилен 50х10</t>
+  </si>
+  <si>
+    <t>104233</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b7/q9ekfg0ljr3crsvl96gqq4p1x1hjhpg2.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента спец. KLEBEBANDER 9 мм 10,00 м двухстор.: 9х10 штр.: 7630014901746</t>
+  </si>
+  <si>
+    <t>104234</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a8/i4awugnrlpl0t3nfp7rqzb5h3cuksixc.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента упак. inФОРМАТ 48 мм 117,00 м 43 мкм прозр.: T48117-03 штр.: 4602723029373</t>
+  </si>
+  <si>
+    <t>Клейкая лента изготовлена из высококачественной полипропиленовой пленки, что гарантирует прочность и защиту от случайных разрывов. Лента надежно крепится к бумаге, картону, пластику, а при необходимости - к стеклу.</t>
+  </si>
+  <si>
+    <t>104237</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/baf/8k0wpi6qp35fnbr8z9g5ppi3yoc7850n.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента упак. inФОРМАТ 48 мм 36,00 м 40 мкм прозр.: T4836-01 штр.: 4602723012085</t>
+  </si>
+  <si>
+    <t>104239</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/861/uydhw0wblvfp5f31etgpwyadqriequjy.jpg</t>
+  </si>
+  <si>
+    <t>Упак.лента inФОРМАТ 48 мм 57 м 45 мкм прозр.   T4857-02</t>
+  </si>
+  <si>
+    <t>104241</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e8/nx78djqjcwhqjz5zdyohkgau7jpxea7f.jpg</t>
+  </si>
+  <si>
+    <t>Упак.лента inФОРМАТ 50 мм 66 м 40 мкм корич.   N5066-01</t>
+  </si>
+  <si>
+    <t>104242</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ed/v3e9378a2mknr0afn6xd93w6vkfffvov.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента упак. inФОРМАТ 50 мм 66,00 м 40 мкм прозр.: T5066-01 штр.: 4602723008736</t>
+  </si>
+  <si>
+    <t>104243</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f59/soo4u22kb21stog7essl1e9lj10irwcp.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента упак. inФОРМАТ 72 мм 57,00 м 45 мкм прозр.: T7257-02 штр.: 4602723027669</t>
+  </si>
+  <si>
+    <t>104245</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ed/7e98mu4s06k8c4tbxp8yxomvo4e4v5qt.jpg</t>
+  </si>
+  <si>
+    <t>Упак.лента KLEBEBANDER 75 мм 66 м 45 мкм прозр. KB75x66 п</t>
+  </si>
+  <si>
+    <t>Лента упаковочная прозрачная, используется для запечатывания пакетов, коробок. Прочно держится в течение длительного времени.</t>
+  </si>
+  <si>
+    <t>104255</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/167/b7fbiq8bqxpcpoj57kreoyig4a1s3f7j.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента упак. UNIVERSAL 50 мм 40,00 м 40 мкм прозр.: 09720 штр.: -</t>
+  </si>
+  <si>
+    <t>104264</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/universal/"&gt;Universal  &lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/305/anglt699t0hooei0o3bm9k0awcn6tsxj.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента упак. ЛУЧ 48 мм 66,00 м 40 мкм прозр.: 18С1214-08 штр.: 4601185007448</t>
+  </si>
+  <si>
+    <t>Упаковочная лента прозрачна и может использоваться для упаковки коробов или же пакетов. Очень прочно держится на протяжении длительного промежутка времени.</t>
+  </si>
+  <si>
+    <t>104265</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/543/vwkposy2a9scglv9khg61fa30wjneb41.jpg</t>
+  </si>
+  <si>
+    <t>Упак.лента ЛУЧ 48 мм 66 м 50 мкм прозр.</t>
+  </si>
+  <si>
+    <t>104267</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/919/gxl7wu5pos2jbixa9c791w4v736oxohr.jpg</t>
+  </si>
+  <si>
+    <t>Спец.лента МАЛЯРНАЯ 50 мм 36 м: 50х40 штр.: 7630014907649</t>
+  </si>
+  <si>
+    <t>Лента используется как защитное средство во время проведения отделочных, малярных, покрасочных и штукатурных работ, а также при лакировке, проводимой внутри помещений. Применяют для получения гладких, ровных линий, а также для того, чтобы не допустить смешения цветов.</t>
+  </si>
+  <si>
+    <t>104272</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b9/k005dxjlwd5yle7o96eo4cpu94m1hyoz.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для упаков.кл.ленты KLEBEBANDER 50 мм пластик   ODM001K 24</t>
+  </si>
+  <si>
+    <t>Диспенсер используется для ручной упаковки всевозможных коробок. Он подходит для упаковочной ленты, имеющей диаметр втулки 70 мм и ширину в 50 или 75 мм. Диспенсер имеет нож для легкого обрезания упаковочной ленты, а также механизм натяжения ленты и натяжной ролик.</t>
+  </si>
+  <si>
+    <t>104277</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9c8/155b52bkd31up7ssjuwtoapucdnve93j.jpg</t>
   </si>
   <si>
-    <t>Клейк.лента канцелярская inФОРМАТ 19 мм 28 м  прозр.: S19x28 штр.: 4602723048121</t>
-[...277 lines deleted...]
-  <si>
     <t>Клейкая лента, канцелярская inФОРМАТ 15 мм  x 33 м 10 шт. уп.  S15x33</t>
   </si>
   <si>
     <t>208751</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/41d/w320alk99u5wshld6eyhzr207a9ci0aq.jpg</t>
   </si>
   <si>
     <t>Клейк.лента упак. inФОРМАТ 48 мм x 132 м 45 мкм прозрачная: T48132-02 штр.: 4602723080084</t>
   </si>
   <si>
     <t>208755</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e88/cjd6fc280hhui6vziipxp2q2i0tvola8.jpg</t>
   </si>
   <si>
     <t>Клейк.лента упак. inФОРМАТ 48 мм x 66 м 45 мкм прозрачная: Т4866-02 штр.: 4602723080053</t>
@@ -479,107 +539,161 @@
   <si>
     <t>Клейкая лента канцелярская .Широко используется в бытовой, банковской и офисной сфере. &amp;lt;br /&amp;gt;Типовые характеристики: &amp;lt;br /&amp;gt;тип пленки - полипропилен- &amp;lt;br /&amp;gt;цвет - прозрачный-&amp;lt;br /&amp;gt;тип клея - акриловый-&amp;lt;br /&amp;gt;Размер 15 мм х 10 м&amp;lt;br /&amp;gt;Плотность 35 мкм&amp;lt;br /&amp;gt;Упаковка - &amp;quot;башня&amp;quot; из 12 лент</t>
   </si>
   <si>
     <t>248705</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/24c/24cc08e1c23675c78fb9831af0041c3c/25e9c0dc70fb47ecc0634d81b9b80ad1.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская 15х33 12 шт. уп. штр.  4607104001320, 4680237010735, 7630014902941</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская .Широко используется в бытовой, банковской и офисной сфере. &amp;lt;br /&amp;gt;Типовые характеристики: &amp;lt;br /&amp;gt;тип пленки - полипропилен- &amp;lt;br /&amp;gt;цвет - прозрачный-&amp;lt;br /&amp;gt;тип клея - акриловый-&amp;lt;br /&amp;gt;Размер 15мм х 33 м&amp;lt;br /&amp;gt;Плотность 35 мкм&amp;lt;br /&amp;gt;Упаковка - &amp;quot;башня&amp;quot; из 12 лент</t>
   </si>
   <si>
     <t>248706</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/627/627130c5a134cb0ff0248ace009cfaf9/dae64552cfaa04cad5ed7de65163e5ae.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская 19х10 12 шт. уп. штр.  4607104009517, 4680237010742, 7630014901746</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская .Широко используется в бытовой, банковской и офисной сфере. &amp;lt;br /&amp;gt;Типовые характеристики: &amp;lt;br /&amp;gt;тип пленки - полипропилен- &amp;lt;br /&amp;gt;цвет - прозрачный-&amp;lt;br /&amp;gt;тип клея - акриловый-&amp;lt;br /&amp;gt;Размер 19мм х 10 м&amp;lt;br /&amp;gt;Плотность 35 мкм&amp;lt;br /&amp;gt;Упаковка - &amp;quot;башня&amp;quot; из 12 лент</t>
+  </si>
+  <si>
+    <t>248707</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e94/e94ed041538ae982df782728ef1f4ba0/11362a17f86c08ecdc52a8ab5091d8e3.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская 19х33 12 шт. уп. штр.  4607104001344, 4680237010759, 7630014901814</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская. Широко используется в бытовой, банковской и офисной сфере. &amp;lt;br /&amp;gt;Типовые характеристики: тип пленки - полипропилен- цвет - прозрачный-&amp;lt;br /&amp;gt;тип клея - акриловый-&amp;lt;br /&amp;gt;Размер 19мм х 33 м&amp;lt;br /&amp;gt;Плотность 35 мкм&amp;lt;br /&amp;gt;Упаковка - &amp;quot;башня&amp;quot; из 12 лент</t>
+  </si>
+  <si>
+    <t>248708</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8e4/8e459f847ee2b4e26cb2c6ada4103af1/058a9ad4090588dd6feab034a0c00dbe.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Attache 15х10 п в штр.  4680237016409</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская с информационным ярлыком. Широко используется в бытовой, банковской и офисной сфере.</t>
+  </si>
+  <si>
+    <t>248720</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/895/895b1d3c6de5aadab5410b5521fa4b85/be374645130735c276ddc9670d228c1e.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Attache 15х33 п в штр.  4680237016416, 5624247016416</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская с информационным ярлыком. &amp;lt;br /&amp;gt;Широко используется в бытовой, банковской и офисной сфере.&amp;lt;br /&amp;gt;Информационный ярлык-это замена ярлычка, за который можно отрывать ленту.&amp;lt;br /&amp;gt; На информационном ярлыке нанесены артикул, шрих-код.</t>
   </si>
   <si>
     <t>248722</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>270</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e4c/e4c1210188b46ef61ebd9d1e1939be45/f587b0e701c3f8410871aba793e5438e.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Attache 19x33 невидимая, не удаляемая, подвес штр.  4630012132275, 4630012881210</t>
   </si>
   <si>
     <t>Лента канцелярская с матовым покрытием. &amp;lt;br /&amp;gt;После наклеивания практически незаметна.&amp;lt;br /&amp;gt;Не удаляемая.&amp;lt;br /&amp;gt;Ширина: 19 мм &amp;lt;br /&amp;gt;Длина: 33 метра&amp;lt;br /&amp;gt;Плотность: 35 мкм&amp;lt;br /&amp;gt;Намотка точно соответствует заявленной!</t>
   </si>
   <si>
     <t>248723</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/887/8876074164701a2eca7ec8a0f2a92c2c/f35905885104bcf95055e22fd8369da9.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Attache 19x33, подвес штр.  4630012881203, 4680010104392</t>
   </si>
   <si>
     <t>Канцелярская клейкая лента Attache прозрачная используется в офисной, банковской и бытовой сфере. Поставляется в роликах со втулкой. Плотность ленты - 35 мкм. Один ролик шириной 19 мм содержит 33 метра клейкой канцелярской ленты.</t>
   </si>
   <si>
     <t>248724</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/85b/85b5a6ab2ec23e5b93ee8e5e97fd9d44/634ddbc15f4a470b3882f028d8ac9453.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Attache 19х10 п в штр.  4680237016423</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская с информационным ярлыком. &amp;lt;br /&amp;gt;Широко используется в бытовой, банковской и офисной сфере.</t>
+  </si>
+  <si>
+    <t>248726</t>
+  </si>
+  <si>
+    <t>350</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ca9/ca984c820934729e6cf2c57649a64a29/05fafbe6486219f061689a5bd2f6ba33.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Attache 19х33 п в штр.  4680237016430</t>
   </si>
   <si>
-    <t>Клейкая лента канцелярская с информационным ярлыком. &amp;lt;br /&amp;gt;Широко используется в бытовой, банковской и офисной сфере.</t>
-[...1 lines deleted...]
-  <si>
     <t>248728</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/460/46024c6bed1d57985526abc1344d15fd/e0f5915d39a83e0dfb5470281bbe0033.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская KORES 12ммx10м  50112 штр.  9023800501127</t>
   </si>
   <si>
     <t>Крепкая прозрачная клейкая лента.&amp;lt;br /&amp;gt;Не скручивается и не желтеет со временем.&amp;lt;br /&amp;gt;Легко отрывается руками.&amp;lt;br /&amp;gt;Размер 12 мм х 10 м.&amp;lt;br /&amp;gt;</t>
   </si>
   <si>
     <t>248729</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kores/"&gt;KORES&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19e/19e7bf1ab0efd03d5d6acbdcdcc2a6b4/3eb8c99f0caf79bf6a87c11a7678dd4b.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская KORES 12х33 невидимая  53302 штр.  8412029601199, 9023800533029</t>
@@ -626,134 +740,110 @@
   <si>
     <t>Клейкая лента канцелярская KORES двусторонняя 15х5  55515 штр.  9023800555151</t>
   </si>
   <si>
     <t>Двусторонняя клейкая лента Kores может применяться для приклеивания документов и фотографий на любые поверхности, при удалении не оставляет следов. Толщина бесцветной ленты составляет 40 мкм. В упаковке поставляется один ролик шириной 15 мм, который содержит 5 м ленты. Основа ленты - полипропилен.</t>
   </si>
   <si>
     <t>248737</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/096/09672492953e3c3fc45c2ca4ca957df7/b1337c7db779aeb6c380dc00bb011b06.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская KORES двусторонняя 30х5  55530 штр.  9023800555304</t>
   </si>
   <si>
     <t>Двусторонняя клейкая лента Kores может применяться для приклеивания документов и фотографий на любые поверхности, при удалении не оставляет следов. Толщина бесцветной ленты составляет 40 мкм. В упаковке поставляется один ролик шириной 30 мм, который содержит 5 м ленты.</t>
   </si>
   <si>
     <t>248738</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2eb/y7kmx37kg9lty7szna47jhzsqegdbpd3.jpg</t>
+  </si>
+  <si>
+    <t>Клейк.лента канцелярская ЛУЧ 18мм 50м  19С 1243-08</t>
+  </si>
+  <si>
+    <t>261338</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7de/391crx1vx7h8vr6ib9l6ox1q3eickmhf.jpg</t>
   </si>
   <si>
     <t>Клейк.лента канцелярская inФОРМАТ 12 мм х 33 м 12шт. уп.: S12x33 штр.: 4602723088127</t>
   </si>
   <si>
     <t>Клейкая лента широко используется в бытовой, банковской и офисной сфере. Обладает исключительной прозрачностью и прочностью при минимальной толщине, не изменяет свой цвет в процессе хранения, не подвергается окислению.Особенности:- основа состоит из двуосноориентированного полипропилена- клеевой слой состоит из акриловой эмульсии на водной основе- упаковка в термоусадке по 12 штук.</t>
   </si>
   <si>
     <t>331212</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e9/9e97e2085102565240d596cb2fe5bd89/0f475e7e7be4ac36aaa7974bb2ae908f.jpg</t>
   </si>
   <si>
     <t>Диспенсер для клейкой ленты упаковочной Attache Selection 50 мм 971603</t>
   </si>
   <si>
     <t>Диспенсер для клейкой ленты упаковочной Attache Selection 50 мм</t>
   </si>
   <si>
     <t>335705</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a9/0a92659f28b4f3d43965d070772a7c8b.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя 50мм 25м, основа полипропилен 974523</t>
   </si>
   <si>
     <t>337367</t>
   </si>
   <si>
     <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2f9/2f908d9ed1fed22cfb213bd3bb5b2d73.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e4c/e4cec8f7fb64863fcfe717c75aeb21d8.jpg</t>
   </si>
   <si>
     <t>Клейкая лента 12мм 33м, Berlingo, кристально-прозрачная. CT_1230</t>
   </si>
   <si>
     <t>Клейкая канцелярская лента. Кристально-прозрачная. Промежуточная упаковка в плёнку 12 шт.</t>
   </si>
   <si>
     <t>349468</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e91/e9171dab420ee119c12e672b32cdb9db.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/876/87633c4bc1bf678ce64c60d47c6057fa.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная Unibob, 48мм 66м, 40мкм 29343</t>
   </si>
   <si>
     <t>Используется для упаковки, наклеивания и склеивания поверхностей.</t>
   </si>
   <si>
     <t>349665</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/69e/69e7afbd856fd936828b8811852b8181.jpg</t>
   </si>
   <si>
     <t>Клейкая лента 12мм 21м, OfficeSpace, прозрачная КЛ_9350</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская подойдет для решения большинства задач в офисе, школе и дома, связанных с упаковкой, запечатыванием, мелким ремонтом и творчеством.</t>
   </si>
   <si>
     <t>350395</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/660/6602f9b7cd5ef34a462e723843d9f568.jpg</t>
@@ -860,107 +950,137 @@
   <si>
     <t>Клейкая лента упаковочная OfficeSpace, 48мм 200м, 40мкм, прозрачная, инд.упаковка. КЛ_22060</t>
   </si>
   <si>
     <t>Применяется с целью упаковки, наклеивания или склеивания поверхностей. Надежно скрепляет. Может использоваться как в быту, так и в различных отраслях промышленности.</t>
   </si>
   <si>
     <t>367299</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba5/ba567683770de60814acc0ca8b2b34aa.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя Aviora, 24мм 2м, на вспененной основе, блистер. 302-016</t>
   </si>
   <si>
     <t>Двусторонняя клейкая лента на вспененной основе используется на шершавых, грубых, неплоских поверхностях, рекомендована для крепления предметов и материалов на вертикальных поверхностях. Благодаря тому, что основа ленты имеет значительную толщину и специализированный клеевой слой, отличающийся очень высокой степенью адгезии, лента обладает повышенной мягкостью и гибкостью &amp;#40;по сравнению с аналогичными&amp;#41;, обеспечивает быстрое и удобное соединение различных материалов. Лента заполняет все неровности, тем самым увеличивая площадь и качество сцепления.</t>
   </si>
   <si>
     <t>370229</t>
   </si>
   <si>
     <t>&lt;a href="/brands/aviora/"&gt;Aviora&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7d6/7d619a69535124e3d23e96d1376671b5.jpg</t>
-[...2 lines deleted...]
-    <t>Клейкая лента упаковочная Unibob, 48мм 66м, 45мкм, белая. 30270</t>
+    <t>http://anytos.ru//upload/iblock/07f/07f0884509e94a94ddb169f2df193ee7.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная Unibob, 48мм 66м, 45мкм, желтая. 30269</t>
   </si>
   <si>
     <t>Используется для упаковки, наклеивания и склеивания поверхностей. Имеет оптимальные характеристики для использования в производственных и бытовых условиях, Использование цветной клейкой ленты позволяет производить дополнительную маркировку предметов, Высокая механическая прочность, Соответствие всем заявленным характеристикам и параметрам намотки, Клеевой слой обеспечивает прочное сцепление с поверхностью.</t>
   </si>
   <si>
-    <t>370591</t>
-[...7 lines deleted...]
-  <si>
     <t>370592</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/13e/22quk9ieky1v812rexilnf9kix27m0z8.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная Unibob, 48мм 66м, 45мкм, зеленая. 30488</t>
   </si>
   <si>
     <t>370593</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/814/814fedf4cd6321aa31f4bb488ca6b7f5.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная Unibob, 48мм 66м, 45мкм, красная. 30268</t>
+  </si>
+  <si>
+    <t>370594</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6cf/6cfa2b2b3f02ec463c9f5ad8a50ab8f1.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная Unibob, 48мм 66м, 45мкм, оранжевая. 30274</t>
+  </si>
+  <si>
+    <t>370595</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/129/gftc20p0nxo373b7z60nh6o47bbanrze.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная Unibob, 48мм 66м, 45мкм, черная. 30589</t>
+  </si>
+  <si>
+    <t>370596</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fc6/fc6021bd324c403f17904802590a3a92/510d348b231302ce3fe1540fdf90bc8c.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Attache 12х21 п в 12шт уп</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Attache 12х21 п/в 12шт/уп</t>
   </si>
   <si>
     <t>376780</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/53a/53a9e0e3c905771c8d6c0862e256f884/e1494320348b0689b1db59228ce2123c.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Attache 15х20 п в 10шт уп</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Attache 15х20 п/в 10шт/уп</t>
   </si>
   <si>
     <t>376783</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/121/121f713605adc2c1607955f8cf9448bc/baf8bec306cb832cc3c503aa3b8d2a9e.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Attache 19х22 п в 8шт уп</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Attache 19х22 п/в 8шт/уп</t>
+  </si>
+  <si>
+    <t>376786</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9de/9de1ef86bb8bfa0a4d5684dc62d32615.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Attache Selection 15х33 кристальная 4 шт. уп.</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Attache Selection 15х33 кристальная 4 шт./уп.</t>
   </si>
   <si>
     <t>376789</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8be/8be445e536478e81d65bd67331f4eff3/c58dd2e2f7e55ac768988bb966285466.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Attache Selection 19х10 кристальная 4 шт. уп.</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Attache Selection 19х10 кристальная 4 шт./уп.</t>
   </si>
   <si>
     <t>376790</t>
   </si>
   <si>
     <t>120</t>
@@ -1049,62 +1169,50 @@
   <si>
     <t>Клейкая лента бумажная  малярная  Комус 48мм х 19м</t>
   </si>
   <si>
     <t>Клейкая лента бумажная &amp;#40;малярная&amp;#41; Комус 48мм х 19м</t>
   </si>
   <si>
     <t>379706</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/059/a2j4k084kn85n2q04hk0nf6ztthapwow.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двухсторонняя 12 мм х 10 м, БУМАЖНАЯ ОСНОВА, гарантия длины, подвес, BRAUBERG, 227267</t>
   </si>
   <si>
     <t>Двухсторонняя клейкая лента BRAUBERG на бумажной основе применяется для оформления, упаковки подарков, детского творчества, закрепления постеров. Изготовлена на основе бумаги с акриловым клеевым слоем. Длина - 10 м, ширина - 12 мм, толщина- 80 мкм. Лента на бумажной основе широко используется при работе в типографии, при отделочных работах, для запечатывания конвертов, для приклеивания фотографий, хорошо рвётся без использования ножниц или ножа. Рабочая температура: от -5°С до &amp;#43;50°С градусов. Упакована в термоусадочную пленку с этикеткой на каждом ролике.</t>
   </si>
   <si>
     <t>387060</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/740/v91kecaxe24x23i1f9txdyxf6ma8f92j.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/013/9s8o1aiss6noe987gr5qc3mp4qeodphv.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двухсторонняя 19 мм х 3,5 м, ТОЛСТАЯ ОСНОВА  вспененный ПЭ , 1 мм, подвес, BRAUBERG, 228326</t>
   </si>
   <si>
     <t>Двухсторонняя клейкая лента BRAUBERG на основе вспененного полиэтилена применяется во время мотажных работ внутри помещений, при строительных, и автомобильных работах. Изготовлена на основе ЭВА. Длина - 3.5 м, ширина - 19 мм, толщина - 1000 мкм, цвет - белый. Лента с клеевым слоем обеспечивает отличную адгезию скрепления пластиковых профилей, металлических пластинок, панелей, табличек, эмблем, ценников, керамики, дерева, картона. Рабочая температура: от -10 до &amp;#43;50 градусов. Упакована в термоусадочную пленку с этикеткой на каждом ролике.</t>
   </si>
   <si>
     <t>387063</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/025/b3o169jj5gglo1stc13bfvv0k9we62ga.jpg</t>
   </si>
   <si>
     <t>Клейкая лента малярная креппированная 19 мм х 50 м  реальная длина , профессиональная, BRAUBERG, 228085</t>
   </si>
   <si>
     <t>Малярная клейкая лента BRAUBERG на бумажной основе находит широкое применение при проведении штукатурных и лакокрасочных работ, а также используется в быту для заклейки окон. Изготовлена из крепированной бумаги белого цвета толщиной 125 мкм. Малярная клейкая лента длиной 50 м и шириной 19 мм легко удаляется с поверхности, не оставляя следов. На поверхности ленты можно делать надписи. Может использоваться художниками для крепления бумаги к планшету, а также для маскировки участков работы, которые нужно защитить от окрашивания.Легко отрывается без использования ножниц. Клеевой слой - натуральный каучук на основе растворителя. Малярная лента влагостойкая, обеспечивает отличную адгезию с разными типами поверхности. Рабочая температура: от &amp;#43;10 °С до &amp;#43;60 °С. Упакована в термоусадочную пленку с этикеткой на каждом ролике..</t>
   </si>
   <si>
     <t>387065</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/caa/93gni5uigjzj1wh2szzuu07q9olqh8ua.jpg</t>
@@ -1325,50 +1433,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/69c/lxw181hsl2btn3a4l2vvi4mtbzq92t44.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 50 мм х 66 м, прозрачная, УСИЛЕННАЯ, МОРОЗОСТОЙКАЯ, 50 мкм, BRAUBERG, 440112</t>
   </si>
   <si>
     <t>Упаковочная клейкая лента BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 50 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - прозрачный.</t>
   </si>
   <si>
     <t>387088</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ad6/ftb5bba1kjernn3d2jnng7iyx7q3zt9h.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 72 мм x 66 м, прозрачная, 40 мкм, STAFF, 440088</t>
   </si>
   <si>
     <t>Упаковочная клейкая лента STAFF используется в образовательных организациях и офисах, в быту, в торговле и промышленности, незаменима в качестве упаковочного материала. Толщина скотча 40 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 72 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - прозрачный.</t>
   </si>
   <si>
     <t>387090</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ef3/ycqbrlfk5li2h371xyykp5zf4wzdqa8h.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 72 мм х 66 м, КОРИЧНЕВАЯ, гарантированная длина, 45 мкм, BRAUBERG, 440110</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 72 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - коричневый.</t>
+  </si>
+  <si>
+    <t>387091</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2e6/8w2am87cz5b5csahbftf7bv9wrdzv5ct.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 72 мм х 66 м, прозрачная, 45 мкм, UNIBOB, 29357</t>
   </si>
   <si>
     <t>387092</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca6/8x1yadb8xfsh31mjdxuyfz8mths8rhk3.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 72 мм х 66 м, прозрачная, гарантированная длина, 45 мкм, BRAUBERG, 440077</t>
   </si>
   <si>
     <t>Упаковочная клейкая лента BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 72 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - прозрачный.</t>
   </si>
   <si>
     <t>387093</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/183/u2wil3a2mrsekhvcqo2c1uksgkqi780h.jpg</t>
   </si>
   <si>
     <t>Клейкие ленты упаковочные 48 мм х 200 м, КОМПЛЕКТ 4 шт., прозрачная, гарантированная длина, 45 мкм, BRAUBERG, 440078</t>
@@ -1427,242 +1547,242 @@
   <si>
     <t>http://anytos.ru//upload/iblock/244/2442aafd503dbd29f70088035eba8512/df1c8ef45180a5b1e4b91e5c48fc54c6.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная Attache 48мм х 45м 40мкм прозрачная 6 шт уп</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная Attache 48мм х 45м 40мкм прозрачная 6 шт/уп</t>
   </si>
   <si>
     <t>416203</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1b7/1b75621a22fdae6d6012dd1c9e535c18/f285576a00900ef025f8fcbd3b4079bd.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная ATTACHE 48мм х 60м 40мкм прозрачная 6 шт уп</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная ATTACHE 48мм х 60м 40мкм прозрачная 6 шт/уп</t>
   </si>
   <si>
     <t>416204</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9be/6zah49ke7eb07rffpzpyveb0jn6kglvz.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/be7/r9oq2svv5wrwhy6qm5a5w92ryo3nad2o.jpg</t>
   </si>
   <si>
     <t>Клейкая лента 19 мм х 33 м НЕВИДИМАЯ, BRAUBERG, матовая, европодвес, 227257</t>
   </si>
   <si>
     <t>Канцелярская клейкая лента BRAUBERG разработана специально для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет гарантированную длину 33 м и ширину 19 мм и обладает высокой клеящей способностью. Отличается прозрачностью и прочностью 35 мкм. Невидимая и матовая. Не скручивается и не желтеет со временем. Для производства канцелярских лент используется сырьё с клеем на основе акриловой эмульсии. Поставляется в картонной коробке.</t>
   </si>
   <si>
     <t>426447</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d9/sdcklie53r7rdfwofa1c7ol4f23kn24w.jpg</t>
   </si>
   <si>
     <t>Клейкие ленты 15 мм х 10 м канцелярские BRAUBERG, комплект 10 шт., прозрачные, гарантированная длина, 227258</t>
   </si>
   <si>
     <t>Канцелярская клейкая лента BRAUBERG разработана специально для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет гарантированную длину 10 м и ширину 15 мм и обладает высокой клеящей способностью. Отличается прозрачностью и прочностью 35 мкм. Полуматовая. Упаковка — термоусадка из 10 роликов.</t>
   </si>
   <si>
     <t>426448</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a8b/w33f67hc1mr5j50w0rot24kuvm2zkpg4.jpg</t>
   </si>
   <si>
     <t>Клейкая лента 12 мм х 10 м в диспенсере  тонированный серый , BRAUBERG, 227263</t>
   </si>
   <si>
     <t>Канцелярская клейкая лента в компактном диспенсере BRAUBERG классической формы. Разработаны специально для канцелярских нужд. Широко используются в бытовой, банковской и офисной сфере. Диспенсер снабжен стальным ножом для отрезания ленты. Подходит для канцелярских клейких лент любого типа шириной до 19 мм с диаметром сердечника 25,4 мм и длиной намотки до 33 м. Канцелярская клейкая лента имеет гарантированную длину 10 м и ширину 12 мм и обладает высокой клеящей способностью. Отличается прозрачностью и прочностью 35 мкм. Полуматовая. Упаковка — картонный подвес из 1 ролика.</t>
   </si>
   <si>
     <t>426451</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a2f/803kep8e3rnv7xilkjf1lnykj0capxqo.jpg</t>
   </si>
   <si>
     <t>Клейкая лента 19 мм х 10 м в диспенсере  тонированный серый , BRAUBERG, 227265</t>
   </si>
   <si>
     <t>Канцелярская клейкая лента в компактном диспенсере BRAUBERG классической формы. Разработаны специально для канцелярских нужд. Широко используются в бытовой, банковской и офисной сфере. Диспенсер снабжен стальным ножом для отрезания ленты. Подходит для канцелярских клейких лент любого типа шириной до 19 мм с диаметром сердечника 25,4 мм и длиной намотки до 33 м. Канцелярская клейкая лента имеет гарантированную длину 10 м и ширину 19 мм и обладает высокой клеящей способностью. Отличается прозрачностью и прочностью 35 мкм. Полуматовая. Упаковка — картонный подвес из 1 ролика.</t>
   </si>
   <si>
     <t>426453</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b03/b0311873e80907c45e213fecc82a91fb.jpeg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 12мм 20м, OfficeSpace, прозрачная, в пластиковом диспенсере, европодвес</t>
+  </si>
+  <si>
+    <t>Прозрачная клейкая лента в пластиковом диспенсере. Ширина - 12мм. Намотка - 20м.</t>
+  </si>
+  <si>
+    <t>427404</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/483/4839a7019e19a44336f9e2fde9fd5d7c.jpeg</t>
   </si>
   <si>
     <t>Клейкая лента 19мм 20м, OfficeSpace, прозрачная, в пластиковом диспенсере, европодвес</t>
   </si>
   <si>
     <t>Прозрачная клейкая лента в пластиковом диспенсере. Ширина - 19мм. Намотка - 20м.</t>
   </si>
   <si>
     <t>427405</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/968/bjyhkrfka9f5gl7wswuyltdheilw252k.jpg</t>
   </si>
   <si>
     <t>Клейкая лента 12 мм х 33 м НЕВИДИМАЯ, BRAUBERG, матовая, европодвес, 227256</t>
   </si>
   <si>
     <t>Матовая клейкая лента BRAUBERG разработана специально для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет гарантированную длину 33 м и ширину 12 мм и обладает высокой клеящей способностью и прочностью 35 мкм. Невидимая и матовая. Не скручивается и не желтеет со временем. Для производства канцелярских лент используется сырьё с клеем на основе акриловой эмульсии. Поставляется в картонной коробке.</t>
   </si>
   <si>
     <t>434617</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0fc/4u2kocpz4z1ueerwi1s6fd4cpexm70l1.jpg</t>
   </si>
   <si>
     <t>Клейкие ленты 19 мм х 33 м КРИСТАЛЬНЫЕ, BRAUBERG, КОМПЛЕКТ 2 шт., европодвес, 227261</t>
   </si>
   <si>
     <t>Канцелярская клейкая лента BRAUBERG разработана специально для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет длину 33 м и ширину 19 мм и обладает высокой клеящей способностью. Обладает высокой клеящей способностью и прочностью 35 мкм. Кристально-прозрачная. В комплекте - 2 штуки.</t>
   </si>
   <si>
     <t>434618</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/143/09j7vul7ifyecyhr2ed50wnizjwq29lh.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие ленты 19 мм х 20 м канцелярские STAFF, комплект 8 шт., прозрачные, гарантированная длина, 228763</t>
+  </si>
+  <si>
+    <t>Канцелярская клейкая лента STAFF предназначена для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет гарантированную длину 20 м и ширину 19 мм и обладает высокой клеящей способностью. Обладает прозрачностью и прочностью 35 мкм. Упаковка — термоусадочная пленка. 8 штук в комплекте.</t>
+  </si>
+  <si>
+    <t>434619</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4e8/nbsyijvruq6ri6klu3pcs5twrqg0jvvx.jpg</t>
   </si>
   <si>
     <t>Клейкая двухсторонняя лента 50 мм х 25 м, ТОНКАЯ ОСНОВА полипропилен, UNIBOB, 28212</t>
   </si>
   <si>
     <t>Двухсторонняя лента применяется при проведении ремонтных, монтажных, кровельных, отделочных работ для склеивания поверхностей между собой. Двухсторонняя клейкая лента обладает множеством достоинств, поэтому активно применяется во множестве сфер. К преимуществам относятся:- удобство использования;- надежность;- прочность;- экономичный расход;- невысокая стоимость;- устойчивость к воздействию ультрафиолетовых лучей, влаги, температуры, растворителей;- долговечность;- герметичность.</t>
   </si>
   <si>
     <t>434620</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/82b/gchdeyy005yja57ylywrzb0rik9ugmiw.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная, 48 мм х 66 м, ОРАНЖЕВАЯ, толщина 45 микрон, BRAUBERG, 440154</t>
   </si>
   <si>
     <t>Упаковочная клейкая лента BRAUBERG предназначена для склеивания гладких поверхностей. Применяется для упаковки, а также для ремонтных и оформительских работ. Имеет гарантированную длину 66 м и ширину 48 мм и обладает высокой клеящей способностью. Толщина ленты - 45 микрон.</t>
   </si>
   <si>
     <t>434624</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5bd/63zqxwghgptgeoar0ja2jge4izopi0m1.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная, 48 мм х 66 м, ЧЕРНАЯ, толщина 45 микрон, BRAUBERG, 440155</t>
   </si>
   <si>
     <t>434625</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/952/by1br0d7fqokaw0rk9cy50tgwpawv5rt.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48 мм х 66 м, БЕЛАЯ, толщина 45 микрон, BRAUBERG, 440158</t>
   </si>
   <si>
     <t>434626</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/931/9314930ba80cc4f4086574267cf174a0.jpeg</t>
-[...8 lines deleted...]
-    <t>446994</t>
+    <t>http://anytos.ru//upload/iblock/080/0809d454034d69269b4269bc53092088.jpeg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 19мм 33м, Berlingo, прозрачная, в пакете, с ШК</t>
+  </si>
+  <si>
+    <t>Клейкая канцелярская лента.&amp;nbsp;&amp;nbsp;Предназначена для упаковочных работ, прекрасно скрепляет бумагу, неплотный картон, фотографии, а также тонкую подарочную бумагу, фольгу. Упакована в индивидуальный пакет с европодвесом и ШК на упаковке.&amp;nbsp;&amp;nbsp;Длина намотки -33м Ширина ленты - 19мм Толщина&amp;nbsp;&amp;nbsp;- 38 мкм</t>
+  </si>
+  <si>
+    <t>446995</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1d/en3e52gej3oeiw1wqaz4ptrfwasxpl9o.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная крепированная 25 мм x 25 м, STAFF, 229058</t>
+  </si>
+  <si>
+    <t>Малярная лента STAFF на бумажной основе находит широкое применение при проведении штукатурных и лакокрасочных работ, а также используется в быту для заклейки окон. Изготовлена из крепированной бумаги белого цвета толщиной 125 мкм. Малярная клейкая лента длиной 25 м и шириной 25 мм легко удаляется с поверхности, не оставляя следов. На поверхности ленты можно делать надписи. Легко отрывается без использования ножниц. Может использоваться художниками для крепления бумаги к планшету, а также для маскировки участков работы, которые нужно защитить от окрашивания.Клеевой слой - натуральный каучук на основе растворителя. Малярная лента влагостойкая, обеспечивает отличную адгезию с разными типами поверхности. Рабочая температура: от &amp;#43;10 °С до &amp;#43;60 °С. Упакована в термоусадочную пленку с этикеткой на каждом ролике.</t>
+  </si>
+  <si>
+    <t>468947</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91d/1fcfvd879cam84laq1aluit173l1nh5o.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная креппированная 38 мм x 25 м, STAFF, 229059</t>
+  </si>
+  <si>
+    <t>Малярная лента STAFF на бумажной основе находит широкое применение при проведении штукатурных и лакокрасочных работ, а также используется в быту для заклейки окон. Изготовлена из крепированной бумаги белого цвета толщиной 125 мкм. Малярная клейкая лента длиной 25 м и шириной 38 мм легко удаляется с поверхности, не оставляя следов. На поверхности ленты можно делать надписи. Легко отрывается без использования ножниц. Клеевой слой - натуральный каучук на основе растворителя. Малярная лента влагостойкая, обеспечивает отличную адгезию с разными типами поверхности. Рабочая температура: от &amp;#43;10 °С до &amp;#43;60 °С. Упакована в термоусадочную пленку с этикеткой на каждом ролике.</t>
+  </si>
+  <si>
+    <t>468948</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/080/0809d454034d69269b4269bc53092088.jpeg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8a3/4xmanttmoa8esitdw1jceny05ixmfkwt.jpg</t>
   </si>
   <si>
     <t>Клейкая лента малярная креппированная 48 мм x 14 м, STAFF, 229060</t>
   </si>
   <si>
     <t>Малярная лента STAFF на бумажной основе находит широкое применение при проведении штукатурных и лакокрасочных работ, а также используется в быту для заклейки окон. Изготовлена из крепированной бумаги белого цвета толщиной 125 мкм. Малярная клейкая лента длиной 14 м и шириной 48 мм легко удаляется с поверхности, не оставляя следов. На поверхности ленты можно делать надписи. Легко отрывается без использования ножниц. Клеевой слой - натуральный каучук на основе растворителя. Малярная лента влагостойкая, обеспечивает отличную адгезию с разными типами поверхности. Рабочая температура: от &amp;#43;10 °С до &amp;#43;60 °С. Упакована в термоусадочную пленку с этикеткой на каждом ролике.</t>
   </si>
   <si>
     <t>468949</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/12d/0t1exfd8d17u6m7s5lt40p92sez4i2e0.jpg</t>
   </si>
   <si>
     <t>Клейкая лента малярная креппированная 48 мм x 20 м, STAFF, 229057</t>
   </si>
   <si>
     <t>Малярная лента STAFF на бумажной основе находит широкое применение при проведении штукатурных и лакокрасочных работ, а также используется в быту для заклейки окон. Изготовлена из креппированной бумаги белого цвета толщиной 125 мкм. Малярная клейкая лента длиной 20 м и шириной 48 мм легко удаляется с поверхности, не оставляя следов. На поверхности ленты можно делать надписи. Легко отрывается без использования ножниц. Клеевой слой - натуральный каучук на основе растворителя. Малярная лента влагостойкая, обеспечивает отличную адгезию с разными типами поверхности. Рабочая температура: от &amp;#43;10 °С до &amp;#43;60 °С. Упакована в термоусадочную пленку с этикеткой на каждом ролике.</t>
   </si>
   <si>
     <t>468950</t>
   </si>
   <si>
     <t>14</t>
@@ -1751,137 +1871,116 @@
   <si>
     <t>http://anytos.ru//upload/iblock/34d/34d6d6c5f3d75d88165f1b41c06f5ea6/ed782cca26ed0314720dd3cf753afd5d.jpg</t>
   </si>
   <si>
     <t>Клейкая лента малярная OfficeSpace, 25мм 25м, ШК</t>
   </si>
   <si>
     <t>Применяется для локальной защиты поверхностей при окраске, временной герметизации швов, склеивания различных поверхностей. Обеспечивает четкие границы при окрашивании.</t>
   </si>
   <si>
     <t>560625</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d7/4d778eccfa86f00c7ca02f8ea9b82569/ea92f9141b224fd12d94e30ddf053adc.jpg</t>
   </si>
   <si>
     <t>Клейкая лента алюминиевая Aviora, 50мм  50м, негорючая, непроницаемая, влагостойкая</t>
   </si>
   <si>
     <t>Алюминиевая лента предназначена для герметизации стыков и технологических швов при монтаже воздуховодов, инженерных коммуникаций, отражающей изоляции, при строительстве кровельных и подкровельных конструкций, монтаже греющего кабеля, а также при выполнении ремонтных и восстановительных работ. Лента отличается повышенной влагостойкостью и жаропрочностью, устойчивостью к УФ-лучам, обеспечивает превосходную гидро- и пароизоляцию любой поверхности: пластика, металла, дерева. Наружный слой самоклеящейся алюминиевой ленты можно окрашивать в цвет кровли, несущих стен, трубопроводов и вентиляционных каналов.</t>
   </si>
   <si>
     <t>560626</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4f4/4f46a1b784262f2b61b8cbbe333dc9c1/6b4c22808eb39caf2fb82ef640e76e79.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента разметочная Unibob, 50мм 50м, желто-черная, инд.упаковка</t>
+  </si>
+  <si>
+    <t>Предназначена для маркировки оборудования, разметки пола, ступеней и обозначения опасных зон.</t>
+  </si>
+  <si>
+    <t>560627</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ad0/40w4jdf7woi8wpuenxv847u4r9kihyn0.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 50 мм х 66 м, желтая, надпись  quot;АКЦИЯ quot;, толщина 50 микрон, UNIBOB</t>
   </si>
   <si>
     <t>Упаковочная клейкая лента UNIBOB с надписью &amp;quot;АКЦИЯ!&amp;quot; активно используется в торговле и на складе для оперативной упаковки и маркировки товара с помощью диспенсера или вручную. Толщина скотча 50 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг.&amp;nbsp;&amp;nbsp;Клейкой ленты шириной 50 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - желтый с надписью &amp;quot;АКЦИЯ!&amp;quot;. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву.</t>
   </si>
   <si>
     <t>564147</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/008/x2358iw5rlx4yjkrtk9ewk9i30gk4asc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cd1/cd100c4195bc1bb386dc990f0c7c37ee/4b1aac64571d46031c7ef47b0f4974ea.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная ATTACHE 50мм x 50м 40мкм коричневая</t>
   </si>
   <si>
     <t>585575</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a6d/a6de20683c7c71487399e8c352d381a3/39289c7ae3bbfbced408f301a72d9e98.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная ATTACHE 50мм x 50м 40мкм прозрачная</t>
   </si>
   <si>
     <t>585576</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/344/3445cfb91a92059c825956e4ae08a02e/173ecceed5e5977596c3ac48b354609d.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная ATTACHE 48мм х 60м 40мкм коричневая 6 шт уп</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная ATTACHE 48мм х 60м 40мкм коричневая 6 шт/уп</t>
   </si>
   <si>
     <t>585577</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/efc/efc29daee3ef4a810eb973cba1aff8ed/fb0d9867ca5ec8dfd9ee5e14fea50f01.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f65/f652077b22678397bc593382de2bec81/1bba91d1822dd02e660f794faf0f1ed1.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48мм х 66м, прозрачная, 45мкм, 72шт уп</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48мм х 66м, прозрачная, 45мкм, 72шт/уп</t>
   </si>
   <si>
     <t>585581</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fa2/fa262d52a4e6b7f51d069d63bdd26b05/3c4b03a96492b4945d966fa34818f19b.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c5d/c5dd288ea5b66500bd6328675e64ed4d/0ef9b563d2ffa8ab9900e4f5b299a68f.jpg</t>
   </si>
   <si>
     <t>Клейкая лента малярная Unibob, 38мм 50м, инд.упаковка</t>
   </si>
   <si>
     <t>Применяется для локальной защиты поверхности при проведении малярных, штукатурных и строительный работ. Обеспечивает четкие границы при окрашивании. Основные преимущества продукта: Влагостойкость, совместимость с различными типами красок Шероховатая поверхность ленты позволяет предотвращает растекание краски Легкость в использовании, отрывается руками Благодаря особенностям клеевого слоя ленты, не оставляет следов клея после удаления в течении 24 часов Хорошая адгезия к поверхности Цветная информативная этикетка</t>
   </si>
   <si>
     <t>588376</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1c8/1c83d57211e77a7f6934d5e992d1ce37/8207f86704ff237014c475cb55459159.jpg</t>
   </si>
   <si>
     <t>Клейкая лента армированная Unibob, 48мм 25м, серая, инд.упаковка</t>
   </si>
   <si>
     <t>Универсальная клейкая лента из хлопчатобумажной ткани, ламинированная полиэтиленом, используется для уплотнения вентиляционных труб, ремонта поверхностей, например сидений в автомобилях, резиновых шлангов, строительных ограждений, укрывных пленок. Данные типы лент применяются также для соединения элементов упаковки, несущих повышенные нагрузки.</t>
   </si>
   <si>
     <t>588377</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f2/nsdl085am2nkpxoi73zae30og5xdco0c.jpg</t>
@@ -1943,62 +2042,50 @@
   <si>
     <t>601140</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e5c/e5cefc9aa51e8a2c197ce4ab2142f3ef/dd1f6459bed45aee817248b7bd7a5633.jpg</t>
   </si>
   <si>
     <t>Клейкая лента армированная Aviora  quot;Суперлента quot;, 48мм 50м, серая</t>
   </si>
   <si>
     <t>СУПЕРлента используется для изоляционных и сантехнических работ с влагоконтактирующими поверхностями: для обмотки поврежденных труб, укрепления щелей и стыков труб, для герметизации швов, панелей, корпусов, для устранения протечек, для защиты воздушных каналов от воды, влажности и пара. Кроме того, лента применяется для заклеивания поврежденных поверхностей, для пучкования проводов, для укрепления грузов, запечатывания тары и защиты товаров, подвергающихся воздействию воды и влаги, и т. д.</t>
   </si>
   <si>
     <t>608364</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/281/281c22b951a419139808197a2f02dbfc/6684703b3adf35423f3937fd85416e0c.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя Unibob, 38мм 10м, полипропилен, инд. упаковка</t>
   </si>
   <si>
     <t>608366</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/406/406a0a5f7d9d82f4ddf78ef375e6c161.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bb1/bb148f28db16fc9fce46e232d271d6df.jpg</t>
   </si>
   <si>
     <t>Клейкая лента малярная Aviora, 50мм 50м, креппированная, инд. упаковка</t>
   </si>
   <si>
     <t>Малярная креппированная клейкая лента, вне зависимости от вида, сертифицирована, полностью соответствует европейским стандартам качества. Применяется: при проведении малярных, покрасочных, штукатурных и любых других видов работ, где требуется добиться ровных линий, а также не допустить смешивание различных цветов краски. Для заклеивания щелей на окнах, для крепежа полотен на дверях и т.д. В автомобилестроении при покраске транспортных средств. Для запечатывания коробок. В качестве защитного слоя для стеклянных поверхностей или любых других материалов при их транспортировке, для маркировки и т.д.</t>
   </si>
   <si>
     <t>614431</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/58f/32f5jb6kmde8urrxniubsre46wm6qryc.jpg</t>
   </si>
   <si>
     <t>Клейкая двусторонняя лента 15 мм х 2 м, НА ВСПЕНЕННОЙ ОСНОВЕ 1 мм, прочная, BRAUBERG, блистер, 606418</t>
   </si>
   <si>
     <t>Двухсторонняя клейкая лента на вспененной основе BRAUBERG применяется для оформительских и ремонтных работ, крепления постеров, мелкой фурнитуры и т.д. Рекомендуется использовать при проведении интерьерных, ремонтных и монтажных работ, в быту и на производстве. Пружинящая вспененная основа заполняет все неровности, увеличивая площадь и качество сцепления. Это обеспечивает надежное крепление изделий к различным видам поверхностей: крашеным негладким стенам, дереву, кирпичу, кафельной плитке. Основа ленты - ЭВА. Длина - 2 м, ширина - 15 мм, толщина - 1000 мкм, цвет - белый. Упаковка - блистер с европодвесом.</t>
   </si>
   <si>
     <t>617159</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/225/v4jzzehd6rr11o6wjq611mee3dc90qrj.jpg</t>
@@ -2042,50 +2129,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/87c/y82wl9cry7zur6xnxekcl35vnn4ln0my.jpg</t>
   </si>
   <si>
     <t>Клейкая двусторонняя лента 50 мм х 10 м, ТКАНЕВАЯ ОСНОВА, BRAUBERG, 606427</t>
   </si>
   <si>
     <t>Двухсторонняя клейкая лента BRAUBERG применяется для склеивания шероховатых или неровных поверхностей при проведении ремонтных, монтажных и отделочных работ. Тканевая основа придает ленте повышенную прочность, а также необходимую толщину. Подходит для временного и постоянного крепления напольных покрытий &amp;#40;гибких ПВХ-покрытий, ковровых покрытий&amp;#41;. Длина - 10 м, ширина - 50 мм, толщина - 250 мкм. Каждый ролик упакован в в термоусадочную пленку.</t>
   </si>
   <si>
     <t>617167</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ecf/ryu3eeqj3058a5cwo2dwx7mt4213e6dj.jpg</t>
   </si>
   <si>
     <t>Клейкая двухсторонняя лента 38 мм х 10 м, ТКАНЕВАЯ ОСНОВА, BRAUBERG, 606428</t>
   </si>
   <si>
     <t>Двухсторонняя клейкая лента BRAUBERG применяется для склеивания шероховатых или неровных поверхностей при проведении ремонтных, монтажных и отделочных работ. Тканевая основа придает ленте повышенную прочность, а также необходимую толщину. Подходит для временного и постоянного крепления напольных покрытий &amp;#40;гибких ПВХ-покрытий, ковровых покрытий&amp;#41;. Длина - 10 м, ширина - 38 мм, толщина - 250 мкм. Каждый ролик упакован в термоусадочную пленку.</t>
   </si>
   <si>
     <t>617168</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a9b/dnjks8m9xgpyjc7d93r67ivtlrz03zwk.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая двухсторонняя лента 50 мм х 10 м, БУМАЖНАЯ ОСНОВА, BRAUBERG, 229055</t>
+  </si>
+  <si>
+    <t>Двухсторонняя клейкая лента BRAUBERG на бумажной основе применяется для оформительских работ, упаковки подарков, закрепления постеров и других канцелярских нужд. Идеальна для полиграфии, декорирования стен, изготовления букетов, временного склеивания тканей при шитье. Имеется возможность делать надписи на поверхности ленты. Не оставляет следов после удаления. Основа клеевого слоя - акрил. Длина - 10 м, ширина - 50 мм, толщина - 80 мкм. Каждый ролик упакован в в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>617169</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3fb/bl743fjzmb73rh6houuucsvrskbwmzff.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская 19 мм х 33 м КРИСТАЛЬНАЯ, в диспенсере, BRAUBERG, 228760</t>
+  </si>
+  <si>
+    <t>Канцелярская клейкая лента в компактном диспенсере BRAUBERG классической формы. Разработаны специально для канцелярских нужд. Широко используются в бытовой, банковской и офисной сфере. Диспенсер снабжен стальным ножом для отрезания ленты. Подходит для канцелярских клейких лент любого типа шириной до 19 мм с диаметром сердечника 25,4 мм и длиной намотки до 33 м. Канцелярская клейкая лента имеет гарантированную длину 33 м и ширину 19 мм и обладает высокой клеящей способностью. Отличается кристальной прозрачностью и прочностью 35 мкм. Упаковка — картонный подвес из 1 ролика.</t>
+  </si>
+  <si>
+    <t>617170</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/17b/1okbkyygesd7zvbsryouxds9mmx5x5ad.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48 мм х 66 м КРИСТАЛЬНАЯ, индивидуальная упаковка, толщина 45 микрон, BRAUBERG, 440153</t>
   </si>
   <si>
     <t>Упаковочная клейкая лента КРИСТАЛЬНАЯ BRAUBERG активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой клеящей способностью и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - кристально прозрачный.</t>
   </si>
   <si>
     <t>617172</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab0/ab08bc288617e8255c5add5a18a3fdd3.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная UNIBOB 700 48мм х 66м 47мкм, прозрачная, 36шт уп.</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная UNIBOB 700 48мм х 66м 47мкм, прозрачная, 36шт/уп.</t>
   </si>
   <si>
     <t>619690</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b4/bj64h6dukp2pir4l13msb0u2lk9n9w0l.jpg</t>
@@ -2105,86 +2216,131 @@
   <si>
     <t>Клейкие ленты 12 мм х 33 м канцелярские BRAUBERG, КОМПЛЕКТ 4 шт., прозрачные, гарантированная длина, 228761</t>
   </si>
   <si>
     <t>Канцелярская клейкая лента BRAUBERG разработана специально для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет гарантированную длину 33 м и ширину 12 мм и обладает высокой клеящей способностью. Отличается прозрачностью и прочностью 35 мкм. Упаковка – термоусадочная пленка. 4 ролика в комплекте.</t>
   </si>
   <si>
     <t>642450</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dca/ujvqzvza8yn4nbonqm1j2pjmh8ntldb6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Двусторонняя клейкая лента Erich Krause, 12ммх10м  в коробке-дисплее по 24 шт. </t>
   </si>
   <si>
     <t>Двусторонняя клейкая лента на бумажной основе с высокой клеящей способностью. Идеально подходит для приклеивания постеров и фотографий, а также упаковки подарков. Надежно фиксируется к поверхности.</t>
   </si>
   <si>
     <t>698631</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/725/mdb4s202xbq2on1v2yu5hcqh3yit9ir2.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двусторонняя клейкая лента на пенной основе Erich Krause, 1ммx15ммx2м  в блистере по 1 шт. </t>
+  </si>
+  <si>
+    <t>Двусторонняя клейкая лента от Эрих Краузе изготовлена на пенной основе. Обеспечивает надежное склеивание изделий из различных материалов &amp;#40;древесина, стекло, нержавеющая сталь, медь, алюминий и др.&amp;#41;.</t>
+  </si>
+  <si>
+    <t>698632</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3c/smw8e260lp8ox8uy8lgk7kc8kvs4wyo7.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента Erich Krause Crystal, 12ммх33м  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Клейкая лента &amp;quot;Crystal&amp;quot; 12mmх33m, 1 шт.</t>
+  </si>
+  <si>
+    <t>698633</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c5b/b5am27l0rdeb91yusgy3y26fu22j9llv.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента в диспенсере Erich Krause Crystal, 12ммх25м  в коробке по 24 шт. </t>
+  </si>
+  <si>
+    <t>Прозрачная канцелярская клейкая лента от Эрих Краузе. Обладает высокой клеящей способностью. Диспенсер в комплекте.</t>
+  </si>
+  <si>
+    <t>698638</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4c3/t7xkz3gv0ry4l5h30fxo1aga064npppn.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клейкая лента Erich Krause Invisible, 12ммх20м  в коробке по 1 шт. </t>
   </si>
   <si>
     <t>Прозрачная клейкая лента имеет антибликовую матовую поверхностью с возможностью нанесения на нее надписи. Обладает высокой клеящей способностью. Незаметна на ксерокопиях, банкнотах, фотографиях. Изготовлена из высококачественной биаксиально-ориентированной полипропиленовой пленки повышенной прочности, отрывается от рулона единым полотном. Светостойкая, не желтеет со временем.</t>
   </si>
   <si>
     <t>698640</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d96/k2gvzj0tjgl4hzrbj1mq0rc2wsgxer3j.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента Erich Krause Invisible, 18ммх20м  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>698642</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/305/bejf5n9gce551fyw8nxrf61m1aeah3v9.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента Erich Krause Highlighter, 18ммх20м  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Цветная прозрачная клейкая лента имеет антибликовую матовую поверхностью с возможностью нанесения на нее надписи. Идеально подходит для выделения фрагментов текста. Изготовлена из высококачественной биаксиально-ориентированной полипропиленовой пленки повышенной прочности, отрывается от рулона единым полотном. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>698643</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5f3/9dhvmt9suyyq2ymttpfs07n87yqway16.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Диспенсер для упаковочного скотча  48мм </t>
   </si>
   <si>
     <t>Диспенсер для упаковочного скотча &amp;#40;48мм&amp;#41;</t>
   </si>
   <si>
     <t>707575</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8a3/nvea2cpqkbk5iu5na1k3v7jeh6e2ekat.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cd9/xjtd8seubd3lpw7r3dsxk4zlesg3cdxd.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Лента клейкая 48мм 50м  quot;Darvish quot; прозрачная  скотч </t>
   </si>
   <si>
     <t>Лента клейкая&amp;nbsp;&amp;nbsp;48мм*50м &amp;quot;Darvish&amp;quot; прозрачная &amp;#40;скотч&amp;#41;</t>
   </si>
   <si>
     <t>707577</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/807/f2n5nn2pzsl0684nylv97eq2e1euve9s.jpg</t>
   </si>
   <si>
     <t>Лента клейкая 12мм 33м  quot;Darvish quot; прозрачная</t>
   </si>
   <si>
     <t>Лента клейкая 12мм*33м &amp;quot;Darvish&amp;quot; прозрачная</t>
   </si>
   <si>
     <t>707578</t>
@@ -2285,185 +2441,113 @@
   <si>
     <t>http://anytos.ru//upload/iblock/47a/2a5kn9tfpcbq1a37v5k770uyi6n3c9r4.jpg</t>
   </si>
   <si>
     <t>Лента липкая двухсторонняя 10мм 38м  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Лента липкая двухсторонняя 10мм*38м &amp;quot;Darvish&amp;quot;</t>
   </si>
   <si>
     <t>707588</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0c0/tcw6lhrxhagiwrdozl8dc6sr5myy9ex8.jpg</t>
   </si>
   <si>
     <t>Лента ультраклейкая многоразовая 23мм 1,4м   нож  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Лента ультраклейкая двусторонняя многоразовая &amp;#43; нож. Предназначена для крепления бытовых предметов к любой гладкой поверхности &amp;#40;металл,керамика,дерево,стекло,пластик&amp;#41;. Легко снимается, не оставляя клейких следов.Может использоваться многократно после промывания водой и сушки естественным путём. Изготовлена из полимерного материала.Длина -1,4м,Ширина-23мм.Нож: пластик, металл.&amp;nbsp;&amp;nbsp;Размер упаковки 13*18см.Европодвес.</t>
   </si>
   <si>
     <t>707590</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/367/i821375pt2wtadonlq873mgdw9h2fix5.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ed7/t8s1531px0l4ejv02uo7o79jrom797r7.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная OfficeSpace 48 40м, 40мкм</t>
   </si>
   <si>
     <t>Примененяется с целью упаковки, наклеивания или склеивания поверхностей. Ширина 48 мм, длина намотки 40 м, плотность 40 мкм</t>
   </si>
   <si>
     <t>708650</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/374/rjx7wvf4xhtd5f0evg91e8qdqbjmbtwd.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная OfficeSpace 48 132м, 40мкм</t>
   </si>
   <si>
     <t>Примененяется с целью упаковки, наклеивания или склеивания поверхностей. Ширина 48 мм, длина намотки 132 м, плотность 40 мкм</t>
   </si>
   <si>
     <t>708651</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/114/ft2u5m7tglrkkguv04mh9t2ne2jcnso9.jpg</t>
-[...8 lines deleted...]
-    <t>712521</t>
+    <t>http://anytos.ru//upload/iblock/f0a/2tx2420zhypr403p2w2z5m0xiz9x3skf.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская LITE 12 мм 33 м прозрачная</t>
+  </si>
+  <si>
+    <t>Технические характеристики: - Основа: двуосноориентированный полипропилен, - Клеевой слой: акриловая эмульсия на водной основе, - Упаковка: термоусадочная пленка, в столбике по 12 шт., - Пластиковая втулка, - Размер: 12 мм х 33 м., - Плотность - 35 мкм.</t>
+  </si>
+  <si>
+    <t>712522</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f0a/2tx2420zhypr403p2w2z5m0xiz9x3skf.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/110/haso18gsshd9wz9pc9vjw8vt97k6ylp6.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная OfficeSpace 48 66м, 47мкм</t>
   </si>
   <si>
     <t>Примененяется с целью упаковки, наклеивания или склеивания поверхностей. Ширина 48 мм, длина намотки 66 м, плотность 47 мкм</t>
   </si>
   <si>
     <t>713000</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/459/k26mvh7is3yz8ox0ikbpq8z2uvz2s1na.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/08a/x3b6vprxq52k6yiyqz8bj417emgek4wg.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клейкая лента двухсторонняя 75мм х 25м  полипропилен </t>
   </si>
   <si>
     <t>Клейкая лента двухсторонняя 75мм х 25м &amp;#40;полипропилен&amp;#41;</t>
   </si>
   <si>
     <t>796278</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/95f/i3uk5lkyzuag4iyiluayvmtlmpfp03iq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/335/619a3wqx0uu1cl19k872vhpgx9es77u4.jpg</t>
   </si>
   <si>
     <t>Клейкая лента декоративная MESHU  quot;Cozy quot;, 1,5 см 3м</t>
   </si>
   <si>
     <t>Декоративная клейкая лента MESHU&amp;nbsp;&amp;nbsp;предназначена для упаковки подарков, оформления поделок, элементов интерьера и скрапбукинга. Открытки, альбомы, ежедневники, подставки, цветочные горшки, подсвечники, рамки и много другое может преобразиться с декоративными лентами MESHU. Яркие и современные дизайны сделают процесс творчества увлекательным, а результат впечатляющим. А качественная клеевая основа позволит надежно зафиксировать ленту и быть уверенным в долговечности декора.</t>
   </si>
   <si>
     <t>801098</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/89e/e0d6ihamrw0rkr0vfpe0pp9a65kbv6jj.jpg</t>
   </si>
   <si>
     <t>Клейкая лента декоративная MESHU  quot;Cute toys quot;, 1,5 см 3м</t>
   </si>
   <si>
     <t>801100</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e8/ldt1k7bzsyiv49hljatex5xu7ourr8of.jpg</t>
@@ -2540,131 +2624,98 @@
   <si>
     <t>Клейкая канцелярская лента подойдет для решения большинства задач в офисе, школе и дома, связанных с упаковкой, запечатыванием, мелким ремонтом и творчеством.</t>
   </si>
   <si>
     <t>843328</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/857/6wc893ecyenbv8z5v3eaocj68wam9zrk.jpg</t>
   </si>
   <si>
     <t>Клейкая лента 15мм 20м, OfficeSpace, прозрачная</t>
   </si>
   <si>
     <t>843329</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb8/tvpzxio0tz4oz8r80b3309k1u4e37rl2.jpg</t>
   </si>
   <si>
     <t>Клейкая лента 19мм 22м, OfficeSpace, прозрачная</t>
   </si>
   <si>
     <t>843330</t>
   </si>
   <si>
-    <t>40</t>
+    <t>http://anytos.ru//upload/iblock/9f4/zmtg5iv9wj2z888ib1316gjsb6l1kgyv.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная Unibob 48мм 66м, 50мкм, бесшумная</t>
+  </si>
+  <si>
+    <t>Клейкая лента бесшумная Unibob спользуется для упаковки, наклеивания и склеивания поверхностей. Основные преимущества продукта: Благодаря особой технологии нанесения акрилового клеевого состава разматывается практически бесшумно, Имеет оптимальные характеристики для использования в производственных и бытовых условиях, Высокая механическая прочность, Соответствие всем заявленным характеристикам и параметрам намотки, Клеевой слой обеспечивает прочное сцепление с поверхностью.&amp;nbsp;&amp;nbsp;Вес упаковываемого груза: 15-25 кг. Количество лент в упаковке: 1 штука. Количество упаковок в транспортном коробе: 36 штук.</t>
+  </si>
+  <si>
+    <t>845067</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/11e/puv4y1qotg60gbvn9bthr5e62eb1u0jd.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская LITE 15 мм 33 м прозрачная</t>
   </si>
   <si>
     <t>847622</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e0/48zicrs4bqxab0ndi47lp6vyks0y2chm.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская LITE 19 мм 10 м прозрачная</t>
   </si>
   <si>
     <t>847623</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/97d/5qb671wheq1j44was87v5yft7easdy9k.jpg</t>
   </si>
   <si>
     <t>Диспенсер для канцелярской ленты Луч с лентой 18мм х 20м 18С1228-08</t>
   </si>
   <si>
     <t>881606</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/749/8d3uawis1g8gs01evfohrfsvm44bx2u1.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cb3/q42jxvd4pm45qumve9rqyumyw1w8kcyd.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Attache 15x33, подвес</t>
   </si>
   <si>
     <t>881615</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aa0/43ufblrp0qcqp9efj0vpog2bl43wlpix.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/60a/f9ixpmebdm5z78nl4cel409073gvtpym.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клейкая лента упаковочная ATTACHE 48мм х 60м 45мкм прозрачная  6 шт уп </t>
   </si>
   <si>
     <t>Клейкая лента упаковочная ATTACHE 48мм х 60м 45мкм прозрачная &amp;#40;6 шт/уп&amp;#41;</t>
   </si>
   <si>
     <t>881623</t>
   </si>
   <si>
     <t xml:space="preserve">Клейкая лента упаковочная ATTACHE 50мм х 66м 50мкм прозрачная  6 шт уп </t>
   </si>
   <si>
     <t>Клейкая лента упаковочная ATTACHE 50мм х 66м 50мкм прозрачная &amp;#40;6 шт/уп&amp;#41;</t>
   </si>
   <si>
     <t>881627</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3ca/4re7mtry11fml10m5omcgo9xzf3hs7f8.jpg</t>
   </si>
   <si>
     <t>Клейкие ленты упаковочные 48 мм х 120 м, КОМПЛЕКТ 6 шт., прозрачные, 40 микрон, STAFF BIG PACK, 440180</t>
@@ -2678,693 +2729,504 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c95/lfn4iuodebm0t1rqm4epzvhr47ju9hvj.jpg</t>
   </si>
   <si>
     <t>Клейкие ленты 12 мм х 33 м канцелярские STAFF CLASSIC, КОМПЛЕКТ 12 шт., прозрачные, 271259</t>
   </si>
   <si>
     <t>Канцелярская клейкая лента STAFF CLASSIC разработана специально для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет гарантированную длину 33 м и ширину 12 мм и обладает высокой клеящей способностью. Отличается прозрачностью и прочностью 35 мкм. Упаковка — термоусадка из 12 роликов.</t>
   </si>
   <si>
     <t>887140</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9fa/y1j6v8lh8ker4bkgygfm0bpi7wc1lb5r.jpg</t>
   </si>
   <si>
     <t>Клейкие ленты 19 мм х 33 м канцелярские STAFF CLASSIC, КОМПЛЕКТ 12 шт., прозрачные, 271261</t>
   </si>
   <si>
     <t>Канцелярская клейкая лента STAFF CLASSIC разработана специально для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет гарантированную длину 33 м и ширину 19 мм и обладает высокой клеящей способностью. Отличается прозрачностью и прочностью 35 мкм. Упаковка — термоусадка из 12 роликов.</t>
   </si>
   <si>
     <t>887141</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d30/rmlb6ojx3bhkqq6oayhzl902dm80fmpi.jpg</t>
-[...29 lines deleted...]
-    <t>903914</t>
+    <t>http://anytos.ru//upload/iblock/c0d/qddf4hs7ywme6m2mdbz1toah5uwii0sh.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие ленты 19 мм х 33 м канцелярские STAFF CLASSIC, КОМПЛЕКТ 4 шт., прозрачные, 271262</t>
+  </si>
+  <si>
+    <t>Канцелярская клейкая лента STAFF CLASSIC разработана специально для канцелярских нужд. Широко используется в бытовой, банковской и офисной сфере. Имеет гарантированную длину 33 м и ширину 19 мм и обладает высокой клеящей способностью. Отличается прозрачностью и прочностью 35 мкм. Упаковка - термоусадочная пленка. 4 ролика в комплекте.</t>
+  </si>
+  <si>
+    <t>887142</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/886/6wwtyzu8kinb2d70t6cgpgohx9qhvq3z.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм х 66 м, прозрачная, толщина 45 микрон, BRAUBERG ORIGINAL, 440172</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента BRAUBERG ORIGINAL активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;прилипанием к поверхности&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной 66 м хватит на продолжительное время. Цвет - прозрачный.Обеспечить надёжную и качественную упаковку любых видов грузов сможет клейкая лента BRAUBERG ORIGINAL.</t>
+  </si>
+  <si>
+    <t>906092</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d3a/2mfdw9601vr1e2uecqpc5txixjl15h0e.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента упаковочная ATTACHE 50мм х 66м 50мкм коричневая  6 шт уп </t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ATTACHE 50мм х 66м 50мкм коричневая &amp;#40;6 шт/уп&amp;#41;</t>
+  </si>
+  <si>
+    <t>907731</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a7e/l3skid3mgrxptbdx5qpbcixd2unwya9i.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента двусторонняя OfficeSpace, 38мм 10м, полипропилен</t>
+  </si>
+  <si>
+    <t>Двусторонняя лента на полипропиленовой основе предназначена для выполнения монтажных, ремонтных, дизайнерских и оформительских работ. Предназначена для использования с гладкими поверхностями.</t>
+  </si>
+  <si>
+    <t>926627</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e24/daphd2qm4mnsxkwhtw65hrtfgc3y9sw2.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента 48 мм х 150 м упаковочная, прозрачная, толщина 40 микрон, STAFF CLASSIC, 440178</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента STAFF CLASSIC активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Толщина скотча 40 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Клейкой ленты шириной 48 мм и длиной намотки 150 м хватит на продолжительное время. Цвет - прозрачный.</t>
+  </si>
+  <si>
+    <t>938786</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/00f/kldxxgjraob7n1m1h1e3423dwwnxvjyg.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48 мм х 200 м, прозрачная, толщина 45 микрон, BRAUBERG ORIGINAL, 440177</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента BRAUBERG ORIGINAL активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 45 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 200 м хватит на продолжительное время. Цвет - прозрачный.</t>
+  </si>
+  <si>
+    <t>938788</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab8/048h03ph3ur2daj185rtu9sl6rj4pdhq.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная OfficeSpace, 19мм 50м, ШК</t>
+  </si>
+  <si>
+    <t>940589</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6be/dg45ydfyiq94o3su3ld6cnv5fqspmrb3.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие ленты упаковочные 48 мм х 66 м, КОМПЛЕКТ 6 шт., прозрачные, 40 микрон, STAFF CLASSIC, 440181</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента STAFF активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 40 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - прозрачный.</t>
+  </si>
+  <si>
+    <t>943623</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d51/isi1hlbom1mufkbg0fltt3qlpmw6kre7.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 50 мм x 66 м, прозрачная, толщина 40 микрон, STAFF CLASSIC, 440175</t>
+  </si>
+  <si>
+    <t>Упаковочная клейкая лента STAFF CLASSIC используется в образовательных организациях и офисах, в быту, в торговле и промышленности, незаменима в качестве упаковочного материала. Толщина скотча 40 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 50 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - прозрачный.</t>
+  </si>
+  <si>
+    <t>944922</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/08b/w061a5nsxshqgegwknidad8qjv4qru3i.jpg</t>
   </si>
   <si>
-    <t>Клейкая лента малярная 48мм х 19м 6 шт уп</t>
-[...172 lines deleted...]
-  <si>
     <t>Клейкая лента малярная 50мм х 50м</t>
   </si>
   <si>
     <t>951978</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bef/lu731qelc5bkg0vul0dd9pxb8p1fyecy.jpg</t>
-[...76 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0d3/qzzypkc932icmpkce6gu89vgm0lliwyr.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48мм х 66м, прозрачный, 45мкм, 6 шт уп</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48мм х 66м, прозрачный, 45мкм, 6 шт/уп</t>
   </si>
   <si>
     <t>951987</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/006/crj8d82s0g3cj3byruosxeltxskerdm0.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/be1/xc5wf7f1lwcffyy4ofolqswcnrju8841.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная INFORMAT 50 мм, 66 м, 40 мкм, прозрачная</t>
   </si>
   <si>
     <t>Клейк.лента упак. INFORMAT 50 мм 66 м 40 мкм прозрачная</t>
   </si>
   <si>
     <t>953256</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/321/zkfa4qfs6yrn0hmpjhn7wx4gnvw2t15y.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двусторонняя клейкая лента ErichKrause, прозрачная, 12ммх10м  в пленке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Двусторонняя клейкая лента ErichKrause, прозрачная, 12ммх10м &amp;#40;в пленке по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>961067</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d46/1gsy28su9bteezulkhtmlaf0xg0lj4a8.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двусторонняя клейкая лента ErichKrause, прозрачная, 18ммх12м  в пленке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Двусторонняя клейкая лента ErichKrause, прозрачная, 18ммх12м &amp;#40;в пленке по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>961068</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74e/l3tpx6vb12e53fpzits3br009le7hklh.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двусторонняя клейкая лента ErichKrause, прозрачная, 24ммх9м  в пленке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Двусторонняя клейкая лента ErichKrause, прозрачная, 24ммх9м &amp;#40;в пленке по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>961069</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/118/e0fdrfbbgoba826xz58v4w3myoh38t9x.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента ErichKrause Clear, прозрачная, 12ммх33м  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Клейкая лента ErichKrause Clear, прозрачная, 12ммх33м &amp;#40;в коробке по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>961072</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/092/8k5pylwz7t87s8c55anslynnkjz0n799.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента ErichKrause Clear, прозрачная, 18ммх33м  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Клейкая лента ErichKrause Clear, прозрачная, 18ммх33м &amp;#40;в коробке по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>961074</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/606/1faolvhgx25q1l1w0mmz3tvod4kitzl0.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента ErichKrause Clear, прозрачная, 24ммх20м  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Клейкая лента ErichKrause Clear, прозрачная, 24ммх20м &amp;#40;в коробке по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>961076</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b10/6ojmdpowdx6lf63979vfuoe6gv5d39m2.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента ErichKrause Crystal, повышенной прозрачности, 18ммх33м  в дисплее по 36 шт. </t>
+  </si>
+  <si>
+    <t>Клейкая лента ErichKrause Crystal, повышенной прозрачности, 18ммх33м &amp;#40;в дисплее по 36 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>961079</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b57/hk2xdo9fonj70env6l0ns6mfkuf09sdw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента ErichKrause Handy tearable, повышенной прозрачности, легко оторвать руками, 18ммх33м  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Клейкая лента ErichKrause Handy tearable, повышенной прозрачности, легко оторвать руками, 18ммх33м &amp;#40;в коробке по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>961082</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c66/q8m28f2vql2r1shsuh0wfmmion0jotre.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента ErichKrause Handy tearable, повышенной прозрачности, легко оторвать руками, 24ммх20м  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Клейкая лента ErichKrause Handy tearable, повышенной прозрачности, легко оторвать руками, 24ммх20м &amp;#40;в коробке по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>961083</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f16/dxuyc9o0rnyka33zqtsy3pxivqn8f5cf.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента упаковочная ErichKrause Clear, прозрачная, 48mmх50m  в пленке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ErichKrause Clear, прозрачная, 48mmх50m &amp;#40;в пленке по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>961086</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/af7/xrgjcxsx68c4rpv8wlfej5ssbvrgcny6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клейкая лента упаковочная ErichKrause Crystal, повышенной прозрачности, 48mmх50m  в пленке по 1 штуке </t>
   </si>
   <si>
     <t>Клейкая лента упаковочная ErichKrause Crystal, повышенной прозрачности, 48mmх50m &amp;#40;в пленке по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>961088</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/178/q5snhb4gbe5trthvcfmvq904lbu47w06.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клейкая лента упаковочная ErichKrause Handy tearable, повышенной прозрачности, легко оторвать руками, 48mmх50m  в пленке по 1 штуке </t>
   </si>
   <si>
     <t>Клейкая лента упаковочная ErichKrause Handy tearable, повышенной прозрачности, легко оторвать руками, 48mmх50m &amp;#40;в пленке по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>961089</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c2/bv5gravt09eifoa2aec8crbhdyzh0uhr.jpg</t>
   </si>
   <si>
     <t>Клеящие подушечки ErichKrause, белый, 50г.</t>
   </si>
   <si>
     <t>961090</t>
   </si>
   <si>
-    <t>25</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/97f/lss8xnyremx6qzvvqx5lla3c2b1xowiw.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клейкая лента упаковочная ATTACHE 48мм х 66м 45мкм оранжевый  6 шт уп </t>
   </si>
   <si>
     <t>Клейкая лента упаковочная ATTACHE 48мм х 66м 45мкм оранжевый &amp;#40;6 шт/уп&amp;#41;</t>
   </si>
   <si>
     <t>964734</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cba/t8oo1cvt1tjhi5gaysgmrtuaobrrdyar.jpg</t>
-[...46 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a85/sxqlk7lrx92tjsgbqmq8h3sr4bc9wqxn.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48мм х 132м, прозрачный, 45мкм, 6 шт уп</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 48мм х 132м, прозрачный, 45мкм, 6 шт/уп</t>
   </si>
   <si>
     <t>964740</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e31/v4pvqa6gvp05kemxzdywv7rrpxmm52zw.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a43/202ai2kp5bqq1hiih88mbwj8bg6emucv.jpg</t>
   </si>
   <si>
     <t>Клейкая лента малярная 30мм х 50м</t>
   </si>
   <si>
     <t>964745</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/268/3qpyp77x1g47yk53ndnjburzmwqt1lj1.jpg</t>
-[...14 lines deleted...]
-    <t>964748</t>
+    <t>http://anytos.ru//upload/iblock/e5a/178op2ajsh0mdvd4bqyz8e04fz8ajr5k.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Комус 12х10, 12 шт. уп.</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Комус 12х10, 12 шт./уп.</t>
+  </si>
+  <si>
+    <t>964747</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b46/e6tu8nspzcmp6ma924vn3r0hecazet1h.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента металлизированная OfficeSpace, 48мм 50м, полипропиленовая основа</t>
+  </si>
+  <si>
+    <t>Клейкая лента металлизированная OfficeSpace, 48мм*50м, полипропиленовая основа, ШК</t>
+  </si>
+  <si>
+    <t>969408</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c1/7ckqgn7bch943y7knq2gzhpgnasq6lhp.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная OfficeSpace, 48мм 66м, 40мкм, комплект 6шт.</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная OfficeSpace, 48мм*66м, 40мкм, комплект 6шт.</t>
+  </si>
+  <si>
+    <t>969409</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c16/rcceqy4f2qxbaokv9fq52mkf26ctsxy5.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная креппированная 48 мм x 40 м, КОМПЛЕКТ 6 шт., STAFF  quot;BIG PACK quot;, 271957</t>
+  </si>
+  <si>
+    <t>Малярная лента STAFF на бумажной основе находит широкое применение при проведении штукатурных и лакокрасочных работ, а также используется в быту для заклейки окон. Изготовлена из креппированной бумаги белого цвета толщиной 125 мкм. Малярная клейкая лента длиной 40 м и шириной 48 мм легко удаляется с поверхности, не оставляя следов. На поверхности ленты можно делать надписи. Легко отрывается без использования ножниц. Клеевой слой - натуральный каучук на основе растворителя. Малярная лента влагостойкая, обеспечивает отличную адгезию с разными типами поверхности. Рабочая температура: от &amp;#43;10 °С до &amp;#43;60 °С. Упакована в спайке из 6 малярных лент в термоусадочной пленке.</t>
+  </si>
+  <si>
+    <t>971782</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74b/ywjqc0n1d9pd36ifvtn9hwq3ulkgpkoo.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента малярная креппированная 48 мм x 50 м, КОМПЛЕКТ 6 шт., STAFF  quot;BIG PACK2, 271958</t>
+  </si>
+  <si>
+    <t>Малярная лента STAFF на бумажной основе находит широкое применение при проведении штукатурных и лакокрасочных работ, а также используется в быту для заклейки окон. Изготовлена из креппированной бумаги белого цвета толщиной 125 мкм. Малярная клейкая лента длиной 50 м и шириной 48 мм легко удаляется с поверхности, не оставляя следов. На поверхности ленты можно делать надписи. Легко отрывается без использования ножниц. Клеевой слой - натуральный каучук на основе растворителя. Малярная лента влагостойкая, обеспечивает отличную адгезию с разными типами поверхности. Рабочая температура: от &amp;#43;10 °С до &amp;#43;60 °С. Упакована в спайке из 6 малярных лент в термоусадочной пленке</t>
+  </si>
+  <si>
+    <t>971783</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/935/vgb71mj9zdkjjlz0o4hmk3o680vs44xr.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента с логотипом ОСТОРОЖНО ХРУПКОЕ 48ммх66м 45мкм  6 шт уп </t>
+  </si>
+  <si>
+    <t>Клейкая лента с логотипом ОСТОРОЖНО ХРУПКОЕ 48ммх66м 45мкм &amp;#40;6 шт/уп&amp;#41;</t>
+  </si>
+  <si>
+    <t>973954</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eea/atwq2410xemmrzcg314xmbh3kg407vhd.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48мм х 132м, прозрачный, 40мкм, 6 шт уп</t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная 48мм х 132м, прозрачный, 40мкм, 6 шт/уп</t>
+  </si>
+  <si>
+    <t>973957</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/664/u52kfl6f0cskg67l6aqk56x90kknzif7.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Комус 12х33, 12 шт. уп.</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Комус 12х33, 12 шт./уп.</t>
+  </si>
+  <si>
+    <t>973961</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e17/gmshwap7lyhnotwkte4f2rnayyvrbo0x.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Комус 15x33</t>
+  </si>
+  <si>
+    <t>973962</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b46/e6tu8nspzcmp6ma924vn3r0hecazet1h.jpg</t>
-[...119 lines deleted...]
-    <t>973962</t>
+    <t>http://anytos.ru//upload/iblock/3b7/4b2pmw5fjtd6xs0sp9gnxbhx275mkxd6.jpg</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Комус 15х33, 10 шт. уп.</t>
+  </si>
+  <si>
+    <t>Клейкая лента канцелярская Комус 15х33, 10 шт./уп.</t>
+  </si>
+  <si>
+    <t>973963</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6e/35358r3k55166yut9371jb2mhxqpb4v5.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Комус 19х33, 8 шт. уп.</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Комус 19х33, 8 шт./уп.</t>
   </si>
   <si>
     <t>973964</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/700/q7c2n8w2mkl2lmk4o1v0y1rpqfo25tz1.jpg</t>
   </si>
   <si>
     <t>Двусторонняя клейкая лента Erich Krause, прозрачная, 12ммх10м, в диспенсере</t>
   </si>
   <si>
     <t>Двусторонняя клейкая лента. Подходит для приклеивания постеров, фотографий, упаковки подарков, декорирования, скрапбукинга. Обладает высокой клеящей способностью. Компактный диспенсер со встроенным ножом обеспечивает быструю размотку и легкий отрыв ленты.</t>
   </si>
   <si>
     <t>974747</t>
   </si>
@@ -3389,368 +3251,233 @@
   <si>
     <t xml:space="preserve">Двусторонняя клейкая лента монтажная Erich Krause, прозрачная, 1ммх30ммх2м  в коробке по 1 штуке </t>
   </si>
   <si>
     <t>Двусторонняя клейкая лента монтажная Erich Krause, прозрачная, 1ммх30ммх2м &amp;#40;в коробке по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>975861</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f1a/519l9sl1eg42mkkqlxmh0td1a4vbtowo.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клейкая лента Erich Krause Highlighter, прозрачная, цветная, 12ммх20м, ассорти  в дисплее по 45 штук </t>
   </si>
   <si>
     <t>Клейкая лента Erich Krause Highlighter, прозрачная, цветная, 12ммх20м, ассорти &amp;#40;в дисплее по 45 штук&amp;#41;</t>
   </si>
   <si>
     <t>975862</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/582/60p3ae0fn2dsth9sdhbjexi2jh2lwx4s.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента Erich Krause Highlighter, прозрачная, цветная, 18ммх20м, ассорти  в пленке по 3 штуки </t>
+  </si>
+  <si>
+    <t>Клейкая лента Erich Krause Highlighter, прозрачная, цветная, 18ммх20м, ассорти &amp;#40;в пленке по 3 штуки&amp;#41;</t>
+  </si>
+  <si>
+    <t>975863</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e5/1flpxxxet9i0iij3i8xa2r54ju0g922p.jpg</t>
+  </si>
+  <si>
+    <t>Диспенсер для упаковочной ленты OfficeSpace, 75мм</t>
+  </si>
+  <si>
+    <t>984200</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ffb/9wwo7codwy5ta434jrrrw0yma7qaebhd.jpg</t>
   </si>
   <si>
     <t>Клейкая лента 19мм 33м, OfficeSpace, невидимая, матовая, картонная упаковка, европодвес</t>
   </si>
   <si>
     <t>Клейкая лента 19мм*33м, OfficeSpace, невидимая, матовая, картонная упаковка, европодвес</t>
   </si>
   <si>
     <t>984201</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b45/8pshw2e1w6li2asx9y78ah0fzob2m8np.jpg</t>
   </si>
   <si>
     <t>Клейкая лента алюминиевая OfficeSpace, 48мм 40м, непроницаемая, влагостойкая</t>
   </si>
   <si>
     <t>Клейкая лента алюминиевая OfficeSpace, 48мм*40м, непроницаемая, влагостойкая</t>
   </si>
   <si>
     <t>984202</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9a8/r1s1w44lw4n2pyjm0oybidhqmsd4mzk3.jpg</t>
   </si>
   <si>
     <t>Клейкая лента армированная OfficeSpace 48 40м, инд. упаковка, ШК</t>
   </si>
   <si>
     <t>Клейкая лента армированная OfficeSpace 48*40м, инд. упаковка, ШК</t>
   </si>
   <si>
     <t>984203</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8cd/27b9540dhkc7v1nn2rt3rn82zldnebdx.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя OfficeSpace, 12мм 5м, на вспененной основе, 1мм</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя OfficeSpace, 12мм*5м, на вспененной основе, 1мм</t>
   </si>
   <si>
     <t>984205</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/83d/gwkbv0e54b5fq74kvqgvr0qzhxzl2teq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3da/5nhoo0uijm862ztj2393emopw1xeldvk.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя OfficeSpace, 38мм 10м, тканевая основа</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя OfficeSpace, 38мм*10м, тканевая основа</t>
   </si>
   <si>
     <t>984210</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b4/316ccr753yy13oyb6c0oc808m28ftpdm.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя OfficeSpace, 50мм 10м, тканевая основа</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя OfficeSpace, 50мм*10м, тканевая основа</t>
   </si>
   <si>
     <t>984212</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ec6/qliizwx5b9t6l3mif1ndm8xzr19bqh30.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ed8/bgfmvk0zw7t59fughqnvluug70yyy35q.jpg</t>
   </si>
   <si>
     <t>Клейкая лента малярная OfficeSpace, 25мм 50м, ШК</t>
   </si>
   <si>
     <t>Клейкая лента малярная OfficeSpace, 25мм*50м, ШК</t>
   </si>
   <si>
     <t>984214</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e4e/a2ptgbl0pm28xoo6zeqf6phe2a773t4s.jpg</t>
   </si>
   <si>
     <t>Клейкая лента малярная OfficeSpace, 38мм 50м, ШК</t>
   </si>
   <si>
     <t>Клейкая лента малярная OfficeSpace, 38мм*50м, ШК</t>
   </si>
   <si>
     <t>984215</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/703/206dnydchzwzichwq3gjoy4x9lyewnxx.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ece/e5veqh2lel47zpsoxfbs0f4fj3iekpyq.jpg</t>
   </si>
   <si>
     <t>Клейкая лента канцелярская Комус 19x33 невидимая</t>
   </si>
   <si>
     <t>991429</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/28e/dxat6abiuuwjqccwf6mwkau4098ahiux.jpg</t>
-[...31 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/17d/f2qh8baa9cjxtlpaocpndxr7tu6y8o75.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя 38мм х 25м, полипропилен</t>
   </si>
   <si>
     <t>991433</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a4d/umxid21bu6z8174xssg5zfkpev97rpu3.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя 48мм х 25м, полипропилен</t>
   </si>
   <si>
     <t>991434</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/751/8e9ur3hoxlojle5205nzd59momwzv3iv.jpg</t>
   </si>
   <si>
     <t>Клейкая лента малярная 48мм х 40м белая</t>
   </si>
   <si>
     <t>991436</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ffd/2crz078clbee8vwt72ujx9kqej8yngfj.jpg</t>
-[...70 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0ee/ozp86n38wuvmfwwc6hcluhfrql75xj14.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 72мм х 66м, прозрачный, 40мкм, 6 шт уп</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная 72мм х 66м, прозрачный, 40мкм, 6 шт/уп</t>
   </si>
   <si>
     <t>991446</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/abf/zzmasd5z6k0h8o6yagrmi7zc5hkqtojj.jpg</t>
-[...8 lines deleted...]
-    <t>991448</t>
+    <t>http://anytos.ru//upload/iblock/fc3/8z4ot6jcxhar4tq17o3bvg80wtaxk90i.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента упаковочная ErichKrause Low noise, повышенной прозрачности, бесшумная, 48ммх50м  в пленке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Клейкая лента упаковочная ErichKrause Low noise, повышенной прозрачности, бесшумная, 48ммх50м &amp;#40;в пленке по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>995608</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d3d/u2466pmxyovr6fb41ndutt2c7m0yfkv9.jpg</t>
   </si>
   <si>
     <t>Клейкие ленты упаковочные 48 мм х 66 м, КОМПЛЕКТ 6 шт., прозрачные, 40 микрон, STAFF BIG PACK, 440179</t>
   </si>
   <si>
-    <t>Упаковочная клейкая лента STAFF активно используется в торговле, промышленности, быту и подходит для оперативной упаковки с помощью диспенсера или вручную. Отличается высокой адгезией клея &amp;#40;слипанием с поверхностью&amp;#41; и стойкостью к разрыву. Толщина скотча 40 мкм позволяет переносить воздействие низких температур и влажности и выдерживать вес коробки 15-17 кг. Клейкой ленты шириной 48 мм и длиной намотки 66 м хватит на продолжительное время. Цвет - прозрачный.</t>
-[...1 lines deleted...]
-  <si>
     <t>998546</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04f/p3iygeyadd888rxq1nf3ydnv4doyq1xx.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная OfficeSpace, 48 100</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная OfficeSpace, 48*100</t>
   </si>
   <si>
     <t>998907</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fde/wz7j25qrqd1xuae2i3xkf5r2lfrpahj0.jpg</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная OfficeSpace, 48 40</t>
   </si>
   <si>
     <t>Клейкая лента упаковочная OfficeSpace, 48*40</t>
   </si>
   <si>
     <t>998908</t>
@@ -3782,50 +3509,155 @@
   <si>
     <t>http://anytos.ru//upload/iblock/dd6/06q5wxte2q2cn0cnsyunywvk79j9e4oq.jpg</t>
   </si>
   <si>
     <t>Клейкая ПРОТИВОСКОЛЬЗЯЩАЯ зернистая лента 25 мм х 5 м, ЧЕРНО-ЖЕЛТАЯ, основа ПВХ, BRAUBERG, 606773</t>
   </si>
   <si>
     <t>Клейкая ПРОТИВОСКОЛЬЗЯЩАЯ зернистая лента BRAUBERG предназначена для предотвращения ситуаций, связанных с несчастными случаями из-за проскальзывания на любых твердых поверхностях внутри и снаружи помещений. Клейкая лента размером 25 мм х 5 м черно-желтого цвета. Представляет собой ленту на основе ПВХ с покрытием из крошки кремнеуглерода, клеевым слоем на основе сольвента и защитным лайнером для клеевого слоя из силиконизированной с одной стороны бумаги &amp;#40;лента наклеена на лайнер&amp;#41;. Крупность зерна 60 grit &amp;#40;количество гранул кремнеуглерода на кв. дюйм&amp;#41;. Свойства: 1. Степень противоскольжения R13. 2. Предотвращение ситуаций, связанных с несчастными случаями из-за проскальзывания, для скользких, влажных, масляных и жирных поверхностей; снаружи и внутри помещений; зоны входа, выхода, переходы; лестницы, подъемы, рампы машины, транспортные средства; кухни и столовые; террасы, веранды; для любого типа поверхностей.Монтировать изделие необходимо при температуре выше &amp;#43;12 градусов на очищенную сухую поверхность.</t>
   </si>
   <si>
     <t>1004561</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ac2/g12i6c81nw30hkzdinjgb0gro7gplbbf.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Двусторонняя клейкая лента на вспененной основе ErichKrause, белый, 1ммx12ммx2м  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Двусторонняя клейкая лента на вспененной основе ErichKrause, белый, 1ммx12ммx2м &amp;#40;в блистере по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>1004983</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9e1/es7bmlpvut2h6h9rt8u2rh31d1r9x577.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента ErichKrause Crystal, повышенной прозрачности, 18ммх33м  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Клейкая лента ErichKrause Crystal, повышенной прозрачности, 18ммх33м &amp;#40;в коробке по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>1004984</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f7/suubono8gwjfgioyspwd0i06wlqi879q.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клейкая лента ErichKrause Handy tearable, повышенной прозрачности, легко оторвать руками, 12ммх33м  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Клейкая лента ErichKrause Handy tearable, повышенной прозрачности, легко оторвать руками, 12ммх33м &amp;#40;в коробке по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>1004985</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1df/6e7w577lelpbl2kk66ywu2vagpuzhbst.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор из 2 клейких лент ErichKrause Clear, прозрачная, 18ммх33м  в пакете </t>
+  </si>
+  <si>
+    <t>Клейкая лента стандартной прозрачности. Увеличенная толщина клеевого слоя обеспечивает высокую клеящую способность ленты. Изготовлена из высококачественной биаксиально-ориентированной полипропиленовой пленки повышенной прочности, устойчива к продольному разрыву. Светостойкая, не желтеет со временем.</t>
+  </si>
+  <si>
+    <t>1005111</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f21/shymeo4jjlq6q8nqcb3n35klicmdru9d.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор из 4 клейких лент ErichKrause Clear, прозрачная, 12ммх33м  в пленке </t>
+  </si>
+  <si>
+    <t>1005112</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/281/d7h05ckb49v4xsyo1vjzdlzbzwrs0its.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор из 4 клейких лент ErichKrause Clear, прозрачная, 18ммх33м  в пленке </t>
+  </si>
+  <si>
+    <t>1005113</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f1/s361nwvzp53vl3vyzgs1ccr3rpkgncgh.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор из 4 клейких лент ErichKrause Clear, прозрачная, 24ммх20м  в пленке </t>
+  </si>
+  <si>
+    <t>1005114</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2c/nglbo9ljn71402bbh2b8qid6il5wbyv0.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор из 4 клейких лент ErichKrause Crystal, повышенной прозрачности, 12ммх33м  в пленке </t>
+  </si>
+  <si>
+    <t>Клейкая лента повышенной прозрачности. Увеличенная толщина клеевого слоя обеспечивает высокую клеящую способность ленты. Изготовлена из высококачественной биаксиально-ориентированной полипропиленовой пленки повышенной прочности, устойчива к продольному разрыву. Светостойкая, не желтеет со временем.</t>
+  </si>
+  <si>
+    <t>1005115</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/56a/pa66fpjic42x2uzzx1vvgryxnu5gncmw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор из 4 клейких лент ErichKrause Crystal, повышенной прозрачности, 18ммх33м  в пленке </t>
+  </si>
+  <si>
+    <t>1005116</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/259/6ld49n62c6atmlabewbvfw60czvqv70n.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор из 4 клейких лент ErichKrause Invisible, прозрачная с матовой поверхностью, 12ммх20м  в пленке </t>
+  </si>
+  <si>
+    <t>Прозрачная клейкая лента имеет антибликовую матовую поверхностью с возможностью нанесения на нее надписи. Незаметна на ксерокопиях, банкнотах, фотографиях. Увеличенная толщина клеевого слоя обеспечивает высокую клеящую способность ленты. Изготовлена из высококачественной биаксиально-ориентированной полипропиленовой пленки повышенной прочности, устойчива к продольному разрыву. Светостойкая, не желтеет со временем.</t>
+  </si>
+  <si>
+    <t>1005117</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/519/90pifw24pddi34wz1qo9fowvwf1z3b5f.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор из 4 клейких лент ErichKrause Invisible, прозрачная с матовой поверхностью, 18ммх20м  в пленке </t>
+  </si>
+  <si>
+    <t>1005118</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a98/fxd292dpic2sut6g7xb135iadto53co5.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 6 клейких лент упаковочных ErichKrause Brown, коричневая, 48mmх50m,  в пленке </t>
   </si>
   <si>
     <t>Клейкая лента упаковочная, коричневая. Увеличенная толщина клеевого слоя обеспечивает высокую клеящую способность ленты. Изготовлена из высококачественной биаксиально-ориентированной полипропиленовой пленки повышенной прочности, устойчива к продольному разрыву.</t>
   </si>
   <si>
     <t>1005119</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/61f/y811mc20ygujuq25s2p0omm1bltqigm5.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 6 клейких лент упаковочных ErichKrause Clear, прозрачная, 48mmх50m  в пленке </t>
   </si>
   <si>
     <t>Клейкая лента упаковочная стандартной прозрачности. Увеличенная толщина клеевого слоя обеспечивает высокую клеящую способность ленты. Изготовлена из высококачественной биаксиально-ориентированной полипропиленовой пленки повышенной прочности, устойчива к продольному разрыву. Светостойкая, не желтеет со временем.</t>
   </si>
   <si>
     <t>1005120</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/589/lgbe4de6e4g9ttu35jqb30nyb04c7b15.jpg</t>
@@ -3951,50 +3783,62 @@
     <t>1006524</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7be/83bx1byk59uk287gnq5hjpqrlipomemi.jpg</t>
   </si>
   <si>
     <t>Клейкая ПРОТИВОСКОЛЬЗЯЩАЯ зернистая лента 50 мм х 20 м, ЧЕРНАЯ, основа ПВХ, BRAUBERG, 606774</t>
   </si>
   <si>
     <t>Клейкая ПРОТИВОСКОЛЬЗЯЩАЯ зернистая лента BRAUBERG предназначена для предотвращения ситуаций, связанных с несчастными случаями из-за проскальзывания на любых твердых поверхностях внутри и снаружи помещений. Клейкая лента размером 50 мм х 20 м черного цвета. Представляет собой ленту на основе ПВХ с покрытием из крошки кремнеуглерода, клеевым слоем на основе сольвента и защитным лайнером для клеевого слоя из силиконизированной с одной стороны бумаги &amp;#40;лента наклеена на лайнер&amp;#41;. Крупность зерна 60 grit &amp;#40;количество гранул кремнеуглерода на кв. дюйм&amp;#41;. Свойства: 1. Степень противоскольжения R13. 2. Предотвращение ситуаций, связанных с несчастными случаями из-за проскальзывания, для скользких, влажных, масляных и жирных поверхностей; снаружи и внутри помещений; зоны входа, выхода, переходы; лестницы, подъемы, рампы машины, транспортные средства; кухни и столовые; террасы, веранды; для любого типа поверхностей.</t>
   </si>
   <si>
     <t>1006525</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/08e/adkk0p765q47ypdt1sqvd82jsnp80mct.jpg</t>
   </si>
   <si>
     <t>Клейкая ПРОТИВОСКОЛЬЗЯЩАЯ зернистая лента 50 мм х 20 м, ЧЕРНО-ЖЕЛТАЯ, основа ПВХ, BRAUBERG, 606775</t>
   </si>
   <si>
     <t>Клейкая ПРОТИВОСКОЛЬЗЯЩАЯ зернистая лента BRAUBERG предназначена для предотвращения ситуаций, связанных с несчастными случаями из-за проскальзывания на любых твердых поверхностях внутри и снаружи помещений. Клейкая лента размером 50 мм х 20 м черно-желтого цвета. Представляет собой ленту на основе ПВХ с покрытием из крошки кремнеуглерода, клеевым слоем на основе сольвента и защитным лайнером для клеевого слоя из силиконизированной с одной стороны бумаги &amp;#40;лента наклеена на лайнер&amp;#41;. Крупность зерна 60 grit &amp;#40;количество гранул кремнеуглерода на кв. дюйм&amp;#41;. Свойства: 1. Степень противоскольжения R13. 2. Предотвращение ситуаций, связанных с несчастными случаями из-за проскальзывания, для скользких, влажных, масляных и жирных поверхностей; снаружи и внутри помещений; зоны входа, выхода, переходы; лестницы, подъемы, рампы машины, транспортные средства; кухни и столовые; террасы, веранды; для любого типа поверхностей.</t>
   </si>
   <si>
     <t>1006526</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/13f/lly3wpsozmrpn9ly8cj91h6xy8g6loc2.jpg</t>
+  </si>
+  <si>
+    <t>Монтажная прозрачная суперпрочная двухсторонняя лента 19 мм х 5 м, акриловая, 1 мм, BRAUBERG, 606424</t>
+  </si>
+  <si>
+    <t>Двухсторонняя монтажная клейкая лента BRAUBERG применяется для ремонтных и строительных работ, крепления аксессуаров и прочей фурнитуры к различным типам поверхностей, в том числе стеклянных. Идеально подходит для крепления градусников и информационных панелей на окнах и дверях, фиксации зеркал и аксессуаров в ванных комнатах, молдингов, дефлекторов и т.д. Стойкая к воздействию погодных условий: температуры, влаги, УФ, химических веществ. Заменяет механический крепеж. После использования удаляется без следа. Длина - 5 м, ширина - 19 мм, толщина - 1000 мкм, цвет - прозрачный. Упаковка - полибэг с европодвесом.</t>
+  </si>
+  <si>
+    <t>1006528</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/db4/pnpj0f7dh8zi5brkbxyh9ydph40roihm.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 3 клейких лент ErichKrause Highlighter, прозрачная, цветная, 18ммх20м, ассорти  в пленке </t>
   </si>
   <si>
     <t>Набор из 3 клейких лент ErichKrause Highlighter, прозрачная, цветная, 18ммх20м, ассорти &amp;#40;в пленке&amp;#41;</t>
   </si>
   <si>
     <t>1011058</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eb3/ox7sfz11k3g8ocaq49fqeig0yevoms1o.jpg</t>
   </si>
   <si>
     <t>Клейкая лента двусторонняя UNIBOB 50 мм х 25 м, 95 мкм, прозрачная</t>
   </si>
   <si>
     <t>Клейкая лента на полипропиленовой основе используется для склеивания гладких поверхностей и материалов при проведении монтажных, ремонтных, дизайнерских и оформительских работ. — Рабочая температура: от ?10 до 50 градусов. — Ширина — 50 мм, длина — 25 м. — Общая толщина ленты &amp;#40;клей &amp;#43; основа&amp;#43; лайнер&amp;#41; — 160 мкм. Толщина ленты - 95 мкм. — Цвет — прозрачная. Основные преимущества продукта: — Удобная замена механическим крепежам. — Подходит для монтажа легких предметов интерьера. — Применяется как и для горизонтальных, так и для вертикальных поверхностей. — Небольшая толщина пленки делает место склейки практически незаметным. — Клеевой слой на основе синтетического каучука обеспечит надежное крепление на вертикальные и горизонтальные поверхности. — Цветная информативная этикетка. — Каждый рулон упакован в термоусадочную пленку, что позволяет сохранить все свойства и технические характеристики продукта.</t>
   </si>
   <si>
     <t>1011256</t>
   </si>
@@ -4381,7588 +4225,7357 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J338"/>
+  <dimension ref="A1:M323"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G338" sqref="G338"/>
+      <selection pane="bottomRight" activeCell="G323" sqref="G323"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="F7" s="3" t="s">
-[...29 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="C11" s="1"/>
+        <v>47</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>38</v>
+      </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="C14" s="1"/>
+        <v>56</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>38</v>
+      </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C16" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>62</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="C17" s="1"/>
+      <c r="C17" s="1" t="s">
+        <v>66</v>
+      </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="F17" s="3" t="s">
-[...13 lines deleted...]
-      <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C20" s="1"/>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G21" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="F19" s="3" t="s">
-[...52 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="B24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="C25" s="1"/>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>100</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="C27" s="1"/>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>104</v>
+        <v>88</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>105</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
         <v>106</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>107</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>109</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>16</v>
+        <v>110</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>20</v>
+        <v>113</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="C31" s="1"/>
+        <v>115</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>116</v>
+      </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G31" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>116</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C32" s="1"/>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="C33" s="1"/>
+        <v>122</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>123</v>
+      </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="C34" s="1"/>
+        <v>126</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>127</v>
+      </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="C35" s="1"/>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>130</v>
+        <v>23</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="C36" s="1" t="s">
         <v>134</v>
       </c>
+      <c r="C36" s="1"/>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>135</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>130</v>
+        <v>23</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="C37" s="1" t="s">
         <v>138</v>
       </c>
+      <c r="C37" s="1"/>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>139</v>
       </c>
       <c r="F37" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="G37" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A38" s="1" t="s">
+      <c r="B38" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="C38" s="1"/>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="F38" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="D38" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="3" t="s">
+      <c r="B39" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="F38" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A39" s="1" t="s">
+      <c r="C39" s="1"/>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="F39" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="B40" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="D39" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="3" t="s">
+      <c r="C40" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="F39" s="3" t="s">
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>149</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A40" s="1" t="s">
+      <c r="F40" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="G40" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="C40" s="1" t="s">
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="3" t="s">
+      <c r="B41" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="F40" s="3" t="s">
+      <c r="C41" s="1" t="s">
         <v>154</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A41" s="1" t="s">
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="F41" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="B42" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E41" s="3" t="s">
+      <c r="C42" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="F41" s="3" t="s">
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="G41" s="3" t="s">
+      <c r="F42" s="3" t="s">
         <v>160</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A42" s="1" t="s">
+      <c r="G42" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="B43" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="C43" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E42" s="3" t="s">
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="F42" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G42" s="3" t="s">
+      <c r="F43" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
         <v>165</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A43" s="1" t="s">
+      <c r="B44" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="C44" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="3" t="s">
+      <c r="F44" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="F43" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G43" s="3" t="s">
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
         <v>170</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A44" s="1" t="s">
+      <c r="B45" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="C45" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E44" s="3" t="s">
+      <c r="F45" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="F44" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G44" s="3" t="s">
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
         <v>175</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A45" s="1" t="s">
+      <c r="B46" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C46" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="3" t="s">
+      <c r="F46" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="F45" s="3" t="s">
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="G45" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A46" s="1" t="s">
+      <c r="B47" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="C47" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="D46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="3" t="s">
+      <c r="F47" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A47" s="1" t="s">
+      <c r="B48" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="C48" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="3" t="s">
+      <c r="F48" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="F47" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G47" s="3" t="s">
+      <c r="G48" s="3" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-      <c r="A48" s="1" t="s">
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="B49" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="C49" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="D48" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E48" s="3" t="s">
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="F48" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G48" s="3" t="s">
+      <c r="F49" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G49" s="3" t="s">
         <v>194</v>
       </c>
     </row>
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-      <c r="A49" s="1" t="s">
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="B50" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="C50" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="D49" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="3" t="s">
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="F49" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A50" s="1" t="s">
+      <c r="F50" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G50" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="B50" s="1" t="s">
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="B51" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="D50" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E50" s="3" t="s">
+      <c r="C51" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="F50" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G50" s="3" t="s">
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>203</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A51" s="1" t="s">
+      <c r="F51" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G51" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="B51" s="1" t="s">
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="B52" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="D51" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="3" t="s">
+      <c r="C52" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="F51" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A52" s="1" t="s">
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="F52" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G52" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="C52" s="1" t="s">
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="3" t="s">
+      <c r="B53" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="F52" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A53" s="1" t="s">
+      <c r="C53" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="F53" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G53" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="C53" s="1"/>
-[...3 lines deleted...]
-      <c r="E53" s="3" t="s">
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="F53" s="3" t="s">
+      <c r="B54" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="G53" s="3" t="s">
+      <c r="C54" s="1" t="s">
         <v>216</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A54" s="1" t="s">
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="F54" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="G54" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="3" t="s">
+      <c r="B55" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="F54" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A55" s="1" t="s">
+      <c r="C55" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="C55" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E55" s="3" t="s">
+      <c r="F55" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="F55" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A56" s="1" t="s">
+      <c r="B56" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="C56" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="D56" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="3" t="s">
+      <c r="F56" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="G56" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="F56" s="3" t="s">
-[...6 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
         <v>228</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>229</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>231</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>14</v>
+        <v>218</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>130</v>
+        <v>218</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>241</v>
-[...3 lines deleted...]
-      </c>
+        <v>243</v>
+      </c>
+      <c r="C60" s="1"/>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>215</v>
+        <v>34</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>215</v>
+        <v>23</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>215</v>
+        <v>160</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>251</v>
-[...3 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="C63" s="1"/>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>215</v>
+        <v>256</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C64" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F64" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="D64" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E64" s="3" t="s">
+      <c r="G64" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="G67" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="F64" s="3" t="s">
-[...33 lines deleted...]
-      <c r="B66" s="1" t="s">
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="C66" s="1" t="s">
-[...185 lines deleted...]
-      </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>159</v>
+        <v>17</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>298</v>
+        <v>264</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>159</v>
+        <v>17</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>140</v>
+        <v>311</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>140</v>
+        <v>17</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="B79" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
         <v>319</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>320</v>
       </c>
       <c r="C80" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E80" s="3" t="s">
+      <c r="F80" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="F80" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A81" s="1" t="s">
+      <c r="B81" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="B81" s="1" t="s">
+      <c r="C81" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="F81" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="D81" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E81" s="3" t="s">
+      <c r="B82" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="F81" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A82" s="1" t="s">
+      <c r="C82" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="B82" s="1" t="s">
+      <c r="F82" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="C82" s="1" t="s">
+      <c r="B83" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="D82" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E82" s="3" t="s">
+      <c r="C83" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="F82" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A83" s="1" t="s">
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="B83" s="1" t="s">
+      <c r="F83" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="C83" s="1" t="s">
+      <c r="B84" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="D83" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E83" s="3" t="s">
+      <c r="C84" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="F83" s="3" t="s">
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="G83" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A84" s="1" t="s">
+      <c r="F84" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G84" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="B84" s="1" t="s">
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
         <v>337</v>
       </c>
-      <c r="C84" s="1" t="s">
+      <c r="B85" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="D84" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E84" s="3" t="s">
+      <c r="C85" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="F84" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A85" s="1" t="s">
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="F85" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="C85" s="1" t="s">
+      <c r="B86" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="D85" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E85" s="3" t="s">
+      <c r="C86" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="F85" s="3" t="s">
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="G85" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A86" s="1" t="s">
+      <c r="F86" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
         <v>345</v>
       </c>
-      <c r="B86" s="1" t="s">
+      <c r="B87" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="C86" s="1" t="s">
+      <c r="C87" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="D86" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E86" s="3" t="s">
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="F86" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A87" s="1" t="s">
+      <c r="F87" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="G87" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="B87" s="1" t="s">
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="C87" s="1" t="s">
+      <c r="B88" s="1" t="s">
         <v>351</v>
       </c>
-      <c r="D87" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E87" s="3" t="s">
+      <c r="C88" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="F87" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A88" s="1" t="s">
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>353</v>
       </c>
-      <c r="B88" s="1" t="s">
+      <c r="F88" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="C88" s="1" t="s">
+      <c r="B89" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="D88" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E88" s="3" t="s">
+      <c r="C89" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="F88" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A89" s="1" t="s">
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="F89" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="C89" s="1" t="s">
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
         <v>359</v>
       </c>
-      <c r="D89" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E89" s="3" t="s">
+      <c r="B90" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="F89" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A90" s="1" t="s">
+      <c r="C90" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="C90" s="1" t="s">
+      <c r="F90" s="3" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="D90" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="B91" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="F90" s="3" t="s">
+      <c r="C91" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="G90" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A91" s="1" t="s">
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="F91" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="C91" s="1" t="s">
+      <c r="B92" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="D91" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E91" s="3" t="s">
+      <c r="C92" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="F91" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A92" s="1" t="s">
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="F92" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="C92" s="1" t="s">
+      <c r="B93" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="D92" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E92" s="3" t="s">
+      <c r="C93" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F92" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A93" s="1" t="s">
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="F93" s="3" t="s">
         <v>375</v>
       </c>
-      <c r="C93" s="1" t="s">
+      <c r="G93" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
         <v>376</v>
       </c>
-      <c r="D93" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E93" s="3" t="s">
+      <c r="B94" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="F93" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A94" s="1" t="s">
+      <c r="C94" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="F94" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="D94" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E94" s="3" t="s">
+      <c r="B95" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="F94" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A95" s="1" t="s">
+      <c r="C95" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>383</v>
       </c>
-      <c r="C95" s="1" t="s">
+      <c r="F95" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="D95" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E95" s="3" t="s">
+      <c r="G95" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="F95" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G95" s="3" t="s">
+      <c r="B96" s="1" t="s">
         <v>386</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A96" s="1" t="s">
+      <c r="C96" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="C96" s="1" t="s">
+      <c r="F96" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="D96" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E96" s="3" t="s">
+      <c r="B97" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="F96" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A97" s="1" t="s">
+      <c r="C97" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="B97" s="1" t="s">
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="C97" s="1" t="s">
+      <c r="F97" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
         <v>393</v>
       </c>
-      <c r="D97" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E97" s="3" t="s">
+      <c r="B98" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="F97" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A98" s="1" t="s">
+      <c r="C98" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="C98" s="1" t="s">
+      <c r="F98" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="D98" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E98" s="3" t="s">
+      <c r="B99" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="F98" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A99" s="1" t="s">
+      <c r="C99" s="1" t="s">
         <v>399</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>400</v>
       </c>
-      <c r="C99" s="1" t="s">
+      <c r="F99" s="3" t="s">
         <v>401</v>
       </c>
-      <c r="D99" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E99" s="3" t="s">
+      <c r="G99" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="F99" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A100" s="1" t="s">
+      <c r="B100" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="C100" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="C100" s="1" t="s">
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>405</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E100" s="3" t="s">
+      <c r="F100" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
         <v>406</v>
       </c>
-      <c r="F100" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G100" s="3" t="s">
+      <c r="B101" s="1" t="s">
         <v>407</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A101" s="1" t="s">
+      <c r="C101" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>409</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="F101" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="D101" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E101" s="3" t="s">
+      <c r="B102" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A102" s="1" t="s">
+      <c r="C102" s="1" t="s">
         <v>412</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="F102" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
         <v>414</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="B103" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="F102" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G102" s="3" t="s">
+      <c r="C103" s="1" t="s">
         <v>416</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A103" s="1" t="s">
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="F103" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="B104" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="3" t="s">
+      <c r="C104" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="F103" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A104" s="1" t="s">
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>421</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="F104" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G104" s="3" t="s">
         <v>422</v>
       </c>
-      <c r="C104" s="1" t="s">
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="D104" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E104" s="3" t="s">
+      <c r="B105" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="F104" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A105" s="1" t="s">
+      <c r="C105" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>426</v>
       </c>
-      <c r="C105" s="1" t="s">
+      <c r="F105" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
         <v>427</v>
       </c>
-      <c r="D105" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E105" s="3" t="s">
+      <c r="B106" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A106" s="1" t="s">
+      <c r="C106" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="C106" s="1" t="s">
+      <c r="F106" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="D106" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E106" s="3" t="s">
+      <c r="B107" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="F106" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A107" s="1" t="s">
+      <c r="C107" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="B107" s="1" t="s">
+      <c r="D107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
         <v>434</v>
       </c>
-      <c r="C107" s="1" t="s">
+      <c r="F107" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="D107" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E107" s="3" t="s">
+      <c r="B108" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="F107" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A108" s="1" t="s">
+      <c r="C108" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="B108" s="1" t="s">
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>438</v>
       </c>
-      <c r="C108" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E108" s="3" t="s">
+      <c r="F108" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
         <v>439</v>
       </c>
-      <c r="F108" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A109" s="1" t="s">
+      <c r="B109" s="1" t="s">
         <v>440</v>
       </c>
-      <c r="B109" s="1" t="s">
+      <c r="C109" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="C109" s="1" t="s">
+      <c r="D109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
         <v>442</v>
       </c>
-      <c r="D109" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E109" s="3" t="s">
+      <c r="F109" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G109" s="3" t="s">
         <v>443</v>
       </c>
-      <c r="F109" s="3" t="s">
-[...6 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>444</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>445</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>376</v>
+        <v>446</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>344</v>
+        <v>384</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>344</v>
+        <v>17</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>14</v>
+        <v>384</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>401</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>384</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>159</v>
+        <v>384</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>159</v>
+        <v>401</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>344</v>
+        <v>384</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>477</v>
+        <v>441</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>344</v>
+        <v>17</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>344</v>
+        <v>384</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>485</v>
+        <v>412</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>486</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>344</v>
+        <v>384</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
         <v>487</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>489</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>490</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>344</v>
+        <v>384</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
         <v>491</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>492</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>493</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>494</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>130</v>
+        <v>17</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
         <v>495</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>496</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>497</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>498</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="G123" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
         <v>499</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A124" s="1" t="s">
+      <c r="B124" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="B124" s="1" t="s">
+      <c r="C124" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="C124" s="1" t="s">
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>502</v>
       </c>
-      <c r="D124" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E124" s="3" t="s">
+      <c r="F124" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="F124" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A125" s="1" t="s">
+      <c r="B125" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="B125" s="1" t="s">
+      <c r="C125" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="C125" s="1" t="s">
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>506</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E125" s="3" t="s">
+      <c r="F125" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="F125" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A126" s="1" t="s">
+      <c r="B126" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="C126" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="C126" s="1" t="s">
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>510</v>
       </c>
-      <c r="D126" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E126" s="3" t="s">
+      <c r="F126" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="F126" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A127" s="1" t="s">
+      <c r="B127" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="C127" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="C127" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D127" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>514</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>344</v>
+        <v>384</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
         <v>515</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>516</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>344</v>
+        <v>384</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>215</v>
+        <v>384</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
         <v>523</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>524</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>525</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>526</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>215</v>
+        <v>384</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
         <v>527</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>528</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>529</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>530</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>365</v>
+        <v>150</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
         <v>531</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>532</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>533</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>534</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>365</v>
+        <v>150</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
         <v>535</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>536</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>537</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>538</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>365</v>
+        <v>384</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>365</v>
+        <v>384</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
         <v>544</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>545</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>546</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>547</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>365</v>
+        <v>401</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
         <v>548</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>549</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>550</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>551</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>365</v>
+        <v>17</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
         <v>552</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>553</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>554</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>555</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>344</v>
+        <v>384</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
         <v>556</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>557</v>
       </c>
       <c r="C138" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="D138" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E138" s="3" t="s">
+      <c r="F138" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="F138" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A139" s="1" t="s">
+      <c r="B139" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="B139" s="1" t="s">
+      <c r="C139" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
         <v>561</v>
       </c>
-      <c r="C139" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E139" s="3" t="s">
+      <c r="F139" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
         <v>562</v>
       </c>
-      <c r="F139" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A140" s="1" t="s">
+      <c r="B140" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="B140" s="1" t="s">
+      <c r="C140" s="1" t="s">
         <v>564</v>
       </c>
-      <c r="C140" s="1" t="s">
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
         <v>565</v>
       </c>
-      <c r="D140" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E140" s="3" t="s">
+      <c r="F140" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="F140" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A141" s="1" t="s">
+      <c r="B141" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="C141" s="1" t="s">
         <v>568</v>
       </c>
-      <c r="C141" s="1" t="s">
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>569</v>
       </c>
-      <c r="D141" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E141" s="3" t="s">
+      <c r="F141" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="F141" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A142" s="1" t="s">
+      <c r="B142" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="C142" s="1" t="s">
         <v>572</v>
       </c>
-      <c r="C142" s="1" t="s">
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>573</v>
       </c>
-      <c r="D142" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E142" s="3" t="s">
+      <c r="F142" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="G142" s="3" t="s">
         <v>574</v>
       </c>
-      <c r="F142" s="3" t="s">
-[...6 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
         <v>575</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>576</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>577</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>578</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>281</v>
+        <v>401</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
         <v>579</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>580</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>581</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>582</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>14</v>
+        <v>401</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>14</v>
+        <v>401</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>159</v>
+        <v>401</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>159</v>
+        <v>384</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>159</v>
+        <v>17</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>598</v>
+        <v>550</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>140</v>
+        <v>17</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>311</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="B152" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="F153" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="F154" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="F155" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="F156" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="F158" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>640</v>
+      </c>
+      <c r="F159" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="F160" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="F161" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="F162" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="F163" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="F164" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>664</v>
+      </c>
+      <c r="F165" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>668</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="F167" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="C168" s="1" t="s">
         <v>609</v>
       </c>
-      <c r="C152" s="1" t="s">
-[...369 lines deleted...]
-      </c>
       <c r="D168" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>675</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>344</v>
+        <v>17</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
         <v>676</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>677</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>678</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>679</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>344</v>
+        <v>311</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
         <v>680</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>681</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>682</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>683</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>384</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
         <v>684</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>685</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>686</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>687</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>344</v>
+        <v>688</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>344</v>
+        <v>384</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>696</v>
+        <v>384</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
         <v>697</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>698</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>699</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>700</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>696</v>
+        <v>384</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
         <v>701</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>702</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>703</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>704</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>384</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
         <v>705</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>706</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>707</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>708</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>384</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
         <v>709</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>710</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>711</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>712</v>
       </c>
       <c r="F177" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="G177" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A178" s="1" t="s">
+      <c r="B178" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="C178" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="C178" s="1" t="s">
+      <c r="D178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>716</v>
       </c>
-      <c r="D178" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E178" s="3" t="s">
+      <c r="F178" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="F178" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A179" s="1" t="s">
+      <c r="B179" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="C179" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="C179" s="1" t="s">
+      <c r="D179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>720</v>
       </c>
-      <c r="D179" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E179" s="3" t="s">
+      <c r="F179" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="F179" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A180" s="1" t="s">
+      <c r="B180" s="1" t="s">
         <v>722</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="C180" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="C180" s="1" t="s">
+      <c r="D180" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>724</v>
       </c>
-      <c r="D180" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E180" s="3" t="s">
+      <c r="F180" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="F180" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A181" s="1" t="s">
+      <c r="B181" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="C181" s="1" t="s">
         <v>727</v>
       </c>
-      <c r="C181" s="1" t="s">
+      <c r="D181" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>728</v>
       </c>
-      <c r="D181" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E181" s="3" t="s">
+      <c r="F181" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
         <v>729</v>
-      </c>
-[...9 lines deleted...]
-        <v>709</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>730</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>731</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>732</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>737</v>
+      </c>
+      <c r="F183" s="3" t="s">
         <v>733</v>
       </c>
-      <c r="B183" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G183" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
+        <v>749</v>
+      </c>
+      <c r="F186" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="C187" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D187" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>752</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
         <v>753</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>754</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>755</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>756</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>713</v>
+        <v>733</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
         <v>757</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>758</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>759</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>760</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>713</v>
-[...5 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
         <v>761</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>762</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>763</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>764</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>130</v>
+        <v>765</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>769</v>
+      </c>
+      <c r="F191" s="3" t="s">
         <v>765</v>
       </c>
-      <c r="B191" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G191" s="3" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>130</v>
+        <v>765</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>777</v>
+        <v>765</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
         <v>778</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>779</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>780</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>781</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>777</v>
+        <v>765</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="B195" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="B195" s="1" t="s">
+      <c r="C195" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="C195" s="1" t="s">
+      <c r="D195" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E195" s="3" t="s">
         <v>784</v>
       </c>
-      <c r="D195" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E195" s="3" t="s">
+      <c r="F195" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
         <v>785</v>
       </c>
-      <c r="F195" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A196" s="1" t="s">
+      <c r="B196" s="1" t="s">
         <v>786</v>
       </c>
-      <c r="B196" s="1" t="s">
+      <c r="C196" s="1" t="s">
         <v>787</v>
       </c>
-      <c r="C196" s="1" t="s">
+      <c r="D196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>788</v>
       </c>
-      <c r="D196" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E196" s="3" t="s">
+      <c r="F196" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="F196" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A197" s="1" t="s">
+      <c r="B197" s="1" t="s">
         <v>790</v>
       </c>
-      <c r="B197" s="1" t="s">
+      <c r="C197" s="1" t="s">
         <v>791</v>
       </c>
-      <c r="C197" s="1" t="s">
+      <c r="D197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E197" s="3" t="s">
         <v>792</v>
       </c>
-      <c r="D197" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E197" s="3" t="s">
+      <c r="F197" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
         <v>793</v>
       </c>
-      <c r="F197" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A198" s="1" t="s">
+      <c r="B198" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="B198" s="1" t="s">
+      <c r="C198" s="1" t="s">
         <v>795</v>
       </c>
-      <c r="C198" s="1" t="s">
+      <c r="D198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
         <v>796</v>
       </c>
-      <c r="D198" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E198" s="3" t="s">
+      <c r="F198" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
         <v>797</v>
       </c>
-      <c r="F198" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A199" s="1" t="s">
+      <c r="B199" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="B199" s="1" t="s">
+      <c r="C199" s="1" t="s">
         <v>799</v>
       </c>
-      <c r="C199" s="1" t="s">
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>800</v>
       </c>
-      <c r="D199" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E199" s="3" t="s">
+      <c r="F199" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="F199" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A200" s="1" t="s">
+      <c r="B200" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="B200" s="1" t="s">
+      <c r="C200" s="1" t="s">
         <v>803</v>
       </c>
-      <c r="C200" s="1" t="s">
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>804</v>
       </c>
-      <c r="D200" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E200" s="3" t="s">
+      <c r="F200" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="F200" s="3" t="s">
+      <c r="B201" s="1" t="s">
         <v>806</v>
       </c>
-      <c r="G200" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A201" s="1" t="s">
+      <c r="C201" s="1" t="s">
         <v>807</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="D201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>808</v>
       </c>
-      <c r="C201" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E201" s="3" t="s">
+      <c r="F201" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A202" s="1" t="s">
+      <c r="B202" s="1" t="s">
         <v>810</v>
       </c>
-      <c r="B202" s="1" t="s">
+      <c r="C202" s="1" t="s">
         <v>811</v>
       </c>
-      <c r="C202" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D202" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>812</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>806</v>
+        <v>150</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
         <v>813</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>814</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>804</v>
+        <v>815</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>806</v>
+        <v>150</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>130</v>
+        <v>821</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="B205" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>825</v>
+      </c>
+      <c r="F205" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>829</v>
+      </c>
+      <c r="F206" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="F207" s="3" t="s">
+        <v>834</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="F208" s="3" t="s">
+        <v>834</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="F209" s="3" t="s">
+        <v>834</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>843</v>
+      </c>
+      <c r="F210" s="3" t="s">
+        <v>834</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>847</v>
+      </c>
+      <c r="F211" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="F212" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="F213" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="3" t="s">
+        <v>859</v>
+      </c>
+      <c r="F214" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>863</v>
+      </c>
+      <c r="F215" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>866</v>
+      </c>
+      <c r="F216" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>869</v>
+      </c>
+      <c r="F217" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>873</v>
+      </c>
+      <c r="F218" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>876</v>
+      </c>
+      <c r="F219" s="3" t="s">
         <v>821</v>
       </c>
-      <c r="C205" s="1" t="s">
-[...189 lines deleted...]
-      <c r="E213" s="3" t="s">
+      <c r="G219" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="F220" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>882</v>
+      </c>
+      <c r="F221" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>885</v>
+      </c>
+      <c r="F222" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>889</v>
+      </c>
+      <c r="F223" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>892</v>
+      </c>
+      <c r="F224" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E225" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="F225" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>900</v>
+      </c>
+      <c r="F226" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E227" s="3" t="s">
+        <v>904</v>
+      </c>
+      <c r="F227" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="G227" s="3" t="s">
         <v>851</v>
       </c>
-      <c r="F213" s="3" t="s">
-[...325 lines deleted...]
-    <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>159</v>
+        <v>401</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="C229" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>913</v>
+      </c>
+      <c r="F229" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>917</v>
+      </c>
+      <c r="F230" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>921</v>
+      </c>
+      <c r="F231" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E232" s="3" t="s">
+        <v>925</v>
+      </c>
+      <c r="F232" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E233" s="3" t="s">
+        <v>929</v>
+      </c>
+      <c r="F233" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E234" s="3" t="s">
+        <v>932</v>
+      </c>
+      <c r="F234" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>936</v>
+      </c>
+      <c r="F235" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E236" s="3" t="s">
+        <v>940</v>
+      </c>
+      <c r="F236" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E237" s="3" t="s">
+        <v>943</v>
+      </c>
+      <c r="F237" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>947</v>
+      </c>
+      <c r="F238" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E239" s="3" t="s">
+        <v>951</v>
+      </c>
+      <c r="F239" s="3" t="s">
+        <v>952</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E240" s="3" t="s">
+        <v>956</v>
+      </c>
+      <c r="F240" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E241" s="3" t="s">
+        <v>960</v>
+      </c>
+      <c r="F241" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E242" s="3" t="s">
+        <v>964</v>
+      </c>
+      <c r="F242" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E243" s="3" t="s">
+        <v>968</v>
+      </c>
+      <c r="F243" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E244" s="3" t="s">
+        <v>972</v>
+      </c>
+      <c r="F244" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E245" s="3" t="s">
+        <v>976</v>
+      </c>
+      <c r="F245" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E246" s="3" t="s">
+        <v>980</v>
+      </c>
+      <c r="F246" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E247" s="3" t="s">
+        <v>984</v>
+      </c>
+      <c r="F247" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E248" s="3" t="s">
+        <v>988</v>
+      </c>
+      <c r="F248" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E249" s="3" t="s">
+        <v>992</v>
+      </c>
+      <c r="F249" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E250" s="3" t="s">
+        <v>996</v>
+      </c>
+      <c r="F250" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E251" s="3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="F251" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E252" s="3" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F252" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G252" s="3" t="s">
         <v>909</v>
       </c>
-      <c r="D229" s="1" t="s">
-[...165 lines deleted...]
-      <c r="A237" s="1" t="s">
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
+        <v>1007</v>
+      </c>
+      <c r="F253" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F254" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F255" s="3" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F256" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F257" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F258" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F259" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E260" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F260" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E261" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F261" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E262" s="3" t="s">
+        <v>1044</v>
+      </c>
+      <c r="F262" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E263" s="3" t="s">
+        <v>1048</v>
+      </c>
+      <c r="F263" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E264" s="3" t="s">
+        <v>1051</v>
+      </c>
+      <c r="F264" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A265" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E265" s="3" t="s">
+        <v>1056</v>
+      </c>
+      <c r="F265" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E266" s="3" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F266" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E267" s="3" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F267" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A268" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E268" s="3" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F268" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A269" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E269" s="3" t="s">
+        <v>1073</v>
+      </c>
+      <c r="F269" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A270" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E270" s="3" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F270" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E271" s="3" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F271" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E272" s="3" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F272" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E273" s="3" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F273" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E274" s="3" t="s">
+        <v>1093</v>
+      </c>
+      <c r="F274" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E275" s="3" t="s">
+        <v>1097</v>
+      </c>
+      <c r="F275" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E276" s="3" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F276" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F277" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F278" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E279" s="3" t="s">
+        <v>1113</v>
+      </c>
+      <c r="F279" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E280" s="3" t="s">
+        <v>1117</v>
+      </c>
+      <c r="F280" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F281" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F282" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C283" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E283" s="3" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F283" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B284" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E284" s="3" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F284" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E285" s="3" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F285" s="3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E286" s="3" t="s">
+        <v>1137</v>
+      </c>
+      <c r="F286" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C287" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="B237" s="1" t="s">
-[...1067 lines deleted...]
-      </c>
       <c r="D287" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1132</v>
+        <v>1140</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>130</v>
+        <v>401</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1135</v>
+        <v>1143</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1136</v>
+        <v>1144</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1138</v>
+        <v>1146</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1139</v>
+        <v>1147</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1140</v>
+        <v>1148</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1141</v>
+        <v>1149</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1142</v>
+        <v>1150</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1143</v>
+        <v>1151</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1144</v>
+        <v>1152</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1145</v>
+        <v>1153</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1146</v>
+        <v>1154</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1147</v>
+        <v>1155</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1148</v>
+        <v>1156</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>130</v>
+        <v>384</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1149</v>
+        <v>1157</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1150</v>
+        <v>1158</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1151</v>
+        <v>1159</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1152</v>
+        <v>1160</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>130</v>
+        <v>384</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>823</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1153</v>
+        <v>1161</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1154</v>
+        <v>1162</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1155</v>
+        <v>1163</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1156</v>
+        <v>1164</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>130</v>
+        <v>733</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1157</v>
+        <v>1165</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1158</v>
+        <v>1166</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1159</v>
+        <v>1167</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1160</v>
+        <v>1168</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>130</v>
+        <v>733</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1162</v>
+        <v>1170</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1163</v>
+        <v>1171</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1164</v>
+        <v>1172</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>130</v>
+        <v>733</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1165</v>
+        <v>1173</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1166</v>
+        <v>1174</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1167</v>
+        <v>1175</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1168</v>
+        <v>1176</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>130</v>
+        <v>733</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
-        <v>1169</v>
+        <v>1177</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1170</v>
+        <v>1178</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1172</v>
+        <v>1179</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>344</v>
+        <v>733</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1173</v>
+        <v>1180</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1174</v>
+        <v>1181</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E298" s="3" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F298" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C299" s="1" t="s">
         <v>1175</v>
       </c>
-      <c r="F298" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D299" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>1178</v>
+        <v>1185</v>
       </c>
       <c r="F299" s="3" t="s">
-        <v>1179</v>
+        <v>733</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1180</v>
+        <v>1186</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1181</v>
+        <v>1187</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1181</v>
+        <v>1188</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>1182</v>
+        <v>1189</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>1179</v>
+        <v>733</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
-        <v>1183</v>
+        <v>1190</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1184</v>
+        <v>1191</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>1186</v>
+        <v>1192</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>1179</v>
+        <v>733</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
-        <v>1187</v>
+        <v>1193</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1188</v>
+        <v>1194</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1188</v>
+        <v>1195</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>1189</v>
+        <v>1196</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>733</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
-        <v>1190</v>
+        <v>1197</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1191</v>
+        <v>1198</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>1192</v>
+        <v>1199</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>733</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
-        <v>1193</v>
+        <v>1200</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1194</v>
+        <v>1201</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1194</v>
+        <v>1202</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>1195</v>
+        <v>1203</v>
       </c>
       <c r="F304" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>733</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
-        <v>1196</v>
+        <v>1204</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1197</v>
+        <v>1205</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1198</v>
+        <v>1206</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>1199</v>
+        <v>1207</v>
       </c>
       <c r="F305" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>733</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
-        <v>1200</v>
+        <v>1208</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1201</v>
+        <v>1209</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1202</v>
+        <v>1210</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>1203</v>
+        <v>1211</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1212</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
-        <v>1204</v>
+        <v>1213</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1205</v>
+        <v>1214</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1206</v>
+        <v>1215</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>1207</v>
+        <v>1216</v>
       </c>
       <c r="F307" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1212</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
-        <v>1208</v>
+        <v>1217</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1209</v>
+        <v>1218</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1210</v>
+        <v>1219</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1211</v>
+        <v>1220</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1221</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E309" s="3" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F309" s="3" t="s">
         <v>1212</v>
       </c>
-      <c r="B309" s="1" t="s">
-[...15 lines deleted...]
-    <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G309" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
-        <v>1216</v>
+        <v>1226</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1217</v>
+        <v>1227</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1218</v>
+        <v>1228</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1219</v>
+        <v>1229</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1212</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
-        <v>1220</v>
+        <v>1230</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1221</v>
+        <v>1231</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1222</v>
+        <v>1232</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1223</v>
+        <v>1233</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1212</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
-        <v>1224</v>
+        <v>1234</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1225</v>
+        <v>1235</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1226</v>
+        <v>1236</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1227</v>
+        <v>1237</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1212</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1228</v>
+        <v>1238</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1229</v>
+        <v>1239</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1230</v>
+        <v>1239</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>365</v>
+        <v>17</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1232</v>
+        <v>1241</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1233</v>
+        <v>1242</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1234</v>
+        <v>1243</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-    <row r="315" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1236</v>
+        <v>1245</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1237</v>
+        <v>1246</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1238</v>
+        <v>1247</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1239</v>
+        <v>1248</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>130</v>
+        <v>384</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1240</v>
+        <v>1249</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1241</v>
+        <v>1250</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1242</v>
+        <v>1251</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1243</v>
+        <v>1252</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>130</v>
+        <v>384</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1244</v>
+        <v>1253</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1245</v>
+        <v>1254</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1246</v>
+        <v>1255</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1247</v>
+        <v>1256</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>344</v>
+        <v>384</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1248</v>
+        <v>1257</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1249</v>
+        <v>1258</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1250</v>
+        <v>1259</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1251</v>
+        <v>1260</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>344</v>
+        <v>384</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1252</v>
+        <v>1261</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1253</v>
+        <v>1262</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1254</v>
+        <v>1263</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1255</v>
+        <v>1264</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>696</v>
+        <v>733</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1256</v>
+        <v>1265</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1257</v>
+        <v>1266</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1258</v>
+        <v>1267</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1259</v>
+        <v>1268</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>696</v>
+        <v>17</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1260</v>
+        <v>1269</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1261</v>
+        <v>1270</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1262</v>
+        <v>1271</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1263</v>
+        <v>1272</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>696</v>
+        <v>1212</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1264</v>
+        <v>1273</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1265</v>
+        <v>1274</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1266</v>
+        <v>1275</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1267</v>
+        <v>1276</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>1268</v>
+        <v>733</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1269</v>
+        <v>1277</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1270</v>
+        <v>1278</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1271</v>
+        <v>1279</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1272</v>
+        <v>1280</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>1268</v>
+        <v>17</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>27</v>
-[...341 lines deleted...]
-        <v>116</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">