--- v0 (2025-11-07)
+++ v1 (2026-01-11)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="912">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="922">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b0/tjjv0nz9sch3rcul2kujvwi7taj874zx.jpg</t>
   </si>
   <si>
     <t>Диспенсер д скреп. МАГНИТНЫЙ: ПС02 штр.: 4620000639855</t>
   </si>
   <si>
     <t>Скрепки</t>
   </si>
   <si>
     <t>104483</t>
@@ -113,50 +122,59 @@
   <si>
     <t>http://anytos.ru//upload/iblock/929/exx8smkkhzmmg8ahbge5neqfc6pn8hu3.jpg</t>
   </si>
   <si>
     <t>Скрепки inФОРМАТ ассорти винил 100 шт 33 мм: SC33-100K штр.: 4602723014478</t>
   </si>
   <si>
     <t>Скрепки канцелярские с цветным виниловым покрытием. В ассортименте скрепки различных форм и цветов. Упакованы в фирменные картонные коробки.- Цветное виниловое покрытие- В упаковке 50 и 100 штук- Длина: 25 мм, 28 мм, 31 мм, 33 мм, 50 мм</t>
   </si>
   <si>
     <t>104486</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/05d/mgjqiv0ptds2qamhmpdv0hvriz7j0v7a.jpg</t>
   </si>
   <si>
     <t>Скрепки inФОРМАТ загн.край серебро никел. 100 шт 28 мм: SNB28-100K штр.: 4602723031567</t>
   </si>
   <si>
     <t>Скрепки никелированные. Изготовлены из высококачественной стали. На выбор предлагаются скрепки стандартной формы, треугольной формы и скрепки с загнутым краем. Упакованы по 100 шт. в картонной коробке.</t>
   </si>
   <si>
     <t>104487</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e6c/34rsfio486x6109e8y68yhtjnliwgm3m.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки inФОРМАТ загн.край серебро никел. 100 шт 33 мм: SNB33-100K штр.: 4602723031574</t>
+  </si>
+  <si>
+    <t>104488</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b32/4gp35uop03t1qbmwa5924d4v67mha1b4.jpg</t>
   </si>
   <si>
     <t>Скрепки inФОРМАТ омедн. золот. 100 шт 33 мм: SB33-100K штр.: 4602723031635</t>
   </si>
   <si>
     <t>Скрепки с золотистым покрытием. Изготовлены из высококачественной стали. Упакованы по 100 шт. в картонной коробке.</t>
   </si>
   <si>
     <t>104489</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/61f/dbgqbbkfrjbzb4its0dr4upaggqogc1k.jpg</t>
   </si>
   <si>
     <t>Скрепки inФОРМАТ серебро гофр.никел. 50 шт 50 мм: PCNG50-50 штр.: 4602723001706</t>
   </si>
   <si>
     <t>Скрепки канцелярские металлические. Скрепки гофрированные имеют волнистую поверхность для надежного скрепления больших пачек документов. Упакованы в картонную коробку.- Металлические- В упаковке 50 и 100 штук- Длина: 22 мм, 28 мм, 50 мм</t>
   </si>
   <si>
     <t>104492</t>
   </si>
   <si>
     <t>72</t>
@@ -182,59 +200,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e08/3nj3xx3gqarnc74bneia2eua4b9wfxo7.jpg</t>
   </si>
   <si>
     <t>Скрепки inФОРМАТ серебро никел. 100 шт 25 мм: SN25-100K штр.: 4602723031543</t>
   </si>
   <si>
     <t>Скрепки никелированные. Изготовлены из ысококачественной стали Упакованы по 100 шт. в картонной коробке</t>
   </si>
   <si>
     <t>104497</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f5/qlv43by1rgpgudbzl5yaotaemeq3k36i.jpg</t>
   </si>
   <si>
     <t>Скрепки inФОРМАТ серебро оцинк. 100 шт 22 мм: PCZ22-100 штр.: 4602723001737</t>
   </si>
   <si>
     <t>104500</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6c6/5sfbdxn3gosb93oq738q21flwk9ny7p2.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f0a/vkfz7sj7cnee7xqot9k932yckmbb21e7.jpg</t>
   </si>
   <si>
     <t>Скрепки inФОРМАТ треуг. серебро никел. 100 шт 31 мм: SNT31-100K штр.: 4602723042600</t>
   </si>
   <si>
     <t>104502</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b94/b945014fa8a39b6b255a2c2edb068f31.jpg</t>
   </si>
   <si>
     <t>Скрепки оцинкованные гофрированные 50мм, 50шт., карт. упак.: CZ50_2264</t>
   </si>
   <si>
     <t>Скрепки оцинкованные гофрированные 50мм, 50шт., карт. упак.: CZ50_2264 Скрепки оцинкованные гофрированные, длина — 50&amp;nbsp;&amp;nbsp;мм, 50 шт в картонной коробке, круглые.</t>
   </si>
   <si>
     <t>212155</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>20</t>
@@ -476,341 +485,329 @@
   <si>
     <t>Скрепки 25 мм 100 шт. уп. KORES 43010: никель,кругл,с отгибом,к кор штр.  9023800430106, 9023800430601</t>
   </si>
   <si>
     <t>Скрепки Kores изготовлены из металла, никелированные. Имеют загнутый внутренний край и удобную закругленную форму, что позволяет надежно скреплять документы. Размер одной скрепки - 25 мм, 100 штук в картонной упаковке. Количество упаковок в коробке: 10 упаковок по 100 штук.</t>
   </si>
   <si>
     <t>249146</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kores/"&gt;KORES&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8fc/8fc55136db1f37883f169b6a801d1e0b/c839f721d366d478a44cc81f29d1426d.jpg</t>
   </si>
   <si>
     <t>Скрепки 28 мм 100 шт. уп. ATTACHE С28-100П: полимер,кругл,цв,к кор штр.  4620004201300</t>
   </si>
   <si>
     <t>Скрепки Attache изготовлены из металла с цветным полимерным покрытием. Имеют удобную закругленную форму, что позволяет надежно скреплять документы. 100 штук в картонной упаковке. В коробке 144 упаковки по 100 штук. Скрепки цветные с пластиковым покрытием имеют размер 28 мм.</t>
   </si>
   <si>
     <t>249147</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bbb/bbb874cff9b78fdccd74e9c8d3219fad/b621d2ce339e2a8eccd70e54abe5a730.jpg</t>
-[...8 lines deleted...]
-    <t>249148</t>
+    <t>http://anytos.ru//upload/iblock/93d/93d3d678f338ffef85391f95e98fddb9/e665e49863f9e4ce385b397f858eb820.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки 28 мм 100 шт. уп. ATTACHE: никель,кругл,к кор штр.  4607023144450, 6924246194412, 6953070936530, 6953070936547, 6953070936554</t>
+  </si>
+  <si>
+    <t>&amp;lt;p&amp;gt;Скрепки Attache изготовлены из металла, никелированные. Имеют удобную закругленную форму, что позволяет надежно скреплять документы. Размер одной скрепки - 28 мм, 100 штук в упаковке. Количество упаковок в коробке: 10 упаковок по 100 штук.&amp;lt;/p&amp;gt;</t>
+  </si>
+  <si>
+    <t>249149</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b2a/b2a77291d28aa3803832488a36b79bad/e995a051a234c546c8dd60acd5006e75.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки 28 мм 100 шт. уп. ATTACHE: полимер,овал,цв,ев подв штр.  4690432001209, 6924246178627, 6953070936417, 6953070936424, 6953070936431</t>
+  </si>
+  <si>
+    <t>Скрепки Attache изготовлены из металла с цветным полимерным покрытием. Имеют удобную закругленную форму, что позволяет надежно скреплять документы. 100 штук в пластиковой упаковке с европодвесом. В коробке 12 упаковок по 100 штук. Скрепки цветные с пластиковым покрытием имеют размер 28 мм.</t>
+  </si>
+  <si>
+    <t>249151</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c0a/c0a5988175b67f6512780e49bb799ccc/16e650176417927efad7b674988d22dc.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки 28 мм 100 шт. уп. ICO: медь,овал,к кор штр.  5997361500049</t>
+  </si>
+  <si>
+    <t>Скрепки ICO изготовлены из металла, омедненные. Имеют удобную закругленную форму, что позволяет надежно скреплять документы. Размер одной скрепки - 28 мм, 100 штук в картонной упаковке. Количество упаковок в коробке: 100 упаковок по 100 штук.</t>
+  </si>
+  <si>
+    <t>249152</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/ico/"&gt;ICO&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/07c/07c2e876878347e3f18dd9320830b570/570c22b001ad1877be33134209a6b455.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки 33 мм 100 шт. уп. KORES 43011: никель,кругл,с отгибом,к кор штр.  9023800430113, 9023800430618</t>
+  </si>
+  <si>
+    <t>Скрепки Kores изготовлены из металла, никелированные. Имеют загнутый внутренний край и удобную закругленную форму, что позволяет надежно скреплять документы. Размер одной скрепки - 33 мм, 100 штук в картонной упаковке. Количество упаковок в коробке: 10 упаковок по 100 штук.</t>
+  </si>
+  <si>
+    <t>249156</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a22/a2240407e5532114f2576ef1f74f84dc/272e5d62595cf203172d5fab6c98b257.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки 50 мм 100 шт. уп. KORES 43012: никель,кругл,с отгибом,к кор штр.  9023800430120, 9023800430526</t>
+  </si>
+  <si>
+    <t>Скрепки Kores изготовлены из металла, никелированные. Имеют загнутый внутренний край и закругленную форму, что позволяет надежно скреплять документы. Размер одной скрепки - 50 мм, 100 штук в картонной упаковке. Количество упаковок в коробке: 10 упаковок по 100 штук.</t>
+  </si>
+  <si>
+    <t>249157</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a21/a2153e19234ddd6f3788df1722b984a8/336374ba8efabecdca0f2513ba6d998f.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки 50 мм 30 шт. уп. ATTACHE Г50-30Н: никель,овал,гофр,ев подв штр.  4607122919027, 4630012881166</t>
+  </si>
+  <si>
+    <t>Скрепки Attache изготовлены из металла, никелированные. Имеют гофрированную поверхность и удобную закругленную форму, что позволяет надежно скреплять документы. Размер одной скрепки - 50 мм, 30 штук в пластиковой упаковке с европодвесом. Количество упаковок в коробке: 80 упаковок по 30 штук.</t>
+  </si>
+  <si>
+    <t>249160</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c0/6c0ad1a5ff53c5a46dbab0a3d7b3b161/781a1d1f0b994dc662c04b91154c2bf9.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки Attache 28 мм., золотистые металлические 100 шт. в карт.уп. 971607</t>
+  </si>
+  <si>
+    <t>Скрепки Attache 28 мм., золотистые металлические 100 шт. в карт.уп.</t>
+  </si>
+  <si>
+    <t>335707</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/194/194cd4ecd24b99bd37da54cca4672b99/fb4cdbe5c0e50fa5fa01385cc7750d41.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки Attache золотистые, 50 мм., металлические, 50 шт.в карт.уп. 971608</t>
+  </si>
+  <si>
+    <t>Скрепки Attache золотистые, 50 мм., металлические, 50 шт.в карт.уп.</t>
+  </si>
+  <si>
+    <t>335708</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/36d/36d612c3c8c0b8e85dcced8669cedd51.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки оцинкованные 28мм, 100шт., карт. упак.: 231183 штр.: 4680211078485</t>
+  </si>
+  <si>
+    <t>Металлические канцелярские скрепки. Гладкие, оцинкованные, стандартной формы. Надежно скрепляют документы, не деформируют бумагу. Размер скрепки - 28 мм. Отпускается только упаковкой в картонную коробочку по 100 шт.</t>
+  </si>
+  <si>
+    <t>336870</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/34e/34e697c90aedbea231dde9fcf1ba3186/c946ea9cc6b61cb987be1cdde43b2a03.jpg</t>
+  </si>
+  <si>
+    <t>Скрепочница Attache магнит, с цвет. скрепками 28 мм  20шт.  цвет в ассорт. 612599 штр.: 4660011930282</t>
+  </si>
+  <si>
+    <t>338655</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ab/3ab102d94479a0a62d548e5b5ce2e3c5/ca21c9044b62321592b66bc50abc7b35.jpg</t>
+  </si>
+  <si>
+    <t>Зажим для бумаг 15мм 12шт уп Attache, в картонной коробке 509177 штр.: 6939540589475</t>
+  </si>
+  <si>
+    <t>338656</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e1c/e1cb9ac565554e0e8aa6c8b00b368235.jpg</t>
+  </si>
+  <si>
+    <t>Скрепочница магнитная  quot;Perfect quot;, со скрепками 30шт., цвет ассорти, европодвес DBd_00039</t>
+  </si>
+  <si>
+    <t>Удобный магнитный диспенсер для скрепок. Материал - прозрачный пластик. Цвета в ассортименте. Поставляется с никелированными скрепками 28 мм, 30 штук в комплекте. Индивидуальная упаковка в картонную коробочку с европодвесом.</t>
+  </si>
+  <si>
+    <t>340965</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7d4/7d4aa4f5dd4e4f9a73372d461caf38bf.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки 28мм, OfficeSpace, 70шт., цветные, карт. упак. CV28_2258</t>
+  </si>
+  <si>
+    <t>Канцелярские скрепки стандартной формы с цветным виниловым покрытием. Не ржавеют, не пачкают бумагу, обеспечивают надежное скрепление. Упаковка в картонную коробочку - по 70 шт.</t>
+  </si>
+  <si>
+    <t>346166</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed5/ed59776442a2fd5f97c13e6fd403970d.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки 28мм, Berlingo, 100шт., золотистые, карт. упак. BK2516</t>
+  </si>
+  <si>
+    <t>Золотистые канцелярские скрепки овальной формы, размер 28 мм. Не ржавеют, обеспечивают надежное скрепление.</t>
+  </si>
+  <si>
+    <t>350256</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/689/689c17a2fc805703f93249e394949a0c.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки 50мм, Berlingo, 50шт., цветные, карт. упак. BK2519</t>
+  </si>
+  <si>
+    <t>Канцелярские скрепки круглой формы, размер 50 мм. Не ржавеют, обеспечивают надежное скрепление.</t>
+  </si>
+  <si>
+    <t>354742</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d25/d25aa9ccc33a231aeddfb8e7681ca7e4/e40660eff898924485f735346fb2c4c0.jpg</t>
+  </si>
+  <si>
+    <t>Скрепочница магнитная Attache Selection, цвет черный зеленый</t>
+  </si>
+  <si>
+    <t>Скрепочница магнитная Attache Selection, цвет черный/зеленый</t>
+  </si>
+  <si>
+    <t>376915</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/966/9664d2d8968a8b29179fb488ff25c2c8/6858e3d5a2a70a9013038a12801db102.jpg</t>
+  </si>
+  <si>
+    <t>Скрепочница магнитная Attache Selection, цвет черный оранжевый</t>
+  </si>
+  <si>
+    <t>Скрепочница магнитная Attache Selection, цвет черный/оранжевый</t>
+  </si>
+  <si>
+    <t>376916</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/097/0976f4e314539cfa30b15e28c426cad4/a76b05ea9b609d61b43b28e38b4dace1.jpg</t>
+  </si>
+  <si>
+    <t>Скрепочница магнитная Attache с цвет.скрепками 28 мм, цвет черный</t>
+  </si>
+  <si>
+    <t>376917</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/47f/47f41d83a45cc85e5bca5c90e00b862b/b0f5446a278f7380950810276f1a46dd.jpg</t>
+  </si>
+  <si>
+    <t>Скрепочница магнитная Attache, груглая, цвет синий</t>
+  </si>
+  <si>
+    <t>376918</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c0/1c038110f55d936cd0d1817282a45354.jpg</t>
+  </si>
+  <si>
+    <t>Скрепочница магнитная Attache, цвет графит</t>
+  </si>
+  <si>
+    <t>376919</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99a/99ac8257ea5aeb2805c5ded5dc95f10b/6bd29c2b1381de934490de2a60ed5b50.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор скрепок Attache Selection 8 отд.  зажимы, скрепки, банк. рез, кноп </t>
+  </si>
+  <si>
+    <t>Набор скрепок Attache Selection 8 отд. &amp;#40;зажимы, скрепки, банк. рез, кноп&amp;#41;</t>
+  </si>
+  <si>
+    <t>376945</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f2d/f2ddf31bdcf06bc8ca65874a4e9eb7fd/761c1d994f6028330aa855e37037f754.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки 28 мм 100 шт. уп. Attache цветные, полимерное покрытие, карт.кор</t>
+  </si>
+  <si>
+    <t>Скрепки 28 мм 100 шт./уп. Attache цветные, полимерное покрытие, карт.кор</t>
+  </si>
+  <si>
+    <t>376946</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/68c/68c20fc4ab43effe043662c175a28726/8dc06a2dfca2ae003d31e66ccd723334.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки Attache 28мм, металлические б покрытия, овальные 100 шт. уп.к кор</t>
+  </si>
+  <si>
+    <t>Скрепки Attache 28мм, металлические б/покрытия, овальные 100 шт./уп.к/кор</t>
+  </si>
+  <si>
+    <t>376947</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/93d/93d3d678f338ffef85391f95e98fddb9/e665e49863f9e4ce385b397f858eb820.jpg</t>
-[...274 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/eac/eacd7463dc16b0dc675ce9434be3a9aa/996fdd758b4085a18e3cd2d447cf8702.jpg</t>
   </si>
   <si>
     <t>Скрепки Attache 31мм, никелированные, треуг с загнут.краем,100шт. уп.к кор</t>
   </si>
   <si>
     <t>Скрепки Attache 31мм, никелированные, треуг с загнут.краем,100шт./уп.к/кор</t>
   </si>
   <si>
     <t>376948</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/35b/35b7e0a317035845184470d47b70a107/933f2d7efbdf2b8f32e06e8ff1b72b94.jpg</t>
   </si>
   <si>
     <t>Скрепки Attache Economy 28 мм никелированные, 100 шт.  в картон. кор.</t>
   </si>
   <si>
     <t>Скрепки Attache Economy 28 мм никелированные, 100 шт./ в картон. кор.</t>
   </si>
   <si>
     <t>376951</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
@@ -851,65 +848,89 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ef1/ef1e893d103bce66be3581d904fa16fb/426122ee57f7efbb2c992ca8fed43206.jpg</t>
   </si>
   <si>
     <t>Скрепки Зебра Attache, полимер, 28 мм., 100 шт.в карт уп.</t>
   </si>
   <si>
     <t>Скрепки Зебра Attache, полимер, 28 мм., 100 шт.в карт/уп.</t>
   </si>
   <si>
     <t>376956</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/870/870d930ec620efce8a6342e14219b350/d44953ddef1f8009f80690ccdbfe1340.jpg</t>
   </si>
   <si>
     <t>Скрепки Зебра Attache, полимер, 50 мм., 50 шт.в карт уп.</t>
   </si>
   <si>
     <t>Скрепки Зебра Attache, полимер, 50 мм., 50 шт.в карт/уп.</t>
   </si>
   <si>
     <t>376958</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/09c/u1b6hn1abx1yyuvygj8p6chhrt91wf68.jpg</t>
+  </si>
+  <si>
+    <t>Набор BRAUBERG, зажимы 19 мм 15 шт., 25 мм 8 шт., скрепки 28 мм 152 шт. и 50 мм 50 шт., 223517</t>
+  </si>
+  <si>
+    <t>Набор канцелярских мелочей BRAUBERG объединяет в себе скрепки и зажимы для бумаг. Упаковка одновременно является и органайзером для хранения канцелярских мелочей на столе. В наборе:- зажимы для бумаг 19 мм, цветные &amp;#40;ассорти&amp;#41; - 15 шт.;- зажимы для бумаг 25 мм, цветные &amp;#40;ассорти&amp;#41; - 8 шт.;- скрепки 28 мм, цветные &amp;#40;ассорти&amp;#41; - 152 шт.;- скрепки 50 мм, цветные &amp;#40;ассорти&amp;#41; - 50 шт.Общее количество предметов - 225 шт.Поставляются в пластиковом цилиндре с отделениями для каждого вида товара.</t>
+  </si>
+  <si>
+    <t>386955</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd5/t8hdeba26ik1blpd0e2i7r6633vvvf64.jpg</t>
+  </si>
+  <si>
+    <t>Набор BRAUBERG, зажимы 19 мм 15 шт., скрепки 28 мм 145 шт. и 50 мм 50 шт., резинки 40 шт., 223515</t>
+  </si>
+  <si>
+    <t>Набор канцелярских мелочей BRAUBERG объединяет в себе скрепки, зажимы и резинки для денег. Упаковка одновременно является и органайзером для хранения канцелярских мелочей на столе. В наборе:- зажимы для бумаг 19 мм, черные - 15 шт.;- скрепки 28 мм, цветные &amp;#40;ассорти&amp;#41; - 145 шт.;- скрепки 50 мм, металлические - 50 шт.;- резинки для денег цветные &amp;#40;ассорти&amp;#41; - 40 шт.Общее количество предметов - 250 шт.Поставляются в пластиковом цилиндре с отделениями для каждого вида товара.</t>
+  </si>
+  <si>
+    <t>386956</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/db3/t4q05uefutxe0wha4vqzwkr61x8nw13j.jpg</t>
   </si>
   <si>
     <t>Набор BRAUBERG, силовые кнопки, 60 шт., шарики 60 шт., кубики 60 шт., флажки 60 шт., 223518</t>
   </si>
   <si>
     <t>Набор канцелярских мелочей BRAUBERG объединяет в себе кнопки, кнопки-кубики, кнопки-флажки, кнопки-шарики. Упаковка одновременно является и органайзером для хранения канцелярских мелочей на столе. В наборе:- кнопки, цветные &amp;#40;ассорти&amp;#41; - 60 шт.;- кнопки-кубики, цветные &amp;#40;ассорти&amp;#41; - 60 шт.;- кнопки-флажки, цветные &amp;#40;ассорти&amp;#41; - 60 шт.;- кнопки-шарики, цветные &amp;#40;ассорти&amp;#41; - 60 шт.Общее количество предметов - 240 шт.Поставляются в пластиковом цилиндре с отделениями для каждого вида товара.</t>
   </si>
   <si>
     <t>386957</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5f3/a8l5vvvre7iawhh0go0jmnuhcnlm3pvk.jpg</t>
   </si>
   <si>
     <t>Скрепки BRAUBERG, 28 мм с цветными полосками, 100 шт., в картонной коробке, 221534</t>
   </si>
   <si>
     <t>Скрепки BRAUBERG незаменимы в случаях, когда нужно соединить несколько бумаг, например, все листы договора. Скрепки изготовлены из стали, имеют классическую овальную форму и цветное пластиковое покрытие в полоску. Длина скрепки составляет 28 мм. Не окисляются и не повреждают документы. 100 штук в картонной коробке.</t>
   </si>
   <si>
     <t>386960</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/96f/k9tw94p5vqwiuxzqzm6a1c4u9dl7wf8q.jpg</t>
   </si>
   <si>
     <t>Скрепки BRAUBERG, 28 мм, золотистые, 100 шт., в картонной коробке, 221529</t>
   </si>
   <si>
     <t>Скрепки BRAUBERG незаменимы в случаях, когда нужно соединить несколько бумаг, например, все листы договора. Скрепки изготовлены из стали, имеют классическую овальную форму и золотистый цвет. Длина скрепки составляет 28 мм. Не окисляются и не повреждают документы. 100 штук в картонной коробке.</t>
   </si>
   <si>
     <t>386961</t>
@@ -1223,62 +1244,50 @@
   <si>
     <t>Скрепки 28мм, Berlingo, 100 шт, цветные, ПВХ упак., европодвес, зеленые</t>
   </si>
   <si>
     <t>560635</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b66/b663f7e453f633b324fa6181556d31ae/7eb6c09c247415469e47ab1165fa9660.jpg</t>
   </si>
   <si>
     <t>Скрепки 28мм, Berlingo, 100 шт, цветные, ПВХ упак., европодвес, розовые</t>
   </si>
   <si>
     <t>560636</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/254/2545c0c16d81c0587bd6544ea974d9d6/b06aed6647c88da5142081d514b7936c.jpg</t>
   </si>
   <si>
     <t>Скрепки 28мм, Berlingo, 100 шт, цветные, ПВХ упак., европодвес, голубые</t>
   </si>
   <si>
     <t>560637</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4b2/fbwir9po48rhcs8rap0uqgkuaoc31w39.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/607/ehwrxri3b0mcie5hmc0wpwtj8aowtg63.jpg</t>
   </si>
   <si>
     <t>Набор BRAUBERG, скрепки цветные 28 мм 100 шт., кнопки канцелярские 100 шт., силовые кнопки 50 шт., 229675</t>
   </si>
   <si>
     <t>Набор канцелярских мелочей BRAUBERG объединяет в себе скрепки, канцелярские и силовые кнопки. Упаковка одновременно является и органайзером для хранения канцелярских мелочей на столе. В наборе:- скрепки 28 мм, цветные &amp;#40;ассорти&amp;#41; - 100 шт.;- кнопки канцелярские, цветные &amp;#40;ассорти&amp;#41; - 100 шт.;- кнопки силовые &amp;#40;ассорти&amp;#41; - 50 шт.;Общее количество предметов - 250 шт.Поставляются в пластиковом контейнере с отделениями для каждого вида товара.</t>
   </si>
   <si>
     <t>631183</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f27/f27fe689d59531d7e0a6cf81f465e611.jpg</t>
   </si>
   <si>
     <t>Скрепки Attache Economy полимерные, 28 мм, негофрированные, 50 шт. в уп.</t>
   </si>
   <si>
     <t>644878</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/67f/67f63ad95811107181a2b83eecffaa6c.jpg</t>
   </si>
   <si>
     <t>Скрепки Attache Economy полимерные, 50 мм, негофрированные, 100 шт. в уп.</t>
@@ -1325,50 +1334,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7bc/7bc678e7998df86bfe4504b8ae83599e.jpg</t>
   </si>
   <si>
     <t>Скрепки большие 50 мм гладкие 50 шт., STAFF  quot;EVERYDAY quot;, металлические, РОССИЯ, 270434</t>
   </si>
   <si>
     <t>Скрепки STAFF &amp;quot;EVERYDAY&amp;quot; - это незаменимые помощники для временного скрепления небольшого объема документов. Большие скрепки изготовлены из стали, имеют классическую овальную форму. Длина скрепки составляет 50 мм. Не окисляются и не повреждают документы. 50 штук в картонной коробке.</t>
   </si>
   <si>
     <t>669061</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d3e/9bc59ewcaasavky0h1x0vetnv9xiw40c.jpg</t>
   </si>
   <si>
     <t>Скрепки 28мм, OfficeSpace, 100шт., оцинкованные, карт. упак.</t>
   </si>
   <si>
     <t>Оцинкованные канцелярские скрепки овальной формы. Отличный инструмент для работы с документами, не пачкают и не деформируют бумагу, не ржавеют, надежно скрепляют документы. Упакованы в картонную коробку по 100 шт. Длина - 28 мм.</t>
   </si>
   <si>
     <t>670604</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/718/g3ewhdlinpw4mb5iswifu464vwu5cdf3.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки 22мм, OfficeSpace, 100шт., оцинкованные, карт. упак.</t>
+  </si>
+  <si>
+    <t>Оцинкованные канцелярские скрепки овальной формы. Отличный инструмент для работы с документами, не пачкают и не деформируют бумагу, не ржавеют, надежно скрепляют документы. Упакованы в картонную коробку по 100 шт. Длина - 22 мм.</t>
+  </si>
+  <si>
+    <t>673699</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e74/a09f0smg446zar64ded088cvg3hoa9jl.jpg</t>
   </si>
   <si>
     <t>Скрепки 22мм, OfficeSpace, 100шт., никелированные, карт. упак.</t>
   </si>
   <si>
     <t>Никелированные канцелярские скрепки овальной формы. Отличный инструмент для работы с документами, не пачкают и не деформируют бумагу, не ржавеют, надежно скрепляют документы. Упакованы в картонную коробку по 100 шт. Длина - 22 мм.</t>
   </si>
   <si>
     <t>673700</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a2d/mxrayvvp5eiga0x4l2lvtwl43tidkgcj.jpg</t>
   </si>
   <si>
     <t>Скрепки 33мм, OfficeSpace, 100шт., оцинкованные, карт. упак.</t>
   </si>
   <si>
     <t>Оцинкованные канцелярские скрепки овальной формы. Отличный инструмент для работы с документами, не пачкают и не деформируют бумагу, не ржавеют, надежно скрепляют документы. Упакованы в картонную коробку по 100 шт. Длина - 33 мм.</t>
   </si>
   <si>
     <t>673701</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d2c/agxdk1r05f15lgealzjsg85nirze1pm6.jpg</t>
@@ -1586,209 +1607,191 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a5d/jih3d1q5euio9bhjnyabntwgaht61o6a.jpg</t>
   </si>
   <si>
     <t>Скрепки 25мм  quot;Darvish quot; никелированные 100шт уп</t>
   </si>
   <si>
     <t>Скрепки 25мм &amp;quot;Darvish&amp;quot; никелированные 100шт/уп</t>
   </si>
   <si>
     <t>707597</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a72/n5oiext940ztixk4kqc7rtl1gh63h38w.jpg</t>
   </si>
   <si>
     <t>Скрепки 25мм  quot;Darvish quot; цветные 100шт уп</t>
   </si>
   <si>
     <t>Скрепки 25мм &amp;quot;Darvish&amp;quot; цветные 100шт/уп</t>
   </si>
   <si>
     <t>707598</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/711/rvwlgb6pgauy8nyo79ncvt0mpv103nsg.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/808/cuoyf8nud7ueamxeic3l1nrpign9z09g.jpg</t>
   </si>
   <si>
     <t>Скрепки 33мм  quot;Darvish quot; никелированные 100шт уп</t>
   </si>
   <si>
     <t>Скрепки 33мм &amp;quot;Darvish&amp;quot; никелированные 100шт/уп</t>
   </si>
   <si>
     <t>707604</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be0/hqjv11xtona80maq094u8e70lzmmklcw.jpg</t>
   </si>
   <si>
     <t>Скрепки 33мм  quot;Darvish quot; цветные 80шт уп</t>
   </si>
   <si>
     <t>Скрепки 33мм &amp;quot;Darvish&amp;quot; цветные 80шт/уп</t>
   </si>
   <si>
     <t>707605</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c7a/4ao6vwklmn2gctmcb86jvxs001ou71vy.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки 50мм  quot;Darvish quot; никелированные 40шт уп</t>
+  </si>
+  <si>
+    <t>Скрепки 50мм &amp;quot;Darvish&amp;quot; никелированные 40шт/уп</t>
+  </si>
+  <si>
+    <t>707606</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/17c/qda02ooll7loa9kvkueqx5snskzg0aep.jpg</t>
   </si>
   <si>
     <t>Скрепки 50мм  quot;Darvish quot; цветные 40шт уп</t>
   </si>
   <si>
     <t>Скрепки 50мм &amp;quot;Darvish&amp;quot; цветные 40шт/уп</t>
   </si>
   <si>
     <t>707607</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/250/niqaorq8hoar5xu7ier3f45o0hxzph0g.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/977/yuk52kdjgk0oorhxh7o0haf0uwhhiid2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Скрепки металлические  quot;Бабочка quot; цветн. quot;Darvish quot; 6шт уп  набор </t>
   </si>
   <si>
     <t>Упаковка - п/э 9*18см. Европодвес.</t>
   </si>
   <si>
     <t>707610</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/082/25z3457z38sixehwoderzrvrlwqgxvjq.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Скрепки металлические  quot;Дельфин quot; цветн. quot;Darvish quot; 6шт уп  набор </t>
   </si>
   <si>
     <t>707611</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9b/9pz3idyeqtni3t7mm6ix0dvq8pgra2cb.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Скрепки металлические  quot;Капучино quot;  quot;Darvish quot; 6шт уп  набор </t>
   </si>
   <si>
     <t>707612</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/72f/u2klpw6zloa0hfoj38zvyh2iriv77dar.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Скрепки металлические  quot;Кристалл quot;  quot;Darvish quot; 6шт уп  набор </t>
   </si>
   <si>
     <t>707614</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7e5/ecglcpu0s5o88soa929uo8z46a5ohc5f.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/988/vithk10joe3z724kagz0gf2q835rn6f8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Скрепки металлические  quot;Цветочек quot; цветн. quot;Darvish quot; 6шт уп  набор </t>
   </si>
   <si>
     <t>707617</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d5/gdpjsbqwpks7qys7ukmf5qfdu29q7hjs.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Скрепки металлические  quot;Яблоко quot; цветн. quot;Darvish quot; 6шт уп  набор </t>
   </si>
   <si>
     <t>707618</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/60a/xawvzj0ptfs1drr4gtuu5clh2utv584k.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Скрепки металлические  quot;Сердечко quot; цветн. quot;Darvish quot; 6шт уп  набор </t>
   </si>
   <si>
     <t>Цветные скрепки в виде сердечка, размер одной скрепки - 25х22 мм</t>
   </si>
   <si>
     <t>707619</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8c1/gjz7p3k6rkuekmww81kuck5z1khcu3lb.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки 31мм, Globus, 100шт., никелированные треугольные, с отогнутым носиком, карт. упак.</t>
+  </si>
+  <si>
+    <t>Скрепки канцелярские, гладкие с никелированным покрытием, с загнутым краем. Выполнены из качественной стали, имеют размер 31 мм, надежно скрепляют документы, не повреждая бумагу. В картонной упаковке 100 скрепок.</t>
+  </si>
+  <si>
+    <t>708652</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/92b/9j9o20xck2rw0qpcdeipz3wd2qznbzyt.jpg</t>
   </si>
   <si>
     <t>Скрепки Attache 50 мм оцинкованные, 50 шт уп, в карт.коробке</t>
   </si>
   <si>
     <t>Скрепки Attache 50 мм оцинкованные, 50 шт/уп, в карт.коробке</t>
   </si>
   <si>
     <t>717081</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a9a/12yid4wsxg5sr5u4ylrz6jeqk7xeh900.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/87e/62p1pim4egsdyj272ui7twgfk5cyiie4.jpg</t>
   </si>
   <si>
     <t>Скрепки 28мм Globus 100шт., пакет с европодвесом</t>
   </si>
   <si>
     <t>Металлические скрепки без покрытия надежно скрепляют документы, не повреждая бумагу. Скрепки имеют размер 28 мм. В пакете 100 скрепок.</t>
   </si>
   <si>
     <t>769490</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/98e/ahj2y96tffyt9vx4s5hi6gz7do8ocs1a.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Скрепки металлические омедненные ErichKrause , 28мм  пластиковая коробка 200 шт. </t>
   </si>
   <si>
     <t>Скрепки металлические омедненные ErichKrause®, 28мм &amp;#40;пластиковая коробка 200 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771870</t>
@@ -1931,50 +1934,59 @@
   <si>
     <t>796284</t>
   </si>
   <si>
     <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d41/v1d2div78dfpk0qps2t0h2otaqbbbm7k.jpg</t>
   </si>
   <si>
     <t>Скрепки Deli,33 мм,цветные, металл,полимерное покрытие,100 штук в карт. уп</t>
   </si>
   <si>
     <t>796285</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2aa/agx3v3z35mwe0gfy9lg2zfys86f0n0xx.jpg</t>
   </si>
   <si>
     <t>Скрепочница магнитная Deli Е988 без скрепок в комплекте, цвет ассорти</t>
   </si>
   <si>
     <t>796286</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/fe5/zvqr4vy5x1ez53rxgg2rdq2gu424uy6i.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки 28мм, Berlingo, 100шт, цветные, ПВХ упак., европодвес, ассорти пастель</t>
+  </si>
+  <si>
+    <t>834642</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b7d/jklxm7fp5jyuvj6v5m4a44s0baqp6esf.jpg</t>
   </si>
   <si>
     <t>Скрепки 28мм, Berlingo, 100шт, цветные, ПВХ упак., европодвес, голубой золотой</t>
   </si>
   <si>
     <t>Оригинальные металлические канцелярские скрепки Berlingo с цветным виниловым покрытием и золотым напылением. Не ржавеют, не пачкают бумагу, обеспечивают надежное скрепление. Упаковка в ПВХ коробочку - по 100 шт.</t>
   </si>
   <si>
     <t>834643</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/93e/sbxnx628fpfk0jd0lvejs89iph8a0yns.jpg</t>
   </si>
   <si>
     <t>Скрепки 28мм, Berlingo, 100шт, цветные, ПВХ упак., европодвес, розовое золото</t>
   </si>
   <si>
     <t>Оригинальные металлические канцелярские скрепки Berlingo с напылением розовое золото. Не ржавеют, не пачкают бумагу, обеспечивают надежное скрепление. Упаковка в ПВХ коробочку - по 100 шт.</t>
   </si>
   <si>
     <t>834644</t>
@@ -2081,62 +2093,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2b0/1cpm5euys6bgez9z6r78cxu0g4a8t9my.jpg</t>
   </si>
   <si>
     <t>Скрепки большие 50 мм, BRAUBERG, золотистые, 50 шт., в картонной коробке, 270447</t>
   </si>
   <si>
     <t>Скрепки BRAUBERG незаменимы в случаях, когда нужно соединить несколько бумаг, например, все листы договора. Скрепки изготовлены из стали, имеют классическую овальную форму и золотистый цвет. Длина скрепки составляет 50 мм. Не окисляются и не повреждают документы. 50 штук в картонной коробке.</t>
   </si>
   <si>
     <t>845391</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b5/onpfuu01m09l4hukinhgvif3g8xotrpd.jpg</t>
   </si>
   <si>
     <t>Скрепки 28мм, Berlingo  quot;Green Series quot;, 100шт, никелированные, крафт упак., европодвес</t>
   </si>
   <si>
     <t>Скрепки Berlingo &amp;quot;Green Series&amp;quot; изготовлены из стали, с никелированным покрытием. Имеют классическую овальную форму и размер 28 мм. Не ржавеют, не пачкают бумагу, обеспечивают надежное скрепление листов. Упакованы в крафтовый бокс. 100 штук в упаковке.</t>
   </si>
   <si>
     <t>848259</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c12/529wqqe9c9j1u67akyeugabu2exy9ub5.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9c5/3e8yrliwq82g8rp732ulifodk7fazhyg.jpg</t>
   </si>
   <si>
     <t>Скрепки Attache Bright Colours полимерные, 28 мм, 100 шт. в уп</t>
   </si>
   <si>
     <t>881630</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b3/0ravv5cxisho6wnq470idms15ldcdy73.jpg</t>
   </si>
   <si>
     <t>Скрепки Глобус Г50-50Ц, 50 мм., гофрир.,оцинкованные,50 шт. в уп.,карт.кор</t>
   </si>
   <si>
     <t>881631</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f53/e56y26g9w2htlodsj8vc91mwp0bzf7nu.jpg</t>
   </si>
   <si>
     <t>Скрепки Глобус С28-100З металлические, золотистые, 28 мм,100 шт. в карт.уп</t>
   </si>
   <si>
     <t>881633</t>
@@ -2225,110 +2225,158 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5a2/cvnoom80c1obq0moy2qnnq51ro4u2gu6.jpg</t>
   </si>
   <si>
     <t>Скрепки EXTRA BRAUBERG 28 мм цветные 100 штук, 271313</t>
   </si>
   <si>
     <t>Скрепки EXTRA BRAUBERG - это незаменимые помощники для временного скрепления небольшого объема документов. Скрепки изготовлены из прочной стали, имеют классическую овальную форму и цветное пластиковое покрытие. Длина скрепки составляет 28 мм. Не окисляются и не повреждают документы. 100 штук в картонной коробке.</t>
   </si>
   <si>
     <t>946815</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e2/2m7hdb7vp61615wwh2dvpv9nim05ybjp.jpg</t>
   </si>
   <si>
     <t>Скрепки большие EXTRA BRAUBERG 50 мм никелированные 50 штук, 271314</t>
   </si>
   <si>
     <t>Скрепки большие EXTRA BRAUBERG - это незаменимые помощники для временного скрепления большого объема документов. Большие скрепки изготовлены из прочной стали, имеют классическую овальную форму и блестящее никелевое покрытие. Длина скрепки составляет 50 мм. Не окисляются и не повреждают документы. 50 штук в картонной коробке.</t>
   </si>
   <si>
     <t>946816</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/898/m7hr507s9o6t3siz5okmzy3thk3j8xe8.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки STAFF 28 мм цветные 70 штук, 271708</t>
+  </si>
+  <si>
+    <t>949857</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a7/ox8vc6abxuadmpj5ihykdjdzsx2ek3pa.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки КОМУС никелированные, 28 мм, негофрированные, 100 шт уп</t>
+  </si>
+  <si>
+    <t>Скрепки КОМУС никелированные, 28 мм, негофрированные, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>964752</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/826/js5gnhh5yamu89dr4fzcqpz0x9gtachs.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки КОМУС никелированные, 33 мм, негофрированные, 100 шт уп</t>
+  </si>
+  <si>
+    <t>Скрепки КОМУС никелированные, 33 мм, негофрированные, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>964753</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/87c/xds3gikc0suozr0xrr0u680i3nlrjboa.jpg</t>
   </si>
   <si>
     <t>Скрепки КОМУС оцинкованные, 50 мм, негофрированные, 100 шт уп</t>
   </si>
   <si>
     <t>Скрепки КОМУС оцинкованные, 50 мм, негофрированные, 100 шт/уп</t>
   </si>
   <si>
     <t>964754</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a29/2v9m4avwjvivziuemnklsjdbuztsfa3o.jpg</t>
   </si>
   <si>
     <t>Скрепки КОМУС с отгибом, никелированные, 25 мм, треугольные, 100 шт уп</t>
   </si>
   <si>
     <t>Скрепки КОМУС с отгибом, никелированные, 25 мм, треугольные, 100 шт/уп</t>
   </si>
   <si>
     <t>964756</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b93/lvu6srfslsrlq18sc204u34t0td3ftxa.jpg</t>
   </si>
   <si>
     <t>Скрепочница магнитная Комус 200107 с вращающимся колесиком</t>
   </si>
   <si>
     <t>964757</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aa5/65ygendng7ry0jdrmbfqbm6u1soyv72y.jpg</t>
   </si>
   <si>
     <t>Скрепки КОМУС с полимерным покрытием, 28 мм, разноцветные, 100 шт уп</t>
   </si>
   <si>
     <t>Скрепки КОМУС с полимерным покрытием, 28 мм, разноцветные, 100 шт/уп</t>
   </si>
   <si>
     <t>964758</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c1/orw44xn0dov7m3cyg3bksa264oi26oxa.jpg</t>
   </si>
   <si>
     <t>Скрепки КОМУС никелированные, 50 мм, негофрированные, 100 шт уп</t>
   </si>
   <si>
     <t>Скрепки КОМУС никелированные, 50 мм, негофрированные, 100 шт/уп</t>
   </si>
   <si>
     <t>964759</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2e7/os5yndtpoqbwkz5t90li5li02j63ror8.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки Attache омедненные, 28 мм, негофрированные, золотистые, 50 шт уп</t>
+  </si>
+  <si>
+    <t>Скрепки Attache омедненные, 28 мм, негофрированные, золотистые, 50 шт/уп</t>
+  </si>
+  <si>
+    <t>964760</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/771/hqr9e4fof8xci5gxqbfy6aqlg82lyy50.jpg</t>
   </si>
   <si>
     <t>Скрепки 22мм, Globus, 100шт., карт. упаковка</t>
   </si>
   <si>
     <t>969410</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c6e/x4mkq0hv0sbf44uw66hdcxh9ly3v8w4b.jpg</t>
   </si>
   <si>
     <t>Скрепочница магнитная OfficeSpace, без скрепок, тонированная синяя, картонная коробка</t>
   </si>
   <si>
     <t>969411</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a7d/1fjfj2x8m83jjp8log8daa20vwy4jqpd.jpg</t>
   </si>
   <si>
     <t>Скрепочница магнитная OfficeSpace, без скрепок, черная, картонная коробка</t>
   </si>
   <si>
     <t>969412</t>
@@ -2393,131 +2441,122 @@
   <si>
     <t xml:space="preserve">Скрепки металлические с виниловым покрытием Erich Krause Manga, 28мм, ассорти  в пэт-боксе по 100 штук </t>
   </si>
   <si>
     <t>978648</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e9/rok3ynrkch1ojwlnh9jvz0tjdjw2kwk1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Скрепки металлические с виниловым покрытием Erich Krause Neon, 28мм, розовый  в пэт-боксе по 100 штук </t>
   </si>
   <si>
     <t>978649</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a1c/0bu85qp4307yz3391ln9f2mmjaekd41y.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Скрепки металлические с виниловым покрытием Erich Krause Neon, 28мм, ассорти   в пластиковой коробке 100 шт. </t>
   </si>
   <si>
     <t>978650</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fa0/t8ye2397bmrav0ovhghutzxpebbg26n1.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/217/by7961n4qd0wwifoo1s5esj7wq5cpnwb.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Скрепки металлические с виниловым покрытием Erich Krause Neon, 28мм, желтый  в пэт-боксе по 100 штук </t>
   </si>
   <si>
     <t>978652</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/36f/zk6xrwuxw04dqrmwezrwnkfmjgfhzuv2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Скрепки металлические с виниловым покрытием Erich Krause Pastel Bloom, 28мм, Mint  в пэт-боксе по 100 штук </t>
   </si>
   <si>
     <t>978653</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3df/zz88wxa27t7uxky2fhtcz9cofwqqua6j.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Скрепки металлические с виниловым покрытием Erich Krause Pastel Bloom, 28мм, Peach  в пэт-боксе по 100 штук </t>
   </si>
   <si>
     <t>978654</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aed/wsxo1ebuikvt7chdqx4krst2n5f8toul.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Скрепки металлические с виниловым покрытием Erich Krause Pastel Bloom, 28мм, ассорти   в пластиковой коробке 100 штук </t>
   </si>
   <si>
     <t>978655</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b48/2xrskdjeim6346kpytc24gio01l2pklr.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/861/8n83vf70y48qrhrvxi383hjn028mt525.jpg</t>
   </si>
   <si>
     <t>Набор мелкоофисных принадлежностей Berlingo, 120 предметов, ассорти пастель, пластиковая упаковка</t>
   </si>
   <si>
     <t>984217</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/09c/gd3ymzhaxp64lpxt0m1gx70ismeumwrb.jpg</t>
   </si>
   <si>
     <t>Набор мелкоофисных принадлежностей Berlingo, 120 предметов, голубой, пластиковая упаковка</t>
   </si>
   <si>
     <t>984218</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/759/1flmdyqcldymd3heg0cqf2fqwulkqne8.jpg</t>
   </si>
   <si>
     <t>Набор мелкоофисных принадлежностей Berlingo, 120 предметов, зеленый, пластиковая упаковка</t>
   </si>
   <si>
     <t>984219</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f27/iuof1zlmoeb3m1g20om7fymnh9vz1a8o.jpg</t>
+  </si>
+  <si>
+    <t>Набор мелкоофисных принадлежностей Berlingo, 120 предметов, розовый, пластиковая упаковка</t>
+  </si>
+  <si>
+    <t>984220</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a95/gknuw08ediid1ttxkq03hxndydo41lf3.jpg</t>
   </si>
   <si>
     <t>Набор мелкоофисных принадлежностей Berlingo, 120 предметов, фиолетовый, пластиковая упаковка</t>
   </si>
   <si>
     <t>984221</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f5c/e1vujetzgmei9aoax8ub6bb08v07db2k.jpg</t>
   </si>
   <si>
     <t>Скрепки BRAUBERG PASTEL, 28 мм, пастельные цвета, 100 шт., в пластиковой коробке, 271956</t>
   </si>
   <si>
     <t>Канцелярские скрепки BRAUBERG PASTEL овальной формы с цветным полимерным покрытием в пастельных цветах ассорти. Полимерное покрытие обеспечивает лучшие свойства. Не ржавеют, надежно скрепляют бумагу и не пачкают ее. Упаковка – прозрачная коробка из полистирола. В комплекте – 100 шт.</t>
   </si>
   <si>
     <t>985295</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/056/wike0dity2q3g317h3xl3u89emu2fexo.jpg</t>
   </si>
   <si>
     <t>Скрепки 50мм, Globus, 50 штук, картонная упаковка</t>
@@ -2528,59 +2567,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ddd/e4et4ksszmq1geyb1lzf6p9lle9vx9nu.jpg</t>
   </si>
   <si>
     <t>Скрепки большие 50 мм, ОФИСНАЯ ПЛАНЕТА, оцинкованные, гофрированные, 50 штук, РОССИЯ, 221133</t>
   </si>
   <si>
     <t>Скрепки ОФИСНАЯ ПЛАНЕТА предназначены для скрепления документов небольшого объема. Большие гофрированные скрепки изготовлены из стали, имеют классическую овальную форму и цинковое покрытие. Длина скрепки составляет 50 мм. Не окисляются и не повреждают документы. 50 штук в картонной коробке.</t>
   </si>
   <si>
     <t>999871</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofisnaya-planeta/"&gt;ОФИСНАЯ ПЛАНЕТА&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/071/8wz13y89al5hqlktkzv4ynv83vkzhe77.jpg</t>
   </si>
   <si>
     <t>Скрепки 50мм, Globus, 50шт., гофрированные, карт. упаковка</t>
   </si>
   <si>
     <t>1002622</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/817/in2glktqdmhs2zwitm53posc8fcczcgn.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/774/lqm87nb3oz4cbf4x1agegu4il7pjc04b.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Скрепки металлические ErichKrause 28мм  в пластиковой коробке по 200 штук </t>
   </si>
   <si>
     <t>Скрепки металлические ErichKrause 28мм &amp;#40;в пластиковой коробке по 200 штук&amp;#41;</t>
   </si>
   <si>
     <t>1004988</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/217/r2txg642lgbvup8eopcwa7xemxltuhc5.jpg</t>
   </si>
   <si>
     <t>Набор ОФИСМАГ, скрепки 28 мм 60 шт., 50 мм 30 шт, гвоздики 50 шт., шарики, кубики, флажки по 20 шт., цилиндр, 226256</t>
   </si>
   <si>
     <t>Набор канцелярских мелочей ОФИСМАГ объединяет в себе кнопки-гвоздики, кнопки-кубики, кнопки-флажки, кнопки-шарики, скрепки 28 мм, скрепки 50 мм. Упаковка одновременно является и органайзером для хранения канцелярских мелочей на столе. В наборе:- кнопки-гвоздики, цветные &amp;#40;ассорти&amp;#41; - 50 шт.;- кнопки-кубики, цветные &amp;#40;ассорти&amp;#41; - 20 шт.;- кнопки-флажки, цветные &amp;#40;ассорти&amp;#41; - 20 шт.;- кнопки-шарики, цветные &amp;#40;ассорти&amp;#41; - 20 шт.;- скрепки 28 мм, никелированные - 60 шт.;- скрепки 50 мм, цветные &amp;#40;ассорти&amp;#41; - 30 шт.Общее количество предметов - 200 шт.Поставляются в пластиковом цилиндре с отделениями для каждого вида товара.</t>
   </si>
   <si>
     <t>1005510</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
@@ -2588,50 +2618,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/43d/yu7h4afogy5253w000k869jwcn6kg1i5.jpg</t>
   </si>
   <si>
     <t>Скрепки большие 50 мм, ОФИСМАГ, никелированные, треугольные, 50 шт., в картонной коробке, 222093</t>
   </si>
   <si>
     <t>Скрепки ОФИСМАГ обеспечивают надежное скрепление документов. Большие скрепки изготовлены из стали, имеют треугольную форму. Длина скрепки составляет 50 мм. Не окисляются и не повреждают документы. 50 штук в картонной коробке.</t>
   </si>
   <si>
     <t>1005511</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6cc/66uidutwbxbb4q477kge66oufb2qmni3.jpg</t>
   </si>
   <si>
     <t>Скрепки большие ЭКСТРА ОФИСМАГ 50 мм оцинкованные 50 штук, 271317</t>
   </si>
   <si>
     <t>Скрепки большие ЭКСТРА ОФИСМАГ обеспечивают надежное скрепление документов. Большие скрепки изготовлены из более прочной стали, имеют классическую овальную форму и цинковое покрытие. Длина скрепки составляет 50 мм. Не окисляются и не повреждают документы. 50 штук в картонной коробке.</t>
   </si>
   <si>
     <t>1005512</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cbd/bcq76s65r7wcup6kt19nxsh5j0slabvf.jpg</t>
+  </si>
+  <si>
+    <t>Скрепки большие ЭКСТРА ОФИСМАГ 50 мм цветные 50 штук, 271318</t>
+  </si>
+  <si>
+    <t>Скрепки большие ЭКСТРА ОФИСМАГ обеспечивают надежное скрепление документов. Большие скрепки изготовлены из прочной стали, имеют классическую овальную форму и цветное пластиковое покрытие Длина скрепки составляет 50 мм. Не окисляются и не повреждают документы. 50 штук в картонной коробке.</t>
+  </si>
+  <si>
+    <t>1005513</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/59f/oyrjl9sbdgwnm1py4kpfsnc08xcruksp.jpg</t>
   </si>
   <si>
     <t>Скрепки ОФИСМАГ, 25 мм, красные, 100 шт., в картонной коробке, 226245</t>
   </si>
   <si>
     <t>Скрепки ОФИСМАГ обеспечивают надежное скрепление документов. Скрепки изготовлены из стали, имеют классическую овальную форму и красное пластиковое покрытие. Длина скрепки составляет 25 мм. Не окисляются и не повреждают документы. 100 штук в картонной коробке.</t>
   </si>
   <si>
     <t>1005514</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d2/tv2wyvzbjilg2jng3yb3gikz2hnqm3ry.jpg</t>
   </si>
   <si>
     <t>Скрепки ОФИСМАГ, 25 мм, никелированные, треугольные, 100 шт., в картонной коробке, 270441</t>
   </si>
   <si>
     <t>Скрепки ОФИСМАГ обеспечивают надежное скрепление документов. Скрепки изготовлены из стали, имеют треугольную форму и блестящее никелевое покрытие. Длина скрепки составляет 25 мм. Не окисляются и не повреждают документы. 100 штук в картонной коробке.</t>
   </si>
   <si>
     <t>1005515</t>
@@ -2661,62 +2703,50 @@
     <t>1005517</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4cb/qdyfk2119o9ngl15rvj0prz0trpyv1uv.jpg</t>
   </si>
   <si>
     <t>Скрепки ОФИСМАГ, 33 мм, никелированные, 100 шт., в картонной коробке, 225153</t>
   </si>
   <si>
     <t>Скрепки ОФИСМАГ обеспечивают надежное скрепление документов. Скрепки изготовлены из стали, имеют классическую овальную форму и блестящее никелевое покрытие. Длина скрепки составляет 33 мм. Не окисляются и не повреждают документы. 100 штук в картонной коробке.</t>
   </si>
   <si>
     <t>1005519</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb8/n84v65xyxjf9hndqlxy15kw2erpof69f.jpg</t>
   </si>
   <si>
     <t>Скрепки ЭКСТРА ОФИСМАГ 28 мм цветные 100 штук, 271316</t>
   </si>
   <si>
     <t>Скрепки ЭКСТРА ОФИСМАГ обеспечивают надежное скрепление документов. Скрепки изготовлены из прочной стали, имеют классическую овальную форму и цветное пластиковое покрытие. Длина скрепки составляет 28 мм. Не окисляются и не повреждают документы. 100 штук в картонной коробке.</t>
   </si>
   <si>
     <t>1005520</t>
-  </si>
-[...10 lines deleted...]
-    <t>1005905</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f04/qxd146kg52ue7zfurr3ybgmv6fmu1rwh.jpg</t>
   </si>
   <si>
     <t>Скрепки INFORMAT 28 мм класс. никелированные серебро карт. упак. 100 шт</t>
   </si>
   <si>
     <t>1007438</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/678/jghi5zq4arqr685q4eptfeyuqis6u530.jpg</t>
   </si>
   <si>
     <t>Скрепки INFORMAT 50 мм гофр. без покрытия серебро карт. упак. 50 шт</t>
   </si>
   <si>
     <t>1007439</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f9/1e3qmxk7i7ipanp3wmxlvieenkyqqqz1.jpg</t>
   </si>
@@ -3118,5461 +3148,5498 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J237"/>
+  <dimension ref="A1:M238"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G237" sqref="G237"/>
+      <selection pane="bottomRight" activeCell="G238" sqref="G238"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="F5" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B6" s="1" t="s">
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F13" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...22 lines deleted...]
-      <c r="C7" s="1" t="s">
+      <c r="G13" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...105 lines deleted...]
-      <c r="A12" s="1" t="s">
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...69 lines deleted...]
-      <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B18" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F19" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="G19" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G21" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...19 lines deleted...]
-      <c r="C19" s="1" t="s">
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F22" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="D19" s="1" t="s">
-[...42 lines deleted...]
-      <c r="C21" s="1" t="s">
+      <c r="G22" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G38" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="D21" s="1" t="s">
-[...65 lines deleted...]
-      <c r="C24" s="1" t="s">
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G45" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="D24" s="1" t="s">
-[...223 lines deleted...]
-      <c r="C34" s="1" t="s">
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C46" s="1"/>
+      <c r="D46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F46" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="D34" s="1" t="s">
-[...283 lines deleted...]
-      </c>
       <c r="G46" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="C48" s="1"/>
+        <v>202</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="D48" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>140</v>
+        <v>75</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C49" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G90" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="D49" s="1" t="s">
-[...154 lines deleted...]
-      <c r="B56" s="1" t="s">
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G107" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="C56" s="1" t="s">
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="G118" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="D56" s="1" t="s">
-[...1438 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>479</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>486</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>493</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="C126" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="F125" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D126" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>509</v>
+        <v>500</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>515</v>
+        <v>476</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="C131" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="F131" s="3" t="s">
         <v>522</v>
       </c>
-      <c r="D131" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G131" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="B138" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="C138" s="1" t="s">
         <v>549</v>
       </c>
-      <c r="C138" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D138" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>546</v>
+        <v>568</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>515</v>
+        <v>121</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>118</v>
+        <v>476</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>469</v>
+        <v>282</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>283</v>
+        <v>332</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>600</v>
+        <v>344</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="C153" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="F153" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="F154" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="F155" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="F156" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="F158" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="F159" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="F160" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="F161" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="F162" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="F163" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="F164" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="F165" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>663</v>
+      </c>
+      <c r="F167" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="F168" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="F169" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="F170" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="F171" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="F172" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="F173" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="F174" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="F175" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="F176" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>701</v>
+      </c>
+      <c r="F177" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="F178" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="F179" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>712</v>
+      </c>
+      <c r="F180" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="F181" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="F182" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="F183" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="F184" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>732</v>
+      </c>
+      <c r="F185" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="F186" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>739</v>
+      </c>
+      <c r="F187" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G187" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="D153" s="1" t="s">
-[...255 lines deleted...]
-      <c r="E164" s="3" t="s">
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>743</v>
+      </c>
+      <c r="F188" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>748</v>
+      </c>
+      <c r="F189" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="F190" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>757</v>
+      </c>
+      <c r="F191" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>760</v>
+      </c>
+      <c r="F192" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="G192" s="3" t="s">
         <v>647</v>
       </c>
-      <c r="F164" s="3" t="s">
-[...111 lines deleted...]
-      <c r="E169" s="3" t="s">
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E193" s="3" t="s">
+        <v>764</v>
+      </c>
+      <c r="F193" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>768</v>
+      </c>
+      <c r="F194" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="F195" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>775</v>
+      </c>
+      <c r="F196" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>778</v>
+      </c>
+      <c r="F197" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>781</v>
+      </c>
+      <c r="F198" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>784</v>
+      </c>
+      <c r="F199" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>787</v>
+      </c>
+      <c r="F200" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>790</v>
+      </c>
+      <c r="F201" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>793</v>
+      </c>
+      <c r="F202" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>796</v>
+      </c>
+      <c r="F203" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E204" s="3" t="s">
+        <v>799</v>
+      </c>
+      <c r="F204" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>802</v>
+      </c>
+      <c r="F205" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="F206" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>808</v>
+      </c>
+      <c r="F207" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>811</v>
+      </c>
+      <c r="F208" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>814</v>
+      </c>
+      <c r="F209" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>817</v>
+      </c>
+      <c r="F210" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>820</v>
+      </c>
+      <c r="F211" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>823</v>
+      </c>
+      <c r="F212" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G212" s="3" t="s">
         <v>668</v>
       </c>
-      <c r="F169" s="3" t="s">
-[...995 lines deleted...]
-    <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>664</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>664</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>825</v>
+        <v>831</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>826</v>
+        <v>832</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>283</v>
+        <v>75</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>827</v>
+        <v>833</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>829</v>
+        <v>835</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>830</v>
+        <v>836</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>834</v>
+        <v>282</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>835</v>
+        <v>840</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>836</v>
+        <v>841</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>836</v>
+        <v>841</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>837</v>
+        <v>842</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>121</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>838</v>
+        <v>843</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>839</v>
+        <v>844</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>66</v>
+        <v>847</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>842</v>
+        <v>849</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>469</v>
-[...5 lines deleted...]
-    <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>849</v>
+        <v>476</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>664</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>854</v>
+        <v>860</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>855</v>
+        <v>861</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="B224" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="F224" s="3" t="s">
         <v>859</v>
       </c>
-      <c r="C224" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G224" s="3" t="s">
-        <v>862</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>865</v>
+        <v>870</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>866</v>
+        <v>871</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>867</v>
+        <v>872</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>869</v>
+        <v>874</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>876</v>
+        <v>882</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>884</v>
+        <v>890</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>888</v>
+        <v>895</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>890</v>
+        <v>859</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>891</v>
+        <v>897</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>892</v>
+        <v>898</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>892</v>
+        <v>898</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>893</v>
+        <v>899</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>890</v>
+        <v>900</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>890</v>
+        <v>900</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>890</v>
+        <v>900</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>909</v>
+      </c>
+      <c r="F235" s="3" t="s">
         <v>900</v>
       </c>
-      <c r="B235" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G235" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>904</v>
+        <v>910</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>906</v>
+        <v>912</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>908</v>
+        <v>914</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>921</v>
+      </c>
+      <c r="F238" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">