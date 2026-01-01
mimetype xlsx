--- v0 (2025-10-30)
+++ v1 (2026-01-01)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1656">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1723">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0f7/0f7551b695e9e256c55f2a054625275e.jpg</t>
   </si>
   <si>
     <t>Степлер Attache leader до 15 листов, синий серый,  10 971634</t>
   </si>
   <si>
     <t>Степлер Attache leader до 15 листов, синий/серый, №10</t>
   </si>
   <si>
     <t>Степлеры и скобы для степлеров</t>
@@ -314,50 +323,62 @@
   <si>
     <t>Степлер  10 до 10 л, пластиковый корпус, черный: St210BL_433 штр.:  4610008524338</t>
   </si>
   <si>
     <t>Степлер №10 до 10 л, пластиковый корпус, черный: St210BL_433 Сшивает до 10 листов. Материал корпуса - пластик, механизм - металл. Цвета ассорти.</t>
   </si>
   <si>
     <t>215928</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/371/371fc019b3d36c4346827c5d5362a81f.jpg</t>
   </si>
   <si>
     <t>Антистеплер с фиксатором, ассорти, европодвес: DSa_00019 штр.:  4260107468189</t>
   </si>
   <si>
     <t>Антистеплер с фиксатором, ассорти, европодвес: DSa_00019</t>
   </si>
   <si>
     <t>216888</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ceb/ceb4126169bffc92bf711965ed0d7294.jpg</t>
+  </si>
+  <si>
+    <t>Мощный степлер  23 6, 23 8, 23 10, 23 13, 23 15, 23 17 до 120 л, энергосберегающий, черный: DSd_12031 штр.:  4606782166116</t>
+  </si>
+  <si>
+    <t>Мощный степлер №23/6, 23/8, 23/10, 23/13, 23/15, 23/17 до 120 л, энергосберегающий, черный: DSd_12031</t>
+  </si>
+  <si>
+    <t>217936</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e1a/e1afbdd6567a0d4fd457175f222321ea.jpg</t>
   </si>
   <si>
     <t>Степлер  23 10 до 50 л, металлический корпус, черный: DSp_50151 штр.:  4260107468219</t>
   </si>
   <si>
     <t>Степлер №23/10 до 50 л, металлический корпус, черный: DSp_50151</t>
   </si>
   <si>
     <t>218330</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a4f/a4f44213531681a10073fe81d330f970.jpg</t>
   </si>
   <si>
     <t>Антистеплер, черный: RBL_435 штр.:  4610008524352</t>
   </si>
   <si>
     <t>Антистеплер, черный: RBL_435 Универсальный антистеплер. Корпус - пластик, металлический механизм. Удаляет скобы размеров №10, № 24/6.</t>
   </si>
   <si>
     <t>219569</t>
   </si>
   <si>
     <t>24</t>
@@ -395,458 +416,434 @@
   <si>
     <t>Скобы для степлера &amp;#8470- 10 Attache предназначены для степлеров со сшивающей способностью до 10 листов. Скобы &amp;#8470- 10 выполнены из металла с никелированным покрытием. 1000 скоб в картонной пачке.&amp;lt;br /&amp;gt;</t>
   </si>
   <si>
     <t>249092</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ae/8ae01ab97f7f9214fd4e3683507e743f/2d87b0b393674f8f887e96ad039368c8.jpg</t>
   </si>
   <si>
     <t>Скобы к степлеру N10 KORES  43100 штр.  9023800431004, 9023800431509</t>
   </si>
   <si>
     <t>Скобы для степлера &amp;#8470- 10 Kores предназначены для степлеров со сшивающей способностью до 15 листов. Скобы &amp;#8470- 10 выполнены из металла. 1000 скоб в картонной пачке.&amp;lt;br /&amp;gt;</t>
   </si>
   <si>
     <t>249093</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kores/"&gt;KORES&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a74/a74fe9e9a10cad4d2214618cd4fcdef8/3276ae1b94659178aecb368004c92feb.jpg</t>
-[...8 lines deleted...]
-    <t>249094</t>
+    <t>http://anytos.ru//upload/iblock/799/799945fd28cc9780cb2d2e18e8e6faf8/f85989fc8131f00b7bff3cb97eaa243b.jpg</t>
+  </si>
+  <si>
+    <t>Скобы к степлеру  10 ATTACHE цветные штр.  4680010101520, 6957807200246, 6959207200246</t>
+  </si>
+  <si>
+    <t>Скобы для степлера &amp;#8470- 10 Attache предназначены для степлеров со сшивающей способностью до 15 листов. Скобы &amp;#8470- 10 выполнены из металла с цветным покрытием. 1000 скоб в картонной пачке.</t>
+  </si>
+  <si>
+    <t>249100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2e/a2e4ea6628fc3c7c2a08014a32de8542/ac8a3865e8f2c5723cebe9d377bad585.jpg</t>
+  </si>
+  <si>
+    <t>Скобы к степлеру Скобы для степлера  24 6 attache  1000 шт. уп  штр.  4620018336142</t>
+  </si>
+  <si>
+    <t>Скобы для степлера &amp;#8470- 24/6 Attache предназначены для степлеров со сшивающей способностью до 25 листов. Скобы &amp;#8470- 24/6 выполнены из металла с никелированным покрытием. 1000 скоб в картонной пачке.&amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>249108</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/201/201e37ca92c34184a4acda1e464909e8/ea779e061b7d5ebe3c18b3990ed35251.jpg</t>
+  </si>
+  <si>
+    <t>Скобы к степлеру N24 6 ATTACHE штр.  4620004207944, 4680010101506, 6953070937889, 6953070937896, 6953070937902, 6957807200222</t>
+  </si>
+  <si>
+    <t>249110</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6fe/if1g3ax5cjftekdw1wx8ci53h6gjug6h.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера  24 6 KORES никелированные  2-30 листов  1000 шт. уп</t>
+  </si>
+  <si>
+    <t>Скобы для степлера № 24/6 Kores предназначены для степлеров со сшивающей способностью от 2 до 30 листов. Скобы № 24/6 выполнены из никелевого металла. 1000 скоб в картонной пачке. В промежуточной упаковке - 10 пачек по 1000 скоб.</t>
+  </si>
+  <si>
+    <t>249111</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/89c/89c1b9f56b5351f0487a8af74f436d1b/f93790aab0bb958f616c2e6c90d12cc3.jpg</t>
+  </si>
+  <si>
+    <t>Скобы к степлеру  26 6 ATTACHE штр.  4680010101513, 6957807200239</t>
+  </si>
+  <si>
+    <t>Скобы для степлера &amp;#8470- 26/6 Attache предназначены для степлеров со сшивающей способностью до 25 листов. Скобы &amp;#8470- 26/6 выполнены из металла с никелированным покрытием. 1000 скоб в картонной пачке.</t>
+  </si>
+  <si>
+    <t>249113</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f81/f81d5fc7c80db9e34c14a574a1ed8c39.jpg</t>
+  </si>
+  <si>
+    <t>Анти-степлер 6412 для скоб  10,24 6,26 6, с фикс., черный штр.  6936063961061</t>
+  </si>
+  <si>
+    <t>Антистеплер предназначен для аккуратного удаления закрытых металлических скоб размерами 24/6,26/6. Рабочий механизм антистеплера выполнен из металла, корпус - из пластика черного цвета. Наличие фиксатора обеспечивает удобное хранение в закрытом положении.&amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>249166</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/56d/56d2d31d04e54e7603eb3c96b059ab8a/a5331b2ef87f090add193db5c8ac837f.jpg</t>
+  </si>
+  <si>
+    <t>Степлер мощный Rieter RG HS-60, до 60 листов, серо-рыжий</t>
+  </si>
+  <si>
+    <t>&amp;lt;p&amp;gt;Мощный степлер RG HS-60 с максимальной толщиной сшивания бумаги до 60 листов. Глубина закладки листов составляет 65 мм. Пластиковая основа степлера не царапает поверхность стола и предотвращает скольжение. Тип и размер используемых скоб - 24/6 &amp;#40;20 листов&amp;#41;, 24/8 &amp;#40;40 листов&amp;#41;, 23/10 &amp;#40;60 листов&amp;#41;. Загрузка скоб в степлер осуществляется фронтально.&amp;lt;/p&amp;gt;</t>
+  </si>
+  <si>
+    <t>249182</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/reiter/"&gt;Reiter&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/323/32394755a5e51a619d28582cd49b3259/e15e199132ab09fa47602653d991a70b.jpg</t>
+  </si>
+  <si>
+    <t>Степлер -мини Attache  10 до 10л., серый штр.  6957807200338</t>
+  </si>
+  <si>
+    <t>Степлер-мини Attache одновременно сшивает до 10 листов плотностью 80 г/кв.м. Позволяет производить сшивание закрытым способом. Глубина закладки бумаги - 50 мм &amp;#40;5 см&amp;#41;. Модель оснащена встроенным антистеплером. Корпус выполнен из пластика серого цвета. Размер степлера -9х3х3.5 см. В степлере используются скобы &amp;#8470- 10.</t>
+  </si>
+  <si>
+    <t>249196</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e71/e71bdf2ff97c83986e5456a39643a18d/3146249e369dc04b548d3133abe65a6f.jpg</t>
+  </si>
+  <si>
+    <t>Степлер -мини Attache  10 до 10л., черный штр.  6936328041026, 6957807200321</t>
+  </si>
+  <si>
+    <t>Степлер-мини Attache одновременно сшивает до 10 листов плотностью 80 г/кв.м. Позволяет производить сшивание закрытым способом. Глубина закладки бумаги - 50 мм &amp;#40;5 см&amp;#41;. Модель оснащена встроенным антистеплером. Корпус выполнен из пластика черного цвета. В степлере используются скобы &amp;#8470- 10.</t>
+  </si>
+  <si>
+    <t>249197</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/415/4150d2b34684505269c0617cdd3c613f/6749ea8e4a81eeee7eb2bae775457f52.jpg</t>
+  </si>
+  <si>
+    <t>Степлер-плаер Attache для работы на весу до 20 листов черный</t>
+  </si>
+  <si>
+    <t>&amp;lt;p&amp;gt;Степлер-плаер Attache одновременно сшивает до 20 листов плотностью 80 г/кв.м. Позволяет производить сшивание закрытым способом. Глубина закладки бумаги - 30 мм &amp;#40;3 см&amp;#41;. Встроенный рычаг обеспечивает мягкое сшивание, благодаря чему рука не устает и прилагается на 25&amp;#37; меньше усилий. Корпус выполнен из металла черного цвета. В степлере используются скобы №- 24/6, 26/6.&amp;lt;/p&amp;gt;</t>
+  </si>
+  <si>
+    <t>249204</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2cb/2cb782e04a74e1ec13f51061210e04ed/df944ce81333fb376989939131fadd2a.jpg</t>
+  </si>
+  <si>
+    <t>Степлер 8208 до 10 листов красный</t>
+  </si>
+  <si>
+    <t>&amp;lt;p&amp;gt;Степлер 8208 одновременно сшивает до 10 листов плотностью 80 г/кв.м. Позволяет производить сшивание плоским способом. Максимальная глубина закладки бумаги составляет 50 мм &amp;#40;5 см&amp;#41;. Степлер имеет металлический механизм и корпус серебристого цвета. Оснащен красными пластиковыми ручками для удобного захвата. Работает со скобами №- 10.&amp;lt;/p&amp;gt;</t>
+  </si>
+  <si>
+    <t>249205</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85b/85bc96c68825c8230ade5e138fe52d24/729651c5f1b02810e8dd5c7dc82dbb77.jpg</t>
+  </si>
+  <si>
+    <t>Степлер 8208  10  до 10 лист. синий штр.  6936063961085</t>
+  </si>
+  <si>
+    <t>Степлер 8208 одновременно сшивает до 10 листов плотностью 80 г/кв.м. Позволяет производить сшивание плоским способом. Максимальная глубина закладки бумаги составляет 50 мм &amp;#40;5 см&amp;#41;. Степлер имеет металлический механизм и корпус серебристого цвета. Оснащен синими пластиковыми ручками для удобного захвата. Работает со скобами &amp;#8470- 10.</t>
+  </si>
+  <si>
+    <t>249206</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d69/d69cf5230a45e80ffa329677976e32bb/deb02f814c9f3e9d24fd9c07b333658f.jpg</t>
+  </si>
+  <si>
+    <t>Степлер 8208  10  до 10 лист. черный штр.  6936063961078</t>
+  </si>
+  <si>
+    <t>Степлер 8208 одновременно сшивает до 10 листов плотностью 80 г/кв.м. Позволяет производить сшивание плоским способом. Максимальная глубина закладки бумаги составляет 50 мм &amp;#40;5 см&amp;#41;. Степлер имеет металлический механизм и корпус серебристого цвета. Оснащен черными пластиковыми ручками для удобного захвата. Работает со скобами &amp;#8470- 10.</t>
+  </si>
+  <si>
+    <t>249207</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/860/8602276e139bdedccead9c9efc413b58/809b5c2a9b650cea56308f7b4d3a292c.jpg</t>
+  </si>
+  <si>
+    <t>Степлер ATTACHE 8209  N10  до 15 лист. синий штр.  4650310101360, 4680010101360, 4690432003401, 6936063962273, 6953070939074, 6953070939081, 6953070939098, 6957807200048</t>
+  </si>
+  <si>
+    <t>Степлер Attache 8209 одновременно сшивает до 15 листов плотностью 70 г/кв.м. Позволяет производить сшивание закрытым способом. Глубина закладки бумаги - 50 мм &amp;#40;5 см&amp;#41;. Модель оснащена встроенным антистеплером. Корпус выполнен из пластика синего цвета. В степлере используются скобы &amp;#8470- 10.</t>
+  </si>
+  <si>
+    <t>249210</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0bb/0bbaff3e6b45db8090d7213020debd25/9182daf93d312d84289732ee30ebb3f5.jpg</t>
+  </si>
+  <si>
+    <t>Степлер ATTACHE 8209  N10  до 15 лист. черный штр.  4680010101353, 4690432003395, 6936063962297, 6953070939043, 6953070939050, 6953070939067, 6957807200062</t>
+  </si>
+  <si>
+    <t>Степлер Attache одновременно сшивает до 15 листов плотностью 70 г/кв.м. Позволяет производить сшивание открытым и закрытым способом. Глубина закладки бумаги - 50 мм &amp;#40;5 см&amp;#41;. Модель оснащена встроенным антистеплером. Корпус выполнен из пластика черного цвета. В степлере используются скобы &amp;#8470- 10.</t>
+  </si>
+  <si>
+    <t>249211</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/82b/82b055e5a35f1f810ad5085e5e8ed981/58f5d9cf57392245966a35c3b91a6460.jpg</t>
+  </si>
+  <si>
+    <t>Степлер ATTACHE 8209  10  до 15 лист. красный штр.  4680010101377, 6936063962280, 6957807200055</t>
+  </si>
+  <si>
+    <t>Степлер Attache 8209 одновременно сшивает до 15 листов плотностью 70 г/кв.м. Позволяет производить сшивание открытым и закрытым способом. Глубина закладки бумаги - 50 мм &amp;#40;5 см&amp;#41;. Модель оснащена встроенным антистеплером. Корпус выполнен из пластика красного цвета. В степлере используются скобы &amp;#8470- 10.</t>
+  </si>
+  <si>
+    <t>249212</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/03c/03c13ced6cc9de44dc6aa074a22b0ec4/1506e94182b6d8e7a945155ebddb0e31.jpg</t>
+  </si>
+  <si>
+    <t>Степлер ATTACHE 8215  N24 6 26 6  до 25 лист. красный штр.  4680010101407, 6936063962310, 6957807200086</t>
+  </si>
+  <si>
+    <t>Степлер Attache 8215 одновременно сшивает до 25 листов плотностью 80 г/кв.м. Позволяет производить сшивание открытым и закрытым способом. Глубина закладки бумаги - 60 мм &amp;#40;6 см&amp;#41;. Модель оснащена встроенным антистеплером. Корпус выполнен из пластика красного цвета, механизм - из металла. В степлере используются скобы &amp;#8470- 24/6, 26/6.</t>
+  </si>
+  <si>
+    <t>249213</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df0/df04e335437e423230c885939833a840/2c8156ad076752dbca02df0a3dfba89f.jpg</t>
+  </si>
+  <si>
+    <t>Степлер ATTACHE 8215  N24 6 26 6  до 25 лист. синий штр.  4680010101384, 4690432003418, 6936063962303, 6957807200079</t>
+  </si>
+  <si>
+    <t>Степлер Attache 8215 одновременно сшивает до 25 листов плотностью 80 г/кв.м. Позволяет производить сшивание открытым и закрытым способом. Глубина закладки бумаги - 63 мм &amp;#40;6,3 см&amp;#41;. Корпус выполнен из пластика синего цвета. В степлере используются скобы &amp;#8470- 24/6 и 26/6.</t>
+  </si>
+  <si>
+    <t>249214</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e8f/e8f995d54aca7ea9eb3a71014fac13e7/d362761bced897808423b1ddb09f9726.jpg</t>
+  </si>
+  <si>
+    <t>Степлер ATTACHE 8215  N24 6 26 6  до 25 лист. черный штр.  4680010101391, 4690432003425, 6936063962327, 6957807200093</t>
+  </si>
+  <si>
+    <t>Степлер Attache 8215 одновременно сшивает до 25 листов плотностью 80 г/кв.м. Позволяет производить сшивание открытым и закрытым способом. Глубина закладки бумаги - 63 мм &amp;#40;6,3 см&amp;#41;. Модель оснащена встроенным антистеплером. Корпус выполнен из пластика черного цвета. В степлере используются скобы &amp;#8470- 24/6 и 26/6.</t>
+  </si>
+  <si>
+    <t>249215</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cec/ceca6a0a33615214db7e20190fff6d73/010982b79b4d17a6b0130d2ecd156126.jpg</t>
+  </si>
+  <si>
+    <t>Степлер вертикальный Attache до 20 листов красный</t>
+  </si>
+  <si>
+    <t>&amp;lt;p&amp;gt;Степлер вертикальный Attache одновременно сшивает до 20 листов плотностью 80 г/кв.м. Позволяет производить сшивание открытым и закрытым способом. Глубина закладки бумаги - 50 мм &amp;#40;5 см&amp;#41;. Корпус выполнен из полупрозрачного пластика красного цвета. Прорезиненные рельефные вставки обеспечивают удобство захвата. В степлере используются скобы №- 24/6, 26/6.&amp;lt;/p&amp;gt;</t>
+  </si>
+  <si>
+    <t>249216</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/830/830a6cf5eb77cbee6a548a6410ad4c14/b8dd936d34fe32f4b4d406b8ad0c2e88.jpg</t>
+  </si>
+  <si>
+    <t>Степлер Attache до 20 листов черный</t>
+  </si>
+  <si>
+    <t>&amp;lt;p&amp;gt;Степлер Attache 8918 одновременно сшивает до 20 листов плотностью 80 г/кв.м. Позволяет производить сшивание открытым и закрытым способом. Глубина закладки бумаги - 50 мм &amp;#40;5 см&amp;#41;. Степлер имеет эргономичную форму, металлический механизм и черные рельефные вставки в месте захвата для предотвращения скольжения. Материал корпуса - прозрачный пластик черного цвета. Может храниться вертикально. В степлере используются скобы №- 24/6, 26/6.&amp;lt;/p&amp;gt;</t>
+  </si>
+  <si>
+    <t>249218</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/756/7568b8138e432370204329fe34c38bee/98b21fe51e0734b34348f9eddd18150e.jpg</t>
+  </si>
+  <si>
+    <t>Степлер Attache   24 6 до 22л., серый штр.  6957807200352</t>
+  </si>
+  <si>
+    <t>Степлер Attache одновременно сшивает до 22 листов плотностью 80 г/кв.м. Позволяет производить сшивание открытым и закрытым способом. Глубина закладки бумаги - 60 мм &amp;#40;6 см&amp;#41;. Корпус выполнен из пластика серого цвета с черными вставками. В степлере используются скобы &amp;#8470- 24/6.</t>
+  </si>
+  <si>
+    <t>249224</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1fa/1fa7cd3ca3ad92c8d99c9779dc78bce5/d0407fe667f53e20fd14ae44a8b7f80e.jpg</t>
+  </si>
+  <si>
+    <t>Степлер Attache до 20 листов красный</t>
+  </si>
+  <si>
+    <t>&amp;lt;p&amp;gt;Степлер Attache одновременно сшивает до 20 листов плотностью 80 г/кв.м. Позволяет производить сшивание открытым и закрытым способом. Оснащен функцией плоского сшивания, позволяющей до 30&amp;#37; уменьшить толщину документов. Глубина закладки бумаги - 90 мм &amp;#40;9 см&amp;#41;. Модель оснащена встроенным антистеплером. Корпус выполнен из пластика красного цвета. В степлере используются скобы №- 24/6, 26/6.&amp;lt;/p&amp;gt;</t>
+  </si>
+  <si>
+    <t>249225</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b5/2b5035436985dc77ce442559ba0d9eae/21380997c127a7ccfc70053233520265.jpg</t>
+  </si>
+  <si>
+    <t>Степлер Attache  24 6 до 20л. увелич. глубина закладки синий штр.  6957807200574</t>
+  </si>
+  <si>
+    <t>Степлер Attache одновременно сшивает до 20 листов плотностью 80 г/кв.м. Позволяет производить сшивание открытым и закрытым способом. Оснащен функцией плоского сшивания, позволяющей до 30&amp;#37; уменьшить толщину документов. Глубина закладки бумаги - 90 мм &amp;#40;9 см&amp;#41;. Модель оснащена встроенным антистеплером. Корпус выполнен из пластика синего цвета. В степлере используются скобы &amp;#8470- 24/6, 26/6.</t>
+  </si>
+  <si>
+    <t>249226</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/224/224c46299766cdf835e767da01a63867/6603003a88497328664596683f512edd.jpg</t>
+  </si>
+  <si>
+    <t>Степлер Attache  24 6 до 20л. увелич. глубина закладки черн штр.  6957807200550</t>
+  </si>
+  <si>
+    <t>Степлер Attache одновременно сшивает до 20 листов плотностью 80 г/кв.м. Позволяет производить сшивание открытым и закрытым способом. Оснащен функцией плоского сшивания, позволяющей до 30&amp;#37; уменьшить толщину документов. Глубина закладки бумаги - 90 мм &amp;#40;9 см&amp;#41;. Модель оснащена встроенным антистеплером. Корпус выполнен из пластика черного цвета. В степлере используются скобы &amp;#8470- 24/6, 26/6.</t>
+  </si>
+  <si>
+    <t>249227</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dd9/dd9749a4a15251ae83b28b38bc003879/f4d6c92cbeb62321b45071855c64b7fe.jpg</t>
+  </si>
+  <si>
+    <t>Степлер Attache  24 6 до 22л., черный штр.  6936328041132, 6957807200345</t>
+  </si>
+  <si>
+    <t>Степлер Attache одновременно сшивает до 22 листов плотностью 80 г/кв.м. Позволяет производить сшивание открытым и закрытым способом. Глубина закладки бумаги - 60 мм &amp;#40;6 см&amp;#41;. Корпус выполнен из пластика черного цвета. В степлере используются скобы &amp;#8470- 24/6.</t>
+  </si>
+  <si>
+    <t>249228</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e4a/e4acf1cdf9500663c73cd6c9cec109d3/a7a3ead7b33206b47a4bfec68ab7816b.jpg</t>
+  </si>
+  <si>
+    <t>Степлер Reiter RG PS-273F до 30 листов серый рыжий</t>
+  </si>
+  <si>
+    <t>&amp;lt;p&amp;gt;Степлер RG PS-273F одновременно сшивает до 30 листов плотностью 80 г/кв.м. Позволяет производить сшивание закрытым способом. Глубина закладки бумаги - 55 мм &amp;#40;5,5 см&amp;#41;. Модель оснащена встроенным антистеплером. Корпус выполнен из пластика, цвет серо-рыжий. В степлере используются скобы №- 24/6.&amp;lt;/p&amp;gt;</t>
+  </si>
+  <si>
+    <t>249249</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fcc/fcc42beb3fbff55da49161dfae68bc78/21895444141829fb7d277ed8615fd7f4.jpg</t>
+  </si>
+  <si>
+    <t>Степлер SAX 219  N10  до 10 лис. синий Австрия Венгрия штр.  9002219012806, 9014400190859</t>
+  </si>
+  <si>
+    <t>Степлер Sax 219 одновременно сшивает до 10 листов плотностью 80 г/кв.м. Позволяет производить сшивание закрытым способом. Модель оснащена встроенным антистеплером. Глубина закладки бумаги - 56 мм &amp;#40;5,6 см&amp;#41;. Корпус выполнен из металла и пластика, цвет синий. В степлере используются скобы &amp;#8470- 10.</t>
+  </si>
+  <si>
+    <t>249261</t>
   </si>
   <si>
     <t>&lt;a href="/brands/sax/"&gt;SAX&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/799/799945fd28cc9780cb2d2e18e8e6faf8/f85989fc8131f00b7bff3cb97eaa243b.jpg</t>
-[...367 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/582/58231d637dc2833c531020f682c6f660/473db52b812c16b0cc4189dc5d896e07.jpg</t>
   </si>
   <si>
     <t>Степлер металлический на 15 л.  24 6, 26 6, черн.</t>
   </si>
   <si>
     <t>Степлер металлический применяется для сшивания документов до 15 листов. Степлер с металлическим механизмом сшивания. Корпус степлера выполнен из пластика. Степлер металлический предназначен для открытого и закрытого типов сшивания.</t>
   </si>
   <si>
     <t>249283</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e5f/e5fdce2026e09afb49d73a51fa7403f8.jpg</t>
   </si>
   <si>
     <t>Степлер металлический до 30 листов черный</t>
   </si>
   <si>
     <t>&amp;lt;p&amp;gt;Степлер металлический одновременно сшивает до 30 листов плотностью 80 г/кв.м. Позволяет производить сшивание открытым и закрытым способом. Глубина закладки бумаги - 125 мм &amp;#40;12,5 см&amp;#41;. Металлический степлер выполнен в черном цвете. В степлере используются скобы №- 24/6, 26/6.&amp;lt;/p&amp;gt;</t>
   </si>
   <si>
     <t>249284</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ead/2aafw2psazrqyuhvnmrdjbdwvtfo2xcz.jpg</t>
+  </si>
+  <si>
+    <t>Степлер ERGONOMICS 15 л.  24 6 26 6 пластик черный: SEG-15K штр.: 4602723075424</t>
+  </si>
+  <si>
+    <t>Степлер серии Ergonomics с пластиковым корпусом, металлическим механизмом и верхней загрузкой скоб, пробивает 15 листов.&amp;nbsp;&amp;nbsp;Оснащен антистеплером. Имеет встроенный отсек для удобства хранения скоб. Степлер раскрывается на 180°, что позволяет использовать его для крепления к офисным доскам.•Мощность: 15 листов •Пластиковый корпус и металлический механизм•Скобы № 24/6, 26/6 •Встроенный антистеплер•Отсек для хранения скоб•Возможность раскрытия на 180°•Цвета: черный</t>
+  </si>
+  <si>
+    <t>257184</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2eb/ys3ihv55x4j5m76owh43ix318ouu2mwo.jpg</t>
   </si>
   <si>
     <t>Степлер ОФИС 20 л.  24 6 26 6 металл черный: SBI-20B штр.: 4602723080596</t>
   </si>
   <si>
     <t>Степлер имеет металлический корпус и механизм. Пробивает до 20 листов. Имеет два режима сшивания – открытый и закрытый. Глубина захвата – 55 мм. Скобы – 24/6, 26/6. С верхней загрузкой скоб. Цвет - черный.</t>
   </si>
   <si>
     <t>272205</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/66b/20yegqwupekbbmm45cj7t4pee3ubo3gl.jpg</t>
   </si>
   <si>
     <t>Степлер ОФИС 15 л.  24 6 26 6 металл черный: SBI-15B штр.: 4602723080572</t>
   </si>
   <si>
     <t>Степлер имеет металлический корпус и механизм. Пробивает до 15 листов. Имеет два режима сшивания – открытый и закрытый. Глубина захвата – 55 мм. Скобы – 24/6, 26/6. С верхней загрузкой скоб.Цвет - черный.</t>
   </si>
   <si>
     <t>278027</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0c0/j15xes6l0s7ftd40jn1kd806fu0gzbzt.jpg</t>
@@ -1064,110 +1061,152 @@
   <si>
     <t>336908</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8fa/8fab57096f09fa3a492356c81a19f3bb.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6 до 20 л, металлический корпус, черный: St_1868BK штр.: 4650062498688</t>
   </si>
   <si>
     <t>336911</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b6a/b6a7f340b3be7ceccfe393f0afffcc9c.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6 до 20 л, пластиковый корпус, синий: St309_1871BU штр.: 4650062498718</t>
   </si>
   <si>
     <t>336912</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2f4/2f471289b3aa76369cc80c81e12f28a4.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6 до 20 л, пластиковый корпус, черный: St309_1869BK штр.: 4650062498695</t>
+  </si>
+  <si>
+    <t>336913</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f5/2f5f9254ddd179f9a31c84139117107b.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6, 26 6 до 25 л, пластиковый корпус, ассорти: H3103 штр.: 4260107450719</t>
+  </si>
+  <si>
+    <t>Пластиковый корпус эргономичной формы, механизм из металла. Антискользящие верхняя накладка и основание. Вмещает 100 скоб №24/6, 26/6, 2 типа скрепления. Сшивает до 25 листов, глубина захвата - 50 мм. Отпускается только упаковкой- картонная коробка.</t>
+  </si>
+  <si>
+    <t>336921</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3da/3da7c48a5f02a7b4e3e41062ff28f840.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 до 25 л, пластиковый корпус, черный 976841</t>
   </si>
   <si>
     <t>Вмещает 50 скоб №24/6, 26/6, 2 типа скрепления. Сшивает до 25 листов. Глубина захвата - 60 мм. Материал корпуса - пластик, механизм - металл.</t>
   </si>
   <si>
     <t>336922</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/48a/48ae425962ae6e97dd110916f153bfa4/fcb097b3a124c866b948d29ade7a6fae.jpg</t>
   </si>
   <si>
     <t>Степлер Attache професс. до 200 л.  бум.80 гр м2 , черный,  23 611851 штр.: 6936063110063</t>
   </si>
   <si>
     <t>&amp;lt;p&amp;gt;&amp;nbsp;&amp;lt;/p&amp;gt;</t>
   </si>
   <si>
     <t>338657</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/675/518no716d13nlq130yfud10hsvrfrlna.jpg</t>
+  </si>
+  <si>
+    <t>Степлер inФОРМАТ БЕСТ 15 л.   24 6, 26 6 комбинированный синий  SBS-15B</t>
+  </si>
+  <si>
+    <t>Степлеры серии «БЕСТ» - прочные и надёжные, но в то же время лёгкие и удобные. Эргономичный корпус изготовлен из высококачественного пластика, механизм сверхпрочный цельнометаллический. Цвет корпуса подобран в классических офисных тонах. Основные характеристики: - Пробивная способность – 15 листов - Глубина захвата бумаги – 40 мм - Два вида сшивания – открытый и закрытый - Окно контроля за количеством оставшихся скоб - Эргономичный пластиковый корпус и сверхпрочный цельнометаллический механизм. - Скобы №24/6 и 26/6.</t>
+  </si>
+  <si>
+    <t>349729</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/349/zodp2yp0g9ygmo26lwstgayr882l93y3.jpg</t>
   </si>
   <si>
     <t>Степлер inФОРМАТ БЕСТ 15 л.   24 6, 26 6 комбинированный черный  SBS-15K</t>
   </si>
   <si>
-    <t>Степлеры серии «БЕСТ» - прочные и надёжные, но в то же время лёгкие и удобные. Эргономичный корпус изготовлен из высококачественного пластика, механизм сверхпрочный цельнометаллический. Цвет корпуса подобран в классических офисных тонах. Основные характеристики: - Пробивная способность – 15 листов - Глубина захвата бумаги – 40 мм - Два вида сшивания – открытый и закрытый - Окно контроля за количеством оставшихся скоб - Эргономичный пластиковый корпус и сверхпрочный цельнометаллический механизм. - Скобы №24/6 и 26/6.</t>
-[...1 lines deleted...]
-  <si>
     <t>349730</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b13/eyn8uv9hj87fb7t0vd90ux6jqv5c96od.jpg</t>
   </si>
   <si>
     <t>Степлер LITE 25 л.  24 6 26 6 синий  SLER-25B</t>
   </si>
   <si>
     <t>Офисный степлер с металлическим механизмом и пластиковым корпусом. Имеет индикатор расхода скоб. Скобы №24/6, 26/6. Мощность - 30 листов. Глубина захвата - 52 мм. Размер: 125х36х53 мм.</t>
   </si>
   <si>
     <t>349732</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4c9/2x6c6tiv1t3vpjiio5c7ea5v41yevr6z.jpg</t>
   </si>
   <si>
     <t>Степлер inФОРМАТ БЕСТ 30 л.   24 6, 26 6 комбинированный черный</t>
   </si>
   <si>
     <t>Степлер inФОРМАТ БЕСТ 30 л. № 24/6, 26/6 комбинированный черный</t>
   </si>
   <si>
     <t>350524</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/751/75145e5295551b2efc41f682183315aa.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера  10 Berlingo, медные, 1000шт. SH605</t>
+  </si>
+  <si>
+    <t>Медные скобы для степлера №10. Упакованы в картонную коробочку - 1000 шт.</t>
+  </si>
+  <si>
+    <t>357095</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9b7/9b7a95efe7e0f3d4bdda46ade62b5c4b.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера  10 Berlingo, цветные, 1000шт. SH705</t>
   </si>
   <si>
     <t>Цветные скобы для степлера №10.Упакованы в картонную коробочку - 1000 шт.</t>
   </si>
   <si>
     <t>357096</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/792/792a7824f487804833b86293845e9124.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера  24 6 Berlingo, медные 1000шт. SH610</t>
   </si>
   <si>
     <t>Медные скобы для степлера №24/6.Упакованы в картонную коробочку - 1000 шт.</t>
   </si>
   <si>
     <t>357097</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4a3/4a3534251a31ddc4f2199600074e50aa.jpg</t>
@@ -1274,62 +1313,50 @@
   <si>
     <t>366831</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3f7/3f7311046fa096c1dd6cb784d0e9d5d3.jpg</t>
   </si>
   <si>
     <t>Степлер  10 Berlingo  quot;Blitz quot; до 10л., пластиковый  корпус, черный. DSp_10112</t>
   </si>
   <si>
     <t>366832</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/881/881c63a2ab69c77300ae71e176f1930f.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 Berlingo  quot;Blitz quot; до 20л., пластиковый корпус, черный. DSp_20116</t>
   </si>
   <si>
     <t>Пластиковый корпус. Вмещает 50 скоб № 24/6, 26/6. Сшивает до 20 листов, глубина захвата - 50 мм. Упаковка в картонную коробку.</t>
   </si>
   <si>
     <t>366834</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/46b/46b2bef7e3cef3f9c41913076911da9c.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/42a/42afc7a391ab23cfbc87db0bb09a6599/2cde63aef5625b27fe9069ae547295a6.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера N10 Attache, никелированные 1000 шт в упаковке</t>
   </si>
   <si>
     <t>376908</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eb0/eb089e9817069a74e5c8346964277086/ce66be4a0926b095cd5aa5e8ba133d11.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера  23 8 Attache, оцинкованные,  30-50 лист.  1000 шт в уп.</t>
   </si>
   <si>
     <t>Скобы для степлера №23/8 Attache, оцинкованные, &amp;#40;30-50 лист.&amp;#41; 1000 шт в уп.</t>
   </si>
   <si>
     <t>376912</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ffa/ffad77fb9a83343cb2050654859d3b8d/a47bee32c2341e2022c666c6cd9cf2a5.jpg</t>
   </si>
   <si>
     <t>Степлер Attache  до 60 листов, 23 6, 23 8, 23 1024 6, цвет синий</t>
@@ -1472,278 +1499,290 @@
   <si>
     <t>Антистеплер для скоб   10 и   24 6, BRAUBERG  quot;Einkommen quot;, черный, 222536</t>
   </si>
   <si>
     <t>Антистеплер BRAUBERG &amp;quot;Original&amp;quot; предназначен для удаления скоб № 10 и № 24/6. Рабочий механизм антистеплера выполнен из металла, корпус — из пластика черного цвета. Позволяет разжать закрепленные скобы, не нанося повреждений ни материалу, ни кончикам пальцев.</t>
   </si>
   <si>
     <t>386521</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/236/q91pys7530hwukj966rm7mmych8r7lc8.jpg</t>
   </si>
   <si>
     <t>Антистеплер для скоб   10 и   24 6, BRAUBERG  quot;Nero quot;, с фиксатором, черный, 222547</t>
   </si>
   <si>
     <t>Антистеплер BRAUBERG &amp;quot;Classic&amp;quot; предназначен для удаления скоб № 10 и № 24/6. Рабочий механизм антистеплера выполнен из металла, корпус — из пластика черного цвета. Позволяет разжать закрепленные скобы, не нанося повреждений ни материалу, ни кончикам пальцев. Снабжен фиксатором для компактного хранения.</t>
   </si>
   <si>
     <t>386522</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b0e/swv976c89jtpnkcqcwr52e2rto3eozbl.jpg</t>
-[...8 lines deleted...]
-    <t>386523</t>
+    <t>http://anytos.ru//upload/iblock/9b6/g2xpsrhap3s0qgwverj728t93nnjzem5.jpg</t>
+  </si>
+  <si>
+    <t>Скобы BRAUBERG   26 6  для степлеров 24 6 , 1000 штук, экономичные, до 30 листов, 225973</t>
+  </si>
+  <si>
+    <t>Стальные скобы серебристого цвета для степлера BRAUBERG размером № 26/6. Прочные скобы для степлера имеют цинковое покрытие, которое защищает их от коррозии. Являются более экономичным вариантом при сохранении стандартной для скоб № 24/6 пробивной способности. Максимальное количество сшиваемых листов - 30 штук. Продаются в картонной упаковке по 1000 штук в каждой, что является оптимальным вариантом для долговременного использования.</t>
+  </si>
+  <si>
+    <t>386527</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f7e/w7irfn19azr8isaskddxmazrxpl7he5s.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера BRAUBERG   10, 1000 штук, в картонной коробке, до 20 листов, 220949</t>
+  </si>
+  <si>
+    <t>Стальные скобы серебристого цвета для степлера BRAUBERG размером № 10. Прочные скобы для степлера имеют цинковое покрытие, которое защищает их от коррозии. Максимальное количество сшиваемых листов - 20 штук. Продаются в картонной упаковке по 1000 штук в каждой, что является оптимальным вариантом для долговременного использования.</t>
+  </si>
+  <si>
+    <t>386530</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/251/nhzshw0ksbb5f6xcgpdga1dyywp9ca0g.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера BRAUBERG   23 10, 1000 штук, в картонной коробке, до 50 листов, 221163</t>
+  </si>
+  <si>
+    <t>Заточенные стальные скобы серебристого цвета для степлера BRAUBERG размером № 23/10. Прочные, устойчивые к смятию скобы для степлера имеют цинковое покрытие, которое защищает их от коррозии. Максимальное количество сшиваемых листов - 50 штук. Продаются в картонной упаковке по 1000 штук в каждой, что является оптимальным вариантом для долговременного использования.</t>
+  </si>
+  <si>
+    <t>386531</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f7a/guj9nolyga08wznvgb4uwqw9dtbe0nkt.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера BRAUBERG   23 13, 1000 штук, в картонной коробке, до 80 листов, 220951</t>
+  </si>
+  <si>
+    <t>Заточенные стальные скобы серебристого цвета для степлера BRAUBERG размером № 23/13. Прочные, устойчивые к смятию скобы для степлера имеют цинковое покрытие, которое защищает их от коррозии. Максимальное количество сшиваемых листов - 80 штук. Продаются в картонной упаковке по 1000 штук в каждой, что является оптимальным вариантом для долговременного использования.</t>
+  </si>
+  <si>
+    <t>386532</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a3/evu4t8an0yeua30xk5uef7noqd2lo5zg.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера BRAUBERG   23 17, 1000 штук, в картонной коробке, до 120 листов, 221164</t>
+  </si>
+  <si>
+    <t>Заточенные стальные скобы серебристого цвета для степлера BRAUBERG размером № 23/17. Прочные, устойчивые к смятию скобы для степлера имеют цинковое покрытие, которое защищает их от коррозии. Максимальное количество сшиваемых листов - 120 штук. Продаются в картонной упаковке по 1000 штук в каждой, что является оптимальным вариантом для долговременного использования.</t>
+  </si>
+  <si>
+    <t>386533</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/514/bprgn985ipm4ezfzcbk0jwtyfd95q8m2.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера BRAUBERG   23 24, 1000 штук, в картонной коробке, до 200 листов, 221165</t>
+  </si>
+  <si>
+    <t>Заточенные стальные скобы серебристого цвета для степлера BRAUBERG размером № 23/24. Сверхпрочные, устойчивые к смятию скобы для степлера имеют цинковое покрытие, которое защищает их от коррозии. Максимальное количество сшиваемых листов - 200 штук. Продаются в картонной упаковке по 1000 штук в каждой, что является оптимальным вариантом для долговременного использования.</t>
+  </si>
+  <si>
+    <t>386534</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/06d/lqkgvecz0tefhc0ddiqeoqmta1dp895i.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера BRAUBERG   24 6, 1000 штук, в картонной коробке, до 30 листов, 220950</t>
+  </si>
+  <si>
+    <t>Заточенные скобы для степлера BRAUBERG размером №24/6 обеспечивают сшивание до 30 листов. Цинковое покрытие защищает от коррозии. 1000 штук в коробке хватит на долгое время. Классический серебристый цвет дает возможность оформить даже важные документы.</t>
+  </si>
+  <si>
+    <t>386535</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/184/8om5bmxc5c6wqywnpeyp36q8n2vcqo3d.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера BRAUBERG,  23 15, 1000 штук, в картонной коробке, до 100 листов, 227716</t>
+  </si>
+  <si>
+    <t>Заточенные стальные скобы серебристого цвета для степлера BRAUBERG размером № 23/15. Прочные, устойчивые к смятию скобы для степлера имеют цинковое покрытие, которое защищает их от коррозии. Максимальное количество сшиваемых листов - 100 штук. Продаются в картонной упаковке по 1000 штук в каждой, что является оптимальным вариантом для долговременного использования.</t>
+  </si>
+  <si>
+    <t>386537</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/499/j5rea20m7cif8y0ufp1r7iq3bc5xf1nv.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера BRAUBERG,  23 20, 1000 штук, СВЕРХПРОЧНЫЕ, от 90 до 160 листов, 227717</t>
+  </si>
+  <si>
+    <t>Заточенные стальные скобы серебристого цвета для степлера BRAUBERG размером № 23/20. Сверхпрочные, устойчивые к смятию скобы для степлера имеют цинковое покрытие, которое защищает их от коррозии. Максимальное количество сшиваемых листов - 160 штук. Продаются в картонной упаковке по 1000 штук в каждой, что является оптимальным вариантом для долговременного использования.</t>
+  </si>
+  <si>
+    <t>386538</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dfe/xpxs7g9udkywlazewem681t176yrilaj.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера BRAUBERG,  23 8, 1000 штук, в картонной коробке, до 40 листов, 227715</t>
+  </si>
+  <si>
+    <t>Заточенные стальные скобы серебристого цвета для степлера BRAUBERG размером № 23/8. Прочные, устойчивые к смятию скобы для степлера имеют цинковое покрытие, которое защищает их от коррозии. Максимальное количество сшиваемых листов - 40 штук. Продаются в картонной упаковке по 1000 штук в каждой, что является оптимальным вариантом для долговременного использования.</t>
+  </si>
+  <si>
+    <t>386539</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2bd/d6h27ge313a265y3cyvp54nrft94b86p.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера KW-trio   10, 1000 шт., в картонной коробке, до 20 листов, -0100</t>
+  </si>
+  <si>
+    <t>Заточенные скобы с цинковым покрытием.</t>
+  </si>
+  <si>
+    <t>386543</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kw-trio/"&gt;KW-Trio&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/034/3idwwmo4fhdpaxly6ggmml3zq0w4ajry.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера KW-trio   23 10, 1000 штук, в картонной коробке, до 70 листов, -023A</t>
+  </si>
+  <si>
+    <t>Прочные скобы KW-trio, изготовленные из несеченой &amp;#40;равной по диаметру на любом отрезке&amp;#41; проволоки применяются для скрепления листов бумаги, тонкого картона. Скобы имеют заостренные концы, которые обеспечивают легкое прокалывание скрепляемых бумаг.</t>
+  </si>
+  <si>
+    <t>386544</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a08/kdvr4rvepdr9fs5706fpw5g3gpglvgt6.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера KW-trio   23 13, 1000 штук, в картонной коробке, до 100 листов, -023D</t>
+  </si>
+  <si>
+    <t>386545</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce5/j080i0aj8oqgwgdmp7fn1y52ntqiqwz7.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера KW-trio   23 17, 1000 штук, в картонной коробке, до 140 листов, -023H</t>
+  </si>
+  <si>
+    <t>386547</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/991/c7ewteq4cuib92yog13xh0ltwz7pahgz.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера KW-trio   23 8, 1000 шт., в картонной коробке, до 50 листов, -0238</t>
+  </si>
+  <si>
+    <t>386550</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/969/y38pfui1gmeqskqgd43mc3p80pwp0rmq.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера KW-trio   24 6, 1000 штук, в картонной коробке, до 30 листов, -0246</t>
+  </si>
+  <si>
+    <t>386551</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c7/f0irx9jw34weox5f9h2tzmey09qlo9al.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера KW-trio   24 8, 1000 штук, в картонной коробке, до 50 листов, -0248</t>
+  </si>
+  <si>
+    <t>386552</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e1/288vzzcj3dmfm4s91d11sc32t827dzf5.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера MAPED  Франция    10, 1000 штук, в картонной коробке, до 20 листов, 324105</t>
+  </si>
+  <si>
+    <t>Высококачественные скобы MAPED №10 для степлера премиального качества. Скобы из нержавеющей стали поставляются в коробке в количестве 1000 штук. Цветовое кодирование на степлере и упаковке: легко найти подходящие скобы. Цвет: металлик.</t>
+  </si>
+  <si>
+    <t>386556</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/maped/"&gt;Maped&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/463/20o3kq58nwxgebkvf6t2nco2jtpcqjkj.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера MAPED  Франция    24 6, 1000 штук, в картонной коробке, до 20 листов, 324405</t>
+  </si>
+  <si>
+    <t>Высококачественные скобы MAPED №24/6 для степлера премиального качества. Скобы из нержавеющей стали поставляются в коробке в количестве 1000 штук. Цветовое кодирование на степлере и упаковке: легко найти подходящие скобы. Цвет: металлик.</t>
+  </si>
+  <si>
+    <t>386558</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/689/geet0gspzsidcm0ls5iz7bflsi8ywko7.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера STAFF   10, 1000 шт., в картонной коробке, до 20 листов, РОССИЯ, 224797</t>
+  </si>
+  <si>
+    <t>Стальные скобы серебристого цвета для степлера STAFF размером № 10. Прочные скобы для степлера имеют цинковое покрытие, которое защищает их от коррозии. Максимальное количество сшиваемых листов - 20 штук. Продаются в картонной упаковке по 1000 штук в каждой, что является оптимальным вариантом для долговременного использования.</t>
+  </si>
+  <si>
+    <t>386560</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
-    <t>36</t>
-[...211 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/975/f2xbbnfsahbnz7uft8y6j9x4krr79h14.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера STAFF   24 6, 1000 шт., в картонной коробке, до 30 листов, РОССИЯ, 224798</t>
   </si>
   <si>
     <t>Стальные скобы серебристого цвета для степлера STAFF размером № 24/6. Прочные скобы для степлера имеют цинковое покрытие, которое защищает их от коррозии. Максимальное количество сшиваемых листов - 30 штук. Продаются в картонной упаковке по 1000 штук в каждой, что является оптимальным вариантом для долговременного использования.</t>
   </si>
   <si>
     <t>386561</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8db/qlbu6ebp1dw9f1i3rl80g177fn2b22z2.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера STAFF   24 6, 1000 штук, в картонной коробке, до 30 листов, 220429</t>
   </si>
   <si>
     <t>Стальные скобы серебристого цвета для степлера STAFF &amp;quot;EVERYDAY&amp;quot; размером № 24/6. Прочные скобы для степлера имеют цинковое покрытие, которое защищает их от коррозии. Максимальное количество сшиваемых листов - 30 штук. Продаются в картонной упаковке по 1000 штук в каждой, что является оптимальным вариантом для долговременного использования.</t>
   </si>
   <si>
     <t>386562</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/941/mw2i5japrwo0nh0usq3dxhgds4ivs4vn.jpg</t>
@@ -1766,96 +1805,84 @@
   <si>
     <t>Степлер  10 BRAUBERG  quot;Einkommen quot;, до 12 листов, с антистеплером, красный, 222532</t>
   </si>
   <si>
     <t>Настольный степлер BRAUBERG &amp;quot;Original&amp;quot; № 10 - один из самых важных помощников для работы с документацией в офисе, образовательных учреждениях и дома. Настольный степлер BRAUBERG &amp;quot;Original&amp;quot; с антистеплером в красном пластиковом корпусе с металлическим механизмом cпособен скрепить до 12 листов. Подходящий размер скоб № 10. Виды сшивания: закрытый, прямой. Глубина закладки бумаги - 47 мм. Габариты: высота - 44 мм, ширина - 24 мм, длина - 92 мм. Благодаря компактным размерам удобен в использовании и занимает мало места на рабочем столе, а классический дизайн делает степлер подходящим к любому интерьеру. Продается в картонной упаковке.</t>
   </si>
   <si>
     <t>386579</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/31b/n6oi2iy9h72uckx12r13vbmk7aqyq13b.jpg</t>
   </si>
   <si>
     <t>Степлер  10 BRAUBERG  quot;Einkommen quot;, до 12 листов, с антистеплером, серый, 222531</t>
   </si>
   <si>
     <t>Настольный степлер BRAUBERG &amp;quot;Original&amp;quot; № 10 - один из самых важных помощников для работы с документацией в офисе, образовательных учреждениях и дома. Настольный степлер BRAUBERG &amp;quot;Original&amp;quot; с антистеплером в сером пластиковом корпусе с металлическим механизмом cпособен скрепить до 12 листов. Подходящий размер скоб № 10. Виды сшивания: закрытый, прямой. Глубина закладки бумаги - 47 мм. Габариты: высота - 40 мм, ширина - 20 мм, длина - 90 мм. Благодаря компактным размерам удобен в использовании и занимает мало места на рабочем столе, а классический дизайн делает степлер подходящим к любому интерьеру. Продается в картонной упаковке.</t>
   </si>
   <si>
     <t>386580</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b7e/7lmvgd2zqyjyowez0ieb5dt78kf6rfgs.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/762/3xhw61iogp27sjt2c93q2pl184yk0pg4.jpg</t>
   </si>
   <si>
     <t>Степлер  10 BRAUBERG  quot;Einkommen quot;, до 12 листов, с антистеплером, черный, 222529</t>
   </si>
   <si>
     <t>Настольный степлер BRAUBERG &amp;quot;Original&amp;quot; № 10 - один из самых важных помощников для работы с документацией в офисе, образовательных учреждениях и дома. Настольный степлер BRAUBERG &amp;quot;Original&amp;quot; с антистеплером в черном пластиковом корпусе с металлическим механизмом cпособен скрепить до 12 листов. Подходящий размер скоб № 10. Виды сшивания: закрытый, прямой. Глубина закладки бумаги - 47 мм. Габариты: высота - 40 мм, ширина - 20 мм, длина - 90 мм. Благодаря компактным размерам удобен в использовании и занимает мало места на рабочем столе, а классический дизайн делает степлер подходящим к любому интерьеру. Продается в картонной упаковке.</t>
   </si>
   <si>
     <t>386582</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/540/6isq20hyzjmxewpten6pl6q9hco324fw.jpg</t>
   </si>
   <si>
     <t>Степлер  10 BRAUBERG  quot;Nero quot;, до 12 листов, с антистеплером, черный, 222545</t>
   </si>
   <si>
     <t>Настольный степлер BRAUBERG &amp;quot;Classic&amp;quot; № 10 - один из самых важных помощников для работы с документацией в офисе, образовательных учреждениях и дома. Настольный степлер BRAUBERG &amp;quot;Classic&amp;quot; с антистеплером в черном пластиковом корпусе с металлическим механизмом cпособен скрепить до 12 листов. Подходящий размер скоб № 10. Виды сшивания: закрытый, прямой. Глубина закладки бумаги - 64 мм. Габариты: высота - 45 мм, ширина - 25 мм, длина - 110 мм. Благодаря компактным размерам удобен в использовании и занимает мало места на рабочем столе, а классический дизайн делает степлер подходящим к любому интерьеру. Продается в картонной упаковке.</t>
   </si>
   <si>
     <t>386591</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/42e/d1vkyk9x4uvvcw7cyl4o6us1e1rmjqsh.jpg</t>
-[...8 lines deleted...]
-    <t>386610</t>
+    <t>http://anytos.ru//upload/iblock/252/y1a7x47h6nev99xq5nf689upecga1bqi.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  10 металлический BRAUBERG  quot;Urlaub quot;, до 16 листов, с резиновой накладкой и антистеплером, черный, 224344</t>
+  </si>
+  <si>
+    <t>Настольный металлический степлер BRAUBERG &amp;quot;ST-200M&amp;quot; № 10 предназначен для надежного и качественного скрепления документов в офисе и дома. Настольный степлер BRAUBERG &amp;quot;ST-200M&amp;quot; в черном металлическом корпусе с антистеплером и с резиновой накладкой, исключающей скольжение, cпособен скрепить до 16 листов. Подходящий размер скоб № 10. Виды сшивания: закрытый, прямой. Глубина закладки бумаги - 54 мм. Габариты: высота - 43 мм, ширина - 29 мм, длина - 113 мм. Благодаря компактным размерам удобен в использовании и занимает мало места на рабочем столе, а классический дизайн делает степлер подходящим к любому интерьеру. Продается в картонной упаковке.</t>
+  </si>
+  <si>
+    <t>386611</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/54c/lala8z2t99iwx07vrh9ueguomchvsxb2.jpg</t>
   </si>
   <si>
     <t>Степлер  10 металлический MAPED  Франция   quot;Universal Metal quot;, до 12 листов, серый, 043500</t>
   </si>
   <si>
     <t>Надежный и компактный металлический степлер MAPED &amp;quot;Universal Metal&amp;quot; для для ежедневного использования. Небольшой размер, удобный для хранения и переноса. Металлические корпус и механизм, кроме толкателя, и встроенный антистеплер. Закрытый тип сшивания.Количество пробиваемых листов: до 12 &amp;#40;70 г/м2&amp;#41;. Количество и тип скоб: 88 шт. №10. Глубина закладки бумаги: 40 мм. 400 скоб №10 в комплекте.</t>
   </si>
   <si>
     <t>386615</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/25f/y5urn9vcl2k70w7cdc23hzs5baptq3ga.jpg</t>
   </si>
   <si>
     <t>Степлер  10 МИНИ BRAUBERG  quot;Nero quot;, до 12 листов, с антистеплером, черный, 222544</t>
   </si>
   <si>
     <t>Настольный степлер МИНИ BRAUBERG &amp;quot;Classic&amp;quot; № 10 - один из самых важных помощников для работы с документацией в офисе, образовательных учреждениях и дома. Настольный степлер МИНИ BRAUBERG &amp;quot;Classic&amp;quot; в черном пластиковом корпусе с металлическим механизмом способен скрепить до 12 листов. Подходящий размер скоб № 10. Виды сшивания: закрытый. Глубина закладки бумаги - 29 мм. Габариты: высота - 36 мм, ширина - 25 мм, длина - 63 мм. Благодаря компактным размерам удобен в использовании и занимает мало места на рабочем столе, а классический дизайн делает степлер подходящим к любому интерьеру. Продается в картонной упаковке.</t>
   </si>
   <si>
     <t>386616</t>
   </si>
@@ -1970,62 +1997,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/242/07tc2pqtcg8tp4toggdl4pd1h236t6yp.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 металлический MAPED  Франция   quot;Start quot;, до 25 листов, темно-серый, 392710</t>
   </si>
   <si>
     <t>Настольный степлер MAPED &amp;quot;Start&amp;quot; со стальным механизмом сшивки. Полностью металлический корпус и механизм, кроме толкателя. Стильный лаконичный дизайн в стальном цвете. Закрытый тип сшивания. Накладка под палец в зоне давления. Резиновая вставка на подошве для удобства эксплуатации. Количество пробиваемых листов: 25 &amp;#40;70 г/м2&amp;#41;. Количество и тип скоб: 100 шт. №24/6 или 150 шт. №26/6. Глубина закладки бумаги: 56 мм.</t>
   </si>
   <si>
     <t>386664</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/171/yi5mypb6h3f7it1pod14jfprk9q18pb6.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 металлический MAPED  Франция   quot;Universal Metal quot;, до 25 листов, серый, 039200</t>
   </si>
   <si>
     <t>Мощный степлер MAPED &amp;quot;Universal Metal&amp;quot; для скрепления документов. Полностью металлический корпус и механизм, включая толкатель. Классическая форма и стильный дизайн. Пластиковая накладка для пальца в зоне давления. Закрытый тип сшивания. Открывается на 180 для легкой загрузки скоб.Количество пробиваемых листов: до 25 &amp;#40;70 г/м2&amp;#41;. Количество и тип скоб: 100 шт. №24/6 или 140 шт. №26/6. Глубина закладки бумаги: 61 мм. 400 скоб №26/6 в комплекте.</t>
   </si>
   <si>
     <t>386665</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/593/bi4krkgqawofckf74tco67n7ebnebqf9.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/491/rnftd6lvrb9sad305fmh2r7a6jbpn7ru.jpg</t>
   </si>
   <si>
     <t>Степлер МОЩНЫЙ  23 6-23 13 KW-trio, до 100 листов, серый черный, -50-SB</t>
   </si>
   <si>
     <t>Мощный степлер, предназначенный для сшивания большого количества листов бумаги. Глубина загрузки 65мм.</t>
   </si>
   <si>
     <t>386670</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04c/b5bfpydlr9dx4nll5n034dd4i4ffrsef.jpg</t>
   </si>
   <si>
     <t>Степлер МОЩНЫЙ  23 6-23 23 KW-trio, до 210 листов, серый черный, -50-LB</t>
   </si>
   <si>
     <t>386671</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d08/w4wguiqzi899nodr5dlr7rua97b295cj.jpg</t>
   </si>
   <si>
     <t>Степлер МОЩНЫЙ  24 6-23 13 BRAUBERG  quot;Caiman quot;, до 80 листов, черный, 222563</t>
@@ -2159,110 +2174,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/934/934af5a4a957689958131b8262044641/09a9181ac3b9208ce128941de28aa852.jpg</t>
   </si>
   <si>
     <t>Степлер мощный Economy до 210 листов, 23 6-23 23, цвет черный</t>
   </si>
   <si>
     <t>Степлер мощный Economy до 210 листов,№23/6-23/23, цвет черный</t>
   </si>
   <si>
     <t>416333</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/179/179916513d125cdc78f61fba66d59ebc/eab115deb43ccb16afbc144b8fa4f72c.jpg</t>
   </si>
   <si>
     <t>Степлер-брошюровщик Attache,  24 6, до 25л., ч рный</t>
   </si>
   <si>
     <t>Степлер-брошюровщик Attache, №24/6, до 25л., чёрный</t>
   </si>
   <si>
     <t>416334</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a04/0qgjctpx4nh8ajevwcm641520iw216at.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2f1/bqvyfc0jm28309o65eq253occwjthqp1.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 МИНИ BRAUBERG  quot;Black Jack quot;, до 15 листов, антистеплер, черный, 227762</t>
   </si>
   <si>
     <t>Настольный степлер с металлическим механизмом BRAUBERG &amp;quot;Black Jack&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе не только школьников и студентов, но и офисных работников, а также предпринимателей. Способен скрепить до 18 листов. Стандартный размер скоб №24/6, 26/6. Возможность вертикального расположения. Глубина закладки бумаги - 22 мм. Закрытый и прямой вид сшивания. Данная модель может выступать в качестве антистеплера, позволяющего разжать закрепленные скобы более качественно, не нанося повреждений ни материалу, ни кончикам пальцев. Корпус изготовлен из пластика. За счет компактных размеров не займет на рабочем столе много места, а классический черный цвет отлично будет дополнять любой интерьер.Высокое качество степлера BRAUBERG &amp;quot;Black Jack&amp;quot; по доступной цене надолго станет незаменимым помощником при работе с документацией.</t>
   </si>
   <si>
     <t>426634</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2af/0ba8jtc2iy7vy24o5syno202zj78zaoj.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/957/6p0vh1rrdbk60l65joa03fm8vhaqptq0.jpg</t>
   </si>
   <si>
     <t>Степлер  10 МИНИ ЮНЛАНДИЯ, до 15 листов, с антистеплером, эргономичный, фиолетовый, 228492</t>
   </si>
   <si>
     <t>Настольный степлер ЮНЛАНДИЯ с металлическим механизмом незаменим в работе с документами. Полезный аксессуар для школы и дома. Для скрепления до 15 листов. Размер скоб №10. Глубина закладки бумаги - 25 мм. Закрытый вид сшивания. Эргономичная форма корпуса обеспечивает продолжительное время использования без перерыва. Данная модель может выступать в качестве антистеплера, позволяющего разжать закрепленные скобы более качественно, не нанося повреждений ни материалу, ни кончикам пальцев. За счет компактных размеров не займет на парте или столе много места, а сочетание фиолетового с сиреневым цветом добавят яркости во время уроков или написания домашней работы.Степлер ЮНЛАНДИЯ высокого качества надолго станет незаменимым помощником при написании творческих работ.</t>
   </si>
   <si>
     <t>426655</t>
   </si>
   <si>
     <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d87/h7ztruy8nftoon5oh5w1mieg12qr8sbz.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера ЮНЛАНДИЯ,  10, 1000 штук, 228495</t>
   </si>
   <si>
     <t>Заточенные скобы ЮНЛАНДИЯ обеспечат надежное крепление листов бумаги, различающихся плотностью и размерами. Степлер выручит школьников и родителей для создания и ведения документов, проектов и др. Стандартный размер №10 обеспечивает сшивание до 20 листов. Цинковое покрытие защищает от коррозии. Благодаря стальному сплаву материала скобы ЮНЛАНДИЯ не подвержены повреждению конструкции. Количество в 1000 штук хватит на долгое время. Классический серебристый цвет дает возможность оформить даже важные документы. Данный товар относится к среднему ценовому сегменту.</t>
   </si>
   <si>
     <t>426656</t>
@@ -2396,395 +2363,440 @@
   <si>
     <t>http://anytos.ru//upload/iblock/267/267a36f775479e68e4859c993557a7fa/d780581d4ec17721a24c4da2c604fea3.jpg</t>
   </si>
   <si>
     <t>Степлер мощный Attache Economy 23 23, до 210 л, металл, черный</t>
   </si>
   <si>
     <t>Степлер мощный Attache Economy 23/23, до 210 л, металл, черный</t>
   </si>
   <si>
     <t>440031</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d7/95ga4zdnkz7y407a83gqoj950vntffxk.jpg</t>
   </si>
   <si>
     <t>Антистеплер для скоб   10 и   24 6, BRAUBERG  quot;ST-100 quot;, с фиксатором, черный, 228578</t>
   </si>
   <si>
     <t>Антистеплер предназначен для удаления скоб № 10, № 24/6 и №26/6. Рабочий механизм антистеплера выполнен из металла, корпус — из пластика черного цвета. Наличие фиксатора обеспечивает удобное и безопасное хранение в закрытом положении. Позволяет разжать закрепленные скобы более качественно, не нанося повреждений ни материалу, ни кончикам пальцев.</t>
   </si>
   <si>
     <t>459520</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d34/ocmvhol6yy6m7is0rdb92ih8vmedcjbe.jpg</t>
-[...8 lines deleted...]
-    <t>459525</t>
+    <t>http://anytos.ru//upload/iblock/11c/8wyh2ma7xqjbmwdsewoyh95wy8t9uyfw.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  10 BRAUBERG  quot;JET PRO quot;, до 12 листов, эргономичный, бело-синий, 228582</t>
+  </si>
+  <si>
+    <t>Cтеплер с металлическим механизмом BRAUBERG &amp;quot;Jet Pro&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе офисных работников, школьников и студентов. Способен скрепить до 12 листов. Стандартный размер скоб №10. Глубина закладки бумаги - 45 мм. Виды сшивания: закрытый, прямой. За счет компактных размеров не займет на рабочем столе много места. Корпус изготовлен из пластика. Имеет стильный дизайн, комбинированный цвет и эргономичную форму корпуса.</t>
+  </si>
+  <si>
+    <t>459521</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/daa/ty7tvfshhtbaba93m1lojfm4hshhc5ss.jpg</t>
   </si>
   <si>
     <t>Степлер  10 BRAUBERG  quot;SX-19 quot;, до 12 листов, с антистеплером, красный, 228589</t>
   </si>
   <si>
     <t>Cтеплер с металлическим механизмом BRAUBERG &amp;quot;SX-19&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе офисных работников, школьников и студентов. Способен скрепить до 12 листов. Стандартный размер скоб №10. Глубина закладки бумаги - 50 мм. Виды сшивания: закрытый, прямой. Данная модель может выступать в качестве антистеплера, позволяющего разжать закрепленные скобы более качественно, не нанося повреждений ни материалу, ни кончикам пальцев. Корпус изготовлен из пластика. За счет компактных размеров не займет на рабочем столе много места. Имеет классический дизайн и ярко-красный цвет.</t>
   </si>
   <si>
     <t>459526</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/801/9ahblnoobp94519674mqvfklve01tk6h.jpg</t>
   </si>
   <si>
     <t>Степлер  10 BRAUBERG  quot;SX-19 quot;, до 12 листов, с антистеплером, синий, 228588</t>
   </si>
   <si>
     <t>Cтеплер с металлическим механизмом BRAUBERG &amp;quot;SX-19&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе офисных работников, школьников и студентов. Способен скрепить до 12 листов. Стандартный размер скоб №10. Глубина закладки бумаги - 50 мм. Виды сшивания: закрытый, прямой. Данная модель может выступать в качестве антистеплера, позволяющего разжать закрепленные скобы более качественно, не нанося повреждений ни материалу, ни кончикам пальцев. Корпус выполнен из пластика. За счет компактных размеров не займет на рабочем столе много места. Имеет классический дизайн.</t>
   </si>
   <si>
     <t>459527</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8bb/membw18ilw7e28el27c9r6mt37j4rglq.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  10 BRAUBERG  quot;SX-19 quot;, до 12 листов, с антистеплером, черный, 228587</t>
+  </si>
+  <si>
+    <t>Cтеплер с металлическим механизмом BRAUBERG &amp;quot;SX-19&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе офисных работников, школьников и студентов. Способен скрепить до 12 листов. Стандартный размер скоб №10. Глубина закладки бумаги - 50 мм. Виды сшивания: закрытый, прямой. Данная модель может выступать в качестве антистеплера, позволяющего разжать закрепленные скобы более качественно, не нанося повреждений ни материалу, ни кончикам пальцев. За счет компактных размеров не займет на рабочем столе много места. Имеет классический дизайн.</t>
+  </si>
+  <si>
+    <t>459528</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/822/gt4i4zxgaqd1ejd14820ul933b8mfnpt.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6, 26 6 BRAUBERG  quot;JET PRO quot;, до 25 листов, эргономичный, бело-синий, 228584</t>
+  </si>
+  <si>
+    <t>Cтеплер с металлическим механизмом BRAUBERG &amp;quot;Jet Pro&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе офисных работников, школьников и студентов. Способен скрепить до 25 листов. Стандартный размер скоб №24/6, 26/6. Глубина закладки бумаги - 45 мм. Виды сшивания: закрытый, открытый, прямой. За счет компактных размеров не займет на рабочем столе много места. Корпус выполнен из пластика. Имеет стильный дизайн, комбинированный цвет и эргономичную форму корпуса.</t>
+  </si>
+  <si>
+    <t>459530</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3ac/2u2eh5vpdilln3o0snhe38hl4i21t0gl.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 BRAUBERG  quot;JET PRO quot;, до 25 листов, эргономичный, бело-черный, 228585</t>
   </si>
   <si>
     <t>Cтеплер с металлическим механизмом BRAUBERG &amp;quot;Jet Pro&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе офисных работников, школьников и студентов. Способен скрепить до 25 листов. Стандартный размер скоб №24/6, 26/6. Глубина закладки бумаги - 45 мм. Виды сшивания: закрытый, открытый, прямой. За счет компактных размеров не займет на рабочем столе много места. Корпус изготовлен из пластика. Имеет стильный дизайн, комбинированный цвет и эргономичную форму корпуса.</t>
   </si>
   <si>
     <t>459531</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/84f/jeoibts1ksrcj5t8k23zs0tudz7chj0j.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e25/49os371sjzoyu332euquakf08a2kuc58.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 BRAUBERG  quot;SX-39 quot;, до 25 листов, черный, 228590</t>
   </si>
   <si>
     <t>Cтеплер с металлическим механизмом BRAUBERG &amp;quot;SX-39&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе офисных работников, школьников и студентов. Способен скрепить до 25 листов. Стандартный размер скоб №24/6, 26/6. Глубина закладки бумаги - 50 мм. Виды сшивания: закрытый, открытый, прямой. За счет компактных размеров не займет на рабочем столе много места. Корпус изготовлен из пластика. Имеет классический дизайн, эргономичную форму корпуса.</t>
   </si>
   <si>
     <t>459534</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d65/d65e2436845c02bd730f18dbfae2dbe8/d108ba730f3e563ed972164a4e3787e0.jpg</t>
-[...2 lines deleted...]
-    <t>Степлер  10 Berlingo  quot;Comfort quot; до 16 листов, пластиковый корпус, серый</t>
+    <t>http://anytos.ru//upload/iblock/d94/pqfbr9arpvl4p9fvh2gtgk2wr3ms7jvz.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6, 26 6 металлический BRAUBERG  quot;Office Expert quot;, до 25 листов, черный, 228593</t>
+  </si>
+  <si>
+    <t>Cтеплер с металлическим механизмом BRAUBERG &amp;quot;Office-Expert&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе офисных работников, школьников и студентов. Способен скрепить до 25 листов. Стандартный размер скоб №24/6, 26/6. Глубина закладки бумаги - 58 мм. Виды сшивания: закрытый, открытый, прямой. Данная модель может выступать в качестве антистеплера, позволяющего разжать закрепленные скобы более качественно, не нанося повреждений ни материалу, ни кончикам пальцев. Корпус выполнен из металла и пластика. За счет компактных размеров не займет на рабочем столе много места. Имеет классический дизайн, эргономичную форму корпуса.</t>
+  </si>
+  <si>
+    <t>459538</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/689/igu2f272ym36zgmzwyfu4fe40qjg62kh.jpg</t>
+  </si>
+  <si>
+    <t>Степлер ЭНЕРГОСБЕРЕГАЮЩИЙ  24 6 - 24 8 BRAUBERG  quot;Easy Press quot;, до 40 листов, БЕЗ УСИЛИЙ, 228742</t>
+  </si>
+  <si>
+    <t>При работе со степлером BRAUBERG &amp;quot;Easy Press&amp;quot; требуется прикладывать на 60&amp;#37; меньше усилий по сравнению с обычными моделями. Рабочий механизм выполнен из металла, корпус — из пластика черного цвета. Способен скрепить до 40 листов бумаги. Подходит для скоб № 24/6, 26/6, 24/8. Глубина сшивания &amp;#40;максимальная величина отступа от края бумаги при скреплении степлером&amp;#41; - 55 мм. Корпус выполнен из пластика. Закрытый вид сшивания.</t>
+  </si>
+  <si>
+    <t>468958</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12a/12a4c2c1d5b9ba5649a3111fc3b9902e/492fd41286ff2b61f729d4642037a749.jpg</t>
+  </si>
+  <si>
+    <t>Антистеплер Berlingo  quot;Blitz quot;, с фиксатором, черный</t>
+  </si>
+  <si>
+    <t>Антистеплер с двухсторонним захватом. Предназначен для удаления скоб № 10, 24/6, 26/6 открытого и закрытого типа скрепления. Антистеплер имеет металлический механизм и пластиковые накладки. Наличие фиксатора позволяет хранить антистеплер в сложенном положении. Упаковка в картонную коробку.</t>
+  </si>
+  <si>
+    <t>560706</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ee9/ee9ac4ee324ecc98c2a0a65178dbb9fd/9803d8ab4096382c308c9d355af523e4.jpg</t>
+  </si>
+  <si>
+    <t>Антистеплер Berlingo  quot;Blitz quot;, с фиксатором, голубой</t>
+  </si>
+  <si>
+    <t>Антистеплер Berlingo &amp;quot;Blitz&amp;quot; с двухсторонним захватом выполнен в ярких неоновых цветах. Предназначен для удаления скоб № 10, 24/6, 26/6 открытого и закрытого типа скрепления. Антистеплер имеет металлический механизм и пластиковые накладки. Наличие фиксатора позволяет хранить антистеплер в сложенном положении. Упакован в картонную коробку.</t>
+  </si>
+  <si>
+    <t>560708</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e1/6e180683cf16fca84df243527369cc02/fd4b85d3adb5142422148b16751c9eea.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера  26 6 Berlingo, оцинкованные, 1000шт.</t>
+  </si>
+  <si>
+    <t>560710</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/83a/83a66bd734f024e8563ccfdff2342dda/30f3094bf5939ed7bf515442578b1506.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера  23 15 Berlingo, оцинкованные, 1000шт.</t>
+  </si>
+  <si>
+    <t>Покрытие из цинка предотвращает появление коррозии. Скобы позволяют сшивать одновременно до 120 листов бумаги плотностью 80г/м2. Упаковка в картонную коробку 1000штук.</t>
+  </si>
+  <si>
+    <t>560711</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b0/5b0e01b2edf502491927d10be62df122/c67414be49ade78254fb475923bee84a.jpg</t>
+  </si>
+  <si>
+    <t>Степлер брошюровочный  24 6, 26 6 Berlingo до 20л., металлический корпус, черный</t>
+  </si>
+  <si>
+    <t>Корпус - металл, антискользящая накладка из пластика. Механизм из металла. Вмещает 210 скоб №24/6, 26/6, 2 типа скрепления. Сшивает до 20 листов. Глубина захвата - 310 мм. Идеально подходит для скрепления крупноформатных документов.</t>
+  </si>
+  <si>
+    <t>560713</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c74/c747e8ee23a1568c739b6d7767176363/e6e4b23922c599ec13c2e2f4ab6fedf8.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6, 26 6 Berlingo  quot;Silk Touch quot;, до 20л., пластиковый корпус, розовый</t>
+  </si>
+  <si>
+    <t>Степлер Berlingo &amp;quot;Silk Touch&amp;quot; отличается от других моделей необычным дизайном, напечатанным на верхней крышке корпуса, и нежными пастельными цветами. Данный степлер&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования.&amp;nbsp;&amp;nbsp;Имеет пластиковый корпус и полностью металлический механизм. Вмещает 100 скоб размером&amp;nbsp;&amp;nbsp;№24/6, 26/6 , имеет 2 типа скрепления. Сшивает до 20 листов. Глубина захвата - 55 мм. Упакован в блистер с европодвесом.</t>
+  </si>
+  <si>
+    <t>560714</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c01/c01028fc63ff5a55cc4a9941495bd3ef/d754516fdd42f4c916f914641d2486de.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6, 26 6 Berlingo  quot;Silk Touch quot;, до 20л., пластиковый корпус, голубой</t>
+  </si>
+  <si>
+    <t>560715</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e4/0e4fa2301d82ea909cfb0310ef3de32a/bbb386502e7874ad540ca5bfa5517803.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6, 26 6 Berlingo  quot;Silk Touch quot;, до 20л., пластиковый корпус, мятный</t>
+  </si>
+  <si>
+    <t>560716</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/34c/34cf29d747f2aacb6c27bd451b638893/37b19aaba4ac98db8d4cfb60c04a4fdb.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6, 26 6 Berlingo  quot;Universal quot; до 30л., пластиковый корпус, синий</t>
+  </si>
+  <si>
+    <t>Степлер Berlingo &amp;quot;Universal&amp;quot;&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования.&amp;nbsp;&amp;nbsp;У данной модели пластиковый корпус и полностью металлический механизм. Вмещает 100 скоб размером&amp;nbsp;&amp;nbsp;№24/6, 26/6 , имеет 2 типа скрепления. Сшивает до 30 листов. Глубина захвата - 50 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>560717</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c82/c82e310be23c612d1801e411f0e247ca/60592ff139f895450bf74f62f47b829c.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6, 26 6 Berlingo  quot;Universal quot; до 30л., пластиковый корпус, серый</t>
+  </si>
+  <si>
+    <t>560718</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c04/c042c194d24bae0cbc8152ef47991cd4/bb7915afd52db8c2a6187e1a1ba8243c.jpg</t>
+  </si>
+  <si>
+    <t>Мини-степлер  10 Berlingo  quot;Blitz quot; до 10л., пластиковый корпус, розовый</t>
+  </si>
+  <si>
+    <t>Мини-степлер Berlingo &amp;quot;Blitz&amp;quot; выполнен в ярких неоновых цветах, прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования.&amp;nbsp;&amp;nbsp;У данной модели пластиковый корпус и&amp;nbsp;&amp;nbsp;металлический механизм. Оснащен встроенным антистеплером. Вмещает 50 скоб размером&amp;nbsp;&amp;nbsp;№10 , имеет 1 тип скрепления. Сшивает до 10 листов. Глубина захвата - 25 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>560719</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e26/e26bff31b0014e28eadbfd827d3e6936/fc3a08d8674bbb3477072db5927ae395.jpg</t>
+  </si>
+  <si>
+    <t>Мини-степлер  10 Berlingo  quot;Blitz quot; до 10л., пластиковый корпус, голубой</t>
+  </si>
+  <si>
+    <t>560720</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/226/2263b313cb5115e9e54204d51833d9c0/70c02375b5ddb95459c9337ba13743b0.jpg</t>
+  </si>
+  <si>
+    <t>Мини-степлер  24 6, 26 6 Berlingo  quot;Blitz quot; до 15л., пластиковый корпус, розовый</t>
+  </si>
+  <si>
+    <t>Мини-степлер Berlingo &amp;quot;Blitz&amp;quot; выполнен в ярких неоновых цветах, прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования.&amp;nbsp;&amp;nbsp;У данной модели пластиковый корпус и&amp;nbsp;&amp;nbsp;металлический механизм. Оснащен встроенным антистеплером. Вмещает 50 скоб размером&amp;nbsp;&amp;nbsp;№24/6, 26/6 , имеет 1 тип скрепления. Сшивает до 15 листов. Глубина захвата - 25 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>560722</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/27f/27f8a026615b53fc2619749b3d6070b7/9d431440d06cf4600f9adbed7b0a2ad5.jpg</t>
+  </si>
+  <si>
+    <t>Мини-степлер  24 6, 26 6 Berlingo  quot;Blitz quot; до 15л., пластиковый корпус, голубой</t>
+  </si>
+  <si>
+    <t>560723</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4ba/4ba58502398d74627e1f07a8780eff78/c7ff004739f549bd1910a08482b17fc6.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  10 Berlingo  quot;Blitz quot; до 10л., пластиковый корпус, голубой</t>
+  </si>
+  <si>
+    <t>Степлер Berlingo &amp;quot;Blitz&amp;quot; выполнен в ярких неоновых цветах, прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования.&amp;nbsp;&amp;nbsp;У данной модели пластиковый корпус и&amp;nbsp;&amp;nbsp;металлический механизм. Вмещает 50 скоб размером&amp;nbsp;&amp;nbsp;№10 , имеет 1 тип скрепления. Сшивает до 10 листов. Глубина захвата - 45 мм. Упакован в картонный короб.</t>
+  </si>
+  <si>
+    <t>560726</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/591/591d9dd8ebe49938cb0bec05ed9db3b1/965c9d995f14696fec631f514be1d6c8.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  10 Berlingo  quot;Blitz quot; до 10л., пластиковый корпус, зеленый</t>
+  </si>
+  <si>
+    <t>560727</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ad/6ad31671ac6eaefffa7fef8de4214d90/6f935ed62d8b122849438cfaf33bc37c.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  10 Berlingo  quot;Fuze quot; до 15л., 50 скоб, пластиковый корпус, голубой</t>
+  </si>
+  <si>
+    <t>Степлер Berlingo &amp;quot;Fuze&amp;quot; выполнен в сочетании ярких неоновых цветов,&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования.&amp;nbsp;&amp;nbsp;У данной модели пластиковый корпус с антискользящими резиновыми вставками и металлический механизм. Вмещает 50 скоб размером&amp;nbsp;&amp;nbsp;№10 , имеет 1 тип скрепления. Сшивает до 15 листов. Глубина захвата - 50 мм. Упакован в картонный короб. Рекомендуется использовать со скобами Berlingo.</t>
+  </si>
+  <si>
+    <t>560728</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de4/de482c024c532a4752ec7b94a0491637/e1ac25224a30b4ab958fdf87cb89d51c.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  10 Berlingo  quot;Fuze quot; до 15л., 50 скоб, пластиковый корпус, розовый</t>
+  </si>
+  <si>
+    <t>560730</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/363/3637a0eb51eb8604680d9b74985de656/310d6432b7fd08073e8e06f76e2b2bb2.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  10 Berlingo  quot;Fuze quot; до 15л., 50 скоб, пластиковый корпус, фиолетовый</t>
+  </si>
+  <si>
+    <t>560731</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c80/c803e6865e8b0b51559d26246bee8d7e/52217fb85c398f291133f3ef1adf8cd4.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  10 Berlingo  quot;Comfort quot; до 16л., пластиковый корпус, синий</t>
   </si>
   <si>
     <t>Степлер Berlingo &amp;quot;Comfort&amp;quot; имеет пластиковый корпус, металлический механизм и&amp;nbsp;&amp;nbsp;мягкое эргономичное основание, что обеспечивает комфортную работу степлера даже на весу. Оснащен встроенным антистеплером. Вмещает 100 скоб размером&amp;nbsp;&amp;nbsp;№10 , имеет 1 тип скрепления. Сшивает до 16 листов. Глубина захвата - 60 мм. Упакован в картонный короб. Рекомендуется использовать со скобами Berlingo.</t>
   </si>
   <si>
-    <t>553033</t>
-[...187 lines deleted...]
-  <si>
     <t>560732</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f9/2f99d5a9ebb362ce87f2f73527797f84/3e7d0a98646e08cbdceb91b45c1b440d.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 Berlingo  quot;Color Zone quot; до 20л., металлический корпус, розовый</t>
   </si>
   <si>
     <t>Цельнометаллический степлер Berlingo &amp;quot;Color Zone&amp;quot; подходит&amp;nbsp;&amp;nbsp;для ежедневного использования.&amp;nbsp;&amp;nbsp;Оснащен встроенным антистеплером. Вмещает 100 скоб размером&amp;nbsp;&amp;nbsp;№24/6, 26/6, имеет 2 типа скрепления. Сшивает до 20 листов. Глубина захвата - 55 мм. Упакован в картонный короб.</t>
   </si>
   <si>
     <t>560733</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5e3/5e3f579fc3292dc65eb242e59ca74997/744f0e961bfbd02a910b8341b1ac6747.jpg</t>
   </si>
   <si>
     <t>Степлер  10 Berlingo  quot;Hyper quot; до 20л, 100 скоб, пластиковый корпус, синий</t>
   </si>
   <si>
     <t>Степлер Berlingo &amp;quot;Hyper&amp;quot; выполнен в ярких модных цветах, прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования.&amp;nbsp;&amp;nbsp;У данной модели пластиковый корпус и полностью металлический механизм. Оснащен встроенным антистеплером. Вмещает 100 скоб размером&amp;nbsp;&amp;nbsp;№10, имеет 1 тип скрепления. Сшивает до 20 листов. Глубина захвата - 60 мм. Упакован в картонный короб.</t>
   </si>
   <si>
     <t>560737</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/653/653e1ebda43ac68a7117345ae6fd18f5/5a48747aacf83cd1a2bde5421c9aa0b2.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  10 Berlingo  quot;Hyper quot; до 20л, 100 скоб, пластиковый корпус, красный</t>
+  </si>
+  <si>
+    <t>560738</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3e8/3e8bf3b71c6852053204e12877e76c0f/0491cb223ebeb53fa66ceed64b97257b.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 Berlingo  quot;Office Soft quot; до 25л., пластиковый корпус, черный</t>
   </si>
   <si>
     <t>Корпус - пластик, механизм из металла. Антискользящие резиновые вставки в основании. Вмещает 100 скоб №24/6, 26/6, 2 типа скрепления. Сшивает до 25 листов. Глубина захвата - 50 мм.</t>
   </si>
   <si>
     <t>560739</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c56/c5638e61962fe3e8f4fc29fcd178527b/4d72d88c7d4ae617e1d67fd6fdb81512.jpg</t>
   </si>
   <si>
     <t>Степлер  10 OfficeSpace до 12л., пластиковый корпус, синий</t>
   </si>
   <si>
     <t>Удобный, пластиковый степлер для скоб №10, сшивает до 12 листов, вмещает 50 скоб, есть встроенный антистеплер. Цвет корпуса - синий.</t>
   </si>
   <si>
     <t>560748</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b6/4b6f617197df68bb2f471aafba6a4258/4505370562ab09b94e86d367415643ef.jpg</t>
   </si>
   <si>
     <t>Степлер  10 OfficeSpace до 12л., пластиковый корпус, черный</t>
   </si>
   <si>
     <t>Удобный, пластиковый степлер для скоб №10, сшивает до 12 листов, вмещает 50 скоб, есть встроенный антистеплер. Цвет корпуса - черный.</t>
   </si>
   <si>
     <t>560749</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0a1/0a144eb796628700ba66e87ceeeadef6/520c07904dce0cce51079e4e64158573.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ba2/ba292ac32bc8964697c72017cb26bef8/2def6bcf9829cdd7db8c9881e248f5f1.jpg</t>
   </si>
   <si>
     <t>Мини-степлер  10 OfficeSpace до 7л., пластиковый корпус, черный</t>
   </si>
   <si>
     <t>560751</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ebd/ebd31bf9c92ab31330f36ae04843e23e/2218adca4b14f755fca914299526ab3b.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера N24 6 Attache, никелированные  2-30лист.  1000 шт вуп.</t>
   </si>
   <si>
     <t>Скобы для степлера N24/6 Attache, никелированные &amp;#40;2-30лист.&amp;#41; 1000 шт вуп.</t>
   </si>
   <si>
     <t>586000</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/462/462852bf0636fa41536d4c1ea0a84fcf/1b38f20aea44205c476654e3c986efac.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера N24 6 Attache Economy, цинк серебр.1000 шт, в карт.кор.</t>
@@ -2894,62 +2906,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/12d/sjnixx93jxmim3a0iitdxxhepkzj1d0c.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера цинковое покрытие  10, 1000 штук, BRAUBERG  quot;EXTRA quot;, до 20 листов, 229298</t>
   </si>
   <si>
     <t>Скобы для степлера BRAUBERG &amp;quot;EXTRA&amp;quot; размером №10 обеспечивают сшивание до 20 листов. Цинковое покрытие защищает от коррозии. Выполнены из стали серебристого цвета. 1000 штук в картонной коробке хватит на долгое время. Используемые при производстве улучшенные материалы и специальная конструкция ножки облегчают сшивание бумаги в сравнении с обычными скобами.</t>
   </si>
   <si>
     <t>601175</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6c/yeg6b3pe06slvi3hk85m9pu1yjdzqjma.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера цинковое покрытие  24 6, 1000 штук, BRAUBERG  quot;EXTRA quot;, до 30 листов, 229299</t>
   </si>
   <si>
     <t>Скобы для степлера BRAUBERG &amp;quot;EXTRA&amp;quot; размером №24/6 обеспечивают сшивание до 30 листов. Цинковое покрытие защищает от коррозии. Выполнены из стали серебристого цвета. 1000 штук в картонной коробке хватит на долгое время. Используемые при производстве улучшенные материалы и специальная конструкция ножки облегчают сшивание бумаги в сравнении с обычными скобами.</t>
   </si>
   <si>
     <t>601176</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b7c/th3j0h4ps6y9p07im8vfpde5cv20h2d5.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4c8/k5fo3b70t4p2wnlzobesov0rh93d8pl6.jpg</t>
   </si>
   <si>
     <t>Степлер  10 BRAUBERG  quot;Extra quot;, до 20 листов, антистеплер, серый, 229083</t>
   </si>
   <si>
     <t>Настольный степлер с металлическим механизмом BRAUBERG &amp;quot;Extra&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе не только офисных работников, но и школьников и студентов, а также предпринимателей. Способен скрепить до 20 листов. Подходящий размер скоб №10. Глубина закладки бумаги - 55 мм. Вид сшивания: закрытый. Данная модель может выступать в качестве антистеплера, позволяющего разжать закрепленные скобы более качественно, не нанося повреждений ни материалу, ни кончикам пальцев. За счет компактных размеров не займет на рабочем столе много места, а классический серый цвет и дизайн будут отлично дополнять любой интерьер.Степлер BRAUBERG &amp;quot;Extra&amp;quot; высокого качества надолго станет незаменимым помощником при работе с документацией.</t>
   </si>
   <si>
     <t>601179</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb6/8ju4g6k50d7wcbcq78nakgzg18s0lgsv.jpg</t>
   </si>
   <si>
     <t>Степлер  10 BRAUBERG  quot;Extra quot;, до 20 листов, антистеплер, черно-красный, 229079</t>
   </si>
   <si>
     <t>Настольный степлер с металлическим механизмом BRAUBERG &amp;quot;Extra&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе не только офисных работников, но и школьников и студентов, а также предпринимателей. Способен скрепить до 20 листов. Подходящий размер скоб №10. Глубина закладки бумаги - 55 мм. Вид сшивания: закрытый. Данная модель может выступать в качестве антистеплера, позволяющего разжать закрепленные скобы более качественно, не нанося повреждений ни материалу, ни кончикам пальцев. Корпус изготовлен из пластика. За счет компактных размеров не займет на рабочем столе много места, а классическое сочетание черно-красных цветов и дизайн будут отлично дополнять любой интерьер.Степлер BRAUBERG &amp;quot;Extra&amp;quot; высокого качества надолго станет незаменимым помощником при работе с документацией.</t>
   </si>
   <si>
     <t>601180</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d3f/ifv1qeb6c91ecoqtwrn5knx91tshiz88.jpg</t>
@@ -2975,59 +2975,50 @@
   <si>
     <t>601185</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e3/72bg4jsr6pq0ovn47cwgkztwiyqz6haa.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 BRAUBERG  quot;Extra quot;, до 30 листов, черно-красный, 229085</t>
   </si>
   <si>
     <t>601186</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/46d/ftxdscqfvnhgvzggo1j27vv9az3aeu60.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 BRAUBERG  quot;Extra quot;, до 30 листов, черно-серый, 229086</t>
   </si>
   <si>
     <t>Настольный степлер с металлическим механизмом BRAUBERG &amp;quot;Extra&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе не только школьников и студентов, но и офисных работников, а также предпринимателей. Способен скрепить до 30 листов. Подходящий размер скоб №24/6, 26/6. Глубина закладки бумаги - 55 мм. Виды сшивания: закрытый, открытый и прямой. Резиновая накладка предотвращает скольжение степлера по столу. Корпус изготовлен из пластика. За счет компактных размеров не займет на рабочем столе много места, а классические цвета и дизайн будут отлично дополнять любой интерьер.Высокое качество степлера BRAUBERG &amp;quot;Extra&amp;quot; по доступной цене надолго станет незаменимым помощником при работе с документацией.</t>
   </si>
   <si>
     <t>601187</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ad6/infgv2jsm63i3dtpnljxuncwywabymv4.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/282/kv6tecq6k3758jqby8pleskts4enfyg9.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 МИНИ ЮНЛАНДИЯ  quot;Дельфин quot;, до 20 листов   скобы 24 6 1000 шт., ассорти, блистер, 228597</t>
   </si>
   <si>
     <t>Настольный степлер ЮНЛАНДИЯ &amp;quot;Дельфин&amp;quot; с металлическим механизмом незаменим в работе с документами. Полезный аксессуар для школы и дома. Для скрепления до 20 листов бумаги. В комплекте со степлером поставляются скобы №24/6 в количестве 1000 штук. Глубина закладки бумаги - 22 мм. Закрытый и прямой виды сшивания. Оснащен антистеплером. За счет компактных размеров не займет на парте или столе много места, а яркий желтый или голубой цвет и напоминающая дельфина форма скрасят время ребенка на уроках или при написании домашней работы.Степлер ЮНЛАНДИЯ высокого качества надолго станет незаменимым помощником при написании творческих работ.</t>
   </si>
   <si>
     <t>601191</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7db/7dbbf9a76ae30b713ef03239cec14eb2/0f6af45ece296ceb4459167d5df69b31.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 Berlingo  quot;Fuze quot; до 25л., 100 скоб, пластиковый корпус, зеленый</t>
   </si>
   <si>
     <t>Степлер Berlingo &amp;quot;Fuze&amp;quot; выполнен в сочетании ярких неоновых цветов,&amp;nbsp;&amp;nbsp;подходит&amp;nbsp;&amp;nbsp;для ежедневного использования.&amp;nbsp;&amp;nbsp;У данной модели пластиковый корпус с антискользящими резиновыми вставками и металлический механизм. Вмещает 100 скоб размером&amp;nbsp;&amp;nbsp;№24/6, 26/6 , имеет 2 типа скрепления. Сшивает до 25 листов. Глубина захвата - 50 мм. Упакован в картонный короб.</t>
   </si>
   <si>
     <t>608408</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/56f/56ff92b42d40ac6b7573339ad312c334/440db17802a38a287e98800a1807bc7a.jpg</t>
@@ -3038,50 +3029,59 @@
   <si>
     <t>608409</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef6/ef6e9c1b6345f934c06485728ca69463/53bd2141666aa5103b0eb8a9656bbc2b.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 Berlingo  quot;Fuze quot; до 25л., 100 скоб, пластиковый корпус, фиолетовый</t>
   </si>
   <si>
     <t>608410</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/714/7148ebae7a0e83b2d06a4dc19c69dda2/7e9add9708478b7352cd8c601deaaf99.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 Berlingo  quot;Hyper quot; до 25л., пластиковый корпус, зеленый</t>
   </si>
   <si>
     <t>Степлер Berlingo &amp;quot;Hyper&amp;quot; выполнен в ярких модных цветах, прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования.&amp;nbsp;&amp;nbsp;У данной модели пластиковый корпус и полностью металлический механизм. Оснащен встроенным антистеплером. Вмещает 50 скоб размером&amp;nbsp;&amp;nbsp;№24/6, 26/6 , имеет 2 типа скрепления. Сшивает до 25 листов. Глубина захвата - 52 мм. Упакован в картонный короб.</t>
   </si>
   <si>
     <t>608411</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b54/b54fb5ccf1826458455935ed5ea325d2/eb7161c3cdc524b54d97f4a8abae9313.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6, 26 6 Berlingo  quot;Hyper quot; до 25л., пластиковый корпус, красный</t>
+  </si>
+  <si>
+    <t>608412</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b34/b34ff1d0e937321384f50f61bd86f640/a2cade330a4c5931bcddc09de143188b.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 Berlingo  quot;Hyper quot; до 25л., пластиковый корпус, синий</t>
   </si>
   <si>
     <t>608413</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c3/8c353e8a36d0c86db6a15c02220ba68b/f7b5fe206ec17e5a0cd0a72e7b78b81e.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 Berlingo  quot;Power TX quot; до 30л., металлический корпус, зеленый</t>
   </si>
   <si>
     <t>Цельнометаллический степлер Berlingo &amp;quot;Power TX&amp;quot; выполнен в ярких модных цветах, прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования.&amp;nbsp;&amp;nbsp;Оснащен встроенным антистеплером. Вмещает 50 скоб размером&amp;nbsp;&amp;nbsp;№24/6, 26/6, имеет 2 типа скрепления. Сшивает до 30 листов. Глубина захвата - 50 мм. Упакован в картонный короб.</t>
   </si>
   <si>
     <t>608414</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/58d/58d6def51eb45eb3f1eba055577b106a/43d99531dc016e023014b6281affc0f2.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 Berlingo  quot;Power TX quot; до 30л., металлический корпус, красный</t>
@@ -3089,144 +3089,228 @@
   <si>
     <t>608415</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b7/4b7128fef31efe13d80caaee24a9df72/22189f50afe78f91bb2ea3044f26dc3e.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 Berlingo  quot;Power TX quot; до 30л., металлический корпус, синий</t>
   </si>
   <si>
     <t>608416</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2bf/2bf21233ed377cdfe99f9169bf954a37/c39d15c0854fe619653ee80c37b7084a.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 OfficeSpace до 25л., пластиковый корпус, черный</t>
   </si>
   <si>
     <t>Удобный, пластиковый степлер для скоб № 24/6 и 26/6, сшивает до 25 листов, вмещает 50 скоб. Пластиковый корпус, металлический механизм, цвет корпуса - черный. Упакован в картонную коробку.</t>
   </si>
   <si>
     <t>608418</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d8c/gamsbjl2m500he2jgmmwbnt2vonitxgx.jpg</t>
+  </si>
+  <si>
+    <t>Антистеплер для скоб  10 и  24 6, BRAUBERG  quot;METROPOLIS quot;, с фиксатором, ассорти, 228745</t>
+  </si>
+  <si>
+    <t>Антистеплер BRAUBERG &amp;quot;METROPOLIS&amp;quot; предназначен для удаления скоб № 10 и № 24/6. Рабочий механизм антистеплера выполнен из высокопрочной стали, корпус - из высококачественного пластика, следы износа которого не будут заметны даже спустя многократное использование. Наличие фиксатора обеспечивает удобное хранение в закрытом положении. Позволяет разжать закрепленные скобы более качественно, не нанося повреждений ни материалу, ни кончикам пальцев. Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>617183</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e1e/oyfz2nzbc68szpqxf1pdwjn6y1v73fd6.jpg</t>
+  </si>
+  <si>
+    <t>Антистеплер для скоб  10 и  24 6, BRAUBERG  quot;METROPOLIS quot;, с фиксатором, черный, 228744</t>
+  </si>
+  <si>
+    <t>Антистеплер BRAUBERG &amp;quot;METROPOLIS&amp;quot; предназначен для удаления скоб № 10 и № 24/6. Рабочий механизм антистеплера выполнен из высокопрочной стали, корпус - из высококачественного пластика, следы износа которого не будут заметны даже после многократного использования. Наличие фиксатора обеспечивает удобное хранение в закрытом положении. Позволяет разжать закрепленные скобы более качественно, не нанося повреждений ни материалу, ни кончикам пальцев.</t>
+  </si>
+  <si>
+    <t>617184</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/894/pvbsdb82uvdgznv3zi0pb6e7go8rkmnf.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  10 BRAUBERG  quot;METROPOLIS quot;, до 20 листов, с антистеплером, ассорти, 228751</t>
+  </si>
+  <si>
+    <t>Cтеплер с металлическим механизмом BRAUBERG &amp;quot;METROPOLIS&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе офисных работников, школьников и студентов. Способен скрепить до 20 листов. Стандартный размер скоб №10. Глубина закладки бумаги - 58 мм. Виды сшивания: закрытый, прямой. Данная модель может выступать в качестве антистеплера, позволяющего разжать закрепленные скобы более качественно, не нанося повреждений ни материалу, ни кончикам пальцев. Корпус изготовлен из пластика. За счет компактных размеров не займет на рабочем столе много места. Имеет классический дизайн и выступает в синем, красном и зеленом цветах.</t>
+  </si>
+  <si>
+    <t>617187</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3f1/fmk5uiusi7cepd0spwjyeb7h2yi37pwy.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  10 BRAUBERG  quot;METROPOLIS quot;, до 20 листов, с антистеплером, черный, 228750</t>
+  </si>
+  <si>
+    <t>Cтеплер с металлическим механизмом BRAUBERG &amp;quot;METROPOLIS&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе офисных работников, школьников и студентов. Способен скрепить до 20 листов. Стандартный размер скоб №10. Глубина закладки бумаги - 58 мм. Виды сшивания: закрытый, прямой. Данная модель может выступать в качестве антистеплера, позволяющего разжать закрепленные скобы более качественно, не нанося повреждений ни материалу, ни кончикам пальцев. За счет компактных размеров не займет на рабочем столе много места. Имеет классический дизайн.</t>
+  </si>
+  <si>
+    <t>617188</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e2a/1fzcehs3pcdqy7wuy026annj20s6ya5q.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  10 BRAUBERG  quot;ULTRA quot;, до 20 листов, с антистеплером, черный, 228754</t>
+  </si>
+  <si>
+    <t>Cтеплер BRAUBERG &amp;quot;ULTRA&amp;quot; № 10 - один из самых важных помощников для работы с документацией в офисе, образовательных учреждениях и дома. Cтеплер BRAUBERG &amp;quot;ULTRA&amp;quot; с антистеплером в черном пластиковом корпусе с металлическим механизмом cпособен скрепить до 20 листов. Подходящий размер скоб - № 10. Глубина закладки бумаги - 60 мм. Виды сшивания: закрытый, прямой. Габариты: высота - 47 мм, ширина - 31 мм, длина - 117 мм. Благодаря компактным размерам удобен в использовании и занимает мало места на рабочем столе, а необычный современный дизайн украсит любой интерьер. Продается в картонной упаковке.</t>
+  </si>
+  <si>
+    <t>617191</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/954/duemk6b05v39x211hip16irdc27olade.jpg</t>
   </si>
   <si>
     <t>Степлер  10 STAFF  quot;Basic quot;, до 12 листов, с антистеплером, синий, 228738</t>
   </si>
   <si>
     <t>Настольный степлер STAFF &amp;quot;Profit&amp;quot; №10 обеспечит качественное скрепление документов не только в офисе, но и дома. Степлер STAFF &amp;quot;Profit&amp;quot; с антистеплером в синем эргономичном пластиковом корпусе с металлическим механизмом cпособен скрепить до 12 листов. Подходящий размер скоб № 10. Виды сшивания: закрытый. Глубина закладки бумаги - 49 мм. Габариты: высота - 42 мм, ширина - 21 мм, длина - 89 мм. Благодаря компактным размерам удобен в использовании и занимает мало места на рабочем столе, а классический дизайн делает степлер подходящим к любому интерьеру. Продается в картонной упаковке.</t>
   </si>
   <si>
     <t>617192</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/25a/6nqvd05dca7qs0x446l58u5so6q6qhqo.jpg</t>
   </si>
   <si>
     <t>Степлер  10 STAFF  quot;Basic quot;, до 12 листов, с антистеплером, черный, 228737</t>
   </si>
   <si>
     <t>Настольный степлер STAFF &amp;quot;Profit&amp;quot; №10 обеспечит качественное скрепление документов не только в офисе, но и дома. Степлер STAFF &amp;quot;Profit&amp;quot; с антистеплером в черном эргономичном пластиковом корпусе с металлическим механизмом cпособен скрепить до 12 листов. Подходящий размер скоб № 10. Виды сшивания: закрытый. Глубина закладки бумаги - 49 мм. Габариты: высота - 42 мм, ширина - 21 мм, длина - 89 мм. Благодаря компактным размерам удобен в использовании и занимает мало места на рабочем столе, а классический дизайн делает степлер подходящим к любому интерьеру. Продается в картонной упаковке.</t>
   </si>
   <si>
     <t>617193</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/21f/2hs9ttjzun9s3k9oze1ld9e7oonhhwna.jpg</t>
   </si>
   <si>
     <t>Степлер  10 STAFF  quot;EVERYDAY quot;, до 12 листов, с антистеплером, синий, 228736</t>
   </si>
   <si>
     <t>Настольный степлер STAFF &amp;quot;EVERYDAY&amp;quot; №10 обеспечит качественное скрепление документов не только в офисе, но и дома. Степлер STAFF &amp;quot;EVERYDAY&amp;quot; с антистеплером в синем эргономичном пластиковом корпусе с металлическим механизмом cпособен скрепить до 12 листов. Подходящий размер скоб № 10. Виды сшивания: закрытый. Глубина закладки бумаги - 43 мм. Габариты: высота - 40 мм, ширина - 29 мм, длина - 100 мм. Благодаря компактным размерам удобен в использовании и занимает мало места на рабочем столе, а классический дизайн делает степлер подходящим к любому интерьеру. Продается в картонной упаковке.</t>
   </si>
   <si>
     <t>617194</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f46/fj5wprfpj8j2bhe50i2txi9mwzim1uog.jpg</t>
-[...20 lines deleted...]
-    <t>617206</t>
+    <t>http://anytos.ru//upload/iblock/df6/tdgoz1ysrjc0nbzq1tmcuflefkk49qeo.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6, 26 6 BRAUBERG  quot;ADVANCED quot;, до 20 листов, с антистеплером, черный, 228748</t>
+  </si>
+  <si>
+    <t>Настольный степлер №24/6, 26/6 BRAUBERG &amp;quot;ADVANCED&amp;quot; в пластиковом корпусе с металлическим механизмом предназначен для надежного и качественного скрепления документов в офисе и дома. Настольный степлер BRAUBERG &amp;quot;ADVANCED&amp;quot; в черном пластиковом корпусе с металлическим механизмом cпособен скрепить до 20 листов. Подходящий размер скоб №24/6, 26/6. Виды сшивания: закрытый, прямой. Глубина закладки бумаги - 50 мм. Габариты: высота - 48 мм, ширина - 22 мм, длина - 117 мм. Благодаря компактным размерам удобен в использовании и занимает мало места на рабочем столе, а классический дизайн делает степлер подходящим к любому интерьеру. Продается в картонной упаковке. Для удобства при использовании присутствует антискользящая ребристая вставка.</t>
+  </si>
+  <si>
+    <t>617198</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/108/a0yigpdnt03x5vnypvlct0ub19tfy02z.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6, 26 6 BRAUBERG  quot;METROPOLIS quot;, до 30 листов, ассорти, 228753</t>
+  </si>
+  <si>
+    <t>Cтеплер с металлическим механизмом BRAUBERG &amp;quot;METROPOLIS&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе офисных работников, школьников и студентов. Способен скрепить до 30 листов. Стандартный размер скоб №24/6, 26/6. Глубина закладки бумаги - 45 мм. Виды сшивания: закрытый, прямой и открытый. Данная модель может выступать в качестве антистеплера, позволяющего разжать закрепленные скобы более качественно, не нанося повреждений ни материалу, ни кончикам пальцев. За счет компактных размеров не займет на рабочем столе много места. Имеет классический дизайн и выступает в синем, красном и зеленом цветах.</t>
+  </si>
+  <si>
+    <t>617199</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4d7/8jya09dn4vcjylup6sd8mfxdy58pw83z.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6, 26 6 BRAUBERG  quot;METROPOLIS quot;, до 30 листов, черный, 228752</t>
+  </si>
+  <si>
+    <t>Cтеплер с металлическим механизмом BRAUBERG &amp;quot;METROPOLIS&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе офисных работников, школьников и студентов. Способен скрепить до 30 листов. Стандартный размер скоб №24/6, 26/6. Глубина закладки бумаги - 45 мм. Виды сшивания: закрытый, открытый, прямой. Корпус выполнен из пластика. Благодаря компактным размерам удобен в использовании и занимает мало места на рабочем столе, а классический дизайн делает степлер подходящим к любому интерьеру. Продается в картонной упаковке.</t>
+  </si>
+  <si>
+    <t>617200</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d3/s2zkgw55hxha700fsfflwinb2wu464e2.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6, 26 6 BRAUBERG  quot;ULTRA quot;, до 30 листов, с антистеплером, голубой, 228757</t>
+  </si>
+  <si>
+    <t>Степлер №24/6, 26/6 BRAUBERG &amp;quot;ULTRA&amp;quot; предназначен для надежного и качественного скрепления документов в офисе и дома. Степлер №24/6, 26/6 BRAUBERG &amp;quot;ULTRA&amp;quot; в голубом пластиковом корпусе с металлическим механизмом способен скрепить до 30 листов. Подходящий размер скоб №24/6, 26/6. Виды сшивания: закрытый, открытый и прямой. Глубина закладки бумаги - 52 мм. Габариты: высота - 45 мм, ширина - 34 мм, длина - 115 мм. Благодаря компактным размерам удобен в использовании и занимает мало места на рабочем столе, а необычный современный дизайн украсит любой интерьер. Продается в картонной упаковке.</t>
+  </si>
+  <si>
+    <t>617201</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/086/3pzad7kjzy389l63zxvg9jes5699lrbu.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6, 26 6 BRAUBERG  quot;ULTRA quot;, до 30 листов, с антистеплером, черный, 228756</t>
+  </si>
+  <si>
+    <t>Степлер №24/6, 26/6 BRAUBERG &amp;quot;ULTRA&amp;quot; предназначен для надежного и качественного скрепления документов в офисе и дома. Степлер №24/6, 26/6 BRAUBERG &amp;quot;ULTRA&amp;quot; в черном пластиковом корпусе с металлическим механизмом cпособен скрепить до 30 листов. Подходящий размер скоб №24/6, 26/6. Виды сшивания: закрытый, открытый и прямой. Глубина закладки бумаги - 52 мм. Габариты: высота - 45 мм, ширина - 34 мм, длина - 115 мм. Благодаря компактным размерам удобен в использовании и занимает мало места на рабочем столе, а необычный современный дизайн украсит любой интерьер. Продается в картонной упаковке.</t>
+  </si>
+  <si>
+    <t>617202</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d7a/d7acdecd1cc77fce80e49c05c492949b.jpg</t>
   </si>
   <si>
     <t>Степлер Attache Economy до 20 листов, на 24 6, 26 6 пластик, ч рный</t>
   </si>
   <si>
     <t>Степлер Attache Economy до 20 листов, на 24/6, 26/6 пластик, чёрный</t>
   </si>
   <si>
     <t>619773</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4a6/4a6ac5909af21f90ecf7cda86780b6e9.jpg</t>
-[...20 lines deleted...]
-    <t>627627</t>
+    <t>http://anytos.ru//upload/iblock/a8e/a8ee6a6e040b6baaa1a76b7b855b023c.jpg</t>
+  </si>
+  <si>
+    <t>Степлер SAX DESIGN 449 А3  24 6, 26 6  20 листов, черный</t>
+  </si>
+  <si>
+    <t>Степлер SAX DESIGN 449 А3 &amp;#40;24/6, 26/6&amp;#41; 20 листов, черный</t>
+  </si>
+  <si>
+    <t>627635</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/65f/65f52a119b790320205da09a2c3c496a.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 Berlingo  quot;Fluent quot;, до 25л., пластиковый корпус, розовый</t>
   </si>
   <si>
     <t>Cтеплеры Berlingo &amp;quot;Fluent&amp;quot; выполнены в ярких неоновых цветах. Имеют пластиковый корпус, металлический механизм и мягкую антискользящую прорезиненную вставку, что обеспечивает комфортную работу степлеров.&amp;nbsp;&amp;nbsp;Вмещают 100 скоб размером №24/6, 26/6, имеют 2 типа скрепления. Сшивают до 25 листов. Глубина захвата - 45 мм. Упакован в картонный короб. Рекомендуется использовать со скобами Berlingo.</t>
   </si>
   <si>
     <t>630537</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f1/9f1e0209700b25ca23858b78e7dcd2a8.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 Berlingo  quot;Fluent quot;, до 25л., пластиковый корпус, голубой</t>
   </si>
   <si>
     <t>630538</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/498/498b28c38cd4ed16700a427e3fc5f800.jpg</t>
   </si>
@@ -3335,77 +3419,65 @@
   <si>
     <t>682560</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e7d/gtg6ux84sr89ga5wwtamx8prjou70g21.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 Berlingo  quot;Office Soft quot; до 25л., пластиковый корпус, фиолетовый</t>
   </si>
   <si>
     <t>682561</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/876/ajo4uag2n7ekiy1929j6fez8775e0sz0.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 KW-trio, до 20 листов, С ФУНКЦИЕЙ БРОШЮРОВАНИЯ, серо-черный, 5900, -5900</t>
   </si>
   <si>
     <t>Брошюровочный степлер №24/6 с максимальной величиной скрепления - 20 листов.</t>
   </si>
   <si>
     <t>694485</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bc5/lfzphe4rqx2ktolm6dg206nmh25ju1ol.jpg</t>
-[...8 lines deleted...]
-    <t>695188</t>
+    <t>http://anytos.ru//upload/iblock/cc1/3djq6sku7yad10f5d332jgymrfs146ll.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера  23 10 Globus, оцинкованные, 1000шт.</t>
+  </si>
+  <si>
+    <t>Скобы для степлера № 23/10 выполнены из качественного металла с цинковым покрытием. Предназначены для степлеров со сшивающей способностью до 70 листов &amp;#40;для бумаги толщиной 0,07 и 0,08 мм&amp;#41;. В картонной упаковке1000 скоб.</t>
+  </si>
+  <si>
+    <t>695189</t>
   </si>
   <si>
     <t>&lt;a href="/brands/globus/"&gt;Globus&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cc1/3djq6sku7yad10f5d332jgymrfs146ll.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/735/flny0xt74p2unqdgs1hvij4zvyhqgvsc.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера  23 8 Globus, оцинкованные, 1000шт.</t>
   </si>
   <si>
     <t>Скобы для степлера № 23/8 выполнены из качественного металла с цинковым покрытием. Предназначены для степлеров со сшивающей способностью до 50 листов &amp;#40;для бумаги толщиной 0,07 и 0,08 мм&amp;#41;. В картонной упаковке1000 скоб.</t>
   </si>
   <si>
     <t>695190</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c93/z13d61tr8vpygozdghifhhnyc0f6j2en.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера  24 26 6 Globus, оцинкованные, 1000шт.</t>
   </si>
   <si>
     <t>Скобы для степлера № 24/26/6 выполнены из качественного металла с цинковым покрытием. Предназначены для степлеров со сшивающей способностью до 25 листов &amp;#40;для бумаги толщиной 0,07 и 0,08 мм&amp;#41;. В картонной упаковке1000 скоб.</t>
   </si>
   <si>
     <t>695191</t>
   </si>
   <si>
     <t>30</t>
@@ -3437,125 +3509,134 @@
   <si>
     <t>http://anytos.ru//upload/iblock/260/j0fa120adxeeyvv0t3lkx7jf91edcw3s.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Антистеплер с фиксатором Erich Krause Classic  в коробке по 1 шт. </t>
   </si>
   <si>
     <t>Антистеплер изготовлен из ударопрочного пластика с механизмом из высококачественной оцинкованной стали. Имеет фиксатор для хранения в сложенном положении. Удобен для быстрого и безопасного удаления скоб №10, №24/6, 26/6</t>
   </si>
   <si>
     <t>698666</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e59/emx83kwk0mhmozr1b2y5nlzdm6y8rds1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Антистеплер с фиксатором Erich Krause Elegance черный  в коробке по 1 шт. </t>
   </si>
   <si>
     <t>698667</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9d9/iy1qxigri7pd4ql8t7cawsk60jis4lxt.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Антистеплер Erich Krause Classic  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Антистеплер изготовлен из ударопрочного пластика с механизмом из высококачественной оцинкованной стали. Удобен для быстрого и безопасного удаления скоб №10, №24/6, 26/6</t>
+  </si>
+  <si>
+    <t>698668</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a99/xxhymqew4ncskohpxc4553i327jjx6wm.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Мини-степлер  10 Erich Krause ErgoLine до 15 листов, ярко-салатовый  в коробке по 1 шт. </t>
   </si>
   <si>
     <t>Мини-степлер со встроенным антистеплером изготовлен из ударопрочного пластика с высококачественным стальным механизмом. На корпусе предусмотрена резиновая противоскользящая вставка. Вмещает до 50 скоб №10. Пробивает до 15 листов. Глубина закладки бумаги до 26 мм. Гарантия на механизм 2 года при условии использования скоб ErichKrause®.</t>
   </si>
   <si>
     <t>698673</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6bd/be8h65uh4d8crdg7mnco2u1njr3ri2oi.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/46e/xziaaxzx3n0ir93imw4u47o30vkevckb.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Степлер мощный  23 Erich Krause Elegance до 100 листов, черный  в коробке по 1 шт. </t>
   </si>
   <si>
     <t>Мощный степлер для скрепления большого объема документов. Изготовлен из ударопрочного пластика с высококачественным стальным механизмом. На корпусе предусмотрена резиновая противоскользящая вставка. Максимальный объем скрепления до 100 листов достигается при использовании скоб №23/13. Вмещает до 100 скоб №24/6, 23/6, 23/8, 23/10, 23/13. Пластиковая вставка на основании не царапает поверхность стола и предотвращает скольжение степлера. Наличие регулируемого расстояния до места скрепления. Глубина закладки бумаги до 55 мм. Гарантия на механизм 2 года при условии использования скоб ErichKrause®.</t>
   </si>
   <si>
     <t>698678</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/729/7z0mb3enbpafji0n469b00w5cvi1frvh.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Степлер мощный  23 Erich Krause Elegance до 140 листов, черный  в коробке по 1 шт. </t>
   </si>
   <si>
     <t>Мощный степлер для скрепления большого объема документов. Изготовлен из ударопрочного пластика с высококачественным стальным механизмом. На корпусе предусмотрена резиновая противоскользящая вставка. Максимальный объем скрепления до 140 листов достигается при использовании скоб №23/17. Вмещает до 100 скоб №24/6, 23/6, 23/8, 23/10, 23/13, 23/15, 23/17. Имеет систему автоматической подачи контейнера для загрузки скоб. Пластиковая вставка на основании не царапает поверхность стола и предотвращает скольжение степлера. Наличие регулируемого расстояния до места скрепления. Глубина закладки бумаги до 65 мм. Гарантия на механизм 2 года при условии использования скоб ErichKrause®.</t>
   </si>
   <si>
     <t>698679</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eee/mkk6aq2gvinidp6xj7btz44a2thtz3d4.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Скобы  10 Erich Krause омедненные  коробка 1000 шт. </t>
   </si>
   <si>
     <t>Омедненные скобы из высококачественной оцинкованной стальной проволоки повышенной прочности со специально заостренными углами ножек, увеличивающих пробивную способность. Кассеты не рассыпаются благодаря качественной склейке. Не ржавеют.</t>
   </si>
   <si>
     <t>698681</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/79b/htn1zlt4mcko3dbew1p3s5y9um384cab.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Скобы  10 Erich Krause  коробка 1000 шт. </t>
   </si>
   <si>
     <t>Скобы из высококачественной оцинкованной стальной проволоки повышенной прочности со специально заостренными углами ножек, увеличивающих пробивную способность. Кассеты не рассыпаются благодаря качественной склейке. Не ржавеют.</t>
   </si>
   <si>
     <t>698682</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/738/lstthrxsffd1kwok6ukde1t96fnyf66f.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скобы  23 10 для мощных степлеров Erich Krause  коробка 1000 шт. </t>
+  </si>
+  <si>
+    <t>698683</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b06/6xrk4avj9pvk0rnmrshh93kdrqd4e71n.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Скобы  24 6 Erich Krause  коробка 1000 шт. </t>
   </si>
   <si>
     <t>698688</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e56/rl203z36c4wj14haln0d22erw67sm5sy.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Степлер  24 6 Erich Krause Classic до 25 листов, черный  в коробке по 1 шт. </t>
   </si>
   <si>
     <t>Степлер No. 24/6 от Эрих Краузе. Классическая форма. До 20 листов. Цвета: черный..</t>
   </si>
   <si>
     <t>698692</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b18/j3wxn1hl3hnzl2qzv3ev6ohsegvhk5ew.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Степлер  10 Erich Krause Elegance до 20 листов, ассорти  в коробке по 1 шт. </t>
@@ -3677,62 +3758,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/685/4y58g7fs4nnpqqh5e0kxxd8qllpvr4p2.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера  24  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Скобы для степлера №24/6 &amp;quot;Darvish&amp;quot;. Минибокс 10*1000шт</t>
   </si>
   <si>
     <t>707676</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/238/ks5w4v5hpu14z3zyubz4itxt528l8k5m.jpg</t>
   </si>
   <si>
     <t>Степлер  10  quot;Darvish quot; металлический корпус сшивает до 10 листов</t>
   </si>
   <si>
     <t>Степлер №10 &amp;quot;Darvish&amp;quot; металлический корпус сшивает до 10 листов</t>
   </si>
   <si>
     <t>707677</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/76c/k56fkb5133s9vovqnp78mt30ly3kmapv.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/98b/z5i0yf0xv5yykhg0dtboqwfrgic5qmr6.jpg</t>
   </si>
   <si>
     <t>Степлер  24  quot;Darvish quot; пластиковый корпус сшивает до 20 листов</t>
   </si>
   <si>
     <t>Степлер №24 &amp;quot;Darvish&amp;quot; пластиковый корпус сшивает до 20 листов</t>
   </si>
   <si>
     <t>707681</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b61/3af2rrtno5299at269m9lg18i0zlwmvy.jpg</t>
   </si>
   <si>
     <t>707682</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c5f/hw08lvgcirhluqc6giy09xcg4m1zkp51.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера N23 10 Economy, стальные, 1000 шт, в картонной коробке</t>
   </si>
   <si>
     <t>Скобы для степлера N23/10 Economy, стальные, 1000 шт, в картонной коробке</t>
@@ -3743,98 +3812,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/fd3/v9rrq92zr9nomxcxe1wfxyz4ywyav1lj.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера N23 13 ATTACHE ECONOMY оцинкованные 1000шт в уп</t>
   </si>
   <si>
     <t>Скобы для степлера N23/13 ATTACHE ECONOMY оцинкованные 1000шт в уп</t>
   </si>
   <si>
     <t>717143</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/102/prl106oqs2j5ew6iouzckh9qez8d5ngk.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 Berlingo  quot;DoubleBlack quot;, до 20л., пластиковый корпус, черный</t>
   </si>
   <si>
     <t>Степлер Berlingo &amp;quot;DoubleBlack&amp;quot; отличается от других моделей необычным дизайном, напечатанным на верхней крышке корпуса. Данный степлер прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования.&amp;nbsp;&amp;nbsp;Имеет пластиковый корпус и&amp;nbsp;&amp;nbsp;металлический механизм. Вмещает 100 скоб размером&amp;nbsp;&amp;nbsp;№24/6, 26/6 , имеет 2 типа скрепления. Сшивает до 20 листов. Глубина захвата - 55 мм. Упакован в блистер с европодвесом.&amp;nbsp;&amp;nbsp;Рекомендуется использовать со скобами Berlingo.</t>
   </si>
   <si>
     <t>769497</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fa0/hfmjs2uegd2s61pv9qk4xy8yrk12m8d4.jpg</t>
-[...8 lines deleted...]
-    <t>775378</t>
+    <t>http://anytos.ru//upload/iblock/e6d/85uymb1ivnpu6ijtuug55zcr3dp8eokq.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мини-степлер  24 6 ErichKrause  Compact до 20 листов, ассорти  в коробке по 1 шт. </t>
+  </si>
+  <si>
+    <t>Мини-степлер №24/6 ErichKrause® Compact до 20 листов, ассорти &amp;#40;в коробке по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771871</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa0/e8do2jtu9m1jnrwqfqbw9xnsj6hx38vk.jpg</t>
   </si>
   <si>
     <t>Мини-степлер  24 6, 26 6 Berlingo  quot;Comfort quot; до 20л., пластиковый корпус, черный</t>
   </si>
   <si>
     <t>Мини-степлер Berlingo &amp;quot;Comfort&amp;quot; выполнен в классических цветах, прекрасно подходит для ежедневного использования.&amp;nbsp;&amp;nbsp;У данной модели пластиковый корпус и&amp;nbsp;&amp;nbsp;металлический механизм. Оснащен встроенным антистеплером. Вмещает 50 скоб размером&amp;nbsp;&amp;nbsp;№24/6, 26/6 , имеет 1 тип скрепления. Сшивает до 20 листов. Глубина захвата - 25 мм. Упакован в картонный короб. Рекомендуется использовать со скобами Berlingo.</t>
   </si>
   <si>
     <t>775381</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a96/6t4zgro4z51g5fk2bftb20px2l49cp7m.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6, 26 6 Berlingo  quot;Hyper quot; до 25л., пластиковый корпус, черный</t>
+  </si>
+  <si>
+    <t>Степлер Berlingo &amp;quot;Hyper&amp;quot; выполнен в стильном черном цвете, прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования.&amp;nbsp;&amp;nbsp;У данной модели пластиковый корпус и полностью металлический механизм. Оснащен встроенным антистеплером. Вмещает 50 скоб размером&amp;nbsp;&amp;nbsp;№24/6, 26/6 , имеет 2 типа скрепления. Сшивает до 25 листов. Глубина захвата - 52 мм. Упакован в картонный короб. Рекомендуется использовать со скобами Berlingo.</t>
+  </si>
+  <si>
+    <t>775383</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7ed/6zxbl4jwbwnfd41rc1q5kxp4mfupu68v.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 Berlingo  quot;Power TX quot; до 30л., металлический корпус, черный</t>
   </si>
   <si>
     <t>Цельнометаллический степлер Berlingo &amp;quot;Power TX&amp;quot; выполнен в стильном черном цвете, прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования.&amp;nbsp;&amp;nbsp;Оснащен встроенным антистеплером. Вмещает 50 скоб размером&amp;nbsp;&amp;nbsp;№24/6, 26/6, имеет 2 типа скрепления. Сшивает до 30 листов. Глубина захвата - 50 мм. Упакован в картонный короб. Рекомендуется использовать со скобами Berlingo.</t>
   </si>
   <si>
     <t>775384</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4a2/rhdnnimt5saf9dtx8s94vfo4mhvo155r.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/094/5w65ltyphychcavqgel02r5uukfgop1p.jpg</t>
   </si>
   <si>
     <t>Степлер Attache PSBK1020  10  до 20 лист., пластик металл, ч рный</t>
   </si>
   <si>
     <t>Степлер Attache PSBK1020 &amp;#40;№10&amp;#41; до 20 лист., пластик/металл, чёрный</t>
   </si>
   <si>
     <t>788597</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f68/v6vqghlesffm941jqdx3dl4fi9dhvmvg.jpg</t>
   </si>
   <si>
     <t>Степлер Attache PSBL1020  10  до 20 лист., пластик металл, синий</t>
   </si>
   <si>
     <t>Степлер Attache PSBL1020 &amp;#40;№10&amp;#41; до 20 лист., пластик/металл, синий</t>
   </si>
   <si>
     <t>788598</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ffd/1egwr1jmjtd1ahmi4tmby3kph7371yhp.jpg</t>
@@ -3950,63 +4019,99 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2b5/ixfyiv3k68bnvdu86skkdhtjzamys1so.jpg</t>
   </si>
   <si>
     <t>Степлер мощный Deli Effortless N23 6-23 17 до 120 лис, картон. уп., ассорти</t>
   </si>
   <si>
     <t>Степлер мощный Deli Effortless N23/6-23/17 до 120 лис, картон. уп., ассорти</t>
   </si>
   <si>
     <t>796397</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6c/msbjbxdrixxupkzgjcj7dbcja81luv5p.jpg</t>
   </si>
   <si>
     <t>Степлер мощный Deli N23 6-23 13, до 80 листов, в картонной уп., ассорти</t>
   </si>
   <si>
     <t>Степлер мощный Deli N23/6-23/13, до 80 листов, в картонной уп., ассорти</t>
   </si>
   <si>
     <t>796400</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cb7/a9hbh86diyi40kg3yxegr992sa3g6o16.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  10 Berlingo  quot;Power TX quot; до 20л., металлический корпус, черный</t>
+  </si>
+  <si>
+    <t>Степлер Berlingo &amp;quot;Power TX&amp;quot; выполнен в классическом черном цвете, прекрасно подходит&amp;nbsp;&amp;nbsp;для ежедневного использования. Данная модель имеет металлический корпус и механизм. Оснащен встроенным антистеплером. Вмещает 50 скоб размером&amp;nbsp;&amp;nbsp;№10, имеет 1 тип скрепления. Сшивает до 20 листов. Глубина захвата - 50 мм. Упакован в картонный короб. Рекомендуется использовать со скобами Berlingo.</t>
+  </si>
+  <si>
+    <t>798028</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c65/g3gf6csubgx1occaludjhl4hrdsjej5b.jpg</t>
+  </si>
+  <si>
+    <t>Степлер энергосберегающий INFORMAT EASY до 25 листов   10 черный</t>
+  </si>
+  <si>
+    <t>При работе со степлером &amp;quot;EASY&amp;quot; требуется прикладывать на 60&amp;#37; меньше усилий по сравнению с обычными моделями. Рабочий механизм выполнен из металла, а корпус из пластика. Способен скрепить до 25 листов бумаги. Подходит для скоб № 10. Глубина сшивания &amp;#40;максимальная величина отступа от края бумаги при скреплении степлером&amp;#41; — 27 мм. Закрытый вид сшивания.</t>
+  </si>
+  <si>
+    <t>846705</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/732/sjiggjdsk3xh9hsv0ue6xjrg4t5o0n0z.jpg</t>
   </si>
   <si>
     <t>Степлер энергосберегающий INFORMAT EASY до 30 листов   24 6 черный</t>
   </si>
   <si>
     <t>При работе со степлером EASY требуется прикладывать на 60&amp;#37; меньше усилий по сравнению с обычными моделями. Рабочий механизм выполнен из металла, а корпус из пластика. Способен скрепить до 30 листов бумаги. Подходит для скоб № 24/6. Глубина сшивания &amp;#40;максимальная величина отступа от края бумаги при скреплении степлером&amp;#41; — 57 мм. Закрытый вид сшивания.</t>
   </si>
   <si>
     <t>846707</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/eb2/ay01ny1hw69ryjbsiof7m7j3p7tpk2wq.jpg</t>
+  </si>
+  <si>
+    <t>Степлер Мапед NIGHTFALL MINI до 15 листов   26 6 пластик  400 скоб</t>
+  </si>
+  <si>
+    <t>Степлер Мапед NIGHTFALL MINI до 15 листов № 26/6 пластик &amp;#43;400 скоб</t>
+  </si>
+  <si>
+    <t>847643</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e25/98cs2n26yimnao0ntju6imwd8dyvzzee.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера  24 6 и  26 6 Глобус С24 26 6-1000, цинк, 1000 шт уп</t>
   </si>
   <si>
     <t>Скобы для степлера №24/6 и №26/6 Глобус С24/26/6-1000, цинк, 1000 шт/уп</t>
   </si>
   <si>
     <t>881851</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/834/x8rgtif898p538pcrnix3h494vwrff44.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера  23 13 Deli Е0013 оцинкованные 1000 шт. уп</t>
   </si>
   <si>
     <t>Скобы для степлера №23/13 Deli Е0013 оцинкованные 1000 шт./уп</t>
   </si>
   <si>
     <t>907760</t>
   </si>
@@ -4037,50 +4142,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/db0/buxnrvln56vqiqie4fue9g1aojphlnlr.jpg</t>
   </si>
   <si>
     <t>Степлер Attache Economy  24 6, 26 6, до 20 листов, пластик, синий</t>
   </si>
   <si>
     <t>Степлер Attache Economy №24/6, 26/6, до 20 листов, пластик, синий</t>
   </si>
   <si>
     <t>932502</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/485/8vkdw8n9pwhwjkp21714x0y2qbtf4vnx.jpg</t>
   </si>
   <si>
     <t>Степлер МОЩНЫЙ до 100 листов BRAUBERG  quot;Heavy Duty Extra quot;, скобы   24 6-23 13, 270552</t>
   </si>
   <si>
     <t>Мощный степлер BRAUBERG &amp;quot;Heavy Duty Extra&amp;quot; предназначен для работы с большим объемом документов. Рабочий механизм выполнен из металла, корпус - из металла и пластика черного цвета. Способен скрепить до 100 листов бумаги. Подходит для скоб № 24/6, № 26/6, № 23/8, № 24/8, № 23/10, № 23/13. Глубина закладки бумаги регулируется - до 60 мм. Закрытый вид сшивания. Горизонтальная загрузка скоб.</t>
   </si>
   <si>
     <t>946233</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8d3/vas3jkp7jau8fgt9125yhuo0gqzcspzm.jpg</t>
+  </si>
+  <si>
+    <t>Степлер МОЩНЫЙ до 210 листов BRAUBERG  quot;Heavy Duty Extra quot;, скобы   24 6-23 24, 270554</t>
+  </si>
+  <si>
+    <t>Мощный степлер BRAUBERG &amp;quot;Heavy Duty Extra&amp;quot; предназначен для работы с большим объемом документов. Рабочий механизм выполнен из металла, корпус - из металла и пластика черного цвета. Способен скрепить до 210 листов бумаги. Подходит для скоб № 24/6, № 26/6, № 23/8, № 24/8, № 23/10, № 23/13, № 23/15, № 23/17, № 23/20, № 23/23, № 23/24. Глубина закладки бумаги регулируется - до 65 мм. Закрытый вид сшивания. Фронтальная загрузка скоб.</t>
+  </si>
+  <si>
+    <t>946235</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aef/atny2fmeqn0xua1wa1147rwjwsg3a7nl.jpg</t>
+  </si>
+  <si>
+    <t>Степлер MAPED COSMIC TEENS MINI до 15 листов   24 6,26 6 пластик</t>
+  </si>
+  <si>
+    <t>Степлер MAPED COSMIC TEENS MINI до 15 листов№ №24/6,26/6 пластик</t>
+  </si>
+  <si>
+    <t>948309</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c06/jaz747jrj2ni3rjl6gi1flqn6331h6b7.jpg</t>
   </si>
   <si>
     <t>Степлер Attache Economy до 25 листов, 24 6, 26 6, пласиковый корпус, синий</t>
   </si>
   <si>
     <t>Степлер Attache Economy до 25 листов, 24/6, 26/6, пласиковый корпус, синий</t>
   </si>
   <si>
     <t>952142</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/155/h5fvmstnmk0q8v2ga0l6rovmuid9wonp.jpg</t>
   </si>
   <si>
     <t>Степлер INFORMAT Office до 25 листов   24 6, 26 6 металл черный</t>
   </si>
   <si>
     <t>Степлер INFORMAT Office до 25 листов № 24/6, 26/6 металл черный</t>
   </si>
   <si>
     <t>955325</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/287/6o88rco7iz74m90xzlec62qqs30fewk5.jpg</t>
@@ -4112,59 +4241,65 @@
   <si>
     <t>http://anytos.ru//upload/iblock/69e/6qx3cjfnmgfe2p12ouzobdfh0sn5w85g.jpg</t>
   </si>
   <si>
     <t>Степлер-мини КОМУС 6116 Light-Force N24 6 до 20л, энергосберег, антист, синий</t>
   </si>
   <si>
     <t>Степлер-мини КОМУС 6116 Light-Force N24/6 до 20л, энергосберег, антист, синий</t>
   </si>
   <si>
     <t>964929</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/941/6lcmkrwuptcm06sz0p1a7m41x538ewfo.jpg</t>
   </si>
   <si>
     <t>Степлер КОМУС 1159  N23  до 100 листов, закрытое плоское сшивание черный</t>
   </si>
   <si>
     <t>Степлер КОМУС 1159 &amp;#40;N23&amp;#41; до 100 листов, закрытое плоское сшивание черный</t>
   </si>
   <si>
     <t>964932</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b2e/v2vcgglipwbi1kqnubk2iixupzcotj4c.jpg</t>
+  </si>
+  <si>
+    <t>Антистеплер КОМУС 1163 для скоб  10,24 6,26 6, без фикс.</t>
+  </si>
+  <si>
+    <t>Антистеплер КОМУС 1163 для скоб №10,24/6,26/6, без фикс.</t>
+  </si>
+  <si>
+    <t>964933</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0d5/w54plk410l9upzsqe9upmbm9o299e0bi.jpg</t>
   </si>
   <si>
-    <t>Антистеплер КОМУС 1163 для скоб  10,24 6,26 6, без фикс.</t>
-[...4 lines deleted...]
-  <si>
     <t>964934</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/add/scfkbb6biev7m50x12g73o0wscjzxm23.jpg</t>
   </si>
   <si>
     <t>Степлер Комус Light-Force  10  до 17листов, энергосберегающий</t>
   </si>
   <si>
     <t>Степлер Комус Light-Force &amp;#40;№10&amp;#41; до 17листов, энергосберегающий</t>
   </si>
   <si>
     <t>964935</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/380/h9l4u47lajkj3cwwq35sa6ujcp15qck9.jpg</t>
   </si>
   <si>
     <t>964936</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/023/ugpefkzo92sb9mod18km216wdt880af6.jpg</t>
   </si>
   <si>
     <t>Степлер Комус Prima  10  8241 синий до 12л.</t>
@@ -4313,62 +4448,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/491/88k7je6ie6lh1boxq9718ei3n4pnn57h.jpg</t>
   </si>
   <si>
     <t>Антистеплер Deli E0231 24 6 26 6 ассорти металл пластик коробка</t>
   </si>
   <si>
     <t>Антистеплер Deli E0231 24/6 26/6 ассорти металл/пластик коробка</t>
   </si>
   <si>
     <t>964955</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5be/j873zwqp70di1c0z1ncm2rquf1iltu4v.jpg</t>
   </si>
   <si>
     <t>Антистеплер Deli E0236 24 6 26 6 23 6 23 13 ассорти коробка</t>
   </si>
   <si>
     <t>Антистеплер Deli E0236 24/6 26/6 23/6 23/13 ассорти коробка</t>
   </si>
   <si>
     <t>974041</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/017/h7rgslh9ildfa0hkj9tcfi2jd0i1ib0l.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e5d/pwnegwn4ooi5gjn2tna8yehyrfhulpmf.jpg</t>
   </si>
   <si>
     <t>Антистеплер Комус PASBL2430  10,24 6-26 6  до 30 лист., пластик сталь, синий</t>
   </si>
   <si>
     <t>Антистеплер Комус PASBL2430 &amp;#40;№10,24/6-26/6&amp;#41; до 30 лист., пластик/сталь, синий</t>
   </si>
   <si>
     <t>974043</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/70e/8npf84tkt05fr7drjmtszebzcqdjomns.jpg</t>
   </si>
   <si>
     <t>Антистеплер Комус PASGR2430  10,24 6-26 6  до 30 лист., пластик сталь, зел ный</t>
   </si>
   <si>
     <t>Антистеплер Комус PASGR2430 &amp;#40;№10,24/6-26/6&amp;#41; до 30 лист., пластик/сталь, зелёный</t>
   </si>
   <si>
     <t>974044</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/990/5710fxfwco2qwp3m6f3c0f69dvh2pw6s.jpg</t>
@@ -4421,180 +4544,204 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c19/21qmr3qukhnta60m5dppugyky19cdzbv.jpg</t>
   </si>
   <si>
     <t>Степлер Комус Prima  10 8241 черный до 12л. антистеп</t>
   </si>
   <si>
     <t>Степлер Комус Prima &amp;#40;№10&amp;#41;8241 черный до 12л. антистеп</t>
   </si>
   <si>
     <t>974060</t>
   </si>
   <si>
     <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
   </si>
   <si>
     <t>Степлер мощный M G N24 8, 24 6, на 50 листов, цвет в ассортименте</t>
   </si>
   <si>
     <t>Степлер мощный M&amp;G N24/8, 24/6, на 50 листов, цвет в ассортименте</t>
   </si>
   <si>
     <t>974061</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/90d/9n265id898vpidmov45c5csjo6hp1b7x.jpg</t>
+  </si>
+  <si>
+    <t>Антистеплер INFORMAT ERGONOMICS   10, 24 6, 26 6 металл черный фиксатор</t>
+  </si>
+  <si>
+    <t>Антистеплер INFORMAT ERGONOMICS № 10, 24/6, 26/6 металл черный фиксатор</t>
+  </si>
+  <si>
+    <t>975480</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b33/cy5ip7xrvhffsuqt46sb0znd3n53w2u0.jpg</t>
   </si>
   <si>
     <t>Антистеплер Attache Economy для скоб N10, 24 6, 26 6, синий</t>
   </si>
   <si>
     <t>Антистеплер Attache Economy для скоб N10, 24/6, 26/6, синий</t>
   </si>
   <si>
     <t>991654</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d7/g0f8lukhlzwo5it3mijfpis27zsya5py.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера N23 24 Attache стальные 1000 шт упв картонной коробке</t>
   </si>
   <si>
     <t>Скобы для степлера N23/24 Attache стальные 1000 шт/упв картонной коробке</t>
   </si>
   <si>
     <t>991656</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/953/2zdv6intsgpdu22wlr7uqk37vbflm214.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера  24 6 Attache цветные, оцинкованные,1000 шт в карт.уп</t>
   </si>
   <si>
     <t>Скобы для степлера №24/6 Attache цветные, оцинкованные,1000 шт в карт.уп</t>
   </si>
   <si>
     <t>991657</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/524/b1a3fn0mv3cibesz9ixpjisjg0wltw5y.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Мини-степлер  10 ErichKrause Compact Classic до 15 листов, черный  в коробке по 1 штуке </t>
   </si>
   <si>
     <t>Мини-степлер №10 ErichKrause Compact Classic до 15 листов, черный &amp;#40;в коробке по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>995610</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/738/eeqi2t2fqv9u5fwav1h1fve96hhfngvh.jpg</t>
-[...8 lines deleted...]
-    <t>995612</t>
+    <t>http://anytos.ru//upload/iblock/107/z1zobj3f4ri1zty23pg7d2pb95tz3aoc.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мини-степлер  10 ErichKrause Compact Pastel до 15 листов, ассорти  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Мини-степлер №10 ErichKrause Compact Pastel до 15 листов, ассорти &amp;#40;в коробке по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>995611</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d12/mb2yyeaninzj2h207bisen0eg40y79n8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Мини-степлер  24 6, 26 6 ErichKrause Compact Neon до 20 листов, ассорти  в коробке по 1 штуке </t>
   </si>
   <si>
     <t>Мини-степлер №24/6, 26/6 ErichKrause Compact Neon до 20 листов, ассорти &amp;#40;в коробке по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>995613</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e0/kabgr4ogwdlziudqxjhgk9z6keij0o3x.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Мини-степлер  24 6, 26 6 ErichKrause Clippy Mini Classic до 15 листов, черный  в коробке по 1 штуке </t>
   </si>
   <si>
     <t>Мини-степлер №24/6, 26/6 ErichKrause Clippy Mini Classic до 15 листов, черный &amp;#40;в коробке по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>995614</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/068/wx76tz63gckzkjyze9ywtrl9mcv9n1fx.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Мини-степлер  24 6, 26 6 ErichKrause Clippy Mini Pastel Bloom до 15 листов, ассорти  в коробке по 1 штуке </t>
   </si>
   <si>
     <t>Мини-степлер №24/6, 26/6 ErichKrause Clippy Mini Pastel Bloom до 15 листов, ассорти &amp;#40;в коробке по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>995615</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/045/s1sl5d6yas4gefaneby674i3yhtoayjg.jpg</t>
-[...8 lines deleted...]
-    <t>995618</t>
+    <t>http://anytos.ru//upload/iblock/4f1/tw4z4oz3zsoh6fuz0f7y90fs7k8pphs7.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Степлер  10 ErichKrause Clippy Classic до 15 листов, черный  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Степлер №10 ErichKrause Clippy Classic до 15 листов, черный &amp;#40;в коробке по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>995616</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/573/m27fmvfmxvoq9kdzqbt4ggzr5e5nkk4b.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Степлер  10 ErichKrause Clippy Pastel Bloom до 15 листов,ассорти  в коробке по 1 штуке </t>
+  </si>
+  <si>
+    <t>Степлер №10 ErichKrause Clippy Pastel Bloom до 15 листов,ассорти &amp;#40;в коробке по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>995617</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c34/3k9qugvcytr9jpdf7v3tu86z494kpoat.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Степлер  10 ErichKrause Stells Manga до 15 листов, ассорти  в коробке по 1 штуке </t>
   </si>
   <si>
     <t>Степлер №10 ErichKrause Stells Manga до 15 листов, ассорти &amp;#40;в коробке по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>995619</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9aa/aw7nbpu7ay0sde7p44abnl02r0syehey.jpg</t>
-[...8 lines deleted...]
-    <t>996762</t>
+    <t>http://anytos.ru//upload/iblock/152/3unwa7v1d02cx3f0shkkq5jwksawto6c.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  10 BRAUBERG  quot;JET quot;, до 15 листов, эргономичный, бело-зеленый, 228580</t>
+  </si>
+  <si>
+    <t>Cтеплер с металлическим механизмом BRAUBERG &amp;quot;Jet&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе офисных работников, школьников и студентов. Способен скрепить до 15 листов. Стандартный размер скоб №10. Глубина закладки бумаги - 45 мм. Виды сшивания: закрытый, прямой. Данная модель может выступать в качестве антистеплера, позволяющего разжать закрепленные скобы более качественно, не нанося повреждений ни материалу, ни кончикам пальцев. Корпус изготовлен из пластика. За счет компактных размеров не займет на рабочем столе много места. Имеет стильный дизайн, комбинированный цвет и эргономичную форму корпуса.</t>
+  </si>
+  <si>
+    <t>996761</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e3d/cv2o6m501u2c2kg5b8z1a9zz64tccsob.jpeg</t>
   </si>
   <si>
     <t>СТЕПЛЕР КАНЦЕЛЯРСКИЙ СО СКОБАМИ 24 6-26 6,  quot;xPro quot;, 400 скоб</t>
   </si>
   <si>
     <t>Степлер канцелярский xPro ТМ Bruno Visconti 24/6-26/6 предназначен для надежного сшивания документов и скрепления листов. Степлер сшивает до 20 листов бумаги плотностью до 80 г/кв.м закрытым типом сшивания. Вместимость скоб в степлере - 50 штук. В комплекте со степлером идут 400 шт. скоб № 26/6.</t>
   </si>
   <si>
     <t>998257</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19b/0kee0hn1e0myvw4pcdrmznhnbf5zun1t.jpeg</t>
   </si>
   <si>
     <t>СТЕПЛЕР КАНЦЕЛЯРСКИЙ СО СКОБАМИ 24 6-26 6,  quot;KAWAII quot;, 400 скоб</t>
   </si>
   <si>
     <t>Степлер канцелярский KAWAII ТМ Bruno Visconti 24/6-26/6 предназначен для надежного сшивания документов и скрепления листов. Степлер сшивает до 20 листов бумаги плотностью до 80 г/кв.м закрытым типом сшивания. Вместимость скоб в степлере - 50 штук. В комплекте со степлером идут 400 шт. скоб № 26/6.</t>
   </si>
@@ -4628,125 +4775,89 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3ac/uaoi0hkr3ygbaq1cf6cbp1dp0ojy9nny.jpg</t>
   </si>
   <si>
     <t>Скобы GLOBUS   24 6 оцинкованные, 1000 штук</t>
   </si>
   <si>
     <t>Скобы для степлера № 24/6 – изготовлены из стали высокого качества, благодаря чему не гнутся во время скрепления. В одной упаковке 1000 шт.</t>
   </si>
   <si>
     <t>999143</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a6c/ng14qzmnzyw20y23cfxgaxxaihmyjtpr.jpg</t>
   </si>
   <si>
     <t>Набор канцелярский  дырокол, степлер  24, скобы 24, антистеплер   quot;Darvish quot; в блистере с европодвесом</t>
   </si>
   <si>
     <t>Набор канцелярский &amp;#40;дырокол,степлер№24,скобы№24,антистеплер&amp;#41; &amp;quot;Darvish&amp;quot; в блистере с европодвесом &amp;#40;32х17х6 см.&amp;#41;</t>
   </si>
   <si>
     <t>999244</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ad5/e2f5ol6s32rbpy542ep5v69cwupbbor2.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d6e/kbzuvwk8h8uogslruuncrfwg8c2ff6u7.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 BRAUBERG  quot;Extra quot;, до 30 листов, серо-красный, 229088</t>
   </si>
   <si>
     <t>Настольный степлер с металлическим механизмом BRAUBERG &amp;quot;Extra&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе не только школьников и студентов, но и офисных работников, а также предпринимателей. Способен скрепить до 30 листов. Подходящий размер скоб №24/6, 26/6. Глубина закладки бумаги - 55 мм. Виды сшивания: закрытый, открытый и прямой. Резиновая накладка предотвращает скольжение степлера по столу. Корпус изготовлен из пластика. За счет компактных размеров не займет на рабочем столе много места, а классические цвета и дизайн будут отлично дополнять любой интерьер.Степлер BRAUBERG &amp;quot;Extra&amp;quot; высокого качества надолго станет незаменимым помощником при работе с документацией.</t>
   </si>
   <si>
     <t>999357</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e37/bluz419yz8twz6titlgqgw393cyj0dbu.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/736/89jr31il45hyx6z95vi5dlqrvz1bs66s.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера  10, 1000 штук, ОФИСНАЯ ПЛАНЕТА, до 20 листов, 222004</t>
   </si>
   <si>
     <t>Стальные скобы серебристого цвета для степлера ОФИСНАЯ ПЛАНЕТА размером № 10. Прочные скобы для степлера имеют цинковое покрытие, которое защищает их от коррозии. Максимальное количество сшиваемых листов - 20 штук. Продаются в картонной упаковке по 1000 штук в каждой, что является оптимальным вариантом для долговременного использования.</t>
   </si>
   <si>
     <t>999869</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofisnaya-planeta/"&gt;ОФИСНАЯ ПЛАНЕТА&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/790/mqyvdpxjdod126vjdxh0ti35y1cxwgfe.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера  24 6, 1000 штук, ОФИСНАЯ ПЛАНЕТА, до 30 листов, 222005</t>
   </si>
   <si>
     <t>Стальные скобы серебристого цвета для степлера ОФИСНАЯ ПЛАНЕТА размером № 24/6. Прочные скобы для степлера имеют цинковое покрытие, которое защищает их от коррозии. Максимальное количество сшиваемых листов - 30 штук. Продаются в картонной упаковке по 1000 штук в каждой, что является оптимальным вариантом для долговременного использования.</t>
   </si>
   <si>
     <t>999870</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/939/hbs2l28k0p9tp85fryf08wbrlyplue9o.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5ae/chsf9kkc2629b2yxm38bkho0xj8fkakl.jpg</t>
   </si>
   <si>
     <t>Степлер  10 BRAUBERG  quot;Standard quot;, до 20 листов, черный, 272754</t>
   </si>
   <si>
     <t>Настольный степлер BRAUBERG &amp;quot;Standard&amp;quot; № 10 обеспечивает надежное и качественное скрепление документов как в офисе, так и дома. Степлер в черном пластиковом корпусе с антистеплером и металлическим механизмом способен скреплять до 20 листов. Подходит для скоб № 10. Виды сшивания: закрытый и прямой. Глубина закладки бумаги — 50 мм.Благодаря компактным размерам он удобен в использовании и не занимает много места на рабочем столе, а классический дизайн гармонично вписывается в любой интерьер. Продается в картонной упаковке.</t>
   </si>
   <si>
     <t>1004562</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a4/4zs3cqqqnr5fz6gjdkrsrzo9nf9rktt1.jpg</t>
   </si>
   <si>
     <t>Степлер  10 металлический BRAUBERG  quot;UNIVERSAL GT quot;, до 16 листов, с антистеплером, зеленый, 272752</t>
   </si>
   <si>
     <t>Настольный степлер BRAUBERG &amp;quot;UNIVERSAL GT&amp;quot; № 10 в металлическом корпусе с металлическим механизмом предназначен для надежного и качественного скрепления документов в офисе и дома. Степлер способен скреплять до 16 листов и использует скобы №10. Виды сшивания: закрытый и прямой. Глубина закладки бумаги — 60 мм. Благодаря компактным размерам он удобен в использовании и занимает минимум места на рабочем столе. Классический дизайн делает степлер идеальным дополнением к любому интерьеру. Продается в картонной упаковке.</t>
   </si>
   <si>
     <t>1004563</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ba/0kz3t6fdo8vfbgoqg6b66876zjji5hch.jpg</t>
@@ -4823,113 +4934,191 @@
   <si>
     <t>1004570</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b28/zr9xx7t88j53r4n6bnqzxi9te16fm7ka.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 BRAUBERG  quot;SUPER quot;, до 30 листов, маджента и черный, 272740</t>
   </si>
   <si>
     <t>1004571</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a7/df2rkvii2a8nkgpdb29ddss9ln15at8k.jpg</t>
   </si>
   <si>
     <t>Мешки для мусора КОНЦЕПЦИЯ БЫТА ПРОФИ ПВД 65 мкм, 180 литров, 10 штук, рулон, черные</t>
   </si>
   <si>
     <t>Мешки для мусора на 180 литров применяются для хранения и транспортировки строительного и производственного мусора, бытовых и продуктовых отходов. Изготовлены из полиэтилена высокого давления плотностью 55 мкм. Данные мешки практичны, водонепроницаемы, обладают устойчивостью к случайным проколам и поперечным разрывам.</t>
   </si>
   <si>
     <t>1004681</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/811/tn3bmujwzakugb314mkkijd3g202u7pv.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6,  26 6 BRAUBERG  quot;UNIVERSAL quot;, до 30 листов, на 100 скоб, серый, 272717</t>
+  </si>
+  <si>
+    <t>Настольный степлер с металлическим механизмом BRAUBERG &amp;quot;UNIVERSAL&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе не только школьников и студентов, но и офисных работников, а также предпринимателей. Способен скрепить до 30 листов. Подходящий размер скоб №24/6, 26/6. Глубина закладки бумаги – 55 мм. Виды сшивания: закрытый, открытый и прямой. Корпус изготовлен из пластика. За счет компактных размеров не займет на рабочем столе много места, а классические цвета и дизайн будут отлично дополнять любой интерьер.Степлер BRAUBERG &amp;quot;UNIVERSAL&amp;quot; высокого качества надолго станет незаменимым помощником при работе с документацией.</t>
+  </si>
+  <si>
+    <t>1004879</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e9/6cuie8uav7i4p94i89ezr4td9nort7y7.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6,  26 6 BRAUBERG  quot;UNIVERSAL quot;, до 30 листов, на 100 скоб, синий, 272718</t>
+  </si>
+  <si>
+    <t>1004880</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bbc/i1qbpagmtqv7poy8wn4klm8871jclw1a.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6,  26 6 BRAUBERG  quot;UNIVERSAL quot;, до 30 листов, на 100 скоб, черный, 272716</t>
+  </si>
+  <si>
+    <t>1004881</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08c/nh9l0hubp055vdnp8i7z16f75zlt7vhn.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6,  26 6 BRAUBERG  quot;UNIVERSAL quot;, до 30 листов, полнозагрузочный,на 150 скоб, черный, 272719</t>
+  </si>
+  <si>
+    <t>Настольный степлер с металлическим механизмом BRAUBERG &amp;quot;UNIVERSAL&amp;#43;&amp;quot; незаменим в работе с большим объемом документов. Полезный аксессуар, который можно встретить на столе не только школьников и студентов, но и офисных работников, а также предпринимателей. Способен скрепить до 30 листов. Подходящий размер скоб – №24/6, 26/6. Глубина закладки бумаги – 75 мм. Виды сшивания: закрытый, открытый и прямой. Корпус изготовлен из пластика. Классические цвета и дизайн будут отлично дополнять любой интерьер. Степлер BRAUBERG &amp;quot;UNIVERSAL&amp;#43;&amp;quot; высокого качества надолго станет незаменимым помощником при работе с документацией.</t>
+  </si>
+  <si>
+    <t>1004882</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb5/uvo78oc4fl2azihmgirn6rwbvo5zl9or.jpg</t>
+  </si>
+  <si>
+    <t>Степлер брошюровочный  24 6,  26 6 BRAUBERG  quot;Extra quot;, до 30 листов, на 150 скоб, черно-синий, 272720</t>
+  </si>
+  <si>
+    <t>Брошюровочный степлер №24/6, 26/6 BRAUBERG &amp;quot; Extra&amp;quot; предназначен для скрепления крупноформатных документов. Металлический механизм позволяет сшивать открытым и закрытым способами документы объемом до 30 листов и регулировать глубину закладки бумаги до 30 см. Вмещает 150 скоб № 24/6. Регулятор расстояния сшивания имеет двойную градацию шкалы &amp;#40;сантиметр, дюйм&amp;#41;. Корпус выполнен из металла и пластика.</t>
+  </si>
+  <si>
+    <t>1004883</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f5f/jltn2apuiu628lyy0w7kio62iypgja28.jpg</t>
   </si>
   <si>
     <t>Степлер МОЩНЫЙ  24 6-23 24 металлический STAFF  quot;HEAVY DUTY ECO quot;, до 200 листов, черный, 272737</t>
   </si>
   <si>
     <t>Мощный степлер STAFF &amp;quot;HEAVY DUTY ECO&amp;quot; предназначен для работы с большим объемом документов. Рабочий механизм и корпус выполнены из металла. Способен скрепить до 200 листов бумаги. Подходит для скоб № 24/6, 26/6, № 23/15, № 23/17, № 23/20, № 23/8, 24/8, № 23/23, № 23/10, № 23/24, № 23/13. Глубина закладки бумаги регулируется до 66 мм. Закрытый и открытый виды сшивания.</t>
   </si>
   <si>
     <t>1004884</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/055/cn9f11smjx0ztu6j73qiu30f864iaoab.jpg</t>
   </si>
   <si>
     <t>Скобы для степлера  10, 1000 штук, ОФИСМАГ, до 20 листов, 222085</t>
   </si>
   <si>
     <t>Стальные скобы серебристого цвета для степлера ОФИСМАГ размером № 10. Прочные скобы для степлера имеют цинковое покрытие, которое защищает их от коррозии. Максимальное количество сшиваемых листов - 20 штук. Продаются в картонной упаковке по 1000 штук в каждой, что является оптимальным вариантом для долговременного использования.</t>
   </si>
   <si>
     <t>1005522</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e7e/rukw483f4mg38i0hytm2ea1sop9b2hcc.jpg</t>
+  </si>
+  <si>
+    <t>Скобы для степлера  24 6, 1000 штук, ОФИСМАГ, до 30 листов, 222086</t>
+  </si>
+  <si>
+    <t>Стальные скобы серебристого цвета для степлера ОФИСМАГ размером № 24/6. Прочные скобы для степлера имеют цинковое покрытие, которое защищает их от коррозии. Максимальное количество сшиваемых листов - 30 штук. Продаются в картонной упаковке по 1000 штук в каждой, что является оптимальным вариантом для долговременного использования.</t>
+  </si>
+  <si>
+    <t>1005523</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bc7/79aebnmragmkvdar13rjh7utvrnj1abr.jpg</t>
   </si>
   <si>
     <t>Степлер Attache Compact  10  до 15 листов, пластик, черный</t>
   </si>
   <si>
     <t>Степлер Attache Compact предназначен для надежного и качественного скрепления документов в офисе и дома. Компактный размер удобен в использовании и занимает мало места на рабочем столе. Настольный степлер выполнен в пластиковом корпуе черного цвета. Рабочие компоненты изготовлены из высококачественной стали и пластика. Степлер Attache Compact одновременно сшивает до 15 листов бумаги плотностью до 80 г/кв.м. Степлер скрепляет бумагу закрытым типом сшивания, при котором ножки скобы загибаются внутрь. Это дает возможность надежно хранить сшитые документы на протяжении длительного времени. Степлер совместим со скобами № 10. Глубина закладки бумаги - 55 мм &amp;#40;5.5 см&amp;#41;. Размер изделия: 88x43x24 мм. Модель оснащена встроенным антистеплером.</t>
   </si>
   <si>
     <t>1005631</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c5e/346m3bpdr2wucodl99g2djq1hclmkuga.jpg</t>
   </si>
   <si>
     <t>Степлер Attache Effect  24 6-26 6   до 25 листов, пластик, черный</t>
   </si>
   <si>
     <t>Степлер Attache Effect &amp;#40;№24/6-26/6&amp;#41;&amp;nbsp;&amp;nbsp;до 25 листов, пластик, черный</t>
   </si>
   <si>
     <t>1005805</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e5d/myn7rj2d2bvkarjqhul0lj3mzkaaua7b.jpg</t>
   </si>
   <si>
     <t>Степлер Attache Photon  24 6-26 6  до 25 листов, пластик, синий</t>
   </si>
   <si>
     <t>Степлер Attache Photon &amp;#40;№24/6-26/6&amp;#41; до 25 листов, пластик, синий</t>
   </si>
   <si>
     <t>1005806</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c55/zv5ujbypnxjyngy1vdu4ewoe2z5cs5e3.jpg</t>
+  </si>
+  <si>
+    <t>Степлер   24 6, 26 6 BRAUBERG  quot;SUPER quot;, до 30 листов, черный, 272739</t>
+  </si>
+  <si>
+    <t>Настольный степлер BRAUBERG &amp;quot;SUPER&amp;quot; с металлическим механизмом незаменим в работе с большим объемом документов. Это полезное устройство широко используется не только школьниками и студентами, но и офисными работниками, а также предпринимателями. Степлер способен скреплять до 30 листов. Подходящий размер скоб – № 24/6 и № 26/6. Глубина закладки бумаги – 55 мм. Виды сшивания: закрытый, открытый и прямой. Резиновая накладка предотвращает скольжение степлера по столу. Цвет и дизайн будут отлично дополнять любой интерьер.Степлер BRAUBERG &amp;quot;SUPER&amp;quot; сочетает высокое качество и доступную цену, становясь незаменимым помощником в работе с документацией на долгое время.</t>
+  </si>
+  <si>
+    <t>1005906</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/faf/bwwaldodsdes970veqng8ace81xahk3f.jpg</t>
   </si>
   <si>
     <t>Степлер  10 ОФИСМАГ, до 12 листов, с антистеплером, черный, 229690</t>
   </si>
   <si>
     <t>Настольный степлер ОФИСМАГ № 10 - один из самых важных помощников для работы с документацией в офисе, образовательных учреждениях и дома. Степлер с антистеплером в черном пластиковом корпусе с металлическим механизмом cпособен скрепить до 12 листов. Подходящий размер скоб - № 10. Виды сшивания: закрытый, прямой. Глубина закладки бумаги - 64 мм. Габариты: высота - 45 мм, ширина - 25 мм, длина - 110 мм. Благодаря компактным размерам удобен в использовании и занимает мало места на рабочем столе, а классический дизайн делает степлер подходящим к любому интерьеру. Продается в картонной упаковке.</t>
   </si>
   <si>
     <t>1005907</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/422/2p2exig50kqthv9h9wjmt4rrbddqmxqg.jpg</t>
   </si>
   <si>
     <t>Степлер  24 6, 26 6 ОФИСМАГ, до 25 листов, черный, 229691</t>
   </si>
   <si>
     <t>Настольный степлер ОФИСМАГ № 24/6, 26/6 - один из самых важных помощников для работы с документацией в офисе, образовательных учреждениях и дома. Способен скрепить до 25 листов. Стандартный размер скоб №24/6, 26/6. Глубина закладки бумаги - 65 мм. Виды сшивания: открытый, закрытый и прямой. Корпус выполнен из пластика. Не займет на рабочем столе много места, а классический дизайн делает степлер подходящим к любому интерьеру.Степлер ОФИСМАГ высокого качества надолго станет незаменимым помощником при работе с документацией.</t>
   </si>
   <si>
     <t>1005908</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/485/919yu3heyzr622yb1chnjxnyoppvj6wp.jpg</t>
@@ -4970,60 +5159,72 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7aa/kybbn7qg0nrkz7eztaus5nux4vl654b4.jpeg</t>
   </si>
   <si>
     <t>СТЕПЛЕР КАНЦЕЛЯРСКИЙ СО СКОБАМИ 10,  quot;FlowerZefir quot;, 1000 скоб</t>
   </si>
   <si>
     <t>СТЕПЛЕР КАНЦЕЛЯРСКИЙ СО СКОБАМИ 10, &amp;quot;FlowerZefir&amp;quot;, 1000 скоб</t>
   </si>
   <si>
     <t>1008501</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cba/gtsl85ct4h1cuw25c8yjlytmqr1ymlw4.jpeg</t>
   </si>
   <si>
     <t>СТЕПЛЕР КАНЦЕЛЯРСКИЙ СО СКОБАМИ 24 6-26 6,  quot;ArtGraphix quot;, 1000 скоб</t>
   </si>
   <si>
     <t>СТЕПЛЕР КАНЦЕЛЯРСКИЙ СО СКОБАМИ 24/6-26/6, &amp;quot;ArtGraphix&amp;quot;, 1000 скоб</t>
   </si>
   <si>
     <t>1008502</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a94/jlpcr1rp9ofccyln7uttba97nilrp5pu.jpg</t>
-[...8 lines deleted...]
-    <t>1012854</t>
+    <t>http://anytos.ru//upload/iblock/bf4/qtzoo9w20chmefjqb2aczzq9yulhtcne.jpg</t>
+  </si>
+  <si>
+    <t>Степлер  24 6, 26 6 MAPED  quot;Ergologic quot;, до 25 листов, с контейнером для скоб, серебристо-бирюзовый, 352513</t>
+  </si>
+  <si>
+    <t>Степлер эргономичной формы MAPED &amp;quot;Ergologic&amp;quot; обеспечивает качественное и комфортное скрепление документов. Благодаря продуманной эргономике степлер одинаково удобен для работы на плоскости и на весу. Специальная форма, адаптированная к геометрии руки, и прорезиненные вставки для комфортного захвата. Ударостойкий пластиковый корпус и отделение для запасных скоб обеспечит комфортное использование. Закрытый тип сшивания.Количество пробиваемых листов: до 25 &amp;#40;70 г/м2&amp;#41;. Количество и тип скоб: 100 шт., 24/6 или 130 шт., 26/6. Глубина закладки бумаги: 60 мм. Цвет корпуса -белый с голубой вставкой.</t>
+  </si>
+  <si>
+    <t>1015490</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/423/x02m2d5fz7b7z5zy8v74nibitzvys76s.jpg</t>
+  </si>
+  <si>
+    <t>Степлер брошюровочный  24 6, 26 6 STAFF  quot;Manager quot;, до 25 листов, черный, 272753</t>
+  </si>
+  <si>
+    <t>Брошюровочный степлер № 24/6, 26/6 STAFF &amp;quot;Manager&amp;quot; предназначен для скрепления крупноформатных документов. Металлический механизм позволяет сшивать открытым и закрытым способами документы объемом до 25 листов и регулировать глубину закладки бумаги до 30 см. Вмещает 100 скоб № 24/6. Корпус выполнен из металла и пластика.</t>
+  </si>
+  <si>
+    <t>1017586</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -5350,9563 +5551,9990 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J416"/>
+  <dimension ref="A1:M434"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G416" sqref="G416"/>
+      <selection pane="bottomRight" activeCell="G434" sqref="G434"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G5" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...35 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F13" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="G13" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G15" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...39 lines deleted...]
-      <c r="B15" s="1" t="s">
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F19" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...68 lines deleted...]
-      <c r="C18" s="1" t="s">
+      <c r="G19" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G28" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...203 lines deleted...]
-      <c r="C27" s="1" t="s">
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G58" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...62 lines deleted...]
-      <c r="B30" s="1" t="s">
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G79" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="C30" s="1" t="s">
-[...186 lines deleted...]
-      <c r="E38" s="3" t="s">
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C82" s="1"/>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="G82" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="F38" s="3" t="s">
-[...1003 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C83" s="1"/>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C84" s="1"/>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>275</v>
+        <v>28</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>366</v>
       </c>
-      <c r="B89" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>48</v>
+        <v>274</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>326</v>
+        <v>381</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>275</v>
+        <v>51</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>391</v>
+        <v>325</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>58</v>
+        <v>274</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
         <v>406</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>407</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="B102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C102" s="1" t="s">
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G102" s="3" t="s">
         <v>418</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...12 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C104" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="B104" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>439</v>
+        <v>17</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
         <v>440</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>441</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>442</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>443</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
         <v>444</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>445</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>446</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>447</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>448</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>449</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>450</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>451</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>452</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>448</v>
-[...5 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
         <v>453</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>454</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>455</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>456</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>14</v>
+        <v>457</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="F112" s="3" t="s">
         <v>457</v>
       </c>
-      <c r="B112" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G112" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>439</v>
+        <v>17</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>481</v>
+        <v>448</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
         <v>482</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>483</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>484</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>485</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>481</v>
+        <v>448</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
         <v>486</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>487</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>488</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>489</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>490</v>
       </c>
       <c r="G119" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
         <v>491</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A120" s="1" t="s">
+      <c r="B120" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="B120" s="1" t="s">
+      <c r="C120" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="C120" s="1" t="s">
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>494</v>
       </c>
-      <c r="D120" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E120" s="3" t="s">
+      <c r="F120" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="F120" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A121" s="1" t="s">
+      <c r="B121" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="B121" s="1" t="s">
+      <c r="C121" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="C121" s="1" t="s">
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>498</v>
       </c>
-      <c r="D121" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E121" s="3" t="s">
+      <c r="F121" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
         <v>499</v>
       </c>
-      <c r="F121" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A122" s="1" t="s">
+      <c r="B122" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="C122" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="C122" s="1" t="s">
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>502</v>
       </c>
-      <c r="D122" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E122" s="3" t="s">
+      <c r="F122" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="F122" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A123" s="1" t="s">
+      <c r="B123" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="C123" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="C123" s="1" t="s">
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>506</v>
       </c>
-      <c r="D123" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E123" s="3" t="s">
+      <c r="F123" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="F123" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A124" s="1" t="s">
+      <c r="B124" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="B124" s="1" t="s">
+      <c r="C124" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="C124" s="1" t="s">
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>510</v>
       </c>
-      <c r="D124" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E124" s="3" t="s">
+      <c r="F124" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="F124" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A125" s="1" t="s">
+      <c r="B125" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="B125" s="1" t="s">
+      <c r="C125" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="C125" s="1" t="s">
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>514</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E125" s="3" t="s">
+      <c r="F125" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="F125" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A126" s="1" t="s">
+      <c r="B126" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="C126" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="C126" s="1" t="s">
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>518</v>
       </c>
-      <c r="D126" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E126" s="3" t="s">
+      <c r="F126" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
         <v>519</v>
       </c>
-      <c r="F126" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A127" s="1" t="s">
+      <c r="B127" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="C127" s="1" t="s">
         <v>521</v>
       </c>
-      <c r="C127" s="1" t="s">
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>522</v>
       </c>
-      <c r="D127" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E127" s="3" t="s">
+      <c r="F127" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="F127" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A128" s="1" t="s">
+      <c r="B128" s="1" t="s">
         <v>524</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="C128" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="C128" s="1" t="s">
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>526</v>
       </c>
-      <c r="D128" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E128" s="3" t="s">
+      <c r="F128" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="F128" s="3" t="s">
+      <c r="B129" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="G128" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A129" s="1" t="s">
+      <c r="C129" s="1" t="s">
         <v>529</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>530</v>
       </c>
-      <c r="C129" s="1" t="s">
+      <c r="F129" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
         <v>531</v>
       </c>
-      <c r="D129" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E129" s="3" t="s">
+      <c r="B130" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="F129" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A130" s="1" t="s">
+      <c r="C130" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="B130" s="1" t="s">
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>534</v>
       </c>
-      <c r="C130" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E130" s="3" t="s">
+      <c r="F130" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
         <v>535</v>
       </c>
-      <c r="F130" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A131" s="1" t="s">
+      <c r="B131" s="1" t="s">
         <v>536</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="C131" s="1" t="s">
         <v>537</v>
       </c>
-      <c r="C131" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D131" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>538</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>528</v>
+        <v>539</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="F132" s="3" t="s">
         <v>539</v>
       </c>
-      <c r="B132" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G132" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="C133" s="1" t="s">
         <v>542</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D133" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>528</v>
+        <v>539</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>531</v>
+        <v>542</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>528</v>
+        <v>539</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>551</v>
+        <v>542</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>552</v>
       </c>
       <c r="F135" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="G135" s="3" t="s">
         <v>553</v>
       </c>
-      <c r="G135" s="3" t="s">
-[...3 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
         <v>554</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>555</v>
       </c>
       <c r="C136" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>556</v>
       </c>
-      <c r="D136" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E136" s="3" t="s">
+      <c r="F136" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
         <v>557</v>
       </c>
-      <c r="F136" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A137" s="1" t="s">
+      <c r="B137" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="B137" s="1" t="s">
+      <c r="C137" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
         <v>559</v>
       </c>
-      <c r="C137" s="1" t="s">
+      <c r="F137" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="D137" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E137" s="3" t="s">
+      <c r="B138" s="1" t="s">
         <v>561</v>
       </c>
-      <c r="F137" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A138" s="1" t="s">
+      <c r="C138" s="1" t="s">
         <v>562</v>
       </c>
-      <c r="B138" s="1" t="s">
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
         <v>563</v>
       </c>
-      <c r="C138" s="1" t="s">
+      <c r="F138" s="3" t="s">
         <v>564</v>
       </c>
-      <c r="D138" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E138" s="3" t="s">
+      <c r="G138" s="3" t="s">
         <v>565</v>
       </c>
-      <c r="F138" s="3" t="s">
-[...6 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
         <v>566</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>567</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>568</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>569</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>490</v>
+        <v>564</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
         <v>570</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>571</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>572</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>573</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>490</v>
+        <v>574</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
         <v>575</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>576</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>577</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>578</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>481</v>
+        <v>574</v>
       </c>
       <c r="G141" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
         <v>579</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A142" s="1" t="s">
+      <c r="B142" s="1" t="s">
         <v>580</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="C142" s="1" t="s">
         <v>581</v>
       </c>
-      <c r="C142" s="1" t="s">
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>582</v>
       </c>
-      <c r="D142" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E142" s="3" t="s">
+      <c r="F142" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="F142" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A143" s="1" t="s">
+      <c r="B143" s="1" t="s">
         <v>584</v>
       </c>
-      <c r="B143" s="1" t="s">
+      <c r="C143" s="1" t="s">
         <v>585</v>
       </c>
-      <c r="C143" s="1" t="s">
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>586</v>
       </c>
-      <c r="D143" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E143" s="3" t="s">
+      <c r="F143" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="G143" s="3" t="s">
         <v>587</v>
       </c>
-      <c r="F143" s="3" t="s">
-[...6 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
         <v>588</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>589</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>590</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>591</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G145" s="3" t="s">
         <v>592</v>
       </c>
-      <c r="B145" s="1" t="s">
-[...18 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="F146" s="3" t="s">
         <v>490</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="F147" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G150" s="3" t="s">
         <v>553</v>
       </c>
-      <c r="G147" s="3" t="s">
-[...72 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>481</v>
+        <v>539</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="F157" s="3" t="s">
         <v>490</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>553</v>
+        <v>490</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>553</v>
+        <v>574</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="F160" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="F161" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>664</v>
+      </c>
+      <c r="F162" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="F163" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="F164" s="3" t="s">
         <v>490</v>
       </c>
-      <c r="G160" s="3" t="s">
-[...90 lines deleted...]
-      </c>
       <c r="G164" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="F169" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="F170" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="F171" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>703</v>
+      </c>
+      <c r="F172" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="G169" s="3" t="s">
-[...67 lines deleted...]
-      </c>
       <c r="G172" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>439</v>
+        <v>17</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="F174" s="3" t="s">
         <v>448</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>14</v>
+        <v>457</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>481</v>
+        <v>17</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>481</v>
+        <v>728</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="B179" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>732</v>
+      </c>
+      <c r="F179" s="3" t="s">
         <v>728</v>
       </c>
-      <c r="C179" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G179" s="3" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>739</v>
+        <v>490</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>739</v>
+        <v>490</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
+        <v>752</v>
+      </c>
+      <c r="F184" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="C185" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="F184" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D185" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>755</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
         <v>756</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>757</v>
       </c>
       <c r="C186" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>758</v>
       </c>
-      <c r="D186" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E186" s="3" t="s">
+      <c r="F186" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
         <v>759</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A187" s="1" t="s">
+      <c r="B187" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="B187" s="1" t="s">
+      <c r="C187" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="C187" s="1" t="s">
+      <c r="D187" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E187" s="3" t="s">
         <v>762</v>
       </c>
-      <c r="D187" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E187" s="3" t="s">
+      <c r="F187" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
         <v>763</v>
       </c>
-      <c r="F187" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A188" s="1" t="s">
+      <c r="B188" s="1" t="s">
         <v>764</v>
       </c>
-      <c r="B188" s="1" t="s">
+      <c r="C188" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="C188" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D188" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>766</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>481</v>
+        <v>17</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
         <v>767</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>768</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>481</v>
+        <v>457</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>481</v>
+        <v>17</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>14</v>
+        <v>457</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>448</v>
+        <v>490</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>14</v>
+        <v>490</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>448</v>
+        <v>490</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>828</v>
+        <v>325</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>829</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
         <v>830</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>831</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>326</v>
+        <v>836</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="C208" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="B208" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D208" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>846</v>
+        <v>840</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>847</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
         <v>848</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>849</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
+        <v>851</v>
+      </c>
+      <c r="F210" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="C211" s="1" t="s">
         <v>850</v>
       </c>
-      <c r="F210" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D211" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
+        <v>858</v>
+      </c>
+      <c r="F212" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="C213" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="F212" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D213" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
+        <v>865</v>
+      </c>
+      <c r="F214" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="C215" s="1" t="s">
         <v>864</v>
       </c>
-      <c r="F214" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D215" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>868</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
         <v>869</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>870</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E216" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="F216" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="C217" s="1" t="s">
         <v>871</v>
       </c>
-      <c r="F216" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D217" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>875</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
         <v>876</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>877</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="F218" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="C219" s="1" t="s">
         <v>878</v>
       </c>
-      <c r="F218" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D219" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>820</v>
+        <v>878</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="F223" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="C224" s="1" t="s">
         <v>896</v>
       </c>
-      <c r="F223" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D224" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>900</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
         <v>901</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>902</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>903</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>904</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
         <v>905</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>906</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>907</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>908</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
         <v>909</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>910</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>56</v>
+        <v>911</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G227" s="3" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="C228" s="1" t="s">
         <v>59</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D228" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>915</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
         <v>916</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>917</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>918</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>919</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>448</v>
+        <v>17</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
         <v>920</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>921</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>922</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>923</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>14</v>
+        <v>457</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
         <v>924</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>925</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>926</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>927</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>131</v>
+        <v>17</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
         <v>928</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>929</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>930</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>931</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>25</v>
+        <v>249</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
         <v>932</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>933</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>934</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>935</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
         <v>936</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>937</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>938</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>939</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>481</v>
+        <v>51</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
         <v>940</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>941</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>942</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>943</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
         <v>944</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>945</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>946</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>947</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
         <v>948</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>949</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>950</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>951</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
         <v>952</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>953</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>954</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>955</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
         <v>956</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>957</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>958</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>959</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
         <v>960</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>961</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>962</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>963</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
         <v>964</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>965</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>966</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>967</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
         <v>968</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>969</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>970</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>971</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
         <v>972</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>973</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>974</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>975</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
         <v>976</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>977</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>978</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>979</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
         <v>980</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>981</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>974</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>982</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
         <v>983</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>984</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>985</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>986</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
         <v>987</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>988</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>481</v>
+        <v>728</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E248" s="3" t="s">
+        <v>994</v>
+      </c>
+      <c r="F248" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="C249" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="F248" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D249" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>997</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
         <v>998</v>
       </c>
       <c r="B250" s="1" t="s">
         <v>999</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>1000</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
         <v>1001</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>996</v>
+        <v>1003</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F251" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C252" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="F251" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D252" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>1007</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="B253" s="1" t="s">
         <v>1009</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>1010</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="B254" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>1014</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>1017</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
         <v>1018</v>
       </c>
       <c r="B256" s="1" t="s">
         <v>1019</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>1020</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
         <v>1021</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>1022</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>1024</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="B258" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>1028</v>
       </c>
       <c r="F258" s="3" t="s">
         <v>490</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="B259" s="1" t="s">
         <v>1030</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>1031</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>1032</v>
       </c>
       <c r="F259" s="3" t="s">
         <v>490</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="B260" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>1036</v>
       </c>
       <c r="F260" s="3" t="s">
         <v>490</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>1040</v>
       </c>
       <c r="F261" s="3" t="s">
         <v>490</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="B262" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>1044</v>
       </c>
       <c r="F262" s="3" t="s">
         <v>490</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
         <v>1045</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>1048</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>448</v>
+        <v>574</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
         <v>1049</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>1052</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>131</v>
+        <v>574</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>1056</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>131</v>
+        <v>574</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
         <v>1057</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>1060</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>48</v>
+        <v>490</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>48</v>
+        <v>490</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>1059</v>
+        <v>1067</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>48</v>
+        <v>490</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>448</v>
+        <v>490</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>448</v>
+        <v>490</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>448</v>
+        <v>249</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>481</v>
+        <v>51</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="B274" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C274" s="1" t="s">
         <v>1087</v>
       </c>
-      <c r="C274" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D274" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>481</v>
+        <v>51</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>1091</v>
+        <v>1087</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>48</v>
+        <v>457</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1095</v>
+        <v>1101</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>48</v>
+        <v>457</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1095</v>
+        <v>1105</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>48</v>
+        <v>457</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>528</v>
+        <v>457</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>1111</v>
+        <v>490</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C281" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="B281" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D281" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>1111</v>
+        <v>490</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>1111</v>
+        <v>51</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>1111</v>
+        <v>51</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>1124</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="C284" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E284" s="3" t="s">
         <v>1127</v>
       </c>
-      <c r="D284" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E284" s="3" t="s">
+      <c r="F284" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="F284" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A285" s="1" t="s">
+      <c r="B285" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="B285" s="1" t="s">
+      <c r="C285" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E285" s="3" t="s">
         <v>1130</v>
       </c>
-      <c r="C285" s="1" t="s">
+      <c r="F285" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
         <v>1131</v>
       </c>
-      <c r="D285" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E285" s="3" t="s">
+      <c r="B286" s="1" t="s">
         <v>1132</v>
       </c>
-      <c r="F285" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A286" s="1" t="s">
+      <c r="C286" s="1" t="s">
         <v>1133</v>
       </c>
-      <c r="B286" s="1" t="s">
+      <c r="D286" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E286" s="3" t="s">
         <v>1134</v>
       </c>
-      <c r="C286" s="1" t="s">
+      <c r="F286" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
         <v>1135</v>
       </c>
-      <c r="D286" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E286" s="3" t="s">
+      <c r="B287" s="1" t="s">
         <v>1136</v>
       </c>
-      <c r="F286" s="3" t="s">
+      <c r="C287" s="1" t="s">
         <v>1137</v>
       </c>
-      <c r="G286" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A287" s="1" t="s">
+      <c r="D287" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E287" s="3" t="s">
         <v>1138</v>
       </c>
-      <c r="B287" s="1" t="s">
+      <c r="F287" s="3" t="s">
         <v>1139</v>
       </c>
-      <c r="C287" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E287" s="3" t="s">
+      <c r="G287" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
         <v>1140</v>
       </c>
-      <c r="F287" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A288" s="1" t="s">
+      <c r="B288" s="1" t="s">
         <v>1141</v>
       </c>
-      <c r="B288" s="1" t="s">
+      <c r="C288" s="1" t="s">
         <v>1142</v>
       </c>
-      <c r="C288" s="1" t="s">
+      <c r="D288" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E288" s="3" t="s">
         <v>1143</v>
       </c>
-      <c r="D288" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E288" s="3" t="s">
+      <c r="F288" s="3" t="s">
+        <v>1139</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="F288" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G288" s="3" t="s">
+      <c r="B289" s="1" t="s">
         <v>1145</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A289" s="1" t="s">
+      <c r="C289" s="1" t="s">
         <v>1146</v>
       </c>
-      <c r="B289" s="1" t="s">
+      <c r="D289" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E289" s="3" t="s">
         <v>1147</v>
       </c>
-      <c r="C289" s="1" t="s">
+      <c r="F289" s="3" t="s">
+        <v>1139</v>
+      </c>
+      <c r="G289" s="3" t="s">
         <v>1148</v>
       </c>
-      <c r="D289" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E289" s="3" t="s">
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
         <v>1149</v>
       </c>
-      <c r="F289" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A290" s="1" t="s">
+      <c r="B290" s="1" t="s">
         <v>1150</v>
       </c>
-      <c r="B290" s="1" t="s">
+      <c r="C290" s="1" t="s">
         <v>1151</v>
       </c>
-      <c r="C290" s="1" t="s">
+      <c r="D290" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E290" s="3" t="s">
         <v>1152</v>
       </c>
-      <c r="D290" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E290" s="3" t="s">
+      <c r="F290" s="3" t="s">
+        <v>1139</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A291" s="1" t="s">
         <v>1153</v>
       </c>
-      <c r="F290" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A291" s="1" t="s">
+      <c r="B291" s="1" t="s">
         <v>1154</v>
       </c>
-      <c r="B291" s="1" t="s">
+      <c r="C291" s="1" t="s">
         <v>1155</v>
       </c>
-      <c r="C291" s="1" t="s">
+      <c r="D291" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E291" s="3" t="s">
         <v>1156</v>
       </c>
-      <c r="D291" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E291" s="3" t="s">
+      <c r="F291" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
         <v>1157</v>
       </c>
-      <c r="F291" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A292" s="1" t="s">
+      <c r="B292" s="1" t="s">
         <v>1158</v>
       </c>
-      <c r="B292" s="1" t="s">
+      <c r="C292" s="1" t="s">
         <v>1159</v>
       </c>
-      <c r="C292" s="1" t="s">
+      <c r="D292" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E292" s="3" t="s">
         <v>1160</v>
       </c>
-      <c r="D292" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E292" s="3" t="s">
+      <c r="F292" s="3" t="s">
         <v>1161</v>
       </c>
-      <c r="F292" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G292" s="3" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="C293" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E293" s="3" t="s">
         <v>1164</v>
       </c>
-      <c r="D293" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E293" s="3" t="s">
+      <c r="F293" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
         <v>1165</v>
       </c>
-      <c r="F293" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A294" s="1" t="s">
+      <c r="B294" s="1" t="s">
         <v>1166</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="C294" s="1" t="s">
         <v>1167</v>
       </c>
-      <c r="C294" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D294" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>1168</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>1137</v>
+        <v>1161</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>1170</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>1172</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>1137</v>
+        <v>1161</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>1137</v>
+        <v>1161</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>1137</v>
+        <v>1161</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>1137</v>
+        <v>1161</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E299" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F299" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C300" s="1" t="s">
         <v>1188</v>
       </c>
-      <c r="F299" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D300" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>1192</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>1137</v>
+        <v>1161</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
         <v>1193</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>1194</v>
       </c>
       <c r="C301" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E301" s="3" t="s">
         <v>1195</v>
       </c>
-      <c r="D301" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E301" s="3" t="s">
+      <c r="F301" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
         <v>1196</v>
       </c>
-      <c r="F301" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A302" s="1" t="s">
+      <c r="B302" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="B302" s="1" t="s">
+      <c r="C302" s="1" t="s">
         <v>1198</v>
       </c>
-      <c r="C302" s="1" t="s">
+      <c r="D302" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E302" s="3" t="s">
         <v>1199</v>
       </c>
-      <c r="D302" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E302" s="3" t="s">
+      <c r="F302" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
         <v>1200</v>
       </c>
-      <c r="F302" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A303" s="1" t="s">
+      <c r="B303" s="1" t="s">
         <v>1201</v>
       </c>
-      <c r="B303" s="1" t="s">
+      <c r="C303" s="1" t="s">
         <v>1202</v>
       </c>
-      <c r="C303" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D303" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E303" s="3" t="s">
         <v>1203</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>1137</v>
+        <v>1161</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
         <v>1204</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>1205</v>
       </c>
       <c r="C304" s="1" t="s">
         <v>1206</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E304" s="3" t="s">
         <v>1207</v>
       </c>
       <c r="F304" s="3" t="s">
-        <v>1111</v>
+        <v>1161</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>1209</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>1210</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E305" s="3" t="s">
         <v>1211</v>
       </c>
       <c r="F305" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
         <v>1212</v>
       </c>
-      <c r="G305" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A306" s="1" t="s">
+      <c r="B306" s="1" t="s">
         <v>1213</v>
       </c>
-      <c r="B306" s="1" t="s">
+      <c r="C306" s="1" t="s">
         <v>1214</v>
       </c>
-      <c r="C306" s="1" t="s">
+      <c r="D306" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E306" s="3" t="s">
         <v>1215</v>
       </c>
-      <c r="D306" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E306" s="3" t="s">
+      <c r="F306" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
         <v>1216</v>
       </c>
-      <c r="F306" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A307" s="1" t="s">
+      <c r="B307" s="1" t="s">
         <v>1217</v>
       </c>
-      <c r="B307" s="1" t="s">
+      <c r="C307" s="1" t="s">
         <v>1218</v>
       </c>
-      <c r="C307" s="1" t="s">
+      <c r="D307" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E307" s="3" t="s">
         <v>1219</v>
       </c>
-      <c r="D307" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E307" s="3" t="s">
+      <c r="F307" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
         <v>1220</v>
       </c>
-      <c r="F307" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A308" s="1" t="s">
+      <c r="B308" s="1" t="s">
         <v>1221</v>
       </c>
-      <c r="B308" s="1" t="s">
+      <c r="C308" s="1" t="s">
         <v>1222</v>
       </c>
-      <c r="C308" s="1" t="s">
+      <c r="D308" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E308" s="3" t="s">
         <v>1223</v>
       </c>
-      <c r="D308" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E308" s="3" t="s">
+      <c r="F308" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
         <v>1224</v>
       </c>
-      <c r="F308" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A309" s="1" t="s">
+      <c r="B309" s="1" t="s">
         <v>1225</v>
       </c>
-      <c r="B309" s="1" t="s">
+      <c r="C309" s="1" t="s">
         <v>1226</v>
       </c>
-      <c r="C309" s="1" t="s">
+      <c r="D309" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E309" s="3" t="s">
         <v>1227</v>
       </c>
-      <c r="D309" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E309" s="3" t="s">
+      <c r="F309" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
         <v>1228</v>
       </c>
-      <c r="F309" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A310" s="1" t="s">
+      <c r="B310" s="1" t="s">
         <v>1229</v>
       </c>
-      <c r="B310" s="1" t="s">
+      <c r="C310" s="1" t="s">
         <v>1226</v>
       </c>
-      <c r="C310" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D310" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E310" s="3" t="s">
         <v>1230</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>1212</v>
+        <v>1161</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
         <v>1231</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>1232</v>
       </c>
       <c r="C311" s="1" t="s">
         <v>1233</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E311" s="3" t="s">
         <v>1234</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>448</v>
+        <v>1139</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
         <v>1235</v>
       </c>
       <c r="B312" s="1" t="s">
         <v>1236</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>1237</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E312" s="3" t="s">
         <v>1238</v>
       </c>
       <c r="F312" s="3" t="s">
+        <v>1239</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>1243</v>
+      </c>
+      <c r="F313" s="3" t="s">
+        <v>1239</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>1247</v>
+      </c>
+      <c r="F314" s="3" t="s">
+        <v>1239</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E315" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F315" s="3" t="s">
+        <v>1239</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E316" s="3" t="s">
+        <v>1253</v>
+      </c>
+      <c r="F316" s="3" t="s">
+        <v>1239</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>1257</v>
+      </c>
+      <c r="F317" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C318" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E318" s="3" t="s">
+        <v>1261</v>
+      </c>
+      <c r="F318" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E319" s="3" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F319" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F320" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E321" s="3" t="s">
+        <v>1273</v>
+      </c>
+      <c r="F321" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A322" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E322" s="3" t="s">
+        <v>1277</v>
+      </c>
+      <c r="F322" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A323" s="1" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E323" s="3" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F323" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A324" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F324" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A325" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E325" s="3" t="s">
+        <v>1289</v>
+      </c>
+      <c r="F325" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A326" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E326" s="3" t="s">
+        <v>1293</v>
+      </c>
+      <c r="F326" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A327" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E327" s="3" t="s">
+        <v>1297</v>
+      </c>
+      <c r="F327" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E328" s="3" t="s">
+        <v>1301</v>
+      </c>
+      <c r="F328" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E329" s="3" t="s">
+        <v>1305</v>
+      </c>
+      <c r="F329" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="G312" s="3" t="s">
-[...375 lines deleted...]
-      <c r="C329" s="1" t="s">
+      <c r="G329" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
         <v>1306</v>
       </c>
-      <c r="D329" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E329" s="3" t="s">
+      <c r="B330" s="1" t="s">
         <v>1307</v>
       </c>
-      <c r="F329" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A330" s="1" t="s">
+      <c r="C330" s="1" t="s">
         <v>1308</v>
       </c>
-      <c r="B330" s="1" t="s">
+      <c r="D330" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E330" s="3" t="s">
         <v>1309</v>
       </c>
-      <c r="C330" s="1" t="s">
+      <c r="F330" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A331" s="1" t="s">
         <v>1310</v>
       </c>
-      <c r="D330" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E330" s="3" t="s">
+      <c r="B331" s="1" t="s">
         <v>1311</v>
       </c>
-      <c r="F330" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A331" s="1" t="s">
+      <c r="C331" s="1" t="s">
         <v>1312</v>
       </c>
-      <c r="B331" s="1" t="s">
+      <c r="D331" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E331" s="3" t="s">
         <v>1313</v>
       </c>
-      <c r="C331" s="1" t="s">
+      <c r="F331" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A332" s="1" t="s">
         <v>1314</v>
       </c>
-      <c r="D331" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E331" s="3" t="s">
+      <c r="B332" s="1" t="s">
         <v>1315</v>
       </c>
-      <c r="F331" s="3" t="s">
+      <c r="C332" s="1" t="s">
         <v>1316</v>
       </c>
-      <c r="G331" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A332" s="1" t="s">
+      <c r="D332" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E332" s="3" t="s">
         <v>1317</v>
       </c>
-      <c r="B332" s="1" t="s">
+      <c r="F332" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G332" s="3" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A333" s="1" t="s">
         <v>1318</v>
       </c>
-      <c r="C332" s="1" t="s">
+      <c r="B333" s="1" t="s">
         <v>1319</v>
       </c>
-      <c r="D332" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E332" s="3" t="s">
+      <c r="C333" s="1" t="s">
         <v>1320</v>
       </c>
-      <c r="F332" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A333" s="1" t="s">
+      <c r="D333" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E333" s="3" t="s">
         <v>1321</v>
       </c>
-      <c r="B333" s="1" t="s">
+      <c r="F333" s="3" t="s">
         <v>1322</v>
       </c>
-      <c r="C333" s="1" t="s">
+      <c r="G333" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A334" s="1" t="s">
         <v>1323</v>
       </c>
-      <c r="D333" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E333" s="3" t="s">
+      <c r="B334" s="1" t="s">
         <v>1324</v>
       </c>
-      <c r="F333" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A334" s="1" t="s">
+      <c r="C334" s="1" t="s">
         <v>1325</v>
       </c>
-      <c r="B334" s="1" t="s">
+      <c r="D334" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E334" s="3" t="s">
         <v>1326</v>
       </c>
-      <c r="C334" s="1" t="s">
+      <c r="F334" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G334" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A335" s="1" t="s">
         <v>1327</v>
       </c>
-      <c r="D334" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E334" s="3" t="s">
+      <c r="B335" s="1" t="s">
         <v>1328</v>
       </c>
-      <c r="F334" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A335" s="1" t="s">
+      <c r="C335" s="1" t="s">
         <v>1329</v>
       </c>
-      <c r="B335" s="1" t="s">
+      <c r="D335" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E335" s="3" t="s">
         <v>1330</v>
       </c>
-      <c r="C335" s="1" t="s">
+      <c r="F335" s="3" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A336" s="1" t="s">
         <v>1331</v>
       </c>
-      <c r="D335" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E335" s="3" t="s">
+      <c r="B336" s="1" t="s">
         <v>1332</v>
       </c>
-      <c r="F335" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A336" s="1" t="s">
+      <c r="C336" s="1" t="s">
         <v>1333</v>
       </c>
-      <c r="B336" s="1" t="s">
+      <c r="D336" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E336" s="3" t="s">
         <v>1334</v>
       </c>
-      <c r="C336" s="1" t="s">
+      <c r="F336" s="3" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A337" s="1" t="s">
         <v>1335</v>
       </c>
-      <c r="D336" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E336" s="3" t="s">
+      <c r="B337" s="1" t="s">
         <v>1336</v>
       </c>
-      <c r="F336" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A337" s="1" t="s">
+      <c r="C337" s="1" t="s">
         <v>1337</v>
       </c>
-      <c r="B337" s="1" t="s">
+      <c r="D337" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E337" s="3" t="s">
         <v>1338</v>
       </c>
-      <c r="C337" s="1" t="s">
+      <c r="F337" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A338" s="1" t="s">
         <v>1339</v>
       </c>
-      <c r="D337" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E337" s="3" t="s">
+      <c r="B338" s="1" t="s">
         <v>1340</v>
       </c>
-      <c r="F337" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A338" s="1" t="s">
+      <c r="C338" s="1" t="s">
         <v>1341</v>
       </c>
-      <c r="B338" s="1" t="s">
+      <c r="D338" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E338" s="3" t="s">
         <v>1342</v>
       </c>
-      <c r="C338" s="1" t="s">
+      <c r="F338" s="3" t="s">
         <v>1343</v>
       </c>
-      <c r="D338" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E338" s="3" t="s">
+      <c r="G338" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A339" s="1" t="s">
         <v>1344</v>
       </c>
-      <c r="F338" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A339" s="1" t="s">
+      <c r="B339" s="1" t="s">
         <v>1345</v>
       </c>
-      <c r="B339" s="1" t="s">
+      <c r="C339" s="1" t="s">
         <v>1346</v>
       </c>
-      <c r="C339" s="1" t="s">
+      <c r="D339" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E339" s="3" t="s">
         <v>1347</v>
       </c>
-      <c r="D339" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E339" s="3" t="s">
+      <c r="F339" s="3" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G339" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A340" s="1" t="s">
         <v>1348</v>
       </c>
-      <c r="F339" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A340" s="1" t="s">
+      <c r="B340" s="1" t="s">
         <v>1349</v>
       </c>
-      <c r="B340" s="1" t="s">
+      <c r="C340" s="1" t="s">
         <v>1350</v>
       </c>
-      <c r="C340" s="1" t="s">
+      <c r="D340" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E340" s="3" t="s">
         <v>1351</v>
       </c>
-      <c r="D340" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E340" s="3" t="s">
+      <c r="F340" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="G340" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A341" s="1" t="s">
         <v>1352</v>
       </c>
-      <c r="F340" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A341" s="1" t="s">
+      <c r="B341" s="1" t="s">
         <v>1353</v>
       </c>
-      <c r="B341" s="1" t="s">
+      <c r="C341" s="1" t="s">
         <v>1354</v>
       </c>
-      <c r="C341" s="1" t="s">
+      <c r="D341" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E341" s="3" t="s">
         <v>1355</v>
       </c>
-      <c r="D341" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E341" s="3" t="s">
+      <c r="F341" s="3" t="s">
+        <v>1139</v>
+      </c>
+      <c r="G341" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A342" s="1" t="s">
         <v>1356</v>
       </c>
-      <c r="F341" s="3" t="s">
+      <c r="B342" s="1" t="s">
         <v>1357</v>
       </c>
-      <c r="G341" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A342" s="1" t="s">
+      <c r="C342" s="1" t="s">
         <v>1358</v>
       </c>
-      <c r="B342" s="1" t="s">
+      <c r="D342" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E342" s="3" t="s">
         <v>1359</v>
       </c>
-      <c r="C342" s="1" t="s">
+      <c r="F342" s="3" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G342" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A343" s="1" t="s">
         <v>1360</v>
       </c>
-      <c r="D342" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E342" s="3" t="s">
+      <c r="B343" s="1" t="s">
         <v>1361</v>
       </c>
-      <c r="F342" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A343" s="1" t="s">
+      <c r="C343" s="1" t="s">
         <v>1362</v>
       </c>
-      <c r="B343" s="1" t="s">
+      <c r="D343" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E343" s="3" t="s">
         <v>1363</v>
       </c>
-      <c r="C343" s="1" t="s">
+      <c r="F343" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="G343" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A344" s="1" t="s">
         <v>1364</v>
       </c>
-      <c r="D343" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E343" s="3" t="s">
+      <c r="B344" s="1" t="s">
         <v>1365</v>
       </c>
-      <c r="F343" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A344" s="1" t="s">
+      <c r="C344" s="1" t="s">
         <v>1366</v>
       </c>
-      <c r="B344" s="1" t="s">
+      <c r="D344" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E344" s="3" t="s">
         <v>1367</v>
       </c>
-      <c r="C344" s="1" t="s">
+      <c r="F344" s="3" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G344" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A345" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="D344" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E344" s="3" t="s">
+      <c r="B345" s="1" t="s">
         <v>1369</v>
       </c>
-      <c r="F344" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A345" s="1" t="s">
+      <c r="C345" s="1" t="s">
         <v>1370</v>
       </c>
-      <c r="B345" s="1" t="s">
+      <c r="D345" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E345" s="3" t="s">
         <v>1371</v>
       </c>
-      <c r="C345" s="1" t="s">
+      <c r="F345" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="G345" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A346" s="1" t="s">
         <v>1372</v>
       </c>
-      <c r="D345" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E345" s="3" t="s">
+      <c r="B346" s="1" t="s">
         <v>1373</v>
       </c>
-      <c r="F345" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A346" s="1" t="s">
+      <c r="C346" s="1" t="s">
         <v>1374</v>
       </c>
-      <c r="B346" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D346" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
         <v>1375</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>1357</v>
+        <v>490</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
         <v>1376</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>1377</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>1378</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E347" s="3" t="s">
         <v>1379</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>1357</v>
+        <v>490</v>
       </c>
       <c r="G347" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
         <v>1380</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>1381</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>1382</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
         <v>1383</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>1357</v>
+        <v>564</v>
       </c>
       <c r="G348" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
         <v>1384</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>1385</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>1386</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E349" s="3" t="s">
         <v>1387</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>1357</v>
+        <v>457</v>
       </c>
       <c r="G349" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
         <v>1388</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>1389</v>
       </c>
       <c r="C350" s="1" t="s">
         <v>1390</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E350" s="3" t="s">
         <v>1391</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>1357</v>
+        <v>1343</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
         <v>1392</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>1393</v>
       </c>
       <c r="C351" s="1" t="s">
         <v>1394</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E351" s="3" t="s">
         <v>1395</v>
       </c>
       <c r="F351" s="3" t="s">
-        <v>1357</v>
+        <v>1322</v>
       </c>
       <c r="G351" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
         <v>1396</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>1397</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>1398</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E352" s="3" t="s">
         <v>1399</v>
       </c>
       <c r="F352" s="3" t="s">
-        <v>1357</v>
+        <v>1400</v>
       </c>
       <c r="G352" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E353" s="3" t="s">
+        <v>1404</v>
+      </c>
+      <c r="F353" s="3" t="s">
         <v>1400</v>
       </c>
-      <c r="B353" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G353" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="F354" s="3" t="s">
-        <v>1357</v>
+        <v>1400</v>
       </c>
       <c r="G354" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="C355" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E355" s="3" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F355" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A356" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B356" s="1" t="s">
         <v>1410</v>
       </c>
-      <c r="D355" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E355" s="3" t="s">
+      <c r="C356" s="1" t="s">
         <v>1411</v>
       </c>
-      <c r="F355" s="3" t="s">
-[...13 lines deleted...]
-      <c r="C356" s="1" t="s">
+      <c r="D356" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E356" s="3" t="s">
         <v>1414</v>
       </c>
-      <c r="D356" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E356" s="3" t="s">
+      <c r="F356" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A357" s="1" t="s">
         <v>1415</v>
       </c>
-      <c r="F356" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A357" s="1" t="s">
+      <c r="B357" s="1" t="s">
         <v>1416</v>
       </c>
-      <c r="B357" s="1" t="s">
+      <c r="C357" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="C357" s="1" t="s">
+      <c r="D357" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E357" s="3" t="s">
         <v>1418</v>
       </c>
-      <c r="D357" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E357" s="3" t="s">
+      <c r="F357" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A358" s="1" t="s">
         <v>1419</v>
       </c>
-      <c r="F357" s="3" t="s">
+      <c r="B358" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E358" s="3" t="s">
         <v>1420</v>
       </c>
-      <c r="G357" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A358" s="1" t="s">
+      <c r="F358" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G358" s="3" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A359" s="1" t="s">
         <v>1421</v>
       </c>
-      <c r="B358" s="1" t="s">
+      <c r="B359" s="1" t="s">
         <v>1422</v>
       </c>
-      <c r="C358" s="1" t="s">
+      <c r="C359" s="1" t="s">
         <v>1423</v>
       </c>
-      <c r="D358" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E358" s="3" t="s">
+      <c r="D359" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E359" s="3" t="s">
         <v>1424</v>
       </c>
-      <c r="F358" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A359" s="1" t="s">
+      <c r="F359" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A360" s="1" t="s">
         <v>1425</v>
       </c>
-      <c r="B359" s="1" t="s">
+      <c r="B360" s="1" t="s">
         <v>1426</v>
       </c>
-      <c r="C359" s="1" t="s">
+      <c r="C360" s="1" t="s">
         <v>1427</v>
       </c>
-      <c r="D359" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E359" s="3" t="s">
+      <c r="D360" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E360" s="3" t="s">
         <v>1428</v>
       </c>
-      <c r="F359" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A360" s="1" t="s">
+      <c r="F360" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G360" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A361" s="1" t="s">
         <v>1429</v>
       </c>
-      <c r="B360" s="1" t="s">
+      <c r="B361" s="1" t="s">
         <v>1430</v>
       </c>
-      <c r="C360" s="1" t="s">
+      <c r="C361" s="1" t="s">
         <v>1431</v>
       </c>
-      <c r="D360" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E360" s="3" t="s">
+      <c r="D361" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E361" s="3" t="s">
         <v>1432</v>
       </c>
-      <c r="F360" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A361" s="1" t="s">
+      <c r="F361" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G361" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A362" s="1" t="s">
         <v>1433</v>
       </c>
-      <c r="B361" s="1" t="s">
+      <c r="B362" s="1" t="s">
         <v>1434</v>
       </c>
-      <c r="C361" s="1" t="s">
+      <c r="C362" s="1" t="s">
         <v>1435</v>
       </c>
-      <c r="D361" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E361" s="3" t="s">
+      <c r="D362" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E362" s="3" t="s">
         <v>1436</v>
       </c>
-      <c r="F361" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A362" s="1" t="s">
+      <c r="F362" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G362" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A363" s="1" t="s">
         <v>1437</v>
       </c>
-      <c r="B362" s="1" t="s">
+      <c r="B363" s="1" t="s">
         <v>1438</v>
       </c>
-      <c r="C362" s="1" t="s">
+      <c r="C363" s="1" t="s">
         <v>1439</v>
       </c>
-      <c r="D362" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E362" s="3" t="s">
+      <c r="D363" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E363" s="3" t="s">
         <v>1440</v>
       </c>
-      <c r="F362" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A363" s="1" t="s">
+      <c r="F363" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
         <v>1441</v>
       </c>
-      <c r="B363" s="1" t="s">
+      <c r="B364" s="1" t="s">
         <v>1442</v>
       </c>
-      <c r="C363" s="1" t="s">
+      <c r="C364" s="1" t="s">
         <v>1443</v>
       </c>
-      <c r="D363" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E363" s="3" t="s">
+      <c r="D364" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E364" s="3" t="s">
         <v>1444</v>
       </c>
-      <c r="F363" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A364" s="1" t="s">
+      <c r="F364" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G364" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A365" s="1" t="s">
         <v>1445</v>
       </c>
-      <c r="B364" s="1" t="s">
+      <c r="B365" s="1" t="s">
         <v>1446</v>
       </c>
-      <c r="C364" s="1" t="s">
+      <c r="C365" s="1" t="s">
         <v>1447</v>
       </c>
-      <c r="D364" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E364" s="3" t="s">
+      <c r="D365" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E365" s="3" t="s">
         <v>1448</v>
       </c>
-      <c r="F364" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A365" s="1" t="s">
+      <c r="F365" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G365" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A366" s="1" t="s">
         <v>1449</v>
       </c>
-      <c r="B365" s="1" t="s">
+      <c r="B366" s="1" t="s">
         <v>1450</v>
       </c>
-      <c r="C365" s="1" t="s">
+      <c r="C366" s="1" t="s">
         <v>1451</v>
       </c>
-      <c r="D365" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E365" s="3" t="s">
+      <c r="D366" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E366" s="3" t="s">
         <v>1452</v>
       </c>
-      <c r="F365" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A366" s="1" t="s">
+      <c r="F366" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G366" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A367" s="1" t="s">
         <v>1453</v>
       </c>
-      <c r="B366" s="1" t="s">
+      <c r="B367" s="1" t="s">
         <v>1454</v>
       </c>
-      <c r="C366" s="1" t="s">
+      <c r="C367" s="1" t="s">
         <v>1455</v>
       </c>
-      <c r="D366" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E366" s="3" t="s">
+      <c r="D367" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E367" s="3" t="s">
         <v>1456</v>
       </c>
-      <c r="F366" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A367" s="1" t="s">
+      <c r="F367" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G367" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A368" s="1" t="s">
         <v>1457</v>
       </c>
-      <c r="B367" s="1" t="s">
+      <c r="B368" s="1" t="s">
         <v>1458</v>
       </c>
-      <c r="C367" s="1" t="s">
+      <c r="C368" s="1" t="s">
         <v>1459</v>
       </c>
-      <c r="D367" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E367" s="3" t="s">
+      <c r="D368" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E368" s="3" t="s">
         <v>1460</v>
       </c>
-      <c r="F367" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A368" s="1" t="s">
+      <c r="F368" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G368" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A369" s="1" t="s">
         <v>1461</v>
       </c>
-      <c r="B368" s="1" t="s">
+      <c r="B369" s="1" t="s">
         <v>1462</v>
       </c>
-      <c r="C368" s="1" t="s">
+      <c r="C369" s="1" t="s">
         <v>1463</v>
       </c>
-      <c r="D368" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E368" s="3" t="s">
+      <c r="D369" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E369" s="3" t="s">
         <v>1464</v>
       </c>
-      <c r="F368" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A369" s="1" t="s">
+      <c r="F369" s="3" t="s">
         <v>1465</v>
       </c>
-      <c r="B369" s="1" t="s">
+      <c r="G369" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A370" s="1" t="s">
         <v>1466</v>
       </c>
-      <c r="C369" s="1" t="s">
+      <c r="B370" s="1" t="s">
         <v>1467</v>
       </c>
-      <c r="D369" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E369" s="3" t="s">
+      <c r="C370" s="1" t="s">
         <v>1468</v>
       </c>
-      <c r="F369" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A370" s="1" t="s">
+      <c r="D370" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E370" s="3" t="s">
         <v>1469</v>
       </c>
-      <c r="B370" s="1" t="s">
+      <c r="F370" s="3" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G370" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A371" s="1" t="s">
         <v>1470</v>
       </c>
-      <c r="C370" s="1" t="s">
+      <c r="B371" s="1" t="s">
         <v>1471</v>
       </c>
-      <c r="D370" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E370" s="3" t="s">
+      <c r="C371" s="1" t="s">
         <v>1472</v>
       </c>
-      <c r="F370" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A371" s="1" t="s">
+      <c r="D371" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E371" s="3" t="s">
         <v>1473</v>
       </c>
-      <c r="B371" s="1" t="s">
+      <c r="F371" s="3" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G371" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A372" s="1" t="s">
         <v>1474</v>
       </c>
-      <c r="C371" s="1" t="s">
+      <c r="B372" s="1" t="s">
         <v>1475</v>
       </c>
-      <c r="D371" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E371" s="3" t="s">
+      <c r="C372" s="1" t="s">
         <v>1476</v>
       </c>
-      <c r="F371" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A372" s="1" t="s">
+      <c r="D372" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E372" s="3" t="s">
         <v>1477</v>
       </c>
-      <c r="B372" s="1" t="s">
+      <c r="F372" s="3" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G372" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A373" s="1" t="s">
         <v>1478</v>
       </c>
-      <c r="C372" s="1" t="s">
+      <c r="B373" s="1" t="s">
         <v>1479</v>
       </c>
-      <c r="D372" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E372" s="3" t="s">
+      <c r="C373" s="1" t="s">
         <v>1480</v>
       </c>
-      <c r="F372" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A373" s="1" t="s">
+      <c r="D373" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E373" s="3" t="s">
         <v>1481</v>
       </c>
-      <c r="B373" s="1" t="s">
+      <c r="F373" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G373" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A374" s="1" t="s">
         <v>1482</v>
       </c>
-      <c r="C373" s="1" t="s">
+      <c r="B374" s="1" t="s">
         <v>1483</v>
       </c>
-      <c r="D373" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E373" s="3" t="s">
+      <c r="C374" s="1" t="s">
         <v>1484</v>
       </c>
-      <c r="F373" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A374" s="1" t="s">
+      <c r="D374" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E374" s="3" t="s">
         <v>1485</v>
       </c>
-      <c r="B374" s="1" t="s">
+      <c r="F374" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G374" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A375" s="1" t="s">
         <v>1486</v>
       </c>
-      <c r="C374" s="1" t="s">
+      <c r="B375" s="1" t="s">
         <v>1487</v>
       </c>
-      <c r="D374" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E374" s="3" t="s">
+      <c r="C375" s="1" t="s">
         <v>1488</v>
       </c>
-      <c r="F374" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A375" s="1" t="s">
+      <c r="D375" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E375" s="3" t="s">
         <v>1489</v>
       </c>
-      <c r="B375" s="1" t="s">
+      <c r="F375" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A376" s="1" t="s">
         <v>1490</v>
       </c>
-      <c r="C375" s="1" t="s">
+      <c r="B376" s="1" t="s">
         <v>1491</v>
       </c>
-      <c r="D375" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E375" s="3" t="s">
+      <c r="C376" s="1" t="s">
         <v>1492</v>
       </c>
-      <c r="F375" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A376" s="1" t="s">
+      <c r="D376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E376" s="3" t="s">
         <v>1493</v>
       </c>
-      <c r="B376" s="1" t="s">
+      <c r="F376" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A377" s="1" t="s">
         <v>1494</v>
       </c>
-      <c r="C376" s="1" t="s">
+      <c r="B377" s="1" t="s">
         <v>1495</v>
       </c>
-      <c r="D376" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E376" s="3" t="s">
+      <c r="C377" s="1" t="s">
         <v>1496</v>
       </c>
-      <c r="F376" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A377" s="1" t="s">
+      <c r="D377" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E377" s="3" t="s">
         <v>1497</v>
       </c>
-      <c r="B377" s="1" t="s">
+      <c r="F377" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A378" s="1" t="s">
         <v>1498</v>
       </c>
-      <c r="C377" s="1" t="s">
+      <c r="B378" s="1" t="s">
         <v>1499</v>
       </c>
-      <c r="D377" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E377" s="3" t="s">
+      <c r="C378" s="1" t="s">
         <v>1500</v>
       </c>
-      <c r="F377" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A378" s="1" t="s">
+      <c r="D378" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E378" s="3" t="s">
         <v>1501</v>
       </c>
-      <c r="B378" s="1" t="s">
+      <c r="F378" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G378" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
         <v>1502</v>
       </c>
-      <c r="C378" s="1" t="s">
+      <c r="B379" s="1" t="s">
         <v>1503</v>
       </c>
-      <c r="D378" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E378" s="3" t="s">
+      <c r="C379" s="1" t="s">
         <v>1504</v>
       </c>
-      <c r="F378" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A379" s="1" t="s">
+      <c r="D379" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E379" s="3" t="s">
         <v>1505</v>
       </c>
-      <c r="B379" s="1" t="s">
+      <c r="F379" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A380" s="1" t="s">
         <v>1506</v>
       </c>
-      <c r="C379" s="1" t="s">
+      <c r="B380" s="1" t="s">
         <v>1507</v>
       </c>
-      <c r="D379" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E379" s="3" t="s">
+      <c r="C380" s="1" t="s">
         <v>1508</v>
       </c>
-      <c r="F379" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A380" s="1" t="s">
+      <c r="D380" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E380" s="3" t="s">
         <v>1509</v>
       </c>
-      <c r="B380" s="1" t="s">
+      <c r="F380" s="3" t="s">
+        <v>1465</v>
+      </c>
+      <c r="G380" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A381" s="1" t="s">
         <v>1510</v>
       </c>
-      <c r="C380" s="1" t="s">
+      <c r="B381" s="1" t="s">
         <v>1511</v>
       </c>
-      <c r="D380" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E380" s="3" t="s">
+      <c r="C381" s="1" t="s">
         <v>1512</v>
       </c>
-      <c r="F380" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A381" s="1" t="s">
+      <c r="D381" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E381" s="3" t="s">
         <v>1513</v>
       </c>
-      <c r="B381" s="1" t="s">
+      <c r="F381" s="3" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A382" s="1" t="s">
         <v>1514</v>
       </c>
-      <c r="C381" s="1" t="s">
+      <c r="B382" s="1" t="s">
         <v>1515</v>
       </c>
-      <c r="D381" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E381" s="3" t="s">
+      <c r="C382" s="1" t="s">
         <v>1516</v>
       </c>
-      <c r="F381" s="3" t="s">
+      <c r="D382" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E382" s="3" t="s">
         <v>1517</v>
       </c>
-      <c r="G381" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A382" s="1" t="s">
+      <c r="F382" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="G382" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A383" s="1" t="s">
         <v>1518</v>
       </c>
-      <c r="B382" s="1" t="s">
+      <c r="B383" s="1" t="s">
         <v>1519</v>
       </c>
-      <c r="C382" s="1" t="s">
+      <c r="C383" s="1" t="s">
         <v>1520</v>
       </c>
-      <c r="D382" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E382" s="3" t="s">
+      <c r="D383" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E383" s="3" t="s">
         <v>1521</v>
       </c>
-      <c r="F382" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A383" s="1" t="s">
+      <c r="F383" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G383" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A384" s="1" t="s">
         <v>1522</v>
       </c>
-      <c r="B383" s="1" t="s">
+      <c r="B384" s="1" t="s">
         <v>1523</v>
       </c>
-      <c r="C383" s="1" t="s">
+      <c r="C384" s="1" t="s">
         <v>1524</v>
       </c>
-      <c r="D383" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E383" s="3" t="s">
+      <c r="D384" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E384" s="3" t="s">
         <v>1525</v>
       </c>
-      <c r="F383" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A384" s="1" t="s">
+      <c r="F384" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G384" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A385" s="1" t="s">
         <v>1526</v>
       </c>
-      <c r="B384" s="1" t="s">
+      <c r="B385" s="1" t="s">
         <v>1527</v>
       </c>
-      <c r="C384" s="1" t="s">
+      <c r="C385" s="1" t="s">
         <v>1528</v>
       </c>
-      <c r="D384" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E384" s="3" t="s">
+      <c r="D385" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E385" s="3" t="s">
         <v>1529</v>
       </c>
-      <c r="F384" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A385" s="1" t="s">
+      <c r="F385" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G385" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A386" s="1" t="s">
         <v>1530</v>
       </c>
-      <c r="B385" s="1" t="s">
+      <c r="B386" s="1" t="s">
         <v>1531</v>
       </c>
-      <c r="C385" s="1" t="s">
+      <c r="C386" s="1" t="s">
         <v>1532</v>
       </c>
-      <c r="D385" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E385" s="3" t="s">
+      <c r="D386" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E386" s="3" t="s">
         <v>1533</v>
       </c>
-      <c r="F385" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A386" s="1" t="s">
+      <c r="F386" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G386" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A387" s="1" t="s">
         <v>1534</v>
       </c>
-      <c r="B386" s="1" t="s">
+      <c r="B387" s="1" t="s">
         <v>1535</v>
       </c>
-      <c r="C386" s="1" t="s">
+      <c r="C387" s="1" t="s">
         <v>1536</v>
       </c>
-      <c r="D386" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E386" s="3" t="s">
+      <c r="D387" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E387" s="3" t="s">
         <v>1537</v>
       </c>
-      <c r="F386" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A387" s="1" t="s">
+      <c r="F387" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A388" s="1" t="s">
         <v>1538</v>
       </c>
-      <c r="B387" s="1" t="s">
+      <c r="B388" s="1" t="s">
         <v>1539</v>
       </c>
-      <c r="C387" s="1" t="s">
+      <c r="C388" s="1" t="s">
         <v>1540</v>
       </c>
-      <c r="D387" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E387" s="3" t="s">
+      <c r="D388" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E388" s="3" t="s">
         <v>1541</v>
       </c>
-      <c r="F387" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A388" s="1" t="s">
+      <c r="F388" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G388" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A389" s="1" t="s">
         <v>1542</v>
       </c>
-      <c r="B388" s="1" t="s">
+      <c r="B389" s="1" t="s">
         <v>1543</v>
       </c>
-      <c r="C388" s="1" t="s">
+      <c r="C389" s="1" t="s">
         <v>1544</v>
       </c>
-      <c r="D388" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E388" s="3" t="s">
+      <c r="D389" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E389" s="3" t="s">
         <v>1545</v>
       </c>
-      <c r="F388" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A389" s="1" t="s">
+      <c r="F389" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G389" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A390" s="1" t="s">
         <v>1546</v>
       </c>
-      <c r="B389" s="1" t="s">
+      <c r="B390" s="1" t="s">
         <v>1547</v>
       </c>
-      <c r="C389" s="1" t="s">
+      <c r="C390" s="1" t="s">
         <v>1548</v>
       </c>
-      <c r="D389" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E389" s="3" t="s">
+      <c r="D390" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E390" s="3" t="s">
         <v>1549</v>
       </c>
-      <c r="F389" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A390" s="1" t="s">
+      <c r="F390" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G390" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A391" s="1" t="s">
         <v>1550</v>
       </c>
-      <c r="B390" s="1" t="s">
+      <c r="B391" s="1" t="s">
         <v>1551</v>
       </c>
-      <c r="C390" s="1" t="s">
+      <c r="C391" s="1" t="s">
         <v>1552</v>
       </c>
-      <c r="D390" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E390" s="3" t="s">
+      <c r="D391" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E391" s="3" t="s">
         <v>1553</v>
       </c>
-      <c r="F390" s="3" t="s">
+      <c r="F391" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A392" s="1" t="s">
         <v>1554</v>
       </c>
-      <c r="G390" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A391" s="1" t="s">
+      <c r="B392" s="1" t="s">
         <v>1555</v>
       </c>
-      <c r="B391" s="1" t="s">
+      <c r="C392" s="1" t="s">
         <v>1556</v>
       </c>
-      <c r="C391" s="1" t="s">
+      <c r="D392" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E392" s="3" t="s">
         <v>1557</v>
       </c>
-      <c r="D391" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E391" s="3" t="s">
+      <c r="F392" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G392" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A393" s="1" t="s">
         <v>1558</v>
       </c>
-      <c r="F391" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A392" s="1" t="s">
+      <c r="B393" s="1" t="s">
         <v>1559</v>
       </c>
-      <c r="B392" s="1" t="s">
+      <c r="C393" s="1" t="s">
         <v>1560</v>
       </c>
-      <c r="C392" s="1" t="s">
+      <c r="D393" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E393" s="3" t="s">
         <v>1561</v>
       </c>
-      <c r="D392" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E392" s="3" t="s">
+      <c r="F393" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G393" s="3" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A394" s="1" t="s">
         <v>1562</v>
       </c>
-      <c r="F392" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A393" s="1" t="s">
+      <c r="B394" s="1" t="s">
         <v>1563</v>
       </c>
-      <c r="B393" s="1" t="s">
+      <c r="C394" s="1" t="s">
         <v>1564</v>
       </c>
-      <c r="C393" s="1" t="s">
+      <c r="D394" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E394" s="3" t="s">
         <v>1565</v>
       </c>
-      <c r="D393" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E393" s="3" t="s">
+      <c r="F394" s="3" t="s">
         <v>1566</v>
       </c>
-      <c r="F393" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A394" s="1" t="s">
+      <c r="G394" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A395" s="1" t="s">
         <v>1567</v>
       </c>
-      <c r="B394" s="1" t="s">
+      <c r="B395" s="1" t="s">
         <v>1568</v>
-      </c>
-[...21 lines deleted...]
-        <v>1572</v>
       </c>
       <c r="C395" s="1" t="s">
         <v>1569</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E395" s="3" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F395" s="3" t="s">
+        <v>1566</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A396" s="1" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C396" s="1" t="s">
         <v>1573</v>
       </c>
-      <c r="F395" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A396" s="1" t="s">
+      <c r="D396" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E396" s="3" t="s">
         <v>1574</v>
       </c>
-      <c r="B396" s="1" t="s">
+      <c r="F396" s="3" t="s">
+        <v>1566</v>
+      </c>
+      <c r="G396" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A397" s="1" t="s">
         <v>1575</v>
       </c>
-      <c r="C396" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E396" s="3" t="s">
+      <c r="B397" s="1" t="s">
         <v>1576</v>
       </c>
-      <c r="F396" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A397" s="1" t="s">
+      <c r="C397" s="1" t="s">
         <v>1577</v>
       </c>
-      <c r="B397" s="1" t="s">
+      <c r="D397" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E397" s="3" t="s">
         <v>1578</v>
       </c>
-      <c r="C397" s="1" t="s">
+      <c r="F397" s="3" t="s">
+        <v>1139</v>
+      </c>
+      <c r="G397" s="3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A398" s="1" t="s">
         <v>1579</v>
       </c>
-      <c r="D397" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E397" s="3" t="s">
+      <c r="B398" s="1" t="s">
         <v>1580</v>
       </c>
-      <c r="F397" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A398" s="1" t="s">
+      <c r="C398" s="1" t="s">
         <v>1581</v>
       </c>
-      <c r="B398" s="1" t="s">
+      <c r="D398" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E398" s="3" t="s">
         <v>1582</v>
       </c>
-      <c r="C398" s="1" t="s">
+      <c r="F398" s="3" t="s">
+        <v>1139</v>
+      </c>
+      <c r="G398" s="3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A399" s="1" t="s">
         <v>1583</v>
       </c>
-      <c r="D398" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E398" s="3" t="s">
+      <c r="B399" s="1" t="s">
         <v>1584</v>
       </c>
-      <c r="F398" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A399" s="1" t="s">
+      <c r="C399" s="1" t="s">
         <v>1585</v>
       </c>
-      <c r="B399" s="1" t="s">
+      <c r="D399" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E399" s="3" t="s">
         <v>1586</v>
       </c>
-      <c r="C399" s="1" t="s">
+      <c r="F399" s="3" t="s">
+        <v>1239</v>
+      </c>
+      <c r="G399" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A400" s="1" t="s">
         <v>1587</v>
       </c>
-      <c r="D399" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E399" s="3" t="s">
+      <c r="B400" s="1" t="s">
         <v>1588</v>
       </c>
-      <c r="F399" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A400" s="1" t="s">
+      <c r="C400" s="1" t="s">
         <v>1589</v>
       </c>
-      <c r="B400" s="1" t="s">
+      <c r="D400" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E400" s="3" t="s">
         <v>1590</v>
       </c>
-      <c r="C400" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E400" s="3" t="s">
+      <c r="F400" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G400" s="3" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A401" s="1" t="s">
         <v>1591</v>
       </c>
-      <c r="F400" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A401" s="1" t="s">
+      <c r="B401" s="1" t="s">
         <v>1592</v>
       </c>
-      <c r="B401" s="1" t="s">
+      <c r="C401" s="1" t="s">
         <v>1593</v>
       </c>
-      <c r="C401" s="1" t="s">
+      <c r="D401" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E401" s="3" t="s">
         <v>1594</v>
       </c>
-      <c r="D401" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E401" s="3" t="s">
+      <c r="F401" s="3" t="s">
         <v>1595</v>
       </c>
-      <c r="F401" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G401" s="3" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A402" s="1" t="s">
         <v>1596</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>1597</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1594</v>
+        <v>1598</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="F402" s="3" t="s">
-        <v>481</v>
+        <v>1595</v>
       </c>
       <c r="G402" s="3" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="403" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A403" s="1" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="F403" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="404" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>490</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A404" s="1" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E404" s="3" t="s">
+        <v>1607</v>
+      </c>
+      <c r="F404" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G404" s="3" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A405" s="1" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C405" s="1" t="s">
         <v>1606</v>
       </c>
-      <c r="F404" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D405" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E405" s="3" t="s">
         <v>1610</v>
       </c>
       <c r="F405" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A406" s="1" t="s">
         <v>1611</v>
       </c>
-      <c r="G405" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A406" s="1" t="s">
+      <c r="B406" s="1" t="s">
         <v>1612</v>
       </c>
-      <c r="B406" s="1" t="s">
+      <c r="C406" s="1" t="s">
+        <v>1606</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E406" s="3" t="s">
         <v>1613</v>
       </c>
-      <c r="C406" s="1" t="s">
+      <c r="F406" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G406" s="3" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A407" s="1" t="s">
         <v>1614</v>
       </c>
-      <c r="D406" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E406" s="3" t="s">
+      <c r="B407" s="1" t="s">
         <v>1615</v>
       </c>
-      <c r="F406" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A407" s="1" t="s">
+      <c r="C407" s="1" t="s">
         <v>1616</v>
       </c>
-      <c r="B407" s="1" t="s">
+      <c r="D407" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E407" s="3" t="s">
         <v>1617</v>
       </c>
-      <c r="C407" s="1" t="s">
+      <c r="F407" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G407" s="3" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A408" s="1" t="s">
         <v>1618</v>
       </c>
-      <c r="D407" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E407" s="3" t="s">
+      <c r="B408" s="1" t="s">
         <v>1619</v>
       </c>
-      <c r="F407" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A408" s="1" t="s">
+      <c r="C408" s="1" t="s">
         <v>1620</v>
       </c>
-      <c r="B408" s="1" t="s">
+      <c r="D408" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E408" s="3" t="s">
         <v>1621</v>
       </c>
-      <c r="C408" s="1" t="s">
+      <c r="F408" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G408" s="3" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A409" s="1" t="s">
         <v>1622</v>
       </c>
-      <c r="D408" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E408" s="3" t="s">
+      <c r="B409" s="1" t="s">
         <v>1623</v>
       </c>
-      <c r="F408" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A409" s="1" t="s">
+      <c r="C409" s="1" t="s">
         <v>1624</v>
       </c>
-      <c r="B409" s="1" t="s">
+      <c r="D409" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E409" s="3" t="s">
         <v>1625</v>
       </c>
-      <c r="C409" s="1" t="s">
+      <c r="F409" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A410" s="1" t="s">
         <v>1626</v>
       </c>
-      <c r="D409" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E409" s="3" t="s">
+      <c r="B410" s="1" t="s">
         <v>1627</v>
       </c>
-      <c r="F409" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A410" s="1" t="s">
+      <c r="C410" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E410" s="3" t="s">
         <v>1628</v>
       </c>
-      <c r="B410" s="1" t="s">
+      <c r="F410" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G410" s="3" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A411" s="1" t="s">
         <v>1629</v>
       </c>
-      <c r="C410" s="1" t="s">
+      <c r="B411" s="1" t="s">
         <v>1630</v>
       </c>
-      <c r="D410" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E410" s="3" t="s">
+      <c r="C411" s="1" t="s">
         <v>1631</v>
       </c>
-      <c r="F410" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A411" s="1" t="s">
+      <c r="D411" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E411" s="3" t="s">
         <v>1632</v>
       </c>
-      <c r="B411" s="1" t="s">
+      <c r="F411" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A412" s="1" t="s">
         <v>1633</v>
       </c>
-      <c r="C411" s="1" t="s">
+      <c r="B412" s="1" t="s">
         <v>1634</v>
       </c>
-      <c r="D411" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E411" s="3" t="s">
+      <c r="C412" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E412" s="3" t="s">
         <v>1635</v>
       </c>
-      <c r="F411" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A412" s="1" t="s">
+      <c r="F412" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G412" s="3" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A413" s="1" t="s">
         <v>1636</v>
       </c>
-      <c r="B412" s="1" t="s">
+      <c r="B413" s="1" t="s">
         <v>1637</v>
       </c>
-      <c r="C412" s="1" t="s">
+      <c r="C413" s="1" t="s">
         <v>1638</v>
       </c>
-      <c r="D412" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E412" s="3" t="s">
+      <c r="D413" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E413" s="3" t="s">
         <v>1639</v>
       </c>
-      <c r="F412" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A413" s="1" t="s">
+      <c r="F413" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A414" s="1" t="s">
         <v>1640</v>
       </c>
-      <c r="B413" s="1" t="s">
+      <c r="B414" s="1" t="s">
         <v>1641</v>
       </c>
-      <c r="C413" s="1" t="s">
+      <c r="C414" s="1" t="s">
         <v>1642</v>
       </c>
-      <c r="D413" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E413" s="3" t="s">
+      <c r="D414" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E414" s="3" t="s">
         <v>1643</v>
       </c>
-      <c r="F413" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A414" s="1" t="s">
+      <c r="F414" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G414" s="3" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A415" s="1" t="s">
         <v>1644</v>
       </c>
-      <c r="B414" s="1" t="s">
+      <c r="B415" s="1" t="s">
         <v>1645</v>
       </c>
-      <c r="C414" s="1" t="s">
+      <c r="C415" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E415" s="3" t="s">
         <v>1646</v>
       </c>
-      <c r="D414" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E414" s="3" t="s">
+      <c r="F415" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
         <v>1647</v>
       </c>
-      <c r="F414" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A415" s="1" t="s">
+      <c r="B416" s="1" t="s">
         <v>1648</v>
       </c>
-      <c r="B415" s="1" t="s">
+      <c r="C416" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E416" s="3" t="s">
         <v>1649</v>
       </c>
-      <c r="C415" s="1" t="s">
+      <c r="F416" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G416" s="3" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A417" s="1" t="s">
         <v>1650</v>
       </c>
-      <c r="D415" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E415" s="3" t="s">
+      <c r="B417" s="1" t="s">
         <v>1651</v>
       </c>
-      <c r="F415" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A416" s="1" t="s">
+      <c r="C417" s="1" t="s">
         <v>1652</v>
       </c>
-      <c r="B416" s="1" t="s">
+      <c r="D417" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E417" s="3" t="s">
         <v>1653</v>
       </c>
-      <c r="C416" s="1" t="s">
+      <c r="F417" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A418" s="1" t="s">
         <v>1654</v>
       </c>
-      <c r="D416" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E416" s="3" t="s">
+      <c r="B418" s="1" t="s">
         <v>1655</v>
       </c>
-      <c r="F416" s="3" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="C418" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E418" s="3" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F418" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>1659</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E419" s="3" t="s">
+        <v>1661</v>
+      </c>
+      <c r="F419" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G419" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A420" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E420" s="3" t="s">
+        <v>1665</v>
+      </c>
+      <c r="F420" s="3" t="s">
+        <v>1666</v>
+      </c>
+      <c r="G420" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A421" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E421" s="3" t="s">
+        <v>1670</v>
+      </c>
+      <c r="F421" s="3" t="s">
+        <v>1666</v>
+      </c>
+      <c r="G421" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A422" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E422" s="3" t="s">
+        <v>1674</v>
+      </c>
+      <c r="F422" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G422" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A423" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E423" s="3" t="s">
+        <v>1678</v>
+      </c>
+      <c r="F423" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G423" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A424" s="1" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E424" s="3" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F424" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G424" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A425" s="1" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E425" s="3" t="s">
+        <v>1686</v>
+      </c>
+      <c r="F425" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G425" s="3" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A426" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E426" s="3" t="s">
+        <v>1690</v>
+      </c>
+      <c r="F426" s="3" t="s">
+        <v>1666</v>
+      </c>
+      <c r="G426" s="3" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A427" s="1" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>1692</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E427" s="3" t="s">
+        <v>1694</v>
+      </c>
+      <c r="F427" s="3" t="s">
+        <v>1666</v>
+      </c>
+      <c r="G427" s="3" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A428" s="1" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E428" s="3" t="s">
+        <v>1698</v>
+      </c>
+      <c r="F428" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G428" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A429" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>1701</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E429" s="3" t="s">
+        <v>1702</v>
+      </c>
+      <c r="F429" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="G429" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A430" s="1" t="s">
+        <v>1703</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>1704</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E430" s="3" t="s">
+        <v>1706</v>
+      </c>
+      <c r="F430" s="3" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G430" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A431" s="1" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D431" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E431" s="3" t="s">
+        <v>1710</v>
+      </c>
+      <c r="F431" s="3" t="s">
+        <v>1566</v>
+      </c>
+      <c r="G431" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A432" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>1712</v>
+      </c>
+      <c r="C432" s="1" t="s">
+        <v>1713</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E432" s="3" t="s">
+        <v>1714</v>
+      </c>
+      <c r="F432" s="3" t="s">
+        <v>1566</v>
+      </c>
+      <c r="G432" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A433" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E433" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="F433" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="G433" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A434" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E434" s="3" t="s">
+        <v>1722</v>
+      </c>
+      <c r="F434" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="G434" s="3" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">