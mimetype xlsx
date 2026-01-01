--- v0 (2025-10-29)
+++ v1 (2026-01-01)
@@ -12,2194 +12,2458 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="783">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="911">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/15d/v3n4mxg83zj1dsqwuza7e1ub0b8h6p9k.jpg</t>
-[...2 lines deleted...]
-    <t>Папка уголок Basic, 5 отделений, А4, цвет в ассортименте, 180 мкм</t>
+    <t>http://anytos.ru//upload/iblock/71b/6fxliop23mo0tlyd7nf504lhkorrp9gy.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок inФОРМАТ А4 желт. пластик 180мкм: PU7018Y штр.: 4602723005032</t>
   </si>
   <si>
     <t>Папки-уголки</t>
   </si>
   <si>
-    <t>44550</t>
-[...2 lines deleted...]
-    <t>&lt;a href="/brands/albion/"&gt;ALBION™&lt;/a&gt;</t>
+    <t>103700</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/548/nu80lvl2zgt4reu8wx3ca536fm3rkupr.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок inФОРМАТ А4 желтый пластик 150мкм   PU7015Y</t>
+  </si>
+  <si>
+    <t>Прозрачная папка формата A4 из пластика сохраняет документы в отличном состоянии. Используется для хранения небольшого количества документов. Толщина пластика – 0,15 мм &amp;#40;150 мкм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>103701</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0b0/jnwon324bv2tibvnh99eqar3ac7b6c8k.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок inФОРМАТ А4 зел. пластик 180мкм: PU7018G штр.: 4602723005001</t>
+  </si>
+  <si>
+    <t>Прозрачная папка формата A4 из жесткого пластика сохраняет документы в отличном состоянии. Используется для хранения небольшого количества документов. Толщина пластика – 0,18 мм &amp;#40;180 мкм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>103703</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1b5/b9elv7edhy9f0odhsr0xomv94xaxza2q.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок inФОРМАТ А4 зеленый пластик 150мкм: PU7015G штр.: 4602723001843</t>
+  </si>
+  <si>
+    <t>103704</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ae/rl226ce9zo2kzousp5cxna3zi4am87hc.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок inФОРМАТ А4 красн. пластик 180мкм: PU7018R штр.: 4602723005018</t>
+  </si>
+  <si>
+    <t>103706</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f4/hoiiem7bi0ve5fltwug5v0wjx0839a4m.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок inФОРМАТ А4 красный пластик 150мкм: PU7015R штр.: 4602723001850</t>
+  </si>
+  <si>
+    <t>103707</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d95/qgz09uktck8sq5xxop71zcvdi5x718ap.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок inФОРМАТ А4 прозрачный пластик 150мкм: PU7015 штр.: 4602723001492</t>
+  </si>
+  <si>
+    <t>103709</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12a/my1g5iatokm4cglk4vdbijh5gqlxzpec.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок inФОРМАТ А4 прозрачный пластик 2 кармана: PU7215 штр.: 4602723001508</t>
+  </si>
+  <si>
+    <t>Прозрачная пластиковая папка формата A4 сохраняет документы в отличном состоянии. Используется для хранения небольшого количества документов от 1 до 30 листов. Папка имеет 2 кармана для большего удобства сортировки документов. Толщина пластика – 0,15 мм &amp;#40;150 мкм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>103710</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a24/nsuv07qrsfpvk47uvdyjig06v85agnus.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок inФОРМАТ А4 прозрачный пластик 4 отделения: PU7315 штр.: 4602723001966</t>
+  </si>
+  <si>
+    <t>Прозрачная пластиковая папка формата A4 сохраняет документы в отличном состоянии. Используется для хранения небольшого количества документов от 1 до 30 листов. Папка имеет 4 отделения для большего удобства сортировки документов. Толщина пластика – 0,15 мм &amp;#40;150 мкм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>103711</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0da/5raivr951ced40k8d21no8guarlzfqj1.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок inФОРМАТ А4 прозрачный пластик180мкм: PU7018T штр.: 4602723005025</t>
+  </si>
+  <si>
+    <t>103712</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca5/842nr2d39sq0ooc0l2e021n823ps6u83.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок inФОРМАТ А4 синий пластик 150мкм: PU7015B штр.: 4602723001874</t>
+  </si>
+  <si>
+    <t>103713</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2db/ukitwi6ttofdj47t5vg3qr8n12kql0p5.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок inФОРМАТ А4 синий пластик 150мкм 4 отделения: PU7315B штр.: 4602723001973</t>
+  </si>
+  <si>
+    <t>103715</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d17/gq040k1dvhl4erlhdhx25owpghiuovjx.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок inФОРМАТ А4 синий пластик 180мкм: PU7018B штр.: 4602723004998</t>
+  </si>
+  <si>
+    <t>103716</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c4/5k6rzrp6t2ml2ms39aij1neob05mqtoh.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок STANGER А4 синий пластик 200мкм: 51182-B штр.: 4602723025610</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок формата А4 выполнена из качественного полупрозрачного цветного пластика толщиной - 0,2 мм &amp;#40;200 мкм&amp;#41;. В правом нижнем углу папки серебристое тиснение. </t>
+  </si>
+  <si>
+    <t>103732</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/stanger/"&gt;Stanger&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1e0/1e034f82c25781c2ff0269662fbb4b7a/1bc3ed2dce23f4a11015e388522a3c65.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache Fantasy А4 в уп. 8шт уп в асс. штр.  4650000344411</t>
+  </si>
+  <si>
+    <t>Папка-уголок Attache Fantasy формата А4 изготовлена из полупрозрачного пластика плотностью 180 мкм с абстрактным узором. Позволяет удобно хранить и переносить документы, предотвращает их смятие и загрязнение. Есть выемка для удобного извлечения листов. Папки поставляются упаковками по 8 штук разного цвета. Вместимость до 40 листов.</t>
+  </si>
+  <si>
+    <t>250014</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7d7/0p55w15bqaflv2bbx18ftd933rf8qdge.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок п э цв. E-100 00T прозр. Россия 10шт уп штр.  4680237031280</t>
+  </si>
+  <si>
+    <t>Папка-уголок Attache Economy формата А4 изготовлена из мягкой полипропиленовой пленки. Поверхность матовая, без рельефа. Толщина пленки - 100 мкм. Папка вмещает до 40 листов стандартной плотности. В упаковке 10 штук.</t>
+  </si>
+  <si>
+    <t>250031</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61e/61e2655833aaada5198b43e4bf5aba4b/b2c90305463287bb50c0b21702184cc5.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок п э цв. E-100 123T желтая Россия 10 шт уп штр.  4680237031327</t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 изготовлена из мягкой полипропиленовой пленки. Толщина пленки - 100 мкм. Папка вмещает до 40 листов стандартной плотности. В упаковке 10 штук.</t>
+  </si>
+  <si>
+    <t>250032</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cbc/cbcf091ebfb705d34d9e5868ad171bb5/ea8fa4f87634edadc4e1f46e6c2245a9.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок п э цв. E-100 209T красная Россия 10шт уп штр.  4680237031297</t>
+  </si>
+  <si>
+    <t>250033</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2f/a2f0167f7561712713509f2363b97b11/722fd05fa69b189927cd8b7348dfe6f5.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок п э цв. E-100 295T синяя Россия 10 шт уп штр.  4680237031303</t>
+  </si>
+  <si>
+    <t>250034</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/29c/29cfe53dc1ad9624aeada15551b56982/4d6bb82f4f2607a8030163117d9e1be0.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок п э цв. E-100 334T зеленая Россия 10 шт уп штр.  4680237031310</t>
+  </si>
+  <si>
+    <t>250035</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/93a/hx8t587ala1y07aflhgtwqv7mfclivrw.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок LITE  А4 синий пластик 100 мкм: PU7010BE штр.: -</t>
+  </si>
+  <si>
+    <t>265058</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/36b/69et8h07nrw49w7o1ambeml9vnho3s6q.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок LITE А4 зелен. пластик 100 мкм: PU7010GE штр.: 4602723069348</t>
+  </si>
+  <si>
+    <t>265059</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c22/hlt14l6fv8d60atb1f6z0vdu1ip0ls4n.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок LITE А4 прозр. пластик 100 мкм: PU7010E штр.: 4602723069331</t>
+  </si>
+  <si>
+    <t>265060</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d2f/d2f02b71a7ddd54d092f899bd9fe2cc0/9b4a1998bc6bcb25482eeb757a8d1df4.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок , 150 мкм, желтый 10 шт уп Россия 971153</t>
+  </si>
+  <si>
+    <t>Папка уголок , 150 мкм, желтый 10 шт/уп Россия</t>
+  </si>
+  <si>
+    <t>335588</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/377/377e03ba01e6cf3d7de6dcce9f1939b6/f0ea2c4fbf78d44e93613294211373c4.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок , 150 мкм, зеленый 10 шт уп Россия 971154</t>
+  </si>
+  <si>
+    <t>Папка уголок , 150 мкм, зеленый 10 шт/уп Россия</t>
+  </si>
+  <si>
+    <t>335589</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/173/173708a1f41b767c994c08c1a3afbb0e/ec077107bae9781c032f6f1141131542.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок , 150 мкм, прозрачный 10шт уп Россия 971156</t>
+  </si>
+  <si>
+    <t>Папка уголок , 150 мкм, прозрачный 10шт/уп Россия</t>
+  </si>
+  <si>
+    <t>335591</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8e3/8e384cb92914ad2012cfe6dc2f18cd72/435ce5c1441c04f20610fe699bccbdd4.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок , 150 мкм, синий 10шт уп Россия 971157</t>
+  </si>
+  <si>
+    <t>Папка уголок , 150 мкм, синий 10шт/уп Россия</t>
+  </si>
+  <si>
+    <t>335592</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/743/743dd8c104882c374a76199604697550/6321be42878c20b731d4825275cace8c.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок E-310 180мкр жест.пластик А4 бел.матов.Россия 10шт уп 971159</t>
+  </si>
+  <si>
+    <t>Папка уголок E-310 180мкр жест.пластик А4 бел.матов.Россия 10шт/уп</t>
+  </si>
+  <si>
+    <t>335593</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/031/grl3iuq421t9ke9i58jawx1catm19h3t.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок E-310 180мкр жест.пластик А4 бесцв.прозр.Россия 10шт уп 971160</t>
+  </si>
+  <si>
+    <t>Папка-уголок предназначенная для транспортировки документов формата А4. Обложка изготовлена из жесткой полипропиленовой пленки плотностью 180 мкм прозрачного цвета. 10 штук в упаковке. Папка вмещает до 40 листов стандартной плотности.</t>
+  </si>
+  <si>
+    <t>335594</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/06f/06f7cb99d22cc9847b98e9c5de717dea/6a85485f6f5468ea2acccf06ea3806bd.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок E-310 180мкр жест.пластик А4 желтая прозр.Россия 10шт уп 971161</t>
+  </si>
+  <si>
+    <t>Папка уголок E-310 180мкр жест.пластик А4 желтая прозр.Россия 10шт/уп</t>
+  </si>
+  <si>
+    <t>335595</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/07b/07b6fcf21986b4123010b76a3dd906b3/730f87cc915d4019f83de7b5391b0502.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок E-310 180мкр жест.пластик А4 зеленая прозр.Россия 10шт уп 971162</t>
+  </si>
+  <si>
+    <t>Папка уголок E-310 180мкр жест.пластик А4 зеленая прозр.Россия 10шт/уп</t>
+  </si>
+  <si>
+    <t>335596</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ecd/ecd01e7b96ea07d48f1f2e4c4a057ac9/92c5e143af4c8e0c263c2a3dec6b283c.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок E-310 180мкр жест.пластик А4 красная прозр.Россия 10шт уп 971163</t>
+  </si>
+  <si>
+    <t>Папка уголок E-310 180мкр жест.пластик А4 красная прозр.Россия 10шт/уп</t>
+  </si>
+  <si>
+    <t>335597</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c3c/c3caab3a7e99b0569714096350cca2a0/3c50ea02a09dd7a41e9482144012f007.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок E-310 180мкр жест.пластик А4 синяя прозр.Россия 10шт уп 971164</t>
+  </si>
+  <si>
+    <t>Папка уголок E-310 180мкр жест.пластик А4 синяя прозр.Россия 10шт/уп</t>
+  </si>
+  <si>
+    <t>335598</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a50/a502ed73560f7190fb7896b65f1f7252/622d86947ebcf3ce98f0130f80af365f.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок ПУ-001-ПП 120мкр жест.пластик А4 желтая прозр. 20 шт уп 971165</t>
+  </si>
+  <si>
+    <t>Папка уголок ПУ-001-ПП 120мкр жест.пластик А4 желтая прозр. 20 шт/уп</t>
+  </si>
+  <si>
+    <t>335599</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf0/cf066e2a6f30169425bbb2157a46fc6a/f041c7c757e2338c42dfcf94348cf0e4.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок ПУ-001-ПП 120мкр жест.пластик А4 зеленая прозр 20шт уп 971166</t>
+  </si>
+  <si>
+    <t>Папка уголок ПУ-001-ПП 120мкр жест.пластик А4 зеленая прозр 20шт/уп</t>
+  </si>
+  <si>
+    <t>335600</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/92b/92b77fe030feac4cf7c7ad01f3fe3ac6/20277c9957ae83e223f3b8333454b65a.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок ПУ-001-ПП 120мкр жест.пластик А4 красная прозр 20 шт уп 971167</t>
+  </si>
+  <si>
+    <t>Папка уголок ПУ-001-ПП 120мкр жест.пластик А4 красная прозр 20 шт/уп</t>
+  </si>
+  <si>
+    <t>335601</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d05/d05c0754a9d60dc50296452d84018de9/1048769f6eb127c0f1b8889563a30972.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок ПУ-001-ПП 120мкр жест.пластик А4 синяя прозр. 20шт уп 971168</t>
+  </si>
+  <si>
+    <t>Папка уголок ПУ-001-ПП 120мкр жест.пластик А4 синяя прозр. 20шт/уп</t>
+  </si>
+  <si>
+    <t>335602</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/450/450847b8af68047b0cbab0deb6f52bc4/9a7e80f30a8758f78513f518d0099978.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache формат А3 180мкм сини. в уп.20шт</t>
+  </si>
+  <si>
+    <t>376066</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c9c/d1s8ze5kkw0nms6kw5j372auhghuwuun.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок ПУ-001-ПП 120мкр жест.пластик А4 прозр 20 шт уп</t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 изготовлена из прозрачного полипропилена плотностью 120 мкм, прозрачного цвета, 20 штук в упаковке. Документы не мнутся и не пачкаются. Есть вырез для удобного извлечения листов. Папка вмещает до 40 листов стандартной плотности.</t>
+  </si>
+  <si>
+    <t>376072</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b76/b764803c76bda3c753fd2af6ef568e50/f5cd57834cdca2409aedc552e3e6cc18.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок, 3 отделения, 150 мкм,  ассорти10шт уп</t>
+  </si>
+  <si>
+    <t>Папка уголок, 3 отделения, 150 мкм,&amp;nbsp;&amp;nbsp;ассорти10шт/уп</t>
+  </si>
+  <si>
+    <t>376073</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af2/af297b0f97166e69f2c6e96f0f85eda5/bd7620ae8f77cb3d11221f24d5ddeb91.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Attache Economy 100мкм OfficeSET прозрачный, 100шт уп</t>
+  </si>
+  <si>
+    <t>Папка-уголок Attache Economy 100мкм OfficeSET прозрачный, 100шт/уп</t>
+  </si>
+  <si>
+    <t>376074</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a6a/cpku5mujq68z9jiwrc3zv16ajku4wccs.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG, зеленая, 0,10 мм, 223965</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 100 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет определить содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами. Данная папка заметно выделяется среди других благодаря яркому зеленому цвету.</t>
+  </si>
+  <si>
+    <t>388459</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e2/sgwfdsb4c03bu0w2aqhmgs22cso6hx4d.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG, красная 0,10 мм, 223967</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 100 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет определить содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами. Данная папка заметно выделяется среди других благодаря яркому красному цвету.</t>
+  </si>
+  <si>
+    <t>388460</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d6/7qzsdqt8kxpckwpqi9ue8iwdfqkdwzgo.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG, прозрачная, 0,10 мм, 223966</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 100 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет определить содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами.</t>
+  </si>
+  <si>
+    <t>388461</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be8/ysre4fx13ie1p5cfzo6uuwaausaoylyd.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG, синяя, 0,10 мм, 223964</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 100 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет определить содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами. Данная папка заметно выделяется среди других благодаря насыщенному синему цвету.</t>
+  </si>
+  <si>
+    <t>388462</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f5a/vwlcvypvr56x0wqaptt8dzxjlxti8mex.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая BRAUBERG, желтая, 0,15 мм, 223968</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет определить содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами. Данная папка заметно выделяется среди других благодаря яркому желтому цвету.</t>
+  </si>
+  <si>
+    <t>388463</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c16/d955mw4yhgwf6dryp2ooa586mse3pn4r.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая BRAUBERG, зеленая, 0,15 мм, 221639</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет определить содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами. Данная папка заметно выделяется среди других благодаря яркому зеленому цвету.</t>
+  </si>
+  <si>
+    <t>388464</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba2/ehsewwd9gxyh86as24yvo8iisun8nprd.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая BRAUBERG, красная, 0,15 мм, 221640</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет определить содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами. Данная папка заметно выделяется среди других благодаря яркому красному цвету.</t>
+  </si>
+  <si>
+    <t>388465</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7cc/f9dea50m74cluxzfzfy0fuxo99it3fkd.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая BRAUBERG, прозрачная, 0,15 мм, 221641</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет определить содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами.</t>
+  </si>
+  <si>
+    <t>388466</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/475/s2f8waul9dxkv7wrfu24xxx3cri036js.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая BRAUBERG, синяя, 0,15 мм, 221642</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет определить содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами. Данная папка заметно выделяется среди других благодаря насыщенному синему цвету.</t>
+  </si>
+  <si>
+    <t>388467</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d50/9a4itv954lljbfkyfwia58mhq0b8f9pr.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая, непрозрачная BRAUBERG, зеленая, 0,15 мм, 224881</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Непрозрачный материал способен скрыть содержимое от посторонних глаз. Специальная выемка для перелистывания листов облегчает работу с документами. Данная папка заметно выделяется среди других благодаря яркому зеленому цвету.</t>
+  </si>
+  <si>
+    <t>388468</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/309/hjpc22o143ahap3c31kkrwjrxs8dzdmc.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая, непрозрачная BRAUBERG, красная, 0,15 мм, 224879</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Непрозрачный материал способен скрыть содержимое от посторонних глаз. Специальная выемка для перелистывания листов облегчает работу с документами. Данная папка заметно выделяется среди других благодаря яркому красному цвету.</t>
+  </si>
+  <si>
+    <t>388469</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/094/bpkzk3vxi86bzln59ncj3uuq103be0m5.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая, непрозрачная BRAUBERG, синяя, 0,15 мм, 224880</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Непрозрачный материал способен скрыть содержимое от посторонних глаз. Специальная выемка для перелистывания листов облегчает работу с документами. Данная папка заметно выделяется среди других благодаря насыщенному синему цвету.</t>
+  </si>
+  <si>
+    <t>388470</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a09/vlaxhkki7lhf299olys72r008toesupb.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок с 2 карманами BRAUBERG, синяя, 0,18 мм, 224883</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 180 мкм. Она предотвращает смятие, загрязнение или намокание бумаг, а благодаря внутреннему карману позволяет хранить в 2 раза больше бумаг. Непрозрачный материал способен скрыть содержимое от посторонних глаз. Данная папка заметно выделяется среди других благодаря насыщенному синему цвету.</t>
+  </si>
+  <si>
+    <t>388472</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad2/abocrk06pp7n4o8se8xsro2wgd47x0vx.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок с 3 отделениями, жесткая, BRAUBERG, синяя, 0,15 мм, 224885</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Непрозрачный материал способен скрыть содержимое от посторонних глаз. Имеет 3 отделения, разделенных ярлычками. Данная папка заметно выделяется среди других благодаря насыщенному синему цвету.</t>
+  </si>
+  <si>
+    <t>388474</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/169/8nb94m6bxckfy9w03niv3o7dt3zs8vna.jpg</t>
+  </si>
+  <si>
+    <t>Папки-уголки с перфорацией прозрачные, до 40 листов, ПЛОТНЫЕ 0,18 мм, комплект 10 шт., BRAUBERG, 226827</t>
+  </si>
+  <si>
+    <t>Папки-уголки BRAUBERG предназначены для хранения и транспортировки документов и являются незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 180 мкм. Она предотвращает смятие, загрязнение или намокание бумаг, а мультиперфорация по краю позволяет подшивать уголок в любую папку. Прозрачный материал позволяет определить содержимое, не открывая папку-уголок. Специальная выемка для перелистывания листов облегчает работу с документами.</t>
+  </si>
+  <si>
+    <t>388477</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ccb/ccb5344efbb56aa5c7538f3e20a35f80/e5a7a600b0841ee5092ef39f47aae987.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок 150 мкмЭлементари, синий 20шт уп Россия</t>
+  </si>
+  <si>
+    <t>Папка уголок 150 мкмЭлементари, синий 20шт/уп Россия</t>
+  </si>
+  <si>
+    <t>417201</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d0b/d0bd5b852b93f2735a94a5b9dafd1012/e9f55c52db3d5325672dfd992cbd3841.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок 180 мкмЭлементари, синий 10шт уп Россия</t>
+  </si>
+  <si>
+    <t>Папка уголок 180 мкмЭлементари, синий 10шт/уп Россия</t>
+  </si>
+  <si>
+    <t>417202</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/599/kh08kraio1nqc1ez0rr1yrqmx5rlpqnm.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG  quot;SPORT CAR quot;, А4, 150 мкм, цветная печать, 228044</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG &amp;quot;SPORT CAR&amp;quot; предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника, офисного работника. Также папки найдут применение в домашних условиях. Важным документам необходимо обеспечить оптимальные условия хранения и транспортировки. Лучше всего для этих целей использовать папку-уголок, которая предотвращает смятие, загрязнение или намокание бумаг. Папка-уголок BRAUBERG &amp;quot;Sport Car&amp;quot; формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Непрозрачный материал способен скрыть содержимые бумаги от посторонних глаз. Специальная удобная выемка для перелистывания листов облегчает работу с документами. Данная папка существенно выделяется среди других благодаря красочному полноцветному рисунку с изображением стильной спортивной машины.Преимуществом папки-уголка BRAUBERG, несомненно, является ее цена в сочетании с качеством высокого уровня.</t>
+  </si>
+  <si>
+    <t>425561</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/548/nu80lvl2zgt4reu8wx3ca536fm3rkupr.jpg</t>
-[...587 lines deleted...]
-    <t>417205</t>
+    <t>http://anytos.ru//upload/iblock/088/0889a60f6c2bd521e1ea3c11a3816725/997edd95b9d5c65b886e1ee790699ef4.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache формат А5 синий в уп.20шт.,150 мкм</t>
+  </si>
+  <si>
+    <t>440310</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/209/209e24ed10267066a7219a367b9fec52/4e9abe56e338cff111552e5accfd4008.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache А4 180 мкм, карман для визитки, синий 1 20шт</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache А4 180 мкм, карман для визитки, синий 1/20шт</t>
+  </si>
+  <si>
+    <t>584695</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a1/7a1a23884f4297d467513d8a6fa42302/529e45db26a1f227893096d3751ef495.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок 180 мкм Attache Economy Элементари, прозрачный 10шт уп</t>
+  </si>
+  <si>
+    <t>Папка уголок 180 мкм Attache Economy Элементари, прозрачный 10шт/уп</t>
+  </si>
+  <si>
+    <t>584696</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2e9/2e980e7e2197e16f2a65fe6f7c26ba5d.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Radiance quot;, А4, 200мкм, желтый розовый градиент</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Berlingo &amp;quot;Radiance&amp;quot; формата А4. Цвет: желто-розовый градиент. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам.&amp;nbsp;&amp;nbsp;Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>630791</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/40b/40badc07a09369d14106aef4679af054.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Radiance quot;, А4, 200мкм, розовый голубой градиент</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Berlingo &amp;quot;Radiance&amp;quot; формата А4. Цвет: розово-голубой градиент. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам.&amp;nbsp;&amp;nbsp;Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>630792</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2cc/2cc5b4743043c84b302f66e8017d37d5.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Radiance quot;, А4, 200мкм, голубой зеленый градиент</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Berlingo &amp;quot;Radiance&amp;quot; формата А4. Цвет: сине-зеленый градиент. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам.&amp;nbsp;&amp;nbsp;Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>630793</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b9b/b9b254a85644f3967d97ed4e05511aa9.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Geometry quot;, А4, 200мкм, с рисунком</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Berlingo &amp;quot;Geometry&amp;quot; формата А4 с рисунком. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам.&amp;nbsp;&amp;nbsp;Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>630794</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a9/4a9fed8c76a9aaf800a49e87d4484d87.jpg</t>
+  </si>
+  <si>
+    <t>630795</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/063/0632c94f47a825179ccf3a9e9a92ee3a.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Triangle quot;, А4, 200мкм, с рисунком</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Berlingo &amp;quot;Triangle&amp;quot; формата А4 с рисунком. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам.&amp;nbsp;&amp;nbsp;Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>630796</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/335/335723a7bc086453d646b0696de25495.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Bubbles quot;, А4, 200мкм, прозрачная, с рисунком</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Berlingo &amp;quot;Bubbles&amp;quot; формата А4, прозрачная, с рисунком. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам.&amp;nbsp;&amp;nbsp;Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>630797</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/619/6zrcq27hgg5lxzw0p70ii4rvubv5cx7q.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;DoubleBlack quot;, А4, 200мкм, черная, с рисунком</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Berlingo &amp;quot;DoubleBlack&amp;quot; формата А4, черного цвета, с рельефным рисунком. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам.&amp;nbsp;&amp;nbsp;Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>686726</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a5/vllc4q2cdgx7ztgn8gmq1uq5cdgclbxu.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Diagonal Pastel, A4, непрозрачная, ассорти  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 из высококачественного непрозрачного пластика с текстурой поверхности &amp;quot;диагональ&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Цвет папки - ассорти: фиолетовый, желтый, голубой, розовый. Размер - 220х310мм,толщина - 0.18мм.</t>
+  </si>
+  <si>
+    <t>697514</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1fc/ex9qkm1reuqvatwhl4ftjtca1arl7r6q.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Glossy Ice Metallic, A4, непрозрачная, ассорти  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 из высококачественного непрозрачного пластика с текстурой поверхности &amp;quot;зеркало&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Цвет папки - ассорти: голубой, серебристый, бирюзовый, синий. Размер - 220х310мм,толщина - 0.18мм.</t>
+  </si>
+  <si>
+    <t>697515</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/652/pvygjpbdd8s1oxoh7k8smplpytuxmxmw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Fizzy Clear, A4, прозрачный  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 из высококачественного прозрачного пластика с текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Размер - 220х310мм,толщина - 0.12мм.</t>
+  </si>
+  <si>
+    <t>697520</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b8/yo54nomhvxvphm5pxavmjf2aj4w7fog4.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Glossy Classic, A4, ассорти  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 из высококачественного прозрачного пластика с текстурой поверхности &amp;quot;зеркало&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Цвет папки - ассорти: синий, зеленый, красный, прозрачный. Размер - 220х310мм,толщина - 0.16мм.</t>
+  </si>
+  <si>
+    <t>697525</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c9/c62de67gxxmp13adtq40quc9b0amz6fw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Glossy Classic, A4, зеленый  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 из высококачественного прозрачного пластика с текстурой поверхности &amp;quot;зеркало&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Цвет папки - зеленый. Размер - 220х310мм,толщина - 0.16мм.</t>
+  </si>
+  <si>
+    <t>697526</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/43f/xli1rnwgwaaytetwnocjspral4lr29oi.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Glossy Classic, A4, красный  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 из высококачественного прозрачного пластика с текстурой поверхности &amp;quot;зеркало&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Цвет папки - красный. Размер - 220х310мм,толщина - 0.16мм.</t>
+  </si>
+  <si>
+    <t>697527</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f0/a39iw9ggd2e00hhxcveh3ja2t8n29dta.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Glossy Neon, A4, полупрозрачная, ассорти  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 из высококачественного прозрачного пластика с текстурой поверхности &amp;quot;зеркало&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Цвет папки - ассорти:желтый, зеленый, оранжевый, розовый. Размер - 220х310мм,толщина - 0.18мм.</t>
+  </si>
+  <si>
+    <t>697529</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e3/sjxh1brq5rtcog1geqz86341y2674vo0.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Glossy Vivid, A4, полупрозрачная, ассорти  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 из высококачественного прозрачного пластика с текстурой поверхности &amp;quot;зеркало&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Цвет папки - ассорти: бирюзовый, синий, фиолетовый, маджента. Размер - 220х310мм,толщина - 0.18мм.</t>
+  </si>
+  <si>
+    <t>697530</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e59/gcm3rt00lqapp917n83auicar4yblf4k.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок с 2 карманами Erich Krause Glossy Neon, A4, полупрозрачная, ассорти  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок с 2 карманами ErichKrause® Glossy Neon, A4, полупрозрачная, ассорти &amp;#40;в пакете по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>697535</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb0/j5jkib23sy5mmgg7qym05tft6z00z8bk.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок с 2 карманами Erich Krause Matt Pastel, A4, непрозрачная, ассорти  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок с 2 карманами ErichKrause® Matt Pastel, A4, непрозрачная, ассорти &amp;#40;в пакете по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>697536</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f2/l35x0wgws27b5ws7d2vjx2f6zyfunses.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок плотная BRAUBERG SUPER, 0,18 мм, прозрачная, 270478</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG SUPER предназначена для хранения и транспортировки документов. Является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 180 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами.</t>
+  </si>
+  <si>
+    <t>701400</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/05a/anilkngvv10h9k62xz1xw7mkhk13pe39.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок плотная BRAUBERG SUPER, 0,18 мм, синяя, 270479</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG SUPER предназначена для хранения и транспортировки документов. Является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами. Данная папка заметно выделяется среди других благодаря насыщенному синему цвету.</t>
+  </si>
+  <si>
+    <t>701401</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/514/q33ui4tr40znk6hjlvqcu1d9y5qrzed8.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок А4 оранжевая</t>
+  </si>
+  <si>
+    <t>706393</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e1/pbuf8f3ugqu2w35xvmiecifxay728sps.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок А4 черная</t>
+  </si>
+  <si>
+    <t>706394</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/181/iw6unfjl6tse85qe1dtqhy6hfp85h1tw.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок А4 зел ная</t>
+  </si>
+  <si>
+    <t>Папка-уголок зелёная А4</t>
+  </si>
+  <si>
+    <t>706395</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a7/42qv6rr9dmk71vgaqkjjkje80b3vekog.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Eco XS quot; А4, 200мкм, с рисунком</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Berlingo &amp;quot;Eco XS&amp;quot; формата А4 с рисунком. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам.&amp;nbsp;&amp;nbsp;Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>711037</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b7/2octdpqrisoh3xgfjnhu0s96wbdptzdo.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Eco quot; А4, 200мкм, с рисунком</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Berlingo &amp;quot;Eco&amp;quot; формата А4 с рисунком. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам.&amp;nbsp;&amp;nbsp;Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>711038</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b35/nkcypi3tzzljdi33idnga7a49vea6id5.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Neon Paradise quot; А4, 200мкм, с рисунком</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Berlingo &amp;quot;Neon Paradise&amp;quot; формата А4 с рисунком. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам.&amp;nbsp;&amp;nbsp;Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>711044</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e89/vjl6entxafa26qc13fe1xdnkbk6jy604.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache Economy прозрачный 60 мкм 50шт уп</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache Economy прозрачный 60 мкм 50шт/уп</t>
+  </si>
+  <si>
+    <t>716727</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc9/obgq0h7x0zfuv4q2w47wajx9idtmmh7w.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Glossy Clear, A4, прозрачный  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Erich Krause Glossy Clear, A4, прозрачный &amp;#40;в пакете по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>717711</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb4/75t4jh6ipuhihckjpp6pp5kjiiesu73z.jpg</t>
+  </si>
+  <si>
+    <t>Набор из 4 папок-уголков пластиковых Erich Krause  Natural Life, A4, ассорти</t>
+  </si>
+  <si>
+    <t>Набор из 4 папок-уголков пластиковых Erich Krause® Natural Life, A4, ассорти</t>
+  </si>
+  <si>
+    <t>792595</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/324/u2g8mx7g9lqteo50v3gor843e38n55gy.jpg</t>
+  </si>
+  <si>
+    <t>Набор из 4 папок-уголков пластиковых Erich Krause  Tulips, A4, ассорти</t>
+  </si>
+  <si>
+    <t>Набор из 4 папок-уголков пластиковых Erich Krause® Tulips, A4, ассорти</t>
+  </si>
+  <si>
+    <t>792596</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0cb/8yua5h3lsrwphb5dlmjdn523qs3jbs51.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause  Dream Unicorn, A4  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Erich Krause® Dream Unicorn, A4 &amp;#40;в пакете по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792602</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/870/0oz731md4c1umfgawreca295dav92yj4.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause  Glossy Candy, A4, полупрозрачная, ассорти  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Erich Krause® Glossy Candy, A4, полупрозрачная, ассорти &amp;#40;в пакете по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792603</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/43e/zg8moujwst5s5ziyjax5y478yz2zc8xe.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause  Glossy Candy, A5 , полупрозрачная, ассорти  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Erich Krause® Glossy Candy, A5&amp;#43;, полупрозрачная, ассорти &amp;#40;в пакете по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792604</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c35/twkx0asc3aq5uqgs810amx0wsj50mj1f.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache А4, плотность 180 мкм, 10шт уп, черная</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache А4, плотность 180 мкм, 10шт/уп, черная</t>
+  </si>
+  <si>
+    <t>796113</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/832/eiezbwr724hxj14ji7iq5kyfzqfnia35.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Frenzy quot;, 200мкм, с рисунком, с эффектом блесток</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая, с эффектом блесток, на кнопке Berlingo &amp;quot;Frenzy&amp;quot; формата А4. Яркий привлекательный дизайн. Эффект блесток достигается благодаря освещению, особенно заметно при холодном LED-освещении.&amp;nbsp;&amp;nbsp;Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам. Изготовлена из высококачественного полипропилена с текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>801212</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/734/68pxwoonjx3oxeofrt6o72ogava51sox.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Gradient quot;, 200мкм, с рисунком, с эффектом блесток, ассорти</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая, с эффектом блесток, Berlingo &amp;quot;Gradient&amp;quot; формата А4. 4 дизайна ассорти в стиле градиент. Эффект блесток достигается благодаря освещению, особенно заметно при холодном LED-освещении. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам. Изготовлена из высококачественного полипропилена с текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 4шт с различными дизайнами. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>801214</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3fd/jc108au6zjz64novcbn71zilm90lzqhf.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Haze quot;, 200мкм, голубая сиреневая, с рисунком, с эффектом блесток</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая, с эффектом блесток, на кнопке Berlingo &amp;quot;Haze&amp;quot; формата А4. Яркий привлекательный дизайн c использованием двух пастельных цветов. Эффект блесток достигается благодаря освещению, особенно заметно при холодном LED-освещении.&amp;nbsp;&amp;nbsp;Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам. Изготовлена из высококачественного полипропилена с текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>801215</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/92b/90njr8m3y01n45lag1xeg6rkzbip5931.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Haze quot;, 200мкм, мятная розовая, с рисунком, с эффектом блесток</t>
+  </si>
+  <si>
+    <t>801216</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/82c/tryuzb8a10rl8jy8pi6nehv5ifiq3chx.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Haze quot;, 200мкм, розовая голубая, с рисунком, с эффектом блесток</t>
+  </si>
+  <si>
+    <t>801217</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/285/zafn30w4qro2in1jmwkm339fbjfjoapc.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Haze quot;, 200мкм, сиреневая мятная, с рисунком, с эффектом блесток</t>
+  </si>
+  <si>
+    <t>801218</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9af/z0f119wo25qz3mec8ye75h2kr4aykl0p.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Zodiac quot;, 200мкм, с рисунком, с эффектом блесток</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая, с эффектом блесток, на кнопке Berlingo &amp;quot;Zodiac&amp;quot; формата А4. Яркий привлекательный дизайн. Эффект блесток достигается благодаря освещению, особенно заметно при холодном LED-освещении.&amp;nbsp;&amp;nbsp;Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам. Изготовлена из высококачественного полипропилена с текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>801221</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/982/x21mqr5pz593ezi6700c8fa6kv5dr42a.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ,  quot;БЕЛАЯ МЕДВЕДИЦА quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ, &amp;quot;БЕЛАЯ МЕДВЕДИЦА&amp;quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>815817</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aae/0j5g489twmx7mj3erzyhm1hy4abm5q0x.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК, 3 ОТДЕЛЕНИЯ,  quot;КОТЫ В ЯПОНСКОМ СТИЛЕ quot;, А4, 4 ВИДА</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК, 3 ОТДЕЛЕНИЯ, &amp;quot;КОТЫ В ЯПОНСКОМ СТИЛЕ&amp;quot;, А4, 4 ВИДА</t>
+  </si>
+  <si>
+    <t>815818</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b1/b5oyq7wns6vhvb9e8a136o0884ssltoi.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК, 3 ОТДЕЛЕНИЯ,  quot;ЛАВАНДОВЫЕ ЛАМЫ quot;, А4</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК, 3 ОТДЕЛЕНИЯ, &amp;quot;ЛАВАНДОВЫЕ ЛАМЫ&amp;quot;, А4</t>
+  </si>
+  <si>
+    <t>815819</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/43c/fxg37l9tgvwnh9tvvfxcnx2nnh7ilxwo.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ,  quot;ЛАВАНДОВЫЕ ЛАМЫ quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ, &amp;quot;ЛАВАНДОВЫЕ ЛАМЫ&amp;quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>815821</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4bf/eh2rxffzqnfj1v7b6q2vrvajj0hmya5r.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ,  quot;FOREST DREAM quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ, &amp;quot;FOREST DREAM&amp;quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>815824</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/699/u9f5s45yoyit310ky2430v08w6fcksg2.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ,  quot;ФРУКТЫ quot;, А4</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ, &amp;quot;ФРУКТЫ&amp;quot;, А4</t>
+  </si>
+  <si>
+    <t>815825</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/21f/4g0kv3e51y0i8f0opqln139wowqpmpov.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ,  quot;КОФЕ БРЭЙК quot;, А4</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ, &amp;quot;КОФЕ БРЭЙК&amp;quot;, А4</t>
+  </si>
+  <si>
+    <t>815826</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/430/nvjg2tacub8qjf5txx81wbswgfi86200.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ,  quot;ГОРОШЕК quot;, А4</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ, &amp;quot;ГОРОШЕК&amp;quot;, А4</t>
+  </si>
+  <si>
+    <t>815827</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/88a/0491vr8pmah12ocwounyvay3usz6ir2w.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ,  quot;ОДУВАНЧИКИ quot;, А4</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ, &amp;quot;ОДУВАНЧИКИ&amp;quot;, А4</t>
+  </si>
+  <si>
+    <t>815828</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/619/0mu9epmxl6m2mv0433wxqxlyuoklt3qx.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК, 3 ОТДЕЛЕНИЯ,  quot;КОФЕ БРЭЙК quot;, А4</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК, 3 ОТДЕЛЕНИЯ, &amp;quot;КОФЕ БРЭЙК&amp;quot;, А4</t>
+  </si>
+  <si>
+    <t>815830</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af6/16lcawc8qa0ghwi53gpjf1ngxwnpmspc.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК, 3 ОТДЕЛЕНИЯ,  quot;ГОРОШЕК quot;, А4</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК, 3 ОТДЕЛЕНИЯ, &amp;quot;ГОРОШЕК&amp;quot;, А4</t>
+  </si>
+  <si>
+    <t>815831</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/058/iblt0f8rqu43i2ox38xq6q92gx6aq0y1.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ, А4, 150мкм, прозрачная, бесцветная</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ формата А4 изготовлена из качественного полипропилена толщиной 150мкм. Предназначена для хранения и транспортировки документов. Изделие защищает бумаги от повреждений и загрязнений. Имеется боковой вырез для удобства использования. Вмещает до 50 листов. Цвет папки - бесцветный.</t>
+  </si>
+  <si>
+    <t>852812</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/stamm/"&gt;Стамм&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c89/wuw2ddb0phddmp31ioi4us9awutllz6a.jpg</t>
+  </si>
+  <si>
+    <t>Набор из 4 папок-уголков пластиковых Erich Krause  Lavender, А4, ассорти</t>
+  </si>
+  <si>
+    <t>Набор из 4 папок-уголков пластиковых ErichKrause® Lavender, А4, ассорти</t>
+  </si>
+  <si>
+    <t>854931</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f1/ery442vrml1yw69yh1i1i3t8q51rvxdb.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause  Fizzy Clear, A4, прозрачный, инд. ШК  в пакете по 24 штуки </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая ErichKrause® Fizzy Clear, A4, прозрачный, инд. ШК &amp;#40;в пакете по 24 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>854937</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4d4/wgg34kp2a0s7vf2yh8yu8swwj5ivkd8t.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache Neon А4 180мкм 8шт уп оранж,желтый,салат,роз 2шт цв</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache Neon А4 180мкм 8шт/уп оранж,желтый,салат,роз 2шт/цв</t>
+  </si>
+  <si>
+    <t>880973</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/32e/g4wyp2a3j6d3is07nuyu3a3o31x5cmbq.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая ErichKrause  Glossy Classic, A4, полупрозрачный, ассорти  в пакете по 24 штуки </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая ErichKrause® Glossy Classic, A4, полупрозрачный, ассорти &amp;#40;в пакете по 24 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>882847</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ca/r7vea1lr5o21h1z46lsi4k19eqjittlb.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая ErichKrause  Soft Caribbean Sunset, A4, непрозрачный, ассорти  в пакете по 12 штук </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая ErichKrause® Soft Caribbean Sunset, A4, непрозрачный, ассорти &amp;#40;в пакете по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>882850</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d02/t0vikiohaiq1de2qmalp4pdlfstm0b7f.jpg</t>
+  </si>
+  <si>
+    <t>Набор из 4 папок-уголков пластиковых ErichKrause  Martian Girl, А4, ассорти</t>
+  </si>
+  <si>
+    <t>Набор из 4 папок-уголков пластиковых ErichKrause® Martian Girl, А4, ассорти</t>
+  </si>
+  <si>
+    <t>883427</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/88e/7j81erjj1uca9u6zvt6tkruv4bw1xzk2.jpg</t>
+  </si>
+  <si>
+    <t>Набор из 4 папок-уголков пластиковых ErichKrause  Meditation, А4, ассорти</t>
+  </si>
+  <si>
+    <t>Набор из 4 папок-уголков пластиковых ErichKrause® Meditation, А4, ассорти</t>
+  </si>
+  <si>
+    <t>886303</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ce/ju22uuzv83r31ina7xpywm0o05rt1nbz.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая ErichKrause  Glossy Neon, A4, полупрозрачный, ассорти  в пакете по 24 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая ErichKrause® Glossy Neon, A4, полупрозрачный, ассорти &amp;#40;в пакете по 24 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>886305</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/89c/dm2dgzde1m2a21ddg43a4r66f6ryi9dk.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache Акварель А4 180мкм 10шт уп глб, бир, жлт, срн, роз</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache Акварель А4 180мкм 10шт/уп глб, бир, жлт, срн, роз</t>
+  </si>
+  <si>
+    <t>899678</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b4/z635vbzal5vik3je4jcdq0sxgvgvliln.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ, А4, 150мкм, прозрачная, зеленая</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ формата А4 изготовлена из качественного полипропилена толщиной 150мкм. Предназначена для хранения и транспортировки документов. Изделие защищает бумаги от повреждений и загрязнений. Имеется боковой вырез для удобства использования. Вмещает до 50 листов. Цвет папки - зеленый.</t>
+  </si>
+  <si>
+    <t>926448</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/616/k1lb4dug41skjlc0to4s4fh563p0rx1g.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ, А4, 150мкм, прозрачная, красная</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ формата А4 изготовлена из качественного полипропилена толщиной 150мкм. Предназначена для хранения и транспортировки документов. Изделие защищает бумаги от повреждений и загрязнений. Имеется боковой вырез для удобства использования. Вмещает до 50 листов. Цвет папки - красный.</t>
+  </si>
+  <si>
+    <t>926449</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f81/2m6owxfm18y6a59niy7qeo3lafhlsuku.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ, А4, 150мкм, прозрачная, синяя</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ формата А4 изготовлена из качественного полипропилена толщиной 150мкм. Предназначена для хранения и транспортировки документов. Изделие защищает бумаги от повреждений и загрязнений. Имеется боковой вырез для удобства использования. Вмещает до 50 листов. Цвет папки - синий.</t>
+  </si>
+  <si>
+    <t>926450</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d3/g5q1cb0j1hy0s5og97o58000o9rvgf59.jpg</t>
+  </si>
+  <si>
+    <t>Набор из 4 папок-уголков пластиковых ErichKrause  Glossy Bubble Gum, арома, A4, непрозрачный, ассорти</t>
+  </si>
+  <si>
+    <t>Набор из 4 папок-уголоков формата А4 из высококачественного непрозрачного ароматизированного пластика с текстурой поверхности &amp;quot;зеркало&amp;quot;. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. В наборе представлены 2 цвета коллекции - голубой, розовый. Аромат - жевательная резинка. Размер - 220х310мм, толщина - 0.18мм. Код и баркод на каждой единице товара.</t>
+  </si>
+  <si>
+    <t>938530</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ec/bmueoyqqq0lfv7mmqx7g1z5bu6q9ye1k.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ, А4, 150мкм, непрозрачная, зеленая</t>
+  </si>
+  <si>
+    <t>945470</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d7c/azan2c5kowu7j4l116h4rks2epssr8qn.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ, А4, 150мкм, непрозрачная, красная</t>
+  </si>
+  <si>
+    <t>945471</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c1/iricxa7yvdi9gitoleyrhdzeori7w9p7.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ, А4, 150мкм, непрозрачная, синяя</t>
+  </si>
+  <si>
+    <t>945472</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b2/vu4nazbpb91wlci7wqgkt0p6u6bq7krz.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache Selection Breezee, А4, 200мкм, 3 отдел, глянец, 5шт уп</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache Selection Breezee, А4, 200мкм, 3 отдел, глянец, 5шт/уп</t>
+  </si>
+  <si>
+    <t>952712</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f6b/843sch7o4hx3y9p9ct0z3knhdhb73ksi.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок А4, прозрачная, 0,10 мм, BRAUBERG EXTRA, 271698</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG EXTRA предназначена для хранения и транспортировки документов. Является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 100 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами.</t>
+  </si>
+  <si>
+    <t>953864</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f9c/srhvyzxgnne3jih66uzggvoh8n5e8bqe.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок А4, синяя, 0,10 мм, BRAUBERG EXTRA, 271699</t>
+  </si>
+  <si>
+    <t>953865</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/969/nrvtozxl9tnasb7r1ahm5wrakj3yy38y.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая А4, зеленая, 0,15 мм, BRAUBERG EXTRA, 271704</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG EXTRA предназначена для хранения и транспортировки документов. Является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами.</t>
+  </si>
+  <si>
+    <t>953867</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e8/pu61ond7jz36sr87mr3xmuwcpcs14dbt.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая А4, красная, 0,15 мм, BRAUBERG EXTRA, 271703</t>
+  </si>
+  <si>
+    <t>953868</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fbe/11lhtun138oazcm8qrok2x4k2bwusttd.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая А4, прозрачная, 0,15 мм, BRAUBERG EXTRA, 271701</t>
+  </si>
+  <si>
+    <t>953869</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f2c/wphnlq3gi1w33w8tpp88bsx02w3dtoer.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая А4, синяя, 0,15 мм, BRAUBERG EXTRA, 271702</t>
+  </si>
+  <si>
+    <t>953870</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24b/myzgm5webtcy0g1fpixxvv9ojqm9v98k.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок с карманом для визитки А4, синяя, 0,18 мм, BRAUBERG EXTRA, 271707</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG EXTRA предназначена для хранения и транспортировки документов. Является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 180 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами. Кроме того, на лицевой стороне папки-уголка присутствует карман для визитки.</t>
+  </si>
+  <si>
+    <t>953871</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/017/6yz03134vuzvff8j9345fkcz9w6iizf5.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая ErichKrause Matt Pastel Bloom, A5 , непрозрачный, ассорти  в пакете по 12 штук </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая ErichKrause Matt Pastel Bloom, A5&amp;#43;, непрозрачный, ассорти &amp;#40;в пакете по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>960829</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b89/5iqf7n3f0cq54ebmjvhzl4mz1gr8e27t.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая ErichKrause Matt Pastel Bloom, с 2 карманами, A4, непрозрачный, ассорти  в пакете по 12 штук </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая ErichKrause Matt Pastel Bloom, с 2 карманами, A4, непрозрачный, ассорти &amp;#40;в пакете по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>960830</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/658/kfx4l8rey7pwwod3wdiu2kfl7ssuy818.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая ErichKrause Soft Manga, A4, непрозрачный, ассорти  в пакете по 12 штук </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая ErichKrause Soft Manga, A4, непрозрачный, ассорти &amp;#40;в пакете по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>960831</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/20f/jntzrfeiu740nqdhojl3n2150x6fqq7h.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая ErichKrause Жил-был П с, А4, ассорти  в пакете по 12 штук </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая ErichKrause Жил-был Пёс, А4, ассорти &amp;#40;в пакете по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>960832</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99e/pxx6ymv9wt6uahp7p4iklyzo0ypk9n2q.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка уголок Комус А4 180мкм  прозрачный </t>
+  </si>
+  <si>
+    <t>Папка уголок Комус А4 180мкм &amp;#40;прозрачный&amp;#41;</t>
+  </si>
+  <si>
+    <t>965545</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a0/021hgd0wr3l94ts43olqfa4amvk4i3xh.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка уголок Комус А4 180мкм  желтый </t>
+  </si>
+  <si>
+    <t>Папка уголок Комус А4 180мкм &amp;#40;желтый&amp;#41;</t>
+  </si>
+  <si>
+    <t>965546</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/37c/6ilu0rou3s7glwwj2kq54oeh35lem3u7.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка уголок Комус А4 180мкм  зеленый </t>
+  </si>
+  <si>
+    <t>Папка уголок Комус А4 180мкм &amp;#40;зеленый&amp;#41;</t>
+  </si>
+  <si>
+    <t>965547</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/131/u4xhuxgyiyt3f9618ivchbqwq6rbb2ts.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка уголок Комус А4 180мкм  красный </t>
+  </si>
+  <si>
+    <t>Папка уголок Комус А4 180мкм &amp;#40;красный&amp;#41;</t>
+  </si>
+  <si>
+    <t>965548</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b74/uzbrz640x7iav0j70gdahfigt91eo9c9.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка уголок Комус А4 180мкм  синий </t>
+  </si>
+  <si>
+    <t>Папка уголок Комус А4 180мкм &amp;#40;синий&amp;#41;</t>
+  </si>
+  <si>
+    <t>965549</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ce/df17zcu2h5ttfcq1rhhv87tthuuv39if.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок глянцевый КОМУС А4 Line 180 мкм синий, 10 шт уп</t>
+  </si>
+  <si>
+    <t>Папка уголок глянцевый КОМУС А4 Line 180 мкм синий, 10 шт/уп</t>
+  </si>
+  <si>
+    <t>965551</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f0/0tkzejte9j0ikvfj8xxk0ukpnmspy3pb.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок глянцевый КОМУС А4 Line 180мкм красный, 10 шт уп</t>
+  </si>
+  <si>
+    <t>Папка уголок глянцевый КОМУС А4 Line 180мкм красный, 10 шт/уп</t>
+  </si>
+  <si>
+    <t>965552</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/253/mh4lsiwfukp2yvwqbcoh40fkcwj143rv.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок глянцевый КОМУС А4 Line 180мкм черный, 10 шт уп</t>
+  </si>
+  <si>
+    <t>Папка уголок глянцевый КОМУС А4 Line 180мкм черный, 10 шт/уп</t>
+  </si>
+  <si>
+    <t>965553</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/532/8ctcfcjr2moy8seugk4hs434m570jwus.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка уголок Attache Metallics А4 200мкм 4шт уп  срн зел сер син </t>
+  </si>
+  <si>
+    <t>Папка уголок Attache Metallics А4 200мкм 4шт/уп &amp;#40;срн/зел/сер/син&amp;#41;</t>
+  </si>
+  <si>
+    <t>965554</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/407/t8i0k90ystmacni69psfzq5dzgdosue5.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Instinct quot;, А4, 330мкм, аквамарин</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Instinct&amp;quot;, А4, 330мкм, аквамарин</t>
+  </si>
+  <si>
+    <t>968341</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f92/7kcv78378b8omog575x0x0tjoxvqcmlh.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Instinct quot;, А4, 330мкм, лаванда</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Instinct&amp;quot;, А4, 330мкм, лаванда</t>
+  </si>
+  <si>
+    <t>968342</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cfc/xpqxhq36dhs4quvogi33xlvxowbkjpcq.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Instinct quot;, А4, 330мкм, мятный</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Instinct&amp;quot;, А4, 330мкм, мятный</t>
+  </si>
+  <si>
+    <t>968343</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/faa/bjur1n4o85u9t0m2t6yr2j0xpmx4yeok.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Instinct quot;, А4, 330мкм, фламинго</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Instinct&amp;quot;, А4, 330мкм, фламинго</t>
+  </si>
+  <si>
+    <t>968344</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fea/64e4zkb91ffyhxf0mksj3gz2iujo6bhc.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Metallic quot;, А4, 200мкм, серый металлик</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Metallic&amp;quot;, А4, 200мкм, серый металлик</t>
+  </si>
+  <si>
+    <t>968345</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ee/2bq6hfxbqojx6dd8xpt9uhnlov7y70eu.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 100мкм, пластик, прозрачная</t>
+  </si>
+  <si>
+    <t>968346</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba2/9kuvhuvuf3byuffc7vktgal7d8x52iz4.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 100мкм, пластик, прозрачная, зеленая</t>
+  </si>
+  <si>
+    <t>968347</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/90e/3muq4z0gj3o1zdik0fmi3qa4xbyexdti.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 150мкм, пластик, непрозрачная, черная</t>
+  </si>
+  <si>
+    <t>968348</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c8e/x6bnnx0hl8jbhy0jtguwe0emkna2k657.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 150мкм, пластик, прозрачная, желтая</t>
+  </si>
+  <si>
+    <t>968349</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/824/fzqt0i6m99pggx01h9aejqwjaf2hygf0.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, непрозрачная, ассорти</t>
+  </si>
+  <si>
+    <t>968350</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b9b/ribx7k73zmirqch7l2nw27ws3ee9nwsq.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, непрозрачная, желтая</t>
+  </si>
+  <si>
+    <t>968351</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/66a/g95rh5qo8wq98287te9812bp1elji0bx.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, непрозрачная, зеленая</t>
+  </si>
+  <si>
+    <t>968352</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e2e/gn40as8uyyg1ty7nejgl5h0abvxptj7f.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, непрозрачная, красная</t>
+  </si>
+  <si>
+    <t>968353</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a7b/mhkdwuq6nc3r747ie1oma89g51l2dzn2.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, непрозрачная, синяя</t>
+  </si>
+  <si>
+    <t>968354</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61d/3dnepre26gbzsfz38wvffdqiewe5ypqa.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, прозрачная, бесцветная</t>
+  </si>
+  <si>
+    <t>968356</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53d/jpcvr6unps3soakl0urw3xotg727mcvp.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, прозрачная, желтая</t>
+  </si>
+  <si>
+    <t>968357</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a70/3iijvs55yi30r1sshglf2id6cosh01vc.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, прозрачная, зеленая</t>
+  </si>
+  <si>
+    <t>968358</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e2/e4crvqofyblgjcvkk22e91xg6hk3ty4o.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, прозрачная, красная</t>
+  </si>
+  <si>
+    <t>968359</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fdc/m66w9ne5gybq12yk697ifhv9ysne1r8f.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, прозрачная, синяя</t>
+  </si>
+  <si>
+    <t>968360</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5cd/f7bqusarhzbj9rno524ywkwt5g8fkf4x.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, прозрачная, фиолетовая</t>
+  </si>
+  <si>
+    <t>968361</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4d9/c0ihwvm2mfroi02ycnyxscuy4reaowwt.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А5, 180мкм, пластик, прозрачная, бесцветная</t>
+  </si>
+  <si>
+    <t>968362</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed3/t0rejvmzkxpkd5cjrcp9g7xi6xu1hb9t.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Matt Pastel Bloom, A4, непрозрачный, ассорти  в пакете по 12 штук </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 из высококачественного непрозрачного пластика с текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Цвет папки - ассорти: голубой, зеленый, персиковый, фиолетовый. Размер - 220х310мм, толщина - 0.18мм.</t>
+  </si>
+  <si>
+    <t>974693</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efd/i7f5dc6ikf7kvumuu028xps0drjqt14a.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Soft Manga, A5 , непрозрачный, ассорти  в пакете по 12 штук </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата A5&amp;#43; из высококачественного непрозрачного пластика с текстурой поверхности &amp;quot;софт-тач&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Цвет папки - ассорти: бежевый, голубой, розовый, фиолетовый. Размер - 184х226мм, толщина - 0.18мм.</t>
+  </si>
+  <si>
+    <t>974694</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/774/7bjnqcx7h24xgcrozoa7n1l0zzalxg3p.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Soft Manga, с 2 карманами, A4, непрозрачный, ассорти  в пакете по 12 штук </t>
+  </si>
+  <si>
+    <t>Папка-уголок с 2 карманами формата А4 из высококачественного полупрозрачного пластика с текстурой поверхности &amp;quot;софт-тач&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов форматов А4 и А3. Папка вмещает до 40 бумажных листов. Цвет папки - ассорти: бежевый, голубой, розовый, фиолетовый. Размер - 220х310мм, толщина - 0.18мм. Код и баркод на каждой единице товара.</t>
+  </si>
+  <si>
+    <t>974695</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/776/lt16ezsadat2wh05n6zukr8236db00p0.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок с карманом для визитки А4, прозрачная, 0,18 мм, BRAUBERG EXTRA, 271706</t>
+  </si>
+  <si>
+    <t>975829</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/280/21da9a7zl9e7q51k52dla4qxqsi6rqhe.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 100мкм, пластик, прозрачная, желтая</t>
+  </si>
+  <si>
+    <t>983070</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/73f/nrrwi6kbn2nffr1zduhi2b68c2volla4.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 100мкм, пластик, прозрачная, красная</t>
+  </si>
+  <si>
+    <t>983071</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08d/2lgwdc7th3m1raqelo7d3q2rb0nhruxl.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 100мкм, пластик, прозрачная, синяя</t>
+  </si>
+  <si>
+    <t>983072</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc8/73k3ym68lkhbm6i42iwfsmq025uxkfm2.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 100мкм, пластик, прозрачная, фиолетовая</t>
+  </si>
+  <si>
+    <t>983073</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/147/2cza9comhnmw5c9pw1fno8nx6s45iws9.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 150мкм, пластик, прозрачная, фиолетовая</t>
+  </si>
+  <si>
+    <t>983074</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d61/6bhk235too8tq0jxz4nuhm4gkw4zod0j.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, непрозрачная, фиолетовая</t>
+  </si>
+  <si>
+    <t>983075</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/531/2qfwx32yxgsu9q7vbz8v0vod03toizye.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 100мкм, пластик, прозрачная, ассорти</t>
+  </si>
+  <si>
+    <t>986131</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/846/v1y8v2qae5wbifa6o566amfywcqc2sz9.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок А3 Attache 180 мкм, прозрачная, 20 шт уп</t>
+  </si>
+  <si>
+    <t>Папка уголок А3 Attache 180 мкм, прозрачная, 20 шт/уп</t>
+  </si>
+  <si>
+    <t>990179</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/84f/j968qm44c9tx1tm39197p94vueity0h9.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок А4 Комус Русская серия Arctic Mountain 200 мкм, 2шт уп</t>
+  </si>
+  <si>
+    <t>Папка уголок А4 Комус Русская серия Arctic&amp;Mountain 200 мкм, 2шт/уп</t>
+  </si>
+  <si>
+    <t>990181</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/218/5ndehhhnrnrb7a2q9srgqcmsfz33xzj4.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Haze quot; А4, 200мкм, софт-тач, двухцветная, голубая розовая</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Haze&amp;quot; А4, 200мкм, софт-тач, двухцветная, голубая/розовая</t>
+  </si>
+  <si>
+    <t>999002</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f72/mxosxcwx892d8vnszhwa2bjywrumb703.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Haze quot; А4, 200мкм, софт-тач, двухцветная, мятная сиреневая</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Haze&amp;quot; А4, 200мкм, софт-тач, двухцветная, мятная/сиреневая</t>
+  </si>
+  <si>
+    <t>999003</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eef/98ssrae426seytwmnmpzy3llrvt1zlev.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Haze quot; А4, 200мкм, софт-тач, двухцветная, розовая мятная</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Haze&amp;quot; А4, 200мкм, софт-тач, двухцветная, розовая/мятная</t>
+  </si>
+  <si>
+    <t>999004</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2f/fcdj5uzzkeeabez3i27yj2i41ek2mlz5.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Haze quot; А4, 200мкм, софт-тач, двухцветная, сиреневая голубая</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Haze&amp;quot; А4, 200мкм, софт-тач, двухцветная, сиреневая/голубая</t>
+  </si>
+  <si>
+    <t>999005</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/192/fmjm6fr6i13hmqca2kuhefnfp6qpui7w.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Soft Touch quot;, А4, 200мкм, софт-тач, ассорти</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Soft Touch&amp;quot;, А4, 200мкм, софт-тач, ассорти</t>
+  </si>
+  <si>
+    <t>999006</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/47e/uki5jaxcey2h9bck622wzk95a2mlkw8c.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Soft Touch quot;, А4, 200мкм, софт-тач, бирюзовая</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Soft Touch&amp;quot;, А4, 200мкм, софт-тач, бирюзовая</t>
+  </si>
+  <si>
+    <t>999007</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/994/fxuyr0xg5qpoo7l1tuygypflkkp9po81.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Soft Touch quot;, А4, 200мкм, софт-тач, коралловая</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Soft Touch&amp;quot;, А4, 200мкм, софт-тач, коралловая</t>
+  </si>
+  <si>
+    <t>999008</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e91/w4wpo9yfqpd4vwzck3mnh3ee3fm3s2p6.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Soft Touch quot;, А4, 200мкм, софт-тач, прозрачная</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Soft Touch&amp;quot;, А4, 200мкм, софт-тач, прозрачная</t>
+  </si>
+  <si>
+    <t>999009</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/36b/weeo8d0e5g22noc4wcm2pil0nbelzshl.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Soft Touch quot;, А4, 200мкм, софт-тач, синяя</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Soft Touch&amp;quot;, А4, 200мкм, софт-тач, синяя</t>
+  </si>
+  <si>
+    <t>999010</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/75f/wjhqb4x39kewniziy7lba6l51cw2q6lj.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Soft Touch quot;, А4, 200мкм, софт-тач, фиолетовая</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Soft Touch&amp;quot;, А4, 200мкм, софт-тач, фиолетовая</t>
+  </si>
+  <si>
+    <t>999011</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4a/gkw5v3q0ncx162sfxyem8hoebbkppy5x.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Soft Touch quot;, А4, 200мкм, софт-тач, черная</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Soft Touch&amp;quot;, А4, 200мкм, софт-тач, черная</t>
+  </si>
+  <si>
+    <t>999012</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ecb/50muu3b0hxo07w8lyrezowqb8az5u655.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая ErichKrause Soft Reef, A4, непрозрачный, ассорти  в пакете по 12 штук </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 из высококачественного непрозрачного пластика с текстурой поверхности &amp;quot;софт-тач&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Цвет папки - ассорти: бирюзовый, индиго, коралловый, лайм. Размер - 220х310мм, толщина - 0.18мм.</t>
+  </si>
+  <si>
+    <t>999186</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea7/eby0ph0qmqd4u4etp8s53mzcs0hboim4.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 150мкм, пластик, прозрачная, неон, ассорти</t>
+  </si>
+  <si>
+    <t>1001940</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dd3/zcn2eriabf4zpkpnnux5uwhse1b6dp9t.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ, А4, 150мкм, непрозрачная, ассорти</t>
+  </si>
+  <si>
+    <t>1001941</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/035/2s02w9c02zhhlh0555ae14v1kbt7dmzd.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ  quot;Акцент quot; А4, 180мкм, пластик, непрозрачная, персиковая</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ &amp;quot;Акцент&amp;quot; А4, 180мкм, пластик, непрозрачная, персиковая</t>
+  </si>
+  <si>
+    <t>1002038</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f65/rn7a6od44h7kkrnakqnbukg0j0dejwdf.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ  quot;Хамелеон quot; А4, 180мкм, пластик, непрозрачная, зеленый хамелеон</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ &amp;quot;Хамелеон&amp;quot; А4, 180мкм, пластик, непрозрачная, зеленый хамелеон</t>
+  </si>
+  <si>
+    <t>1002039</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d5f/d5f7b3ae645f3918ffcb8701e887a449/40101ad0ceeecf3b3d6025722795d8f0.jpg</t>
-[...1489 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/224/an8iowj6utn8sifynyekgpo1qp15qa6r.jpg</t>
   </si>
   <si>
     <t>Папка-уголок INFORMAT А4 прозрач. пластик 150 фиол. 1 отд</t>
   </si>
   <si>
     <t>1007215</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/000/1x3jk5oxrmyja2pc7bulx0uh4j5n3jbg.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок INFORMAT А4 прозрач. пластик 180 ассорти 1 отд</t>
+  </si>
+  <si>
+    <t>1007216</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b08/kyd2w814sf9ktudjo2h8xosbbmne60y5.jpg</t>
   </si>
   <si>
     <t>Папка-уголок Stanger А4 прозрач. пластик 200 мкм желт. 1 отд</t>
   </si>
   <si>
     <t>1007217</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf2/7tr0sttjcmnvkn61jlcu7u9hetderedh.jpg</t>
   </si>
   <si>
     <t>Папка-уголок Stanger А4 прозрач. пластик 200 мкм зелен. 1 отд</t>
   </si>
   <si>
     <t>1007218</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a5/8xofofks0e72vbpc1j5hawijv9z2hfdb.jpg</t>
   </si>
   <si>
     <t>Папка-уголок Stanger А4 прозрач. пластик 200 мкм красн. 1 отд</t>
   </si>
   <si>
     <t>1007219</t>
@@ -2249,92 +2513,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/af0/zrfk95oppswawm2yz1dwu1o163pf9omg.jpg</t>
   </si>
   <si>
     <t>Папка-уголок жесткая, непрозрачная, А4, цвет персиковый, 0,15 мм, BRAUBERG PASTEL, 272891</t>
   </si>
   <si>
     <t>Папка-уголок BRAUBERG PASTEL предназначена для хранения и транспортировки документов. Она станет незаменимым помощником для студента, школьника или офисного сотрудника. Папка формата А4 изготовлена из высококачественного полипропилена плотностью 150 мкм. Она защищает документы от смятия, загрязнения и намокания. Специальная выемка для перелистывания упрощает работу с бумагами. Папка выделяется среди аналогов благодаря пастельному персиковому цвету.</t>
   </si>
   <si>
     <t>1010001</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4c9/nlxpedvb1f3x8zx9no8h1o3ug5hfvqb0.jpg</t>
   </si>
   <si>
     <t>Папка-уголок жесткая, непрозрачная, А4, цвет мятный, 0,15 мм, BRAUBERG PASTEL, 272892</t>
   </si>
   <si>
     <t>Папка-уголок BRAUBERG PASTEL предназначена для хранения и транспортировки документов. Она станет незаменимым помощником для студента, школьника или офисного сотрудника. Папка формата А4 изготовлена из высококачественного полипропилена плотностью 150 мкм. Она защищает документы от смятия, загрязнения и намокания. Специальная выемка для перелистывания упрощает работу с бумагами. Папка выделяется среди аналогов благодаря пастельному мятному цвету.</t>
   </si>
   <si>
     <t>1010471</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/840/z4d2grdifwrd3qkeliuine9wdds646va.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая прозрачная А4 BRAUBERG UNIVERSAL, черная, 0,15 мм, 273051</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG UNIVERSAL предназначена для хранения и транспортировки документов. Является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами.</t>
+  </si>
+  <si>
+    <t>1011940</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/436/2rtx580se25n3ws574cweq8n22avh3es.jpg</t>
   </si>
   <si>
-    <t>Папка-уголок жесткая А4 BRAUBERG UNIVERSAL, прозрачная, 0,18 мм, 273054</t>
+    <t>Папка-уголок жесткая А4 BRAUBERG UNIVERSAL, прозрачная, 0,15 мм, 273049</t>
+  </si>
+  <si>
+    <t>1012399</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/853/p69qdgijjrh6teetp1xntgb0nlitww04.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая непрозрачная А4 BRAUBERG UNIVERSAL, зеленая, 0,18 мм, 273057</t>
   </si>
   <si>
     <t>Папка-уголок BRAUBERG UNIVERSAL предназначена для хранения и транспортировки документов. Является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 180 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами.</t>
   </si>
   <si>
-    <t>1011445</t>
+    <t>1012400</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/840/z4d2grdifwrd3qkeliuine9wdds646va.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bfa/b4wonvxyw3ybrmny5n79k0ays063nyu2.jpg</t>
   </si>
   <si>
     <t>Папка-уголок жесткая непрозрачная А4 BRAUBERG UNIVERSAL, синяя, 0,18 мм, 273055</t>
   </si>
   <si>
     <t>1012401</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be7/c5bdww48uspcp3grz6s2mxwx5m65jvr6.jpg</t>
   </si>
   <si>
     <t>Папка-уголок жесткая непрозрачная А4 BRAUBERG UNIVERSAL, черная, 0,18 мм, 273056</t>
   </si>
   <si>
     <t>1012402</t>
   </si>
   <si>
     <t>Папка-уголок жесткая прозрачная А4 BRAUBERG UNIVERSAL, зеленая, 0,15 мм, 273053</t>
   </si>
   <si>
     <t>1012403</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/530/471szbj80p0fh3c9kl3kilvadde8yk03.jpg</t>
@@ -2361,50 +2619,176 @@
     <t>Папка-уголок BRAUBERG &amp;quot;UNIVERSAL&amp;quot; предназначена для хранения и транспортировки документов. Является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 180 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами.</t>
   </si>
   <si>
     <t>1012406</t>
   </si>
   <si>
     <t>Папка-уголок прозрачная А4 BRAUBERG UNIVERSAL, зеленая, 0,10 мм, 273048</t>
   </si>
   <si>
     <t>Папка-уголок BRAUBERG UNIVERSAL предназначена для хранения и транспортировки документов. Является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из полипропилена плотностью 100 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами.</t>
   </si>
   <si>
     <t>1012407</t>
   </si>
   <si>
     <t>Папка-уголок прозрачная А4 BRAUBERG UNIVERSAL, красная, 0,10 мм, 273047</t>
   </si>
   <si>
     <t>1012408</t>
   </si>
   <si>
     <t>Папка-уголок прозрачная А4 BRAUBERG UNIVERSAL, синяя, 0,10 мм, 273045</t>
   </si>
   <si>
     <t>1012409</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3bc/fpexmd4ucpyps0td472jjntwz0pce3te.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок 2 кармана, А4, BRAUBERG  quot;SPECIAL quot;, прозрачная, 0,18 мм, 273059</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 180 мкм. Она предотвращает смятие, загрязнение или намокание бумаг, а благодаря внутреннему карману позволяет хранить в 2 раза больше бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку.</t>
+  </si>
+  <si>
+    <t>1014948</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dc9/ut1piwm24uwl377ft5yx9ial03h1oss4.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок 2 кармана, непрозрачная, А4, BRAUBERG  quot;SPECIAL quot;, красная, 0,18 мм, 273061</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 180 мкм. Она предотвращает смятие, загрязнение или намокание бумаг, а благодаря внутреннему карману позволяет хранить в 2 раза больше бумаг. Непрозрачный материал способен скрыть содержимое от посторонних глаз. Данная папка заметно выделяется среди других благодаря насыщенному красному цвету.</t>
+  </si>
+  <si>
+    <t>1014949</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/306/3hbnx3a2bumxi7100b2cro4v9yjh5mq3.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок 2 кармана, непрозрачная, А4, BRAUBERG  quot;SPECIAL quot;, синяя, 0,18 мм, 273060</t>
+  </si>
+  <si>
+    <t>1014950</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e9/rfe1tn6aa83l2wrutrv64cygfhlo32jh.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок 3 отделения, жесткая, А4, BRAUBERG  quot;SPECIAL quot;, прозрачная, 0,15 мм, 273062</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Имеет 3 отделения, разделенных ярлычками. Прозрачный материал позволяет увидеть содержимое, не открывая папку.</t>
+  </si>
+  <si>
+    <t>1014951</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/42e/6di75qvnsza6ggufkt3u1hgtxhupbm39.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок 3 отделения, жесткая, непрозрачная, А4, BRAUBERG  quot;SPECIAL quot;, красная, 0,15 мм, 273064</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Имеет 3 отделения, разделенных ярлычками. Непрозрачный материал способен скрыть содержимое от посторонних глаз. Данная папка заметно выделяется среди других благодаря насыщенному красному цвету.</t>
+  </si>
+  <si>
+    <t>1014952</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/07f/9ry5ttl7uzmx3z8atnbcw92809hbztel.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок 3 отделения, жесткая, непрозрачная, А4, BRAUBERG  quot;SPECIAL quot;, синяя, 0,15 мм, 273063</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Имеет 3 отделения, разделенных ярлычками. Непрозрачный материал способен скрыть содержимое от посторонних глаз. Данная папка заметно выделяется среди других благодаря насыщенному синему цвету.</t>
+  </si>
+  <si>
+    <t>1014953</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e94/z6h5yi1h68y7l2s77btgr8m0wxlo6tig.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок А4 BRAUBERG UNIVERSAL, прозрачная, 0,10 мм, со штрихкодом, 273044</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG &amp;quot;UNIVERSAL&amp;quot; предназначена для хранения и транспортировки документов. Является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из полипропилена плотностью 100 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами.</t>
+  </si>
+  <si>
+    <t>1014954</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/633/k1ezjwsu0mketjzwimud5oi1n7ujb1y1.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок прозрачная А4 BRAUBERG UNIVERSAL, черная, 0,10 мм, со штрихкодом, 273046</t>
+  </si>
+  <si>
+    <t>1014955</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a96/0z0wv3lduobhmt1rnqr9t0icrlhjsr7q.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ,  quot;FLORA.ИРИСЫ quot;, А4</t>
+  </si>
+  <si>
+    <t>Папка-уголок с одним отделением &amp;quot;FLORA.ИРИСЫ&amp;quot; стандартного формата А4. Папка изготовлена из плотного полимерного материала, не царапается, хорошо сохраняет форму. Рисунок нанесен качественной печатью, поэтому смотрится ярко и не стирается при интенсивном использовании. Можно использовать и дома, и в офисе для хранения и переноски бумаг.</t>
+  </si>
+  <si>
+    <t>1017068</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a70/myfr8nv5tgre3vtba8igt6mdgelu29rn.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ,  quot;FLORA.ЛУГОВЫЕ ТРАВЫ quot;, А4</t>
+  </si>
+  <si>
+    <t>Папка-уголок с одним отделением &amp;quot;FLORA.ЛУГОВЫЕ ТРАВЫ&amp;quot; стандартного формата А4. Папка изготовлена из плотного полимерного материала, не царапается, хорошо сохраняет форму. Рисунок нанесен качественной печатью, поэтому смотрится ярко и не стирается при интенсивном использовании. Можно использовать и дома, и в офисе для хранения и переноски бумаг.</t>
+  </si>
+  <si>
+    <t>1017069</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61a/8ac2blibbe4sb6r9qworhsm1etg6og7b.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ,  quot;FLORA.ПИОНЫ quot;, А4</t>
+  </si>
+  <si>
+    <t>Папка-уголок с одним отделением &amp;quot;FLORA.ПИОНЫ&amp;quot; стандартного формата А4. Папка изготовлена из плотного полимерного материала, не царапается, хорошо сохраняет форму. Рисунок нанесен качественной печатью, поэтому смотрится ярко и не стирается при интенсивном использовании. Можно использовать и дома, и в офисе для хранения и переноски бумаг.</t>
+  </si>
+  <si>
+    <t>1017070</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2731,4749 +3115,5516 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J206"/>
+  <dimension ref="A1:M239"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G206" sqref="G206"/>
+      <selection pane="bottomRight" activeCell="G239" sqref="G239"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G5" s="3" t="s">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>20</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E6" s="3" t="s">
+      <c r="D7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="F6" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G6" s="3" t="s">
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>20</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C7" s="1" t="s">
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G9" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G7" s="3" t="s">
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>20</v>
       </c>
-    </row>
-[...55 lines deleted...]
-      </c>
       <c r="D10" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>37</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G10" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
         <v>38</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="1" t="s">
+      <c r="B11" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="3" t="s">
+      <c r="F11" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G11" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="F11" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G11" s="3" t="s">
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
         <v>43</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="1" t="s">
+      <c r="B12" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="C12" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="C12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G12" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>20</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G15" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...64 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F16" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="G16" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A17" s="1" t="s">
+      <c r="B17" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="3" t="s">
+      <c r="F17" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="F17" s="3" t="s">
+      <c r="G17" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="G17" s="3" t="s">
+      <c r="B18" s="1" t="s">
         <v>66</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="1" t="s">
+      <c r="C18" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="F18" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="3" t="s">
+      <c r="G18" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="F18" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A19" s="1" t="s">
+      <c r="B19" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C19" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>73</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G20" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B20" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="1" t="s">
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="F21" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="D20" s="1" t="s">
-[...13 lines deleted...]
-      <c r="A21" s="1" t="s">
+      <c r="G21" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="B21" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F22" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="D21" s="1" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="G22" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
         <v>85</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="C23" s="1"/>
+      <c r="C23" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="D23" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>83</v>
+        <v>69</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="C24" s="1"/>
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="D24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="3" t="s">
+      <c r="F24" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="F24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G24" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="C25" s="1" t="s">
         <v>94</v>
       </c>
+      <c r="C25" s="1"/>
       <c r="D25" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>95</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="C26" s="1"/>
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E26" s="3" t="s">
+      <c r="F26" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="F26" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A27" s="1" t="s">
+      <c r="B27" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="3" t="s">
+      <c r="F27" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="F27" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="B28" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="C28" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E28" s="3" t="s">
+      <c r="F28" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="F28" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G28" s="3" t="s">
+      <c r="B29" s="1" t="s">
         <v>108</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="C29" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="F29" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E29" s="3" t="s">
+      <c r="B30" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="F29" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A30" s="1" t="s">
+      <c r="C30" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="F30" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="3" t="s">
+      <c r="B31" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="F30" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="C31" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="F31" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="3" t="s">
+      <c r="B32" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="F31" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="C32" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="C32" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E32" s="3" t="s">
+      <c r="F32" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="F32" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G32" s="3" t="s">
+      <c r="B33" s="1" t="s">
         <v>124</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A33" s="1" t="s">
+      <c r="C33" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="F33" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E33" s="3" t="s">
+      <c r="B34" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="F33" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="C34" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="F34" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="D34" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="3" t="s">
+      <c r="B35" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="F34" s="3" t="s">
+      <c r="C35" s="1" t="s">
         <v>133</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="F35" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="B36" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="D35" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E35" s="3" t="s">
+      <c r="C36" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="F35" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A36" s="1" t="s">
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="F36" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="B37" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="D36" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E36" s="3" t="s">
+      <c r="C37" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="F36" s="3" t="s">
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="G36" s="3" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="F37" s="3" t="s">
-        <v>142</v>
+        <v>69</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>142</v>
+        <v>69</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>142</v>
+        <v>69</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="B41" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="C41" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="3" t="s">
+      <c r="F41" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G41" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="F40" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A41" s="1" t="s">
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="B42" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="C42" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E41" s="3" t="s">
+      <c r="D42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="F41" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A42" s="1" t="s">
+      <c r="F42" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="B43" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="C43" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E42" s="3" t="s">
+      <c r="D43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="F42" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A43" s="1" t="s">
+      <c r="F43" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="B43" s="1" t="s">
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="B44" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="3" t="s">
+      <c r="C44" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="F43" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A44" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="F44" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="B45" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E44" s="3" t="s">
+      <c r="C45" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="F44" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A45" s="1" t="s">
+      <c r="D45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="F45" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="G45" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="3" t="s">
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="F45" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A46" s="1" t="s">
+      <c r="B46" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="C46" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="D46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="3" t="s">
+      <c r="F46" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A47" s="1" t="s">
+      <c r="B47" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="C47" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="3" t="s">
+      <c r="F47" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="F47" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A48" s="1" t="s">
+      <c r="B48" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="C48" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="D48" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E48" s="3" t="s">
+      <c r="F48" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="F48" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A49" s="1" t="s">
+      <c r="B49" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="C49" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="D49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="D49" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="3" t="s">
+      <c r="F49" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="F49" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A50" s="1" t="s">
+      <c r="B50" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="C50" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="D50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="D50" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E50" s="3" t="s">
+      <c r="F50" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="F50" s="3" t="s">
+      <c r="B51" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="G50" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A51" s="1" t="s">
+      <c r="C51" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="D51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="F51" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="D51" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="3" t="s">
+      <c r="B52" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="F51" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A52" s="1" t="s">
+      <c r="C52" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="D52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="F52" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="3" t="s">
+      <c r="B53" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="F52" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A53" s="1" t="s">
+      <c r="C53" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="C53" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E53" s="3" t="s">
+      <c r="F53" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="F53" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G53" s="3" t="s">
+      <c r="B54" s="1" t="s">
         <v>212</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A54" s="1" t="s">
+      <c r="C54" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="F54" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="3" t="s">
+      <c r="B55" s="1" t="s">
         <v>216</v>
       </c>
-      <c r="F54" s="3" t="s">
+      <c r="C55" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="G54" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A55" s="1" t="s">
+      <c r="D55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="F55" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="B56" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="D55" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="3" t="s">
+      <c r="C56" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="F55" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A56" s="1" t="s">
+      <c r="D56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="F56" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="C56" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E56" s="3" t="s">
+      <c r="B57" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="F56" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G56" s="3" t="s">
+      <c r="C57" s="1" t="s">
         <v>225</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A57" s="1" t="s">
+      <c r="D57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="F57" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="B58" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="D57" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="3" t="s">
+      <c r="C58" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="F57" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G57" s="3" t="s">
+      <c r="D58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>230</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A58" s="1" t="s">
+      <c r="F58" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="B59" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="C59" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="D58" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="3" t="s">
+      <c r="D59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="F58" s="3" t="s">
+      <c r="F59" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="G58" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A59" s="1" t="s">
+      <c r="B60" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="C60" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="D60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="D59" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="3" t="s">
+      <c r="F60" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="F59" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A60" s="1" t="s">
+      <c r="B61" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="C61" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="D61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="D60" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E60" s="3" t="s">
+      <c r="F61" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="F60" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A61" s="1" t="s">
+      <c r="B62" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="C62" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="D62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E61" s="3" t="s">
+      <c r="F62" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G62" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="F61" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G61" s="3" t="s">
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
         <v>248</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A62" s="1" t="s">
+      <c r="B63" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="C63" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="F63" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G63" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="D62" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E62" s="3" t="s">
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="F62" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A63" s="1" t="s">
+      <c r="B64" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="C64" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="D64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="D63" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E63" s="3" t="s">
+      <c r="F64" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G64" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="F63" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A64" s="1" t="s">
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="B65" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="C65" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="D64" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E64" s="3" t="s">
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="F64" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A65" s="1" t="s">
+      <c r="F65" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="G65" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="B66" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="D65" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E65" s="3" t="s">
+      <c r="C66" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="F65" s="3" t="s">
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="G65" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A66" s="1" t="s">
+      <c r="F66" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="G66" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="B67" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="D66" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E66" s="3" t="s">
+      <c r="C67" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="F66" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A67" s="1" t="s">
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="F67" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="B68" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="D67" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E67" s="3" t="s">
+      <c r="C68" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="F67" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A68" s="1" t="s">
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="F68" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="B69" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="D68" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E68" s="3" t="s">
+      <c r="C69" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="F68" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A69" s="1" t="s">
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="F69" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="G69" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="C69" s="1" t="s">
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="D69" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E69" s="3" t="s">
+      <c r="B70" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="F69" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A70" s="1" t="s">
+      <c r="F70" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="B71" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="C71" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="D70" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E70" s="3" t="s">
+      <c r="D71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="F70" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A71" s="1" t="s">
+      <c r="F71" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="B72" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="C71" s="1" t="s">
+      <c r="C72" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="D71" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E71" s="3" t="s">
+      <c r="D72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="F71" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A72" s="1" t="s">
+      <c r="F72" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="B73" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="C73" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="D72" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E72" s="3" t="s">
+      <c r="D73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="F72" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A73" s="1" t="s">
+      <c r="F73" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="B74" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="C74" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="D73" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E73" s="3" t="s">
+      <c r="D74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="F73" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A74" s="1" t="s">
+      <c r="F74" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="G74" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="B75" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="D74" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E74" s="3" t="s">
+      <c r="C75" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="F74" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A75" s="1" t="s">
+      <c r="D75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="F75" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="B76" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="D75" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E75" s="3" t="s">
+      <c r="C76" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="F75" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G75" s="3" t="s">
+      <c r="D76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>306</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A76" s="1" t="s">
+      <c r="F76" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="B77" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="C77" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="D76" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E76" s="3" t="s">
+      <c r="D77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="F76" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A77" s="1" t="s">
+      <c r="F77" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="B78" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="C77" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E77" s="3" t="s">
+      <c r="C78" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="F77" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A78" s="1" t="s">
+      <c r="D78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="F78" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="C78" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E78" s="3" t="s">
+      <c r="B79" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="F78" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A79" s="1" t="s">
+      <c r="C79" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="D79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="F79" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="D79" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E79" s="3" t="s">
+      <c r="B80" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="F79" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A80" s="1" t="s">
+      <c r="C80" s="1" t="s">
         <v>321</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="D80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="F80" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E80" s="3" t="s">
+      <c r="B81" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="F80" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A81" s="1" t="s">
+      <c r="C81" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="B81" s="1" t="s">
+      <c r="D81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="F81" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="D81" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E81" s="3" t="s">
+      <c r="B82" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="F81" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A82" s="1" t="s">
+      <c r="C82" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="B82" s="1" t="s">
+      <c r="D82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="C82" s="1" t="s">
+      <c r="F82" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="D82" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E82" s="3" t="s">
+      <c r="B83" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="F82" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A83" s="1" t="s">
+      <c r="C83" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="B83" s="1" t="s">
+      <c r="D83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
         <v>334</v>
       </c>
-      <c r="C83" s="1" t="s">
+      <c r="F83" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="D83" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E83" s="3" t="s">
+      <c r="B84" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="F83" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G83" s="3" t="s">
+      <c r="C84" s="1" t="s">
         <v>337</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A84" s="1" t="s">
+      <c r="D84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="B84" s="1" t="s">
+      <c r="F84" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G84" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="C84" s="1" t="s">
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="D84" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E84" s="3" t="s">
+      <c r="B85" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="F84" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A85" s="1" t="s">
+      <c r="C85" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="D85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>343</v>
       </c>
-      <c r="C85" s="1" t="s">
+      <c r="F85" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="D85" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E85" s="3" t="s">
+      <c r="B86" s="1" t="s">
         <v>345</v>
       </c>
-      <c r="F85" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A86" s="1" t="s">
+      <c r="C86" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="B86" s="1" t="s">
+      <c r="F86" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="C86" s="1" t="s">
+      <c r="B87" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="D86" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E86" s="3" t="s">
+      <c r="C87" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="F86" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A87" s="1" t="s">
+      <c r="F87" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="B87" s="1" t="s">
+      <c r="B88" s="1" t="s">
         <v>351</v>
       </c>
-      <c r="C87" s="1" t="s">
+      <c r="C88" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="D87" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E87" s="3" t="s">
+      <c r="D88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>353</v>
       </c>
-      <c r="F87" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A88" s="1" t="s">
+      <c r="F88" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="B88" s="1" t="s">
+      <c r="B89" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="C88" s="1" t="s">
+      <c r="C89" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="D88" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E88" s="3" t="s">
+      <c r="D89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="F88" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A89" s="1" t="s">
+      <c r="F89" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="B90" s="1" t="s">
         <v>359</v>
       </c>
-      <c r="C89" s="1" t="s">
+      <c r="C90" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="D89" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E89" s="3" t="s">
+      <c r="D90" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="F89" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A90" s="1" t="s">
+      <c r="F90" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="B91" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="C90" s="1" t="s">
+      <c r="C91" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="D90" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="D91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A91" s="1" t="s">
+      <c r="F91" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
         <v>366</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="B92" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="C91" s="1" t="s">
+      <c r="C92" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="D91" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E91" s="3" t="s">
+      <c r="D92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>369</v>
       </c>
-      <c r="F91" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A92" s="1" t="s">
+      <c r="F92" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="G92" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="B92" s="1" t="s">
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="C92" s="1" t="s">
+      <c r="B93" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="D92" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E92" s="3" t="s">
+      <c r="C93" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F92" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A93" s="1" t="s">
+      <c r="D93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="F93" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
         <v>375</v>
       </c>
-      <c r="C93" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E93" s="3" t="s">
+      <c r="B94" s="1" t="s">
         <v>376</v>
       </c>
-      <c r="F93" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A94" s="1" t="s">
+      <c r="C94" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="D94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="C94" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E94" s="3" t="s">
+      <c r="F94" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="F94" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A95" s="1" t="s">
+      <c r="B95" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="C95" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="C95" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D95" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>382</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>235</v>
+        <v>298</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>384</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>385</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>386</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>235</v>
+        <v>298</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
         <v>387</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>388</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>389</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>390</v>
       </c>
       <c r="F97" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="G97" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A98" s="1" t="s">
+      <c r="B98" s="1" t="s">
         <v>392</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="C98" s="1" t="s">
         <v>393</v>
       </c>
-      <c r="C98" s="1" t="s">
+      <c r="D98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>394</v>
       </c>
-      <c r="D98" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E98" s="3" t="s">
+      <c r="F98" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="F98" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A99" s="1" t="s">
+      <c r="B99" s="1" t="s">
         <v>396</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="C99" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="C99" s="1" t="s">
+      <c r="D99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>398</v>
       </c>
-      <c r="D99" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E99" s="3" t="s">
+      <c r="F99" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
         <v>399</v>
       </c>
-      <c r="F99" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A100" s="1" t="s">
+      <c r="B100" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="C100" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="C100" s="1" t="s">
+      <c r="D100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>402</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E100" s="3" t="s">
+      <c r="F100" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="F100" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A101" s="1" t="s">
+      <c r="B101" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="C101" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="D101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="D101" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E101" s="3" t="s">
+      <c r="F101" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A102" s="1" t="s">
+      <c r="B102" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="C102" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="D102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="F102" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="F102" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A103" s="1" t="s">
+      <c r="B103" s="1" t="s">
         <v>412</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="C103" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="F103" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
         <v>414</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="3" t="s">
+      <c r="B104" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="F103" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A104" s="1" t="s">
+      <c r="C104" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>416</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="F104" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="C104" s="1" t="s">
+      <c r="B105" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="D104" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E104" s="3" t="s">
+      <c r="C105" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>419</v>
       </c>
-      <c r="F104" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A105" s="1" t="s">
+      <c r="F105" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="B106" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="C105" s="1" t="s">
+      <c r="C106" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="D105" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E105" s="3" t="s">
+      <c r="D106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>423</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A106" s="1" t="s">
+      <c r="F106" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="B107" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="C106" s="1" t="s">
+      <c r="C107" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="D106" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E106" s="3" t="s">
+      <c r="D107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="F106" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A107" s="1" t="s">
+      <c r="F107" s="3" t="s">
         <v>428</v>
       </c>
-      <c r="B107" s="1" t="s">
+      <c r="G107" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="C107" s="1" t="s">
+      <c r="B108" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="D107" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E107" s="3" t="s">
+      <c r="C108" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="F107" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A108" s="1" t="s">
+      <c r="D108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>432</v>
       </c>
-      <c r="B108" s="1" t="s">
+      <c r="F108" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="C108" s="1" t="s">
+      <c r="B109" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="D108" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E108" s="3" t="s">
+      <c r="C109" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="F108" s="3" t="s">
+      <c r="D109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E109" s="3" t="s">
         <v>436</v>
       </c>
-      <c r="G108" s="3" t="s">
+      <c r="F109" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
         <v>437</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A109" s="1" t="s">
+      <c r="B110" s="1" t="s">
         <v>438</v>
       </c>
-      <c r="B109" s="1" t="s">
+      <c r="C110" s="1" t="s">
         <v>439</v>
       </c>
-      <c r="C109" s="1" t="s">
+      <c r="D110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
         <v>440</v>
       </c>
-      <c r="D109" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E109" s="3" t="s">
+      <c r="F110" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="F109" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A110" s="1" t="s">
+      <c r="B111" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="B110" s="1" t="s">
+      <c r="C111" s="1" t="s">
         <v>443</v>
       </c>
-      <c r="C110" s="1" t="s">
+      <c r="D111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="3" t="s">
         <v>444</v>
       </c>
-      <c r="D110" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E110" s="3" t="s">
+      <c r="F111" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="F110" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A111" s="1" t="s">
+      <c r="B112" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="B111" s="1" t="s">
+      <c r="C112" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="C111" s="1" t="s">
+      <c r="D112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E112" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="D111" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E111" s="3" t="s">
+      <c r="F112" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="F111" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A112" s="1" t="s">
+      <c r="B113" s="1" t="s">
         <v>450</v>
       </c>
-      <c r="B112" s="1" t="s">
+      <c r="C113" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="C112" s="1" t="s">
+      <c r="D113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="D112" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E112" s="3" t="s">
+      <c r="F113" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="F112" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A113" s="1" t="s">
+      <c r="B114" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="B113" s="1" t="s">
+      <c r="C114" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="C113" s="1" t="s">
+      <c r="D114" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="D113" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E113" s="3" t="s">
+      <c r="F114" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="F113" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A114" s="1" t="s">
+      <c r="B115" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="B114" s="1" t="s">
+      <c r="C115" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="C114" s="1" t="s">
+      <c r="D115" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E115" s="3" t="s">
         <v>460</v>
       </c>
-      <c r="D114" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E114" s="3" t="s">
+      <c r="F115" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
         <v>461</v>
       </c>
-      <c r="F114" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A115" s="1" t="s">
+      <c r="B116" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="B115" s="1" t="s">
+      <c r="C116" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="C115" s="1" t="s">
+      <c r="D116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>464</v>
       </c>
-      <c r="D115" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E115" s="3" t="s">
+      <c r="F116" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
         <v>465</v>
       </c>
-      <c r="F115" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A116" s="1" t="s">
+      <c r="B117" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="B116" s="1" t="s">
+      <c r="C117" s="1" t="s">
         <v>467</v>
       </c>
-      <c r="C116" s="1" t="s">
+      <c r="D117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E117" s="3" t="s">
         <v>468</v>
       </c>
-      <c r="D116" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E116" s="3" t="s">
+      <c r="F117" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
         <v>469</v>
       </c>
-      <c r="F116" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A117" s="1" t="s">
+      <c r="B118" s="1" t="s">
         <v>470</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="C118" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="C117" s="1" t="s">
+      <c r="D118" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
         <v>472</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E117" s="3" t="s">
+      <c r="F118" s="3" t="s">
         <v>473</v>
       </c>
-      <c r="F117" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A118" s="1" t="s">
+      <c r="G118" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="B118" s="1" t="s">
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
         <v>475</v>
       </c>
-      <c r="C118" s="1" t="s">
+      <c r="B119" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="D118" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E118" s="3" t="s">
+      <c r="C119" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="F118" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A119" s="1" t="s">
+      <c r="D119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="B119" s="1" t="s">
+      <c r="F119" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="C119" s="1" t="s">
+      <c r="B120" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="D119" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E119" s="3" t="s">
+      <c r="C120" s="1" t="s">
         <v>481</v>
       </c>
-      <c r="F119" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A120" s="1" t="s">
+      <c r="D120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>482</v>
       </c>
-      <c r="B120" s="1" t="s">
+      <c r="F120" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
         <v>483</v>
       </c>
-      <c r="C120" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E120" s="3" t="s">
+      <c r="B121" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="F120" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A121" s="1" t="s">
+      <c r="C121" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="B121" s="1" t="s">
+      <c r="D121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>486</v>
       </c>
-      <c r="C121" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E121" s="3" t="s">
+      <c r="F121" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="F121" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A122" s="1" t="s">
+      <c r="B122" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="C122" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="C122" s="1" t="s">
+      <c r="D122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>490</v>
       </c>
-      <c r="D122" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E122" s="3" t="s">
+      <c r="F122" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
         <v>491</v>
       </c>
-      <c r="F122" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A123" s="1" t="s">
+      <c r="B123" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="C123" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="C123" s="1" t="s">
+      <c r="D123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>494</v>
       </c>
-      <c r="D123" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E123" s="3" t="s">
+      <c r="F123" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="F123" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A124" s="1" t="s">
+      <c r="B124" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="B124" s="1" t="s">
+      <c r="C124" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="C124" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D124" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>498</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>142</v>
+        <v>298</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
         <v>499</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>500</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>501</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>502</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>142</v>
+        <v>298</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
         <v>503</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>504</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>142</v>
+        <v>298</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>501</v>
+        <v>509</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>142</v>
+        <v>69</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>501</v>
+        <v>513</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>142</v>
+        <v>473</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>501</v>
+        <v>517</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>142</v>
+        <v>473</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>142</v>
+        <v>473</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>265</v>
+        <v>298</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>265</v>
+        <v>473</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>265</v>
+        <v>473</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>265</v>
+        <v>473</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="C137" s="1" t="s">
         <v>543</v>
       </c>
-      <c r="F136" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D137" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>547</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>235</v>
+        <v>177</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
         <v>548</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>549</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>550</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>551</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>235</v>
+        <v>177</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
         <v>552</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>553</v>
       </c>
       <c r="C139" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="3" t="s">
         <v>554</v>
       </c>
-      <c r="D139" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E139" s="3" t="s">
+      <c r="F139" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="F139" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A140" s="1" t="s">
+      <c r="B140" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="B140" s="1" t="s">
+      <c r="C140" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="3" t="s">
         <v>557</v>
       </c>
-      <c r="C140" s="1" t="s">
+      <c r="F140" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="D140" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E140" s="3" t="s">
+      <c r="B141" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="F140" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A141" s="1" t="s">
+      <c r="C141" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>560</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="F141" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
         <v>561</v>
       </c>
-      <c r="C141" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E141" s="3" t="s">
+      <c r="B142" s="1" t="s">
         <v>562</v>
       </c>
-      <c r="F141" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A142" s="1" t="s">
+      <c r="C142" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="D142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>564</v>
       </c>
-      <c r="C142" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E142" s="3" t="s">
+      <c r="F142" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
         <v>565</v>
       </c>
-      <c r="F142" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A143" s="1" t="s">
+      <c r="B143" s="1" t="s">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>567</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>568</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>436</v>
+        <v>298</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
         <v>569</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>570</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>436</v>
+        <v>298</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>437</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>436</v>
+        <v>298</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>436</v>
+        <v>298</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>436</v>
+        <v>585</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>436</v>
+        <v>585</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="B149" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="F149" s="3" t="s">
         <v>585</v>
       </c>
-      <c r="C149" s="1" t="s">
+      <c r="G149" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="F150" s="3" t="s">
         <v>585</v>
       </c>
-      <c r="D149" s="1" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="G150" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>436</v>
+        <v>585</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>593</v>
+        <v>602</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>594</v>
+        <v>603</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>594</v>
+        <v>604</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>436</v>
+        <v>585</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>596</v>
+        <v>607</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>597</v>
+        <v>608</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>597</v>
+        <v>609</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>436</v>
+        <v>585</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>599</v>
+        <v>611</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>600</v>
+        <v>612</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>600</v>
+        <v>613</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>601</v>
+        <v>614</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>436</v>
+        <v>585</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>602</v>
+        <v>615</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>603</v>
+        <v>616</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>603</v>
+        <v>617</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>604</v>
+        <v>618</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>436</v>
+        <v>69</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>606</v>
+        <v>620</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>606</v>
+        <v>621</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>607</v>
+        <v>622</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>436</v>
+        <v>266</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>608</v>
+        <v>623</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>609</v>
+        <v>624</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>609</v>
+        <v>625</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>610</v>
+        <v>626</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>436</v>
+        <v>266</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>611</v>
+        <v>627</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>612</v>
+        <v>628</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>613</v>
+        <v>629</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>614</v>
+        <v>630</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>615</v>
+        <v>631</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>616</v>
+        <v>632</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>617</v>
+        <v>633</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>618</v>
+        <v>634</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>619</v>
+        <v>635</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>620</v>
+        <v>636</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>621</v>
+        <v>637</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>622</v>
+        <v>638</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>623</v>
+        <v>639</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>624</v>
+        <v>640</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>517</v>
+        <v>640</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>625</v>
+        <v>641</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>142</v>
+        <v>473</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>626</v>
+        <v>642</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>627</v>
+        <v>643</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>628</v>
+        <v>643</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>629</v>
+        <v>644</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>235</v>
+        <v>473</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>630</v>
+        <v>645</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>631</v>
+        <v>646</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>631</v>
+        <v>646</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>632</v>
+        <v>647</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>436</v>
+        <v>473</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>633</v>
+        <v>648</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>634</v>
+        <v>649</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>634</v>
+        <v>649</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>635</v>
+        <v>650</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>436</v>
+        <v>473</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>636</v>
+        <v>651</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>637</v>
+        <v>652</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>637</v>
+        <v>652</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>638</v>
+        <v>653</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>436</v>
+        <v>473</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>639</v>
+        <v>654</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>640</v>
+        <v>655</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>640</v>
+        <v>655</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>641</v>
+        <v>656</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>436</v>
+        <v>473</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>437</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>642</v>
+        <v>657</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>643</v>
+        <v>658</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>644</v>
+        <v>658</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>645</v>
+        <v>659</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>65</v>
+        <v>473</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>646</v>
+        <v>660</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>647</v>
+        <v>661</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>648</v>
+        <v>661</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>649</v>
+        <v>662</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>539</v>
+        <v>473</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>651</v>
+        <v>663</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>652</v>
+        <v>664</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>653</v>
+        <v>664</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>654</v>
+        <v>665</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>235</v>
+        <v>473</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>655</v>
+        <v>666</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>656</v>
+        <v>667</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>658</v>
+        <v>668</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>235</v>
+        <v>473</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>659</v>
+        <v>669</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>660</v>
+        <v>670</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>661</v>
+        <v>670</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>662</v>
+        <v>671</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>235</v>
+        <v>473</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>663</v>
+        <v>672</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>664</v>
+        <v>673</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>666</v>
+        <v>674</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>235</v>
+        <v>473</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>667</v>
+        <v>675</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>235</v>
+        <v>473</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>235</v>
+        <v>473</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>235</v>
+        <v>473</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>235</v>
+        <v>473</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>235</v>
+        <v>298</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>235</v>
+        <v>298</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>235</v>
+        <v>298</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>697</v>
+        <v>563</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>265</v>
+        <v>177</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>436</v>
+        <v>473</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>436</v>
+        <v>473</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>436</v>
+        <v>473</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>713</v>
+        <v>473</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
         <v>714</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>715</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>715</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>716</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>60</v>
+        <v>473</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
         <v>717</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>718</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>718</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>719</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>60</v>
+        <v>473</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
         <v>720</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>721</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>721</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>722</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>60</v>
+        <v>473</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
         <v>723</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>724</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>713</v>
+        <v>585</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>142</v>
+        <v>266</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>142</v>
+        <v>266</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>142</v>
+        <v>266</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>142</v>
+        <v>266</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>142</v>
+        <v>266</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>749</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>142</v>
+        <v>266</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>142</v>
+        <v>266</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>747</v>
+        <v>762</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>142</v>
+        <v>266</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>749</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>747</v>
+        <v>766</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>142</v>
+        <v>266</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>749</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>747</v>
+        <v>770</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>142</v>
+        <v>266</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>749</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>756</v>
+        <v>772</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>765</v>
+        <v>773</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>752</v>
+        <v>774</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>766</v>
+        <v>775</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>142</v>
+        <v>266</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>767</v>
+        <v>776</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>768</v>
+        <v>777</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>752</v>
+        <v>778</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>769</v>
+        <v>779</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>142</v>
+        <v>298</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>759</v>
+        <v>780</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>770</v>
+        <v>781</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>752</v>
+        <v>781</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>771</v>
+        <v>782</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>142</v>
+        <v>473</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>772</v>
+        <v>783</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>773</v>
+        <v>784</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>774</v>
+        <v>784</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>775</v>
+        <v>785</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>142</v>
+        <v>473</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>749</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>756</v>
+        <v>786</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>776</v>
+        <v>787</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>777</v>
+        <v>788</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>778</v>
+        <v>789</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>142</v>
+        <v>473</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>767</v>
+        <v>790</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>777</v>
+        <v>792</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>780</v>
+        <v>793</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>142</v>
+        <v>473</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>759</v>
+        <v>795</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>781</v>
+        <v>796</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>777</v>
+        <v>796</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>782</v>
+        <v>797</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>142</v>
+        <v>798</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>143</v>
+        <v>370</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>801</v>
+      </c>
+      <c r="F207" s="3" t="s">
+        <v>798</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>804</v>
+      </c>
+      <c r="F208" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="F209" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>810</v>
+      </c>
+      <c r="F210" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>813</v>
+      </c>
+      <c r="F211" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>816</v>
+      </c>
+      <c r="F212" s="3" t="s">
+        <v>798</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>820</v>
+      </c>
+      <c r="F213" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E214" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="F214" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>828</v>
+      </c>
+      <c r="F215" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>832</v>
+      </c>
+      <c r="F216" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="F217" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>839</v>
+      </c>
+      <c r="F218" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>843</v>
+      </c>
+      <c r="F219" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>847</v>
+      </c>
+      <c r="F220" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="F221" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="F222" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="F223" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="F224" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E225" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="F225" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="F226" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E227" s="3" t="s">
+        <v>866</v>
+      </c>
+      <c r="F227" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E228" s="3" t="s">
+        <v>868</v>
+      </c>
+      <c r="F228" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="F229" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>876</v>
+      </c>
+      <c r="F230" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="F231" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E232" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="F232" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E233" s="3" t="s">
+        <v>887</v>
+      </c>
+      <c r="F233" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E234" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="F234" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>895</v>
+      </c>
+      <c r="F235" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E236" s="3" t="s">
+        <v>898</v>
+      </c>
+      <c r="F236" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E237" s="3" t="s">
+        <v>902</v>
+      </c>
+      <c r="F237" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>906</v>
+      </c>
+      <c r="F238" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E239" s="3" t="s">
+        <v>910</v>
+      </c>
+      <c r="F239" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>247</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">