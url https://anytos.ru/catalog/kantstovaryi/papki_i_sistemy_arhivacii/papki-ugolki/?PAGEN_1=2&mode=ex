--- v1 (2026-01-01)
+++ v2 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="911">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="817">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -92,86 +92,68 @@
   <si>
     <t>http://anytos.ru//upload/iblock/548/nu80lvl2zgt4reu8wx3ca536fm3rkupr.jpg</t>
   </si>
   <si>
     <t>Папка-уголок inФОРМАТ А4 желтый пластик 150мкм   PU7015Y</t>
   </si>
   <si>
     <t>Прозрачная папка формата A4 из пластика сохраняет документы в отличном состоянии. Используется для хранения небольшого количества документов. Толщина пластика – 0,15 мм &amp;#40;150 мкм&amp;#41;.</t>
   </si>
   <si>
     <t>103701</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b0/jnwon324bv2tibvnh99eqar3ac7b6c8k.jpg</t>
   </si>
   <si>
     <t>Папка-уголок inФОРМАТ А4 зел. пластик 180мкм: PU7018G штр.: 4602723005001</t>
   </si>
   <si>
     <t>Прозрачная папка формата A4 из жесткого пластика сохраняет документы в отличном состоянии. Используется для хранения небольшого количества документов. Толщина пластика – 0,18 мм &amp;#40;180 мкм&amp;#41;.</t>
   </si>
   <si>
     <t>103703</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1b5/b9elv7edhy9f0odhsr0xomv94xaxza2q.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0ae/rl226ce9zo2kzousp5cxna3zi4am87hc.jpg</t>
   </si>
   <si>
     <t>Папка-уголок inФОРМАТ А4 красн. пластик 180мкм: PU7018R штр.: 4602723005018</t>
   </si>
   <si>
     <t>103706</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f4/hoiiem7bi0ve5fltwug5v0wjx0839a4m.jpg</t>
   </si>
   <si>
     <t>Папка-уголок inФОРМАТ А4 красный пластик 150мкм: PU7015R штр.: 4602723001850</t>
   </si>
   <si>
     <t>103707</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d95/qgz09uktck8sq5xxop71zcvdi5x718ap.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/12a/my1g5iatokm4cglk4vdbijh5gqlxzpec.jpg</t>
   </si>
   <si>
     <t>Папка-уголок inФОРМАТ А4 прозрачный пластик 2 кармана: PU7215 штр.: 4602723001508</t>
   </si>
   <si>
     <t>Прозрачная пластиковая папка формата A4 сохраняет документы в отличном состоянии. Используется для хранения небольшого количества документов от 1 до 30 листов. Папка имеет 2 кармана для большего удобства сортировки документов. Толщина пластика – 0,15 мм &amp;#40;150 мкм&amp;#41;.</t>
   </si>
   <si>
     <t>103710</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a24/nsuv07qrsfpvk47uvdyjig06v85agnus.jpg</t>
   </si>
   <si>
     <t>Папка-уголок inФОРМАТ А4 прозрачный пластик 4 отделения: PU7315 штр.: 4602723001966</t>
   </si>
   <si>
     <t>Прозрачная пластиковая папка формата A4 сохраняет документы в отличном состоянии. Используется для хранения небольшого количества документов от 1 до 30 листов. Папка имеет 4 отделения для большего удобства сортировки документов. Толщина пластика – 0,15 мм &amp;#40;150 мкм&amp;#41;.</t>
   </si>
   <si>
     <t>103711</t>
@@ -359,122 +341,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/173/173708a1f41b767c994c08c1a3afbb0e/ec077107bae9781c032f6f1141131542.jpg</t>
   </si>
   <si>
     <t>Папка уголок , 150 мкм, прозрачный 10шт уп Россия 971156</t>
   </si>
   <si>
     <t>Папка уголок , 150 мкм, прозрачный 10шт/уп Россия</t>
   </si>
   <si>
     <t>335591</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e3/8e384cb92914ad2012cfe6dc2f18cd72/435ce5c1441c04f20610fe699bccbdd4.jpg</t>
   </si>
   <si>
     <t>Папка уголок , 150 мкм, синий 10шт уп Россия 971157</t>
   </si>
   <si>
     <t>Папка уголок , 150 мкм, синий 10шт/уп Россия</t>
   </si>
   <si>
     <t>335592</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/743/743dd8c104882c374a76199604697550/6321be42878c20b731d4825275cace8c.jpg</t>
-[...70 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a50/a502ed73560f7190fb7896b65f1f7252/622d86947ebcf3ce98f0130f80af365f.jpg</t>
   </si>
   <si>
     <t>Папка уголок ПУ-001-ПП 120мкр жест.пластик А4 желтая прозр. 20 шт уп 971165</t>
   </si>
   <si>
     <t>Папка уголок ПУ-001-ПП 120мкр жест.пластик А4 желтая прозр. 20 шт/уп</t>
   </si>
   <si>
     <t>335599</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf0/cf066e2a6f30169425bbb2157a46fc6a/f041c7c757e2338c42dfcf94348cf0e4.jpg</t>
   </si>
   <si>
     <t>Папка уголок ПУ-001-ПП 120мкр жест.пластик А4 зеленая прозр 20шт уп 971166</t>
   </si>
   <si>
     <t>Папка уголок ПУ-001-ПП 120мкр жест.пластик А4 зеленая прозр 20шт/уп</t>
   </si>
   <si>
     <t>335600</t>
@@ -482,50 +392,68 @@
   <si>
     <t>http://anytos.ru//upload/iblock/92b/92b77fe030feac4cf7c7ad01f3fe3ac6/20277c9957ae83e223f3b8333454b65a.jpg</t>
   </si>
   <si>
     <t>Папка уголок ПУ-001-ПП 120мкр жест.пластик А4 красная прозр 20 шт уп 971167</t>
   </si>
   <si>
     <t>Папка уголок ПУ-001-ПП 120мкр жест.пластик А4 красная прозр 20 шт/уп</t>
   </si>
   <si>
     <t>335601</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d05/d05c0754a9d60dc50296452d84018de9/1048769f6eb127c0f1b8889563a30972.jpg</t>
   </si>
   <si>
     <t>Папка уголок ПУ-001-ПП 120мкр жест.пластик А4 синяя прозр. 20шт уп 971168</t>
   </si>
   <si>
     <t>Папка уголок ПУ-001-ПП 120мкр жест.пластик А4 синяя прозр. 20шт/уп</t>
   </si>
   <si>
     <t>335602</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/881/8812b36ab8ec2fd66c4c3e2026cd45b8.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;xFiles quot;, А4, 150мкм, прозрачная AGp_04400</t>
+  </si>
+  <si>
+    <t>Папка-уголок из плотного пластика толщиной 150 мкм. Прозрачная с черным узором. Боковой вырез для удобного извлечения листов. Предназначена для хранения любых документов А4.</t>
+  </si>
+  <si>
+    <t>354722</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/450/450847b8af68047b0cbab0deb6f52bc4/9a7e80f30a8758f78513f518d0099978.jpg</t>
   </si>
   <si>
     <t>Папка уголок Attache формат А3 180мкм сини. в уп.20шт</t>
   </si>
   <si>
     <t>376066</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c9c/d1s8ze5kkw0nms6kw5j372auhghuwuun.jpg</t>
   </si>
   <si>
     <t>Папка уголок ПУ-001-ПП 120мкр жест.пластик А4 прозр 20 шт уп</t>
   </si>
   <si>
     <t>Папка-уголок формата А4 изготовлена из прозрачного полипропилена плотностью 120 мкм, прозрачного цвета, 20 штук в упаковке. Документы не мнутся и не пачкаются. Есть вырез для удобного извлечения листов. Папка вмещает до 40 листов стандартной плотности.</t>
   </si>
   <si>
     <t>376072</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b76/b764803c76bda3c753fd2af6ef568e50/f5cd57834cdca2409aedc552e3e6cc18.jpg</t>
@@ -683,2016 +611,1806 @@
   <si>
     <t>http://anytos.ru//upload/iblock/309/hjpc22o143ahap3c31kkrwjrxs8dzdmc.jpg</t>
   </si>
   <si>
     <t>Папка-уголок жесткая, непрозрачная BRAUBERG, красная, 0,15 мм, 224879</t>
   </si>
   <si>
     <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Непрозрачный материал способен скрыть содержимое от посторонних глаз. Специальная выемка для перелистывания листов облегчает работу с документами. Данная папка заметно выделяется среди других благодаря яркому красному цвету.</t>
   </si>
   <si>
     <t>388469</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/094/bpkzk3vxi86bzln59ncj3uuq103be0m5.jpg</t>
   </si>
   <si>
     <t>Папка-уголок жесткая, непрозрачная BRAUBERG, синяя, 0,15 мм, 224880</t>
   </si>
   <si>
     <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Непрозрачный материал способен скрыть содержимое от посторонних глаз. Специальная выемка для перелистывания листов облегчает работу с документами. Данная папка заметно выделяется среди других благодаря насыщенному синему цвету.</t>
   </si>
   <si>
     <t>388470</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a09/vlaxhkki7lhf299olys72r008toesupb.jpg</t>
-[...2 lines deleted...]
-    <t>Папка-уголок с 2 карманами BRAUBERG, синяя, 0,18 мм, 224883</t>
+    <t>http://anytos.ru//upload/iblock/ad2/abocrk06pp7n4o8se8xsro2wgd47x0vx.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок с 3 отделениями, жесткая, BRAUBERG, синяя, 0,15 мм, 224885</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Непрозрачный материал способен скрыть содержимое от посторонних глаз. Имеет 3 отделения, разделенных ярлычками. Данная папка заметно выделяется среди других благодаря насыщенному синему цвету.</t>
+  </si>
+  <si>
+    <t>388474</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3f6/fp53uldlxhvrxiuafekwn86cldhqhcrw.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок с карманом для визитки, А4, прозрачная, 0,18 мм, AGкм4 00100, V246931</t>
+  </si>
+  <si>
+    <t>Изготовленная из экологически чистого пластика плотностью 180 мкм, папка отлично помогает в организации и транспортировке документов. На лицевой стороне папки есть отделение для визитки или маркировки. Папка-уголок изготовлена из прозрачного пластика плотностью 180 мкм. Изделие помогает надежно сохранить и перенести документы А4 формата, предотвращает их смятие и загрязнение. Для удобного извлечения листов имеется специальная выемка. Лицевая сторона дополнена прочным карманом для визитки. Папка вмещает до 50 листов.</t>
+  </si>
+  <si>
+    <t>388475</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/hatber/"&gt;Hatber&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a2/rkeqfvpxm0t0mm5kpebk8awfjnh1jz8b.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок с карманом для визитки, А4, синяя, 0,18 мм, AGкм4 00102, V246955</t>
+  </si>
+  <si>
+    <t>388476</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/169/8nb94m6bxckfy9w03niv3o7dt3zs8vna.jpg</t>
+  </si>
+  <si>
+    <t>Папки-уголки с перфорацией прозрачные, до 40 листов, ПЛОТНЫЕ 0,18 мм, комплект 10 шт., BRAUBERG, 226827</t>
+  </si>
+  <si>
+    <t>Папки-уголки BRAUBERG предназначены для хранения и транспортировки документов и являются незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 180 мкм. Она предотвращает смятие, загрязнение или намокание бумаг, а мультиперфорация по краю позволяет подшивать уголок в любую папку. Прозрачный материал позволяет определить содержимое, не открывая папку-уголок. Специальная выемка для перелистывания листов облегчает работу с документами.</t>
+  </si>
+  <si>
+    <t>388477</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ccb/ccb5344efbb56aa5c7538f3e20a35f80/e5a7a600b0841ee5092ef39f47aae987.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок 150 мкмЭлементари, синий 20шт уп Россия</t>
+  </si>
+  <si>
+    <t>Папка уголок 150 мкмЭлементари, синий 20шт/уп Россия</t>
+  </si>
+  <si>
+    <t>417201</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/daa/daa211af4946888839e602ebee1b3723/54ab16ad7a48a1f5a2e280f87c7e14e0.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок А4, 180мкм, Attache Digital ассорти, 6 шт.уп.</t>
+  </si>
+  <si>
+    <t>417205</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/599/kh08kraio1nqc1ez0rr1yrqmx5rlpqnm.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG  quot;SPORT CAR quot;, А4, 150 мкм, цветная печать, 228044</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG &amp;quot;SPORT CAR&amp;quot; предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника, офисного работника. Также папки найдут применение в домашних условиях. Важным документам необходимо обеспечить оптимальные условия хранения и транспортировки. Лучше всего для этих целей использовать папку-уголок, которая предотвращает смятие, загрязнение или намокание бумаг. Папка-уголок BRAUBERG &amp;quot;Sport Car&amp;quot; формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Непрозрачный материал способен скрыть содержимые бумаги от посторонних глаз. Специальная удобная выемка для перелистывания листов облегчает работу с документами. Данная папка существенно выделяется среди других благодаря красочному полноцветному рисунку с изображением стильной спортивной машины.Преимуществом папки-уголка BRAUBERG, несомненно, является ее цена в сочетании с качеством высокого уровня.</t>
+  </si>
+  <si>
+    <t>425561</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/088/0889a60f6c2bd521e1ea3c11a3816725/997edd95b9d5c65b886e1ee790699ef4.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache формат А5 синий в уп.20шт.,150 мкм</t>
+  </si>
+  <si>
+    <t>440310</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/209/209e24ed10267066a7219a367b9fec52/4e9abe56e338cff111552e5accfd4008.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache А4 180 мкм, карман для визитки, синий 1 20шт</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache А4 180 мкм, карман для визитки, синий 1/20шт</t>
+  </si>
+  <si>
+    <t>584695</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/219/219311e31efded9274c242f209871be3/5321e066f93e32ba00a8c285f2eac09e.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок А4 100 Attache цвет в ассортименте 100 мкм 10 шт уп</t>
+  </si>
+  <si>
+    <t>Папка уголок А4 100 Attache цвет в ассортименте 100 мкм 10 шт/уп</t>
+  </si>
+  <si>
+    <t>612527</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2e9/2e980e7e2197e16f2a65fe6f7c26ba5d.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Radiance quot;, А4, 200мкм, желтый розовый градиент</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Berlingo &amp;quot;Radiance&amp;quot; формата А4. Цвет: желто-розовый градиент. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам.&amp;nbsp;&amp;nbsp;Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>630791</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/40b/40badc07a09369d14106aef4679af054.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Radiance quot;, А4, 200мкм, розовый голубой градиент</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Berlingo &amp;quot;Radiance&amp;quot; формата А4. Цвет: розово-голубой градиент. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам.&amp;nbsp;&amp;nbsp;Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>630792</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2cc/2cc5b4743043c84b302f66e8017d37d5.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Radiance quot;, А4, 200мкм, голубой зеленый градиент</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Berlingo &amp;quot;Radiance&amp;quot; формата А4. Цвет: сине-зеленый градиент. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам.&amp;nbsp;&amp;nbsp;Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>630793</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b9b/b9b254a85644f3967d97ed4e05511aa9.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Geometry quot;, А4, 200мкм, с рисунком</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Berlingo &amp;quot;Geometry&amp;quot; формата А4 с рисунком. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам.&amp;nbsp;&amp;nbsp;Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>630794</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a9/4a9fed8c76a9aaf800a49e87d4484d87.jpg</t>
+  </si>
+  <si>
+    <t>630795</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/063/0632c94f47a825179ccf3a9e9a92ee3a.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Triangle quot;, А4, 200мкм, с рисунком</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Berlingo &amp;quot;Triangle&amp;quot; формата А4 с рисунком. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам.&amp;nbsp;&amp;nbsp;Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>630796</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/335/335723a7bc086453d646b0696de25495.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Bubbles quot;, А4, 200мкм, прозрачная, с рисунком</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Berlingo &amp;quot;Bubbles&amp;quot; формата А4, прозрачная, с рисунком. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам.&amp;nbsp;&amp;nbsp;Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>630797</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/619/6zrcq27hgg5lxzw0p70ii4rvubv5cx7q.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;DoubleBlack quot;, А4, 200мкм, черная, с рисунком</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Berlingo &amp;quot;DoubleBlack&amp;quot; формата А4, черного цвета, с рельефным рисунком. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам.&amp;nbsp;&amp;nbsp;Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>686726</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/515/qxa9i28wzosunnqkaar5moyjrpqxx6aq.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Starlight S quot;, А4, 200мкм, зеленая, с рисунком</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Berlingo &amp;quot;Starlight S&amp;quot; формата А4, полупрозрачная, зеленого цвета, с рисунком. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам.&amp;nbsp;&amp;nbsp;Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>686728</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a5/vllc4q2cdgx7ztgn8gmq1uq5cdgclbxu.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Diagonal Pastel, A4, непрозрачная, ассорти  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 из высококачественного непрозрачного пластика с текстурой поверхности &amp;quot;диагональ&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Цвет папки - ассорти: фиолетовый, желтый, голубой, розовый. Размер - 220х310мм,толщина - 0.18мм.</t>
+  </si>
+  <si>
+    <t>697514</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/652/pvygjpbdd8s1oxoh7k8smplpytuxmxmw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Fizzy Clear, A4, прозрачный  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 из высококачественного прозрачного пластика с текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Размер - 220х310мм,толщина - 0.12мм.</t>
+  </si>
+  <si>
+    <t>697520</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b8/yo54nomhvxvphm5pxavmjf2aj4w7fog4.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Glossy Classic, A4, ассорти  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 из высококачественного прозрачного пластика с текстурой поверхности &amp;quot;зеркало&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Цвет папки - ассорти: синий, зеленый, красный, прозрачный. Размер - 220х310мм,толщина - 0.16мм.</t>
+  </si>
+  <si>
+    <t>697525</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c9/c62de67gxxmp13adtq40quc9b0amz6fw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Glossy Classic, A4, зеленый  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 из высококачественного прозрачного пластика с текстурой поверхности &amp;quot;зеркало&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Цвет папки - зеленый. Размер - 220х310мм,толщина - 0.16мм.</t>
+  </si>
+  <si>
+    <t>697526</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/43f/xli1rnwgwaaytetwnocjspral4lr29oi.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Glossy Classic, A4, красный  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 из высококачественного прозрачного пластика с текстурой поверхности &amp;quot;зеркало&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Цвет папки - красный. Размер - 220х310мм,толщина - 0.16мм.</t>
+  </si>
+  <si>
+    <t>697527</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b65/j3kt35jna70igzgz9nwzbf1w9pt3kemb.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Glossy Classic, A4, синий  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 из высококачественного прозрачного пластика с текстурой поверхности &amp;quot;зеркало&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Цвет папки - синий. Размер - 220х310мм,толщина - 0.16мм.</t>
+  </si>
+  <si>
+    <t>697528</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f0/a39iw9ggd2e00hhxcveh3ja2t8n29dta.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Glossy Neon, A4, полупрозрачная, ассорти  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 из высококачественного прозрачного пластика с текстурой поверхности &amp;quot;зеркало&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Цвет папки - ассорти:желтый, зеленый, оранжевый, розовый. Размер - 220х310мм,толщина - 0.18мм.</t>
+  </si>
+  <si>
+    <t>697529</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e59/gcm3rt00lqapp917n83auicar4yblf4k.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок с 2 карманами Erich Krause Glossy Neon, A4, полупрозрачная, ассорти  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок с 2 карманами ErichKrause® Glossy Neon, A4, полупрозрачная, ассорти &amp;#40;в пакете по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>697535</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb0/j5jkib23sy5mmgg7qym05tft6z00z8bk.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок с 2 карманами Erich Krause Matt Pastel, A4, непрозрачная, ассорти  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок с 2 карманами ErichKrause® Matt Pastel, A4, непрозрачная, ассорти &amp;#40;в пакете по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>697536</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f2/l35x0wgws27b5ws7d2vjx2f6zyfunses.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок плотная BRAUBERG SUPER, 0,18 мм, прозрачная, 270478</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG SUPER предназначена для хранения и транспортировки документов. Является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 180 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами.</t>
+  </si>
+  <si>
+    <t>701400</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/05a/anilkngvv10h9k62xz1xw7mkhk13pe39.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок плотная BRAUBERG SUPER, 0,18 мм, синяя, 270479</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG SUPER предназначена для хранения и транспортировки документов. Является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами. Данная папка заметно выделяется среди других благодаря насыщенному синему цвету.</t>
+  </si>
+  <si>
+    <t>701401</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/514/q33ui4tr40znk6hjlvqcu1d9y5qrzed8.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок А4 оранжевая</t>
+  </si>
+  <si>
+    <t>706393</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e1/pbuf8f3ugqu2w35xvmiecifxay728sps.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок А4 черная</t>
+  </si>
+  <si>
+    <t>706394</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/181/iw6unfjl6tse85qe1dtqhy6hfp85h1tw.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок А4 зел ная</t>
+  </si>
+  <si>
+    <t>Папка-уголок зелёная А4</t>
+  </si>
+  <si>
+    <t>706395</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a7/42qv6rr9dmk71vgaqkjjkje80b3vekog.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Eco XS quot; А4, 200мкм, с рисунком</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Berlingo &amp;quot;Eco XS&amp;quot; формата А4 с рисунком. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам.&amp;nbsp;&amp;nbsp;Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>711037</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc9/obgq0h7x0zfuv4q2w47wajx9idtmmh7w.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Glossy Clear, A4, прозрачный  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Erich Krause Glossy Clear, A4, прозрачный &amp;#40;в пакете по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>717711</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/43e/zg8moujwst5s5ziyjax5y478yz2zc8xe.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause  Glossy Candy, A5 , полупрозрачная, ассорти  в пакете по 12 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая Erich Krause® Glossy Candy, A5&amp;#43;, полупрозрачная, ассорти &amp;#40;в пакете по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792604</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/832/eiezbwr724hxj14ji7iq5kyfzqfnia35.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Frenzy quot;, 200мкм, с рисунком, с эффектом блесток</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая, с эффектом блесток, на кнопке Berlingo &amp;quot;Frenzy&amp;quot; формата А4. Яркий привлекательный дизайн. Эффект блесток достигается благодаря освещению, особенно заметно при холодном LED-освещении.&amp;nbsp;&amp;nbsp;Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам. Изготовлена из высококачественного полипропилена с текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>801212</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/734/68pxwoonjx3oxeofrt6o72ogava51sox.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Gradient quot;, 200мкм, с рисунком, с эффектом блесток, ассорти</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая, с эффектом блесток, Berlingo &amp;quot;Gradient&amp;quot; формата А4. 4 дизайна ассорти в стиле градиент. Эффект блесток достигается благодаря освещению, особенно заметно при холодном LED-освещении. Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам. Изготовлена из высококачественного полипропилена с текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 4шт с различными дизайнами. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>801214</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3fd/jc108au6zjz64novcbn71zilm90lzqhf.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Haze quot;, 200мкм, голубая сиреневая, с рисунком, с эффектом блесток</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая, с эффектом блесток, на кнопке Berlingo &amp;quot;Haze&amp;quot; формата А4. Яркий привлекательный дизайн c использованием двух пастельных цветов. Эффект блесток достигается благодаря освещению, особенно заметно при холодном LED-освещении.&amp;nbsp;&amp;nbsp;Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам. Изготовлена из высококачественного полипропилена с текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>801215</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/92b/90njr8m3y01n45lag1xeg6rkzbip5931.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Haze quot;, 200мкм, мятная розовая, с рисунком, с эффектом блесток</t>
+  </si>
+  <si>
+    <t>801216</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/82c/tryuzb8a10rl8jy8pi6nehv5ifiq3chx.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Haze quot;, 200мкм, розовая голубая, с рисунком, с эффектом блесток</t>
+  </si>
+  <si>
+    <t>801217</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/285/zafn30w4qro2in1jmwkm339fbjfjoapc.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Haze quot;, 200мкм, сиреневая мятная, с рисунком, с эффектом блесток</t>
+  </si>
+  <si>
+    <t>801218</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9af/z0f119wo25qz3mec8ye75h2kr4aykl0p.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Zodiac quot;, 200мкм, с рисунком, с эффектом блесток</t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая, с эффектом блесток, на кнопке Berlingo &amp;quot;Zodiac&amp;quot; формата А4. Яркий привлекательный дизайн. Эффект блесток достигается благодаря освещению, особенно заметно при холодном LED-освещении.&amp;nbsp;&amp;nbsp;Удобная полукруглая вырубка с лицевой стороны. Быстрый доступ к документам. Изготовлена из высококачественного полипропилена с текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина 200мкм. Вмещает до 20 листов. Упаковка в прозрачный пакет по форме на 12шт. Индивидуальный штрих-код на каждой папке-конверте на съемном стикере с информацией.</t>
+  </si>
+  <si>
+    <t>801221</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/982/x21mqr5pz593ezi6700c8fa6kv5dr42a.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ,  quot;БЕЛАЯ МЕДВЕДИЦА quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ, &amp;quot;БЕЛАЯ МЕДВЕДИЦА&amp;quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>815817</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aae/0j5g489twmx7mj3erzyhm1hy4abm5q0x.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК, 3 ОТДЕЛЕНИЯ,  quot;КОТЫ В ЯПОНСКОМ СТИЛЕ quot;, А4, 4 ВИДА</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК, 3 ОТДЕЛЕНИЯ, &amp;quot;КОТЫ В ЯПОНСКОМ СТИЛЕ&amp;quot;, А4, 4 ВИДА</t>
+  </si>
+  <si>
+    <t>815818</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b1/b5oyq7wns6vhvb9e8a136o0884ssltoi.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК, 3 ОТДЕЛЕНИЯ,  quot;ЛАВАНДОВЫЕ ЛАМЫ quot;, А4</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК, 3 ОТДЕЛЕНИЯ, &amp;quot;ЛАВАНДОВЫЕ ЛАМЫ&amp;quot;, А4</t>
+  </si>
+  <si>
+    <t>815819</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/43c/fxg37l9tgvwnh9tvvfxcnx2nnh7ilxwo.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ,  quot;ЛАВАНДОВЫЕ ЛАМЫ quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ, &amp;quot;ЛАВАНДОВЫЕ ЛАМЫ&amp;quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>815821</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4bf/eh2rxffzqnfj1v7b6q2vrvajj0hmya5r.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ,  quot;FOREST DREAM quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ, &amp;quot;FOREST DREAM&amp;quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>815824</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/699/u9f5s45yoyit310ky2430v08w6fcksg2.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ,  quot;ФРУКТЫ quot;, А4</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ, &amp;quot;ФРУКТЫ&amp;quot;, А4</t>
+  </si>
+  <si>
+    <t>815825</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/21f/4g0kv3e51y0i8f0opqln139wowqpmpov.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ,  quot;КОФЕ БРЭЙК quot;, А4</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ, &amp;quot;КОФЕ БРЭЙК&amp;quot;, А4</t>
+  </si>
+  <si>
+    <t>815826</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/430/nvjg2tacub8qjf5txx81wbswgfi86200.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ,  quot;ГОРОШЕК quot;, А4</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ, &amp;quot;ГОРОШЕК&amp;quot;, А4</t>
+  </si>
+  <si>
+    <t>815827</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/88a/0491vr8pmah12ocwounyvay3usz6ir2w.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ,  quot;ОДУВАНЧИКИ quot;, А4</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК С ОДНИМ ОТДЕЛЕНИЕМ, &amp;quot;ОДУВАНЧИКИ&amp;quot;, А4</t>
+  </si>
+  <si>
+    <t>815828</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/619/0mu9epmxl6m2mv0433wxqxlyuoklt3qx.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК, 3 ОТДЕЛЕНИЯ,  quot;КОФЕ БРЭЙК quot;, А4</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК, 3 ОТДЕЛЕНИЯ, &amp;quot;КОФЕ БРЭЙК&amp;quot;, А4</t>
+  </si>
+  <si>
+    <t>815830</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af6/16lcawc8qa0ghwi53gpjf1ngxwnpmspc.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК, 3 ОТДЕЛЕНИЯ,  quot;ГОРОШЕК quot;, А4</t>
+  </si>
+  <si>
+    <t>ПАПКА УГОЛОК, 3 ОТДЕЛЕНИЯ, &amp;quot;ГОРОШЕК&amp;quot;, А4</t>
+  </si>
+  <si>
+    <t>815831</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/058/iblt0f8rqu43i2ox38xq6q92gx6aq0y1.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ, А4, 150мкм, прозрачная, бесцветная</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ формата А4 изготовлена из качественного полипропилена толщиной 150мкм. Предназначена для хранения и транспортировки документов. Изделие защищает бумаги от повреждений и загрязнений. Имеется боковой вырез для удобства использования. Вмещает до 50 листов. Цвет папки - бесцветный.</t>
+  </si>
+  <si>
+    <t>852812</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/stamm/"&gt;Стамм&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f1/ery442vrml1yw69yh1i1i3t8q51rvxdb.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause  Fizzy Clear, A4, прозрачный, инд. ШК  в пакете по 24 штуки </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая ErichKrause® Fizzy Clear, A4, прозрачный, инд. ШК &amp;#40;в пакете по 24 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>854937</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/32e/g4wyp2a3j6d3is07nuyu3a3o31x5cmbq.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая ErichKrause  Glossy Classic, A4, полупрозрачный, ассорти  в пакете по 24 штуки </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая ErichKrause® Glossy Classic, A4, полупрозрачный, ассорти &amp;#40;в пакете по 24 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>882847</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ca/r7vea1lr5o21h1z46lsi4k19eqjittlb.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая ErichKrause  Soft Caribbean Sunset, A4, непрозрачный, ассорти  в пакете по 12 штук </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая ErichKrause® Soft Caribbean Sunset, A4, непрозрачный, ассорти &amp;#40;в пакете по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>882850</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/88e/7j81erjj1uca9u6zvt6tkruv4bw1xzk2.jpg</t>
+  </si>
+  <si>
+    <t>Набор из 4 папок-уголков пластиковых ErichKrause  Meditation, А4, ассорти</t>
+  </si>
+  <si>
+    <t>Набор из 4 папок-уголков пластиковых ErichKrause® Meditation, А4, ассорти</t>
+  </si>
+  <si>
+    <t>886303</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ce/ju22uuzv83r31ina7xpywm0o05rt1nbz.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая ErichKrause  Glossy Neon, A4, полупрозрачный, ассорти  в пакете по 24 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая ErichKrause® Glossy Neon, A4, полупрозрачный, ассорти &amp;#40;в пакете по 24 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>886305</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9cb/avdljmu5tcip66vzwwdrk9mzuf2hxr2x.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая ErichKrause  Glossy Vivid, A4, полупрозрачный, ассорти  в пакете по 24 шт. </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая ErichKrause® Glossy Vivid, A4, полупрозрачный, ассорти &amp;#40;в пакете по 24 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>886306</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b4/z635vbzal5vik3je4jcdq0sxgvgvliln.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ, А4, 150мкм, прозрачная, зеленая</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ формата А4 изготовлена из качественного полипропилена толщиной 150мкм. Предназначена для хранения и транспортировки документов. Изделие защищает бумаги от повреждений и загрязнений. Имеется боковой вырез для удобства использования. Вмещает до 50 листов. Цвет папки - зеленый.</t>
+  </si>
+  <si>
+    <t>926448</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/616/k1lb4dug41skjlc0to4s4fh563p0rx1g.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ, А4, 150мкм, прозрачная, красная</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ формата А4 изготовлена из качественного полипропилена толщиной 150мкм. Предназначена для хранения и транспортировки документов. Изделие защищает бумаги от повреждений и загрязнений. Имеется боковой вырез для удобства использования. Вмещает до 50 листов. Цвет папки - красный.</t>
+  </si>
+  <si>
+    <t>926449</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f81/2m6owxfm18y6a59niy7qeo3lafhlsuku.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ, А4, 150мкм, прозрачная, синяя</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ формата А4 изготовлена из качественного полипропилена толщиной 150мкм. Предназначена для хранения и транспортировки документов. Изделие защищает бумаги от повреждений и загрязнений. Имеется боковой вырез для удобства использования. Вмещает до 50 листов. Цвет папки - синий.</t>
+  </si>
+  <si>
+    <t>926450</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ec/bmueoyqqq0lfv7mmqx7g1z5bu6q9ye1k.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ, А4, 150мкм, непрозрачная, зеленая</t>
+  </si>
+  <si>
+    <t>945470</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d7c/azan2c5kowu7j4l116h4rks2epssr8qn.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ, А4, 150мкм, непрозрачная, красная</t>
+  </si>
+  <si>
+    <t>945471</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c1/iricxa7yvdi9gitoleyrhdzeori7w9p7.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ, А4, 150мкм, непрозрачная, синяя</t>
+  </si>
+  <si>
+    <t>945472</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b2/vu4nazbpb91wlci7wqgkt0p6u6bq7krz.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache Selection Breezee, А4, 200мкм, 3 отдел, глянец, 5шт уп</t>
+  </si>
+  <si>
+    <t>Папка уголок Attache Selection Breezee, А4, 200мкм, 3 отдел, глянец, 5шт/уп</t>
+  </si>
+  <si>
+    <t>952712</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f6b/843sch7o4hx3y9p9ct0z3knhdhb73ksi.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок А4, прозрачная, 0,10 мм, BRAUBERG EXTRA, 271698</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG EXTRA предназначена для хранения и транспортировки документов. Является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 100 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами.</t>
+  </si>
+  <si>
+    <t>953864</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f9c/srhvyzxgnne3jih66uzggvoh8n5e8bqe.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок А4, синяя, 0,10 мм, BRAUBERG EXTRA, 271699</t>
+  </si>
+  <si>
+    <t>953865</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e8/pu61ond7jz36sr87mr3xmuwcpcs14dbt.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая А4, красная, 0,15 мм, BRAUBERG EXTRA, 271703</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG EXTRA предназначена для хранения и транспортировки документов. Является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами.</t>
+  </si>
+  <si>
+    <t>953868</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fbe/11lhtun138oazcm8qrok2x4k2bwusttd.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая А4, прозрачная, 0,15 мм, BRAUBERG EXTRA, 271701</t>
+  </si>
+  <si>
+    <t>953869</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24b/myzgm5webtcy0g1fpixxvv9ojqm9v98k.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок с карманом для визитки А4, синяя, 0,18 мм, BRAUBERG EXTRA, 271707</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG EXTRA предназначена для хранения и транспортировки документов. Является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 180 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами. Кроме того, на лицевой стороне папки-уголка присутствует карман для визитки.</t>
+  </si>
+  <si>
+    <t>953871</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/017/6yz03134vuzvff8j9345fkcz9w6iizf5.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая ErichKrause Matt Pastel Bloom, A5 , непрозрачный, ассорти  в пакете по 12 штук </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая ErichKrause Matt Pastel Bloom, A5&amp;#43;, непрозрачный, ассорти &amp;#40;в пакете по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>960829</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b89/5iqf7n3f0cq54ebmjvhzl4mz1gr8e27t.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая ErichKrause Matt Pastel Bloom, с 2 карманами, A4, непрозрачный, ассорти  в пакете по 12 штук </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая ErichKrause Matt Pastel Bloom, с 2 карманами, A4, непрозрачный, ассорти &amp;#40;в пакете по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>960830</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/658/kfx4l8rey7pwwod3wdiu2kfl7ssuy818.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая ErichKrause Soft Manga, A4, непрозрачный, ассорти  в пакете по 12 штук </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая ErichKrause Soft Manga, A4, непрозрачный, ассорти &amp;#40;в пакете по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>960831</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/20f/jntzrfeiu740nqdhojl3n2150x6fqq7h.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая ErichKrause Жил-был П с, А4, ассорти  в пакете по 12 штук </t>
+  </si>
+  <si>
+    <t>Папка-уголок пластиковая ErichKrause Жил-был Пёс, А4, ассорти &amp;#40;в пакете по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>960832</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99e/pxx6ymv9wt6uahp7p4iklyzo0ypk9n2q.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка уголок Комус А4 180мкм  прозрачный </t>
+  </si>
+  <si>
+    <t>Папка уголок Комус А4 180мкм &amp;#40;прозрачный&amp;#41;</t>
+  </si>
+  <si>
+    <t>965545</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a0/021hgd0wr3l94ts43olqfa4amvk4i3xh.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка уголок Комус А4 180мкм  желтый </t>
+  </si>
+  <si>
+    <t>Папка уголок Комус А4 180мкм &amp;#40;желтый&amp;#41;</t>
+  </si>
+  <si>
+    <t>965546</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/37c/6ilu0rou3s7glwwj2kq54oeh35lem3u7.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка уголок Комус А4 180мкм  зеленый </t>
+  </si>
+  <si>
+    <t>Папка уголок Комус А4 180мкм &amp;#40;зеленый&amp;#41;</t>
+  </si>
+  <si>
+    <t>965547</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/131/u4xhuxgyiyt3f9618ivchbqwq6rbb2ts.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка уголок Комус А4 180мкм  красный </t>
+  </si>
+  <si>
+    <t>Папка уголок Комус А4 180мкм &amp;#40;красный&amp;#41;</t>
+  </si>
+  <si>
+    <t>965548</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b74/uzbrz640x7iav0j70gdahfigt91eo9c9.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка уголок Комус А4 180мкм  синий </t>
+  </si>
+  <si>
+    <t>Папка уголок Комус А4 180мкм &amp;#40;синий&amp;#41;</t>
+  </si>
+  <si>
+    <t>965549</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d7/niu136ydkup4chq0mqnhtzihzqpqf1hf.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок Комус с цветными клапанами и 3 цветными разделителями, 10 шт уп. в ассортименте</t>
+  </si>
+  <si>
+    <t>Папка уголок Комус с цветными клапанами и 3 цветными разделителями, 10 шт/уп. в ассортименте</t>
+  </si>
+  <si>
+    <t>965550</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/532/8ctcfcjr2moy8seugk4hs434m570jwus.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка уголок Attache Metallics А4 200мкм 4шт уп  срн зел сер син </t>
+  </si>
+  <si>
+    <t>Папка уголок Attache Metallics А4 200мкм 4шт/уп &amp;#40;срн/зел/сер/син&amp;#41;</t>
+  </si>
+  <si>
+    <t>965554</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/407/t8i0k90ystmacni69psfzq5dzgdosue5.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Instinct quot;, А4, 330мкм, аквамарин</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Instinct&amp;quot;, А4, 330мкм, аквамарин</t>
+  </si>
+  <si>
+    <t>968341</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f92/7kcv78378b8omog575x0x0tjoxvqcmlh.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Instinct quot;, А4, 330мкм, лаванда</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Instinct&amp;quot;, А4, 330мкм, лаванда</t>
+  </si>
+  <si>
+    <t>968342</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cfc/xpqxhq36dhs4quvogi33xlvxowbkjpcq.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Instinct quot;, А4, 330мкм, мятный</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Instinct&amp;quot;, А4, 330мкм, мятный</t>
+  </si>
+  <si>
+    <t>968343</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/faa/bjur1n4o85u9t0m2t6yr2j0xpmx4yeok.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Instinct quot;, А4, 330мкм, фламинго</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Instinct&amp;quot;, А4, 330мкм, фламинго</t>
+  </si>
+  <si>
+    <t>968344</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fea/64e4zkb91ffyhxf0mksj3gz2iujo6bhc.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Metallic quot;, А4, 200мкм, серый металлик</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Metallic&amp;quot;, А4, 200мкм, серый металлик</t>
+  </si>
+  <si>
+    <t>968345</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ee/2bq6hfxbqojx6dd8xpt9uhnlov7y70eu.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 100мкм, пластик, прозрачная</t>
+  </si>
+  <si>
+    <t>968346</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba2/9kuvhuvuf3byuffc7vktgal7d8x52iz4.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 100мкм, пластик, прозрачная, зеленая</t>
+  </si>
+  <si>
+    <t>968347</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/90e/3muq4z0gj3o1zdik0fmi3qa4xbyexdti.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 150мкм, пластик, непрозрачная, черная</t>
+  </si>
+  <si>
+    <t>968348</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c8e/x6bnnx0hl8jbhy0jtguwe0emkna2k657.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 150мкм, пластик, прозрачная, желтая</t>
+  </si>
+  <si>
+    <t>968349</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/824/fzqt0i6m99pggx01h9aejqwjaf2hygf0.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, непрозрачная, ассорти</t>
+  </si>
+  <si>
+    <t>968350</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b9b/ribx7k73zmirqch7l2nw27ws3ee9nwsq.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, непрозрачная, желтая</t>
+  </si>
+  <si>
+    <t>968351</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e2e/gn40as8uyyg1ty7nejgl5h0abvxptj7f.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, непрозрачная, красная</t>
+  </si>
+  <si>
+    <t>968353</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a7b/mhkdwuq6nc3r747ie1oma89g51l2dzn2.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, непрозрачная, синяя</t>
+  </si>
+  <si>
+    <t>968354</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61d/3dnepre26gbzsfz38wvffdqiewe5ypqa.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, прозрачная, бесцветная</t>
+  </si>
+  <si>
+    <t>968356</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53d/jpcvr6unps3soakl0urw3xotg727mcvp.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, прозрачная, желтая</t>
+  </si>
+  <si>
+    <t>968357</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a70/3iijvs55yi30r1sshglf2id6cosh01vc.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, прозрачная, зеленая</t>
+  </si>
+  <si>
+    <t>968358</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e2/e4crvqofyblgjcvkk22e91xg6hk3ty4o.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, прозрачная, красная</t>
+  </si>
+  <si>
+    <t>968359</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fdc/m66w9ne5gybq12yk697ifhv9ysne1r8f.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, прозрачная, синяя</t>
+  </si>
+  <si>
+    <t>968360</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5cd/f7bqusarhzbj9rno524ywkwt5g8fkf4x.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, прозрачная, фиолетовая</t>
+  </si>
+  <si>
+    <t>968361</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d8/x16txytkkymlivgwj6ex89tc7wfdfc2d.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А5, 180мкм, пластик, прозрачная, зеленая</t>
+  </si>
+  <si>
+    <t>968363</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a5c/n2bd8w4gzh30y2qpoj9lqae8uc4hl42c.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А5, 180мкм, пластик, прозрачная, синяя</t>
+  </si>
+  <si>
+    <t>968364</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed3/t0rejvmzkxpkd5cjrcp9g7xi6xu1hb9t.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Matt Pastel Bloom, A4, непрозрачный, ассорти  в пакете по 12 штук </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 из высококачественного непрозрачного пластика с текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Цвет папки - ассорти: голубой, зеленый, персиковый, фиолетовый. Размер - 220х310мм, толщина - 0.18мм.</t>
+  </si>
+  <si>
+    <t>974693</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efd/i7f5dc6ikf7kvumuu028xps0drjqt14a.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Soft Manga, A5 , непрозрачный, ассорти  в пакете по 12 штук </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата A5&amp;#43; из высококачественного непрозрачного пластика с текстурой поверхности &amp;quot;софт-тач&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Цвет папки - ассорти: бежевый, голубой, розовый, фиолетовый. Размер - 184х226мм, толщина - 0.18мм.</t>
+  </si>
+  <si>
+    <t>974694</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/774/7bjnqcx7h24xgcrozoa7n1l0zzalxg3p.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая Erich Krause Soft Manga, с 2 карманами, A4, непрозрачный, ассорти  в пакете по 12 штук </t>
+  </si>
+  <si>
+    <t>Папка-уголок с 2 карманами формата А4 из высококачественного полупрозрачного пластика с текстурой поверхности &amp;quot;софт-тач&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов форматов А4 и А3. Папка вмещает до 40 бумажных листов. Цвет папки - ассорти: бежевый, голубой, розовый, фиолетовый. Размер - 220х310мм, толщина - 0.18мм. Код и баркод на каждой единице товара.</t>
+  </si>
+  <si>
+    <t>974695</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/776/lt16ezsadat2wh05n6zukr8236db00p0.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок с карманом для визитки А4, прозрачная, 0,18 мм, BRAUBERG EXTRA, 271706</t>
+  </si>
+  <si>
+    <t>975829</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e44/9fen8xq7q9r47utid06lkmzhzrx6lnfk.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Instinct quot;, А4, 330мкм, ассорти</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Instinct&amp;quot;, А4, 330мкм, ассорти</t>
+  </si>
+  <si>
+    <t>983066</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/280/21da9a7zl9e7q51k52dla4qxqsi6rqhe.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 100мкм, пластик, прозрачная, желтая</t>
+  </si>
+  <si>
+    <t>983070</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/73f/nrrwi6kbn2nffr1zduhi2b68c2volla4.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 100мкм, пластик, прозрачная, красная</t>
+  </si>
+  <si>
+    <t>983071</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08d/2lgwdc7th3m1raqelo7d3q2rb0nhruxl.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 100мкм, пластик, прозрачная, синяя</t>
+  </si>
+  <si>
+    <t>983072</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc8/73k3ym68lkhbm6i42iwfsmq025uxkfm2.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 100мкм, пластик, прозрачная, фиолетовая</t>
+  </si>
+  <si>
+    <t>983073</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/147/2cza9comhnmw5c9pw1fno8nx6s45iws9.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 150мкм, пластик, прозрачная, фиолетовая</t>
+  </si>
+  <si>
+    <t>983074</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d61/6bhk235too8tq0jxz4nuhm4gkw4zod0j.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 180мкм, пластик, непрозрачная, фиолетовая</t>
+  </si>
+  <si>
+    <t>983075</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/31a/179g3os5rz6byyq7yhsj7rmvkla2dqpq.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А5, 180мкм, пластик, прозрачная, ассорти</t>
+  </si>
+  <si>
+    <t>983076</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/531/2qfwx32yxgsu9q7vbz8v0vod03toizye.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 100мкм, пластик, прозрачная, ассорти</t>
+  </si>
+  <si>
+    <t>986131</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/846/v1y8v2qae5wbifa6o566amfywcqc2sz9.jpg</t>
+  </si>
+  <si>
+    <t>Папка уголок А3 Attache 180 мкм, прозрачная, 20 шт уп</t>
+  </si>
+  <si>
+    <t>Папка уголок А3 Attache 180 мкм, прозрачная, 20 шт/уп</t>
+  </si>
+  <si>
+    <t>990179</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/073/nfpfnyswqt44tqbbtvjkls353ofpw6qn.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Haze quot; А4, 200мкм, софт-тач, двухцветная, ассорти</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Haze&amp;quot; А4, 200мкм, софт-тач, двухцветная, ассорти</t>
+  </si>
+  <si>
+    <t>999001</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/218/5ndehhhnrnrb7a2q9srgqcmsfz33xzj4.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Haze quot; А4, 200мкм, софт-тач, двухцветная, голубая розовая</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Haze&amp;quot; А4, 200мкм, софт-тач, двухцветная, голубая/розовая</t>
+  </si>
+  <si>
+    <t>999002</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f72/mxosxcwx892d8vnszhwa2bjywrumb703.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Haze quot; А4, 200мкм, софт-тач, двухцветная, мятная сиреневая</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Haze&amp;quot; А4, 200мкм, софт-тач, двухцветная, мятная/сиреневая</t>
+  </si>
+  <si>
+    <t>999003</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eef/98ssrae426seytwmnmpzy3llrvt1zlev.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Haze quot; А4, 200мкм, софт-тач, двухцветная, розовая мятная</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Haze&amp;quot; А4, 200мкм, софт-тач, двухцветная, розовая/мятная</t>
+  </si>
+  <si>
+    <t>999004</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2f/fcdj5uzzkeeabez3i27yj2i41ek2mlz5.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Haze quot; А4, 200мкм, софт-тач, двухцветная, сиреневая голубая</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Haze&amp;quot; А4, 200мкм, софт-тач, двухцветная, сиреневая/голубая</t>
+  </si>
+  <si>
+    <t>999005</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/994/fxuyr0xg5qpoo7l1tuygypflkkp9po81.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Soft Touch quot;, А4, 200мкм, софт-тач, коралловая</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Soft Touch&amp;quot;, А4, 200мкм, софт-тач, коралловая</t>
+  </si>
+  <si>
+    <t>999008</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e91/w4wpo9yfqpd4vwzck3mnh3ee3fm3s2p6.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Soft Touch quot;, А4, 200мкм, софт-тач, прозрачная</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Soft Touch&amp;quot;, А4, 200мкм, софт-тач, прозрачная</t>
+  </si>
+  <si>
+    <t>999009</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/36b/weeo8d0e5g22noc4wcm2pil0nbelzshl.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Soft Touch quot;, А4, 200мкм, софт-тач, синяя</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Soft Touch&amp;quot;, А4, 200мкм, софт-тач, синяя</t>
+  </si>
+  <si>
+    <t>999010</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/75f/wjhqb4x39kewniziy7lba6l51cw2q6lj.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Soft Touch quot;, А4, 200мкм, софт-тач, фиолетовая</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Soft Touch&amp;quot;, А4, 200мкм, софт-тач, фиолетовая</t>
+  </si>
+  <si>
+    <t>999011</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4a/gkw5v3q0ncx162sfxyem8hoebbkppy5x.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo  quot;Soft Touch quot;, А4, 200мкм, софт-тач, черная</t>
+  </si>
+  <si>
+    <t>Папка-уголок Berlingo &amp;quot;Soft Touch&amp;quot;, А4, 200мкм, софт-тач, черная</t>
+  </si>
+  <si>
+    <t>999012</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ecb/50muu3b0hxo07w8lyrezowqb8az5u655.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-уголок пластиковая ErichKrause Soft Reef, A4, непрозрачный, ассорти  в пакете по 12 штук </t>
+  </si>
+  <si>
+    <t>Папка-уголок формата А4 из высококачественного непрозрачного пластика с текстурой поверхности &amp;quot;софт-тач&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения и транспортировки небольшого количества документов. Папка вмещает до 20 бумажных листов. Цвет папки - ассорти: бирюзовый, индиго, коралловый, лайм. Размер - 220х310мм, толщина - 0.18мм.</t>
+  </si>
+  <si>
+    <t>999186</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea7/eby0ph0qmqd4u4etp8s53mzcs0hboim4.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ А4, 150мкм, пластик, прозрачная, неон, ассорти</t>
+  </si>
+  <si>
+    <t>1001940</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dd3/zcn2eriabf4zpkpnnux5uwhse1b6dp9t.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ, А4, 150мкм, непрозрачная, ассорти</t>
+  </si>
+  <si>
+    <t>1001941</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/035/2s02w9c02zhhlh0555ae14v1kbt7dmzd.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ  quot;Акцент quot; А4, 180мкм, пластик, непрозрачная, персиковая</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ &amp;quot;Акцент&amp;quot; А4, 180мкм, пластик, непрозрачная, персиковая</t>
+  </si>
+  <si>
+    <t>1002038</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f65/rn7a6od44h7kkrnakqnbukg0j0dejwdf.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ  quot;Хамелеон quot; А4, 180мкм, пластик, непрозрачная, зеленый хамелеон</t>
+  </si>
+  <si>
+    <t>Папка-уголок СТАММ &amp;quot;Хамелеон&amp;quot; А4, 180мкм, пластик, непрозрачная, зеленый хамелеон</t>
+  </si>
+  <si>
+    <t>1002039</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/224/an8iowj6utn8sifynyekgpo1qp15qa6r.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок INFORMAT А4 прозрач. пластик 150 фиол. 1 отд</t>
+  </si>
+  <si>
+    <t>1007215</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/000/1x3jk5oxrmyja2pc7bulx0uh4j5n3jbg.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок INFORMAT А4 прозрач. пластик 180 ассорти 1 отд</t>
+  </si>
+  <si>
+    <t>1007216</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b08/kyd2w814sf9ktudjo2h8xosbbmne60y5.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Stanger А4 прозрач. пластик 200 мкм желт. 1 отд</t>
+  </si>
+  <si>
+    <t>1007217</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf2/7tr0sttjcmnvkn61jlcu7u9hetderedh.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Stanger А4 прозрач. пластик 200 мкм зелен. 1 отд</t>
+  </si>
+  <si>
+    <t>1007218</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a5/8xofofks0e72vbpc1j5hawijv9z2hfdb.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Stanger А4 прозрач. пластик 200 мкм красн. 1 отд</t>
+  </si>
+  <si>
+    <t>1007219</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e2/j0v5x75jj2ug05q5llfno22rg5j1p5uq.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок Stanger А4 прозрач. пластик 200 мкм прозр. 1 отд</t>
+  </si>
+  <si>
+    <t>1007220</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dbe/5pp5js1743th3qes8j5kanihivj9rjjm.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая, непрозрачная, А4, цвет аквамарин, 0,15 мм, BRAUBERG PASTEL, 272889</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG PASTEL предназначена для хранения и транспортировки документов. Она станет незаменимым помощником для студента, школьника или офисного сотрудника. Папка формата А4 изготовлена из высококачественного полипропилена плотностью 150 мкм. Она защищает документы от смятия, загрязнения и намокания. Специальная выемка для перелистывания упрощает работу с бумагами. Папка выделяется среди аналогов благодаря пастельному аквамариновому цвету.</t>
+  </si>
+  <si>
+    <t>1009999</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/432/1iysaw5bs9mujllhblab4gerxaulduw9.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая, непрозрачная, А4, цвет лиловый, 0,15 мм, BRAUBERG PASTEL, 272890</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG PASTEL предназначена для хранения и транспортировки документов. Она станет незаменимым помощником для студента, школьника или офисного сотрудника. Папка формата А4 изготовлена из высококачественного полипропилена плотностью 150 мкм. Она защищает документы от смятия, загрязнения и намокания. Специальная выемка для перелистывания упрощает работу с бумагами. Папка выделяется среди аналогов благодаря пастельному лиловому цвету.</t>
+  </si>
+  <si>
+    <t>1010000</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af0/zrfk95oppswawm2yz1dwu1o163pf9omg.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая, непрозрачная, А4, цвет персиковый, 0,15 мм, BRAUBERG PASTEL, 272891</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG PASTEL предназначена для хранения и транспортировки документов. Она станет незаменимым помощником для студента, школьника или офисного сотрудника. Папка формата А4 изготовлена из высококачественного полипропилена плотностью 150 мкм. Она защищает документы от смятия, загрязнения и намокания. Специальная выемка для перелистывания упрощает работу с бумагами. Папка выделяется среди аналогов благодаря пастельному персиковому цвету.</t>
+  </si>
+  <si>
+    <t>1010001</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c9/nlxpedvb1f3x8zx9no8h1o3ug5hfvqb0.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая, непрозрачная, А4, цвет мятный, 0,15 мм, BRAUBERG PASTEL, 272892</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG PASTEL предназначена для хранения и транспортировки документов. Она станет незаменимым помощником для студента, школьника или офисного сотрудника. Папка формата А4 изготовлена из высококачественного полипропилена плотностью 150 мкм. Она защищает документы от смятия, загрязнения и намокания. Специальная выемка для перелистывания упрощает работу с бумагами. Папка выделяется среди аналогов благодаря пастельному мятному цвету.</t>
+  </si>
+  <si>
+    <t>1010471</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/840/z4d2grdifwrd3qkeliuine9wdds646va.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая прозрачная А4 BRAUBERG UNIVERSAL, черная, 0,15 мм, 273051</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG UNIVERSAL предназначена для хранения и транспортировки документов. Является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами.</t>
+  </si>
+  <si>
+    <t>1011940</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/853/p69qdgijjrh6teetp1xntgb0nlitww04.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая непрозрачная А4 BRAUBERG UNIVERSAL, зеленая, 0,18 мм, 273057</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG UNIVERSAL предназначена для хранения и транспортировки документов. Является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 180 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами.</t>
+  </si>
+  <si>
+    <t>1012400</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfa/b4wonvxyw3ybrmny5n79k0ays063nyu2.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая непрозрачная А4 BRAUBERG UNIVERSAL, синяя, 0,18 мм, 273055</t>
+  </si>
+  <si>
+    <t>1012401</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be7/c5bdww48uspcp3grz6s2mxwx5m65jvr6.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая непрозрачная А4 BRAUBERG UNIVERSAL, черная, 0,18 мм, 273056</t>
+  </si>
+  <si>
+    <t>1012402</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая прозрачная А4 BRAUBERG UNIVERSAL, зеленая, 0,15 мм, 273053</t>
+  </si>
+  <si>
+    <t>1012403</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/530/471szbj80p0fh3c9kl3kilvadde8yk03.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая прозрачная А4 BRAUBERG UNIVERSAL, красная, 0,15 мм, 273052</t>
+  </si>
+  <si>
+    <t>1012404</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая прозрачная А4 BRAUBERG UNIVERSAL, синяя, 0,15 мм, 273050</t>
+  </si>
+  <si>
+    <t>1012405</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f28/609fhhc7pficzuncu3jmp6doyahmlbgf.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок жесткая, непрозрачная, А4, BRAUBERG  quot;UNIVERSAL quot;, красная, 0,18 мм, 273058</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG &amp;quot;UNIVERSAL&amp;quot; предназначена для хранения и транспортировки документов. Является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 180 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами.</t>
+  </si>
+  <si>
+    <t>1012406</t>
+  </si>
+  <si>
+    <t>Папка-уголок прозрачная А4 BRAUBERG UNIVERSAL, зеленая, 0,10 мм, 273048</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG UNIVERSAL предназначена для хранения и транспортировки документов. Является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из полипропилена плотностью 100 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку. Специальная выемка для перелистывания листов облегчает работу с документами.</t>
+  </si>
+  <si>
+    <t>1012407</t>
+  </si>
+  <si>
+    <t>Папка-уголок прозрачная А4 BRAUBERG UNIVERSAL, красная, 0,10 мм, 273047</t>
+  </si>
+  <si>
+    <t>1012408</t>
+  </si>
+  <si>
+    <t>Папка-уголок прозрачная А4 BRAUBERG UNIVERSAL, синяя, 0,10 мм, 273045</t>
+  </si>
+  <si>
+    <t>1012409</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3bc/fpexmd4ucpyps0td472jjntwz0pce3te.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок 2 кармана, А4, BRAUBERG  quot;SPECIAL quot;, прозрачная, 0,18 мм, 273059</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 180 мкм. Она предотвращает смятие, загрязнение или намокание бумаг, а благодаря внутреннему карману позволяет хранить в 2 раза больше бумаг. Прозрачный материал позволяет увидеть содержимое, не открывая папку.</t>
+  </si>
+  <si>
+    <t>1014948</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dc9/ut1piwm24uwl377ft5yx9ial03h1oss4.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок 2 кармана, непрозрачная, А4, BRAUBERG  quot;SPECIAL quot;, красная, 0,18 мм, 273061</t>
+  </si>
+  <si>
+    <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 180 мкм. Она предотвращает смятие, загрязнение или намокание бумаг, а благодаря внутреннему карману позволяет хранить в 2 раза больше бумаг. Непрозрачный материал способен скрыть содержимое от посторонних глаз. Данная папка заметно выделяется среди других благодаря насыщенному красному цвету.</t>
+  </si>
+  <si>
+    <t>1014949</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/306/3hbnx3a2bumxi7100b2cro4v9yjh5mq3.jpg</t>
+  </si>
+  <si>
+    <t>Папка-уголок 2 кармана, непрозрачная, А4, BRAUBERG  quot;SPECIAL quot;, синяя, 0,18 мм, 273060</t>
   </si>
   <si>
     <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 180 мкм. Она предотвращает смятие, загрязнение или намокание бумаг, а благодаря внутреннему карману позволяет хранить в 2 раза больше бумаг. Непрозрачный материал способен скрыть содержимое от посторонних глаз. Данная папка заметно выделяется среди других благодаря насыщенному синему цвету.</t>
-  </si>
-[...1957 lines deleted...]
-    <t>Папка-уголок 2 кармана, непрозрачная, А4, BRAUBERG  quot;SPECIAL quot;, синяя, 0,18 мм, 273060</t>
   </si>
   <si>
     <t>1014950</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e9/rfe1tn6aa83l2wrutrv64cygfhlo32jh.jpg</t>
   </si>
   <si>
     <t>Папка-уголок 3 отделения, жесткая, А4, BRAUBERG  quot;SPECIAL quot;, прозрачная, 0,15 мм, 273062</t>
   </si>
   <si>
     <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Имеет 3 отделения, разделенных ярлычками. Прозрачный материал позволяет увидеть содержимое, не открывая папку.</t>
   </si>
   <si>
     <t>1014951</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42e/6di75qvnsza6ggufkt3u1hgtxhupbm39.jpg</t>
   </si>
   <si>
     <t>Папка-уголок 3 отделения, жесткая, непрозрачная, А4, BRAUBERG  quot;SPECIAL quot;, красная, 0,15 мм, 273064</t>
   </si>
   <si>
     <t>Папка-уголок BRAUBERG предназначена для хранения и транспортировки документов и является незаменимым атрибутом для студента, школьника или офисного работника. Папка формата А4 выполнена из высококачественного полипропилена плотностью 150 мкм. Она предотвращает смятие, загрязнение или намокание бумаг. Имеет 3 отделения, разделенных ярлычками. Непрозрачный материал способен скрыть содержимое от посторонних глаз. Данная папка заметно выделяется среди других благодаря насыщенному красному цвету.</t>
   </si>
@@ -3115,57 +2833,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M239"/>
+  <dimension ref="A1:M215"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G239" sqref="G239"/>
+      <selection pane="bottomRight" activeCell="G215" sqref="G215"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -3253,5378 +2971,4826 @@
       </c>
       <c r="C6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>28</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>50</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>55</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>16</v>
+        <v>58</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F17" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="F17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17" s="3" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="G18" s="3" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B19" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="C19" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>78</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>81</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>84</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>74</v>
+        <v>86</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C23" s="1"/>
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F23" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="G23" s="3" t="s">
         <v>86</v>
-      </c>
-[...13 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>93</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="C25" s="1"/>
+      <c r="C25" s="1" t="s">
+        <v>95</v>
+      </c>
       <c r="D25" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="C26" s="1"/>
+        <v>98</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>99</v>
+      </c>
       <c r="D26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>92</v>
+        <v>113</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C30" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="G30" s="3" t="s">
         <v>113</v>
-      </c>
-[...10 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>92</v>
+        <v>113</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>92</v>
+        <v>113</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>69</v>
+        <v>130</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>92</v>
+        <v>131</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>92</v>
+        <v>135</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>113</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>144</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>69</v>
+        <v>153</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>143</v>
+        <v>154</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>69</v>
+        <v>153</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>143</v>
+        <v>154</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="B40" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="F40" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="G40" s="3" t="s">
         <v>154</v>
-      </c>
-[...10 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>69</v>
+        <v>153</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>143</v>
+        <v>153</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>68</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>168</v>
+        <v>153</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>68</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>69</v>
+        <v>153</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>159</v>
+        <v>68</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>178</v>
+        <v>68</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>178</v>
+        <v>68</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>178</v>
+        <v>68</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>178</v>
+        <v>68</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>74</v>
+        <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>205</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>74</v>
+        <v>41</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>177</v>
+        <v>63</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>74</v>
+        <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>177</v>
+        <v>63</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>74</v>
+        <v>131</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>74</v>
+        <v>226</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>177</v>
+        <v>63</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>42</v>
+        <v>230</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>177</v>
+        <v>63</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>17</v>
+        <v>235</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>177</v>
+        <v>63</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>69</v>
+        <v>130</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>17</v>
+        <v>144</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>69</v>
+        <v>130</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>92</v>
+        <v>144</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>177</v>
+        <v>130</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>247</v>
+        <v>144</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>69</v>
+        <v>130</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>253</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>254</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>69</v>
+        <v>130</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>261</v>
+        <v>130</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>92</v>
+        <v>256</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>266</v>
+        <v>130</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>168</v>
+        <v>256</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
         <v>267</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>268</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>269</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>270</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>266</v>
+        <v>130</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>168</v>
+        <v>144</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
         <v>271</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>272</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>273</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>274</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>266</v>
+        <v>130</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>168</v>
+        <v>144</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
         <v>275</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>276</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>277</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>278</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>279</v>
+        <v>226</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
         <v>280</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>279</v>
+        <v>226</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>279</v>
+        <v>226</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>279</v>
+        <v>226</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>168</v>
+        <v>226</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>298</v>
+        <v>279</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>247</v>
+        <v>226</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>298</v>
+        <v>279</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>247</v>
+        <v>226</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>298</v>
+        <v>279</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>247</v>
+        <v>226</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>298</v>
+        <v>279</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>247</v>
+        <v>226</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>298</v>
+        <v>153</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>247</v>
+        <v>316</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B79" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G79" s="3" t="s">
         <v>316</v>
-      </c>
-[...13 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>325</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>326</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
         <v>327</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>328</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>329</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>330</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>17</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>331</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>332</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>333</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>334</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>298</v>
+        <v>130</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
         <v>335</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>336</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>337</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>177</v>
+        <v>279</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>339</v>
+        <v>226</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="B85" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="C85" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="C85" s="1" t="s">
+      <c r="D85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>342</v>
       </c>
-      <c r="D85" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F85" s="3" t="s">
-        <v>177</v>
+        <v>279</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>339</v>
+        <v>226</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="B86" s="1" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>345</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>346</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>17</v>
+        <v>130</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
         <v>347</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>348</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>17</v>
+        <v>130</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>17</v>
+        <v>130</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>357</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>266</v>
+        <v>130</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>279</v>
+        <v>144</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
         <v>358</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>359</v>
       </c>
       <c r="C90" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>360</v>
       </c>
-      <c r="D90" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F90" s="3" t="s">
-        <v>266</v>
+        <v>130</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>279</v>
+        <v>144</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B91" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="C91" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>363</v>
       </c>
-      <c r="C91" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F91" s="3" t="s">
-        <v>266</v>
+        <v>130</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>279</v>
+        <v>144</v>
       </c>
     </row>
     <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>366</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="D92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>367</v>
       </c>
-      <c r="C92" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F92" s="3" t="s">
-        <v>261</v>
+        <v>130</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>370</v>
+        <v>144</v>
       </c>
     </row>
     <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>371</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="F93" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="C93" s="1" t="s">
+      <c r="G93" s="3" t="s">
         <v>373</v>
-      </c>
-[...10 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="B94" s="1" t="s">
         <v>375</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="C94" s="1" t="s">
         <v>376</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="D94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>377</v>
       </c>
-      <c r="D94" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F94" s="3" t="s">
-        <v>298</v>
+        <v>372</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="B95" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="C95" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="C95" s="1" t="s">
+      <c r="D95" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="D95" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F95" s="3" t="s">
-        <v>298</v>
+        <v>372</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="B96" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="C96" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="C96" s="1" t="s">
+      <c r="D96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="D96" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F96" s="3" t="s">
-        <v>298</v>
+        <v>372</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>247</v>
+        <v>373</v>
       </c>
     </row>
     <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="B97" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="B97" s="1" t="s">
+      <c r="C97" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="C97" s="1" t="s">
+      <c r="D97" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="D97" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F97" s="3" t="s">
-        <v>298</v>
+        <v>372</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>247</v>
+        <v>373</v>
       </c>
     </row>
     <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="B98" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="C98" s="1" t="s">
         <v>392</v>
       </c>
-      <c r="C98" s="1" t="s">
+      <c r="D98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="D98" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F98" s="3" t="s">
-        <v>298</v>
+        <v>372</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>247</v>
+        <v>373</v>
       </c>
     </row>
     <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="B99" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="C99" s="1" t="s">
         <v>396</v>
       </c>
-      <c r="C99" s="1" t="s">
+      <c r="D99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="D99" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F99" s="3" t="s">
-        <v>69</v>
+        <v>372</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="B100" s="1" t="s">
         <v>399</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="C100" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="C100" s="1" t="s">
+      <c r="D100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>401</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F100" s="3" t="s">
-        <v>266</v>
+        <v>372</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>168</v>
+        <v>373</v>
       </c>
     </row>
     <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="B101" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="C101" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="D101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>405</v>
       </c>
-      <c r="D101" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F101" s="3" t="s">
-        <v>266</v>
+        <v>372</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>168</v>
+        <v>373</v>
       </c>
     </row>
     <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="B102" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="C102" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="D102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>409</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F102" s="3" t="s">
-        <v>266</v>
+        <v>372</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>168</v>
+        <v>373</v>
       </c>
     </row>
     <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="B103" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="C103" s="1" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>413</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>266</v>
+        <v>372</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>168</v>
+        <v>373</v>
       </c>
     </row>
     <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
         <v>414</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>415</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>266</v>
+        <v>418</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>168</v>
+        <v>419</v>
       </c>
     </row>
     <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>409</v>
+        <v>422</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>168</v>
+        <v>144</v>
       </c>
     </row>
     <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>168</v>
+        <v>144</v>
       </c>
     </row>
     <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>428</v>
+        <v>279</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>370</v>
+        <v>226</v>
       </c>
     </row>
     <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>428</v>
+        <v>279</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>428</v>
+        <v>279</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>370</v>
+        <v>144</v>
       </c>
     </row>
     <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>428</v>
+        <v>279</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>370</v>
+        <v>144</v>
       </c>
     </row>
     <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>428</v>
+        <v>418</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>370</v>
+        <v>419</v>
       </c>
     </row>
     <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>428</v>
+        <v>418</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>370</v>
+        <v>419</v>
       </c>
     </row>
     <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>428</v>
+        <v>418</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>370</v>
+        <v>419</v>
       </c>
     </row>
     <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>428</v>
+        <v>418</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>370</v>
+        <v>419</v>
       </c>
     </row>
     <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>428</v>
+        <v>418</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>370</v>
+        <v>419</v>
       </c>
     </row>
     <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>463</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>464</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>428</v>
+        <v>418</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>370</v>
+        <v>419</v>
       </c>
     </row>
     <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
         <v>465</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>466</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>467</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>468</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>428</v>
+        <v>469</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>473</v>
+        <v>153</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>474</v>
+        <v>154</v>
       </c>
     </row>
     <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="B119" s="1" t="s">
         <v>475</v>
       </c>
-      <c r="B119" s="1" t="s">
+      <c r="C119" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>476</v>
       </c>
-      <c r="C119" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F119" s="3" t="s">
-        <v>298</v>
+        <v>153</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>370</v>
+        <v>154</v>
       </c>
     </row>
     <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="C120" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="B120" s="1" t="s">
+      <c r="D120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="C120" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F120" s="3" t="s">
-        <v>298</v>
+        <v>153</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>168</v>
+        <v>86</v>
       </c>
     </row>
     <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>483</v>
       </c>
-      <c r="B121" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F121" s="3" t="s">
-        <v>69</v>
+        <v>153</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>370</v>
+        <v>86</v>
       </c>
     </row>
     <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>487</v>
       </c>
-      <c r="B122" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F122" s="3" t="s">
-        <v>298</v>
+        <v>153</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>168</v>
+        <v>86</v>
       </c>
     </row>
     <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>491</v>
       </c>
-      <c r="B123" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F123" s="3" t="s">
-        <v>298</v>
+        <v>279</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>247</v>
+        <v>226</v>
       </c>
     </row>
     <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>495</v>
       </c>
-      <c r="B124" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F124" s="3" t="s">
-        <v>298</v>
+        <v>279</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>370</v>
+        <v>226</v>
       </c>
     </row>
     <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="B125" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F125" s="3" t="s">
-        <v>298</v>
+        <v>279</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>370</v>
+        <v>226</v>
       </c>
     </row>
     <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>503</v>
       </c>
-      <c r="B126" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F126" s="3" t="s">
-        <v>298</v>
+        <v>279</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>168</v>
+        <v>226</v>
       </c>
     </row>
     <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>507</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="F127" s="3" t="s">
         <v>508</v>
       </c>
-      <c r="C127" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G127" s="3" t="s">
-        <v>370</v>
+        <v>17</v>
       </c>
     </row>
     <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="C128" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="D128" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>512</v>
       </c>
-      <c r="C128" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F128" s="3" t="s">
-        <v>473</v>
+        <v>508</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>474</v>
+        <v>17</v>
       </c>
     </row>
     <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="C129" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="D129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>516</v>
       </c>
-      <c r="C129" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F129" s="3" t="s">
-        <v>473</v>
+        <v>508</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>474</v>
+        <v>17</v>
       </c>
     </row>
     <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="C130" s="1" t="s">
         <v>519</v>
       </c>
-      <c r="B130" s="1" t="s">
+      <c r="D130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>520</v>
       </c>
-      <c r="C130" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F130" s="3" t="s">
-        <v>473</v>
+        <v>508</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>474</v>
+        <v>17</v>
       </c>
     </row>
     <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="C131" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="D131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>524</v>
       </c>
-      <c r="C131" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F131" s="3" t="s">
-        <v>298</v>
+        <v>508</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>370</v>
+        <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="C132" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="B132" s="1" t="s">
+      <c r="D132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>528</v>
       </c>
-      <c r="C132" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F132" s="3" t="s">
-        <v>473</v>
+        <v>508</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>474</v>
+        <v>17</v>
       </c>
     </row>
     <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="B133" s="1" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>531</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>532</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>473</v>
+        <v>63</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>474</v>
+        <v>154</v>
       </c>
     </row>
     <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
         <v>533</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>534</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>473</v>
+        <v>130</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>474</v>
+        <v>144</v>
       </c>
     </row>
     <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>540</v>
+        <v>130</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>370</v>
+        <v>144</v>
       </c>
     </row>
     <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
         <v>541</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>542</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>543</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>544</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>177</v>
+        <v>130</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>178</v>
+        <v>144</v>
       </c>
     </row>
     <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
         <v>545</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>546</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>177</v>
+        <v>130</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>178</v>
+        <v>144</v>
       </c>
     </row>
     <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>177</v>
+        <v>130</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>92</v>
+        <v>256</v>
       </c>
     </row>
     <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>177</v>
+        <v>418</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
     </row>
     <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>177</v>
+        <v>418</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
     </row>
     <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>550</v>
+        <v>560</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>177</v>
+        <v>418</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
     </row>
     <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>563</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>564</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>177</v>
+        <v>418</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>92</v>
+        <v>419</v>
       </c>
     </row>
     <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
         <v>565</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>566</v>
       </c>
       <c r="C143" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>567</v>
       </c>
-      <c r="D143" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F143" s="3" t="s">
-        <v>298</v>
+        <v>418</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>247</v>
+        <v>68</v>
       </c>
     </row>
     <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="B144" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="B144" s="1" t="s">
+      <c r="C144" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E144" s="3" t="s">
         <v>570</v>
       </c>
-      <c r="C144" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F144" s="3" t="s">
-        <v>298</v>
+        <v>418</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>247</v>
+        <v>68</v>
       </c>
     </row>
     <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E145" s="3" t="s">
         <v>573</v>
       </c>
-      <c r="B145" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F145" s="3" t="s">
-        <v>298</v>
+        <v>418</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>247</v>
+        <v>68</v>
       </c>
     </row>
     <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>298</v>
+        <v>418</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>247</v>
+        <v>68</v>
       </c>
     </row>
     <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>584</v>
+        <v>579</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>585</v>
+        <v>418</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
     </row>
     <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>587</v>
+        <v>581</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>588</v>
+        <v>581</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>589</v>
+        <v>582</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>585</v>
+        <v>418</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
     </row>
     <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>592</v>
+        <v>584</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>593</v>
+        <v>585</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>585</v>
+        <v>418</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
     </row>
     <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>596</v>
+        <v>587</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>597</v>
+        <v>588</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>585</v>
+        <v>418</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
     </row>
     <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>598</v>
+        <v>589</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>599</v>
+        <v>590</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>600</v>
+        <v>590</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>585</v>
+        <v>418</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
     </row>
     <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>602</v>
+        <v>592</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>603</v>
+        <v>593</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>604</v>
+        <v>593</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>605</v>
+        <v>594</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>585</v>
+        <v>418</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>606</v>
+        <v>68</v>
       </c>
     </row>
     <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>607</v>
+        <v>595</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>608</v>
+        <v>596</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>609</v>
+        <v>596</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>610</v>
+        <v>597</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>585</v>
+        <v>418</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>370</v>
+        <v>68</v>
       </c>
     </row>
     <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>611</v>
+        <v>598</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>612</v>
+        <v>599</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>613</v>
+        <v>599</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>614</v>
+        <v>600</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>585</v>
+        <v>418</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>606</v>
+        <v>68</v>
       </c>
     </row>
     <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>616</v>
+        <v>602</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>617</v>
+        <v>603</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>618</v>
+        <v>604</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>69</v>
+        <v>279</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>178</v>
+        <v>226</v>
       </c>
     </row>
     <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>619</v>
+        <v>605</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>620</v>
+        <v>606</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>621</v>
+        <v>607</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>622</v>
+        <v>608</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>168</v>
+        <v>226</v>
       </c>
     </row>
     <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>623</v>
+        <v>609</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>624</v>
+        <v>610</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>625</v>
+        <v>611</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>626</v>
+        <v>612</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>168</v>
+        <v>226</v>
       </c>
     </row>
     <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>627</v>
+        <v>613</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>628</v>
+        <v>614</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>629</v>
+        <v>486</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>630</v>
+        <v>615</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>266</v>
+        <v>153</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>168</v>
+        <v>86</v>
       </c>
     </row>
     <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>631</v>
+        <v>616</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>632</v>
+        <v>617</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>633</v>
+        <v>618</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>634</v>
+        <v>619</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>266</v>
+        <v>130</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>168</v>
+        <v>17</v>
       </c>
     </row>
     <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>635</v>
+        <v>620</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>636</v>
+        <v>621</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>637</v>
+        <v>621</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>638</v>
+        <v>622</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>266</v>
+        <v>418</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>279</v>
+        <v>68</v>
       </c>
     </row>
     <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>639</v>
+        <v>623</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>640</v>
+        <v>624</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>640</v>
+        <v>624</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>641</v>
+        <v>625</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>473</v>
+        <v>418</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
     </row>
     <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>642</v>
+        <v>626</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>643</v>
+        <v>627</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>643</v>
+        <v>627</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>644</v>
+        <v>628</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>473</v>
+        <v>418</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
     </row>
     <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>645</v>
+        <v>629</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>646</v>
+        <v>630</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>646</v>
+        <v>630</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>647</v>
+        <v>631</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>473</v>
+        <v>418</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
     </row>
     <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>648</v>
+        <v>632</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>649</v>
+        <v>633</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>649</v>
+        <v>633</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>650</v>
+        <v>634</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>473</v>
+        <v>418</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>474</v>
+        <v>68</v>
       </c>
     </row>
     <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>651</v>
+        <v>635</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>652</v>
+        <v>636</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>652</v>
+        <v>636</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>653</v>
+        <v>637</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>473</v>
+        <v>418</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
     </row>
     <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>654</v>
+        <v>638</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>655</v>
+        <v>639</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>655</v>
+        <v>639</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>656</v>
+        <v>640</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>473</v>
+        <v>418</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
     </row>
     <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>659</v>
+        <v>643</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>473</v>
+        <v>418</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>74</v>
+        <v>419</v>
       </c>
     </row>
     <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>660</v>
+        <v>644</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>661</v>
+        <v>645</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>661</v>
+        <v>646</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>662</v>
+        <v>647</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>473</v>
+        <v>63</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>74</v>
+        <v>135</v>
       </c>
     </row>
     <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>663</v>
+        <v>648</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>664</v>
+        <v>649</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>664</v>
+        <v>650</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>665</v>
+        <v>651</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>473</v>
+        <v>130</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>74</v>
+        <v>17</v>
       </c>
     </row>
     <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>666</v>
+        <v>652</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>667</v>
+        <v>654</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>668</v>
+        <v>655</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>473</v>
+        <v>130</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>74</v>
+        <v>144</v>
       </c>
     </row>
     <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>669</v>
+        <v>656</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>670</v>
+        <v>657</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>670</v>
+        <v>658</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>473</v>
+        <v>130</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>74</v>
+        <v>144</v>
       </c>
     </row>
     <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>673</v>
+        <v>662</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>674</v>
+        <v>663</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>473</v>
+        <v>130</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>74</v>
+        <v>144</v>
       </c>
     </row>
     <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>675</v>
+        <v>664</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>676</v>
+        <v>665</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>676</v>
+        <v>666</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>677</v>
+        <v>667</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>473</v>
+        <v>130</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>74</v>
+        <v>144</v>
       </c>
     </row>
     <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>678</v>
+        <v>668</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>679</v>
+        <v>670</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>680</v>
+        <v>671</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>473</v>
+        <v>130</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>74</v>
+        <v>144</v>
       </c>
     </row>
     <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>681</v>
+        <v>672</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>682</v>
+        <v>673</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>682</v>
+        <v>674</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>683</v>
+        <v>675</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>473</v>
+        <v>130</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>74</v>
+        <v>144</v>
       </c>
     </row>
     <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>684</v>
+        <v>676</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>685</v>
+        <v>677</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>686</v>
+        <v>679</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>473</v>
+        <v>130</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>74</v>
+        <v>144</v>
       </c>
     </row>
     <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>687</v>
+        <v>680</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>688</v>
+        <v>681</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>689</v>
+        <v>682</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>690</v>
+        <v>683</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>298</v>
+        <v>130</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>247</v>
+        <v>144</v>
       </c>
     </row>
     <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>691</v>
+        <v>684</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>692</v>
+        <v>685</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>693</v>
+        <v>686</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>694</v>
+        <v>687</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>298</v>
+        <v>130</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>247</v>
+        <v>144</v>
       </c>
     </row>
     <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>695</v>
+        <v>688</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>696</v>
+        <v>689</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>697</v>
+        <v>690</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>698</v>
+        <v>691</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>298</v>
+        <v>279</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>247</v>
+        <v>226</v>
       </c>
     </row>
     <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>699</v>
+        <v>692</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>700</v>
+        <v>693</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>563</v>
+        <v>693</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>701</v>
+        <v>694</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>177</v>
+        <v>418</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
     </row>
     <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>702</v>
+        <v>695</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>703</v>
+        <v>696</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>703</v>
+        <v>696</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>704</v>
+        <v>697</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>473</v>
+        <v>418</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
     </row>
     <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>705</v>
+        <v>698</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>706</v>
+        <v>699</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>706</v>
+        <v>700</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>707</v>
+        <v>701</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>473</v>
+        <v>418</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
     </row>
     <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>708</v>
+        <v>702</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>709</v>
+        <v>703</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>709</v>
+        <v>704</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>710</v>
+        <v>705</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>473</v>
+        <v>418</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>74</v>
+        <v>131</v>
       </c>
     </row>
     <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>713</v>
+        <v>708</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>473</v>
+        <v>709</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>74</v>
+        <v>373</v>
       </c>
     </row>
     <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>473</v>
+        <v>709</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>74</v>
+        <v>373</v>
       </c>
     </row>
     <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>473</v>
+        <v>58</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>74</v>
+        <v>373</v>
       </c>
     </row>
     <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>722</v>
+        <v>718</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>473</v>
+        <v>58</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>474</v>
+        <v>373</v>
       </c>
     </row>
     <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>723</v>
+        <v>719</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>725</v>
+        <v>720</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>726</v>
+        <v>721</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>159</v>
+        <v>373</v>
       </c>
     </row>
     <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>727</v>
+        <v>722</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>728</v>
+        <v>723</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>729</v>
+        <v>723</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>730</v>
+        <v>724</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>585</v>
+        <v>58</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>731</v>
+        <v>373</v>
       </c>
     </row>
     <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>732</v>
+        <v>725</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>733</v>
+        <v>726</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>734</v>
+        <v>727</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>735</v>
+        <v>728</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>266</v>
+        <v>153</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>168</v>
+        <v>86</v>
       </c>
     </row>
     <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>736</v>
+        <v>729</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>737</v>
+        <v>730</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>738</v>
+        <v>731</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>739</v>
+        <v>732</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>266</v>
+        <v>153</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>168</v>
+        <v>86</v>
       </c>
     </row>
     <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>740</v>
+        <v>733</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>741</v>
+        <v>734</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>742</v>
+        <v>735</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>743</v>
+        <v>736</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>266</v>
+        <v>153</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>168</v>
+        <v>86</v>
       </c>
     </row>
     <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>744</v>
+        <v>737</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>745</v>
+        <v>738</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>746</v>
+        <v>739</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>747</v>
+        <v>740</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>266</v>
+        <v>153</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>168</v>
+        <v>86</v>
       </c>
     </row>
     <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>748</v>
+        <v>741</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>749</v>
+        <v>742</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>750</v>
+        <v>743</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>751</v>
+        <v>744</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>266</v>
+        <v>153</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>168</v>
+        <v>316</v>
       </c>
     </row>
     <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>752</v>
+        <v>745</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>753</v>
+        <v>746</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>754</v>
+        <v>747</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>755</v>
+        <v>748</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>266</v>
+        <v>153</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>168</v>
+        <v>749</v>
       </c>
     </row>
     <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>756</v>
+        <v>750</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>757</v>
+        <v>751</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>758</v>
+        <v>747</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>759</v>
+        <v>752</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>266</v>
+        <v>153</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>168</v>
+        <v>749</v>
       </c>
     </row>
     <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>760</v>
+        <v>753</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>761</v>
+        <v>754</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>762</v>
+        <v>747</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>763</v>
+        <v>755</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>266</v>
+        <v>153</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>168</v>
+        <v>749</v>
       </c>
     </row>
     <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>764</v>
+        <v>745</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>765</v>
+        <v>756</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>766</v>
+        <v>743</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>767</v>
+        <v>757</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>266</v>
+        <v>153</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>168</v>
+        <v>316</v>
       </c>
     </row>
     <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>768</v>
+        <v>758</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>769</v>
+        <v>759</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>770</v>
+        <v>743</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>771</v>
+        <v>760</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>266</v>
+        <v>153</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>168</v>
+        <v>316</v>
       </c>
     </row>
     <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>772</v>
+        <v>750</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>773</v>
+        <v>761</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>774</v>
+        <v>743</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>775</v>
+        <v>762</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>266</v>
+        <v>153</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>168</v>
+        <v>316</v>
       </c>
     </row>
     <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>776</v>
+        <v>763</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>777</v>
+        <v>764</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>778</v>
+        <v>765</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>779</v>
+        <v>766</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>298</v>
+        <v>153</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>247</v>
+        <v>749</v>
       </c>
     </row>
     <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>780</v>
+        <v>745</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>781</v>
+        <v>767</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>781</v>
+        <v>768</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>782</v>
+        <v>769</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>473</v>
+        <v>153</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>74</v>
+        <v>154</v>
       </c>
     </row>
     <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>783</v>
+        <v>758</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>784</v>
+        <v>770</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>784</v>
+        <v>768</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>785</v>
+        <v>771</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>473</v>
+        <v>153</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>74</v>
+        <v>154</v>
       </c>
     </row>
     <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>786</v>
+        <v>750</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>787</v>
+        <v>772</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>788</v>
+        <v>768</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>789</v>
+        <v>773</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>473</v>
+        <v>153</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>74</v>
+        <v>154</v>
       </c>
     </row>
     <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>790</v>
+        <v>774</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>791</v>
+        <v>775</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>792</v>
+        <v>776</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>793</v>
+        <v>777</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>473</v>
+        <v>153</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>794</v>
+        <v>36</v>
       </c>
     </row>
     <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>795</v>
+        <v>778</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>796</v>
+        <v>779</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>796</v>
+        <v>780</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>797</v>
+        <v>781</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>798</v>
+        <v>153</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>370</v>
+        <v>36</v>
       </c>
     </row>
     <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>799</v>
+        <v>782</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>800</v>
+        <v>783</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>800</v>
+        <v>784</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>801</v>
+        <v>785</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>798</v>
+        <v>153</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>370</v>
+        <v>36</v>
       </c>
     </row>
     <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>802</v>
+        <v>786</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>803</v>
+        <v>787</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>803</v>
+        <v>788</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>804</v>
+        <v>789</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>64</v>
+        <v>153</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>370</v>
+        <v>17</v>
       </c>
     </row>
     <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>805</v>
+        <v>790</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>806</v>
+        <v>791</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>806</v>
+        <v>792</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>807</v>
+        <v>793</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>64</v>
+        <v>153</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>370</v>
+        <v>17</v>
       </c>
     </row>
     <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>808</v>
+        <v>794</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>809</v>
+        <v>795</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>809</v>
+        <v>796</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>810</v>
+        <v>797</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>64</v>
+        <v>153</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>370</v>
+        <v>17</v>
       </c>
     </row>
     <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>811</v>
+        <v>798</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>812</v>
+        <v>799</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>812</v>
+        <v>800</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>813</v>
+        <v>801</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>64</v>
+        <v>153</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>370</v>
+        <v>154</v>
       </c>
     </row>
     <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>814</v>
+        <v>802</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>815</v>
+        <v>803</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>815</v>
+        <v>800</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>816</v>
+        <v>804</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>798</v>
+        <v>153</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>370</v>
+        <v>154</v>
       </c>
     </row>
     <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>817</v>
+        <v>805</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>818</v>
+        <v>806</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>819</v>
+        <v>807</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>820</v>
+        <v>808</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>177</v>
+        <v>372</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>92</v>
+        <v>226</v>
       </c>
     </row>
     <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>821</v>
+        <v>809</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>822</v>
+        <v>810</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>823</v>
+        <v>811</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>824</v>
+        <v>812</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>177</v>
+        <v>372</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>92</v>
+        <v>226</v>
       </c>
     </row>
     <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>825</v>
+        <v>813</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>826</v>
+        <v>814</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>827</v>
+        <v>815</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>828</v>
+        <v>816</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>177</v>
+        <v>372</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>92</v>
-[...551 lines deleted...]
-        <v>247</v>
+        <v>226</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">