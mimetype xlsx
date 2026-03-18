--- v0 (2026-01-03)
+++ v1 (2026-03-18)
@@ -12,122 +12,107 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="340">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="316">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/19e/19e434609b528f41389ae6be2dff28fa.jpg</t>
-[...5 lines deleted...]
-    <t>Пaпка адресная &amp;quot;Триколор&amp;quot; 220*310, ламинированная, индивидуальная упаковка: APlm_2770 / 181405 Адресная папка с ламинированной обложкой. серия &amp;quot;Триколор&amp;quot;</t>
+    <t>http://anytos.ru//upload/iblock/902/9021ddfdc5a2aefbecb8df837e8bc2df.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная  quot;На подпись quot; 220 310, бумвинил, индивидуальная упаковка: APbv_388   160234 штр.:  4610008523881</t>
+  </si>
+  <si>
+    <t>Папка адресная &amp;quot;На подпись&amp;quot; 220*310, бумвинил, индивидуальная упаковка: APbv_388 / 160234 Папка адресная. Индивидуальная упаковка.</t>
   </si>
   <si>
     <t>Папки адресные</t>
   </si>
   <si>
-    <t>212460</t>
+    <t>212852</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>5</t>
-  </si>
-[...13 lines deleted...]
-    <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f17/f17d4f7496dbd97c6d58a7228d7ddd9b.jpg</t>
   </si>
   <si>
     <t>Папка адресная  quot;Поздравляем quot; 220 310, бумвинил, индивидуальная упаковка: APbv_389   160236 штр.:  4510008523891</t>
   </si>
   <si>
     <t>Папка адресная &amp;quot;Поздравляем!&amp;quot; 220*310, бумвинил, индивидуальная упаковка: APbv_389 / 160236 Папка адресная. Индивидуальная упаковка.</t>
   </si>
   <si>
     <t>213740</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/745/74595cc3e7d3036544904577285aa751.jpg</t>
   </si>
   <si>
     <t>Папка адресная  quot;55 лет quot; 220 310, бумвинил, индивидуальная упаковка: APbv_386   160231 штр.:  4610008523867</t>
   </si>
   <si>
     <t>Папка адресная &amp;quot;55 лет&amp;quot; 220*310, бумвинил, индивидуальная упаковка: APbv_386 / 160231 Папка адресная. Индивидуальная упаковка.</t>
   </si>
   <si>
     <t>213912</t>
   </si>
@@ -191,822 +176,765 @@
   <si>
     <t>Папка адресная &amp;quot;Виньетка&amp;quot; 220*310, бумвинил, индивидуальная упаковка: APbv_390 / 160237 Папка адресная. Индивидуальная упаковка.</t>
   </si>
   <si>
     <t>236364</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6c8/6c804500b73314511974ec419193f930.jpg</t>
   </si>
   <si>
     <t>Папка адресная с российским орлом 220 310, балакрон, индивидуальная упаковка APbk_401   160248</t>
   </si>
   <si>
     <t>Папка адресная. Индивидуальная упаковка. Формат – A4.&lt;br /&gt;
 Материал обложки – балакрон.&lt;br /&gt;
 Цвет обложки – красный.&lt;br /&gt;
 Тиснение – фольгой.</t>
   </si>
   <si>
     <t>302862</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1ef/1efe5f9168d1e862a2af901a590d18cd/f1597ff08cd6683c23e871f9049ea4dc.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная На подпись 2032И-203, ПВХ, бордовая, Россия 971003</t>
+  </si>
+  <si>
+    <t>Папка адресная На подпись 2032И-203, ПВХ, бордовая, Россия</t>
+  </si>
+  <si>
+    <t>335507</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8d1/8d1901171d8490a6264a558158c21b72/770f2ccf822ec6603137503e962a2a10.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная На подпись 2032И-207, ПВХ, черная, Россия 971004</t>
+  </si>
+  <si>
+    <t>Папка адресная На подпись 2032И-207, ПВХ, черная, Россия</t>
+  </si>
+  <si>
+    <t>335508</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/05e/05e2c7f67ade882e82aa84619ddfe44d/3a4d254fa9dd178d55f2d9ed386274aa.jpg</t>
   </si>
   <si>
     <t>Папка адресная Папка НА ПОДПИСЬ, синяя 971005</t>
   </si>
   <si>
     <t>Папка адресная Папка НА ПОДПИСЬ, синяя</t>
   </si>
   <si>
     <t>335509</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8a5/8a5b32a41f0817acc47138e37d732cbd/734b792389a781bbab991597c579ad73.jpg</t>
-[...11 lines deleted...]
-    <t>100</t>
+    <t>http://anytos.ru//upload/iblock/8f8/8f80a7c796f3066bbdadf0b6a2538a53/5696ecb1a9b481c568f9df84430e846f.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная ПОЗДРАВЛЯЕМ белая 971009</t>
+  </si>
+  <si>
+    <t>Папка адресная ПОЗДРАВЛЯЕМ белая</t>
+  </si>
+  <si>
+    <t>335511</t>
+  </si>
+  <si>
+    <t>25</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/297/29772f7265a8d0be5ab7b6a9994058dd/8b5dc20789ce58a6e8d0bb04a9e33cc2.jpg</t>
   </si>
   <si>
     <t>Папка адресная с ГОС.СИМВОЛИКОЙ 25шт уп. 971015</t>
   </si>
   <si>
     <t>Папка адресная с ГОС.СИМВОЛИКОЙ 25шт/уп.</t>
   </si>
   <si>
     <t>335517</t>
   </si>
   <si>
-    <t>25</t>
+    <t>http://anytos.ru//upload/iblock/b82/b8224bbd2f5f2a5a09fd9a59173c015f/5788ef0798169f518aea1abfa656ec60.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная с Днем Рожденья 971016</t>
+  </si>
+  <si>
+    <t>Папка адресная с Днем Рожденья</t>
+  </si>
+  <si>
+    <t>335518</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a4d/a4d915bf0b21488b60b31a9d4d961abb/735e38006090ab4e6a5375e17f0030ec.jpg</t>
   </si>
   <si>
     <t>Папка адресная с ОРЛОМ бумвинил 25шт уп. 971017</t>
   </si>
   <si>
     <t>Папка адресная с ОРЛОМ бумвинил 25шт/уп.</t>
   </si>
   <si>
     <t>335519</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a0f/a0fa6e0061b0a36bd1df79d9d5b02c76/fd602f4e5117ac4be766f75c8d6d8b4c.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5bd/5bde546063b82d6865af0378d75d4225.jpg</t>
   </si>
   <si>
     <t>Папка адресная  quot;На подпись quot; ДПС, 235 320, ПВХ, синяя. 2032.Н-101</t>
   </si>
   <si>
     <t>Папка из ПВХ с расширением корешка до 18 мм, полностью скрывает листы А4, вмещает до 80 листов. Тиснение надписи золотой фольгой.</t>
   </si>
   <si>
     <t>357069</t>
   </si>
   <si>
     <t>&lt;a href="/brands/dps/"&gt;ДПС&lt;/a&gt;</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a9d/a9d42e7e3272cbad865e530150c65cbc.jpg</t>
   </si>
   <si>
     <t>Папка адресная  quot;На подпись quot; ДПС, 235 320, ПВХ, черная. 2032.Н-107</t>
   </si>
   <si>
     <t>357070</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1bf/1bf01aab9f77887b23a496b5d409547e/ab1a876ae42d76dd0659e05bdb10dd0f.jpg</t>
-[...56 lines deleted...]
-    <t>377845</t>
+    <t>http://anytos.ru//upload/iblock/682/6820cb8dea9400ddf63fd38354d61223/475360d261e74716a27f53f1702f68e3.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная без тиснения бумвинил с поролоном синяя</t>
+  </si>
+  <si>
+    <t>377832</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f0a/f0a8a43e02807e7e49d611a9d911b8bd/8e0c5f537c0b4a15fda000f312328e4f.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная бумвинил А4  объемная  С Юбилеем с виньеткой синяя</t>
+  </si>
+  <si>
+    <t>Папка адресная бумвинил А4 &amp;#40;объемная&amp;#41; С Юбилеем с виньеткой синяя</t>
+  </si>
+  <si>
+    <t>377837</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b04/b043e0cce184a24cf8ba90e1d6fe8f3d/43264a10f28921f34df7067f80a95ff7.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная с ОРЛОМ бумвинил с поролоном синяя</t>
+  </si>
+  <si>
+    <t>377839</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c1/1c1a0e5f8390bef590c46221cbb77d7b/8dc03f6e5faa554ec934c520392b6c41.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная, танго, бордо, А4</t>
+  </si>
+  <si>
+    <t>377851</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c3b/c3b85049af9773cc7e96c497e2822d93.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная, танго, серебро, А4</t>
+  </si>
+  <si>
+    <t>377853</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/706/706c177ddaa543e242e0e6011c0ae791/e426c8ea8c033f15c1ec626851208951.jpg</t>
+  </si>
+  <si>
+    <t>Папка для счета с отстрочкой М.701 черная, кожзам</t>
+  </si>
+  <si>
+    <t>377861</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/67c/dfvrab8q7qzbj0anp3ebiort7j74mtm7.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная бумвинил  quot;НА ПОДПИСЬ quot; с гербом России, А4, бордовая, индивидуальная упаковка, STAFF, 129626</t>
+  </si>
+  <si>
+    <t>Адресная папка STAFF используется для передачи бумаг на подпись. Изготовлена из прочного картона, покрытого бумвинилом. Папка формата А4 для передачи документов на подпись выполнена в насыщенном бордовом цвете. На обложке - герб РФ и надпись &amp;quot;На подпись&amp;quot;, нанесенные с помощью золотого тиснения. Снабжена лентой для удержания документов &amp;#40;ляссе&amp;#41;. Предусмотрено нанесение логотипа.</t>
+  </si>
+  <si>
+    <t>388991</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/06d/v4xxren31z3h5gcqss2keidld849gu1w.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная бумвинил  quot;ПОЗДРАВЛЯЕМ quot; с виньетками, А4, бордовая, индивидуальная упаковка, STAFF, 129632</t>
+  </si>
+  <si>
+    <t>Адресная папка STAFF используется для поздравления, вручения наград и дипломов и т.д. Изготовлена из прочного картона, покрытого бумвинилом. Папка для поздравлений формата А4 выполнена в насыщенном бордовом цвете. На обложке - орнамент и надпись &amp;quot;Поздравляем!&amp;quot;, нанесенные с помощью золотого тиснения. Снабжена лентой для удержания документов &amp;#40;ляссе&amp;#41;. Предусмотрено нанесение логотипа.</t>
+  </si>
+  <si>
+    <t>388993</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f1c/17czbz6eajdhjmcy804vp7r71rutl8cb.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная бумвинил с гербом России, формат А4, бордовая, индивидуальная упаковка, АП4-01011</t>
+  </si>
+  <si>
+    <t>Адресная папка STAFF может использоваться для вручения наград и дипломов, передачи бумаг на подпись и т.д. Изготовлена из прочного картона, покрытого бумвинилом. Папка формата А4 универсального назначения выполнена в насыщенном бордовом цвете. На обложке - герб РФ, нанесенный с помощью золотого тиснения. Снабжена лентой для удержания документов &amp;#40;ляссе&amp;#41;. Предусмотрено нанесение логотипа.</t>
+  </si>
+  <si>
+    <t>388999</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ed/u1cxt6v76bmoozia25np52axm1fj3anq.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная бумвинил с рамкой, формат А4, индивидуальная упаковка, АП4-01-020</t>
+  </si>
+  <si>
+    <t>Адресная папка STAFF используется для вручения наград и дипломов, передачи бумаг на подпись, проведения презентаций и т.д. Изготовлена из прочного картона, покрытого бумвинилом. Папка формата А4 универсального назначения выполнена в насыщенном бордовом цвете. На обложке - декоративный орнамент рамки, нанесенный с помощью золотого тиснения. Снабжена лентой для удержания документов &amp;#40;ляссе&amp;#41;. Предусмотрено нанесение логотипа.</t>
+  </si>
+  <si>
+    <t>389000</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e2a/an9krxgrtua9w7oex4envtb7yl0bzyv6.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная из кожзама без надписи, формат А4, 33х25х2 см, черная</t>
+  </si>
+  <si>
+    <t>Адресная папка выполнена из качественного кожзаменителя и прошита по краям. Для повышения прочности папки предусмотрены металлические уголки.</t>
+  </si>
+  <si>
+    <t>389001</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/aleks/"&gt;Алекс&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c99/ax3nuah78t8xvf8owdwp0niabfd11o3b.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная ламинированная  quot;С ЮБИЛЕЕМ quot;, формат А4, розы, индивидуальная упаковка, STAFF, 129584</t>
+  </si>
+  <si>
+    <t>Адресная папка STAFF используется для поздравления с юбилеем. Изготовлена из прочного ламинированного картона. Папка для поздравлений формата А4 выполнена в нежно-розовых тонах. На обложке - полноцветный рисунок с изображением роз и надпись &amp;quot;С Юбилеем!&amp;quot;, нанесенная с помощью золотого тиснения. Снабжена лентой для удержания документов &amp;#40;ляссе&amp;#41;.</t>
+  </si>
+  <si>
+    <t>389014</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c82/e8cl7444wqanc569cz59p96nmxoqh42x.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная ПВХ  quot;НА ПОДПИСЬ quot;, формат А4, увеличенная вместимость до 100 листов, бордовая,  quot;ДПС quot;, 2032.Н-103</t>
+  </si>
+  <si>
+    <t>Папка адресная &amp;quot;На подпись&amp;quot; предназначена для передачи документов на подпись руководителю. Покрыта качественным винилом, который увеличивает срок службы изделия. Позволяет помещать внутрь до 100 листов, широкий корешок 18 мм.</t>
+  </si>
+  <si>
+    <t>389018</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/41e/41ecb3b21fe3695b46be3f7de345a758.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная OfficeSpace, А4, кожзам, мет. уголки, черный. 284776</t>
+  </si>
+  <si>
+    <t>Адресная папка с покрытием из качественного кожзаменителя. Для повышения прочности папки предусмотрены металлические уголки.</t>
+  </si>
+  <si>
+    <t>395167</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d9b/d9b5451f5be4ba51bbac69f8b52f0f85.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная OfficeSpace, А4, кожзам, с отстрочкой, черный. 284777</t>
+  </si>
+  <si>
+    <t>Папка из экокожи декорирована отстрочкой. Изделие отличает современный дизайн и широкий функционал: может быть использована на подпись, для конференций, для поздравлений</t>
+  </si>
+  <si>
+    <t>395168</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc6/tayrhngxnlnij3nrw6uayip04dkmkylf.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная бумвинил с виньеткой, формат А4, бордовая, индивидуальная упаковка, STAFF, 129575</t>
+  </si>
+  <si>
+    <t>Адресная папка STAFF используется для вручения наград и дипломов, передачи бумаг на подпись, проведения презентаций и т.д. Изготовлена из прочного картона, покрытого бумвинилом. Папка формата А4 универсального назначения выполнена в насыщенном бордовом цвете. На обложке - орнамент и надписи, сделанные золотым тиснением. Снабжена лентой для удержания документов &amp;#40;ляссе&amp;#41;. Предусмотрено нанесение логотипа.</t>
+  </si>
+  <si>
+    <t>425440</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e61/yow3sdzjgb8mgxt02b9nz6q6i40lz39v.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная бумвинил с гербом России, формат А4, бордовая, индивидуальная упаковка, STAFF, 129576</t>
+  </si>
+  <si>
+    <t>Адресная папка STAFF используется для вручения наград и дипломов, передачи бумаг на подпись и т.д. Изготовлена из прочного картона, покрытого бумвинилом. Папка формата А4 универсального назначения выполнена в насыщенном бордовом цвете. На обложке - герб РФ, нанесенный с помощью золотого тиснения. Снабжена лентой для удержания документов &amp;#40;ляссе&amp;#41;. Предусмотрено нанесение логотипа.</t>
+  </si>
+  <si>
+    <t>425441</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ecc/rnticme2cmllfanh0yblpkn8wcugws7r.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная бумвинил  quot;НА ПОДПИСЬ quot;, формат А4, бордовая, индивидуальная упаковка, STAFF, 129577</t>
+  </si>
+  <si>
+    <t>Адресная папка STAFF используется передачи бумаг на подпись. Изготовлена из прочного картона, покрытого бумвинилом. Папка формата А4 для передачи документов на подпись выполнена в насыщенном бордовом цвете. На обложке - надпись &amp;quot;На подпись&amp;quot;, нанесенная с помощью золотого тиснения. Снабжена лентой для удержания документов &amp;#40;ляссе&amp;#41;. Предусмотрено нанесение логотипа.</t>
+  </si>
+  <si>
+    <t>425442</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/32f/fogfa5iglz9ijusd4ojg1u06teost5mi.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная бумвинил  quot;ПОЗДРАВЛЕМ quot;, формат А4, бордовая, индивидуальная упаковка, STAFF, 129578</t>
+  </si>
+  <si>
+    <t>425443</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d09/4cms6v6mpn0whr7ublqbpb62x9g05w4i.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная бумвинил с гербом России, формат А4, зеленая, индивидуальная упаковка, STAFF, 129581</t>
+  </si>
+  <si>
+    <t>Адресная папка STAFF используется для вручения наград и дипломов, передачи бумаг на подпись и т.д. Изготовлена из прочного картона, покрытого бумвинилом. Папка формата А4 универсального назначения выполнена в насыщенном зеленом цвете. На обложке - герб РФ, нанесенный с помощью золотого тиснения. Снабжена лентой для удержания документов &amp;#40;ляссе&amp;#41;. Предусмотрено нанесение логотипа.</t>
+  </si>
+  <si>
+    <t>425445</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/142/p13ss2l8g7ee8mf6n8qzwe5nz2bnsvz3.jpg</t>
+  </si>
+  <si>
+    <t>Папка  quot;Счет quot;, 125х190 мм, коричневая,  quot;ДПС quot;, 2127.С-104</t>
+  </si>
+  <si>
+    <t>Папка предназначена для использования в кафе и ресторанах. Покрытие папки позволяет наносить надписи. Износоустойчивые материалы обеспечивают длительную эксплуатацию даже при интенсивном использовании. Снабжена карманами для денег и бланка &amp;quot;Счет&amp;quot;.</t>
+  </si>
+  <si>
+    <t>425447</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d67/j7uj84uesl1xpmoy50xbmod61erk2bmg.jpg</t>
+  </si>
+  <si>
+    <t>Папка  quot;Счет quot;, 125х190 мм, черная,  quot;ДПС quot;, 2127.C-107</t>
+  </si>
+  <si>
+    <t>425450</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9fe/i9uos4ylsgtfonhjx58ljtvyqxyk3unc.jpg</t>
+  </si>
+  <si>
+    <t>Папка  quot;Меню quot; на трех винтах, с 10 файлами, 220х320 мм, бордовая,  quot;ДПС quot;, 2273.М-103</t>
+  </si>
+  <si>
+    <t>Папка предназначена для использования в кафе и ресторанах. Износоустойчивые материалы обеспечивают длительную эксплуатацию даже при интенсивном использовании.</t>
+  </si>
+  <si>
+    <t>425451</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/35a/46kuxgelngl514t5kuzm25nevwhd1d2n.jpg</t>
+  </si>
+  <si>
+    <t>Папка  quot;Меню quot; на трех винтах, с 10 файлами, 220х320 мм, коричневая,  quot;ДПС quot;, 2273.М-104</t>
+  </si>
+  <si>
+    <t>425452</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b30/jamvx2c3etlfpfma33595frljy38p7ty.jpg</t>
+  </si>
+  <si>
+    <t>Папка  quot;Меню quot; на трех винтах, с 10 файлами, 220х320 мм, бежевая,  quot;ДПС quot;, 2273.М-105</t>
+  </si>
+  <si>
+    <t>425453</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ba/gu5wyov7fwjfn4y355f2hvi9u7hsigkl.jpg</t>
+  </si>
+  <si>
+    <t>Папка  quot;Меню quot; на трех винтах, с 10 файлами, 220х320 мм, черная,  quot;ДПС quot;, 2273.М-107</t>
+  </si>
+  <si>
+    <t>425454</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e9c/hh7x33qx45x10sf10ycrgykzrqf6axb8.jpg</t>
+  </si>
+  <si>
+    <t>Папка  quot;Меню quot; с 10 файлами, 220х320 мм, коричневая,  quot;ДПС quot;, 2137.М-104</t>
+  </si>
+  <si>
+    <t>Папка предназначена для использования в кафе и ресторанах. Покрытие папки позволяет наносить надписи. Износоустойчивые материалы обеспечивают длительную эксплуатацию даже при интенсивном использовании.</t>
+  </si>
+  <si>
+    <t>434471</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7af/7aff6c11edbcd2a2fb3010cd0afa5519/fe23c683f94bd9f81186aafed1919a65.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная  quot;На подпись quot; OfficeSpace, 220 310, бумвинил, синий, инд. упаковка</t>
+  </si>
+  <si>
+    <t>Папка адресная выполнена из прочного картона с покрытием из бумвинила. Обложка изделия украшена тиснением из фольги.</t>
+  </si>
+  <si>
+    <t>559775</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c22/c22849675a322f2fe8c9aab16eff89a3/a6d3bf13a973e5799f7299639d99fc00.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная  quot;На подпись quot; ДПС, 235 320, ПВХ, бордовый, инд. упаковка</t>
+  </si>
+  <si>
+    <t>559776</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/531/gyysnbzcxzp60ijmphv1wornj023snv8.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная бумвинил  quot;С ЮБИЛЕЕМ quot;, формат А4, бордовая, индивидуальная упаковка, STAFF  quot;Basic quot;, 129579</t>
+  </si>
+  <si>
+    <t>Адресная папка STAFF используется для поздравления с юбилеем. Изготовлена из прочного картона, покрытого бумвинилом. Папка для поздравлений формата А4 выполнена в насыщенном бордовом цвете. На обложке - орнамент и надпись &amp;quot;С юбилеем!&amp;quot;, нанесенные с помощью золотого тиснения. Снабжена лентой для удержания документов &amp;#40;ляссе&amp;#41;. Предусмотрено нанесение логотипа.</t>
+  </si>
+  <si>
+    <t>564918</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b39/bmvtqfp3x7hl0j2nm478gce4b40xalmb.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная бумвинил без надписи, формат А4, бордовая, индивидуальная упаковка, STAFF  quot;Basic quot;, 129634</t>
+  </si>
+  <si>
+    <t>Адресная папка STAFF используется для вручения наград и дипломов, передачи бумаг на подпись, проведения презентаций и т.д. Изготовлена из прочного картона, покрытого бумвинилом. Папка формата А4 универсального назначения выполнена в насыщенном бордовом цвете. Снабжена лентой для удержания документов &amp;#40;ляссе&amp;#41;. Предусмотрено нанесение логотипа.</t>
+  </si>
+  <si>
+    <t>564919</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d78/4o1geukxdwqanx7zz8e3t1zzumb90qmw.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная ПВХ  quot;НА ПОДПИСЬ quot;, формат А4, увеличенная вместимость до 100 листов, синяя,  quot;ДПС quot;, 2032.Н-101</t>
+  </si>
+  <si>
+    <t>564925</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f7/4f7dbef6aa372f0a33eaffaa39a8e865/2303404154f8aeb9ef9155aa79bec121.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная  quot;Поздравляем quot; OfficeSpace, 220 310, бумвинил, синий, инд. упаковка</t>
+  </si>
+  <si>
+    <t>588113</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce6/ce61a04f420293c853101c3f8e48550a/9066dbbefb3391b58e39070c2bc2bf02.jpg</t>
+  </si>
+  <si>
+    <t>Папка  quot;Выпускная квалификационная работа quot; А4, ArtSpace, бумвинил, гребешки сутаж,без листов, красная</t>
+  </si>
+  <si>
+    <t>Вот и Вы являетесь выпускником учебного заведения. Этот этап очень ответственный во всех отношениях. Заканчивая «грызть гранит науки» самым главным, конечно же, является написание и защита итоговой работы и в этом огромное значение играет в том числе и внешний вид работы. В папках ArtSpace Ваша работа будет оформлена в виде единого целого и аккуратного документа, что будет показывать Ваш отвественный подход и уважение к пройденному учебному процессу.</t>
+  </si>
+  <si>
+    <t>588115</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df3/df34c874bae2a50bf7251b8db2d89d70/6189e9134e1b9241ac869db0b27b8dfe.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная  quot;Виньетка quot; OfficeSpace, 220 310, бумвинил, синий, инд. упаковка</t>
+  </si>
+  <si>
+    <t>593571</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4af/4af213710c4e40f5c1144e3aabe8efd6/536aedffe60c130b87ad9c6545507e3b.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная OfficeSpace,  без надписей , А4, бумвинил, бордовая, инд. упаковка</t>
+  </si>
+  <si>
+    <t>Папка адресная выполнена из прочного картона с покрытием из бумвинила.</t>
+  </si>
+  <si>
+    <t>593572</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c68/o41tgxlyp2z3abysz0byxymfc5prou1e.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная бархат с виньеткой, формат А4, красная, индивидуальная упаковка, АП4-фк-047</t>
+  </si>
+  <si>
+    <t>Адресная папка STAFF используется для вручения наград и дипломов, передачи бумаг на подпись, проведения презентаций и т.д. Поздравительная папка с покрытием, которое на ощупь напоминает бархатную ткань. Папка формата А4 универсального назначения выполнена в насыщенном бордовом цвете. На обложке - орнамент, нанесенный с помощью золотого тиснения. Снабжена лентой для удержания документов &amp;#40;ляссе&amp;#41;. Предусмотрено нанесение логотипа.</t>
+  </si>
+  <si>
+    <t>600884</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce8/ce882042c5a5d31aec864e9b5cc82067/25c70ce7ef6996c5dd529e289ffd9eaa.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная Виньетка бумвинил бордо. Упаковка 5 шт.</t>
+  </si>
+  <si>
+    <t>612510</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b1/9b14dc66141c823e267df74efaebf4e8.jpg</t>
+  </si>
+  <si>
+    <t>Папка  quot;Выпускная квал.работа на степень бакалавра quot; А4, ArtSpace,бумв,гребешки сутаж,без лист,красная</t>
+  </si>
+  <si>
+    <t>614367</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/66d/zbq87dihsf8qfb2p3nfutyw1xwxhdpks.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная ламинированная  quot;ПОЗДРАВЛЯЕМ quot;, формат А4, розы, индивидуальная упаковка, STAFF  quot;Profit quot;, 129585</t>
+  </si>
+  <si>
+    <t>Адресная папка STAFF используется для поздравлений с Днем рождения, свадьбой, юбилеем, именинами и другими памятными датами. Изготовлена из прочного ламинированного картона. Папка для поздравлений формата А4 выполнена в бордово-красных тонах. На обложке - полноцветный рисунок с изображением красных роз и надпись &amp;quot;Поздравляем!&amp;quot;, нанесенная с помощью золотого тиснения. набжена лентой для удержания документов &amp;#40;ляссе&amp;#41;.</t>
+  </si>
+  <si>
+    <t>617068</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a7/5a715c7bc83bc8d7818cda0c8841b383.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная OfficeSpace,  без надписей , А4, бумвинил, синяя, инд. упаковка</t>
+  </si>
+  <si>
+    <t>618577</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/347/347886a2376b091fb699adc196fc7d35.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная с российским орлом OfficeSpace, А4, балакрон, зеленый, инд. упаковка</t>
+  </si>
+  <si>
+    <t>Папка адресная. Индивидуальная упаковка.</t>
+  </si>
+  <si>
+    <t>618578</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/45b/45b7f3862574b4694917897a42057948.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная с российским орлом OfficeSpace, А4, балакрон, синий, инд. упаковка</t>
+  </si>
+  <si>
+    <t>618579</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/447/1zqshyx1jzv3jdb0gwcmub4qhtccqbcu.jpg</t>
+  </si>
+  <si>
+    <t>Папка-обложка для дипломного проекта STAFF, А4, 215х305 мм, фольга, 3 отверстия под дырокол, шнур, синяя, 127210</t>
+  </si>
+  <si>
+    <t>Папка-обложка STAFF предназначена для оформления и представления дипломных проектов. Корешок папки позволяет вмещать до 150 листов. Для удобства сшивки листов имеет 3 отверстия и шнурок. Книжная обложка с матовой ламинацией защитит содержимое и придаст работе аккуратный вид. Папка формата А4 &amp;#40;215х305 мм&amp;#41; выполнена в глубоком синем цвете и имеет тиснение фольгой на лицевой стороне в виде надписи &amp;quot;Дипломный проект&amp;quot;.</t>
+  </si>
+  <si>
+    <t>626876</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f2a/f2a4ad3e4b4bc7e05a02d11baebda9ec/491c0f8b93f72d4ad4508aa21e14b848.jpg</t>
-[...422 lines deleted...]
-    <t>626876</t>
+    <t>http://anytos.ru//upload/iblock/42a/42a02bcfe26f2e992635e5c83a474395.jpg</t>
+  </si>
+  <si>
+    <t>Папка  quot;Дипломная работа quot; А4, ArtSpace, бумвинил, гребешки сутаж, без листов, синяя</t>
+  </si>
+  <si>
+    <t>630363</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e28/e28a28594bd0e476abed39d0064ac4c2.jpg</t>
   </si>
   <si>
     <t>Папка  quot;Выпускная квал.работа на степень бакалавра quot; А4, ArtSpace,бумв, гребешки сутаж, без лист,синяя</t>
   </si>
   <si>
     <t>668627</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e7/7xhx9ax7j8po7rsjwxa9mmlsqvpx398a.jpg</t>
   </si>
   <si>
     <t>Папка адресная Свидетельство о заключении брака OfficeSpace, А4, ламинированная, инд. упаковка</t>
   </si>
   <si>
     <t>Папка адресная А4 формата для свидетельства о заключении брака. Изготовлена из плотного картона с покрытием из ламинированной бумаги. Размер папки 310*220 мм. Индивидуальная упаковка.</t>
   </si>
   <si>
     <t>683086</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cc0/h7b56jr76qoio371d1rm5udzt352owfj.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ec3/btfxtnprxdpxpbnn6djzafe34cjxj9s4.jpg</t>
   </si>
   <si>
     <t>Папка адресная Свидетельство о рождении OfficeSpace  quot;Зайчик quot;, А5, ламинированная, для девочек</t>
   </si>
   <si>
     <t>Папка адресная OfficeSpace «Свидетельство о рождении» серии «Зайчик» формата А5 идеально подойдёт для хранения важных документов &amp;#40;для девочек&amp;#41;. Изделие выполнено из плотного картона с покрытием из ламинированной бумаги. Яркий дизайн привлечёт внимание и будет напоминать о прекрасном событии. Размер: 220*310 мм. Папка выпускается в индивидуальной упаковке. • Формат: А5; • Материал обложки: ламинированный картон; • Цвет: рисунок.</t>
   </si>
   <si>
     <t>884380</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6a0/0tj2oylt2a6coaf2nrzatpmg3ic724sh.jpg</t>
-[...46 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7b5/fx1xpsyove6s0lvqzz2tdzs6o6z72dcr.jpg</t>
   </si>
   <si>
     <t>Папка адресная Свидетельство о рождении OfficeSpace  quot;Медвежонок quot;, А5, ламинированная, для девочек</t>
   </si>
   <si>
     <t>Папка адресная OfficeSpace «Свидетельство о рождении» серии «Медвежонок» формата А5 идеально подойдёт для хранения важных документов &amp;#40;для девочек&amp;#41;. Изделие выполнено из плотного картона с покрытием из ламинированной бумаги. Яркий дизайн привлечёт внимание и будет напоминать о прекрасном событии. Размер: 220*310 мм. Папка выпускается в индивидуальной упаковке. • Формат: А5; • Материал обложки: ламинированный картон; • Цвет: рисунок.</t>
   </si>
   <si>
     <t>884385</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a15/0q2bbkdt2m6qustrr93febonkk6ix85w.jpg</t>
   </si>
   <si>
     <t>Папка адресная Свидетельство о рождении OfficeSpace  quot;Медвежонок quot;, А5, ламинированная, для мальчиков</t>
   </si>
   <si>
     <t>Папка адресная OfficeSpace «Свидетельство о рождении» серии «Медвежонок» формата А5 идеально подойдёт для хранения важных документов &amp;#40;для мальчиков&amp;#41;. Изделие выполнено из плотного картона с покрытием из ламинированной бумаги. Яркий дизайн привлечёт внимание и будет напоминать о прекрасном событии. Размер: 220*310 мм. Папка выпускается в индивидуальной упаковке. • Формат: А5; • Материал обложки: ламинированный картон; • Цвет: рисунок.</t>
   </si>
   <si>
     <t>884386</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab5/d23bskphgdh8szzrcrkizskevdq1j6z6.jpg</t>
   </si>
   <si>
     <t>Папка-органайзер семейная для 4-х комплектов документов, формат А4, экокожа, синяя, BRAUBERG, 238206</t>
   </si>
   <si>
     <t>Папка-органайзер для семейных документов BRAUBERG синего цвета. Незаменима для хранения самых важных документов в одном месте. Папка-органайзер для семейных документов с плотной обложкой, включает в себя: 4 файла для документов формата А4, 4 файла для свидетельств о рождении старого образца, 4 файла для полисов ОМС, 4 кармана для СНИЛС, 8 карманов для паспортов, 12 карманов для карт ОМС или других карт. Обложка папки выполнена из экокожи синего цвета, матовые вкладыши изготовлены из прочного ПВХ-материала.Папка-органайзер для семейных документов с хлястиком на кнопках обеспечит документам надежную защиту от влаги, пыли и прочих повреждений, а также порядок их хранения в одном месте.</t>
   </si>
   <si>
     <t>949802</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b88/mt3njj6uaf2bfw9wr2rvmz8jdflgmif0.jpg</t>
-[...29 lines deleted...]
-    <t>990055</t>
+    <t>http://anytos.ru//upload/iblock/5ca/ynt8tpuh003eh3tptrdrhjme84squ22e.jpg</t>
+  </si>
+  <si>
+    <t>Папка адресная КОНКОРД, синий, А4</t>
+  </si>
+  <si>
+    <t>964240</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef1/cn2iwxk5o0forhb2b755lmg9cm4hx02y.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка адресная НЕБРАСКА, бордо, выклейка бархат, А4  188343 </t>
+  </si>
+  <si>
+    <t>Папка адресная НЕБРАСКА, бордо, выклейка бархат, А4 &amp;#40;188343&amp;#41;</t>
+  </si>
+  <si>
+    <t>973725</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b0/xnkvxaayxnobbfjs5k0x0zssnmz7qz8v.jpg</t>
   </si>
   <si>
     <t>Папка адресная  quot;С юбилеем quot; OfficeSpace, А4, ламинированная, инд. упаковка</t>
   </si>
   <si>
     <t>Папка адресная &amp;quot;С юбилеем&amp;quot; OfficeSpace, А4, ламинированная, инд. упаковка</t>
   </si>
   <si>
     <t>1001820</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cfa/h6maq1467fs61qtp07bsqjpwujrsxxw9.jpg</t>
   </si>
   <si>
     <t>1001821</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/393/54m2y61i6zlm950e3wdrdv8isj9h9v82.jpg</t>
   </si>
   <si>
     <t>1001822</t>
   </si>
@@ -1405,57 +1333,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M89"/>
+  <dimension ref="A1:M83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="F89" sqref="F89"/>
+      <selection pane="bottomRight" activeCell="F83" sqref="F83"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -1511,1914 +1439,1785 @@
       </c>
       <c r="G4" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>31</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="C12" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>56</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="G13" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>61</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="C15" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="D15" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E15" s="3" t="s">
+      <c r="F15" s="3" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="3" t="s">
+      <c r="F16" s="3" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="D19" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>71</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="F20" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E20" s="3" t="s">
+      <c r="G20" s="3" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>91</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>92</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>18</v>
+        <v>88</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>93</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>94</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>95</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>18</v>
+        <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>18</v>
+        <v>71</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>18</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>106</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>107</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>108</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>109</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>110</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="C27" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E27" s="3" t="s">
+      <c r="F27" s="3" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
         <v>114</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F28" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="G28" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B29" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F29" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F29" s="3" t="s">
+      <c r="G29" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>123</v>
+        <v>118</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>123</v>
+        <v>118</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>18</v>
+        <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>131</v>
+        <v>88</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>18</v>
+        <v>89</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>131</v>
+        <v>17</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>18</v>
+        <v>96</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>148</v>
+        <v>17</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>149</v>
+        <v>96</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>85</v>
+        <v>118</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>85</v>
+        <v>118</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>163</v>
+        <v>121</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>17</v>
+        <v>118</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>149</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>149</v>
+        <v>118</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>131</v>
+        <v>88</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>18</v>
+        <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="B43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="1" t="s">
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="G43" s="3" t="s">
         <v>175</v>
-      </c>
-[...10 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>134</v>
+        <v>181</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>131</v>
+        <v>88</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B45" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="C45" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>131</v>
+        <v>88</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>190</v>
+        <v>181</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>191</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
         <v>192</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>193</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>190</v>
+        <v>86</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>57</v>
+        <v>89</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>85</v>
+        <v>118</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>83</v>
+        <v>209</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>85</v>
+        <v>118</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>210</v>
+        <v>142</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>212</v>
+        <v>88</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>215</v>
+        <v>198</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>216</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>131</v>
+        <v>17</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
         <v>217</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>218</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>219</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>131</v>
+        <v>221</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>18</v>
+        <v>89</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>156</v>
+        <v>198</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>86</v>
+        <v>27</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>212</v>
+        <v>118</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>52</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>237</v>
+        <v>219</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>238</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>131</v>
+        <v>221</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>149</v>
+        <v>89</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>240</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>210</v>
+        <v>241</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>212</v>
+        <v>118</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>244</v>
+        <v>227</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>245</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
         <v>246</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>247</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>252</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>131</v>
+        <v>17</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>110</v>
+        <v>52</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
         <v>253</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>254</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>210</v>
+        <v>255</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>212</v>
+        <v>118</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>86</v>
+        <v>257</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>258</v>
+        <v>219</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>17</v>
+        <v>221</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>18</v>
+        <v>89</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>262</v>
+        <v>219</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>263</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>264</v>
+        <v>221</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>149</v>
+        <v>89</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B68" s="1" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>266</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>267</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>149</v>
+        <v>17</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
         <v>268</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>269</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>270</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>271</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>18</v>
+        <v>175</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
         <v>272</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>273</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>274</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>275</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>23</v>
+        <v>175</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
         <v>276</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>277</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>278</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>279</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>18</v>
+        <v>175</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>280</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>281</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>282</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>283</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>17</v>
+        <v>284</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>23</v>
+        <v>96</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>286</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>287</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>96</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
         <v>288</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>289</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>290</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>291</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>96</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
         <v>292</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>293</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>294</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>295</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>23</v>
+        <v>175</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
         <v>296</v>
       </c>
       <c r="B76" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>297</v>
-      </c>
-[...7 lines deleted...]
-        <v>299</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>23</v>
+        <v>175</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>301</v>
+        <v>293</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>302</v>
+        <v>294</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>304</v>
+        <v>17</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>149</v>
+        <v>175</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>306</v>
+        <v>265</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>307</v>
+        <v>265</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>212</v>
+        <v>17</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>18</v>
+        <v>175</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>310</v>
+        <v>265</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>311</v>
+        <v>265</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>312</v>
+        <v>303</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>212</v>
+        <v>17</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>18</v>
+        <v>175</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>313</v>
+        <v>304</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>314</v>
+        <v>305</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>314</v>
+        <v>305</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>315</v>
+        <v>306</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>110</v>
+        <v>96</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>316</v>
+        <v>307</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>317</v>
+        <v>308</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>319</v>
+        <v>309</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>96</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>320</v>
+        <v>310</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>96</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>322</v>
+        <v>313</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>323</v>
+        <v>315</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>17</v>
-[...128 lines deleted...]
-        <v>149</v>
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">