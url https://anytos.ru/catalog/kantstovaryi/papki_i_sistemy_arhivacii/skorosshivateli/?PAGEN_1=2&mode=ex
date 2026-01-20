--- v0 (2025-11-30)
+++ v1 (2026-01-20)
@@ -12,185 +12,224 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1726">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1690">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d79/iqn4i8g36yt3v6crnp43jcmp2ls1xr3s.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ А4 красн. пластик 500 мкм: NC4055R штр.: 4602723002741</t>
   </si>
   <si>
     <t>Папка формата А4 из цветного пластика средней плотности с боковым пружинным скоросшивателем. Папка снабжена стикером для маркировки. Толщина пластика – 0,5 мм &amp;#40;500 мкм&amp;#41;.</t>
   </si>
   <si>
     <t>Скоросшиватели</t>
   </si>
   <si>
     <t>103534</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/031/sn1tkdc3xj4rjwakzc3x8wiqpsp4u13j.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ  А4 синий пластик 180 мкм: TC4018B штр.: 4602723004462</t>
   </si>
   <si>
     <t>103535</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/fea/1d5b33h2aullv2j0vpma8si3qcb3u7ms.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель inФОРМАТ А4 бирюзовый  пластик 180мкм: TC4018Z штр.: 4602723029601</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель формата А4 из цветного пластика толщиной 0,18 мм &amp;#40;180 мкм&amp;#41;. Имеет прозрачный титульный лист толщиной 0,12 мм &amp;#40;120 мкм&amp;#41; и усиленный корешок с прозрачным карманом для маркировки. Корешок украшен логотипом «inФОРМАТ» серебристого цвета.</t>
+  </si>
+  <si>
+    <t>103536</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2af/rb6j13p8iu81po6ldr7rsf025b4k7rey.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ А4 голубой пластик 150мкм: TC4015C штр.: 4602723029649</t>
   </si>
   <si>
     <t>Папка-скоросшиватель формата А4 из цветного пластика. Толщина пластика – 0,15 мм &amp;#40;150 мкм&amp;#41;, толщина верхнего листа – 0,12 мм &amp;#40;120 мкм&amp;#41;. Специальный пластиковый вкладыш у корешка позволяет маркировать папку. Корешок изделий украшен логотипом inФОРМАТ серебристого цвета.</t>
   </si>
   <si>
     <t>103537</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a50/e8dl2nz0q1n44l6q5y93xx5q9iu5tno0.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ А4 голубой пластик 180 мкм: TC4018C штр.: 4602723004479</t>
   </si>
   <si>
-    <t>Папка-скоросшиватель формата А4 из цветного пластика толщиной 0,18 мм &amp;#40;180 мкм&amp;#41;. Имеет прозрачный титульный лист толщиной 0,12 мм &amp;#40;120 мкм&amp;#41; и усиленный корешок с прозрачным карманом для маркировки. Корешок украшен логотипом «inФОРМАТ» серебристого цвета.</t>
-[...1 lines deleted...]
-  <si>
     <t>103538</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a2/yanpah1jg2tg5om12lzpaf3er2x3ypoo.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ А4 желтый пластик150мкм: TC4015Y штр.: 4602723029663</t>
   </si>
   <si>
     <t>103539</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ac/k6lqbmti1rzdpkiroh56pnsgav9bdh9u.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ А4 желтый пластик180 мкм: TC4018Y штр.: 4602723004431</t>
   </si>
   <si>
     <t>103540</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/305/0v832039y65l1nhiiiqwahnabnc7xxmf.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель inФОРМАТ А4 зеленый пластик 150мкм: TC4015G штр.: 4602723029632</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель формата А4 из цветного пластика. Толщина пластика – 0,15 мм &amp;#40;150 мкм&amp;#41;, толщина верхнего листа – 0,12 мм &amp;#40;120 мкм&amp;#41;. Специальный пластиковый вкладыш у корешка позволяет маркировать папку. Корешок изделий украшен логотипом inФОРМАТ серебристого цвета.&amp;lt;Br&amp;gt;&amp;lt;B&amp;gt;&amp;nbsp;&amp;nbsp;Характеристики:&amp;nbsp;&amp;nbsp; &amp;lt;/B&amp;gt;&amp;lt;Br&amp;gt;&amp;lt;table class=&amp;quot;char-table&amp;quot;&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Формат листов: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;А4&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Цвет: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;зелен.&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Название дизайна, серии, модели, бренда: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;inФОРМАТ&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Формат: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;А4&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Материал: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;пластик&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Вместимость листов: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;100&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Вид изделия: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;Папка скоросшиватель&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Толщина, мкм: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;150&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Наличие кармана для этикетки: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;Да&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Наличие внутреннего кармана: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;Нет&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Механизм сшивания: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;стандартный&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;/table&amp;gt;&amp;lt;/div&amp;gt;</t>
+  </si>
+  <si>
+    <t>103541</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2a5/r8e1k0uxbpwkl8391ju1v5afezvjnclq.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ А4 зеленый пластик 180 мкм: TC4018G штр.: 4602723004448</t>
   </si>
   <si>
     <t>103542</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/12f/b8n95aquplj3sw6o1cd5h79c88l74a6b.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ А4 зелен. пластик 500 мкм: NC4055G штр.: 4602723002734</t>
   </si>
   <si>
     <t>103543</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ А4 зелен. пластик 500 мкм внутр. карман: NC4455G штр.: 4602723002659</t>
   </si>
   <si>
     <t>103544</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cbf/wqtualf7vlnj9soxuy2htftt13olxxut.jpg</t>
-[...5 lines deleted...]
-    <t>103545</t>
+    <t>http://anytos.ru//upload/iblock/ea8/jqprlt97vxuh797kenztgl9v8zdvaaer.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель inФОРМАТ А4 красный пластик 150мкм: TC4015R штр.: 4602723029625</t>
+  </si>
+  <si>
+    <t>103546</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f93/j7j04smmsc16z004cpynp19p8p71yj5k.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель inФОРМАТ А4 красный пластик 180 мкм: TC4018R штр.: 4602723004455</t>
+  </si>
+  <si>
+    <t>103547</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ А4 красн. пластик 500 мкм внутр. карман: NC4455R штр.: 4602723002666</t>
   </si>
   <si>
     <t>Папка формата A4 из цветного пластика средней плотности с боковым пружинным скоросшивателем и внутренним карманом. Папка снабжена стикером для маркировки. Толщина пластика – 0,5 мм &amp;#40;500 мкм&amp;#41;.</t>
   </si>
   <si>
     <t>103548</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ca/dghs5tdeoxv5y2c6jyeb1ixp7du2reuw.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ А4 красн. пластик 700 мкм карман д маркир.этикет. внутр. карман: NC4475R штр.: 4602723002703</t>
   </si>
   <si>
     <t>103549</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30b/qdmfeaobp0i7b0vfppc6jsx4vnbjequ3.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ А4 оранжевый пластик 180мкм: TC4018O штр.: 4602723029595</t>
   </si>
@@ -212,59 +251,77 @@
   <si>
     <t>Папка скоросшиватель inФОРМАТ А4 синий пластик 500 мкм: NC4055B штр.: 4602723002758</t>
   </si>
   <si>
     <t>103552</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ А4 синий пластик 500 внутр. карман: NC4455B штр.: 4602723002673</t>
   </si>
   <si>
     <t>103553</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9d0/s0bmpbekivxtf8hvqzp5zv2n6phclan3.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ А4 синий пластик 700 карман д маркир.этикет. внутр. карман: NC4475B штр.: 4602723002710</t>
   </si>
   <si>
     <t>Папка формата A4 из цветного плотного пластика с боковым пружинным скоросшивателем и внутренним карманом. Папка снабжена прозрачным карманом с вкладышем для маркировки. Толщина пластика – 0,7 мм &amp;#40;700 мкм&amp;#41;.</t>
   </si>
   <si>
     <t>103554</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a55/tyj8q0pbuobfzsx1q9e305alzo681124.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель inФОРМАТ А4 синий пластик150 мкм: TC4015B штр.: 4602723029618</t>
+  </si>
+  <si>
+    <t>103555</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/30b/evv7m788f8qyxz5wgnb5l3s9c7v7e3ve.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ А4 фиолетовый  пластик 150мкм: TC4015V штр.: 4602723029656</t>
   </si>
   <si>
     <t>103556</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/388/kxmohkgkmlbvk5mk19mp7vvpa7bi1z7h.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель inФОРМАТ А4 фиолетовый пластик 180 мкм: TC4018V штр.: 4602723004486</t>
+  </si>
+  <si>
+    <t>103557</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fa8/kgfgmum0na3lmw3faegl15kjjna9qnmm.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ А4 черный пластик 180 мкм: TC4018K штр.: 4602723004653</t>
   </si>
   <si>
     <t>103558</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3a/vh85r50akzgkutadzsv6faonpictj731.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ А4 черный пластик 500 мкм: NC4055Bk штр.: 4602723002765</t>
   </si>
   <si>
     <t>103559</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ А4 черный пластик 500 мкм карман д маркир.этикет. внутр. карман: NC4455Bk штр.: 4602723002680</t>
   </si>
   <si>
     <t>103560</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a43/z4158pp1s0e2gdx4dewbl9j49pcwhbbr.jpg</t>
@@ -338,50 +395,65 @@
   <si>
     <t>http://anytos.ru//upload/iblock/336/h27pgcznf4lnf9cbyostfcpmljith4m5.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ ДЕЛО А4 белый немел.картон 400 г м2: RP404OW штр.: 4602723005148</t>
   </si>
   <si>
     <t>103568</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/12c/wnoitk95bqfy01cnazrd2ccln36d9kyq.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель inФОРМАТ ДЕЛО А4 белый немелованный картон 320г м2: RP4032W штр.: 4602723026884</t>
   </si>
   <si>
     <t>103569</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/20c/qzaxsya4p05zygimw0at31pcu9nr24hf.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель Stanger А4 сирен. пластик 180 мкм перфор.: 51154-LV штр.: 4602723043409</t>
+  </si>
+  <si>
+    <t>103587</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/stanger/"&gt;Stanger&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/421/421d78f33824fae0c99b382e27620769.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель  quot;Дело quot;, картон мелованный, 300 г м2, красный, пробитый: A-SD30R_3173   195076 штр.:  4680211011734</t>
   </si>
   <si>
     <t>Скоросшиватель &amp;quot;Дело&amp;quot;, картон мелованный, 300 г/м2, красный, пробитый: A-SD30R_3173 / 195076 Скоросшиватель дело картонный пробитый</t>
   </si>
   <si>
     <t>212438</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/52a/52a1af8518343f56487472e955cd9fd1.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель  quot;Дело quot;, картон мелованный, 380 г м2, белый, пробитый: A-SD38M_346   158528 штр.:  4610008523461</t>
   </si>
   <si>
     <t>Скоросшиватель &amp;quot;Дело&amp;quot;, картон мелованный, 380 г/м2, белый, пробитый: A-SD38M_346 / 158528 Скоросшиватель для подшивки документации, пробитый. Материал - мелованный картон. Металлический механизм сшивания, вмещает до 200 листов формата А4. Цвет белый.</t>
@@ -416,53 +488,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/237/23784e49c54b0bb2fe664a8574380c85.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель  quot;Дело quot;, картон немелованный, 220 г м2, белый, пробитый: A-SD22_343   158525  штр.:  4610008523430</t>
   </si>
   <si>
     <t>Скоросшиватель &amp;quot;Дело&amp;quot;, картон немелованный, 220 г/м2, белый, пробитый: A-SD22_343 / 158525&amp;nbsp;&amp;nbsp;Скоросшиватель для подшивки документации , немелованный картон. Металлический механизм сшивания, вмещает до 200 листов формата А4. Цвета белый.</t>
   </si>
   <si>
     <t>214474</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c69/c69c6eb150a9d20f0ac5f9f3d355b815.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель из микрогофрокартона, ширина корешка 30 мм, белый: A-SG03_363</t>
   </si>
   <si>
     <t>Скоросшиватель из микрогофрокартона, ширина корешка 30 мм, белый: A-SG03_363 Скоросшиватель для подшивки документации. Металлический механизм сшивания. Материал – гофрокартон, ширина – 30 мм. Размер А4. Цвет ассорти.</t>
   </si>
   <si>
     <t>214683</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/56f/56f3f03b9e7d7e3d00f92884fa415c6d.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель  quot;Дело quot;, картон мелованный, 300 г м2, синий, пробитый: A-SD30B_3174   195077 штр.:  4680211011741</t>
   </si>
   <si>
     <t>Скоросшиватель &amp;quot;Дело&amp;quot;, картон мелованный, 300 г/м2, синий, пробитый: A-SD30B_3174 / 195077 Скоросшиватель дело картонный пробитый</t>
   </si>
   <si>
     <t>214717</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/850/850f93a1161ccf43b50b7bba951ad182.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель  quot;Дело quot;, картон мелованный, 300 г м2, зеленый, пробитый: A-SD30G_3172   195078 штр.:  4680211011727</t>
   </si>
   <si>
     <t>Скоросшиватель &amp;quot;Дело&amp;quot;, картон мелованный, 300 г/м2, зеленый, пробитый: A-SD30G_3172 / 195078 Скоросшиватель дело картонный пробитый</t>
   </si>
   <si>
     <t>216588</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/490/4903778f92c971a27125f6660b517dbe.jpg</t>
@@ -524,452 +593,488 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c3a/c3a063403951619984c066955b190bea/21e54bdc0bd7ff37a87f842bab98ce17.jpg</t>
   </si>
   <si>
     <t>Механизм для скоросшивателя разъемный Attache металл пластик,10 шт.,зеленый штр.  4607139971193, 4630012880640, 4690432001407</t>
   </si>
   <si>
     <t>Металлопластиковый разъемный сшиватель для бумаг оснащен фиксатором, позволяющим быстро перенести бумаги из папок в архивные ящики. Механизм для скоросшивателя покрыт пластиковым напылением, легко гнется за счет металлического основания. Длина каждой ножки 110 мм. Механизм для скоросшивателя обеспечивает возможность подшивки до 800 листов.</t>
   </si>
   <si>
     <t>250144</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/454/454ca4df0d730d77011e064a457d78db.jpg</t>
   </si>
   <si>
     <t>Нить хлопчатобумажная 1,4 мм, 250 метров,EXPRESS-5 штр.  4630012130325</t>
   </si>
   <si>
     <t>Хлопчатобумажная нить используется при переплете документов в станке Express-3 и Express-5. Качественная и прочная, обеспечивает надежную фиксацию и долгий срок службы архивов. Диаметр нити - 1,4 мм, длина в мотке - 250 метров. Поставляется упаковками по 7 мотков.</t>
   </si>
   <si>
     <t>250147</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f91/f9189dc1cca446e4c5803d5c8dd8d87e/03db0c08d35a9b26fecbf7b1cec0a322.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся звездочки для опечатывания документов ,15 шт.10лист  штр.  4680237027115</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA «Звездочки» &amp;#40;конгривки&amp;#41; красного цвета. Предназначены для опечатывания любых многостраничных документов, служат для защиты от внесения несанкционированных исправлений. В упаковке 10 листов по 15 этикеток на каждом &amp;#40;150 штук в упаковке&amp;#41;. Диаметр - 60 мм.</t>
+  </si>
+  <si>
+    <t>250153</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/promega/"&gt;ProMEGA&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bdc/bdcd754b26b1f0a88cce579985b0e9fd/8f3605abbf8fb27da14cfb5ba1915fe5.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся наклейки для опечатывания документов 70 37 24 шт.10 штр.  4680237026507</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся Mega Label для опечатывания документов «Пронумеровано, прошито и скреплено» белого цвета. Предназначены для опечатывания любых многостраничных документов, служат для защиты от внесения несанкционированных исправлений. В упаковке 10 листов по 24 этикетки на каждом &amp;#40;240 штук в упаковке&amp;#41;. Размер - 70-37 мм.</t>
+  </si>
+  <si>
+    <t>250154</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/86b/86bc00059de0a786b3c368359b03f58e/4743521d55ee29fb24742387afb12dd6.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель ДЕЛО 260 г м2 немел. 20шт уп. штр.  4620004205568</t>
   </si>
   <si>
     <t>Папка-скоросшиватель «Дело &amp;#8470-» формата А4 изготовлена из белого немелованного картона &amp;#40;плотность 260 г/кв.м&amp;#41;. Оснащена металлическим механизмом сшивания, скоросшиватель крепится с внешней стороны. Длина усиков составляет 45-50 мм. Вместимость - до 50 листов стандартной плотности. Папка-скоросшиватель поставляется по 20 штук в упаковке.</t>
   </si>
   <si>
     <t>250179</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bd1/bd1996ae166d9c53409aa66b65cd5eb7/0ab8d8391fd32f4f3505f066ad257372.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель ДЕЛО 280 г м2 мелов. 20шт уп. штр.  4620004205575</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель «Дело &amp;#8470-» формата А4 изготовлена из белого мелованного картона &amp;#40;плотность 280 г/кв.м&amp;#41;. Оснащена металлическим механизмом сшивания, скоросшиватель крепится с внешней стороны. Длина усиков составляет 45-50 мм. Вместимость - до 70 листов стандартной плотности. Папка-скоросшиватель поставляется по 20 штук в упаковке.</t>
+  </si>
+  <si>
+    <t>250181</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e71/e714d6d3f58649c1f32be50778787e35/62d1e773542673e8c16af08809abcb78.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель ДЕЛО 280г м2 мелованная штр.  4607082650480, 4607122914695, 4660002775823</t>
   </si>
   <si>
     <t>Папка-скоросшиватель «Дело &amp;#8470-» формата А4 изготовлена из белого мелованного картона &amp;#40;плотность 280 г/кв.м&amp;#41;. Оснащена металлическим механизмом сшивания, скоросшиватель крепится с внешней стороны. Длина усиков составляет 45-50 мм. Вместимость - до 150 листов стандартной плотности. Папки-скоросшиватели упакованы в гофрокороба по 250 штук. Стоимость указана за штуку.</t>
   </si>
   <si>
     <t>250182</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/291/29101314db18e44964abe2424cfe0624/1ab08a0dc879972e59c177f7a585a4f3.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель ДЕЛО 360 г м2 немел. 20шт уп. штр.  4620004205582</t>
   </si>
   <si>
     <t>Папка-скоросшиватель «Дело &amp;#8470-» формата А4 изготовлена из белого немелованного картона &amp;#40;плотность 360 г/кв.м&amp;#41;. Оснащена металлическим механизмом сшивания, скоросшиватель крепится с внешней стороны. Длина усиков составляет 45-50 мм. Вместимость - до 100 листов стандартной плотности. Папка-скоросшиватель поставляется по 20 штук в упаковке.</t>
   </si>
   <si>
     <t>250184</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/52a/52a2746ff04c2c18d00ce843d3ca873b/76492c156bbe9bb1db6adcb3cb0e482d.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель ДЕЛО 360г м2 немелованная штр.  4607082658981, 4607122914688</t>
   </si>
   <si>
     <t>Папка-скоросшиватель «Дело &amp;#8470-» формата А4 изготовлена из белого немелованного картона &amp;#40;плотность 360 г/кв.м&amp;#41;. Оснащена металлическим механизмом сшивания, скоросшиватель крепится с внешней стороны. Длина усиков составляет 45-50 мм. Вместимость - до 150 листов стандартной плотности. Папки-скоросшиватели упакованы в гофрокороба по 200 штук. Стоимость указана за штуку.</t>
   </si>
   <si>
     <t>250185</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/262/2624441edcc67f9b23bdc01176c2e058/677e8e1a6602047b5264e6b887ae940e.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель ДЕЛО 380г м2 мелованная штр.  4607082650886, 4607122914701</t>
   </si>
   <si>
     <t>Папка-скоросшиватель «Дело &amp;#8470-» формата А4 изготовлена из белого мелованного картона &amp;#40;плотность 380 г/кв.м&amp;#41;. Оснащена металлическим механизмом сшивания, скоросшиватель крепится с внешней стороны. Длина усиков составляет 45-50 мм. Вместимость - до 150 листов стандартной плотности. Папки-скоросшиватели упакованы в гофрокороба по 200 штук. Стоимость указана за штуку.</t>
   </si>
   <si>
     <t>250186</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f1c/f1c6ad78af46957fbb5cd21860ebb3e3/f71781f59ed3cf41de5b66271120a493.jpg</t>
-[...8 lines deleted...]
-    <t>250187</t>
+    <t>http://anytos.ru//upload/iblock/ca0/ca08060502b5d1506e1db080d109815a.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель A4 Attache желтый 10шт уп Россия штр.  4680237031266</t>
+  </si>
+  <si>
+    <t>Папка Attache из мягкого пластика с верхним прозрачным листом, толщина пластика: верхний лист - 0,13 мм, нижний цветной лист - 0,15 мм&amp;#41;, снабжена скоросшивателем. На лицевой стороне находится карман с полосой для указания содержания. Формат А4. Вместимость до 100 листов.</t>
+  </si>
+  <si>
+    <t>250188</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/015/0155cc69b84d64a9c9fcde54cf917312/ed759e621cacff04770c40c990da549e.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель A4 Attache зеленый 10шт уп Россия штр.  4680237031259</t>
+  </si>
+  <si>
+    <t>250189</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/63a/63a376ea2e79d2f418440065431a613f.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель A4 Attache красный 10шт уп Россия штр. 4680237031235</t>
+  </si>
+  <si>
+    <t>250190</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b36/b36d4158255b7f7bef9d4ce61dab1746/fc29f0bf559722e2778d05c719fdb015.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель A4 Attache серый 10шт уп Россия штр.  4680237031211</t>
+  </si>
+  <si>
+    <t>250191</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/38e/38e55d4ad12e274b5aeccb154c31b523/a0ea72954422262dc5e953e44d7aac9a.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель A4 Attache синий 10шт уп Россия штр.  4680237031242</t>
+  </si>
+  <si>
+    <t>250192</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ff/9ff51df279e8ffab0edb5c87b966c8fa/e5ab95133a703e49f220e29ffa09d567.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель A4 Attache черный 10шт уп Россия штр. 4680237031228</t>
+  </si>
+  <si>
+    <t>250193</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f47/f47af3d9a494b8cd699117c8cffd845a/7468516909e2f93aeed51267b6deaab8.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель А4 с перфорацией на корешке син.п ласт. 10шт уп Россия штр.  4680237031174</t>
+  </si>
+  <si>
+    <t>Папка Attache из мягкого полипропилена снабжена скоросшивателем, толщина пластика: верхний лист - 0,11 мм, нижний цветной лист - 0,15 мм. Перфорация для подшивки в папки на корешке. На лицевой стороне находится карман с полосой для указания содержания. Формат А4.</t>
+  </si>
+  <si>
+    <t>250197</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87e/87e0fb7d3327700b92e5ac0104e3b703/8cd6d8583f4f6dc6e6155120480a688f.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель А4 с перфорацией на корешке желт. пласт. 10шт уп Россия штр.  4680237031204</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка Attache из мягкого полипропилена снабжена скоросшивателем, толщина пластика: верхний лист - 0,11 мм, нижний цветной лист - 0,15 мм. Перфорация для подшивки в папки на корешке. На лицевой стороне находится карман с полосой для указания содержания.&amp;nbsp;&amp;nbsp;Формат: 216x303 мм &amp;#40;А4&amp;#41; </t>
+  </si>
+  <si>
+    <t>250198</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c95/c950fb3e1eba7fb2007efc4ff81c2fc5/f9480f34d2e3f8b4ad501cd3e88445b3.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель А4 с перфорацией на корешке зеленый пласт. 10шт уп Россия штр. 4680237031181</t>
+  </si>
+  <si>
+    <t>250199</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5df/5df007e8900c7a3a3f4c169f44ab4c22/f0c574a38f3279df1c889007714eb259.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель А4 с перфорацией на корешке красный пласт. 10шт уп Россия штр. 4680237031198</t>
+  </si>
+  <si>
+    <t>250200</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cdd/cdd71139bd0bd7e1fb0967ad01d774da/1b2710d14cc0172efa621bd70c07c3b7.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель с пружинным механизмом Attache Diagonal зеленый штр. 4612738971185, 4680237018960</t>
+  </si>
+  <si>
+    <t>Папка Attache формата А4 изготовлена из высококачественного пластика толщиной 0,6 мм. На обложку нанесен стильный узор в виде диагональных полосок. Оснащена пружинным скоросшивателем. Вмещает до 150 листов стандартной плотности.</t>
+  </si>
+  <si>
+    <t>250201</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/338/338fa2c55b60b418fe0eb390609cac40/673a4075e24a33b8c15b719bc2d9aecd.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель с пружинным механизмом Attache Diagonal красный штр. 4612738971208, 4680237018984</t>
+  </si>
+  <si>
+    <t>250202</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c78/c78484f4a222846087b505e345677b8c/a674af665738f540d950c52986636468.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель с пружинным механизмом Attache Diagonal синий штр.  4612738971192, 4680237018977</t>
+  </si>
+  <si>
+    <t>250203</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2df/2df1a02ec5a1fea0aa5cdffa50987ede/9bc62681f902144234ff15003aa3bbc5.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель с пружинным механизмом ATTACHE F612 07 17мм зеленый штр. 4607050716538, 4607098718686</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель Attache формата А4 изготовлена из пластика зеленого цвета, толщиной 0,7 мм. Оснащена пружинным механизмом подшивания. На внутренней стороне обложки есть прозрачный карман для документов, компакт-дисков, визиток. Ширина корешка - 17 мм. Папка вмещает около 150 листов стандартной плотности.</t>
+  </si>
+  <si>
+    <t>250204</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c02/c021fe7a89f139b44eae1e3b0c12a00e/53dc1434abdd0c9d740685ed19ed579b.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель с пружинным механизмом ATTACHE F612 07 17мм красный штр.  4607050716699, 4607098718693</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель Attache формата А4 изготовлена из пластика красного цвета, толщиной 0,7 мм. Оснащена пружинным механизмом подшивания. На внутренней стороне обложки есть прозрачный карман для документов, компакт-дисков, визиток. Ширина корешка - 17 мм. Папка вмещает около 150 листов стандартной плотности.</t>
+  </si>
+  <si>
+    <t>250205</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/10c/10cdbce98b3102ffc1298a95f92f8f59/88944eacad9034fa181eb02876733529.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель с пружинным механизмом ATTACHE F612 07 17мм синий штр.  4607050716453, 4607098718709, 4607340716453</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель Attache формата А4 изготовлена из пластика толщиной 0,7 мм. Цвет синий. Оснащена пружинным механизмом подшивания. На внутренней стороне обложки есть прозрачный карман для документов, компакт-дисков, визиток. Ширина корешка - 17 мм. Папка вмещает около 150 листов стандартной плотности.</t>
+  </si>
+  <si>
+    <t>250206</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/217/217750462a55ec1dca16a9cc8af46bb6/47bd57601723df5af0c93492ce94979c.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель с пружинным механизмом ATTACHE F612 07 17мм черный штр. 4607050716613, 4607098718716</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель Attache формата А4 изготовлена из пластика черного цвета, толщиной 0,7 мм. толщиной 0,7 мм. Оснащена пружинным механизмом подшивания. На внутренней стороне обложки есть прозрачный карман для документов, компакт-дисков, визиток. Ширина корешка - 17 мм. Папка вмещает около 150 листов стандартной плотности.</t>
+  </si>
+  <si>
+    <t>250207</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель ДЕЛО inФОРМАТ А4 белый мел. карт. 280 г м2: LP4028W штр.: 4602723080749</t>
+  </si>
+  <si>
+    <t>258174</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ca/1m3d3ipzqsrrwjk6rhpgwf4hvd6unw6h.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель LITE А4 голуб. пластик 110 мкм: TC4011C штр.: 4602723081579</t>
+  </si>
+  <si>
+    <t>261354</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce6/sv69g9ta30u0nkiw55y7e78dfvh5znfl.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель LITE А4 желт. пластик 110 мкм: TC4011Y штр.: 4602723081586</t>
+  </si>
+  <si>
+    <t>261355</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/946/b24v4ouzu92vxkijjfp7h02vvs9rxs20.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель LITE А4 зелен. пластик  110 мкм: TC4011G штр.: 4602723081593</t>
+  </si>
+  <si>
+    <t>261356</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/620/27qixmpyids3g3uj85f1901m22xw6rgh.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель LITE А4 красн. пластик  110 мкм: TC4011R штр.: 4602723081609</t>
+  </si>
+  <si>
+    <t>261357</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/827/1exvc8ydbmj971n1pjhh85450zjjupk8.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель LITE А4 фиол. пластик  110 мкм: TC4011V штр.: 4602723081616</t>
+  </si>
+  <si>
+    <t>261359</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель ДЕЛО inФОРМАТ А4 белый мел. карт. 450 г м2: LP4045W штр.: 4602723080756</t>
+  </si>
+  <si>
+    <t>272163</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель ДЕЛО inФОРМАТ А4 белый немел. карт. 280 г м2  RP4028W</t>
+  </si>
+  <si>
+    <t>272164</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/485/485f1bcb45dfee5b78befa54fb691b13/ab4a04806b08ad35dea3be96a381ec74.jpg</t>
+  </si>
+  <si>
+    <t>Набор самоклеящихся букв для разделителей  230 букв на листе А4, 10 листов  971584</t>
+  </si>
+  <si>
+    <t>Набор самоклеящихся букв для разделителей &amp;#40;230 букв на листе А4, 10 листов&amp;#41; . Набор состоит из 10 листов бумаги с клеевым слоем, на каждом из которых — 230 букв. Предназначен для аккуратного нанесения буквенных значений на выступающие ярлычки разделителей в папках и картотеках. Буквы легко приклеиваются к различным поверхностям &amp;#40;картон, пластик, металл&amp;#41;, поэтому их можно использовать для разделителей любого типа. Цвет фона — белый, цвет букв — синий.</t>
+  </si>
+  <si>
+    <t>335694</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a1/3a184a76d187c894c7766471777de82a/d73c598ec3fc4505407439b63599ed0e.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель картон мел  360 г м.,зел ный 971591</t>
+  </si>
+  <si>
+    <t>Скоросшиватель картон мел  360 г/м.,зелёный</t>
+  </si>
+  <si>
+    <t>335699</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9be/9be211df252116ebedd49ccb68226753/dfb358e0797252bfd111c5457a445d84.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель картон мел  360 г м.,красный 971592</t>
+  </si>
+  <si>
+    <t>Скоросшиватель картон мел  360 г/м.,красный</t>
+  </si>
+  <si>
+    <t>335700</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/854/85464d77531ae13086eaa794293e6ef4/eb49541cc066d325048f00521f6e8331.jpg</t>
+  </si>
+  <si>
+    <t>Папка с метал. скоросшивателем Attache 055S-E синий 971594</t>
+  </si>
+  <si>
+    <t>Папка с метал. скоросшивателем Attache 055S-E синий</t>
+  </si>
+  <si>
+    <t>335701</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e0b/e0bb33a8ff3cf06dc2e6a3e5b1334320/5b0b88577191b0fef901ac4015f8f7b3.jpg</t>
+  </si>
+  <si>
+    <t>Папка с метал. скоросшивателем Attache 055S-E черный 971595</t>
+  </si>
+  <si>
+    <t>Папка с метал. скоросшивателем Attache 055S-E черный</t>
+  </si>
+  <si>
+    <t>335702</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/697/697f4d291d7ff23a65348bf1e02deeb6.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель OfficeSpace  quot;Дело quot;, картон немелованный, 220 г м2, белый, пробитый 249413</t>
+  </si>
+  <si>
+    <t>Скоросшиватель для подшивки документации, пробитый. Материал - немелованный картон. Металлический механизм сшивания, вмещает до 200 листов формата А4. Цвет белый.</t>
+  </si>
+  <si>
+    <t>338046</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/075/075636f5279e1d14b437aa68fe514e2a.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель OfficeSpace  quot;Дело quot;, картон немелованный, 400г м2, белый, пробитый 257319</t>
+  </si>
+  <si>
+    <t>350255</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ca0/ca08060502b5d1506e1db080d109815a.jpg</t>
-[...322 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/34c/34c35e72c1a6100d3763e9ebe2d99419.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель OfficeSpace  quot;Дело quot;, картон мелованный, 280г м2, белый, пробитый, до 200л. 257306</t>
   </si>
   <si>
     <t>Скоросшиватель для подшивки документации, пробитый. Материал - мелованный картон. Металлический механизм сшивания, вмещает до 200 листов формата А4. Цвет белый.</t>
   </si>
   <si>
     <t>350650</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e5/7e576bf721464767240ec3c4f068d2f6.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель OfficeSpace  quot;Дело quot;, картон мелованный, 320г м2, белый, пробитый, до 200л. 257307</t>
   </si>
   <si>
     <t>Скоросшиватель для подшивки документации , мелованный картон, пробитый. Металлический механизм сшивания, вмещает до 200 листов формата А4. Цвета в ассортименте.</t>
   </si>
   <si>
     <t>350651</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3f/b3faab82c4cc669ec5255563e4555438.jpg</t>
@@ -989,176 +1094,131 @@
   <si>
     <t>Механизмы для скоросшивания OfficeSpace, металло-пластиковые  сшивка  10шт. 264837</t>
   </si>
   <si>
     <t>Механизмы для скоросшивания OfficeSpace многократного использования на 800 листов. Механизмы предназначены для быстрого и легкого перемещения документов в архивные короба и папки для дальнейшего архивного хранения. Металлическая проволока, покрытая пластиком, легко гнется.</t>
   </si>
   <si>
     <t>355256</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe3/fe36ca2daca924e2eb2546ff047ba5af/1017a9e6c8065c57d30993356464622f.jpg</t>
   </si>
   <si>
     <t>Папка обложка ДЕЛО 260г м2 немелованная 20 шт уп</t>
   </si>
   <si>
     <t>Папка обложка ДЕЛО 260г/м2 немелованная 20 шт/уп</t>
   </si>
   <si>
     <t>376086</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/28b/28b0a5f32a2ce6816ce6c3f5d12ca189/820d7c2412f6216d649147ecf0cfb6a1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1f9/1f9bb4bebe47c01be8416e49336b2d3b/15cca4e0c8b13b9279525fb571cfacb6.jpg</t>
   </si>
   <si>
     <t>Папка обложка Дело 360г м2 немелованная, 10 шт уп</t>
   </si>
   <si>
     <t>Папка обложка Дело 360г/м2 немелованная, 10 шт уп</t>
   </si>
   <si>
     <t>376089</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/25c/25cafe6cb66c2006d70f2f8452f8bfe3/554adc33a0be4c50d8b24abe9d4a9194.jpg</t>
   </si>
   <si>
     <t>Папка обложка Дело 380г м2 мелованная, 200 шт уп</t>
   </si>
   <si>
     <t>Папка обложка Дело 380г/м2 мелованная, 200 шт/уп</t>
   </si>
   <si>
     <t>376091</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7b9/7b93b90cbd3247abcfd37788f0fd5eec/13493320c44d1be7865f4ce5ebc81a9e.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель ДЕЛО 220г м2 немел., 20 шт уп</t>
   </si>
   <si>
     <t>Папка скоросшиватель ДЕЛО 220г/м2 немел., 20 шт/уп</t>
   </si>
   <si>
     <t>376092</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/346/3461b0b5674948f776bf00589b420083/640cd75f472d2f0009a9522a67495fc2.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4fb/4fb47303aaa02ef73edd080296f91d79/01aeb23b2060871d6398eeb75603bc20.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель ДЕЛО 440г м2 мелованная 200шт уп.</t>
   </si>
   <si>
     <t>Папка скоросшиватель ДЕЛО 440г/м2 мелованная 200шт/уп.</t>
   </si>
   <si>
     <t>376094</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/074/0741e2f2696d825f03a2358e08499221/0a1bbe6d50dc5ffb61243f43903ae0fd.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель ДЕЛО 440г м2 мелованная 20шт уп.</t>
   </si>
   <si>
     <t>Папка скоросшиватель ДЕЛО 440г/м2 мелованная 20шт/уп.</t>
   </si>
   <si>
     <t>376095</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0bb/0bbe658cb8efb6c63b916ba758b7b863/50c3fd3ae95ee55a4198566254361bff.jpg</t>
-[...17 lines deleted...]
-    <t>376097</t>
+    <t>http://anytos.ru//upload/iblock/82e/82e050a5d24d67a6237d2d1d84278ea7/6441a0a8211dcd8f221266637096f8f3.jpg</t>
+  </si>
+  <si>
+    <t>Папка скорос-тель A4 Attache Economy  100 110  голубой 10шт уп Россия</t>
+  </si>
+  <si>
+    <t>Папка скорос-тель A4 Attache Economy &amp;#40;100/110&amp;#41; голубой 10шт/уп Россия</t>
+  </si>
+  <si>
+    <t>376098</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/82e/82e050a5d24d67a6237d2d1d84278ea7/6441a0a8211dcd8f221266637096f8f3.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fa1/fa1017d9250b9dfb7402f45fa5a2858f/53ffbe14b90fee65b87a7585cc25a512.jpg</t>
   </si>
   <si>
     <t>Папка скорос-тель A4 Attache Economy  100 110  желтый 10шт уп Россия</t>
   </si>
   <si>
     <t>Папка скорос-тель A4 Attache Economy &amp;#40;100/110&amp;#41; желтый 10шт/уп Россия</t>
   </si>
   <si>
     <t>376099</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8fe/8fec9e724e2d769cd23cf7e23c13a1dd/fd05a00826b4f8ac69d72a82ca2ba42e.jpg</t>
   </si>
   <si>
     <t>Папка скорос-тель A4 Attache Economy  100 110  зеленый 10шт уп Россия</t>
   </si>
   <si>
     <t>Папка скорос-тель A4 Attache Economy &amp;#40;100/110&amp;#41; зеленый 10шт/уп Россия</t>
   </si>
   <si>
     <t>376100</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eed/eedfc8f16ec9c02742f783b399088033/3bd82efadd66cb754b22cf7a1af8c115.jpg</t>
@@ -1259,104 +1319,107 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7b1/7b1ef732d3a9768ff3d9a84c7d93294e/8acaa7cc8b700a5a6fb63abda87a2c24.jpg</t>
   </si>
   <si>
     <t>Папка-скоросшиватель A4 Attache Economy 100 120, синий, 10шт уп</t>
   </si>
   <si>
     <t>Папка-скоросшиватель A4 Attache Economy 100/120, синий, 10шт/уп</t>
   </si>
   <si>
     <t>376112</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab7/ab70bb8e23f478c54b21f0d7b9a84934/212b97598883302c7df2d0b81fdcf6ac.jpg</t>
   </si>
   <si>
     <t>Папка-скоросшиватель A4 Attache Economy 100 120, фиолетовый, 10шт уп</t>
   </si>
   <si>
     <t>Папка-скоросшиватель A4 Attache Economy 100/120, фиолетовый, 10шт/уп</t>
   </si>
   <si>
     <t>376113</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c95/0rocvnemsfn50vp0hrbcvwnzhqgn782z.jpg</t>
-[...8 lines deleted...]
-    <t>387103</t>
+    <t>http://anytos.ru//upload/iblock/5b3/y5rb54zl2jf3r8kgyr0y88ntb2kb3itc.jpg</t>
+  </si>
+  <si>
+    <t>Папка с металлическим пружинным скоросшивателем BRAUBERG, картон ПВХ, 35 мм, зеленая, до 290 листов</t>
+  </si>
+  <si>
+    <t>Папка BRAUBERG - незаменимая вещь для организаций с высоким документооборотом. Изготовлена из высококачественного картона с ПВХ покрытием зеленого цвета. Обеспечивает хранение до 290 листов формата А4. Металлический скоросшиватель с пружинным механизмом обеспечит надежную фиксацию документов. Для идентификации папки имеется сменный бумажный корешок.</t>
+  </si>
+  <si>
+    <t>387098</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0e/3yiuxf231d8vw8i9a3aqj90bro0dhs9z.jpg</t>
+  </si>
+  <si>
+    <t>Папка с металлическим пружинным скоросшивателем BRAUBERG, картон ПВХ, 35 мм, синяя, до 290 листов, 223187</t>
+  </si>
+  <si>
+    <t>Папка BRAUBERG - незаменимая вещь для организаций с высоким документооборотом. Изготовлена из высококачественного картона с ПВХ покрытием синего цвета. Обеспечивает хранение до 290 листов формата А4. Металлический скоросшиватель с пружинным механизмом обеспечит надежную фиксацию документов. Для идентификации папки имеется сменный бумажный корешок.</t>
+  </si>
+  <si>
+    <t>387100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d01/febqhjyoqbhgu0e14zemva1p9pnyumpe.jpg</t>
+  </si>
+  <si>
+    <t>Папка с металлическим пружинным скоросшивателем BRAUBERG, картон ПВХ, 35 мм, черная, до 290 листов</t>
+  </si>
+  <si>
+    <t>Папка BRAUBERG - незаменимая вещь для организаций с высоким документооборотом. Изготовлена из высококачественного картона с ПВХ покрытием черного цвета. Обеспечивает хранение до 290 листов формата А4. Металлический скоросшиватель с пружинным механизмом обеспечит надежную фиксацию документов. Для идентификации папки имеется сменный бумажный корешок.</t>
+  </si>
+  <si>
+    <t>387101</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d79/sqtxy27ng7hbyj8zi841ntgu94a7cnk3.jpg</t>
+  </si>
+  <si>
+    <t>Папка с металлическим скоросшивателем BRAUBERG стандарт, красная, до 100 листов, 0,6 мм, 221632</t>
+  </si>
+  <si>
+    <t>Папка BRAUBERG &amp;quot;Стандарт&amp;quot; - незаменимая вещь для организаций с высоким документооборотом. Изготовлена из высококачественного пластика красного цвета толщиной 0,6 мм с фактурой &amp;quot;песок&amp;quot;. Обеспечивает хранение до 100 листов формата А4. Металлический скоросшиватель с пружинным механизмом обеспечит надежную фиксацию документов. Для идентификации папки имеется бумажный корешок. Поставляется в индивидуальной упаковке.</t>
+  </si>
+  <si>
+    <t>387104</t>
+  </si>
+  <si>
     <t>8</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d79/sqtxy27ng7hbyj8zi841ntgu94a7cnk3.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0cc/hy8p9oqvco6809qbhutwdyhdnd4dc9o9.jpg</t>
   </si>
   <si>
     <t>Папка с металлическим скоросшивателем и внутренним карманом BRAUBERG  quot;Contract quot;, желтая, до 100 л., 0,7 мм, 221785</t>
   </si>
   <si>
     <t>Папка бизнес-класса BRAUBERG &amp;quot;Contract&amp;quot; - незаменимая вещь для организаций с высоким документооборотом. Изготовлена из высококачественного пластика желтого цвета толщиной 0,7 мм с оригинальной линейной фактурой. Обеспечивает хранение до 100 листов формата А4. Металлический скоросшиватель с пружинным механизмом обеспечит надежную фиксацию документов. Кроме того, папка снабжена прозрачным внутренним карманом. Для идентификации имеется сменный бумажный корешок. Поставляется в индивидуальной упаковке.</t>
   </si>
   <si>
     <t>387107</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e02/3hj0ihrdpgxtde8ox736xjep5jq8bc5e.jpg</t>
   </si>
   <si>
     <t>Папка с металлическим скоросшивателем и внутренним карманом BRAUBERG  quot;Contract quot;, зеленая, до 100 л., 0,7 мм, 221784</t>
   </si>
   <si>
     <t>Папка бизнес-класса BRAUBERG &amp;quot;Contract&amp;quot; - незаменимая вещь для организаций с высоким документооборотом. Изготовлена из высококачественного пластика зеленого цвета толщиной 0,7 мм с оригинальной линейной фактурой. Обеспечивает хранение до 100 листов формата А4. Металлический скоросшиватель с пружинным механизмом обеспечит надежную фиксацию документов. Кроме того, папка снабжена прозрачным внутренним карманом. Для идентификации имеется сменный бумажный корешок. Поставляется в индивидуальной упаковке.</t>
   </si>
   <si>
     <t>387108</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/534/tw3w2ijd3cada0qgwyzadm5tfju99fmd.jpg</t>
@@ -1484,50 +1547,62 @@
   <si>
     <t>Скоросшиватель из микрогофрокартона STAFF, 30 мм, до 300 листов, белый, 128991</t>
   </si>
   <si>
     <t>Скоросшиватель STAFF предназначен для структурирования документов и их длительного хранения в архивах. Подходит для документов формата А4 и меньше. Изготовлен из белого микрогофрокартона. Оснащен металлическим механизмом сшивания. Вмещает до 300 листов стандартной плотности. Имеет поля для подписывания на обложке. Поставляется в гофрокоробе.</t>
   </si>
   <si>
     <t>387120</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9da/m9kdxe8i8wavf4mo7vcdimyc9q40zdox.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель картонный BRAUBERG, гарантированная плотность 280 г м2, до 200 л., 122291</t>
   </si>
   <si>
     <t>Скоросшиватель BRAUBERG - надежный вариант для систематизации и продолжительного хранения деловой, технической, юридической документации, архивных данных. В нем удобно хранить анкеты и данные сотрудников или клиентов, отчеты и заявления. Подходит для документов формата А4 и меньше. Изготовлен из белого немелованного картона плотностью 280 г/м2. Оснащен металлическим механизмом сшивания. Вмещает до 200 листов стандартной плотности. Имеет надпись &amp;quot;Дело №&amp;quot; на обложке. Поставляется в гофрокоробе.</t>
   </si>
   <si>
     <t>387121</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3ee/6ir4d7qkpfijz66rgvxr30fwhi2j66af.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель картонный BRAUBERG, гарантированная плотность 300 г м2, до 200 листов, 122736</t>
+  </si>
+  <si>
+    <t>Скоросшиватель BRAUBERG - надежный вариант для систематизации и продолжительного хранения деловой, технической, юридической документации, архивных данных. В нем удобно хранить анкеты и данные сотрудников или клиентов, отчеты и заявления. Подходит для документов формата А4 и меньше. Изготовлен из белого мелованного картона плотностью 300 г/м2. Оснащен металлическим механизмом сшивания. Вмещает до 200 листов стандартной плотности. Имеет надпись &amp;quot;Дело №&amp;quot; на обложке. Поставляется в гофрокоробе.</t>
+  </si>
+  <si>
+    <t>387122</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/46e/f1e6ojo0gvtgdicp73b2wmnmehtct2np.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель картонный BRAUBERG, гарантированная плотность 400 г м2, до 200 листов, 126524</t>
   </si>
   <si>
     <t>Скоросшиватель BRAUBERG - надежный вариант для систематизации и продолжительного хранения деловой, технической, юридической документации, архивных данных. В нем удобно хранить анкеты и данные сотрудников или клиентов, отчеты и заявления. Подходит для документов формата А4 и меньше. Изготовлен из белого немелованного картона плотностью 400 г/м2. Оснащен металлическим механизмом сшивания. Вмещает до 200 листов стандартной плотности. Имеет надпись &amp;quot;Дело №&amp;quot; на обложке. Поставляется в гофрокоробе.</t>
   </si>
   <si>
     <t>387123</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a9/6sf4tx538jzhgxg6f3redwxiwt9i9vne.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель картонный BRAUBERG, плотный картон, белый, до 200 листов, 127821</t>
   </si>
   <si>
     <t>Скоросшиватель BRAUBERG - надежный вариант для систематизации и продолжительного хранения деловой, технической, юридической документации, архивных данных. В нем удобно хранить анкеты и данные сотрудников или клиентов, отчеты и заявления. Подходит для документов формата А4 и меньше. Изготовлен из белого немелованного картона. Оснащен металлическим механизмом сшивания. Вмещает до 200 листов стандартной плотности. Имеет надпись &amp;quot;Дело №&amp;quot; на обложке. Поставляется в гофрокоробе.</t>
   </si>
   <si>
     <t>387124</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bda/xi2gmhvbmx07u3wf9e2nidqt7slouv2b.jpg</t>
@@ -1571,62 +1646,50 @@
   <si>
     <t>Скоросшиватель картонный мелованный BRAUBERG, гарантированная плотность 320 г м2, белый, до 200 листов, 121512</t>
   </si>
   <si>
     <t>Скоросшиватель BRAUBERG - надежный вариант для систематизации и продолжительного хранения деловой, технической, юридической документации, архивных данных. В нем удобно хранить анкеты и данные сотрудников или клиентов, отчеты и заявления. Подходит для документов формата А4 и меньше. Изготовлен из белого мелованного картона плотностью 320 г/м2. Оснащен металлическим механизмом сшивания. Вмещает до 200 листов стандартной плотности. Имеет надпись &amp;quot;Дело №&amp;quot; на обложке. Поставляется в гофрокоробе.</t>
   </si>
   <si>
     <t>387128</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e4c/ydm331u08yjonw0fw7unjhko662igg2a.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель картонный мелованный BRAUBERG, гарантированная плотность 360 г м2, красный, до 200 листов, 124575</t>
   </si>
   <si>
     <t>Скоросшиватель BRAUBERG - надежный вариант для систематизации и продолжительного хранения деловой, технической, юридической документации, архивных данных. В нем удобно хранить анкеты и данные сотрудников или клиентов, отчеты и заявления. Подходит для документов формата А4 и меньше. Изготовлен из красного мелованного картона плотностью 360 г/м2. Оснащен металлическим механизмом сшивания. Вмещает до 200 листов стандартной плотности. Имеет надпись &amp;quot;Дело №&amp;quot; на обложке. Поставляется в гофрокоробе.</t>
   </si>
   <si>
     <t>387131</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/370/zg4apif2ogl5ltowmxm66mgx0nosdxwa.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/af8/b1xob8ssvp1az45tibel1doiso6e4bjm.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель картонный мелованный BRAUBERG, гарантированная плотность 440 г м2, до 200 листов, 128 987</t>
   </si>
   <si>
     <t>Скоросшиватель BRAUBERG - надежный вариант для систематизации и продолжительного хранения деловой, технической, юридической документации, архивных данных. В нем удобно хранить анкеты и данные сотрудников или клиентов, отчеты и заявления. Подходит для документов формата А4 и меньше. Изготовлен из белого мелованного картона плотностью 440 г/м2. Оснащен металлическим механизмом сшивания. Вмещает до 200 листов стандартной плотности. Имеет надпись &amp;quot;Дело №&amp;quot; на обложке. Поставляется в гофрокоробе.</t>
   </si>
   <si>
     <t>387133</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/376/mbc2jkv06zrmahse5oqdenfsz453nc0u.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель пластиковый BRAUBERG, А4, 130 180 мкм, голубой, 220386</t>
   </si>
   <si>
     <t>Классический мягкий пластиковый скоросшиватель BRAUBERG предназначен для систематизации, хранения и транспортировки документов. Защищает бумаги от загрязнений, пыли, влаги и прочих механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика верхнего листа составляет 130 мкм, а нижнего - 180 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из качественного полипропилена. Прозрачный верхний лист позволяет определить содержимое, не открывая скоросшиватель, который к тому же снабжен сменным пластиковым корешком, что дает возможность структурировать информацию. Благодаря фактуре &amp;quot;песок&amp;quot; и яркому голубому цвету обложки папка никогда не затеряется на полке.</t>
   </si>
   <si>
     <t>387137</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b7b/ck0wtasnlhxvjgt63e60b4xnho6pkcam.jpg</t>
@@ -1880,1778 +1943,1667 @@
   <si>
     <t>387163</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e3a/e3aaaedec986923c9ee43f0c59e9552c.jpeg</t>
   </si>
   <si>
     <t>Папка обложка Дело 360г м2 немелованная, 200 шт уп</t>
   </si>
   <si>
     <t>Папка обложка Дело 360г/м2 немелованная, 200 шт уп</t>
   </si>
   <si>
     <t>416183</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/67f/67f01ae41aa4bc742e6155195692944a/7fa8d5e1de3472b0af2a65cc8c1687df.jpg</t>
   </si>
   <si>
     <t>Папка с пружин.скорос-телем Attache экономи 0,4 синий</t>
   </si>
   <si>
     <t>416184</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3ea/3eab8fe6ce977789c57e65fbfedc6341/de9a7cf26f8c9907bdec17ed77dd0947.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c26/c26d65ab4ad2c38cc4ba7be905f0fff3/ac24f71318c09f691b13f498ade4b8e1.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель с пруж.мех. Attache Digital, черный.</t>
   </si>
   <si>
     <t>Папка скорос-тель с пруж.мех. Attache Digital, черный.</t>
   </si>
   <si>
     <t>416186</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b23/b23ce218936988ac6cf3f929ab124f4e/89bb15001bf6c2ba41ede7424f9cebd6.jpg</t>
-[...20 lines deleted...]
-    <t>416188</t>
+    <t>http://anytos.ru//upload/iblock/719/719a113f34e731d27ce02956cf846e76/cde23a33761033a25923e84b928c35f5.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель ДЕЛО 280г м2 мелованная 200шт уп.</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель ДЕЛО 280г/м2 мелованная 200шт/уп.</t>
+  </si>
+  <si>
+    <t>416191</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/582/du5c4bqf8spw7cvllj0dqv1k6exhn81p.jpg</t>
+  </si>
+  <si>
+    <t>Механизмы для скоросшивания металло-пластиковые, КОМПЛЕКТ 10 шт., 80х110 мм, STAFF, 223525</t>
+  </si>
+  <si>
+    <t>Механизмы для скоросшивания STAFF предназначены для легкого и быстрого сшивания документов и перемещения их в архивные короба. Металлическая проволока, покрытая пластиком, легко гнется. Вмещают до 800 листов. Длина ножек составляет 110 мм. Расстояние между отверстиями - 80 мм. Длина механизма - 110 мм. 10 штук в комплекте.</t>
+  </si>
+  <si>
+    <t>426428</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d7e/14cjcj7ois96up980ttilrpd635252xf.jpg</t>
+  </si>
+  <si>
+    <t>Механизмы для скоросшивания металло-пластиковые, КОМПЛЕКТ 10 шт., 80х200 мм, STAFF, 228475</t>
+  </si>
+  <si>
+    <t>Механизмы для скоросшивания STAFF предназначены для легкого и быстрого сшивания документов и перемещения их в архивные короба. Металлическая проволока, покрытая пластиком, легко гнется. Вмещают до 1600 листов. Длина ножек составляет 200 мм. Расстояние между отверстиями - 80 мм. Длина механизма - 200 мм. 10 штук в комплекте.</t>
+  </si>
+  <si>
+    <t>426429</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c4/jharrr2didwq80j5rssj15cg615gf22j.jpg</t>
+  </si>
+  <si>
+    <t>Папка архивная для переплета  quot;Форма 21 quot;, 40 мм, с гребешками, БУРАЯ, 4 отверстия, завязки, STAFF</t>
+  </si>
+  <si>
+    <t>Папка архивная STAFF для переплета по &amp;quot;Форме 21&amp;quot; предназначена для ведения личных дел сотрудников. Папка стандартного формата А4 вмещает до 400 листов. Материал крышки выполнен из переплетного картона, материал корешка - из бумвинила. Ширина корешка составляет 40 мм. Внутренние гребешки с четырьмя отверстиями позволяют подшивать документы с помощью тесьмы, нити или механизма для скоросшивания. Подходит для работы со станками для архивного переплета документов УПД &amp;#40;531081, 531082&amp;#41;.</t>
+  </si>
+  <si>
+    <t>426431</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da5/qna9jqve6j9atbgxcs2ww3i27anr6kdi.jpg</t>
+  </si>
+  <si>
+    <t>Папка с металлическим скоросшивателем и внутренним карманом BRAUBERG  quot;Neon quot;, 16 мм, зеленая, до 100 листов, 0,7 мм, 227464</t>
+  </si>
+  <si>
+    <t>Папка BRAUBERG &amp;quot;Neon&amp;quot; - незаменимая вещь для организаций с высоким документооборотом. Изготовлена из высококачественного пластика зеленого неонового цвета толщиной 0,7 мм с оригинальной линейной фактурой. Обеспечивает хранение до 100 листов формата А4. Металлический скоросшиватель с пружинным механизмом обеспечит надежную фиксацию документов. Кроме того, папка снабжена прозрачным внутренним карманом. Для идентификации имеется бумажный корешок. Поставляется в индивидуальной упаковке.</t>
+  </si>
+  <si>
+    <t>426432</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/180/vi04dk3e3v0lc5kejtsoge6dlz2nxmap.jpg</t>
+  </si>
+  <si>
+    <t>Папка с металлическим скоросшивателем и внутренним карманом BRAUBERG  quot;Neon quot;, 16 мм, желтая, до 100 листов, 0,7 мм, 227465</t>
+  </si>
+  <si>
+    <t>Папка BRAUBERG &amp;quot;Neon&amp;quot; - незаменимая вещь для организаций с высоким документооборотом. Изготовлена из высококачественного пластика желтого неонового цвета толщиной 0,7 мм с фактурой &amp;quot;песок&amp;quot;. Обеспечивает хранение до 100 листов формата А4. Металлический скоросшиватель с пружинным механизмом обеспечит надежную фиксацию документов. Кроме того, папка снабжена прозрачным внутренним карманом. Для идентификации имеется бумажный корешок. Поставляется в индивидуальной упаковке.</t>
+  </si>
+  <si>
+    <t>426433</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb7/vx9ngei7jsyssqme90v1dubjqykoanfc.jpg</t>
+  </si>
+  <si>
+    <t>Папка с металлическим скоросшивателем и внутренним карманом BRAUBERG  quot;Neon quot;, 16 мм, розовая, до 100 листов, 0,7 мм, 227466</t>
+  </si>
+  <si>
+    <t>Папка BRAUBERG &amp;quot;Neon&amp;quot; - незаменимая вещь для организаций с высоким документооборотом. Изготовлена из высококачественного пластика розового неонового цвета толщиной 0,7 мм с фактурой &amp;quot;песок&amp;quot;. Обеспечивает хранение до 100 листов формата А4. Металлический скоросшиватель с пружинным механизмом обеспечит надежную фиксацию документов. Кроме того, папка снабжена прозрачным внутренним карманом. Для идентификации имеется бумажный корешок. Поставляется в индивидуальной упаковке.</t>
+  </si>
+  <si>
+    <t>426434</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4ae/u1j1c91wwuh2h0zfuta208dwdgv2ttxx.jpg</t>
+  </si>
+  <si>
+    <t>Папка с металлическим скоросшивателем и внутренним карманом BRAUBERG  quot;Neon quot;, 16 мм, синяя, до 100 листов, 0,7 мм, 227467</t>
+  </si>
+  <si>
+    <t>Папка BRAUBERG &amp;quot;Neon&amp;quot; - незаменимая вещь для организаций с высоким документооборотом. Изготовлена из высококачественного пластика синего неонового цвета толщиной 0,7 мм с фактурой &amp;quot;песок&amp;quot;. Обеспечивает хранение до 100 листов формата А4. Металлический скоросшиватель с пружинным механизмом обеспечит надежную фиксацию документов. Кроме того, папка снабжена прозрачным внутренним карманом. Для идентификации имеется бумажный корешок. Поставляется в индивидуальной упаковке.</t>
+  </si>
+  <si>
+    <t>426435</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/09a/vt4aoyje2ildl0blt2gafxgd5mrn4zil.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый BRAUBERG, А4, 130 180 мкм, желтый, 228671</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель BRAUBERG предназначен для презентаций, систематизации и хранения документов. Защищает бумаги от загрязнений, пыли, механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика для верхнего листа - 130 мкм, для нижнего - 180 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из полипропилена. Снабжен прозрачным верхним листом. Для идентификации имеет сменный пластиковый корешок. Благодаря фактуре &amp;quot;песок&amp;quot; и яркому желтому цвету обложки важная папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>426436</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf9/3tcqwlwwxdgrtlt7jp47gbup8uxy94oq.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый BRAUBERG, А4, 130 180 мкм, розовый, 228672</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель BRAUBERG предназначен для систематизации, хранения и транспортировки документов. Защищает бумаги от загрязнений, пыли, влаги и прочих механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика верхнего листа составляет 130 мкм, а нижнего - 180 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из качественного полипропилена. Прозрачный верхний лист позволяет определить содержимое, не открывая скоросшиватель, который к тому же снабжен сменным пластиковым корешком, что дает возможность структурировать информацию. Благодаря фактуре &amp;quot;песок&amp;quot; и яркому розовому цвету обложки ваша папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>426437</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/452/uk7gs93rcac2qq4mjhz8z2v7y1ismrn5.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый BRAUBERG, А4, 130 180 мкм, оранжевый, 228673</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель BRAUBERG предназначен для презентаций, систематизации и хранения документов. Защищает бумаги от загрязнений, пыли, механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика для верхнего листа - 130 мкм, для нижнего - 180 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из полипропилена. Снабжен прозрачным верхним листом. Для идентификации имеет сменный пластиковый корешок. Благодаря фактуре &amp;quot;песок&amp;quot; и насыщенному оранжевому цвету обложки важная папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>426438</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8e5/0scw2d58w61mv74pdifkyiiklt6fr05g.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый BRAUBERG, А4, 130 180 мкм, салатовый, 228674</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель BRAUBERG предназначен для презентаций, систематизации и хранения документов. Защищает бумаги от загрязнений, пыли, механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика для верхнего листа - 130 мкм, для нижнего - 180 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из полипропилена. Снабжен прозрачным верхним листом. Для идентификации имеет сменный пластиковый корешок. Благодаря фактуре &amp;quot;песок&amp;quot; и салатовому цвету обложки важная папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>426439</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ea/r9o8i0vx1r2843sonupq9kakuurb0duy.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый BRAUBERG, А4, 130 180 мкм, бирюзовый, 228675</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель BRAUBERG предназначен для презентаций, систематизации и хранения документов. Защищает бумаги от загрязнений, пыли, механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика для верхнего листа - 130 мкм, для нижнего - 180 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из полипропилена. Снабжен прозрачным верхним листом. Для идентификации имеет сменный пластиковый корешок. Благодаря фактуре &amp;quot;песок&amp;quot; и яркому бирюзовому цвету обложки важная папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>426440</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08b/iri2zl0lmq98x5ph49dqogmo4j9malx7.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый BRAUBERG, А4, 130 180 мкм, белый, 228676</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель BRAUBERG предназначен для презентаций, систематизации и хранения документов. Защищает бумаги от загрязнений, пыли, механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика для верхнего листа - 130 мкм, для нижнего - 180 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из полипропилена. Снабжен прозрачным верхним листом. Для идентификации имеет сменный пластиковый корешок. Благодаря фактуре &amp;quot;песок&amp;quot; и белоснежному цвету обложки важная папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>426441</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/07a/oet4k4trsuriitn8d7lyk4y33on59i3p.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый ЮНЛАНДИЯ, А4, 130 180 мкм, желтый 228677</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель ЮНЛАНДИЯ подойдет для учащихся, школьников. Защитит ваши бумаги от загрязнений и повреждений. Фиксирует до 100 листов формата А4. Толщина пластика для верхнего листа - 130 мкм, для нижнего - 180 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из полипропилена. Снабжен прозрачным верхним листом. Для идентификации имеет сменный пластиковый корешок. Благодаря фактуре &amp;quot;песок&amp;quot; и яркому желтому цвету обложки важная папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>426442</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ea/kmzh3cbbocc4stn665n92ownaaqw5f38.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый ЮНЛАНДИЯ, А4, 130 180 мкм, голубой, 228678</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель ЮНЛАНДИЯ подойдет для учащихся, школьников. Защитит ваши бумаги от загрязнений и повреждений. Фиксирует до 100 листов формата А4. Толщина пластика для верхнего листа - 130 мкм, для нижнего - 180 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из полипропилена. Снабжен прозрачным верхним листом. Для идентификации имеет сменный пластиковый корешок. Благодаря фактуре &amp;quot;песок&amp;quot; и яркому голубому цвету обложки важная папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>426443</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d98/jzt77ehj5qdsqgg2peyjbejc8ocfmk41.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый ЮНЛАНДИЯ, А4, 130 180 мкм, салатовый, 228679</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель ЮНЛАНДИЯ подойдет для учащихся, школьников. Защитит ваши бумаги от загрязнений и повреждений. Фиксирует до 100 листов формата А4. Толщина пластика для верхнего листа - 130 мкм, для нижнего - 180 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из полипропилена. Снабжен прозрачным верхним листом. Для идентификации имеет сменный пластиковый корешок. Благодаря фактуре &amp;quot;песок&amp;quot; и яркому салатовому цвету обложки важная папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>426444</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d13/f6cxbbf3wf827pf440fh9lbf9pyj2cmn.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый STAFF, А4, 100 120 мкм, голубой, 229236</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель STAFF предназначен для систематизации, хранения и транспортировки документов. Защищает бумаги от загрязнений, пыли, влаги и прочих механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика верхнего листа составляет 100 мкм, а нижнего - 120 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из качественного полипропилена. Прозрачный верхний лист позволяет определить содержимое, не открывая скоросшиватель, который к тому же снабжен сменным пластиковым корешком, что дает возможность структурировать информацию. Благодаря гладкой фактуре и яркому голубому цвету обложки папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>472994</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/77b/4u7m514in2yb029jecqo9f41wuueb6ej.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый STAFF, А4, 100 120 мкм, фиолетовый, 229237</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель STAFF предназначен для систематизации, хранения и транспортировки документов. Защищает бумаги от загрязнений, пыли, влаги и прочих механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика верхнего листа составляет 100 мкм, а нижнего - 120 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из качественного полипропилена. Прозрачный верхний лист позволяет определить содержимое, не открывая скоросшиватель, который к тому же снабжен сменным пластиковым корешком, что дает возможность структурировать информацию. Благодаря гладкой фактуре и яркому фиолетовому цвету обложки папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>472995</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/811/pqynr3j1c3n6ai8do0w1ek3oc3tboke5.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый STAFF, А4, 100 120 мкм, серый, 229238</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель STAFF предназначен для систематизации, хранения и транспортировки документов. Защищает бумаги от загрязнений, пыли, влаги и прочих механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика верхнего листа составляет 100 мкм, а нижнего - 120 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из качественного полипропилена. Прозрачный верхний лист позволяет определить содержимое, не открывая скоросшиватель, который к тому же снабжен сменным пластиковым корешком, что дает возможность структурировать информацию. Благодаря гладкой фактуре и строгому серому цвету обложки папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>472996</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c41/3c29an30vhwagaj9w1n8nh3x9wfpq2g2.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый STAFF, А4, 100 120 мкм, черный, 229239</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель STAFF предназначен для систематизации, хранения и транспортировки документов. Защищает бумаги от загрязнений, пыли, влаги и прочих механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика верхнего листа составляет 100 мкм, а нижнего - 120 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из качественного полипропилена. Прозрачный верхний лист позволяет определить содержимое, не открывая скоросшиватель, который к тому же снабжен сменным пластиковым корешком, что дает возможность структурировать информацию. Благодаря гладкой фактуре и строгому черному цвету обложки папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>472997</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a25/a25c2f10648e06feed611c8fdc2f2292/67ef3842e0b13b6978458d9f273a70c5.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель OfficeSpace  quot;Дело quot;, картон немелованный, 300г м2, белый, пробитый, до 200л.</t>
+  </si>
+  <si>
+    <t>560617</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ec/p1yzfb0byaspyl2v6p1obyni1nerjejl.jpg</t>
+  </si>
+  <si>
+    <t>Папка с металлическим скоросшивателем и внутренним карманом BRAUBERG  quot;Диагональ quot;, темно-синяя, до 100 листов, 0,6 мм, 221352</t>
+  </si>
+  <si>
+    <t>Папка BRAUBERG &amp;quot;Диагональ&amp;quot; - незаменимая вещь для организаций с высоким документооборотом. Изготовлена из высококачественного пластика темно-синего цвета толщиной 0,6 мм с оригинальной диагональной фактурой. Обеспечивает хранение до 100 листов формата А4. Металлический скоросшиватель с пружинным механизмом обеспечит надежную фиксацию документов. Кроме того, папка снабжена прозрачным внутренним карманом. Для идентификации имеется бумажный корешок. Поставляется в индивидуальной упаковке.</t>
+  </si>
+  <si>
+    <t>564967</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d4/38eopvddwu1asb8m91r5yrt8yoir6gqi.jpg</t>
+  </si>
+  <si>
+    <t>Папка с металлическим скоросшивателем и внутренним карманом BRAUBERG диагональ, черная, до 100 листов, 0,6 мм, 221351</t>
+  </si>
+  <si>
+    <t>Папка BRAUBERG &amp;quot;Диагональ&amp;quot; - незаменимая вещь для организаций с высоким документооборотом. Изготовлена из высококачественного пластика черного цвета толщиной 0,6 мм с оригинальной диагональной фактурой. Обеспечивает хранение до 100 листов формата А4. Металлический скоросшиватель с пружинным механизмом обеспечит надежную фиксацию документов. Кроме того, папка снабжена прозрачным внутренним карманом. Для идентификации имеется бумажный корешок. Поставляется в индивидуальной упаковке.</t>
+  </si>
+  <si>
+    <t>564968</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74c/74cef13e6511a0493e2fd1ea24677aba/d723d2f1a8c0820994e3f9d27484804e.jpg</t>
+  </si>
+  <si>
+    <t>Механизм для скоросшивания ATTACHE 50 шт. наб., синий</t>
+  </si>
+  <si>
+    <t>Механизм для скоросшивания ATTACHE 50 шт./наб., синий</t>
+  </si>
+  <si>
+    <t>585561</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f0e/f0e829284fee7798a97d7829834c9e64/b2e1b0ba5d1721363b62e1482f9fd6a8.jpg</t>
+  </si>
+  <si>
+    <t>Папка обложка Дело 440г м2 немелованная, 10 шт уп</t>
+  </si>
+  <si>
+    <t>Папка обложка Дело 440г/м2 немелованная, 10 шт уп</t>
+  </si>
+  <si>
+    <t>585564</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf4/cf42f7c20e803df0972b30e25fd5f3f2/9073dad0b4b3f42132a8d615ffbf19e8.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель ДЕЛО 400 г м2 мелованная 200шт уп</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель ДЕЛО 400 г/м2 мелованная 200шт/уп</t>
+  </si>
+  <si>
+    <t>585565</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ea/7eafdc0c65bfbfda8e4680dcb204958e/d5f78c897863294c42efb3ca98e9b6b8.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель гофрокартон 30мм белый 5шт уп</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель гофрокартон 30мм белый 5шт/уп</t>
+  </si>
+  <si>
+    <t>585566</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4ba/4ba471f7705308dc1a89067a45d58cf8/fbbd4b590a7a6d175efc8ae4cc3415bc.jpg</t>
+  </si>
+  <si>
+    <t>Папка с металическим скоросшивателем Attache F5 700мкм 100л, песок, синий</t>
+  </si>
+  <si>
+    <t>585567</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7d2/7d2db5071598ca08b948e08a161e7c1f/881bb72967880cfc31d16c8226bf7b48.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый с внутренним карманом Attache А4 крас 200л,0,7мм</t>
+  </si>
+  <si>
+    <t>585568</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/390/390cb4adecdf94064e0339065c444242/35fdf72d4beda7ca4d6a92b80ad2bbc2.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый с внутренним карманом Attache А4 зел 200л,0,7 мм</t>
+  </si>
+  <si>
+    <t>585570</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/440/4407b975584d6360a619409d3d08c6e4/6d6e5b9789536277e41c7afa624228bc.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый с внутренним карманом Attache А4 син 200л,0,7мм</t>
+  </si>
+  <si>
+    <t>585571</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a00/a00aa50db05b16bdd78d79d9796d9d04/98f409afb198a915bd0e309eabca80c8.jpg</t>
+  </si>
+  <si>
+    <t>Папка скорос-тель A4 Attache цвет в ассортименте 140 150 мкм 10 шт уп</t>
+  </si>
+  <si>
+    <t>Папка скорос-тель A4 Attache цвет в ассортименте 140/150 мкм 10 шт/уп</t>
+  </si>
+  <si>
+    <t>613037</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9bc/9bc0af0c412f0cf32904c5fa1fc6e744/f3c4abf632a38d01a5b73aacdf26739d.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель ДЕЛО Attache Economy, немел., 100 шт уп.пакет</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель ДЕЛО Attache Economy, немел., 100 шт/уп.пакет</t>
+  </si>
+  <si>
+    <t>613038</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/565/565184fd113bcf4fbaa7c1932d79bfe4.jpg</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo  quot;Aqua quot;, 17мм, 600мкм, с внутр. карманом, с рисунком</t>
+  </si>
+  <si>
+    <t>Папка пластиковая с пружинным скоросшивателем Berlingo &amp;quot;Aqua&amp;quot; формата А4 черного цвета с рисунком. Белый цвет внутренней поверхности. Черный-красный цвет скоросшивателя. Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина обложки 600мкм. На внутренней стороне обложки оснащена плотным прозрачным карманом для удобного хранения мелочей: ручки, заметок, визиток, дисков, флешек и др. Папка вмещает до 150 листов. Упакована в индивидуальный прозрачный пакет по форме.</t>
+  </si>
+  <si>
+    <t>614534</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/56c/56ca296b20dceab2fe58340f06f16746.jpg</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo  quot;Color Storm quot;, 17мм, 600мкм, с внутр. карманом, с рисунко</t>
+  </si>
+  <si>
+    <t>Папка пластиковая с пружинным скоросшивателем Berlingo &amp;quot;Color Storm&amp;quot; формата А4 с рисунком. Белый цвет внутренней поверхности. Черный-красный цвет скоросшивателя. Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина обложки 600мкм. На внутренней стороне обложки оснащена плотным прозрачным карманом для удобного хранения мелочей: ручки, заметок, визиток, дисков, флешек и др. Папка вмещает до 150 листов. Упакована в индивидуальный прозрачный пакет по форме.</t>
+  </si>
+  <si>
+    <t>614537</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7b8/7b85580a56ba51e8d2760ea4b0782ea4.jpg</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo  quot;DoubleBlack quot;, 17мм, 600мкм, черная, с внутр. карманом, с</t>
+  </si>
+  <si>
+    <t>Папка пластиковая с пружинным скоросшивателем Berlingo &amp;quot;DoubleBlack&amp;quot; формата А4 черного цвета с рельефным рисунком UV-лаком. Черный цвет внутренней поверхности. Черный-красный цвет скоросшивателя. Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина обложки 600мкм. На внутренней стороне обложки оснащена плотным прозрачным карманом для удобного хранения мелочей: ручки, заметок, визиток, дисков, флешек и др. Папка вмещает до 150 листов. Упакована в индивидуальный прозрачный пакет по форме.</t>
+  </si>
+  <si>
+    <t>614538</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bcb/bcbd875a7a026c691c1a3f6ed11dd7d0.jpg</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo  quot;Eco quot;, 17мм, 600мкм, прозрачная, с внутр. карманом, с рис</t>
+  </si>
+  <si>
+    <t>Папка пластиковая с пружинным скоросшивателем Berlingo &amp;quot;Eco&amp;quot; формата А4 белого цвета с рисунком. Белый цвет внутренней поверхности. Черный-красный цвет скоросшивателя. Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина обложки 600мкм. На внутренней стороне обложки оснащена плотным прозрачным карманом для удобного хранения мелочей: ручки, заметок, визиток, дисков, флешек и др. Папка вмещает до 150 листов. Упакована в индивидуальный прозрачный пакет по форме.</t>
+  </si>
+  <si>
+    <t>614539</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/589/5892b14ac40066b86f953630325d0fab.jpg</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo  quot;Radiance quot;, 17мм, 600мкм, с внутр. карманом, голубой зеленый градиент</t>
+  </si>
+  <si>
+    <t>Папка пластиковая с пружинным скоросшивателем Berlingo &amp;quot;Radiance&amp;quot; формата А4. Цвет: сине-зеленый градиент. Черный цвет внутренней поверхности. Черный-красный цвет скоросшивателя. Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина обложки 600мкм. На внутренней стороне обложки оснащена плотным прозрачным карманом для удобного хранения мелочей: ручки, заметок, визиток, дисков, флешек и др. Папка вмещает до 150 листов. Упакована в индивидуальный прозрачный пакет по форме.</t>
+  </si>
+  <si>
+    <t>614543</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae9/ae932a3c9136f041c7a883329d890fba.jpg</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo  quot;Radiance quot;, 17мм, 600мкм, с внутр. карманом, желтый розовый градиент</t>
+  </si>
+  <si>
+    <t>Папка пластиковая с пружинным скоросшивателем Berlingo &amp;quot;Radiance&amp;quot; формата А4. Цвет: желто-розовый градиент. Черный цвет внутренней поверхности. Черный-красный цвет скоросшивателя. Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина обложки 600мкм. На внутренней стороне обложки оснащена плотным прозрачным карманом для удобного хранения мелочей: ручки, заметок, визиток, дисков, флешек и др. Папка вмещает до 150 листов. Упакована в индивидуальный прозрачный пакет по форме.</t>
+  </si>
+  <si>
+    <t>614544</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/934/9341cfbe605676fff8843561ba6451c7.jpg</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo  quot;Radiance quot;, 17мм, 600мкм, с внутр. карманом, розовый голубой градиент</t>
+  </si>
+  <si>
+    <t>Папка пластиковая с пружинным скоросшивателем Berlingo &amp;quot;Radiance&amp;quot; формата А4. Цвет: розово-голубой градиент. Черный цвет внутренней поверхности. Черный-красный цвет скоросшивателя. Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина обложки 600мкм. На внутренней стороне обложки оснащена плотным прозрачным карманом для удобного хранения мелочей: ручки, заметок, визиток, дисков, флешек и др. Папка вмещает до 150 листов. Упакована в индивидуальный прозрачный пакет по форме.</t>
+  </si>
+  <si>
+    <t>614545</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/605/605073ffed469940d01929ac5698906b.jpg</t>
+  </si>
+  <si>
+    <t>Механизм для скоросшивания разъемн Attache метал пласт,10 шт,зел, до 1600л.</t>
+  </si>
+  <si>
+    <t>Механизм для скоросшивания разъемн Attache метал/пласт,10 шт,зел, до 1600л.</t>
+  </si>
+  <si>
+    <t>626175</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb0/t3byb8mioob9aa3md385m1e0r7jrzc13.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель металлический STAFF  quot;Basic quot;, КОМПЛЕКТ 50 шт., 224622</t>
+  </si>
+  <si>
+    <t>Скоросшиватели STAFF предназначены для легкого и быстрого сшивания документов и перемещения их в архивные короба. Изготовлены из металла. Механизмы надежно фиксируют бумаги. Вмещают до 400 листов. Длина ножек составляет 50 мм. Расстояние между отверстиями - 80 мм. Длина механизма - 180 мм. В комплект входит 50 штук.</t>
+  </si>
+  <si>
+    <t>628585</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/97f/97ff0bdb61fc06d482bf60a9b9de2da3.jpg</t>
+  </si>
+  <si>
+    <t>Обложка дело Attache Economy, 100 шт уп.пакет</t>
+  </si>
+  <si>
+    <t>Обложка дело Attache Economy, 100 шт/уп.пакет</t>
+  </si>
+  <si>
+    <t>629417</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c63/c63d4261596b122dcf2eec14ee8d649e.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель картонный ДЕЛО немелованная</t>
+  </si>
+  <si>
+    <t>648465</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0b0/19wz9btcf888uaomf35lddd5zdz5fh4b.jpg</t>
+  </si>
+  <si>
+    <t>Механизм скоросшиватель полоска до 100 листов, КОМПЛЕКТ 50 шт., металл, 160х35 мм, STAFF, 229824</t>
+  </si>
+  <si>
+    <t>Механизм для скоросшивателя STAFF применяется для сшивания документов с перфорацией и их архивирования. В комплект входит 50 штук. Механизм размером 160х36 мм состоит из металлопластика синего цвета. Длина ножек - 35 мм, а расстояние между отверстиями составляет 80 мм. Вмещает до 100 листов.</t>
+  </si>
+  <si>
+    <t>693173</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3f0/8hg5gkmih1bg2i3lkpzsyto2hm7p9dso.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая Erich Krause Fizzy Pastel Mint, A4  в пакете по 20 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластиковая Erich Krause Fizzy Pastel Mint, A4 &amp;#40;в пакете по 20 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>698580</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e98/h9543kra2gl2vkovlcjibvja9gge16ev.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая Erich Krause Fizzy Pastel, A4, голубой  в пакете по 20 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластиковая Erich Krause Fizzy Pastel, A4, голубой &amp;#40;в пакете по 20 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>698581</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12c/0wiflpo4xbk6u3o1hcbqq5fkygn9ngvr.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая Erich Krause Fizzy Pastel, A4, розовый  в пакете по 20 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластиковая Erich Krause Fizzy Pastel, A4, розовый &amp;#40;в пакете по 20 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>698583</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae5/6mvkzulufxpanrtsuqgf97svnif8vjo1.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая Erich Krause Fizzy Pastel, A4, фиолетовый  в пакете по 20 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластиковая Erich Krause Fizzy Pastel, A4, фиолетовый &amp;#40;в пакете по 20 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>698584</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/65e/ntyljq95ccjpm26efkeoazqc3nwwwivh.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая Erich Krause Fizzy Neon, A4, ассорти  в пакете по 20 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластиковая формата А4 из высококачественного пластика с текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для быстрого сшивания, хранения и просмотра документов. Цвет папки – ассорти: желтый, зеленый, оранжевый, розовый. Механизм - механический скоросшиватель; прозрачный верхний лист; усиленный пластиковый корешок с прозрачной полосой для информационной карточки Папка вмещает до 130 бумажных листов. Размер - 312х230 мм, толщина верхнего листа - 0.12 мм, толщина нижнего листа - 0.16 мм.</t>
+  </si>
+  <si>
+    <t>698585</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ca/4yz852d9kllxvbq4t6o2q5ndq8b43ie9.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая Erich Krause Fizzy Classic, A4, ассорти  в пакете по 20 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластиковая формата А4 из высококачественного пластика с текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для быстрого сшивания, хранения и просмотра документов. Цвет папки – ассорти: черный, синий, зеленый, красный. Механизм - механический скоросшиватель. Папка вмещает до 130 бумажных листов. Размер - 312х230 мм, толщина - 0.14 мм.</t>
+  </si>
+  <si>
+    <t>698586</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b1/z58dk2sreyrz0mkmhn8mjkngi1pb1v7n.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая Erich Krause Fizzy Classic, A4, зеленый  в пакете по 20 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластиковая формата А4 из высококачественного пластика с текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для быстрого сшивания, хранения и просмотра документов. Цвет папки – зеленый. Механизм - механический скоросшиватель. Папка вмещает до 130 бумажных листов. Размер - 312х230 мм, толщина - 0.14 мм.</t>
+  </si>
+  <si>
+    <t>698587</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b29/e87d425r2t6t7vpgc7yt23yr4efeftos.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая Erich Krause Fizzy Classic, A4, красный  в пакете по 20 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластиковая формата А4 из высококачественного пластика с текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для быстрого сшивания, хранения и просмотра документов. Цвет папки – красный. Механизм - механический скоросшиватель. Папка вмещает до 130 бумажных листов. Размер - 312х230 мм, толщина - 0.14 мм.</t>
+  </si>
+  <si>
+    <t>698588</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/89c/fcr7lgw7k7yi49cayn4ttc1bt7x831wf.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая Erich Krause Fizzy Classic, A4, синий  в пакете по 20 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластиковая формата А4 из высококачественного пластика с текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для быстрого сшивания, хранения и просмотра документов. Цвет папки – синий. Механизм - механический скоросшиватель. Папка вмещает до 130 бумажных листов. Размер - 312х230 мм, толщина - 0.14 мм.</t>
+  </si>
+  <si>
+    <t>698589</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/913/661g0b6tbd0ka70uopa53wbvlzjtl3zo.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая Erich Krause Fizzy Classic, A4, черный  в пакете по 20 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластиковая формата А4 из высококачественного пластика с текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для быстрого сшивания, хранения и просмотра документов. Цвет папки – черный. Механизм - механический скоросшиватель. Папка вмещает до 130 бумажных листов. Размер - 312х230 мм, толщина - 0.14 мм.</t>
+  </si>
+  <si>
+    <t>698590</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/212/ihtqe5pz37lqbs4syd8xb3g5sc2u756t.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая Erich Krause Fizzy Vivid, A4, ассорти  в пакете по 20 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластиковая формата А4 из высококачественного пластика с текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для быстрого сшивания, хранения и просмотра документов. Цвет папки – ассорти: бирюзовый, синий, фиолетовый, маджента. Механизм - механический скоросшиватель; прозрачный верхний лист; усиленный пластиковый корешок с прозрачной полосой для информационной карточки Папка вмещает до 130 бумажных листов. Размер - 312х230 мм, толщина верхнего листа - 0.12 мм, толщина нижнего листа - 0.16 мм.</t>
+  </si>
+  <si>
+    <t>698591</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b09/z5deoz1zy0wvia2fvqh4ahpae6y00eur.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая Erich Krause Fizzy Pastel, A4, ассорти  в пакете по 20 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластиковая формата А4 из высококачественного пластика с текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для быстрого сшивания, хранения и просмотра документов. Цвет папки – ассорти: фиолетовый, желтый, голубой, розовый. Механизм - механический скоросшиватель; прозрачный верхний лист; усиленный пластиковый корешок с прозрачной полосой для информационной карточки Папка вмещает до 130 бумажных листов. Размер - 312х230 мм, толщина верхнего листа - 0.12 мм, толщина - 0.18 мм.</t>
+  </si>
+  <si>
+    <t>698592</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b57/r6entkqwxgosfngv6zbfnsa4pqg1fcir.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель с перфорацией пластиковая Erich Krause Fizzy Pastel, A4, ассорти  в пакете по 20 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель с перфорацией пластиковая формата А4 из высококачественного пластика с текстурой поверхности &amp;quot;апельсиновая корка&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для быстрого сшивания, хранения и просмотра документов. Цвет папки – ассорти: фиолетовый, желтый, голубой, розовый. Механизм - механический скоросшиватель; прозрачный верхний лист; усиленный пластиковый корешок с прозрачной полосой для информационной карточки Папка вмещает до 130 бумажных листов. Размер - 312х230 мм, толщина верхнего листа - 0.12 мм, толщина - 0.18 мм.</t>
+  </si>
+  <si>
+    <t>698605</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b13/3t18ul6mpgupjodnwksl0mpw0mmi5lhw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель с перфорацией пластиковая Erich Krause Glossy Ice Metallic, A4, ассорти  в пакете по 20 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель с перфорацией пластиковая формата А4 из высококачественного пластика с текстурой поверхности &amp;quot;зеркало&amp;quot;. Предназначена для быстрого сшивания, хранения и просмотра документов. Цвет папки – ассорти: голубой, серебряный, бирюзовый, синий. Механизм - механический скоросшиватель; прозрачный верхний лист; усиленный пластиковый корешок с прозрачной полосой для информационной карточки. Папка вмещает до 130 бумажных листов. Размер - 312х230мм, толщина верхнего листа - 0.12мм, толщина нижнего листа - 0.18мм. Поставляется в различных вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>698606</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/149/okodslepixkfaz1wjxaus3iztk6xrir7.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая с пружинным механизмом Erich Krause Diagonal Vivid, A4, ассорти  в пакете по 4 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель формата А4 из высококачественного пластика с глянцевой текстурой поверхности &amp;quot;диагональ&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для быстрого сшивания, хранения и просмотра документов. Цвет папки – ассорти: бирюзовый, синий, фиолетовый, розовый. Механизм – пружинный скоросшиватель; ширина корешка – 17 мм. Папка вмещает до 150 бумажных листов. Размер папки - 231х310х17, толщина обложки - 0.5мм. Поставляется в различных вариантах цвета/дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>698608</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d04/hqxg9zvg0jy1xg5xnk05kc4vcs520v3a.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая с пружинным механизмом Erich Krause Matt Neon, A4, ассорти  в пакете по 4 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель формата А4 из высококачественного пластика с текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для быстрого сшивания, хранения и просмотра документов. Цвет папки – ассорти: желтый, зеленый, оранжевый, розовый. Механизм – пружинный скоросшиватель; ширина корешка – 17 мм. Папка вмещает до 150 бумажных листов. Размер папки - 231х310х17, толщина обложки - 0.6мм.</t>
+  </si>
+  <si>
+    <t>698625</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/310/jhazqm1h6wvvx0q2kmogbsq6gwe0tf51.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая с пружинным механизмом Erich Krause Matt Classic, A4, ассорти  в пакете по 4 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель формата А4 из высококачественного пластика с текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для быстрого сшивания, хранения и просмотра документов. Цвет папки – ассорти: черный, синий, зеленый, красный. Механизм – пружинный скоросшиватель; ширина корешка – 17 мм. Папка вмещает до 150 бумажных листов. Размер папки - 231х310х17, толщина обложки - 0.4мм.</t>
+  </si>
+  <si>
+    <t>698626</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c1/gj1zgw7tdaim5c3hie12rw9ze1v370xx.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая с пружинным механизмом Erich Krause MEGAPOLIS, A4, ассорти  в пакете по 4 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель формата А4 из высококачественного пластика с текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для быстрого сшивания, хранения и просмотра документов. Цвет папки – ассорти: черный, синий, серый. Механизм – пружинный скоросшиватель; ширина корешка – 17 мм. Папка вмещает до 150 бумажных листов. Размер папки - 231х310х17, толщина обложки - 0.6мм.</t>
+  </si>
+  <si>
+    <t>698627</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/57e/wq8j1ycwel3jf8w89hvmkee2bejj3695.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая с пружинным механизмом Erich Krause Matt Classic, A4, зеленый  в пакете по 4 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель формата А4 из высококачественного пластика с текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для быстрого сшивания, хранения и просмотра документов. Цвет папки – зеленый. Механизм – пружинный скоросшиватель; ширина корешка – 17 мм. Папка вмещает до 150 бумажных листов. Размер папки - 231х310х17, толщина обложки - 0.4мм.</t>
+  </si>
+  <si>
+    <t>698628</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/76b/ww5d4piek5248ss0g70nyswr5z2xshio.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая с пружинным механизмом Erich Krause Matt Classic, A4, красный  в пакете по 4 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель формата А4 из высококачественного пластика с текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для быстрого сшивания, хранения и просмотра документов. Цвет папки – красный. Механизм – пружинный скоросшиватель; ширина корешка – 17 мм. Папка вмещает до 150 бумажных листов. Размер папки - 231х310х17, толщина обложки - 0.4мм.</t>
+  </si>
+  <si>
+    <t>698629</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c95/iokwaiqxt6d6ftcwhj6k80c9w3gde3l8.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель А4  quot;Darvish quot; черная</t>
+  </si>
+  <si>
+    <t>Скоросшиватель&amp;nbsp;&amp;nbsp;А4 &amp;quot;Darvish&amp;quot; черный</t>
+  </si>
+  <si>
+    <t>707565</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a3/9jxz7arbo50xf2y2jjkelekzru3pzqlz.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель А5  quot;Darvish quot; голубая</t>
+  </si>
+  <si>
+    <t>Скоросшиватель&amp;nbsp;&amp;nbsp;А5 &amp;quot;Darvish&amp;quot;&amp;nbsp;&amp;nbsp;голубой</t>
+  </si>
+  <si>
+    <t>707566</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8d3/3pn6vya6uh4fki2axfqfxje5dl0fu90n.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель А5  quot;Darvish quot; серая</t>
+  </si>
+  <si>
+    <t>Скоросшиватель&amp;nbsp;&amp;nbsp;А5 &amp;quot;Darvish&amp;quot; серый</t>
+  </si>
+  <si>
+    <t>707570</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24f/5rt1stsuyo8gzwzvxi3lgexr39rm6pjw.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель А5  quot;Darvish quot; фиолетовая</t>
+  </si>
+  <si>
+    <t>Скоросшиватель&amp;nbsp;&amp;nbsp;А5 &amp;quot;Darvish&amp;quot; фиолетовый</t>
+  </si>
+  <si>
+    <t>707572</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d3d/xtrr9c25qaffx7q360y1bvhbtrwjxjk2.jpg</t>
+  </si>
+  <si>
+    <t>Механизмы для скоросшивания Стамм, полипропиленовые, 100шт., прозрачные</t>
+  </si>
+  <si>
+    <t>Cкоросшиватель предназначен для архивирования документации. Оснащён фиксатором, позволяющим надёжно закрепить документы. Позволяет переносить и хранить документацию без папок. Длина ножек 10 см. Обеспечивает возможность подшивки до 600 листов. В наборе 100шт скоросшивателей. Упаковка: картонная коробка.</t>
+  </si>
+  <si>
+    <t>712992</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/stamm/"&gt;Стамм&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db0/23gk1jhuo75fuc9agv74z5pkoeig7x4f.jpg</t>
+  </si>
+  <si>
+    <t>Механизмы для скоросшивания Стамм, полипропиленовые, 100шт., синие</t>
+  </si>
+  <si>
+    <t>712993</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/088/xpx7ds6xgdr1oh5k9ef94bii243h91yc.jpg</t>
+  </si>
+  <si>
+    <t>Механизмы для скоросшивания Стамм, полипропиленовые, 100шт., черные</t>
+  </si>
+  <si>
+    <t>712994</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f88/rck7ca5zvnv59n8kza0vukejhhpjqcw9.jpg</t>
+  </si>
+  <si>
+    <t>Механизмы для скоросшивания Стамм, полипропиленовые, 100шт., красные</t>
+  </si>
+  <si>
+    <t>769486</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e67/j2ew7livn2he5fwzf8jiter0bunk5wi8.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый МАЛОГО ФОРМАТА  160х228мм  А5 BRAUBERG, 130 180 мкм, красный, 270460</t>
+  </si>
+  <si>
+    <t>770091</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/525/0rbiw7lcq2sjozykl2t6n2jdth02vxpg.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая ErichKrause  Glossy Ice Metallic, A4, ассорти  в пакете по 20 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластиковая ErichKrause® Glossy Ice Metallic, A4, ассорти &amp;#40;в пакете по 20 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771862</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/617/93ivy03mug13zfl5zvig0709hyhmcntt.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая с пружинным механизмом ErichKrause  Cosmonaut, A4  в пакете по 4 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластиковая с пружинным механизмом ErichKrause® Cosmonaut, A4 &amp;#40;в пакете по 4 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771863</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab5/9p4e0rvn90uvvjd1qp1v4x7rh3oc3gw9.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая с пружинным механизмом ErichKrause  Matt Classic, A4, синий  в пакете по 4 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластиковая с пружинным механизмом ErichKrause® Matt Classic, A4, синий &amp;#40;в пакете по 4 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771865</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/371/65ajdj7nj694um6e72k2njxi0hbd11r0.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая с пружинным механизмом ErichKrause  Matt Classic, A4, черный  в пакете по 4 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластиковая с пружинным механизмом ErichKrause® Matt Classic, A4, черный &amp;#40;в пакете по 4 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771866</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f6/dh8zvjxpoc8sywgy5zt8td9dwh3fu7pk.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель картонный Дело 300гр м2 мелованный 4 цвета, 20 шт уп</t>
+  </si>
+  <si>
+    <t>Скоросшиватель картонный Дело 300гр/м2 мелованный 4 цвета, 20 шт/уп</t>
+  </si>
+  <si>
+    <t>788508</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f89/ivrv7xa06lrjn8oocf31ezpa08w2rxpc.jpg</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo  quot;Eco XS quot;, 17 мм, 600 мкм, с рисунком, с внутр. карманом</t>
+  </si>
+  <si>
+    <t>Папка пластиковая с пружинным скоросшивателем Berlingo &amp;quot;Eco XS&amp;quot; формата А4 с прозрачной обложкой с рисунком. Черный-красный цвет скоросшивателя. Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина обложки 600мкм. На внутренней стороне обложки оснащена плотным прозрачным карманом для удобного хранения мелочей: ручки, заметок, визиток, дисков, флешек и др. Папка вмещает до 150 листов. Упакована в индивидуальный прозрачный пакет по форме.</t>
+  </si>
+  <si>
+    <t>801086</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d20/jwiy6nf1wzp3egyy7r5dyism8ekxy5tt.jpg</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo  quot;Neon Paradise quot;, 17 мм, 600 мкм, с рисунком, с внутр. карманом</t>
+  </si>
+  <si>
+    <t>Папка пластиковая с пружинным скоросшивателем Berlingo &amp;quot;Neon Paradise&amp;quot; формата А4 с рисунком. Белый цвет внутренней поверхности. Черный-красный цвет скоросшивателя. Изготовлена из высококачественного полипропилена с матовой текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для хранения документов. Толщина обложки 600мкм. На внутренней стороне обложки оснащена плотным прозрачным карманом для удобного хранения мелочей: ручки, заметок, визиток, дисков, флешек и др. Папка вмещает до 150 листов. Упакована в индивидуальный прозрачный пакет по форме.</t>
+  </si>
+  <si>
+    <t>801087</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/206/pig5l8nktgfs3my5iw7nc4og6wschybb.jpg</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo  quot;No Secret quot;, 17мм, 700мкм, полупрозрачная, с внутр. карманом</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo серии No Secret формата А4 станет стильным и функциональным помощником для хранения документов. Особенностью данной серии является прозрачная обложка. Ширина корешка составляет 17 мм. Папка вмещает 150 листов. Папка изготовлена из высококачественного полипропилена толщиной 700 мкм с особой фактурой с эффектом софт-тач. Внутренняя сторона обложки оснащена плотным прозрачным карманом для удобного хранения мелочей: ручки, заметок, визиток, дисков, флешек и др. Скоросшиватель выполнен в чёрно-красном цвете. Размер папки – 310*233*17 мм. Упакована в индивидуальный прозрачный пакет по форме. Папка оснащена съемным стикером с выходной информацией и штрих-кодом. • Вместимость, в листах: 150, • Формат: А4, • Цвет: прозрачный, • Ширина корешка: 17 мм</t>
+  </si>
+  <si>
+    <t>801088</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bf7/858bnfoz06k239mz6l3o6wajup8z328y.jpg</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo  quot;Soft Touch quot;, 17мм, 700мкм, желтая, с внутр. карманом</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo серии Soft Touch формата А4 станет стильным и функциональным помощником для хранения документов. Ширина корешка составляет 17 мм. Папка вмещает 150 листов. Папка изготовлена из высококачественного полипропилена толщиной 700 мкм с особой фактурой с эффектом софт-тач. Внутренняя сторона обложки оснащена плотным прозрачным карманом для удобного хранения мелочей: ручки, заметок, визиток, дисков, флешек и др. Скоросшиватель выполнен в чёрно-красном цвете. Размер папки – 310*233*17 мм. Упакована в индивидуальный прозрачный пакет по форме. Папка оснащена съемным стикером с выходной информацией и штрих-кодом. • Вместимость, в листах: 150, • Формат: А4, • Цвет: желтый, • Ширина корешка: 17 мм</t>
+  </si>
+  <si>
+    <t>801089</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c69/nxwvsvome5mrxr7ql398i1mgi8itmmp8.jpg</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo  quot;Soft Touch quot;, 17мм, 700мкм, красная, с внутр. карманом</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo серии Soft Touch формата А4 станет стильным и функциональным помощником для хранения документов. Ширина корешка составляет 17 мм. Папка вмещает 150 листов. Папка изготовлена из высококачественного полипропилена толщиной 700 мкм с особой фактурой с эффектом софт-тач. Внутренняя сторона обложки оснащена плотным прозрачным карманом для удобного хранения мелочей: ручки, заметок, визиток, дисков, флешек и др. Скоросшиватель выполнен в чёрно-красном цвете. Размер папки – 310*233*17 мм. Упакована в индивидуальный прозрачный пакет по форме. Папка оснащена съемным стикером с выходной информацией и штрих-кодом. • Вместимость, в листах: 150, • Формат: А4, • Цвет: красный, • Ширина корешка: 17 мм</t>
+  </si>
+  <si>
+    <t>801091</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3dd/fi3hsppx8arzxc329mxb1hqi4rxra1ga.jpg</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo  quot;Soft Touch quot;, 17мм, 700мкм, серая, с внутр. карманом</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo серии Soft Touch формата А4 станет стильным и функциональным помощником для хранения документов. Ширина корешка составляет 17 мм. Папка вмещает 150 листов. Папка изготовлена из высококачественного полипропилена толщиной 700 мкм с особой фактурой с эффектом софт-тач. Внутренняя сторона обложки оснащена плотным прозрачным карманом для удобного хранения мелочей: ручки, заметок, визиток, дисков, флешек и др. Скоросшиватель выполнен в чёрно-красном цвете. Размер папки – 310*233*17 мм. Упакована в индивидуальный прозрачный пакет по форме. Папка оснащена съемным стикером с выходной информацией и штрих-кодом. • Вместимость, в листах: 150, • Формат: А4, • Цвет: серый, • Ширина корешка: 17 мм</t>
+  </si>
+  <si>
+    <t>801092</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/470/5atwajc295cc4lr8yjcihwddpsod5l2a.jpg</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo  quot;Soft Touch quot;, 17мм, 700мкм, синяя, с внутр. карманом</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo серии Soft Touch формата А4 станет стильным и функциональным помощником для хранения документов. Ширина корешка составляет 17 мм. Папка вмещает 150 листов. Папка изготовлена из высококачественного полипропилена толщиной 700 мкм с особой фактурой с эффектом софт-тач. Внутренняя сторона обложки оснащена плотным прозрачным карманом для удобного хранения мелочей: ручки, заметок, визиток, дисков, флешек и др. Скоросшиватель выполнен в чёрно-красном цвете. Размер папки – 310*233*17 мм. Упакована в индивидуальный прозрачный пакет по форме. Папка оснащена съемным стикером с выходной информацией и штрих-кодом. • Вместимость, в листах: 150, • Формат: А4, • Цвет: синий, • Ширина корешка: 17 мм</t>
+  </si>
+  <si>
+    <t>801093</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/327/oblo4mfhta75gtqd3wtax1wncsqzh52y.jpg</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo  quot;Soft Touch quot;, 17мм, 700мкм, черная, с внутр. карманом</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем Berlingo серии Soft Touch формата А4 станет стильным и функциональным помощником для хранения документов. Ширина корешка составляет 17 мм. Папка вмещает 150 листов. Папка изготовлена из высококачественного полипропилена толщиной 700 мкм с особой фактурой с эффектом софт-тач. Внутренняя сторона обложки оснащена плотным прозрачным карманом для удобного хранения мелочей: ручки, заметок, визиток, дисков, флешек и др. Скоросшиватель выполнен в чёрно-красном цвете. Размер папки – 310*233*17 мм. Упакована в индивидуальный прозрачный пакет по форме. Папка оснащена съемным стикером с выходной информацией и штрих-кодом. • Вместимость, в листах: 150, • Формат: А4, • Цвет: черный, • Ширина корешка: 17 мм</t>
+  </si>
+  <si>
+    <t>801094</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/413/y6xsk20z3kxoecxtl4jgv4py2wt1lcr2.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА ФАЙЛ С ПЛАСТИКОВЫМ КЛИПОМ  quot;ЛИСТОЧКИ. ПЕРЫШКИ quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>ПАПКА ФАЙЛ С ПЛАСТИКОВЫМ КЛИПОМ &amp;quot;ЛИСТОЧКИ. ПЕРЫШКИ&amp;quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>818583</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/308/ta8lrf20m0btsmhij8u4qg1hg6ja368z.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА ФАЙЛ С ПЛАСТИКОВЫМ КЛИПОМ  quot;ЛАВАНДОВЫЕ ЛАМЫ quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>ПАПКА ФАЙЛ С ПЛАСТИКОВЫМ КЛИПОМ &amp;quot;ЛАВАНДОВЫЕ ЛАМЫ&amp;quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>818584</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aad/7erl92ulvvwkm1f1y04mnerzs2i015ll.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА ФАЙЛ С ПЛАСТИКОВЫМ КЛИПОМ  quot;ВОЛШЕБНЫЕ ЛИСЫ quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>ПАПКА ФАЙЛ С ПЛАСТИКОВЫМ КЛИПОМ &amp;quot;ВОЛШЕБНЫЕ ЛИСЫ&amp;quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>818585</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d8a/ig051nmyhtmy6exb8qc5ex4004fbfd0q.jpeg</t>
+  </si>
+  <si>
+    <t>ПАПКА ФАЙЛ С ПЛАСТИКОВЫМ КЛИПОМ  quot;FOREST DREAM quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>ПАПКА ФАЙЛ С ПЛАСТИКОВЫМ КЛИПОМ &amp;quot;FOREST DREAM&amp;quot;, А4, 2 ВИДА</t>
+  </si>
+  <si>
+    <t>818586</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/edf/k0nk5v3a00s9i2299i99zb2wv5m1ifti.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый BRAUBERG  quot;Pastel quot; А4, 130 180 мкм, аквамарин, 270455</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель BRAUBERG предназначен для систематизации, хранения и транспортировки документов. Защищает бумаги от загрязнений, пыли, влаги и прочих механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика верхнего листа составляет 130 мкм, а нижнего - 180 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из качественного полипропилена. Прозрачный верхний лист позволяет определить содержимое, не открывая скоросшиватель, который к тому же снабжен сменным пластиковым корешком, что дает возможность структурировать информацию. Благодаря фактуре &amp;quot;песок&amp;quot; и заметному цвету обложки аквамарин папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>829805</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd9/9h71jhn6f7f9pyo1rouqgbul3ezvaivu.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый BRAUBERG  quot;Pastel quot; А4, 130 180 мкм, лиловый, 270456</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель BRAUBERG предназначен для систематизации, хранения и транспортировки документов. Защищает бумаги от загрязнений, пыли, влаги и прочих механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика верхнего листа составляет 130 мкм, а нижнего - 180 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из качественного полипропилена. Прозрачный верхний лист позволяет определить содержимое, не открывая скоросшиватель, который к тому же снабжен сменным пластиковым корешком, что дает возможность структурировать информацию. Благодаря фактуре &amp;quot;песок&amp;quot; и яркому лиловому цвету обложки папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>829806</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f5e/4id4szacjjcybqo7db27c8jlzv74deew.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый BRAUBERG  quot;Pastel quot; А4, 130 180 мкм, мятный, 270458</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель BRAUBERG предназначен для систематизации, хранения и транспортировки документов. Защищает бумаги от загрязнений, пыли, влаги и прочих механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика верхнего листа составляет 130 мкм, а нижнего - 180 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из качественного полипропилена. Прозрачный верхний лист позволяет определить содержимое, не открывая скоросшиватель, который к тому же снабжен сменным пластиковым корешком, что дает возможность структурировать информацию. Благодаря фактуре &amp;quot;песок&amp;quot; и заметному мятному цвету обложки папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>829807</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/643/motyo2nh120aohq5s677ioieg1b9xdv9.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый BRAUBERG  quot;Pastel quot; А4, 130 180 мкм, персиковый, 270457</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель BRAUBERG предназначен для систематизации, хранения и транспортировки документов. Защищает бумаги от загрязнений, пыли, влаги и прочих механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика верхнего листа составляет 130 мкм, а нижнего - 180 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из качественного полипропилена. Прозрачный верхний лист позволяет определить содержимое, не открывая скоросшиватель, который к тому же снабжен сменным пластиковым корешком, что дает возможность структурировать информацию. Благодаря фактуре &amp;quot;песок&amp;quot; и мягкому персиковому цвету обложки папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>829808</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b9c/m6euof65n81h8e8kxwyfclowuzxr646p.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая ErichKrause  Glossy Candy, A4, ассорти  в пакете по 21 шт. </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластиковая ErichKrause® Glossy Candy, A4, ассорти &amp;#40;в пакете по 21 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>830184</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d3/bw1rv919w6xc1ut7fe6xxgcnvg3i638w.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластик. перф. СТАММ, А4, 160мкм, черная</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель СТАММ формата А4 предназначена для транспортировки, хранения и систематизации документов. Изготовлена из качественного полипропилена толщиной 160мкм, и снабжена универсальной перфорацией. Изделие размером 230*310мм имеет черный цвет с прозрачным верхним листом. Папка защищает документы от пыли, влаги и прочих повреждений. Вмещает до 100 листов.</t>
+  </si>
+  <si>
+    <t>852304</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efe/9mlg446ckj11btqixrm2de03a2q9fqkw.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластик. СТАММ, А4, 160мкм, черная</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель СТАММ формата А4 предназначена для транспортировки, хранения и систематизации документов. Изготовлена из качественного полипропилена толщиной 160мкм. Изделие размером 230*310мм имеет черный цвет с прозрачным верхним листом. Папка защищает документы от пыли, влаги и прочих повреждений. Вмещает до 100 листов.</t>
+  </si>
+  <si>
+    <t>852305</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef4/11u30gj5wlrx4swguu9ohkpt6lore2fs.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая Erich Krause  Soft Caribbean Sunset, A5 , ассорти  в пакете по 21 штуке </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластиковая ErichKrause® Soft Caribbean Sunset, A5&amp;#43;, ассорти &amp;#40;в пакете по 21 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>854893</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/772/3gvavn8ktyui9g4sddbmfv17xy93rh3j.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый Attache, А4, Элементари, зеленый 10шт уп</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый Attache, А4, Элементари, зеленый 10шт/уп</t>
+  </si>
+  <si>
+    <t>881598</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/493/49lk9i2yrab2ddmlxf97f97uh3cczxeq.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый Attache, А4, Элементари, оранжевый 10шт уп</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый Attache, А4, Элементари, оранжевый 10шт/уп</t>
+  </si>
+  <si>
+    <t>881599</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2be/91zekfyn8y8sl244x7uzg8sl11g7efos.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый Attache, А4, Элементари, синий 10шт уп</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый Attache, А4, Элементари, синий 10шт/уп</t>
+  </si>
+  <si>
+    <t>881600</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f6a/2axcr4o2b4g090x5jax1ymtn9pir8d89.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая ErichKrause  Soft Caribbean Sunset, A4, ассорти  в пакете по 21 штуке </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластиковая ErichKrause® Soft Caribbean Sunset, A4, ассорти &amp;#40;в пакете по 21 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>882770</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/269/69gwnpii4wy0c3daq8e3ef3kpn5gh7bx.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый Attache, А4, Элементари, бирюзовый 10шт уп</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый Attache, А4, Элементари, бирюзовый 10шт/уп</t>
+  </si>
+  <si>
+    <t>899995</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a6/168ufm6qffxi412devfagy0m51rs5j8h.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый Attache, А4, Элементари, желтый 10шт уп</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый Attache, А4, Элементари, желтый 10шт/уп</t>
+  </si>
+  <si>
+    <t>899996</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/883/qocwh310mf51va8kw1qjf30ni7kovzd1.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый Attache, А4, Элементари, фиолетовый 10шт уп</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый Attache, А4, Элементари, фиолетовый 10шт/уп</t>
+  </si>
+  <si>
+    <t>899997</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae1/yyhxjl2m30suqlj7ul6jm7snojyb1w9n.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый Attache, А4, Элементари, черный 10шт уп</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый Attache, А4, Элементари, черный 10шт/уп</t>
+  </si>
+  <si>
+    <t>899998</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e6/g1sxqbh3bd3rtu14e45l1b960fp9rq6u.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый Attache, А4, Элементари, красный 10шт уп</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый Attache, А4, Элементари, красный 10шт/уп</t>
+  </si>
+  <si>
+    <t>905267</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2cd/l3unbcvsc324qeiecunp4cquunjnb2y4.jpg</t>
+  </si>
+  <si>
+    <t>Сшиватель архивный KANZfile металл 160x35 мм синий</t>
+  </si>
+  <si>
+    <t>Применяется для сшивания перфорированных документов и подшивания их в папку.Материал: ПВХ/металл. Механизм для скоросшивателя обеспечивает возможность подшивки до 100 листов. Длина каждой ножки 70 мм. Расстояние между отверстиями 80 мм. Длина механизма 160 мм. Страна-производитель: Россия.</t>
+  </si>
+  <si>
+    <t>906700</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kanzfile/"&gt;Kanzfile&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb6/g31pho49w6dwpoqttfa31y6g1f3934lu.jpg</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем СТАММ, 14мм, 500мкм, зеленая</t>
+  </si>
+  <si>
+    <t>Папка с пружинным cкоросшивателем СТАММ предназначена для сшивания и хранения бумаг формата А4. Изготовлена из качественного полипропилена. Размер папки - 235*305мм. Ширина корешка 14мм позволяет вмещать в папку до 100 листов. Толщина обложки - 500мкм. Цвет изделия - зеленый. • Размер: 235*305мм; • Толщина материала: 500мкм; • Формат: А4; • Вместимость в листах: до 100шт; • Цвет: зеленый; • Тип скрепления: пружинный скоросшиватель; • Ширина корешка: 14мм.</t>
+  </si>
+  <si>
+    <t>926620</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/93f/xcxln5zc4bg010jwzh5bru1cw6nrvhbi.jpg</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем СТАММ, 14мм, 500мкм, красная</t>
+  </si>
+  <si>
+    <t>Папка с пружинным cкоросшивателем СТАММ предназначена для сшивания и хранения бумаг формата А4. Изготовлена из качественного полипропилена. Размер папки - 234*310мм. Ширина корешка 14мм позволяет вмещать в папку до 100 листов. Толщина обложки - 500мкм. Цвет изделия - красный. • Размер: 234*310мм; • Толщина материала: 500мкм; • Формат: А4; • Вместимость в листах: до 100шт; • Цвет: красный; • Тип скрепления: пружинный скоросшиватель; • Ширина корешка: 14мм.</t>
+  </si>
+  <si>
+    <t>926621</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e7c/7qq7cugkcxh9hea1rjhiu1hxn7jad6w7.jpg</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем СТАММ, 14мм, 500мкм, синяя</t>
+  </si>
+  <si>
+    <t>Папка с пружинным cкоросшивателем СТАММ предназначена для сшивания и хранения бумаг формата А4. Изготовлена из качественного полипропилена. Размер папки - 235*305мм. Ширина корешка 14мм позволяет вмещать в папку до 100 листов. Толщина обложки - 500мкм. Цвет изделия - синий. • Размер: 235*305мм; • Толщина материала: 500мкм; • Формат: А4; • Вместимость в листах: до 100шт; • Цвет: синий; • Тип скрепления: пружинный скоросшиватель; • Ширина корешка: 14мм.</t>
+  </si>
+  <si>
+    <t>926622</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/16b/k9t0jspt0sr690h7oby4u7p9wrfr30yb.jpg</t>
+  </si>
+  <si>
+    <t>Папка с пружинным скоросшивателем СТАММ, 14мм, 500мкм, черная</t>
+  </si>
+  <si>
+    <t>Папка с пружинным cкоросшивателем СТАММ предназначена для сшивания и хранения бумаг формата А4. Изготовлена из качественного полипропилена. Размер папки - 235*305мм. Ширина корешка 14мм позволяет вмещать в папку до 100 листов. Толщина обложки - 500мкм. Цвет изделия - черный. • Размер: 235*305мм; • Толщина материала: 500мкм; • Формат: А4; • Вместимость в листах: до 100шт; • Цвет: черный; • Тип скрепления: пружинный скоросшиватель; • Ширина корешка: 14мм.</t>
+  </si>
+  <si>
+    <t>926623</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/408/j06hrz8si3imsklx3tm30ofudi1ojk00.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластик. перф. СТАММ, А4, 160мкм, зеленая</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель СТАММ формата А4 предназначена для транспортировки, хранения и систематизации документов. Изготовлена из качественного полипропилена толщиной 160мкм, и снабжена универсальной перфорацией. Изделие размером 230*310мм имеет зеленый цвет с прозрачным верхним листом. Папка защищает документы от пыли, влаги и прочих повреждений. Вмещает до 100 листов.</t>
+  </si>
+  <si>
+    <t>926624</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/390/s1062ha3lxhud3t9u7gruodnc0bll4f4.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластик. перф. СТАММ, А4, 160мкм, красная</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель СТАММ формата А4 предназначена для транспортировки, хранения и систематизации документов. Изготовлена из качественного полипропилена толщиной 160мкм, и снабжена универсальной перфорацией. Изделие размером 230*310мм имеет красный цвет с прозрачным верхним листом. Папка защищает документы от пыли, влаги и прочих повреждений. Вмещает до 100 листов.</t>
+  </si>
+  <si>
+    <t>926625</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ad/qzxnauw8778om0aa5mq86085ibsip6d1.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластик. СТАММ, А4, 160мкм, зеленая</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель СТАММ формата А4 предназначена для транспортировки, хранения и систематизации документов. Изготовлена из качественного полипропилена толщиной 160мкм. Изделие размером 230*310мм имеет зеленый цвет с прозрачным верхним листом. Папка защищает документы от пыли, влаги и прочих повреждений. Вмещает до 100 листов.</t>
+  </si>
+  <si>
+    <t>926952</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd5/47v2lhabzcm6dnmh21ykb6t6a24h3hu2.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластик. СТАММ А4, 160мкм, красная с прозр. верхом</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель «СТАММ» формата А4 предназначена для транспортировки, хранения и систематизации документов. Изделие изготовлено из качественного полипропилена толщиной 160 мкм. Изделие размером 230*310 мм имеет красный цвет с прозрачным верхним листом. Вместимость – до 100 листов. Папка защищает документы от пыли, влаги и прочих повреждений. • Формат: А4; • Размер: 230*310 мм; • Вместимость, в листах: 100; • Цвет: красный.</t>
+  </si>
+  <si>
+    <t>940588</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ce/muca5k7uiyype143mmf4x0f0g0lurr6k.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластик. перф. СТАММ А4, 160мкм, синяя с прозр. верхом</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель «СТАММ» формата А4 предназначена для транспортировки, хранения и систематизации документов. Изделие изготовлено из качественного полипропилена толщиной 160 мкм. Изделие размером 240*310 мм имеет синий цвет с прозрачным верхним листом и снабжена универсальной перфорацией. Вместимость – до 100 листов. Папка защищает документы от пыли, влаги и прочих повреждений. • Формат: А4; • Размер: 240*310 мм; • Вместимость, в листах: 100; • Цвет: синий.</t>
+  </si>
+  <si>
+    <t>941899</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b70/h6fnszsew8nnmktcu5rt2dwgxvbduy0x.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый с перфорацией STAFF, А4, 100 120 мкм, желтый, 271716</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель STAFF защищает бумаги от загрязнений, пыли, влаги и прочих механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика верхнего листа составляет 100 мкм, а нижнего - 120 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из качественного полипропилена. Прозрачный верхний лист позволяет определить содержимое, не открывая скоросшиватель, который к тому же снабжен сменным пластиковым корешком, что дает возможность структурировать информацию. Кроме того, корешок скоросшивателя снабжен перфорацией, что позволяет подшивать его в папки с любым механизмом. Благодаря яркому желтому цвету обложки папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>949852</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b28/1w63bwte3rqsc7l2xf22rx1qmisj3xsy.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый с перфорацией STAFF, А4, 100 120 мкм, зеленый, 271717</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель STAFF защищает бумаги от загрязнений, пыли, влаги и прочих механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика верхнего листа составляет 100 мкм, а нижнего - 120 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из качественного полипропилена. Прозрачный верхний лист позволяет определить содержимое, не открывая скоросшиватель, который к тому же снабжен сменным пластиковым корешком, что дает возможность структурировать информацию. Кроме того, корешок скоросшивателя снабжен перфорацией, что позволяет подшивать его в папки с любым механизмом. Благодаря насыщенному зеленому цвету обложки папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>949853</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c48/8ckqlb1b18riywtveeg90auezxfxfza0.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый с перфорацией STAFF, А4, 100 120 мкм, красный, 271718</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель STAFF защищает бумаги от загрязнений, пыли, влаги и прочих механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика верхнего листа составляет 100 мкм, а нижнего - 120 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из качественного полипропилена. Прозрачный верхний лист позволяет определить содержимое, не открывая скоросшиватель, который к тому же снабжен сменным пластиковым корешком, что дает возможность структурировать информацию. Кроме того, корешок скоросшивателя снабжен перфорацией, что позволяет подшивать его в папки с любым механизмом. Благодаря яркому красному цвету обложки папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>949854</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a52/k5arp6uf125484hdksktj6mt0q6xsnb2.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый с перфорацией STAFF, А4, 100 120 мкм, синий, 271719</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель STAFF защищает бумаги от загрязнений, пыли, влаги и прочих механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика верхнего листа составляет 100 мкм, а нижнего - 120 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из качественного полипропилена. Прозрачный верхний лист позволяет определить содержимое, не открывая скоросшиватель, который к тому же снабжен сменным пластиковым корешком, что дает возможность структурировать информацию. Кроме того, корешок скоросшивателя снабжен перфорацией, что позволяет подшивать его в папки с любым механизмом. Благодаря насыщенному синему цвету обложки папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>949855</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a6/hzuhuvjp7lib32qkzkzck738lspow2ot.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый с перфорацией STAFF, А4, 100 120 мкм, фиолетовый, 271720</t>
+  </si>
+  <si>
+    <t>Классический мягкий пластиковый скоросшиватель STAFF защищает бумаги от загрязнений, пыли, влаги и прочих механических повреждений. Фиксирует до 100 листов формата А4. Толщина пластика верхнего листа составляет 100 мкм, а нижнего - 120 мкм. Предельно простой механизм подшивки: металлические усики и пластиковая планка для надежной фиксации документов. Скоросшиватель изготовлен из качественного полипропилена. Прозрачный верхний лист позволяет определить содержимое, не открывая скоросшиватель, который к тому же снабжен сменным пластиковым корешком, что дает возможность структурировать информацию. Кроме того, корешок скоросшивателя снабжен перфорацией, что позволяет подшивать его в папки с любым механизмом. Благодаря насыщенному фиолетовому цвету обложки папка никогда не затеряется на полке.</t>
+  </si>
+  <si>
+    <t>949856</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/263/ifmnapp8gaw0lb13c9ghafjj43uao0nc.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скоросшиватель пластиковый Attache Metall 200мкм А4 4шт уп срн зел сер син </t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый Attache Metall 200мкм А4 4шт/уп&amp;#40;срн/зел/сер/син&amp;#41;</t>
+  </si>
+  <si>
+    <t>951970</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/257/3zu5qkgsmgxro83mrfarywftc5uionzt.jpg</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый Attache Selection Breeze, А4, 200мкм, 5шт уп</t>
+  </si>
+  <si>
+    <t>Скоросшиватель пластиковый Attache Selection Breeze, А4, 200мкм, 5шт/уп</t>
+  </si>
+  <si>
+    <t>951971</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5ac/5ac1abf84436546eb84b97fe33f6963d/09934fa392fee00a8703a9eb3c3a547d.jpg</t>
-[...1561 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8aa/0o4i2kef6d1qsqr2cim2wjf0d4w2zumk.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Папка-скоросшиватель пластиковая ErichKrause Matt Pastel Bloom, A4, ассорти  в пакете по 20 штук </t>
   </si>
   <si>
     <t>Папка-скоросшиватель пластиковая ErichKrause Matt Pastel Bloom, A4, ассорти &amp;#40;в пакете по 20 штук&amp;#41;</t>
   </si>
   <si>
     <t>961065</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af1/0iomxq422j1p6vrvbc6awje1irp40dxh.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Папка-скоросшиватель пластиковая ErichKrause Soft Manga, A5 , ассорти  в пакете по 20 штук </t>
   </si>
   <si>
     <t>Папка-скоросшиватель пластиковая ErichKrause Soft Manga, A5&amp;#43;, ассорти &amp;#40;в пакете по 20 штук&amp;#41;</t>
   </si>
   <si>
     <t>961066</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7d4/3ga9chqlvy9sztn433hidglq8k8essdz.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6bc/2mmd5egtpce6mvcdn2gq1jhhlm6lnkrm.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель пластиковый Комус А4 желтый 1810</t>
   </si>
   <si>
     <t>964716</t>
   </si>
   <si>
     <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/74f/74tz9kc90fluflr0cs27gyig84x5ms09.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель пластиковый Комус А4 черный 1810</t>
   </si>
   <si>
     <t>964717</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/60d/32t8qr5clg09u28emozi2g01qb2ikbc8.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель пластиковый Комус А4 оранжевый 1810</t>
   </si>
   <si>
     <t>964718</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e1c/os739dogh6csjz1aerwgvcf1zy4voxiz.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c52/92d0jct7qa0bytucxu0o9wsq8o93u163.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель пластиковый Комус А4 зеленый 1810</t>
   </si>
   <si>
     <t>964720</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/935/lvgq8ju2j93gxvted3foybccx7j6w7eu.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель пластиковый Комус А4 красный 1810</t>
   </si>
   <si>
     <t>964721</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd7/02ajt1m477ex04nnv38ugc074odmejvw.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель пластиковый Комус А4 синий 1810</t>
   </si>
   <si>
     <t>964722</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b1d/gqy3kgxl1vcvqouzo6xmtylhqtykcuiq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/357/uxxujuwssbzyne0wx5d6jvimu9ta4nsb.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель пластиковый Комус с перфорацией на корешке А4 10шт уп в ассортименте</t>
   </si>
   <si>
     <t>Скоросшиватель пластиковый Комус с перфорацией на корешке А4 10шт/уп в ассортименте</t>
   </si>
   <si>
     <t>964724</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/007/8j3twaxllt05fkq825ln53ehfswq95fm.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель пластиковый с пружинным механизмом, Комус, синий</t>
   </si>
   <si>
     <t>964725</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f7/3ink6e2u4jesvl747uxbe0rrrkr51tbz.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель пластиковый карман для визитки Attache А4, синий, 10шт уп</t>
@@ -3770,98 +3722,74 @@
   <si>
     <t>969342</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afb/99higvt2jadn4mnzy3zkhafow3xls2xq.jpg</t>
   </si>
   <si>
     <t>Папка с пружинным cкоросшивателем СТАММ А4, 14мм, 500мкм, пластик, серая</t>
   </si>
   <si>
     <t>969343</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cab/izk1q6ntosuhvoie6u4pddtr19f65kes.jpg</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo  quot;DoubleWhite quot;, 17мм, 1000мкм, белая, с внутр. карманом</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo &amp;quot;DoubleWhite&amp;quot;, 17мм, 1000мкм, белая, с внутр. карманом</t>
   </si>
   <si>
     <t>969344</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6f0/b1lfeqxvejbcae1abklli21oui1265wq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3d9/k2b4jnfx9177ff3az9d6ng87e4l3lkk1.jpg</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo  quot;Haze quot;, 17мм, 600мкм, с внутр. карманом, голубая, софт-тач</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo &amp;quot;Haze&amp;quot;, 17мм, 600мкм, с внутр. карманом, голубая, софт-тач</t>
   </si>
   <si>
     <t>969346</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ac/88bpvi951kxdpwqywdk1xf23nxdw7zb5.jpg</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo  quot;Haze quot;, 17мм, 600мкм, с внутр. карманом, мятная, софт-тач</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo &amp;quot;Haze&amp;quot;, 17мм, 600мкм, с внутр. карманом, мятная, софт-тач</t>
   </si>
   <si>
     <t>969347</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/755/4d2mh2mf0k1tcemtflp4a3029kli2bxs.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4cb/bb1dwz84zqhwyn51ga1702e2gl6eqdlu.jpg</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo  quot;Haze quot;, 17мм, 600мкм, с внутр. карманом, сиреневая, софт-тач</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo &amp;quot;Haze&amp;quot;, 17мм, 600мкм, с внутр. карманом, сиреневая, софт-тач</t>
   </si>
   <si>
     <t>969349</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/874/6ndlk891i6k2mzy3j38xxrna924ffs7i.jpg</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo  quot;Instinct quot;, 17мм, 700мкм, с внутр. карманом, аквамарин</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo &amp;quot;Instinct&amp;quot;, 17мм, 700мкм, с внутр. карманом, аквамарин</t>
   </si>
   <si>
     <t>969350</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf5/hh7qmv3r2as52i2c8d063xgir6b390vb.jpg</t>
@@ -4085,59 +4013,50 @@
   <si>
     <t>Папка-скоросшиватель пластик. перф. СТАММ А4, 120мкм, красная с прозр. верхом</t>
   </si>
   <si>
     <t>969370</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/966/xezkpgd4936vj80yq74jo4y0rv1o4vxu.jpg</t>
   </si>
   <si>
     <t>Папка-скоросшиватель пластик. перф. СТАММ А4, 120мкм, синяя с прозр. верхом</t>
   </si>
   <si>
     <t>969371</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/25b/p53y7gdubky1eph164f9al9j0n53hr9s.jpg</t>
   </si>
   <si>
     <t>Папка-скоросшиватель пластик. перф. СТАММ А4, 180мкм, ассорти с прозр. верхом</t>
   </si>
   <si>
     <t>969372</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/14e/em9eno8eyb1b9nzwv5mt9cw7k2ixfq8t.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b9b/u8xszhxllrbjr8mim3hnj25u0rq2c8j6.jpg</t>
   </si>
   <si>
     <t>Папка-скоросшиватель пластик. перф. СТАММ А4, 180мкм, желтая с прозр. верхом</t>
   </si>
   <si>
     <t>969374</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/45e/j55mtd5at2d53cez195ftll6edm27m0u.jpg</t>
   </si>
   <si>
     <t>Папка-скоросшиватель пластик. перф. СТАММ А4, 180мкм, зеленая с прозр. верхом</t>
   </si>
   <si>
     <t>969375</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1fc/k0t62nisyemhdrmaeszaalebhuqmya7n.jpg</t>
   </si>
   <si>
     <t>Папка-скоросшиватель пластик. перф. СТАММ А4, 180мкм, красная с прозр. верхом</t>
   </si>
   <si>
     <t>969376</t>
@@ -4373,99 +4292,120 @@
   <si>
     <t>Папка-скоросшиватель пластик. СТАММ А4, 180мкм, фиолетовая с прозр. верхом</t>
   </si>
   <si>
     <t>969402</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4a4/7n113w8r5n98nzvu3p62c9dbzxtmanl6.jpg</t>
   </si>
   <si>
     <t>Папка-скоросшиватель пластик. СТАММ А4, 180мкм, черная с прозр. верхом</t>
   </si>
   <si>
     <t>969403</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d47/d5avslkrku8aky0dwr1qd6bsgjevs2vw.jpg</t>
   </si>
   <si>
     <t>Папка-скоросшиватель пластик. СТАММ А5, 180мкм, желтая с прозр. верхом</t>
   </si>
   <si>
     <t>969404</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ffe/bbq6jzemroim1ppq4s29mx6rqr50doxq.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластик. СТАММ А5, 180мкм, зеленая с прозр. верхом</t>
+  </si>
+  <si>
+    <t>969405</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a93/i582u3dhvk796p49qvtwfstxp9qqbz2p.jpg</t>
   </si>
   <si>
     <t>Папка-скоросшиватель пластик. СТАММ А5, 180мкм, красная с прозр. верхом</t>
   </si>
   <si>
     <t>969406</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3bc/swtdx9cbk4uk9fcjr2jc5d230ownez7z.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластик. СТАММ, А5, 180мкм, синяя с прозр. верхом</t>
+  </si>
+  <si>
+    <t>969407</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fb2/b3rfc47c1a2cmn33t47tp8enmht1oaqs.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель пластиковый Attache карман, А4, ассорти, 10шт уп, 0,12 0,16</t>
   </si>
   <si>
     <t>Скоросшиватель пластиковый Attache карман, А4, ассорти, 10шт/уп, 0,12/0,16</t>
   </si>
   <si>
     <t>973950</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/538/8qs6c8ld5oot1zndxtacz3hci9yjo1s3.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель пластиковый карман для визитки Attache А4, ассорти, 10шт уп</t>
   </si>
   <si>
     <t>Скоросшиватель пластиковый карман для визитки Attache А4, ассорти, 10шт/уп</t>
   </si>
   <si>
     <t>973951</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a8/8ozbcb34j08vdsdptj34z5ak7h0ewtkd.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель пластиковый пруж мех Attache Selec Breeze А4 700мкм кор 15мм.</t>
   </si>
   <si>
     <t>973952</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/406/01evieftopp6r4l08903vq4v4vt9lbca.jpg</t>
-[...5 lines deleted...]
-    <t>973953</t>
+    <t>http://anytos.ru//upload/iblock/2cf/4p0z96qm04922jg87sdcburo0hplbhen.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Папка-скоросшиватель пластиковая Erich Krause Matt Pastel Bloom, A5 , ассорти  в пакете по 20 штук </t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель формата А5&amp;#43; из высококачественного пластика с текстурой поверхности &amp;quot;песок&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для быстрого сшивания, хранения и просмотра документов. Цвет папки – ассорти: голубой, зеленый, персиковый, фиолетовый. Механизм - механический скоросшиватель; прозрачный верхний лист; усиленный пластиковый корешок с прозрачной полосой для информационной карточки. Размер - 230х170мм, толщина верхнего листа - 0.12мм, толщина нижнего листа - 0.18мм. Код и баркод на каждой единице товара.</t>
+  </si>
+  <si>
+    <t>974745</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/16b/84haj8te1kazqndaso70hfxec0t124vg.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Папка-скоросшиватель пластиковая Erich Krause Soft Manga, A4, ассорти  в пакете по 20 штук </t>
   </si>
   <si>
     <t>Папка-скоросшиватель формата А4 из высококачественного пластика с текстурой поверхности &amp;quot;софт-тач&amp;quot;, на которой не видно отпечатков пальцев и мелких царапин. Предназначена для быстрого сшивания, хранения и просмотра документов. Цвет папки – ассорти: бежевый, голубой, розовый, фиолетовый. Механизм - механический скоросшиватель; прозрачный верхний лист; усиленный пластиковый корешок с прозрачной полосой для информационной карточки. Папка вмещает до 130 бумажных листов. Размер - 312х230мм, толщина верхнего листа - 0.12мм, толщина нижнего листа - 0.18мм. Код и баркод на каждой единице товара.</t>
   </si>
   <si>
     <t>974746</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e93/1enap84et6gbt6y4wlf9cmkduji4vjp0.jpg</t>
   </si>
   <si>
     <t>Механизмы для скоросшивания СТАММ, полипропиленовые, 100шт., зеленые</t>
   </si>
   <si>
     <t>984185</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b6/y578492blgjxb61btxkzhg48k4xuujz9.jpg</t>
   </si>
@@ -4499,126 +4439,117 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e44/zawqlulxo05j7e3rrmd97ey1gahge5y7.jpg</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo  quot;No Secret quot;, 17мм, 700мкм, полупрозрачная черная, с внутр. карманом</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo &amp;quot;No Secret&amp;quot;, 17мм, 700мкм, полупрозрачная черная, с внутр. карманом</t>
   </si>
   <si>
     <t>984190</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4fc/l6vsz58abvja7f4b7s6ce50jtcvfl6ii.jpg</t>
   </si>
   <si>
     <t>Папка-скоросшиватель пластик. перф. СТАММ  quot;Акцент quot; А4, 180мкм, персиковая с прозр. верхом</t>
   </si>
   <si>
     <t>Папка-скоросшиватель пластик. перф. СТАММ &amp;quot;Акцент&amp;quot; А4, 180мкм, персиковая с прозр. верхом</t>
   </si>
   <si>
     <t>984191</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1a8/towz10zdd3ccecr9m99bov5rzbg0dg3s.jpg</t>
-[...5 lines deleted...]
-    <t>984192</t>
+    <t>http://anytos.ru//upload/iblock/7a2/81y03dpsztf1dlvfy2rnpaiugzbo95iy.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластик. СТАММ  quot;Акцент quot; А4, 180мкм, персиковая с прозр. верхом</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластик. СТАММ &amp;quot;Акцент&amp;quot; А4, 180мкм, персиковая с прозр. верхом</t>
+  </si>
+  <si>
+    <t>984193</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/55a/yvrvhsd2t5m9gbnb7lsp0qhfob4lb4hf.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластик. СТАММ А4, 120мкм, голубая с прозр. верхом</t>
+  </si>
+  <si>
+    <t>984195</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/516/h0nsgevc4yvmnzehywjmh5rkkceimstf.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластик. СТАММ А4, 120мкм, желтая с прозр. верхом</t>
+  </si>
+  <si>
+    <t>984196</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b17/16znemeqbbfx31g3ys455e8khg76odme.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластик. СТАММ А4, 120мкм, синяя с прозр. верхом</t>
+  </si>
+  <si>
+    <t>984197</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/094/stv5huwrife5pvg28mpqasem8wf10mhp.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластик. СТАММ А5, 180мкм, фиолетовая с прозр. верхом</t>
+  </si>
+  <si>
+    <t>984199</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad9/f6xwjyueo351j9kz4tnx7bvxclnd425e.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластик. перф. СТАММ А4, 120мкм, ассорти с прозр. верхом</t>
+  </si>
+  <si>
+    <t>986073</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7a2/81y03dpsztf1dlvfy2rnpaiugzbo95iy.jpg</t>
-[...62 lines deleted...]
-    <t>986073</t>
+    <t>http://anytos.ru//upload/iblock/f55/z3g7c8s1cc18rfzu670jisqi9jgwealp.jpg</t>
+  </si>
+  <si>
+    <t>Папка-скоросшиватель пластик. СТАММ А4, 180мкм, ассорти с прозр. верхом</t>
+  </si>
+  <si>
+    <t>986074</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7c0/zhbst9m7v253v9tjn8o6e9dwtx1uu45s.jpg</t>
   </si>
   <si>
     <t>Кольцевой механизм OCD 290-4-35мм 10 шт уп</t>
   </si>
   <si>
     <t>Кольцевой механизм OCD 290-4-35мм 10 шт/уп</t>
   </si>
   <si>
     <t>991419</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d1/ddn62sgev8pv36fn49b5ucg6864sl2mr.jpg</t>
   </si>
   <si>
     <t>Скоросшиватель картонный Комус каширован.картон 30мм оранжевый</t>
   </si>
   <si>
     <t>991424</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/68d/4kfrl8qbs79uz2zkgs8ictjag8r3nc2g.jpg</t>
   </si>
@@ -4718,62 +4649,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1c7/qke2i5fq95ua1w0dxn5da51luw21esoy.jpg</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo  quot;Soft Touch Pro quot;, 17мм, 700мкм, с внутр. карманом, зеленая, внутр. розовая, софт-тач</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo &amp;quot;Soft Touch Pro&amp;quot;, 17мм, 700мкм, с внутр. карманом, зеленая, внутр. розовая, софт-тач</t>
   </si>
   <si>
     <t>998900</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d8c/miogmpg790dd5x9gwumuqcxoszrffo5h.jpg</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo  quot;Soft Touch Pro quot;, 17мм, 700мкм, с внутр. карманом, серая, внутр. лиловая, софт-тач</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo &amp;quot;Soft Touch Pro&amp;quot;, 17мм, 700мкм, с внутр. карманом, серая, внутр. лиловая, софт-тач</t>
   </si>
   <si>
     <t>998901</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ee3/c07emfh37wzssim20v9qqaosivgiahb4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cc4/mkhaq98l982qg410evm215kuqwqsck9y.jpg</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo  quot;Soft Touch Pro quot;, 17мм, 700мкм, с внутр. карманом, софт-тач, ассорти</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo &amp;quot;Soft Touch Pro&amp;quot;, 17мм, 700мкм, с внутр. карманом, софт-тач, ассорти</t>
   </si>
   <si>
     <t>998903</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be9/pd6h9808wfbwc29wzty7vhlyj1dvg0co.jpg</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo  quot;Your Way quot;, 17мм, 600мкм, розовый неон с внутр. карманом</t>
   </si>
   <si>
     <t>Папка с пружинным скоросшивателем Berlingo &amp;quot;Your Way&amp;quot;, 17мм, 600мкм, розовый неон с внутр. карманом</t>
   </si>
   <si>
     <t>998904</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49b/6q9utfscq61yww6p7qhxep34vw5qabuq.jpg</t>
@@ -5117,123 +5036,96 @@
   <si>
     <t>Папка скоросшиватель INFORMAT А4 синий пластик 180 мкм карман для маркир. этикетки перфор.</t>
   </si>
   <si>
     <t>1007428</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed4/nzj53uzkleaykzxl0i7ltwjhh0jvs6r0.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель INFORMAT А4 фиол. пластик 180 мкм карман для маркир. этикетки перфор.</t>
   </si>
   <si>
     <t>1007429</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d8/r3539kb7qe5qyw99q0j30913k63um338.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель LITE А4 синий пластик 500 мкм вместимость до 150 л. пластиковый механизм</t>
   </si>
   <si>
     <t>1007430</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e66/rasdbhb4hs7faxvy9qdjcg41htfnmfup.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/331/o4gemag4baun7znl25w0mum17t5bo2co.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель Stanger HOR LINES А4 синий пластик 700 мкм вместимость до 150 л. карман для маркир. этикетки внутренний карман</t>
   </si>
   <si>
     <t>1007432</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8a6/35d9r7afm4r7eg8zcljkjnygb63ds6hg.jpg</t>
-[...5 lines deleted...]
-    <t>1007434</t>
+    <t>http://anytos.ru//upload/iblock/68e/b2o3xti2rehauu0tt44ejo6c634mtvcu.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель Stanger HOR LINES А4 черный пластик 700 мкм вместимость до 150 л. карман для маркир. этикетки внутренний карман</t>
+  </si>
+  <si>
+    <t>1007433</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab0/y6hinkrqwvk0tei9f2mn01srzm7nw2rg.jpg</t>
   </si>
   <si>
     <t>Папка скоросшиватель Stanger А4 желт. пластик 180 мкм карман для маркир.этикет. перфор.</t>
   </si>
   <si>
     <t>1007435</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/22c/ljfwpjndza8a2iv0ehd5pmikcqr90ick.jpg</t>
-[...11 lines deleted...]
-    <t>&lt;a href="/brands/lilija-holding/"&gt;Лилия Холдинг&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/598/2yfng6ln1frpe9k70ij9pv1azwwqb49s.jpg</t>
+  </si>
+  <si>
+    <t>Папка скоросшиватель Stanger А4 синий пластик 180 мкм карман для маркир.этикет. перфор.</t>
+  </si>
+  <si>
+    <t>1007436</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f14/9iaaq8t7y6dpzzd0ith4svrloefzas91.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Папка-скоросшиватель пластиковая с пружинным механизмом ErichKrause  Misty Flowers, А4  в пакете по 4 штуки </t>
   </si>
   <si>
     <t>Папка-скоросшиватель пластиковая с пружинным механизмом ErichKrause® Misty Flowers, А4 &amp;#40;в пакете по 4 штуки&amp;#41;</t>
   </si>
   <si>
     <t>1012850</t>
-  </si>
-[...7 lines deleted...]
-    <t>1013686</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -5560,10395 +5452,10179 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J455"/>
+  <dimension ref="A1:M445"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G455" sqref="G455"/>
+      <selection pane="bottomRight" activeCell="G445" sqref="G445"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...12 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...19 lines deleted...]
-      <c r="B8" s="1" t="s">
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G9" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="D8" s="1" t="s">
-[...35 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="C11" s="1"/>
+        <v>41</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>42</v>
+      </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="C12" s="1"/>
+        <v>45</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>25</v>
+      </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="E15" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F15" s="3" t="s">
+      <c r="B17" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C18" s="1"/>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G15" s="3" t="s">
-[...62 lines deleted...]
-      <c r="E18" s="3" t="s">
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="F18" s="3" t="s">
-[...84 lines deleted...]
-      </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>11</v>
+        <v>77</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="F24" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C26" s="1"/>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G24" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C29" s="1"/>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="B25" s="1" t="s">
-[...119 lines deleted...]
-      </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="B32" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="C33" s="1"/>
+        <v>106</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>108</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>109</v>
       </c>
       <c r="C34" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="D34" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="3" t="s">
+      <c r="F34" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="F34" s="3" t="s">
+      <c r="B35" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="G34" s="3" t="s">
+      <c r="C35" s="1" t="s">
         <v>113</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="F35" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G35" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="C35" s="1" t="s">
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="D35" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E35" s="3" t="s">
+      <c r="B36" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="F35" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A36" s="1" t="s">
+      <c r="C36" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="F36" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="B37" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="D36" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E36" s="3" t="s">
+      <c r="C37" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="F36" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A37" s="1" t="s">
+      <c r="F37" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G37" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B37" s="1" t="s">
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="B38" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E37" s="3" t="s">
+      <c r="C38" s="1"/>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="F37" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A38" s="1" t="s">
+      <c r="F38" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G38" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="B38" s="1" t="s">
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="B39" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="D38" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="3" t="s">
+      <c r="C39" s="1"/>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="F38" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A39" s="1" t="s">
+      <c r="F39" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="G39" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="C39" s="1" t="s">
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="D39" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="3" t="s">
+      <c r="B40" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="F39" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G39" s="3" t="s">
+      <c r="C40" s="1" t="s">
         <v>134</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A40" s="1" t="s">
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="F40" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="G40" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="3" t="s">
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="F40" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A41" s="1" t="s">
+      <c r="B41" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E41" s="3" t="s">
+      <c r="F41" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="F41" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A42" s="1" t="s">
+      <c r="B42" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C42" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E42" s="3" t="s">
+      <c r="F42" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="F42" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G42" s="3" t="s">
+      <c r="B43" s="1" t="s">
         <v>147</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A43" s="1" t="s">
+      <c r="C43" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="F43" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="3" t="s">
+      <c r="B44" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="F43" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A44" s="1" t="s">
+      <c r="C44" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="F44" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E44" s="3" t="s">
+      <c r="B45" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="F44" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A45" s="1" t="s">
+      <c r="C45" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="F45" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="3" t="s">
+      <c r="B46" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="F45" s="3" t="s">
+      <c r="C46" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="G45" s="3" t="s">
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>161</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A46" s="1" t="s">
+      <c r="F46" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="B47" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="C47" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="D46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="3" t="s">
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A47" s="1" t="s">
+      <c r="F47" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="B48" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="C48" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="3" t="s">
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="F47" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A48" s="1" t="s">
+      <c r="F48" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G48" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="B48" s="1" t="s">
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="B49" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="D48" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E48" s="3" t="s">
+      <c r="C49" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="F48" s="3" t="s">
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>174</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A49" s="1" t="s">
+      <c r="F49" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="B50" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="C50" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="D49" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="3" t="s">
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="F49" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A50" s="1" t="s">
+      <c r="F50" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="B51" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="C51" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="D50" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E50" s="3" t="s">
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="F50" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A51" s="1" t="s">
+      <c r="F51" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="G51" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="C51" s="1" t="s">
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="D51" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="3" t="s">
+      <c r="B52" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="F51" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A52" s="1" t="s">
+      <c r="C52" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="F52" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="3" t="s">
+      <c r="B53" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="F52" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A53" s="1" t="s">
+      <c r="C53" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="F53" s="3" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E53" s="3" t="s">
+      <c r="B54" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="F53" s="3" t="s">
+      <c r="C54" s="1" t="s">
         <v>195</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A54" s="1" t="s">
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="F54" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="G54" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="3" t="s">
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="F54" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G54" s="3" t="s">
+      <c r="B55" s="1" t="s">
         <v>200</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A55" s="1" t="s">
+      <c r="C55" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="F55" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="D55" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="3" t="s">
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="F55" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A56" s="1" t="s">
+      <c r="B56" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="C56" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="C56" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>206</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>160</v>
-[...5 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="F57" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="B57" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C57" s="1" t="s">
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G62" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="D57" s="1" t="s">
-[...19 lines deleted...]
-      <c r="C58" s="1" t="s">
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G63" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="D58" s="1" t="s">
-[...19 lines deleted...]
-      <c r="C59" s="1" t="s">
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G65" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="D59" s="1" t="s">
-[...100 lines deleted...]
-      <c r="G63" s="3" t="s">
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>230</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G64" s="3" t="s">
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>230</v>
       </c>
-    </row>
-[...55 lines deleted...]
-      </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>246</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>160</v>
+        <v>183</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
         <v>247</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>248</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="F68" s="3" t="s">
-[...34 lines deleted...]
-      <c r="C70" s="1"/>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>255</v>
+        <v>183</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="C71" s="1"/>
+        <v>259</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>249</v>
+      </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>255</v>
+        <v>183</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="C72" s="1"/>
+        <v>262</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>263</v>
+      </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>255</v>
+        <v>183</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B73" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="C73" s="1"/>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>255</v>
+        <v>183</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>104</v>
+        <v>269</v>
       </c>
       <c r="B74" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G74" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="C74" s="1"/>
-[...13 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>104</v>
+        <v>272</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="C75" s="1"/>
+        <v>273</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>274</v>
+      </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>14</v>
+        <v>183</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G77" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="F77" s="3" t="s">
-[...3 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>281</v>
+        <v>123</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>282</v>
-[...3 lines deleted...]
-      </c>
+        <v>289</v>
+      </c>
+      <c r="C79" s="1"/>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>286</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="C80" s="1"/>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>294</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>290</v>
-[...3 lines deleted...]
-      </c>
+        <v>296</v>
+      </c>
+      <c r="C81" s="1"/>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>160</v>
+        <v>294</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="B82" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="C82" s="1"/>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F82" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="C82" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G82" s="3" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>298</v>
-[...3 lines deleted...]
-      </c>
+        <v>302</v>
+      </c>
+      <c r="C83" s="1"/>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>112</v>
+        <v>294</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>302</v>
-[...3 lines deleted...]
-      </c>
+        <v>305</v>
+      </c>
+      <c r="C84" s="1"/>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>112</v>
+        <v>294</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>304</v>
+        <v>123</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>305</v>
-[...3 lines deleted...]
-      </c>
+        <v>307</v>
+      </c>
+      <c r="C85" s="1"/>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>112</v>
+        <v>17</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>308</v>
+        <v>123</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="C86" s="1" t="s">
+      <c r="C86" s="1"/>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="D86" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E86" s="3" t="s">
+      <c r="F86" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="F86" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A87" s="1" t="s">
+      <c r="B87" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="B87" s="1" t="s">
+      <c r="C87" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="C87" s="1" t="s">
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="D87" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E87" s="3" t="s">
+      <c r="F87" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="F87" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A88" s="1" t="s">
+      <c r="B88" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="B88" s="1" t="s">
+      <c r="C88" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="C88" s="1" t="s">
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="D88" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E88" s="3" t="s">
+      <c r="F88" s="3" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="F88" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G88" s="3" t="s">
+      <c r="B89" s="1" t="s">
         <v>320</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A89" s="1" t="s">
+      <c r="C89" s="1" t="s">
         <v>321</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="C89" s="1" t="s">
+      <c r="F89" s="3" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="D89" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E89" s="3" t="s">
+      <c r="B90" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="F89" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A90" s="1" t="s">
+      <c r="C90" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="C90" s="1" t="s">
+      <c r="F90" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="D90" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="B91" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A91" s="1" t="s">
+      <c r="C91" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="C91" s="1" t="s">
+      <c r="F91" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="D91" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E91" s="3" t="s">
+      <c r="B92" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="F91" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A92" s="1" t="s">
+      <c r="C92" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>334</v>
       </c>
-      <c r="C92" s="1" t="s">
+      <c r="F92" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="D92" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E92" s="3" t="s">
+      <c r="B93" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="F92" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A93" s="1" t="s">
+      <c r="C93" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="F93" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G93" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="C93" s="1" t="s">
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="D93" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E93" s="3" t="s">
+      <c r="B94" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="F93" s="3" t="s">
+      <c r="C94" s="1" t="s">
         <v>341</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A94" s="1" t="s">
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>342</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="F94" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="B95" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="D94" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E94" s="3" t="s">
+      <c r="C95" s="1" t="s">
         <v>345</v>
       </c>
-      <c r="F94" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A95" s="1" t="s">
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="F95" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="C95" s="1" t="s">
+      <c r="B96" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="D95" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E95" s="3" t="s">
+      <c r="C96" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="F95" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A96" s="1" t="s">
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>350</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="F96" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
         <v>351</v>
       </c>
-      <c r="C96" s="1" t="s">
+      <c r="B97" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="D96" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E96" s="3" t="s">
+      <c r="C97" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="F96" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A97" s="1" t="s">
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>354</v>
       </c>
-      <c r="B97" s="1" t="s">
+      <c r="F97" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G97" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="C97" s="1" t="s">
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="D97" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E97" s="3" t="s">
+      <c r="B98" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="F97" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A98" s="1" t="s">
+      <c r="C98" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="C98" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E98" s="3" t="s">
+      <c r="F98" s="3" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="F98" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G98" s="3" t="s">
+      <c r="B99" s="1" t="s">
         <v>361</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A99" s="1" t="s">
+      <c r="C99" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>363</v>
       </c>
-      <c r="C99" s="1" t="s">
+      <c r="F99" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="D99" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E99" s="3" t="s">
+      <c r="B100" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="F99" s="3" t="s">
+      <c r="C100" s="1" t="s">
         <v>366</v>
       </c>
-      <c r="G99" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A100" s="1" t="s">
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>367</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="F100" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="C100" s="1" t="s">
+      <c r="B101" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E100" s="3" t="s">
+      <c r="C101" s="1" t="s">
         <v>370</v>
       </c>
-      <c r="F100" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A101" s="1" t="s">
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>371</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="F101" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="C101" s="1" t="s">
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="D101" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E101" s="3" t="s">
+      <c r="B102" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A102" s="1" t="s">
+      <c r="C102" s="1" t="s">
         <v>375</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="F102" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="B103" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="F102" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A103" s="1" t="s">
+      <c r="C103" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>380</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="F103" s="3" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="3" t="s">
+      <c r="B104" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="F103" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A104" s="1" t="s">
+      <c r="C104" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="C104" s="1" t="s">
+      <c r="F104" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="D104" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E104" s="3" t="s">
+      <c r="G104" s="3" t="s">
         <v>386</v>
       </c>
-      <c r="F104" s="3" t="s">
-[...6 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
         <v>387</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>388</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>389</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>390</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>160</v>
+        <v>385</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
         <v>391</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>392</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>393</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>394</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>160</v>
+        <v>385</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>398</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>160</v>
+        <v>385</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
         <v>399</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>400</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>401</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>402</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>160</v>
+        <v>385</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
         <v>403</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>404</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>405</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>406</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>160</v>
+        <v>385</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>407</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>408</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>410</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>160</v>
+        <v>183</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
         <v>411</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>412</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>413</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>414</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>160</v>
+        <v>183</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
         <v>415</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>416</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>417</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>418</v>
       </c>
       <c r="F112" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="G112" s="3" t="s">
+      <c r="B113" s="1" t="s">
         <v>420</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A113" s="1" t="s">
+      <c r="C113" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="B113" s="1" t="s">
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>422</v>
       </c>
-      <c r="C113" s="1" t="s">
+      <c r="F113" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="D113" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E113" s="3" t="s">
+      <c r="B114" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="F113" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A114" s="1" t="s">
+      <c r="C114" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="B114" s="1" t="s">
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>426</v>
       </c>
-      <c r="C114" s="1" t="s">
+      <c r="F114" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
         <v>427</v>
       </c>
-      <c r="D114" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E114" s="3" t="s">
+      <c r="B115" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="F114" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A115" s="1" t="s">
+      <c r="C115" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="B115" s="1" t="s">
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="C115" s="1" t="s">
+      <c r="F115" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="D115" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E115" s="3" t="s">
+      <c r="B116" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="F115" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A116" s="1" t="s">
+      <c r="C116" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="B116" s="1" t="s">
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>434</v>
       </c>
-      <c r="C116" s="1" t="s">
+      <c r="F116" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="D116" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E116" s="3" t="s">
+      <c r="B117" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="F116" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A117" s="1" t="s">
+      <c r="C117" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
         <v>438</v>
       </c>
-      <c r="C117" s="1" t="s">
+      <c r="F117" s="3" t="s">
         <v>439</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E117" s="3" t="s">
+      <c r="G117" s="3" t="s">
         <v>440</v>
       </c>
-      <c r="F117" s="3" t="s">
-[...6 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
         <v>441</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>442</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>443</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>444</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>446</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>447</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>448</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
         <v>449</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>450</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>451</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>452</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>485</v>
+        <v>439</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
         <v>486</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>487</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>488</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>489</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
         <v>490</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>491</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>492</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>493</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
         <v>494</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>495</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>496</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>497</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
         <v>498</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>499</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>500</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>501</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>485</v>
+        <v>439</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
         <v>502</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>503</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>504</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>505</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>485</v>
+        <v>506</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
         <v>519</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>520</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>521</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>522</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
         <v>523</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>524</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>525</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>526</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>419</v>
+        <v>506</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
         <v>527</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>528</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>529</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>530</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>419</v>
+        <v>506</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
         <v>531</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>532</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>533</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>534</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
         <v>535</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>536</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>537</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>538</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
         <v>539</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>540</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>541</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>542</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G144" s="3" t="s">
         <v>543</v>
       </c>
-      <c r="B143" s="1" t="s">
-[...41 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>485</v>
+        <v>439</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>485</v>
+        <v>439</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>485</v>
+        <v>439</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>485</v>
+        <v>439</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>419</v>
+        <v>506</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>419</v>
+        <v>506</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>419</v>
+        <v>506</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>419</v>
+        <v>506</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>419</v>
+        <v>439</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>439</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>160</v>
+        <v>439</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>160</v>
+        <v>439</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>160</v>
+        <v>439</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>160</v>
+        <v>439</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>638</v>
-[...5 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>641</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>642</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>638</v>
+        <v>183</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
         <v>643</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>644</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>645</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>646</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>183</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
         <v>647</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>648</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>649</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>650</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="G169" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
         <v>651</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A170" s="1" t="s">
+      <c r="B170" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="B170" s="1" t="s">
+      <c r="C170" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="C170" s="1" t="s">
+      <c r="D170" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E170" s="3" t="s">
         <v>654</v>
       </c>
-      <c r="D170" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E170" s="3" t="s">
+      <c r="F170" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="F170" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G170" s="3" t="s">
+      <c r="B171" s="1" t="s">
         <v>656</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A171" s="1" t="s">
+      <c r="C171" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="B171" s="1" t="s">
+      <c r="D171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>658</v>
       </c>
-      <c r="C171" s="1" t="s">
+      <c r="F171" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="G171" s="3" t="s">
         <v>659</v>
       </c>
-      <c r="D171" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E171" s="3" t="s">
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
         <v>660</v>
       </c>
-      <c r="F171" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A172" s="1" t="s">
+      <c r="B172" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="C172" s="1" t="s">
         <v>662</v>
       </c>
-      <c r="C172" s="1" t="s">
+      <c r="D172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>663</v>
       </c>
-      <c r="D172" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E172" s="3" t="s">
+      <c r="F172" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="F172" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A173" s="1" t="s">
+      <c r="B173" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="C173" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="C173" s="1" t="s">
+      <c r="D173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>667</v>
       </c>
-      <c r="D173" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E173" s="3" t="s">
+      <c r="F173" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
         <v>668</v>
       </c>
-      <c r="F173" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A174" s="1" t="s">
+      <c r="B174" s="1" t="s">
         <v>669</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="C174" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="C174" s="1" t="s">
+      <c r="D174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>671</v>
       </c>
-      <c r="D174" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E174" s="3" t="s">
+      <c r="F174" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
         <v>672</v>
       </c>
-      <c r="F174" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A175" s="1" t="s">
+      <c r="B175" s="1" t="s">
         <v>673</v>
       </c>
-      <c r="B175" s="1" t="s">
+      <c r="C175" s="1" t="s">
         <v>674</v>
       </c>
-      <c r="C175" s="1" t="s">
+      <c r="D175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>675</v>
       </c>
-      <c r="D175" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E175" s="3" t="s">
+      <c r="F175" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
         <v>676</v>
       </c>
-      <c r="F175" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A176" s="1" t="s">
+      <c r="B176" s="1" t="s">
         <v>677</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="C176" s="1" t="s">
         <v>678</v>
       </c>
-      <c r="C176" s="1" t="s">
+      <c r="D176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>679</v>
       </c>
-      <c r="D176" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E176" s="3" t="s">
+      <c r="F176" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
         <v>680</v>
       </c>
-      <c r="F176" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A177" s="1" t="s">
+      <c r="B177" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="C177" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="C177" s="1" t="s">
+      <c r="D177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>683</v>
       </c>
-      <c r="D177" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E177" s="3" t="s">
+      <c r="F177" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="F177" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A178" s="1" t="s">
+      <c r="B178" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="C178" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="C178" s="1" t="s">
+      <c r="D178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>687</v>
       </c>
-      <c r="D178" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E178" s="3" t="s">
+      <c r="F178" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
         <v>688</v>
       </c>
-      <c r="F178" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A179" s="1" t="s">
+      <c r="B179" s="1" t="s">
         <v>689</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="C179" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="C179" s="1" t="s">
+      <c r="D179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>691</v>
       </c>
-      <c r="D179" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E179" s="3" t="s">
+      <c r="F179" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
         <v>692</v>
       </c>
-      <c r="F179" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A180" s="1" t="s">
+      <c r="B180" s="1" t="s">
         <v>693</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="C180" s="1" t="s">
         <v>694</v>
       </c>
-      <c r="C180" s="1" t="s">
+      <c r="D180" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>695</v>
       </c>
-      <c r="D180" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E180" s="3" t="s">
+      <c r="F180" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
         <v>696</v>
       </c>
-      <c r="F180" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A181" s="1" t="s">
+      <c r="B181" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="C181" s="1" t="s">
         <v>698</v>
       </c>
-      <c r="C181" s="1" t="s">
+      <c r="D181" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>699</v>
       </c>
-      <c r="D181" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E181" s="3" t="s">
+      <c r="F181" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="F181" s="3" t="s">
+      <c r="B182" s="1" t="s">
         <v>701</v>
       </c>
-      <c r="G181" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A182" s="1" t="s">
+      <c r="C182" s="1" t="s">
         <v>702</v>
       </c>
-      <c r="B182" s="1" t="s">
+      <c r="D182" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>703</v>
       </c>
-      <c r="C182" s="1" t="s">
+      <c r="F182" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
         <v>704</v>
       </c>
-      <c r="D182" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E182" s="3" t="s">
+      <c r="B183" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="F182" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A183" s="1" t="s">
+      <c r="C183" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="B183" s="1" t="s">
+      <c r="D183" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>707</v>
       </c>
-      <c r="C183" s="1" t="s">
+      <c r="F183" s="3" t="s">
         <v>708</v>
       </c>
-      <c r="D183" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E183" s="3" t="s">
+      <c r="G183" s="3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="F183" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A184" s="1" t="s">
+      <c r="B184" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="C184" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="C184" s="1" t="s">
+      <c r="D184" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E184" s="3" t="s">
         <v>712</v>
       </c>
-      <c r="D184" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E184" s="3" t="s">
+      <c r="F184" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="F184" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A185" s="1" t="s">
+      <c r="B185" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="C185" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="C185" s="1" t="s">
+      <c r="D185" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>716</v>
       </c>
-      <c r="D185" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E185" s="3" t="s">
+      <c r="F185" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="F185" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A186" s="1" t="s">
+      <c r="B186" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="B186" s="1" t="s">
+      <c r="C186" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="C186" s="1" t="s">
+      <c r="D186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>720</v>
       </c>
-      <c r="D186" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E186" s="3" t="s">
+      <c r="F186" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A187" s="1" t="s">
+      <c r="B187" s="1" t="s">
         <v>722</v>
       </c>
-      <c r="B187" s="1" t="s">
+      <c r="C187" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="C187" s="1" t="s">
+      <c r="D187" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E187" s="3" t="s">
         <v>724</v>
       </c>
-      <c r="D187" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E187" s="3" t="s">
+      <c r="F187" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="F187" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A188" s="1" t="s">
+      <c r="B188" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="B188" s="1" t="s">
+      <c r="C188" s="1" t="s">
         <v>727</v>
       </c>
-      <c r="C188" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D188" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>728</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>112</v>
+        <v>506</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
         <v>729</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>730</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>731</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>732</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>485</v>
+        <v>506</v>
       </c>
       <c r="G189" s="3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
         <v>733</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A190" s="1" t="s">
+      <c r="B190" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="B190" s="1" t="s">
+      <c r="C190" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E190" s="3" t="s">
         <v>735</v>
       </c>
-      <c r="C190" s="1" t="s">
+      <c r="F190" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="D190" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E190" s="3" t="s">
+      <c r="B191" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="F190" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A191" s="1" t="s">
+      <c r="C191" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="B191" s="1" t="s">
+      <c r="D191" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>739</v>
       </c>
-      <c r="C191" s="1" t="s">
+      <c r="F191" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
         <v>740</v>
       </c>
-      <c r="D191" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E191" s="3" t="s">
+      <c r="B192" s="1" t="s">
         <v>741</v>
       </c>
-      <c r="F191" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A192" s="1" t="s">
+      <c r="C192" s="1" t="s">
         <v>742</v>
       </c>
-      <c r="B192" s="1" t="s">
+      <c r="D192" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E192" s="3" t="s">
         <v>743</v>
       </c>
-      <c r="C192" s="1" t="s">
+      <c r="F192" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="D192" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E192" s="3" t="s">
+      <c r="B193" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="F192" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A193" s="1" t="s">
+      <c r="C193" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="B193" s="1" t="s">
+      <c r="D193" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E193" s="3" t="s">
         <v>747</v>
       </c>
-      <c r="C193" s="1" t="s">
+      <c r="F193" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="D193" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E193" s="3" t="s">
+      <c r="B194" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="F193" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A194" s="1" t="s">
+      <c r="C194" s="1" t="s">
         <v>750</v>
       </c>
-      <c r="B194" s="1" t="s">
+      <c r="D194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E194" s="3" t="s">
         <v>751</v>
       </c>
-      <c r="C194" s="1" t="s">
+      <c r="F194" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G194" s="3" t="s">
         <v>752</v>
       </c>
-      <c r="D194" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E194" s="3" t="s">
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
         <v>753</v>
       </c>
-      <c r="F194" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A195" s="1" t="s">
+      <c r="B195" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="B195" s="1" t="s">
+      <c r="C195" s="1" t="s">
         <v>755</v>
       </c>
-      <c r="C195" s="1" t="s">
+      <c r="D195" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E195" s="3" t="s">
         <v>756</v>
       </c>
-      <c r="D195" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E195" s="3" t="s">
+      <c r="F195" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="F195" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G195" s="3" t="s">
+      <c r="B196" s="1" t="s">
         <v>758</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A196" s="1" t="s">
+      <c r="C196" s="1" t="s">
         <v>759</v>
       </c>
-      <c r="B196" s="1" t="s">
+      <c r="D196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>760</v>
       </c>
-      <c r="C196" s="1" t="s">
+      <c r="F196" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="D196" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E196" s="3" t="s">
+      <c r="B197" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="F196" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A197" s="1" t="s">
+      <c r="C197" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E197" s="3" t="s">
         <v>763</v>
       </c>
-      <c r="B197" s="1" t="s">
+      <c r="F197" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
         <v>764</v>
       </c>
-      <c r="C197" s="1" t="s">
+      <c r="B198" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="D197" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E197" s="3" t="s">
+      <c r="C198" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
         <v>766</v>
       </c>
-      <c r="F197" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A198" s="1" t="s">
+      <c r="F198" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="B198" s="1" t="s">
+      <c r="B199" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="C198" s="1" t="s">
+      <c r="C199" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="D198" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E198" s="3" t="s">
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>769</v>
       </c>
-      <c r="F198" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A199" s="1" t="s">
+      <c r="F199" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="B199" s="1" t="s">
+      <c r="B200" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="C199" s="1" t="s">
+      <c r="C200" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="D199" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E199" s="3" t="s">
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>772</v>
       </c>
-      <c r="F199" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A200" s="1" t="s">
+      <c r="F200" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
         <v>773</v>
       </c>
-      <c r="B200" s="1" t="s">
+      <c r="B201" s="1" t="s">
         <v>774</v>
       </c>
-      <c r="C200" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E200" s="3" t="s">
+      <c r="C201" s="1" t="s">
         <v>775</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A201" s="1" t="s">
+      <c r="D201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>776</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="F201" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
         <v>777</v>
       </c>
-      <c r="C201" s="1" t="s">
+      <c r="B202" s="1" t="s">
         <v>778</v>
       </c>
-      <c r="D201" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E201" s="3" t="s">
+      <c r="C202" s="1" t="s">
         <v>779</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A202" s="1" t="s">
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
         <v>780</v>
       </c>
-      <c r="B202" s="1" t="s">
+      <c r="F202" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G202" s="3" t="s">
         <v>781</v>
       </c>
-      <c r="C202" s="1" t="s">
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="D202" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E202" s="3" t="s">
+      <c r="B203" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="F202" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G202" s="3" t="s">
+      <c r="C203" s="1" t="s">
         <v>784</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A203" s="1" t="s">
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>785</v>
       </c>
-      <c r="B203" s="1" t="s">
+      <c r="F203" s="3" t="s">
         <v>786</v>
       </c>
-      <c r="C203" s="1" t="s">
+      <c r="G203" s="3" t="s">
         <v>787</v>
       </c>
-      <c r="D203" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E203" s="3" t="s">
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
         <v>788</v>
       </c>
-      <c r="F203" s="3" t="s">
+      <c r="B204" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="G203" s="3" t="s">
+      <c r="C204" s="1" t="s">
         <v>790</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A204" s="1" t="s">
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>791</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="F204" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
         <v>792</v>
       </c>
-      <c r="C204" s="1" t="s">
+      <c r="B205" s="1" t="s">
         <v>793</v>
       </c>
-      <c r="D204" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E204" s="3" t="s">
+      <c r="C205" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A205" s="1" t="s">
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>795</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="F205" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="G205" s="3" t="s">
         <v>796</v>
       </c>
-      <c r="C205" s="1" t="s">
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
         <v>797</v>
       </c>
-      <c r="D205" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E205" s="3" t="s">
+      <c r="B206" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="F205" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G205" s="3" t="s">
+      <c r="C206" s="1" t="s">
         <v>799</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A206" s="1" t="s">
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
         <v>800</v>
       </c>
-      <c r="B206" s="1" t="s">
+      <c r="F206" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="C206" s="1" t="s">
+      <c r="B207" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="D206" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E206" s="3" t="s">
+      <c r="C207" s="1" t="s">
         <v>803</v>
       </c>
-      <c r="F206" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A207" s="1" t="s">
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>804</v>
       </c>
-      <c r="B207" s="1" t="s">
+      <c r="F207" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="C207" s="1" t="s">
+      <c r="B208" s="1" t="s">
         <v>806</v>
       </c>
-      <c r="D207" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E207" s="3" t="s">
+      <c r="C208" s="1" t="s">
         <v>807</v>
       </c>
-      <c r="F207" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A208" s="1" t="s">
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>808</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="F208" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="C208" s="1" t="s">
+      <c r="B209" s="1" t="s">
         <v>810</v>
       </c>
-      <c r="D208" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E208" s="3" t="s">
+      <c r="C209" s="1" t="s">
         <v>811</v>
       </c>
-      <c r="F208" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A209" s="1" t="s">
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
         <v>812</v>
       </c>
-      <c r="B209" s="1" t="s">
+      <c r="F209" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
         <v>813</v>
       </c>
-      <c r="C209" s="1" t="s">
+      <c r="B210" s="1" t="s">
         <v>814</v>
       </c>
-      <c r="D209" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E209" s="3" t="s">
+      <c r="C210" s="1" t="s">
         <v>815</v>
       </c>
-      <c r="F209" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A210" s="1" t="s">
+      <c r="D210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
         <v>816</v>
       </c>
-      <c r="B210" s="1" t="s">
+      <c r="F210" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="C210" s="1" t="s">
+      <c r="B211" s="1" t="s">
         <v>818</v>
       </c>
-      <c r="D210" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E210" s="3" t="s">
+      <c r="C211" s="1" t="s">
         <v>819</v>
       </c>
-      <c r="F210" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A211" s="1" t="s">
+      <c r="D211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
         <v>820</v>
       </c>
-      <c r="B211" s="1" t="s">
+      <c r="F211" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="C211" s="1" t="s">
+      <c r="B212" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="D211" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E211" s="3" t="s">
+      <c r="C212" s="1" t="s">
         <v>823</v>
       </c>
-      <c r="F211" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A212" s="1" t="s">
+      <c r="D212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>824</v>
       </c>
-      <c r="B212" s="1" t="s">
+      <c r="F212" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
         <v>825</v>
       </c>
-      <c r="C212" s="1" t="s">
+      <c r="B213" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="D212" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E212" s="3" t="s">
+      <c r="C213" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>827</v>
       </c>
-      <c r="F212" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A213" s="1" t="s">
+      <c r="F213" s="3" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
         <v>828</v>
       </c>
-      <c r="B213" s="1" t="s">
+      <c r="B214" s="1" t="s">
         <v>829</v>
       </c>
-      <c r="C213" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E213" s="3" t="s">
+      <c r="C214" s="1" t="s">
         <v>830</v>
       </c>
-      <c r="F213" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A214" s="1" t="s">
+      <c r="D214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>831</v>
       </c>
-      <c r="B214" s="1" t="s">
+      <c r="F214" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
         <v>832</v>
       </c>
-      <c r="C214" s="1" t="s">
+      <c r="B215" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="D214" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E214" s="3" t="s">
+      <c r="C215" s="1" t="s">
         <v>834</v>
       </c>
-      <c r="F214" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A215" s="1" t="s">
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>835</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="F215" s="3" t="s">
         <v>836</v>
       </c>
-      <c r="C215" s="1" t="s">
+      <c r="G215" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="D215" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E215" s="3" t="s">
+      <c r="B216" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="F215" s="3" t="s">
+      <c r="C216" s="1" t="s">
         <v>839</v>
       </c>
-      <c r="G215" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A216" s="1" t="s">
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>840</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="F216" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="C216" s="1" t="s">
+      <c r="B217" s="1" t="s">
         <v>842</v>
       </c>
-      <c r="D216" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E216" s="3" t="s">
+      <c r="C217" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="F216" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A217" s="1" t="s">
+      <c r="D217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E217" s="3" t="s">
         <v>844</v>
       </c>
-      <c r="B217" s="1" t="s">
+      <c r="F217" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="C217" s="1" t="s">
+      <c r="B218" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="D217" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E217" s="3" t="s">
+      <c r="C218" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="F217" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A218" s="1" t="s">
+      <c r="D218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>848</v>
       </c>
-      <c r="B218" s="1" t="s">
+      <c r="F218" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
         <v>849</v>
       </c>
-      <c r="C218" s="1" t="s">
+      <c r="B219" s="1" t="s">
         <v>850</v>
       </c>
-      <c r="D218" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E218" s="3" t="s">
+      <c r="C219" s="1" t="s">
         <v>851</v>
       </c>
-      <c r="F218" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A219" s="1" t="s">
+      <c r="D219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E219" s="3" t="s">
         <v>852</v>
       </c>
-      <c r="B219" s="1" t="s">
+      <c r="F219" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="C219" s="1" t="s">
+      <c r="B220" s="1" t="s">
         <v>854</v>
       </c>
-      <c r="D219" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E219" s="3" t="s">
+      <c r="C220" s="1" t="s">
         <v>855</v>
       </c>
-      <c r="F219" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A220" s="1" t="s">
+      <c r="D220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E220" s="3" t="s">
         <v>856</v>
       </c>
-      <c r="B220" s="1" t="s">
+      <c r="F220" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="C220" s="1" t="s">
+      <c r="B221" s="1" t="s">
         <v>858</v>
       </c>
-      <c r="D220" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E220" s="3" t="s">
+      <c r="C221" s="1" t="s">
         <v>859</v>
       </c>
-      <c r="F220" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A221" s="1" t="s">
+      <c r="D221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="3" t="s">
         <v>860</v>
       </c>
-      <c r="B221" s="1" t="s">
+      <c r="F221" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="C221" s="1" t="s">
+      <c r="B222" s="1" t="s">
         <v>862</v>
       </c>
-      <c r="D221" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E221" s="3" t="s">
+      <c r="C222" s="1" t="s">
         <v>863</v>
       </c>
-      <c r="F221" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A222" s="1" t="s">
+      <c r="D222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
         <v>864</v>
       </c>
-      <c r="B222" s="1" t="s">
+      <c r="F222" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
         <v>865</v>
       </c>
-      <c r="C222" s="1" t="s">
+      <c r="B223" s="1" t="s">
         <v>866</v>
       </c>
-      <c r="D222" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E222" s="3" t="s">
+      <c r="C223" s="1" t="s">
         <v>867</v>
       </c>
-      <c r="F222" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A223" s="1" t="s">
+      <c r="D223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E223" s="3" t="s">
         <v>868</v>
       </c>
-      <c r="B223" s="1" t="s">
+      <c r="F223" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
         <v>869</v>
       </c>
-      <c r="C223" s="1" t="s">
+      <c r="B224" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="D223" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E223" s="3" t="s">
+      <c r="C224" s="1" t="s">
         <v>871</v>
       </c>
-      <c r="F223" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A224" s="1" t="s">
+      <c r="D224" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E224" s="3" t="s">
         <v>872</v>
       </c>
-      <c r="B224" s="1" t="s">
+      <c r="F224" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
         <v>873</v>
       </c>
-      <c r="C224" s="1" t="s">
+      <c r="B225" s="1" t="s">
         <v>874</v>
       </c>
-      <c r="D224" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E224" s="3" t="s">
+      <c r="C225" s="1" t="s">
         <v>875</v>
       </c>
-      <c r="F224" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A225" s="1" t="s">
+      <c r="D225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E225" s="3" t="s">
         <v>876</v>
       </c>
-      <c r="B225" s="1" t="s">
+      <c r="F225" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
         <v>877</v>
       </c>
-      <c r="C225" s="1" t="s">
+      <c r="B226" s="1" t="s">
         <v>878</v>
       </c>
-      <c r="D225" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E225" s="3" t="s">
+      <c r="C226" s="1" t="s">
         <v>879</v>
       </c>
-      <c r="F225" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A226" s="1" t="s">
+      <c r="D226" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E226" s="3" t="s">
         <v>880</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="F226" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
         <v>881</v>
       </c>
-      <c r="C226" s="1" t="s">
+      <c r="B227" s="1" t="s">
         <v>882</v>
       </c>
-      <c r="D226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E226" s="3" t="s">
+      <c r="C227" s="1" t="s">
         <v>883</v>
       </c>
-      <c r="F226" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A227" s="1" t="s">
+      <c r="D227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>884</v>
       </c>
-      <c r="B227" s="1" t="s">
+      <c r="F227" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
         <v>885</v>
       </c>
-      <c r="C227" s="1" t="s">
+      <c r="B228" s="1" t="s">
         <v>886</v>
       </c>
-      <c r="D227" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E227" s="3" t="s">
+      <c r="C228" s="1" t="s">
         <v>887</v>
       </c>
-      <c r="F227" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A228" s="1" t="s">
+      <c r="D228" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E228" s="3" t="s">
         <v>888</v>
       </c>
-      <c r="B228" s="1" t="s">
+      <c r="F228" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
         <v>889</v>
       </c>
-      <c r="C228" s="1" t="s">
+      <c r="B229" s="1" t="s">
         <v>890</v>
       </c>
-      <c r="D228" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E228" s="3" t="s">
+      <c r="C229" s="1" t="s">
         <v>891</v>
       </c>
-      <c r="F228" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A229" s="1" t="s">
+      <c r="D229" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E229" s="3" t="s">
         <v>892</v>
       </c>
-      <c r="B229" s="1" t="s">
+      <c r="F229" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
         <v>893</v>
       </c>
-      <c r="C229" s="1" t="s">
+      <c r="B230" s="1" t="s">
         <v>894</v>
       </c>
-      <c r="D229" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E229" s="3" t="s">
+      <c r="C230" s="1" t="s">
         <v>895</v>
       </c>
-      <c r="F229" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A230" s="1" t="s">
+      <c r="D230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E230" s="3" t="s">
         <v>896</v>
       </c>
-      <c r="B230" s="1" t="s">
+      <c r="F230" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
         <v>897</v>
       </c>
-      <c r="C230" s="1" t="s">
+      <c r="B231" s="1" t="s">
         <v>898</v>
       </c>
-      <c r="D230" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E230" s="3" t="s">
+      <c r="C231" s="1" t="s">
         <v>899</v>
       </c>
-      <c r="F230" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A231" s="1" t="s">
+      <c r="D231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E231" s="3" t="s">
         <v>900</v>
       </c>
-      <c r="B231" s="1" t="s">
+      <c r="F231" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
         <v>901</v>
       </c>
-      <c r="C231" s="1" t="s">
+      <c r="B232" s="1" t="s">
         <v>902</v>
       </c>
-      <c r="D231" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E231" s="3" t="s">
+      <c r="C232" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="F231" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A232" s="1" t="s">
+      <c r="D232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E232" s="3" t="s">
         <v>904</v>
       </c>
-      <c r="B232" s="1" t="s">
+      <c r="F232" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
         <v>905</v>
       </c>
-      <c r="C232" s="1" t="s">
+      <c r="B233" s="1" t="s">
         <v>906</v>
       </c>
-      <c r="D232" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E232" s="3" t="s">
+      <c r="C233" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="F232" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A233" s="1" t="s">
+      <c r="D233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E233" s="3" t="s">
         <v>908</v>
       </c>
-      <c r="B233" s="1" t="s">
+      <c r="F233" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="C233" s="1" t="s">
+      <c r="B234" s="1" t="s">
         <v>910</v>
       </c>
-      <c r="D233" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E233" s="3" t="s">
+      <c r="C234" s="1" t="s">
         <v>911</v>
       </c>
-      <c r="F233" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A234" s="1" t="s">
+      <c r="D234" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>912</v>
       </c>
-      <c r="B234" s="1" t="s">
+      <c r="F234" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="C234" s="1" t="s">
+      <c r="B235" s="1" t="s">
         <v>914</v>
       </c>
-      <c r="D234" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E234" s="3" t="s">
+      <c r="C235" s="1" t="s">
         <v>915</v>
       </c>
-      <c r="F234" s="3" t="s">
+      <c r="D235" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E235" s="3" t="s">
         <v>916</v>
       </c>
-      <c r="G234" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A235" s="1" t="s">
+      <c r="F235" s="3" t="s">
         <v>917</v>
       </c>
-      <c r="B235" s="1" t="s">
+      <c r="G235" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
         <v>918</v>
       </c>
-      <c r="C235" s="1" t="s">
+      <c r="B236" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="D235" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E235" s="3" t="s">
+      <c r="C236" s="1" t="s">
         <v>920</v>
       </c>
-      <c r="F235" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A236" s="1" t="s">
+      <c r="D236" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E236" s="3" t="s">
         <v>921</v>
       </c>
-      <c r="B236" s="1" t="s">
+      <c r="F236" s="3" t="s">
+        <v>917</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
         <v>922</v>
       </c>
-      <c r="C236" s="1" t="s">
+      <c r="B237" s="1" t="s">
         <v>923</v>
       </c>
-      <c r="D236" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E236" s="3" t="s">
+      <c r="C237" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="F236" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A237" s="1" t="s">
+      <c r="D237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E237" s="3" t="s">
         <v>925</v>
       </c>
-      <c r="B237" s="1" t="s">
+      <c r="F237" s="3" t="s">
+        <v>917</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
         <v>926</v>
       </c>
-      <c r="C237" s="1" t="s">
+      <c r="B238" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="D237" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E237" s="3" t="s">
+      <c r="C238" s="1" t="s">
         <v>928</v>
       </c>
-      <c r="F237" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A238" s="1" t="s">
+      <c r="D238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E238" s="3" t="s">
         <v>929</v>
       </c>
-      <c r="B238" s="1" t="s">
+      <c r="F238" s="3" t="s">
+        <v>917</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
         <v>930</v>
       </c>
-      <c r="C238" s="1" t="s">
+      <c r="B239" s="1" t="s">
         <v>931</v>
       </c>
-      <c r="D238" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E238" s="3" t="s">
+      <c r="C239" s="1" t="s">
         <v>932</v>
       </c>
-      <c r="F238" s="3" t="s">
+      <c r="D239" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E239" s="3" t="s">
         <v>933</v>
       </c>
-      <c r="G238" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A239" s="1" t="s">
+      <c r="F239" s="3" t="s">
         <v>934</v>
       </c>
-      <c r="B239" s="1" t="s">
+      <c r="G239" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="C239" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E239" s="3" t="s">
+      <c r="B240" s="1" t="s">
         <v>936</v>
       </c>
-      <c r="F239" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A240" s="1" t="s">
+      <c r="C240" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E240" s="3" t="s">
         <v>937</v>
       </c>
-      <c r="B240" s="1" t="s">
+      <c r="F240" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
         <v>938</v>
       </c>
-      <c r="C240" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E240" s="3" t="s">
+      <c r="B241" s="1" t="s">
         <v>939</v>
       </c>
-      <c r="F240" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A241" s="1" t="s">
+      <c r="C241" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E241" s="3" t="s">
         <v>940</v>
       </c>
-      <c r="B241" s="1" t="s">
+      <c r="F241" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
         <v>941</v>
       </c>
-      <c r="C241" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E241" s="3" t="s">
+      <c r="B242" s="1" t="s">
         <v>942</v>
       </c>
-      <c r="F241" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A242" s="1" t="s">
+      <c r="C242" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E242" s="3" t="s">
         <v>943</v>
       </c>
-      <c r="B242" s="1" t="s">
+      <c r="F242" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
         <v>944</v>
       </c>
-      <c r="C242" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E242" s="3" t="s">
+      <c r="B243" s="1" t="s">
         <v>945</v>
       </c>
-      <c r="F242" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A243" s="1" t="s">
+      <c r="C243" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E243" s="3" t="s">
         <v>946</v>
       </c>
-      <c r="B243" s="1" t="s">
+      <c r="F243" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
         <v>947</v>
       </c>
-      <c r="C243" s="1" t="s">
+      <c r="B244" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="D243" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E243" s="3" t="s">
+      <c r="C244" s="1" t="s">
         <v>949</v>
       </c>
-      <c r="F243" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A244" s="1" t="s">
+      <c r="D244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E244" s="3" t="s">
         <v>950</v>
       </c>
-      <c r="B244" s="1" t="s">
+      <c r="F244" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
         <v>951</v>
       </c>
-      <c r="C244" s="1" t="s">
+      <c r="B245" s="1" t="s">
         <v>952</v>
       </c>
-      <c r="D244" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E244" s="3" t="s">
+      <c r="C245" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="F244" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A245" s="1" t="s">
+      <c r="D245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>954</v>
       </c>
-      <c r="B245" s="1" t="s">
+      <c r="F245" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
         <v>955</v>
       </c>
-      <c r="C245" s="1" t="s">
+      <c r="B246" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="D245" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E245" s="3" t="s">
+      <c r="C246" s="1" t="s">
         <v>957</v>
       </c>
-      <c r="F245" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A246" s="1" t="s">
+      <c r="D246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E246" s="3" t="s">
         <v>958</v>
       </c>
-      <c r="B246" s="1" t="s">
+      <c r="F246" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="C246" s="1" t="s">
+      <c r="B247" s="1" t="s">
         <v>960</v>
       </c>
-      <c r="D246" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E246" s="3" t="s">
+      <c r="C247" s="1" t="s">
         <v>961</v>
       </c>
-      <c r="F246" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A247" s="1" t="s">
+      <c r="D247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E247" s="3" t="s">
         <v>962</v>
       </c>
-      <c r="B247" s="1" t="s">
+      <c r="F247" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="C247" s="1" t="s">
+      <c r="B248" s="1" t="s">
         <v>964</v>
       </c>
-      <c r="D247" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E247" s="3" t="s">
+      <c r="C248" s="1" t="s">
         <v>965</v>
       </c>
-      <c r="F247" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A248" s="1" t="s">
+      <c r="D248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E248" s="3" t="s">
         <v>966</v>
       </c>
-      <c r="B248" s="1" t="s">
+      <c r="F248" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="C248" s="1" t="s">
+      <c r="B249" s="1" t="s">
         <v>968</v>
       </c>
-      <c r="D248" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E248" s="3" t="s">
+      <c r="C249" s="1" t="s">
         <v>969</v>
       </c>
-      <c r="F248" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G248" s="3" t="s">
+      <c r="D249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E249" s="3" t="s">
         <v>970</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A249" s="1" t="s">
+      <c r="F249" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
         <v>971</v>
       </c>
-      <c r="B249" s="1" t="s">
+      <c r="B250" s="1" t="s">
         <v>972</v>
       </c>
-      <c r="C249" s="1" t="s">
+      <c r="C250" s="1" t="s">
         <v>973</v>
       </c>
-      <c r="D249" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E249" s="3" t="s">
+      <c r="D250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E250" s="3" t="s">
         <v>974</v>
       </c>
-      <c r="F249" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A250" s="1" t="s">
+      <c r="F250" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="B250" s="1" t="s">
+      <c r="B251" s="1" t="s">
         <v>976</v>
       </c>
-      <c r="C250" s="1" t="s">
+      <c r="C251" s="1" t="s">
         <v>977</v>
       </c>
-      <c r="D250" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E250" s="3" t="s">
+      <c r="D251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E251" s="3" t="s">
         <v>978</v>
       </c>
-      <c r="F250" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A251" s="1" t="s">
+      <c r="F251" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="B251" s="1" t="s">
+      <c r="B252" s="1" t="s">
         <v>980</v>
       </c>
-      <c r="C251" s="1" t="s">
+      <c r="C252" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="D251" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E251" s="3" t="s">
+      <c r="D252" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E252" s="3" t="s">
         <v>982</v>
       </c>
-      <c r="F251" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A252" s="1" t="s">
+      <c r="F252" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="B252" s="1" t="s">
+      <c r="B253" s="1" t="s">
         <v>984</v>
       </c>
-      <c r="C252" s="1" t="s">
+      <c r="C253" s="1" t="s">
         <v>985</v>
       </c>
-      <c r="D252" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E252" s="3" t="s">
+      <c r="D253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
         <v>986</v>
       </c>
-      <c r="F252" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A253" s="1" t="s">
+      <c r="F253" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
         <v>987</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="B254" s="1" t="s">
         <v>988</v>
       </c>
-      <c r="C253" s="1" t="s">
+      <c r="C254" s="1" t="s">
         <v>989</v>
       </c>
-      <c r="D253" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E253" s="3" t="s">
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>990</v>
       </c>
-      <c r="F253" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A254" s="1" t="s">
+      <c r="F254" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="B254" s="1" t="s">
+      <c r="B255" s="1" t="s">
         <v>992</v>
       </c>
-      <c r="C254" s="1" t="s">
+      <c r="C255" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="D254" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E254" s="3" t="s">
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>994</v>
       </c>
-      <c r="F254" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A255" s="1" t="s">
+      <c r="F255" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="B255" s="1" t="s">
+      <c r="B256" s="1" t="s">
         <v>996</v>
       </c>
-      <c r="C255" s="1" t="s">
+      <c r="C256" s="1" t="s">
         <v>997</v>
       </c>
-      <c r="D255" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E255" s="3" t="s">
+      <c r="D256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
         <v>998</v>
       </c>
-      <c r="F255" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A256" s="1" t="s">
+      <c r="F256" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
         <v>999</v>
       </c>
-      <c r="B256" s="1" t="s">
+      <c r="B257" s="1" t="s">
         <v>1000</v>
       </c>
-      <c r="C256" s="1" t="s">
+      <c r="C257" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="D256" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E256" s="3" t="s">
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
         <v>1002</v>
       </c>
-      <c r="F256" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A257" s="1" t="s">
+      <c r="F257" s="3" t="s">
         <v>1003</v>
       </c>
-      <c r="B257" s="1" t="s">
+      <c r="G257" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="C257" s="1" t="s">
+      <c r="B258" s="1" t="s">
         <v>1005</v>
       </c>
-      <c r="D257" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E257" s="3" t="s">
+      <c r="C258" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="F257" s="3" t="s">
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
         <v>1007</v>
       </c>
-      <c r="G257" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A258" s="1" t="s">
+      <c r="F258" s="3" t="s">
+        <v>1003</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
         <v>1008</v>
       </c>
-      <c r="B258" s="1" t="s">
+      <c r="B259" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="C258" s="1" t="s">
+      <c r="C259" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="D258" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E258" s="3" t="s">
+      <c r="D259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
         <v>1011</v>
       </c>
-      <c r="F258" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A259" s="1" t="s">
+      <c r="F259" s="3" t="s">
+        <v>1003</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
         <v>1012</v>
       </c>
-      <c r="B259" s="1" t="s">
+      <c r="B260" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="C259" s="1" t="s">
+      <c r="C260" s="1" t="s">
         <v>1014</v>
       </c>
-      <c r="D259" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E259" s="3" t="s">
+      <c r="D260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E260" s="3" t="s">
         <v>1015</v>
       </c>
-      <c r="F259" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A260" s="1" t="s">
+      <c r="F260" s="3" t="s">
+        <v>1003</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
         <v>1016</v>
       </c>
-      <c r="B260" s="1" t="s">
+      <c r="B261" s="1" t="s">
         <v>1017</v>
       </c>
-      <c r="C260" s="1" t="s">
+      <c r="C261" s="1" t="s">
         <v>1018</v>
       </c>
-      <c r="D260" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E260" s="3" t="s">
+      <c r="D261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E261" s="3" t="s">
         <v>1019</v>
       </c>
-      <c r="F260" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A261" s="1" t="s">
+      <c r="F261" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
         <v>1020</v>
       </c>
-      <c r="B261" s="1" t="s">
+      <c r="B262" s="1" t="s">
         <v>1021</v>
       </c>
-      <c r="C261" s="1" t="s">
+      <c r="C262" s="1" t="s">
         <v>1022</v>
       </c>
-      <c r="D261" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E261" s="3" t="s">
+      <c r="D262" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E262" s="3" t="s">
         <v>1023</v>
       </c>
-      <c r="F261" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A262" s="1" t="s">
+      <c r="F262" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
         <v>1024</v>
       </c>
-      <c r="B262" s="1" t="s">
+      <c r="B263" s="1" t="s">
         <v>1025</v>
       </c>
-      <c r="C262" s="1" t="s">
+      <c r="C263" s="1" t="s">
         <v>1026</v>
       </c>
-      <c r="D262" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E262" s="3" t="s">
+      <c r="D263" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E263" s="3" t="s">
         <v>1027</v>
       </c>
-      <c r="F262" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A263" s="1" t="s">
+      <c r="F263" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
         <v>1028</v>
       </c>
-      <c r="B263" s="1" t="s">
+      <c r="B264" s="1" t="s">
         <v>1029</v>
       </c>
-      <c r="C263" s="1" t="s">
+      <c r="C264" s="1" t="s">
         <v>1030</v>
       </c>
-      <c r="D263" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E263" s="3" t="s">
+      <c r="D264" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E264" s="3" t="s">
         <v>1031</v>
       </c>
-      <c r="F263" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A264" s="1" t="s">
+      <c r="F264" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A265" s="1" t="s">
         <v>1032</v>
       </c>
-      <c r="B264" s="1" t="s">
+      <c r="B265" s="1" t="s">
         <v>1033</v>
       </c>
-      <c r="C264" s="1" t="s">
+      <c r="C265" s="1" t="s">
         <v>1034</v>
       </c>
-      <c r="D264" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E264" s="3" t="s">
+      <c r="D265" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E265" s="3" t="s">
         <v>1035</v>
       </c>
-      <c r="F264" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A265" s="1" t="s">
+      <c r="F265" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G265" s="3" t="s">
         <v>1036</v>
       </c>
-      <c r="B265" s="1" t="s">
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
         <v>1037</v>
       </c>
-      <c r="C265" s="1" t="s">
+      <c r="B266" s="1" t="s">
         <v>1038</v>
       </c>
-      <c r="D265" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E265" s="3" t="s">
+      <c r="C266" s="1" t="s">
         <v>1039</v>
       </c>
-      <c r="F265" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A266" s="1" t="s">
+      <c r="D266" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E266" s="3" t="s">
         <v>1040</v>
       </c>
-      <c r="B266" s="1" t="s">
+      <c r="F266" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
         <v>1041</v>
       </c>
-      <c r="C266" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E266" s="3" t="s">
+      <c r="B267" s="1" t="s">
         <v>1042</v>
       </c>
-      <c r="F266" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A267" s="1" t="s">
+      <c r="C267" s="1" t="s">
         <v>1043</v>
       </c>
-      <c r="B267" s="1" t="s">
+      <c r="D267" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E267" s="3" t="s">
         <v>1044</v>
       </c>
-      <c r="C267" s="1" t="s">
+      <c r="F267" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A268" s="1" t="s">
         <v>1045</v>
       </c>
-      <c r="D267" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E267" s="3" t="s">
+      <c r="B268" s="1" t="s">
         <v>1046</v>
       </c>
-      <c r="F267" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A268" s="1" t="s">
+      <c r="C268" s="1" t="s">
         <v>1047</v>
       </c>
-      <c r="B268" s="1" t="s">
+      <c r="D268" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E268" s="3" t="s">
         <v>1048</v>
       </c>
-      <c r="C268" s="1" t="s">
+      <c r="F268" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A269" s="1" t="s">
         <v>1049</v>
       </c>
-      <c r="D268" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E268" s="3" t="s">
+      <c r="B269" s="1" t="s">
         <v>1050</v>
       </c>
-      <c r="F268" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A269" s="1" t="s">
+      <c r="C269" s="1" t="s">
         <v>1051</v>
       </c>
-      <c r="B269" s="1" t="s">
+      <c r="D269" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E269" s="3" t="s">
         <v>1052</v>
       </c>
-      <c r="C269" s="1" t="s">
+      <c r="F269" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A270" s="1" t="s">
         <v>1053</v>
       </c>
-      <c r="D269" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E269" s="3" t="s">
+      <c r="B270" s="1" t="s">
         <v>1054</v>
       </c>
-      <c r="F269" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A270" s="1" t="s">
+      <c r="C270" s="1" t="s">
         <v>1055</v>
       </c>
-      <c r="B270" s="1" t="s">
+      <c r="D270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E270" s="3" t="s">
         <v>1056</v>
       </c>
-      <c r="C270" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E270" s="3" t="s">
+      <c r="F270" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
         <v>1057</v>
       </c>
-      <c r="F270" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A271" s="1" t="s">
+      <c r="B271" s="1" t="s">
         <v>1058</v>
       </c>
-      <c r="B271" s="1" t="s">
+      <c r="C271" s="1" t="s">
         <v>1059</v>
       </c>
-      <c r="C271" s="1" t="s">
+      <c r="D271" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E271" s="3" t="s">
         <v>1060</v>
       </c>
-      <c r="D271" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E271" s="3" t="s">
+      <c r="F271" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
         <v>1061</v>
       </c>
-      <c r="F271" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A272" s="1" t="s">
+      <c r="B272" s="1" t="s">
         <v>1062</v>
-      </c>
-[...1 lines deleted...]
-        <v>1063</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>1064</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>160</v>
+        <v>836</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
         <v>1065</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>1068</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>160</v>
+        <v>183</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E274" s="3" t="s">
         <v>1072</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>160</v>
+        <v>183</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="B275" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="C275" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>1076</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>160</v>
+        <v>183</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
         <v>1077</v>
       </c>
       <c r="B276" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="C276" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>1080</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>160</v>
+        <v>183</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>1084</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>160</v>
+        <v>183</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>1088</v>
       </c>
       <c r="F278" s="3" t="s">
         <v>1089</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
         <v>1090</v>
       </c>
       <c r="B279" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>160</v>
+        <v>934</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>758</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>758</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>758</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>758</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>160</v>
+        <v>934</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>933</v>
+        <v>506</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>933</v>
+        <v>506</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>485</v>
+        <v>506</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>485</v>
+        <v>506</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>485</v>
+        <v>506</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>485</v>
+        <v>183</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>485</v>
+        <v>1154</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>160</v>
+        <v>836</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>638</v>
+        <v>836</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>839</v>
+        <v>1166</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="C298" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>1169</v>
+      </c>
+      <c r="F298" s="3" t="s">
         <v>1166</v>
       </c>
-      <c r="D298" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G298" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="F299" s="3" t="s">
-        <v>933</v>
+        <v>1166</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>1175</v>
+        <v>1166</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>1177</v>
       </c>
       <c r="C301" s="1" t="s">
         <v>1177</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E301" s="3" t="s">
         <v>1178</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>1175</v>
+        <v>1166</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
         <v>1179</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>1180</v>
       </c>
       <c r="C302" s="1" t="s">
         <v>1180</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>1181</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>1175</v>
+        <v>1166</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
         <v>1182</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>1183</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>1175</v>
+        <v>1166</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="F304" s="3" t="s">
-        <v>1175</v>
+        <v>1166</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="F305" s="3" t="s">
-        <v>1175</v>
+        <v>183</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>1175</v>
+        <v>934</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
       <c r="F307" s="3" t="s">
-        <v>1175</v>
+        <v>934</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>1197</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>1175</v>
+        <v>934</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>1175</v>
+        <v>934</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1207</v>
+        <v>1211</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>160</v>
+        <v>934</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>933</v>
+        <v>786</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>933</v>
+        <v>786</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>933</v>
+        <v>786</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>933</v>
+        <v>786</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>933</v>
+        <v>786</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>758</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1252</v>
+        <v>1256</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>789</v>
+        <v>934</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>789</v>
+        <v>934</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>789</v>
+        <v>934</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>789</v>
+        <v>934</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>789</v>
+        <v>934</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>789</v>
+        <v>934</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>789</v>
+        <v>934</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="C339" s="1" t="s">
         <v>1322</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>1323</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
         <v>1324</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>1325</v>
       </c>
       <c r="C340" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E340" s="3" t="s">
         <v>1326</v>
       </c>
-      <c r="D340" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E340" s="3" t="s">
+      <c r="F340" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G340" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A341" s="1" t="s">
         <v>1327</v>
       </c>
-      <c r="F340" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A341" s="1" t="s">
+      <c r="B341" s="1" t="s">
         <v>1328</v>
       </c>
-      <c r="B341" s="1" t="s">
+      <c r="C341" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E341" s="3" t="s">
         <v>1329</v>
       </c>
-      <c r="C341" s="1" t="s">
+      <c r="F341" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G341" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A342" s="1" t="s">
         <v>1330</v>
       </c>
-      <c r="D341" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E341" s="3" t="s">
+      <c r="B342" s="1" t="s">
         <v>1331</v>
       </c>
-      <c r="F341" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A342" s="1" t="s">
+      <c r="C342" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E342" s="3" t="s">
         <v>1332</v>
       </c>
-      <c r="B342" s="1" t="s">
+      <c r="F342" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G342" s="3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A343" s="1" t="s">
         <v>1333</v>
       </c>
-      <c r="C342" s="1" t="s">
+      <c r="B343" s="1" t="s">
         <v>1334</v>
       </c>
-      <c r="D342" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E342" s="3" t="s">
+      <c r="C343" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E343" s="3" t="s">
         <v>1335</v>
       </c>
-      <c r="F342" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A343" s="1" t="s">
+      <c r="F343" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G343" s="3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A344" s="1" t="s">
         <v>1336</v>
       </c>
-      <c r="B343" s="1" t="s">
+      <c r="B344" s="1" t="s">
         <v>1337</v>
       </c>
-      <c r="C343" s="1" t="s">
+      <c r="C344" s="1" t="s">
         <v>1337</v>
       </c>
-      <c r="D343" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E343" s="3" t="s">
+      <c r="D344" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E344" s="3" t="s">
         <v>1338</v>
       </c>
-      <c r="F343" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A344" s="1" t="s">
+      <c r="F344" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G344" s="3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A345" s="1" t="s">
         <v>1339</v>
       </c>
-      <c r="B344" s="1" t="s">
+      <c r="B345" s="1" t="s">
         <v>1340</v>
       </c>
-      <c r="C344" s="1" t="s">
+      <c r="C345" s="1" t="s">
         <v>1340</v>
       </c>
-      <c r="D344" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E344" s="3" t="s">
+      <c r="D345" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E345" s="3" t="s">
         <v>1341</v>
       </c>
-      <c r="F344" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A345" s="1" t="s">
+      <c r="F345" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G345" s="3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A346" s="1" t="s">
         <v>1342</v>
       </c>
-      <c r="B345" s="1" t="s">
+      <c r="B346" s="1" t="s">
         <v>1343</v>
       </c>
-      <c r="C345" s="1" t="s">
+      <c r="C346" s="1" t="s">
         <v>1343</v>
       </c>
-      <c r="D345" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E345" s="3" t="s">
+      <c r="D346" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E346" s="3" t="s">
         <v>1344</v>
       </c>
-      <c r="F345" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A346" s="1" t="s">
+      <c r="F346" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G346" s="3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A347" s="1" t="s">
         <v>1345</v>
       </c>
-      <c r="B346" s="1" t="s">
+      <c r="B347" s="1" t="s">
         <v>1346</v>
       </c>
-      <c r="C346" s="1" t="s">
+      <c r="C347" s="1" t="s">
         <v>1346</v>
       </c>
-      <c r="D346" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E346" s="3" t="s">
+      <c r="D347" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E347" s="3" t="s">
         <v>1347</v>
       </c>
-      <c r="F346" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A347" s="1" t="s">
+      <c r="F347" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G347" s="3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A348" s="1" t="s">
         <v>1348</v>
       </c>
-      <c r="B347" s="1" t="s">
+      <c r="B348" s="1" t="s">
         <v>1349</v>
       </c>
-      <c r="C347" s="1" t="s">
+      <c r="C348" s="1" t="s">
         <v>1349</v>
       </c>
-      <c r="D347" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E347" s="3" t="s">
+      <c r="D348" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E348" s="3" t="s">
         <v>1350</v>
       </c>
-      <c r="F347" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A348" s="1" t="s">
+      <c r="F348" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G348" s="3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A349" s="1" t="s">
         <v>1351</v>
       </c>
-      <c r="B348" s="1" t="s">
+      <c r="B349" s="1" t="s">
         <v>1352</v>
       </c>
-      <c r="C348" s="1" t="s">
+      <c r="C349" s="1" t="s">
         <v>1352</v>
       </c>
-      <c r="D348" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E348" s="3" t="s">
+      <c r="D349" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E349" s="3" t="s">
         <v>1353</v>
       </c>
-      <c r="F348" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A349" s="1" t="s">
+      <c r="F349" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G349" s="3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A350" s="1" t="s">
         <v>1354</v>
       </c>
-      <c r="B349" s="1" t="s">
+      <c r="B350" s="1" t="s">
         <v>1355</v>
       </c>
-      <c r="C349" s="1" t="s">
+      <c r="C350" s="1" t="s">
         <v>1355</v>
       </c>
-      <c r="D349" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E349" s="3" t="s">
+      <c r="D350" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E350" s="3" t="s">
         <v>1356</v>
       </c>
-      <c r="F349" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A350" s="1" t="s">
+      <c r="F350" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G350" s="3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A351" s="1" t="s">
         <v>1357</v>
       </c>
-      <c r="B350" s="1" t="s">
+      <c r="B351" s="1" t="s">
         <v>1358</v>
       </c>
-      <c r="C350" s="1" t="s">
+      <c r="C351" s="1" t="s">
         <v>1358</v>
       </c>
-      <c r="D350" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E350" s="3" t="s">
+      <c r="D351" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E351" s="3" t="s">
         <v>1359</v>
       </c>
-      <c r="F350" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A351" s="1" t="s">
+      <c r="F351" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A352" s="1" t="s">
         <v>1360</v>
       </c>
-      <c r="B351" s="1" t="s">
+      <c r="B352" s="1" t="s">
         <v>1361</v>
       </c>
-      <c r="C351" s="1" t="s">
+      <c r="C352" s="1" t="s">
         <v>1361</v>
       </c>
-      <c r="D351" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E351" s="3" t="s">
+      <c r="D352" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E352" s="3" t="s">
         <v>1362</v>
       </c>
-      <c r="F351" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A352" s="1" t="s">
+      <c r="F352" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G352" s="3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A353" s="1" t="s">
         <v>1363</v>
       </c>
-      <c r="B352" s="1" t="s">
+      <c r="B353" s="1" t="s">
         <v>1364</v>
       </c>
-      <c r="C352" s="1" t="s">
+      <c r="C353" s="1" t="s">
         <v>1364</v>
       </c>
-      <c r="D352" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E352" s="3" t="s">
+      <c r="D353" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E353" s="3" t="s">
         <v>1365</v>
       </c>
-      <c r="F352" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A353" s="1" t="s">
+      <c r="F353" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A354" s="1" t="s">
         <v>1366</v>
       </c>
-      <c r="B353" s="1" t="s">
+      <c r="B354" s="1" t="s">
         <v>1367</v>
       </c>
-      <c r="C353" s="1" t="s">
+      <c r="C354" s="1" t="s">
         <v>1367</v>
       </c>
-      <c r="D353" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E353" s="3" t="s">
+      <c r="D354" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E354" s="3" t="s">
         <v>1368</v>
       </c>
-      <c r="F353" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A354" s="1" t="s">
+      <c r="F354" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G354" s="3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A355" s="1" t="s">
         <v>1369</v>
       </c>
-      <c r="B354" s="1" t="s">
+      <c r="B355" s="1" t="s">
         <v>1370</v>
       </c>
-      <c r="C354" s="1" t="s">
+      <c r="C355" s="1" t="s">
         <v>1370</v>
       </c>
-      <c r="D354" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E354" s="3" t="s">
+      <c r="D355" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E355" s="3" t="s">
         <v>1371</v>
       </c>
-      <c r="F354" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A355" s="1" t="s">
+      <c r="F355" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A356" s="1" t="s">
         <v>1372</v>
       </c>
-      <c r="B355" s="1" t="s">
+      <c r="B356" s="1" t="s">
         <v>1373</v>
       </c>
-      <c r="C355" s="1" t="s">
+      <c r="C356" s="1" t="s">
         <v>1373</v>
       </c>
-      <c r="D355" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E355" s="3" t="s">
+      <c r="D356" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E356" s="3" t="s">
         <v>1374</v>
       </c>
-      <c r="F355" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A356" s="1" t="s">
+      <c r="F356" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A357" s="1" t="s">
         <v>1375</v>
       </c>
-      <c r="B356" s="1" t="s">
+      <c r="B357" s="1" t="s">
         <v>1376</v>
       </c>
-      <c r="C356" s="1" t="s">
+      <c r="C357" s="1" t="s">
         <v>1376</v>
       </c>
-      <c r="D356" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E356" s="3" t="s">
+      <c r="D357" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E357" s="3" t="s">
         <v>1377</v>
       </c>
-      <c r="F356" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A357" s="1" t="s">
+      <c r="F357" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A358" s="1" t="s">
         <v>1378</v>
       </c>
-      <c r="B357" s="1" t="s">
+      <c r="B358" s="1" t="s">
         <v>1379</v>
       </c>
-      <c r="C357" s="1" t="s">
+      <c r="C358" s="1" t="s">
         <v>1379</v>
       </c>
-      <c r="D357" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E357" s="3" t="s">
+      <c r="D358" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E358" s="3" t="s">
         <v>1380</v>
       </c>
-      <c r="F357" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A358" s="1" t="s">
+      <c r="F358" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G358" s="3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A359" s="1" t="s">
         <v>1381</v>
       </c>
-      <c r="B358" s="1" t="s">
+      <c r="B359" s="1" t="s">
         <v>1382</v>
       </c>
-      <c r="C358" s="1" t="s">
+      <c r="C359" s="1" t="s">
         <v>1382</v>
       </c>
-      <c r="D358" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E358" s="3" t="s">
+      <c r="D359" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E359" s="3" t="s">
         <v>1383</v>
       </c>
-      <c r="F358" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A359" s="1" t="s">
+      <c r="F359" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A360" s="1" t="s">
         <v>1384</v>
       </c>
-      <c r="B359" s="1" t="s">
+      <c r="B360" s="1" t="s">
         <v>1385</v>
       </c>
-      <c r="C359" s="1" t="s">
+      <c r="C360" s="1" t="s">
         <v>1385</v>
       </c>
-      <c r="D359" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E359" s="3" t="s">
+      <c r="D360" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E360" s="3" t="s">
         <v>1386</v>
       </c>
-      <c r="F359" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A360" s="1" t="s">
+      <c r="F360" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G360" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A361" s="1" t="s">
         <v>1387</v>
       </c>
-      <c r="B360" s="1" t="s">
+      <c r="B361" s="1" t="s">
         <v>1388</v>
       </c>
-      <c r="C360" s="1" t="s">
+      <c r="C361" s="1" t="s">
         <v>1388</v>
       </c>
-      <c r="D360" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E360" s="3" t="s">
+      <c r="D361" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E361" s="3" t="s">
         <v>1389</v>
       </c>
-      <c r="F360" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A361" s="1" t="s">
+      <c r="F361" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G361" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A362" s="1" t="s">
         <v>1390</v>
       </c>
-      <c r="B361" s="1" t="s">
+      <c r="B362" s="1" t="s">
         <v>1391</v>
       </c>
-      <c r="C361" s="1" t="s">
+      <c r="C362" s="1" t="s">
         <v>1391</v>
       </c>
-      <c r="D361" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E361" s="3" t="s">
+      <c r="D362" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E362" s="3" t="s">
         <v>1392</v>
       </c>
-      <c r="F361" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A362" s="1" t="s">
+      <c r="F362" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G362" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A363" s="1" t="s">
         <v>1393</v>
       </c>
-      <c r="B362" s="1" t="s">
+      <c r="B363" s="1" t="s">
         <v>1394</v>
       </c>
-      <c r="C362" s="1" t="s">
+      <c r="C363" s="1" t="s">
         <v>1394</v>
       </c>
-      <c r="D362" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E362" s="3" t="s">
+      <c r="D363" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E363" s="3" t="s">
         <v>1395</v>
       </c>
-      <c r="F362" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A363" s="1" t="s">
+      <c r="F363" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
         <v>1396</v>
       </c>
-      <c r="B363" s="1" t="s">
+      <c r="B364" s="1" t="s">
         <v>1397</v>
       </c>
-      <c r="C363" s="1" t="s">
+      <c r="C364" s="1" t="s">
         <v>1397</v>
       </c>
-      <c r="D363" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E363" s="3" t="s">
+      <c r="D364" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E364" s="3" t="s">
         <v>1398</v>
       </c>
-      <c r="F363" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A364" s="1" t="s">
+      <c r="F364" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G364" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A365" s="1" t="s">
         <v>1399</v>
       </c>
-      <c r="B364" s="1" t="s">
+      <c r="B365" s="1" t="s">
         <v>1400</v>
       </c>
-      <c r="C364" s="1" t="s">
+      <c r="C365" s="1" t="s">
         <v>1400</v>
       </c>
-      <c r="D364" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E364" s="3" t="s">
+      <c r="D365" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E365" s="3" t="s">
         <v>1401</v>
       </c>
-      <c r="F364" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A365" s="1" t="s">
+      <c r="F365" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G365" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A366" s="1" t="s">
         <v>1402</v>
       </c>
-      <c r="B365" s="1" t="s">
+      <c r="B366" s="1" t="s">
         <v>1403</v>
       </c>
-      <c r="C365" s="1" t="s">
+      <c r="C366" s="1" t="s">
         <v>1403</v>
       </c>
-      <c r="D365" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E365" s="3" t="s">
+      <c r="D366" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E366" s="3" t="s">
         <v>1404</v>
       </c>
-      <c r="F365" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A366" s="1" t="s">
+      <c r="F366" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G366" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A367" s="1" t="s">
         <v>1405</v>
       </c>
-      <c r="B366" s="1" t="s">
+      <c r="B367" s="1" t="s">
         <v>1406</v>
       </c>
-      <c r="C366" s="1" t="s">
+      <c r="C367" s="1" t="s">
         <v>1406</v>
       </c>
-      <c r="D366" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E366" s="3" t="s">
+      <c r="D367" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E367" s="3" t="s">
         <v>1407</v>
       </c>
-      <c r="F366" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A367" s="1" t="s">
+      <c r="F367" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G367" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A368" s="1" t="s">
         <v>1408</v>
       </c>
-      <c r="B367" s="1" t="s">
+      <c r="B368" s="1" t="s">
         <v>1409</v>
       </c>
-      <c r="C367" s="1" t="s">
+      <c r="C368" s="1" t="s">
         <v>1409</v>
       </c>
-      <c r="D367" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E367" s="3" t="s">
+      <c r="D368" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E368" s="3" t="s">
         <v>1410</v>
       </c>
-      <c r="F367" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A368" s="1" t="s">
+      <c r="F368" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G368" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A369" s="1" t="s">
         <v>1411</v>
       </c>
-      <c r="B368" s="1" t="s">
+      <c r="B369" s="1" t="s">
         <v>1412</v>
       </c>
-      <c r="C368" s="1" t="s">
+      <c r="C369" s="1" t="s">
         <v>1412</v>
       </c>
-      <c r="D368" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E368" s="3" t="s">
+      <c r="D369" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E369" s="3" t="s">
         <v>1413</v>
       </c>
-      <c r="F368" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A369" s="1" t="s">
+      <c r="F369" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G369" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A370" s="1" t="s">
         <v>1414</v>
       </c>
-      <c r="B369" s="1" t="s">
+      <c r="B370" s="1" t="s">
         <v>1415</v>
       </c>
-      <c r="C369" s="1" t="s">
+      <c r="C370" s="1" t="s">
         <v>1415</v>
       </c>
-      <c r="D369" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E369" s="3" t="s">
+      <c r="D370" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E370" s="3" t="s">
         <v>1416</v>
       </c>
-      <c r="F369" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A370" s="1" t="s">
+      <c r="F370" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G370" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A371" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="B370" s="1" t="s">
+      <c r="B371" s="1" t="s">
         <v>1418</v>
       </c>
-      <c r="C370" s="1" t="s">
+      <c r="C371" s="1" t="s">
         <v>1418</v>
       </c>
-      <c r="D370" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E370" s="3" t="s">
+      <c r="D371" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E371" s="3" t="s">
         <v>1419</v>
       </c>
-      <c r="F370" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A371" s="1" t="s">
+      <c r="F371" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G371" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A372" s="1" t="s">
         <v>1420</v>
       </c>
-      <c r="B371" s="1" t="s">
+      <c r="B372" s="1" t="s">
         <v>1421</v>
       </c>
-      <c r="C371" s="1" t="s">
+      <c r="C372" s="1" t="s">
         <v>1421</v>
       </c>
-      <c r="D371" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E371" s="3" t="s">
+      <c r="D372" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E372" s="3" t="s">
         <v>1422</v>
       </c>
-      <c r="F371" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A372" s="1" t="s">
+      <c r="F372" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G372" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A373" s="1" t="s">
         <v>1423</v>
       </c>
-      <c r="B372" s="1" t="s">
+      <c r="B373" s="1" t="s">
         <v>1424</v>
       </c>
-      <c r="C372" s="1" t="s">
+      <c r="C373" s="1" t="s">
         <v>1424</v>
       </c>
-      <c r="D372" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E372" s="3" t="s">
+      <c r="D373" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E373" s="3" t="s">
         <v>1425</v>
       </c>
-      <c r="F372" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A373" s="1" t="s">
+      <c r="F373" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G373" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A374" s="1" t="s">
         <v>1426</v>
       </c>
-      <c r="B373" s="1" t="s">
+      <c r="B374" s="1" t="s">
         <v>1427</v>
       </c>
-      <c r="C373" s="1" t="s">
+      <c r="C374" s="1" t="s">
         <v>1427</v>
       </c>
-      <c r="D373" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E373" s="3" t="s">
+      <c r="D374" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E374" s="3" t="s">
         <v>1428</v>
       </c>
-      <c r="F373" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A374" s="1" t="s">
+      <c r="F374" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G374" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A375" s="1" t="s">
         <v>1429</v>
       </c>
-      <c r="B374" s="1" t="s">
+      <c r="B375" s="1" t="s">
         <v>1430</v>
       </c>
-      <c r="C374" s="1" t="s">
+      <c r="C375" s="1" t="s">
         <v>1430</v>
       </c>
-      <c r="D374" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E374" s="3" t="s">
+      <c r="D375" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E375" s="3" t="s">
         <v>1431</v>
       </c>
-      <c r="F374" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A375" s="1" t="s">
+      <c r="F375" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A376" s="1" t="s">
         <v>1432</v>
       </c>
-      <c r="B375" s="1" t="s">
+      <c r="B376" s="1" t="s">
         <v>1433</v>
       </c>
-      <c r="C375" s="1" t="s">
+      <c r="C376" s="1" t="s">
         <v>1433</v>
       </c>
-      <c r="D375" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E375" s="3" t="s">
+      <c r="D376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E376" s="3" t="s">
         <v>1434</v>
       </c>
-      <c r="F375" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A376" s="1" t="s">
+      <c r="F376" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A377" s="1" t="s">
         <v>1435</v>
       </c>
-      <c r="B376" s="1" t="s">
+      <c r="B377" s="1" t="s">
         <v>1436</v>
       </c>
-      <c r="C376" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E376" s="3" t="s">
+      <c r="C377" s="1" t="s">
         <v>1437</v>
       </c>
-      <c r="F376" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A377" s="1" t="s">
+      <c r="D377" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E377" s="3" t="s">
         <v>1438</v>
       </c>
-      <c r="B377" s="1" t="s">
+      <c r="F377" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A378" s="1" t="s">
         <v>1439</v>
       </c>
-      <c r="C377" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E377" s="3" t="s">
+      <c r="B378" s="1" t="s">
         <v>1440</v>
       </c>
-      <c r="F377" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A378" s="1" t="s">
+      <c r="C378" s="1" t="s">
         <v>1441</v>
       </c>
-      <c r="B378" s="1" t="s">
+      <c r="D378" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E378" s="3" t="s">
         <v>1442</v>
       </c>
-      <c r="C378" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E378" s="3" t="s">
+      <c r="F378" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G378" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
         <v>1443</v>
       </c>
-      <c r="F378" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A379" s="1" t="s">
+      <c r="B379" s="1" t="s">
         <v>1444</v>
       </c>
-      <c r="B379" s="1" t="s">
+      <c r="C379" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E379" s="3" t="s">
         <v>1445</v>
       </c>
-      <c r="C379" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E379" s="3" t="s">
+      <c r="F379" s="3" t="s">
+        <v>1154</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A380" s="1" t="s">
         <v>1446</v>
       </c>
-      <c r="F379" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A380" s="1" t="s">
+      <c r="B380" s="1" t="s">
         <v>1447</v>
-      </c>
-[...1 lines deleted...]
-        <v>1448</v>
       </c>
       <c r="C380" s="1" t="s">
         <v>1448</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E380" s="3" t="s">
         <v>1449</v>
       </c>
       <c r="F380" s="3" t="s">
-        <v>933</v>
+        <v>836</v>
       </c>
       <c r="G380" s="3" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A381" s="1" t="s">
         <v>1450</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>1451</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="F381" s="3" t="s">
-        <v>933</v>
+        <v>836</v>
       </c>
       <c r="G381" s="3" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="382" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A382" s="1" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="F382" s="3" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="G382" s="3" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A383" s="1" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="C383" s="1" t="s">
         <v>1458</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E383" s="3" t="s">
         <v>1459</v>
       </c>
       <c r="F383" s="3" t="s">
-        <v>160</v>
+        <v>934</v>
       </c>
       <c r="G383" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="384" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A384" s="1" t="s">
         <v>1460</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>1461</v>
       </c>
       <c r="C384" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E384" s="3" t="s">
         <v>1462</v>
       </c>
-      <c r="D384" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E384" s="3" t="s">
+      <c r="F384" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G384" s="3" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A385" s="1" t="s">
         <v>1463</v>
       </c>
-      <c r="F384" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A385" s="1" t="s">
+      <c r="B385" s="1" t="s">
         <v>1464</v>
-      </c>
-[...1 lines deleted...]
-        <v>1465</v>
       </c>
       <c r="C385" s="1" t="s">
         <v>1465</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E385" s="3" t="s">
         <v>1466</v>
       </c>
       <c r="F385" s="3" t="s">
-        <v>638</v>
+        <v>786</v>
       </c>
       <c r="G385" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A386" s="1" t="s">
         <v>1467</v>
       </c>
       <c r="B386" s="1" t="s">
         <v>1468</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="F386" s="3" t="s">
-        <v>160</v>
+        <v>786</v>
       </c>
       <c r="G386" s="3" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A387" s="1" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="F387" s="3" t="s">
-        <v>839</v>
+        <v>934</v>
       </c>
       <c r="G387" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A388" s="1" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="F388" s="3" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="G388" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A389" s="1" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="F389" s="3" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="G389" s="3" t="s">
-        <v>656</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A390" s="1" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="F390" s="3" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="G390" s="3" t="s">
-        <v>656</v>
-[...2 lines deleted...]
-    <row r="391" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A391" s="1" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="F391" s="3" t="s">
-        <v>789</v>
+        <v>934</v>
       </c>
       <c r="G391" s="3" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A392" s="1" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="C392" s="1" t="s">
         <v>1489</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E392" s="3" t="s">
         <v>1490</v>
       </c>
       <c r="F392" s="3" t="s">
-        <v>789</v>
+        <v>934</v>
       </c>
       <c r="G392" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="393" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A393" s="1" t="s">
         <v>1491</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>1492</v>
       </c>
       <c r="C393" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E393" s="3" t="s">
         <v>1493</v>
       </c>
-      <c r="D393" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E393" s="3" t="s">
+      <c r="F393" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="G393" s="3" t="s">
         <v>1494</v>
       </c>
-      <c r="F393" s="3" t="s">
-[...6 lines deleted...]
-    <row r="394" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A394" s="1" t="s">
         <v>1495</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>1496</v>
       </c>
       <c r="C394" s="1" t="s">
         <v>1496</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E394" s="3" t="s">
         <v>1497</v>
       </c>
       <c r="F394" s="3" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="G394" s="3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A395" s="1" t="s">
         <v>1498</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A395" s="1" t="s">
+      <c r="B395" s="1" t="s">
         <v>1499</v>
       </c>
-      <c r="B395" s="1" t="s">
+      <c r="C395" s="1" t="s">
         <v>1500</v>
       </c>
-      <c r="C395" s="1" t="s">
+      <c r="D395" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E395" s="3" t="s">
         <v>1501</v>
       </c>
-      <c r="D395" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E395" s="3" t="s">
+      <c r="F395" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A396" s="1" t="s">
         <v>1502</v>
       </c>
-      <c r="F395" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A396" s="1" t="s">
+      <c r="B396" s="1" t="s">
         <v>1503</v>
       </c>
-      <c r="B396" s="1" t="s">
+      <c r="C396" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E396" s="3" t="s">
         <v>1504</v>
       </c>
-      <c r="C396" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E396" s="3" t="s">
+      <c r="F396" s="3" t="s">
+        <v>1166</v>
+      </c>
+      <c r="G396" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A397" s="1" t="s">
         <v>1505</v>
       </c>
-      <c r="F396" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A397" s="1" t="s">
+      <c r="B397" s="1" t="s">
         <v>1506</v>
-      </c>
-[...1 lines deleted...]
-        <v>1507</v>
       </c>
       <c r="C397" s="1" t="s">
         <v>1507</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E397" s="3" t="s">
         <v>1508</v>
       </c>
       <c r="F397" s="3" t="s">
-        <v>933</v>
+        <v>1166</v>
       </c>
       <c r="G397" s="3" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A398" s="1" t="s">
         <v>1509</v>
       </c>
       <c r="B398" s="1" t="s">
         <v>1510</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="F398" s="3" t="s">
-        <v>933</v>
+        <v>1166</v>
       </c>
       <c r="G398" s="3" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="399" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A399" s="1" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="F399" s="3" t="s">
-        <v>933</v>
+        <v>506</v>
       </c>
       <c r="G399" s="3" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="400" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A400" s="1" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>1517</v>
+        <v>1520</v>
       </c>
       <c r="F400" s="3" t="s">
-        <v>933</v>
+        <v>506</v>
       </c>
       <c r="G400" s="3" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="401" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A401" s="1" t="s">
-        <v>1518</v>
+        <v>1521</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="F401" s="3" t="s">
-        <v>933</v>
+        <v>506</v>
       </c>
       <c r="G401" s="3" t="s">
-        <v>1498</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A402" s="1" t="s">
-        <v>1521</v>
+        <v>1525</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1522</v>
+        <v>1526</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1523</v>
+        <v>1527</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>1524</v>
+        <v>1528</v>
       </c>
       <c r="F402" s="3" t="s">
-        <v>160</v>
+        <v>836</v>
       </c>
       <c r="G402" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="403" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A403" s="1" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1526</v>
+        <v>1531</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>1527</v>
+        <v>1532</v>
       </c>
       <c r="F403" s="3" t="s">
-        <v>1175</v>
+        <v>934</v>
       </c>
       <c r="G403" s="3" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="404" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A404" s="1" t="s">
-        <v>1528</v>
+        <v>1533</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1529</v>
+        <v>1534</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1530</v>
+        <v>1535</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>1531</v>
+        <v>1536</v>
       </c>
       <c r="F404" s="3" t="s">
-        <v>1175</v>
+        <v>786</v>
       </c>
       <c r="G404" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="405" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A405" s="1" t="s">
-        <v>1532</v>
+        <v>1537</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1533</v>
+        <v>1538</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1534</v>
+        <v>1539</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>1535</v>
+        <v>1540</v>
       </c>
       <c r="F405" s="3" t="s">
-        <v>1175</v>
+        <v>786</v>
       </c>
       <c r="G405" s="3" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="406" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A406" s="1" t="s">
-        <v>1536</v>
+        <v>1541</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1537</v>
+        <v>1542</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1538</v>
+        <v>1543</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>1539</v>
+        <v>1544</v>
       </c>
       <c r="F406" s="3" t="s">
-        <v>485</v>
+        <v>786</v>
       </c>
       <c r="G406" s="3" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-    <row r="407" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A407" s="1" t="s">
-        <v>1540</v>
+        <v>1545</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1542</v>
+        <v>1547</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>1543</v>
+        <v>1548</v>
       </c>
       <c r="F407" s="3" t="s">
-        <v>485</v>
+        <v>786</v>
       </c>
       <c r="G407" s="3" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A408" s="1" t="s">
-        <v>1544</v>
+        <v>1549</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1545</v>
+        <v>1550</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1546</v>
+        <v>1551</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>1547</v>
+        <v>1552</v>
       </c>
       <c r="F408" s="3" t="s">
-        <v>485</v>
+        <v>786</v>
       </c>
       <c r="G408" s="3" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A409" s="1" t="s">
-        <v>1548</v>
+        <v>1553</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1549</v>
+        <v>1554</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1550</v>
+        <v>1555</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>1551</v>
+        <v>1556</v>
       </c>
       <c r="F409" s="3" t="s">
-        <v>839</v>
+        <v>786</v>
       </c>
       <c r="G409" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A410" s="1" t="s">
-        <v>1552</v>
+        <v>1557</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1553</v>
+        <v>1558</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1554</v>
+        <v>1559</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>1555</v>
+        <v>1560</v>
       </c>
       <c r="F410" s="3" t="s">
-        <v>933</v>
+        <v>136</v>
       </c>
       <c r="G410" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A411" s="1" t="s">
-        <v>1556</v>
+        <v>1561</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1557</v>
+        <v>1562</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1558</v>
+        <v>1563</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E411" s="3" t="s">
-        <v>1559</v>
+        <v>1564</v>
       </c>
       <c r="F411" s="3" t="s">
-        <v>789</v>
+        <v>934</v>
       </c>
       <c r="G411" s="3" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A412" s="1" t="s">
-        <v>1560</v>
+        <v>1565</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1561</v>
+        <v>1566</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1562</v>
+        <v>1567</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>1563</v>
+        <v>1568</v>
       </c>
       <c r="F412" s="3" t="s">
-        <v>789</v>
+        <v>934</v>
       </c>
       <c r="G412" s="3" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-    <row r="413" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A413" s="1" t="s">
-        <v>1564</v>
+        <v>1569</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1565</v>
+        <v>1570</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1566</v>
+        <v>1571</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>1567</v>
+        <v>1572</v>
       </c>
       <c r="F413" s="3" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G413" s="3" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-    <row r="414" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A414" s="1" t="s">
-        <v>1568</v>
+        <v>1573</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1569</v>
+        <v>1574</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1570</v>
+        <v>1575</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E414" s="3" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="F414" s="3" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G414" s="3" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-    <row r="415" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A415" s="1" t="s">
-        <v>1572</v>
+        <v>1577</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1573</v>
+        <v>1578</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1574</v>
+        <v>1579</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E415" s="3" t="s">
-        <v>1575</v>
+        <v>1580</v>
       </c>
       <c r="F415" s="3" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G415" s="3" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-    <row r="416" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A416" s="1" t="s">
-        <v>1576</v>
+        <v>1581</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1577</v>
+        <v>1582</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1578</v>
+        <v>1583</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>1579</v>
+        <v>1584</v>
       </c>
       <c r="F416" s="3" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G416" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A417" s="1" t="s">
-        <v>1580</v>
+        <v>1585</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>1581</v>
+        <v>1586</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1582</v>
+        <v>1587</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E417" s="3" t="s">
-        <v>1583</v>
+        <v>1588</v>
       </c>
       <c r="F417" s="3" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G417" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="418" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A418" s="1" t="s">
-        <v>1584</v>
+        <v>1589</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>1585</v>
+        <v>1590</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1586</v>
+        <v>1591</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E418" s="3" t="s">
-        <v>1587</v>
+        <v>1592</v>
       </c>
       <c r="F418" s="3" t="s">
-        <v>112</v>
+        <v>786</v>
       </c>
       <c r="G418" s="3" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="419" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A419" s="1" t="s">
-        <v>1588</v>
+        <v>1593</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1589</v>
+        <v>1594</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1590</v>
+        <v>1595</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>1591</v>
+        <v>1596</v>
       </c>
       <c r="F419" s="3" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="G419" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A420" s="1" t="s">
-        <v>1592</v>
+        <v>1597</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1593</v>
+        <v>1598</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1594</v>
+        <v>1599</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E420" s="3" t="s">
-        <v>1595</v>
+        <v>1600</v>
       </c>
       <c r="F420" s="3" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="G420" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="421" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A421" s="1" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>1597</v>
+        <v>1602</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1598</v>
+        <v>1603</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E421" s="3" t="s">
-        <v>1599</v>
+        <v>1604</v>
       </c>
       <c r="F421" s="3" t="s">
-        <v>789</v>
+        <v>934</v>
       </c>
       <c r="G421" s="3" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-    <row r="422" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A422" s="1" t="s">
-        <v>1600</v>
+        <v>1605</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>1601</v>
+        <v>1606</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1602</v>
+        <v>1607</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E422" s="3" t="s">
-        <v>1603</v>
+        <v>1608</v>
       </c>
       <c r="F422" s="3" t="s">
-        <v>789</v>
+        <v>934</v>
       </c>
       <c r="G422" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="423" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A423" s="1" t="s">
-        <v>1604</v>
+        <v>1609</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>1605</v>
+        <v>1610</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1606</v>
+        <v>1611</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E423" s="3" t="s">
-        <v>1607</v>
+        <v>1612</v>
       </c>
       <c r="F423" s="3" t="s">
-        <v>789</v>
+        <v>934</v>
       </c>
       <c r="G423" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="424" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A424" s="1" t="s">
-        <v>1608</v>
+        <v>1613</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>1609</v>
+        <v>1614</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1610</v>
+        <v>1614</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E424" s="3" t="s">
-        <v>1611</v>
+        <v>1615</v>
       </c>
       <c r="F424" s="3" t="s">
-        <v>789</v>
+        <v>934</v>
       </c>
       <c r="G424" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="425" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A425" s="1" t="s">
-        <v>1612</v>
+        <v>1616</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>1613</v>
+        <v>1617</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1614</v>
+        <v>1617</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E425" s="3" t="s">
-        <v>1615</v>
+        <v>1618</v>
       </c>
       <c r="F425" s="3" t="s">
-        <v>789</v>
+        <v>934</v>
       </c>
       <c r="G425" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="426" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A426" s="1" t="s">
-        <v>1616</v>
+        <v>1619</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="F426" s="3" t="s">
-        <v>789</v>
+        <v>934</v>
       </c>
       <c r="G426" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="427" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A427" s="1" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E427" s="3" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="F427" s="3" t="s">
-        <v>933</v>
+        <v>1626</v>
       </c>
       <c r="G427" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="428" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A428" s="1" t="s">
-        <v>1624</v>
+        <v>1627</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1625</v>
+        <v>1628</v>
       </c>
       <c r="C428" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E428" s="3" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F428" s="3" t="s">
         <v>1626</v>
       </c>
-      <c r="D428" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G428" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="429" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A429" s="1" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1630</v>
+        <v>1633</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>1631</v>
+        <v>1634</v>
       </c>
       <c r="F429" s="3" t="s">
-        <v>933</v>
+        <v>439</v>
       </c>
       <c r="G429" s="3" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A430" s="1" t="s">
-        <v>1632</v>
+        <v>1636</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1633</v>
+        <v>1637</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1634</v>
+        <v>1638</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E430" s="3" t="s">
+        <v>1639</v>
+      </c>
+      <c r="F430" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="G430" s="3" t="s">
         <v>1635</v>
       </c>
-      <c r="F430" s="3" t="s">
-[...6 lines deleted...]
-    <row r="431" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A431" s="1" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1637</v>
+        <v>1641</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1638</v>
+        <v>1642</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>1639</v>
+        <v>1643</v>
       </c>
       <c r="F431" s="3" t="s">
-        <v>933</v>
+        <v>439</v>
       </c>
       <c r="G431" s="3" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A432" s="1" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1641</v>
+        <v>1646</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>1642</v>
+        <v>1647</v>
       </c>
       <c r="F432" s="3" t="s">
-        <v>933</v>
+        <v>439</v>
       </c>
       <c r="G432" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A433" s="1" t="s">
-        <v>1643</v>
+        <v>1648</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1644</v>
+        <v>1649</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1644</v>
+        <v>1650</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>1645</v>
+        <v>1651</v>
       </c>
       <c r="F433" s="3" t="s">
-        <v>933</v>
+        <v>439</v>
       </c>
       <c r="G433" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A434" s="1" t="s">
-        <v>1646</v>
+        <v>1652</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>1647</v>
+        <v>1653</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1647</v>
+        <v>1653</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E434" s="3" t="s">
-        <v>1648</v>
+        <v>1654</v>
       </c>
       <c r="F434" s="3" t="s">
-        <v>933</v>
+        <v>1655</v>
       </c>
       <c r="G434" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A435" s="1" t="s">
-        <v>1649</v>
+        <v>1656</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>1650</v>
+        <v>1657</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1651</v>
+        <v>1657</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E435" s="3" t="s">
-        <v>1652</v>
+        <v>1658</v>
       </c>
       <c r="F435" s="3" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="G435" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A436" s="1" t="s">
-        <v>1654</v>
+        <v>1659</v>
       </c>
       <c r="B436" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C436" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E436" s="3" t="s">
+        <v>1661</v>
+      </c>
+      <c r="F436" s="3" t="s">
         <v>1655</v>
       </c>
-      <c r="C436" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G436" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A437" s="1" t="s">
-        <v>1658</v>
+        <v>1662</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1660</v>
+        <v>1663</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>1661</v>
+        <v>1664</v>
       </c>
       <c r="F437" s="3" t="s">
-        <v>419</v>
+        <v>1655</v>
       </c>
       <c r="G437" s="3" t="s">
-        <v>1662</v>
-[...2 lines deleted...]
-    <row r="438" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A438" s="1" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="F438" s="3" t="s">
-        <v>419</v>
+        <v>1655</v>
       </c>
       <c r="G438" s="3" t="s">
-        <v>1662</v>
-[...2 lines deleted...]
-    <row r="439" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A439" s="1" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="C439" s="1" t="s">
         <v>1669</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E439" s="3" t="s">
         <v>1670</v>
       </c>
       <c r="F439" s="3" t="s">
-        <v>419</v>
+        <v>1655</v>
       </c>
       <c r="G439" s="3" t="s">
-        <v>1662</v>
-[...2 lines deleted...]
-    <row r="440" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A440" s="1" t="s">
         <v>1671</v>
       </c>
       <c r="B440" s="1" t="s">
         <v>1672</v>
       </c>
       <c r="C440" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E440" s="3" t="s">
         <v>1673</v>
       </c>
-      <c r="D440" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E440" s="3" t="s">
+      <c r="F440" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="G440" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A441" s="1" t="s">
         <v>1674</v>
       </c>
-      <c r="F440" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A441" s="1" t="s">
+      <c r="B441" s="1" t="s">
         <v>1675</v>
       </c>
-      <c r="B441" s="1" t="s">
+      <c r="C441" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E441" s="3" t="s">
         <v>1676</v>
       </c>
-      <c r="C441" s="1" t="s">
+      <c r="F441" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="G441" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A442" s="1" t="s">
         <v>1677</v>
       </c>
-      <c r="D441" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E441" s="3" t="s">
+      <c r="B442" s="1" t="s">
         <v>1678</v>
       </c>
-      <c r="F441" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A442" s="1" t="s">
+      <c r="C442" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D442" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E442" s="3" t="s">
         <v>1679</v>
       </c>
-      <c r="B442" s="1" t="s">
+      <c r="F442" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="G442" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A443" s="1" t="s">
         <v>1680</v>
       </c>
-      <c r="C442" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E442" s="3" t="s">
+      <c r="B443" s="1" t="s">
         <v>1681</v>
       </c>
-      <c r="F442" s="3" t="s">
+      <c r="C443" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E443" s="3" t="s">
         <v>1682</v>
       </c>
-      <c r="G442" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A443" s="1" t="s">
+      <c r="F443" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="G443" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A444" s="1" t="s">
         <v>1683</v>
       </c>
-      <c r="B443" s="1" t="s">
+      <c r="B444" s="1" t="s">
         <v>1684</v>
       </c>
-      <c r="C443" s="1" t="s">
+      <c r="C444" s="1" t="s">
         <v>1684</v>
       </c>
-      <c r="D443" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E443" s="3" t="s">
+      <c r="D444" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E444" s="3" t="s">
         <v>1685</v>
       </c>
-      <c r="F443" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A444" s="1" t="s">
+      <c r="F444" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="G444" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A445" s="1" t="s">
         <v>1686</v>
       </c>
-      <c r="B444" s="1" t="s">
+      <c r="B445" s="1" t="s">
         <v>1687</v>
       </c>
-      <c r="C444" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E444" s="3" t="s">
+      <c r="C445" s="1" t="s">
         <v>1688</v>
       </c>
-      <c r="F444" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A445" s="1" t="s">
+      <c r="D445" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E445" s="3" t="s">
         <v>1689</v>
       </c>
-      <c r="B445" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F445" s="3" t="s">
-        <v>1682</v>
+        <v>836</v>
       </c>
       <c r="G445" s="3" t="s">
-        <v>96</v>
-[...229 lines deleted...]
-        <v>134</v>
+        <v>355</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">