--- v0 (2025-11-01)
+++ v1 (2026-02-03)
@@ -12,149 +12,161 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1393">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1356">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/305/3057c80ce0de0e840541025436543950.jpg</t>
-[...5 lines deleted...]
-    <t>Полимерные грифели для механических карандашей. Поставляются по 12 штук в пластиковом футляре, снабженном колпачком</t>
+    <t>http://anytos.ru//upload/iblock/0c8/s8xgv4j7k4g3b2cqkuk72kz1sh38vaja.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш мех. PILOT 0,5 НВ резин.грип с ластиком цвет корпуса: прозр.: H-185-L штр.: 4902505154300</t>
+  </si>
+  <si>
+    <t>Механический карандаш в прозрачном пластиковом корпусе с резиновым грипом обеспечивает удобное и комфортное письмо, предотвращая скольжение пальцев. Грифели изготовлены из высококачественных материалов, что уменьшает возможность случайных поломок во время письма. Карандаш оснащен латунным цанговым механизмом, который обеспечивает надежную фиксацию грифеля. Аналогичен по дизайну ручке BPGP-10R-F. Диаметр грифеля - 0,5 мм. Твердость грифеля - НВ.Сменный грифель: 019739</t>
   </si>
   <si>
     <t>Автоматические карандаши</t>
   </si>
   <si>
-    <t>393629</t>
-[...2 lines deleted...]
-    <t>&lt;a href="/brands/faber-castell/"&gt;Faber-Castell&lt;/a&gt;</t>
+    <t>105621</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pilot/"&gt;Pilot&lt;/a&gt;</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0c8/s8xgv4j7k4g3b2cqkuk72kz1sh38vaja.jpg</t>
-[...20 lines deleted...]
-    <t>105622</t>
+    <t>http://anytos.ru//upload/iblock/aa4/8zidwatpv5dllqojalw2p596y8g4hve2.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш мех. PILOT 0,5 мм резин.корп. синий с ластиком</t>
+  </si>
+  <si>
+    <t>Автоматический карандаш со специальным корпусом, который имеет прорезиненное покрытие. Грифель диаметром 0,5 мм. Наконечник из металла, есть убирающаяся цанга.</t>
+  </si>
+  <si>
+    <t>105624</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d5d/1m32kdbmpjxlgx5jm8w4c28f0u1nv216.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш мех. REXGRIP 0,5 НВ с ластиком цвет прорезин. корпуса: синий: H-105 L штр.: 4902505274725</t>
+  </si>
+  <si>
+    <t>Механический карандаш, который является аналогом ручки Rexgrip. Грифель имеет диаметр 0,5 мм.</t>
+  </si>
+  <si>
+    <t>105626</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b1/ff3m4ah6l235pyrgtwtlp6a2fb0m0p5s.jpg</t>
   </si>
   <si>
     <t>Карандаш цанговый TOISON D OR 2 F цвет корпуса: черный с точилкой: 5900 штр.: -</t>
   </si>
   <si>
     <t>Цанговый карандаш с точилкой имеет множество преимуществ перед обычным карандашом, он функционален и удобен в использовании. Специальный механизм плотно удерживает стержень, исключая возможность поломки грифеля. Одним нажатием кнопки на корпусе карандаша можно заменить стержень на новый. Карандаш подойдет для рисования, а также он применяется в строительстве, учебе и для создания чертежей. Диаметр грифеля - 2 мм. Твердость грифеля - F.</t>
   </si>
   <si>
     <t>105628</t>
   </si>
   <si>
     <t>&lt;a href="/brands/koh-i-noor/"&gt;Koh-I-Noor&lt;/a&gt;</t>
   </si>
   <si>
-    <t>1</t>
-[...8 lines deleted...]
-    <t>105638</t>
+    <t>http://anytos.ru//upload/iblock/327/dqe9r43ax72kbhhuvd6trur9amtxqfey.jpg</t>
+  </si>
+  <si>
+    <t>Грифель д мех.каранд KOH-I-NOOR 2 В 12 шт: 4190 B штр.: 8593539005094</t>
+  </si>
+  <si>
+    <t>Сменные грифели для автоматических карандашей изготовлены из высококачественных материалов, что уменьшает возможность случайных поломок во время письма. Обеспечивают мягкое и комфортное письмо, подходят как для художественных работ, так и для технических чертежей. В упаковке 12 шт. Твердость грифеля - В.</t>
+  </si>
+  <si>
+    <t>105826</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e9/zqott9ie58ievvr9jal8jp007630hqgp.jpg</t>
   </si>
   <si>
     <t>Грифель д мех.каранд KOH-I-NOOR 2 НВ 12 шт: 4190 HB штр.: 8593539005100</t>
   </si>
   <si>
     <t>Сменные грифели для автоматических карандашей изготовлены из высококачественных материалов, что уменьшает возможность случайных поломок во время письма. Обеспечивают мягкое и комфортное письмо, подходят как для художественных работ, так и для технических чертежей. В упаковке 12 шт. Твердость грифеля - НВ.</t>
   </si>
   <si>
     <t>105827</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/02b/wq0quzkzsyt73a4cw4bnb2ujxlnr8eh9.jpg</t>
   </si>
   <si>
     <t>Грифель д мех.каранд TOISON d Or 0,5 2В 12 шт: 4152-2B штр.: 8593539077671</t>
   </si>
   <si>
     <t>Сменные грифели для автоматических карандашей изготовлены из высококачественных материалов, что уменьшает возможность случайных поломок во время письма. Обеспечивают мягкое и комфортное письмо, подходят как для художественных работ, так и для технических чертежей. В упаковке 12 шт. Твердость грифеля - 2В.</t>
   </si>
   <si>
     <t>105831</t>
   </si>
@@ -162,53 +174,50 @@
     <t>Грифель д мех.каранд TOISON d Or 0,5 В 12 шт: 4152-B штр.: 8593539077718</t>
   </si>
   <si>
     <t>Сменные грифели для автоматических карандашей изготовлены из высококачественных материалов, что уменьшает возможность случайных поломок во время письма. Обеспечивают мягкое и комфортное письмо, подходят как для художественных работ, так и для технических чертежей. В упаковке 12 шт. Твердость грифеля - В.</t>
   </si>
   <si>
     <t>105833</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7d6/rc3ckq71wt41jsu5tanecqfot06e4c1y.jpg</t>
   </si>
   <si>
     <t>Грифель д мех.каранд TOISON d Or 0,5 Н 12 шт: 4152-H штр.: 8593539077770</t>
   </si>
   <si>
     <t>105834</t>
   </si>
   <si>
     <t>Грифель д мех.каранд TOISON d Or 0,5 НВ 12 шт: 4152-HB штр.: 8593539077855</t>
   </si>
   <si>
     <t>105835</t>
   </si>
   <si>
     <t>Грифель д мех.каранд TOISON d Or 0,7 В 12 шт: 4162-B штр.: 8593539077879</t>
-  </si>
-[...1 lines deleted...]
-    <t>Сменные грифели для автоматических карандашей изготовлены из высококачественных материалов, что уменьшает возможность случайных поломок во время письма. Обеспечивают мягкое и комфортное письмо, подходят как для художественных работ, так и для технических чертежей. В упаковке 12 шт. Твердость грифеля - В.</t>
   </si>
   <si>
     <t>105836</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b15/x1zzrzuapq0psn32u5foweqkun7h2cpx.jpg</t>
   </si>
   <si>
     <t>Грифель д мех.каранд TOISON d Or 0,7 Н 12 шт: 4162-H штр.: 8593539005599</t>
   </si>
   <si>
     <t>Сменные грифели для автоматических карандашей изготовлены из высококачественных материалов, что уменьшает возможность случайных поломок во время письма. Обеспечивают мягкое и комфортное письмо, подходят как для художественных работ, так и для технических чертежей. В упаковке 12 шт. Твердость грифеля - Н.</t>
   </si>
   <si>
     <t>105837</t>
   </si>
   <si>
     <t>Грифель д мех.каранд TOISON d Or 0,7 НВ 12 шт: 4162-HB штр.: 8593539077978</t>
   </si>
   <si>
     <t>105838</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/837/8378389351341580697d13af4e2d4998.jpg</t>
   </si>
@@ -541,65 +550,50 @@
   <si>
     <t>250281</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d9/5d99dbf6676ea4d735f96433ab0a1c37/24e7a81fe2a85cc0af5cd2f5436dbc82.jpg</t>
   </si>
   <si>
     <t>Стержень микрографический 0,5 Attache HB 30 грифелей штр.  6953070960450</t>
   </si>
   <si>
     <t>Стержень микрографический 0,5 Attache HB 30 грифелей.&amp;lt;br /&amp;gt;Диаметр грифеля: 0,5мм.&amp;lt;br /&amp;gt;Длина грифеля: 60 мм.</t>
   </si>
   <si>
     <t>250283</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ab3/ab30b051b82131e746cf38d3f77a04af/8ba628d0519febdc4240f1aa1e9572e4.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a80/a801713a03f82ecadcbf0a36d278f646/b29cd066721360fbcf09d2ba7781832b.jpg</t>
   </si>
   <si>
     <t>Стержень микрографический 0,5 PILOT PPL-5 12 грифелей штр.  4902505167614, 4902505183027</t>
   </si>
   <si>
     <t>Суперпрочные стержни.&amp;lt;br /&amp;gt;Пластиковая упаковка &amp;#40;12 шт.&amp;#41;.&amp;lt;br /&amp;gt;Твердость HB.&amp;lt;br /&amp;gt;Толщина - 0,5мм</t>
   </si>
   <si>
     <t>250290</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d78/d78c9c45c15b913ea50cb938c6b97627/2812a1349600eeb376d73d3fb377bac4.jpg</t>
   </si>
   <si>
     <t>Стержень микрографический 0,7 Attache HB 30 грифелей штр.  4690432003944, 6953070937940, 6953070937957, 6953070937964, 6953070937971</t>
   </si>
   <si>
     <t>Сменный стержень микрографический Attache используется в механических карандашах. В пластиковом футляре 30 грифелей толщиной 0,7 мм. Твердость каждого - НВ.</t>
   </si>
   <si>
     <t>250291</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d2/1d269b3d5cfdbe3b017a24a0bd40d7e3/3a982a93d83faa9ec2151a0a95af520e.jpg</t>
@@ -631,95 +625,125 @@
   <si>
     <t>Стержень микрографический 2мм KOH-I-NOOR 4190 НВ д цанг. Чехия штр.  8593539005100, 8593539034650</t>
   </si>
   <si>
     <t>Сменные стержни для цанговых карандашей.&amp;lt;br /&amp;gt;В пластиковой упаковке 12 стержней.&amp;lt;br /&amp;gt;Длина стержня - 12 см.&amp;lt;br /&amp;gt;Твердость НВ.</t>
   </si>
   <si>
     <t>250296</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3fc/qy38g97d8hgw4qzqnd9nsubgtsdwix69.jpg</t>
   </si>
   <si>
     <t>Карандаш мех. inФОРМАТ ОФИС 0,5 НВ с ластиком цвет корпуса: черный: MPOB05-B штр.: 4602723080527</t>
   </si>
   <si>
     <t>Механический карандаш Офис с ластиком. Пластиковый корпус с фактурной вставкой в месте захвата предотвращает скольжение пальцев во время письма. Автоматическая подача грифеля. Цвет корпуса: синий. Диаметр грифеля - 0,5 мм. Твердость грифеля - НВ.</t>
   </si>
   <si>
     <t>265053</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/84c/vz5guipx59fvdnhuma2ukl71z20dg3h1.jpg</t>
+  </si>
+  <si>
+    <t>Грифель д мех.каранд BEIFA 0,5 НВ 12 шт: MAB0512 штр.: 6953070988799</t>
+  </si>
+  <si>
+    <t>Сменные грифели для автоматических карандашей изготовлены из высококачественных материалов, что уменьшает возможность случайных поломок во время письма. Обеспечивают мягкое и комфортное письмо. В упаковке 12 шт. Твердость грифеля - НВ.</t>
+  </si>
+  <si>
+    <t>272134</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/beifa/"&gt;Beifa&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/884/fc3badsamulp53mgt9avc3x0rgncynzw.jpg</t>
   </si>
   <si>
     <t>Карандаш мех. BEIFA A-PLUS 0,7 НВ с ластиком цвет прорезин. корпуса: т.-серый: MB121000 штр.: 6953070988744</t>
   </si>
   <si>
     <t>Механический карандаш с ластиком содержит три стержня. Грифели изготовлены из высококачественных материалов, что уменьшает возможность случайных поломок во время письма. Прорезиненный корпус предотвращает скольжение пальцев, а также обепечивает удобный захват корпуса, комфортное и мягкое письмо. Диаметр грифеля - 0,7 мм. Твердость грифеля - НВ.Сменный грифель: 152568</t>
   </si>
   <si>
     <t>272143</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/beifa/"&gt;Beifa&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e2e/e2e41e2e5fa9471aadc33e90ea180fcd.jpg</t>
   </si>
   <si>
     <t>Карандаш механический OfficeSpace, 0,5мм, грип, с ластиком, ассорти XP812W_3617</t>
   </si>
   <si>
     <t>Карандаш механический с грипом и ластиком, толщина линии - 0,5 мм. Упакованы в коробку по 24 штуки, 5 ярких цветов корпуса ассорти, мягкий резиновый держатель.&amp;nbsp;&amp;nbsp;Форма корпуса круглая. Грифели в комплект не входят.</t>
   </si>
   <si>
     <t>340918</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/480/4800b0af9bd3bd88b4264df26de80835.jpg</t>
   </si>
   <si>
     <t>Карандаш механический OfficeSpace, 0,7мм, грип, с ластиком, ассорти XP820C_3620</t>
   </si>
   <si>
     <t>Карандаш механический с грипом и ластиком, толщина линии - 0,7 мм. Форма корпуса шестигранная, корпус прозрачный. Упакованы в коробку по 24 штуки, 5 ярких цветов корпуса ассорти, мягкий резиновый держатель. Грифели в комплект не входят.</t>
   </si>
   <si>
     <t>340920</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ba9/ba97e5ae5c522a4fc82ad8e9146ad0c0.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Berlingo  quot;Color Zone quot;, 0,5мм, с ластиком, ассорти BSk_12071</t>
+  </si>
+  <si>
+    <t>Механический карандаш с клипом и рифлением в зоне захвата, не позволяющим карандашу выскальзывать из пальцев. Карандаш оснащен сменным ластиком. Диаметр грифеля - 0,5 мм. Цвет корпуса - ассорти.</t>
+  </si>
+  <si>
+    <t>350371</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0d3/0d39bc54a09457b7b25e4e2b582eb082.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Pilot  quot;Rexgrip quot; 0,5мм, с ластиком, синий корпус H-105-L</t>
   </si>
   <si>
     <t>Механический карандаш в прорезиненном корпусе. Латунный цанговый механизм обеспечивает надежную фиксацию грифеля. Удобен в использовании, так как позволяет пальцам принять естественное положение</t>
   </si>
   <si>
     <t>350960</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4eb/4eb1e5d44461398dca395b83ee21ced8.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Pilot  quot;Rexgrip quot; 0,5мм, с ластиком, черный корпус H-105-B</t>
   </si>
   <si>
     <t>350961</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f65/f65a9c5a47c56d4be82cde60ddb90299/27ccdd9f70a135e4c6df23c30be4c896.jpg</t>
   </si>
   <si>
     <t>Стержень микрографич. 4864 KOH-I-NOOR 5,6мм, 2В, 6 шт уп</t>
@@ -748,68 +772,92 @@
   <si>
     <t>376138</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/141/141fa2c3516da377395d57f0b5ba8d48/e9b76b0522ef6a750aa56b60749e1308.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Attache Economy, 0,7мм желтый</t>
   </si>
   <si>
     <t>376139</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a73/a7309f8d23baa38116079032d4f96a6d/432aea760cf4e28fcdd834f98e46a1e9.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Attache Graphix, 0.7 мм, цвет корпуса оранжевый</t>
   </si>
   <si>
     <t>376140</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a85/a857af6167d75818d12823192bd39bce/311af3ffb1e6deb8d9a3b2235fd22927.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Attache Selection Sunset, 0,5мм</t>
+  </si>
+  <si>
+    <t>376141</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/19f/keey42zouvcbkoclfrgvktv1g50tpi5f.jpg</t>
   </si>
   <si>
     <t>Грифели запасные BRAUBERG, КОМПЛЕКТ 12 шт.,  quot;Hi-Polymer quot;, HB, 0,5 мм, 180445</t>
   </si>
   <si>
     <t>Запасные сверхпрочные грифели BRAUBERG повышенной упругости для автоматического карандаша. Изготовлены из высококачественных полимерных материалов, обеспечивающих мягкое письмо. Устойчивы к излому. Обладают средней степенью твердости – HB. Длина грифеля составляет 60 мм, а его диаметр - 0,5 мм. 12 штук в упаковке. Поставляются в пластиковом пенале.</t>
   </si>
   <si>
     <t>393438</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/12b/yqsdfuuo8ts2a8oa8b0ahc617w60gece.jpg</t>
+  </si>
+  <si>
+    <t>Грифели запасные BRAUBERG, КОМПЛЕКТ 12 шт.,  quot;Hi-Polymer quot;, HB, 0,7 мм, 180446</t>
+  </si>
+  <si>
+    <t>Запасные сверхпрочные грифели BRAUBERG повышенной упругости для автоматического карандаша. Изготовлены из высококачественных полимерных материалов, обеспечивающих мягкое письмо. Устойчивы к излому. Обладают средней степенью твердости – HB. Длина грифеля составляет 60 мм, а его диаметр - 0,7 мм. 12 штук в упаковке. Поставляются в пластиковом пенале.</t>
+  </si>
+  <si>
+    <t>393439</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/774/jcptk5rpm5befq2rcu5ylsmuc5z76g60.jpg</t>
   </si>
   <si>
     <t>Грифели запасные BRAUBERG, КОМПЛЕКТ 20 шт.,  quot;Black Jack quot; Hi-Polymer, 2В, 0,5 мм, 180448</t>
   </si>
   <si>
     <t>Грифели запасные для автоматического карандаша. Отличаются высокой эластичностью и мягкостью. Полимерное покрытие предотвращает поломку и обеспечивает их экономичное использование.</t>
   </si>
   <si>
     <t>393440</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6b0/463p1c0ynlassxcs027953e4znxm4new.jpg</t>
   </si>
   <si>
     <t>Грифели запасные BRAUBERG, КОМПЛЕКТ 20 шт.,  quot;Black Jack quot; Hi-Polymer, HB, 0,7 мм, 180451</t>
   </si>
   <si>
     <t>Запасные сверхпрочные грифели BRAUBERG повышенной упругости для автоматического карандаша. Изготовлены из высококачественных полимерных материалов, обеспечивающих мягкое письмо. Устойчивы к излому. Обладают средней степенью твердости – HB. Длина грифеля составляет 60 мм, а его диаметр - 0,7 мм. 20 штук в упаковке. Поставляются в пластиковом пенале.</t>
   </si>
   <si>
     <t>393441</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/829/0g3t744azivw00ilc5zcg8o6zfnb6097.jpg</t>
@@ -886,107 +934,89 @@
   <si>
     <t>393449</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a57/ljdrc61qrub7ga9d96txfkof0nr7ftrl.jpg</t>
   </si>
   <si>
     <t>Грифели запасные KOH-I-NOOR, КОМПЛЕКТ 12 шт., НВ, 0,7 мм, 41620HB007PKRU</t>
   </si>
   <si>
     <t>393450</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/81a/j25d7rm5htfp5fbxpfroarhiputdhj7u.jpg</t>
   </si>
   <si>
     <t>Грифели запасные PILOT, КОМПЛЕКТ 12 шт., PPL-5, HB, 0,5 мм</t>
   </si>
   <si>
     <t>Простые и надежные запасные грифели для автоматического карандаша. Экономичный и незаменимый расходный материал для повседневного использования.</t>
   </si>
   <si>
     <t>393451</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a68/v0atzdf5bz8fc9nyp3yf0ymep64yzir1.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8ae/eef8ji75vqrwvqu8cslpn4tlhg3tgu39.jpg</t>
   </si>
   <si>
     <t>Карандаш механический BRAUBERG  quot;Black Jack quot;, металлический корпус, резиновый грип, ластик, 0,5 мм, 180463</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;Black Jack&amp;quot; с металлическим корпусом стального цвета и удобным резиновым упором, исключающим скольжение пальцев во время письма. Карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен, готов к работе и дает тонкую ровную линию 0,5 мм, а встроенный ластик поможет быстро и легко исправить ошибку. Стильный дизайн карандаша&amp;nbsp;&amp;nbsp;и эргономичный корпус с комфортной зоной захвата сделает письмо легким и точным.</t>
   </si>
   <si>
     <t>393463</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/63c/4fn3lpyzi227ewhi0vpn08smhhkm20bn.jpg</t>
   </si>
   <si>
     <t>Карандаш механический BRAUBERG  quot;Black Jack quot;, металлический корпус, резиновый грип, ластик, 0,7 мм, 180467</t>
   </si>
   <si>
     <t>Высококачественный механический карандаш BRAUBERG &amp;quot;Black Jack&amp;quot; с металлическим корпусом черного цвета и удобным резиновым упором, исключающим скольжение пальцев во время письма. Карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен, готов к работе и дает ровную линию 0,7 мм, а встроенный ластик под кнопкой-колпачком исправит ошибку быстро и легко. Стильный дизайн карандаша&amp;nbsp;&amp;nbsp;и&amp;nbsp;&amp;nbsp;эргономичный корпус с комфортной зоной захвата&amp;nbsp;&amp;nbsp;сделает письмо легким и точным.</t>
   </si>
   <si>
     <t>393464</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/87f/fnoaa4n1kgjbtohu83vtut5oxtv776sk.jpg</t>
   </si>
   <si>
     <t>Карандаш механический BRAUBERG  quot;Classic quot;, корпус ассорти, ластик, 0,5 мм, 180398</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;Classic&amp;quot; с корпусом ярких цветов ассорти. Карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен, готов к работе и дает ровную линию 0,5 мм,а встроенный ластик помогает быстро и легко исправить сделанную помарку. Цанга карандаша убирается внутрь корпуса, поэтому даже на дне сумки или пенала такой карандаш не сломается.</t>
   </si>
   <si>
     <t>393465</t>
   </si>
   <si>
-    <t>60</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/891/kvlfvwj5wl7bnszmcliv7s2klmrrke4v.jpg</t>
   </si>
   <si>
     <t>Карандаш механический BRAUBERG  quot;Comfort quot;, корпус синий, резиновый грип, ластик, 0,5 мм, 180283</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;Comfort&amp;quot; с корпусом синего цвета и и удобным резиновым упором, исключающим скольжение пальцев во время письма. Карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен, готов к работе и дает ровную линию 0,5 мм. Механический карандаш оснащен встроенным ластиком, с помощью которого можно быстро и легко исправить ошибку. Яркий синий корпус с прорезиненной зоной захвата обеспечивает повышенный комфорт при письме. Цанга карандаша убирается внутрь корпуса, поэтому даже на дне сумки или пенала такой карандаш не сломается.</t>
   </si>
   <si>
     <t>393466</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b52/bb2761wpw2knz0vtlljh64zoy350dco9.jpg</t>
   </si>
   <si>
     <t>Карандаш механический BRAUBERG  quot;Comfort quot;, корпус синий, резиновый грип, ластик, 0,7 мм, 180464</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;Comfort&amp;quot; с корпусом синего цвета и удобным резиновым упором, предотвращающим скольжение пальцев при использовании. Карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен, готов к работе и дает ровную линию 0,7 мм. Корпус карандаша имеет комфортную зону захвата для удобства при письме, а встроенный ластик поможет быстро и легко исправить ошибку.</t>
   </si>
   <si>
     <t>393467</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a0/qmlfbkbu8wpb23nyvlohqhayz4jzl2dt.jpg</t>
@@ -1132,717 +1162,561 @@
   <si>
     <t>Набор BRAUBERG  quot;Modern quot;: механический карандаш, корпус синий   грифели НВ, 0,5 мм, 12 штук, блистер, 180335</t>
   </si>
   <si>
     <t>В наборе: механический карандаш BRAUBERG с удобной прорезиненной зоной захвата, хромированным наконечником и ластиком. В НАБОР входят 12 запасных грифелей! Карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен и готов к работе, дает ровную линию 0,5 мм. 12 запасных грифелей не позволят прервать ваше письмо в неподходящий момент. Благодаря эргономичному корпусу с комфортной зоной захвата карандаш сделает письмо легким и точным. Цанга карандаша убирается внутрь корпуса, поэтому даже на дне сумки или пенала такой карандаш не сломается.</t>
   </si>
   <si>
     <t>393491</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/324/0a4634g52qsck1cert5xwb1nws3hd6om.jpg</t>
   </si>
   <si>
     <t>Набор BRAUBERG: механический карандаш, тр хгранный синий корпус   грифели HB, 0,7 мм, 12 штук, блистер, 180494</t>
   </si>
   <si>
     <t>В наборе: механический карандаш c трехгранной эргономичной формой корпуса и антискользящим рифлением в зоне захвата. Имеет металлический клип и ластик. В НАБОР входят 12 запасных грифелей! Внутренний механизм выполнен из металла, что обеспечивает карандашу высокую износостойкость. Карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен и готов к работе, дает ровную линию 0,5 мм, а встроенный ластик поможет быстро и легко исправить ошибку.&amp;nbsp;&amp;nbsp;12 запасных грифелей не позволят прервать ваше письмо в неподходящий момент</t>
   </si>
   <si>
     <t>393493</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/182/18269d97a48c70bf85e2f7a1a6d87b97.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ca3/ca3db2762936d99e5e2eca8f288176a8.jpg</t>
   </si>
   <si>
     <t>Грифели для механических карандашей Faber-Castell  quot;Polymer quot;, 12шт., 0,5мм, B. 521501</t>
   </si>
   <si>
+    <t>Полимерные грифели для механических карандашей. Поставляются по 12 штук в пластиковом футляре, снабженном колпачком</t>
+  </si>
+  <si>
     <t>393627</t>
   </si>
   <si>
+    <t>&lt;a href="/brands/faber-castell/"&gt;Faber-Castell&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9ce/9ce9bd327358e8d4304ddc84ddbc0e7e.jpg</t>
   </si>
   <si>
     <t>Грифели для механических карандашей Faber-Castell  quot;Polymer quot;, 12шт., 0,5мм, H. 521511</t>
   </si>
   <si>
     <t>393628</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4c5/4c5bb3374e9e97ddc95434ed64c5861d.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/084/08489e353b7cc1bbccd9696e6c2d8ab5.jpg</t>
   </si>
   <si>
     <t>Грифели для механических карандашей Faber-Castell  quot;Super-Polymer quot;, 12шт., 0,5мм, 2B. 120502</t>
   </si>
   <si>
     <t>Особо прочные суперполимерные грифели для механических карандашей. Грифели оставляют линии насыщенного графитного цвета. Поставляются по 12 штук в платиковом футляре</t>
   </si>
   <si>
     <t>393632</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/619/619d74570d3868c8727a0796f1512f7e.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/574/57473b4950d8b36c65f2e7055bb80db4.jpg</t>
   </si>
   <si>
     <t>Карандаш цанговый Faber-Castell  quot;TK 9400 quot;, 2,0мм, 2B. 139402</t>
   </si>
   <si>
     <t>Классический цанговый карандаш &amp;quot;TK 9400&amp;quot; предназначен для художников и чертежников. Шестигранный корпус с круглой зоной захвата. Сильный пишущий узел надежно удерживает грифель при письме</t>
   </si>
   <si>
     <t>393739</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/861/861ffc394554bb943eea592ee677c6d6.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/161/1619df0d43495cde88f28471fe5beb3d.jpg</t>
   </si>
   <si>
     <t>Грифели для механических карандашей Faber-Castell  quot;Polymer quot;, 12шт., 0,5мм, 2H. 521512</t>
   </si>
   <si>
     <t>394318</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/61a/11z76swrnvhe1lfvm5csxooz07zkp7xy.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/22a/22a64421993649fad687b45321cc8811/ae1ab45da9d413b07cf6dad8a2567389.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Attache Selection Murano 0,7 мм с ластиком, без манж.</t>
   </si>
   <si>
     <t>414918</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
-[...11 lines deleted...]
-    <t>422962</t>
+    <t>http://anytos.ru//upload/iblock/5be/0i5s4tlkhmgch8x7gll92qu4otx4b1f1.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический STAFF, корпус тонированный ассорти, резиновый грип, ластик, 0,7 мм, 181423</t>
+  </si>
+  <si>
+    <t>Механический карандаш STAFF с тонированным корпусом и деталями ярких цветов ассорти. Карандаш с нажимным механизмом всегда заточен, готов к работе и дает ровную линию выбранной толщины &amp;#40;в зависимости от толщины грифеля&amp;#41;. Благодаря эргономичному корпусу с комфортной зоной захвата, им удобно писать почти так же, как ручкой, а встроенный ластик помогает быстро и легко исправить любую ошибку. Грифель диаметром 0,7 мм с твердостью HB убирается внутрь корпуса, поэтому даже на дне сумки или пенала такой карандаш не сломается.</t>
+  </si>
+  <si>
+    <t>422963</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5be/0i5s4tlkhmgch8x7gll92qu4otx4b1f1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/28f/9snffplkpz8zl5f5uka68np9r10u3tb0.jpg</t>
   </si>
   <si>
     <t>Карандаш механический STAFF, корпус тонированный ассорти, ластик, 0,5 мм, 181425</t>
   </si>
   <si>
     <t>Механический карандаш STAFF с тонированным корпусом ярких цветов ассорти. Карандаш с нажимным механизмом всегда заточен, готов к работе и дает ровную линию выбранной толщины &amp;#40;в зависимости от толщины грифеля&amp;#41;. Благодаря эргономичному корпусу, им удобно писать почти так же, как ручкой, а встроенный ластик помогает быстро и легко исправить любую ошибку. Грифель карандаша убирается внутрь корпуса, поэтому даже на дне сумки или пенала такой карандаш не сломается.Механический карандаш STAFF – низкая цена и приемлемое качество. Ничего лишнего.</t>
   </si>
   <si>
     <t>422965</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/100/vzbobajfpsm120529sarsqmk9i3s86vo.jpg</t>
   </si>
   <si>
     <t>Карандаш механический ЮНЛАНДИЯ  quot;Юнландик-архитектор quot;, корпус двуцветный, грип, ластик, 0,5 мм, 181429</t>
   </si>
   <si>
     <t>Механический карандаш ЮНЛАНДИЯ с тонированным корпусом и яркими фиолетовыми деталями. Яркий карандаш с нажимным механизмом всегда заточен, готов к работе и дает ровную линию выбранной толщины &amp;#40;в зависимости от толщины грифеля&amp;#41;. Благодаря эргономичному корпусу с комфортной зоной захвата, им удобно писать почти так же, как ручкой, а встроенный ластик помогает быстро и легко исправить любую ошибку. Грифель карандаша убирается внутрь корпуса, поэтому даже на дне школьной сумки или пенала такой карандаш не сломается.</t>
   </si>
   <si>
     <t>422969</t>
   </si>
   <si>
     <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cb1/cb17b5189a0b6b9963e989e8262edeb2.jpeg</t>
-[...11 lines deleted...]
-    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/125/125258313b551d771a9a1895fbdb6f6f.jpeg</t>
+  </si>
+  <si>
+    <t>Грифели для механических карандашей Faber-Castell  quot;Super-Polymer quot;, 12шт., 0,7мм, HB</t>
+  </si>
+  <si>
+    <t>427884</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c94/c94cde9322dab82d97da37945cf808e5.jpeg</t>
+  </si>
+  <si>
+    <t>Грифели для механических карандашей Faber-Castell  quot;Super-Polymer quot;, 12шт., 1,0мм, HB</t>
+  </si>
+  <si>
+    <t>427885</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f55/f55d957e4c6082674f099cacf93e55c9.jpeg</t>
+  </si>
+  <si>
+    <t>Карандаш цанговый Faber-Castell  quot;TK 9400 quot;, 2,0мм, B</t>
+  </si>
+  <si>
+    <t>427887</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/779/7792ebc16603a7a4846fa176739a7f94.jpeg</t>
+  </si>
+  <si>
+    <t>Грифели для механических карандашей Faber-Castell  quot;Polymer quot;, 12шт., 0,7мм, 2B</t>
+  </si>
+  <si>
+    <t>432998</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c3/3c3bd4e9a32e151ff555daf2d63ef6d1.jpeg</t>
+  </si>
+  <si>
+    <t>Грифели для механических карандашей Faber-Castell  quot;Polymer quot;, 12шт., 0,7мм, B</t>
+  </si>
+  <si>
+    <t>432999</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e81/e81b5cf8a83e0cf651b22e1deff5a40f.jpeg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Faber-Castell  quot;Grip 1347 quot; B, 0,7мм, грип, с ласт., автоподача грифеля, черный</t>
+  </si>
+  <si>
+    <t>Удобная резиновая зона захвата доставляет удовольствие при письме. Металлический наконечник полностью убирается, что делает безопасным транспортировку карандаша. Грифель надежно защищен от поломки благодаря амортизирующему при письме наконечнику</t>
+  </si>
+  <si>
+    <t>433001</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c14/t2qh91sa311xo3kmvhv7b0854v9w3sz5.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш сегментный ПИФАГОР  quot;Таблица умножения quot;, HB, корпус ассорти, с ластиком, 181482</t>
+  </si>
+  <si>
+    <t>Сегментный чернографитный карандаш ПИФАГОР с печатью &amp;quot;Таблица умножения&amp;quot; на корпусе прекрасно подходит для детского творчества, незаменим на уроках в младших классах. Карандаш не требует заточки, благодаря 9 сменным стержням готов к продолжению работы в любой момент, достаточно просто поменять исписанный стержень на новый. Имеет ластик. Твердость - HB. Пластиковый тонированный корпус ассорти &amp;#40;поставляется в нескольких вариантах цвета без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>434006</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pifagor/"&gt;ПИФАГОР&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c63/c63823130ea67b13fe90e685e5610241/b58c5b1408c76e03b86e15aa2ca0e8cd.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Attache Splash, 0,5мм, корп.тонир.ассорти, с манжет</t>
+  </si>
+  <si>
+    <t>458401</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/573/573d2e5703383d098d53bf926b3560bd/4f0c53d6afa5089fef986fefc153c6e6.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Attache Selection, 0,5мм, корп. ассорти</t>
+  </si>
+  <si>
+    <t>458402</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c7d/c7d19bff226bf3dc6885fe3436a614aa/12482dcc46217767eb9ba6de00c04aed.jpg</t>
+  </si>
+  <si>
+    <t>Грифели для механических карандашей Faber-Castell  quot;Super-Polymer quot;, 12шт., 0,5мм, HB</t>
+  </si>
+  <si>
+    <t>Особо прочные суперполимерные грифели для механических карандашей от немецкого производителя Faber-Castell. Грифели оставляют линии насыщенного графитового цвета. 12 грифелей в прочном пластиковом футляре. Твердость грифеля: HB. Ширина линии: 0,5 мм.</t>
+  </si>
+  <si>
+    <t>556919</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/696/696ab265818cbbd9fe8c5b5d7ff529e0/e40551214f7453e918e0ed595f10c329.jpg</t>
+  </si>
+  <si>
+    <t>Грифели для цанговых карандашей Koh-I-Noor  quot;Gioconda quot;, B, 2мм, 12шт, пластик. пенал</t>
+  </si>
+  <si>
+    <t>Грифели чернографитные для цанговых карандашей&amp;nbsp;&amp;nbsp;- это прекрасный графический материал для рисунков в карандаше. В цанговом карандаше они не пачкают рук, а также снижен риск их поломки. В наборе 12 штук, твердость В.</t>
+  </si>
+  <si>
+    <t>556923</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4b8/4b829531811e6f31c2004190dbf92b54/f8deb8375119f5c954220a58792167cc.jpg</t>
+  </si>
+  <si>
+    <t>Грифели для цанговых карандашей Koh-I-Noor  quot;Gioconda quot;, 2B, 2мм, 12шт, пласт.пенал</t>
+  </si>
+  <si>
+    <t>Грифели чернографитные для цанговых карандашей&amp;nbsp;&amp;nbsp;- это прекрасный графический материал для рисунков в карандаше. В цанговом карандаше они не пачкают рук, а также снижен риск их поломки. В наборе 12 штук, твердость 2В.</t>
+  </si>
+  <si>
+    <t>556924</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/edf/edf438cb60eefa8a37ba59c79b2abd86/e555bd31c661c359ddd47ff77e736ee8.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Faber-Castell  quot;Grip 1345 quot; B, 0,5мм, грип, с ласт., автоподача грифеля, зеленый</t>
+  </si>
+  <si>
+    <t>Надежный механический карандаш TK-Fine 1345 от легендарного немецкого производителя Faber-Castell подходит как для черчения, так и для письма. Прочная жесткая направляющая обеспечивает точный результат при черчении по линейке или трафарету. Убирающийся наконечник карандаша обеспечивает безопасную транспортировку, карандаш не откроется даже в кармане. На торцевой части карандаша расположен выдвижной ластик, который мягко стирает и не оставляет разводов. Ластик не содержит ПВХ. Твердость грифеля: B. Ширина линии: 0,5 мм. Цвет корпуса: зеленый.</t>
+  </si>
+  <si>
+    <t>556936</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/45d/45d1c86efda0731dc15d48a94e6e393e/867dd679ea90ecd1cd8e623b570614a3.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Faber-Castell  quot;Grip 1347 quot; B, 0,7мм, грип, с ласт., автоподача грифеля, синий</t>
+  </si>
+  <si>
+    <t>Надежный механический карандаш TK-Fine 1347 от легендарного немецкого производителя Faber-Castell подходит как для черчения, так и для письма. Прочная жесткая направляющая обеспечивает точный результат при черчении по линейке или трафарету. Убирающийся наконечник карандаша обеспечивает безопасную транспортировку, карандаш не откроется даже в кармане. На торцевой части карандаша расположен выдвижной ластик, который мягко стирает и не оставляет разводов. Ластик не содержит ПВХ. Твердость грифеля: B. Ширина линии: 0,7 мм. Цвет корпуса: синий.</t>
+  </si>
+  <si>
+    <t>556940</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08e/08e78dbac7e0341248bc804ffe875825/e8830b26e9b2ff728fbd6704e49ad208.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Faber-Castell  quot;TK-Fine 9719 quot;, 1,0мм</t>
+  </si>
+  <si>
+    <t>Надежный механический карандаш TK-Fine 9719 от легендарного немецкого производителя Faber-Castell идеально подходит для черчения. Прочная жесткая направляющая обеспечивает точный результат при черчении по линейке или трафарету. Убирающийся наконечник карандаша обеспечивает безопасную транспортировку, карандаш не откроется даже в кармане. На кнопке карандаша расположен специальный цветовой указатель, с помощью которого вы сможете отметить степень твердости грифеля, которым пользуетесь в данный момент. На торцевой части карандаша расположен выдвижной ластик, который мягко стирает и не оставляет разводов. Ластик не содержит ПВХ. Твердость грифеля: HB. Ширина линии: 1,0 мм. Цвет корпуса: темно-зеленый.</t>
+  </si>
+  <si>
+    <t>556951</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4fd/4fdc3698cfa7ddb51b0c470e5e7c4527/59d81523e9c1664d00128a9c156f7fc3.jpg</t>
+  </si>
+  <si>
+    <t>Набор карандашей механических Faber-Castell  quot;TK-Fine 97 quot;, HB, 0,35 0,5 0,7мм, пласт. уп., европодвес</t>
+  </si>
+  <si>
+    <t>Набор механических карандашей TK-Fine 97 от легендарного немецкого производителя Faber-Castell идеально подходит для черчения. Прочная жесткая направляющая обеспечивает точный результат при черчении по линейке или трафарету. Убирающийся наконечник карандашей обеспечивает безопасную транспортировку, карандаши не откроются даже в кармане. На кнопке каждого карандаша расположен специальный цветовой указатель, с помощью которого вы сможете отметить степень твердости грифеля, которым пользуетесь в данный момент. На торцевой части каждого карандаша расположен выдвижной ластик, который мягко стирает и не оставляет разводов и не содержит ПВХ. Твердость грифеля: HB. Ширина линии: 0,35, 0,5 и 0,7 мм. Цвет корпуса: темно-зеленый.</t>
+  </si>
+  <si>
+    <t>556953</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/92e/92e87307c64bc7bcc2c9d8ee71c9be25/46aa12d2a3a41f4bbec0bb58efc7ba38.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Faber-Castell  quot;Grip 1347 quot; B, 0,7мм, грип, с ласт., автоподача грифеля, красный</t>
+  </si>
+  <si>
+    <t>Надежный механический карандаш TK-Fine 1347 от легендарного немецкого производителя Faber-Castell подходит как для черчения, так и для письма. Прочная жесткая направляющая обеспечивает точный результат при черчении по линейке или трафарету. Убирающийся наконечник карандаша обеспечивает безопасную транспортировку, карандаш не откроется даже в кармане. На торцевой части карандаша расположен выдвижной ластик, который мягко стирает и не оставляет разводов. Ластик не содержит ПВХ. Твердость грифеля: B. Ширина линии: 0,7 мм. Цвет корпуса: красный.</t>
+  </si>
+  <si>
+    <t>556954</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b52/b5265b2595ab89de1d7fe0f605ea55b5/fdc3bfdfd760f7b5d3fe6e961c973e6e.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш цанговый Koh-I-Noor  quot;Versatil quot; 5,6мм, черный корпус, металл пластик с точилкой</t>
+  </si>
+  <si>
+    <t>Цанговый карандаш очень удобен тем, что можно использовать один карандаш, но для разных графических материалов. Просто меняйте стержни подходящей толщины - и один карандаш заменит Вам целый набор. Ведь выбор стержней для огромный - чернографитные, цветные, Magic, уголь, мел, сепия, сангина, и для всех для них подходит данный карандаш. А для заточки стержней есть встроенная точилка.</t>
+  </si>
+  <si>
+    <t>556956</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/725/725ad348d1b41914c5fb821a8d442a8f/cb45464d24fbb399113e24b5d5b53145.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш цанговый Koh-I-Noor  quot;Mephisto quot; 5,6мм, желтый корпус, пластик.</t>
+  </si>
+  <si>
+    <t>Цанговый карандаш очень удобен тем, что можно использовать один карандаш, но для разных графических материалов. Просто меняйте стержни подходящей толщины - и один карандаш заменит Вам целый набор. Ведь выбор стержней для огромный - чернографитные, цветные, Magic, уголь, мел, сепия, сангина, и для всех для них подходит данный карандаш.</t>
+  </si>
+  <si>
+    <t>556957</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53b/53b1b609e0b300408b222692da5404d8/bc86385bfee5ad0e6c97ae5356e2eeda.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический MunHwa  quot;MP Gold Trima quot; 0,5мм, с ластиком, корпус ассорти</t>
+  </si>
+  <si>
+    <t>Дизайн данной модели является стилистическим продолжением легендарной линейки шариковых ручек MC Gold.&amp;nbsp;&amp;nbsp;Удобная треугольная форма корпуса. Полупрозрачный тонированный пластик в широкой цветовой гамме. 10 различных цветов корпуса: белый, черный, синий, голубой, красный, оранжевый, розовый, фиолетовый, зеленый, салатовый. &amp;quot;Золотой&amp;quot; металлический клип, наконечник и кнопка автоматической подачи с ластиком. Пишущий узел&amp;nbsp;&amp;nbsp;для грифелей диаметром 0,5мм.</t>
+  </si>
+  <si>
+    <t>556959</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/munhwa/"&gt;MunHwa&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c56/0ptlqgodua4n43ks4x7qcbuxa7sif3ls.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический PILOT H-187  quot;Super Grip quot;, корпус синий, резиновый грип, ластик, 0,7 мм, Н-187</t>
+  </si>
+  <si>
+    <t>563967</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/606/606be7f9846c3cc820fef543c7568d17/3e02c556ba728d5c2c0c67eeeface799.jpg</t>
+  </si>
+  <si>
+    <t>Стержень микрографический 0,5 Attache Economy HB 12 грифелей</t>
+  </si>
+  <si>
+    <t>580996</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cea/ceae76388f86d198015f71ff0092ab92/bf3b6f2739db8a98ecc3fe646c007e19.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Faber-Castell  quot;Grip 1345 quot; B, 0,5мм, грип, с ласт., автоподача грифеля, черный</t>
+  </si>
+  <si>
+    <t>Надежный механический карандаш TK-Fine 1345 от легендарного немецкого производителя Faber-Castell подходит как для черчения, так и для письма. Прочная жесткая направляющая обеспечивает точный результат при черчении по линейке или трафарету. Убирающийся наконечник карандаша обеспечивает безопасную транспортировку, карандаш не откроется даже в кармане. На торцевой части карандаша расположен выдвижной ластик, который мягко стирает и не оставляет разводов. Ластик не содержит ПВХ. Твердость грифеля: B. Ширина линии: 0,5 мм. Цвет корпуса: черный.</t>
+  </si>
+  <si>
+    <t>587334</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a9/1a9c4470657766833a9df38530c14b5d/3b2eb73bb571155dff9e6f9d66274612.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Faber-Castell  quot;TK-Fine Vario L quot;, HB, 0,5мм, с ластиком</t>
+  </si>
+  <si>
+    <t>Надежный механический карандаш TK-Fine Vario L от легендарного немецкого производителя Faber-Castell идеально подходит для черчения. Прочная жесткая направляющая обеспечивает точный результат при черчении по линейке или трафарету. Убирающийся наконечник карандаша обеспечивает безопасную транспортировку, карандаш не откроется даже в кармане. На карандаше расположен специальный цветовой указатель, с помощью которого вы сможете отметить степень твердости грифеля, которым пользуетесь в данный момент. На торцевой части карандаша расположен выдвижной ластик, который мягко стирает и не оставляет разводов. Ластик не содержит ПВХ. Твердость грифеля: HB. Ширина линии: 0,5 мм. Цвет корпуса: темно-зеленый.</t>
+  </si>
+  <si>
+    <t>587338</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e2/gpq7flx231567vcid9jyjazma9vflwwh.jpg</t>
+  </si>
+  <si>
+    <t>Грифели запасные STAFF, КОМПЛЕКТ 12 шт., HB, 0,5 мм, 180876</t>
+  </si>
+  <si>
+    <t>Простые и надежные запасные грифели STAFF &amp;quot;EVERYDAY&amp;quot; для автоматического карандаша. Изготовлены из качественных материалов, обеспечивающих мягкое письмо. Обладают средней степенью твердости – HB. Длина грифеля составляет 60 мм, а его диаметр - 0,5 мм. 12 штук в упаковке. Поставляются в пластиковом пенале.</t>
+  </si>
+  <si>
+    <t>600255</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a6/7u251n0cz7x5kz4j9ev6dhm8l80le0yi.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Berlingo  quot;Starlight quot;, 0,7мм, с ластиком, ассорти</t>
+  </si>
+  <si>
+    <t>Механический карандаш с клипом и встроенным ластиком. Яркие цвета корпуса, ассорти – голубой, фиолетовый, розовый, оранжевый, зелёный. 30 штук в пластиковом стакане. Диаметр грифеля - 0,7 мм. Твёрдость - HB. Снабжён&amp;nbsp;&amp;nbsp;двумя запасными грифелями. Материал корпуса – пластик. Направляющий механизм грифеля выполнен из металла. Подача грифеля осуществляется с помощью кнопочного механизма.</t>
+  </si>
+  <si>
+    <t>681426</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/589/7q3a7td399voi0060hiv3bs77xqcttfb.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Berlingo  quot;X quot;, 0,5мм, с ластиком, ассорти</t>
+  </si>
+  <si>
+    <t>Механический карандаш с металлическим клипом и хромированным элементами.&amp;nbsp;&amp;nbsp;Отличается элегантным дизайном. Корпус с покрытием soft touch выполнен в четырёх стильных цветах – чёрном, белом, тёмно-синем и розовом. 40 штук в пластиковом стакане. Диаметр грифеля - 0,5 мм. Твёрдость - HB. Снабжён&amp;nbsp;&amp;nbsp;двумя запасными грифелями и встроенным ластиком. Материал корпуса – прорезиненный пластик. Направляющий механизм грифеля выполнен из металла. Подача грифеля осуществляется с помощью кнопочного механизма.</t>
+  </si>
+  <si>
+    <t>681427</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/125/125258313b551d771a9a1895fbdb6f6f.jpeg</t>
-[...337 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/427/qbo2oc3hi7f6snfoun5f70dt96201wwy.jpg</t>
   </si>
   <si>
     <t>Грифели для механических карандашей Munhwa  quot; quot;Ceramics quot;, 30шт., 0,5мм, HB</t>
   </si>
   <si>
     <t>Предназначено для рисования и черчения на бумаге, картоне.</t>
   </si>
   <si>
     <t>694921</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/702/9c27bks7ttdiqp6o64iymu0ald09impc.jpg</t>
-[...8 lines deleted...]
-    <t>696418</t>
+    <t>http://anytos.ru//upload/iblock/f4d/6ngtak39pk1s6huuzwgx59hzks4x95h3.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Карандаш механический Erich Krause ColorTouch Sweet love 2.0 мм с точилкой, НВ  в тубусе по 24 шт. </t>
+  </si>
+  <si>
+    <t>Карандаш механический Erich Krause® ColorTouch® Sweet love 2.0 мм с точилкой, НВ &amp;#40;в тубусе по 24 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>696420</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f4d/6ngtak39pk1s6huuzwgx59hzks4x95h3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/aab/mohxsgntyhf003q79uxjax7my1samep0.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш механический Erich Krause Draft 2.0 мм, НВ  в коробке по 12шт. </t>
   </si>
   <si>
     <t>Карандаш механический от Эрих Краузе. Диаметр грифеля - 2.0 мм. Твердость - 2B. Оснащен точилкой.</t>
   </si>
   <si>
     <t>696421</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/17e/1zlvqm0e12e23pix2c4t5gg6ftj45mt6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш механический Erich Krause Vivo 0.5 мм, НВ  в тубусе по 60 шт. </t>
   </si>
   <si>
     <t>Круглый механический карандаш. Корпус и кнопка-ластик в ярких неоновых цветах. Твердость HB. Диаметр грифеля 0.5 мм.</t>
   </si>
   <si>
     <t>696422</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/58a/witp3s7hj10in12gkt2w02kw57gw90za.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a82/qure5kfw1fyeq3qkjiu5ow9jju929is2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш механический Erich Krause MEGAPOLIS Concept в наборе с 20 грифелями 0.7 мм, НВ  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Механический карандаш с металлическим наконечником и убирающейся цангой. Карандаш имеет круглый неоновый корпус с эргономичной грип-зоной, оснащенной двумя резиновыми вставками. Твердость HB. Диаметр грифеля - 0.7 мм. Модель MEGAPOLIS Concept имеет узнаваемую запатентованную форму, обладает великолепной эргономикой и стала одним из бестселлеров в ассортименте механических карандашей ErichKrause® более чем в пятидесяти странах мира.</t>
   </si>
   <si>
     <t>696424</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/375/75sy28atx9sh07y0l0lgf48y5lj39igm.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш механический Erich Krause SoftLine 0.9 мм, НВ  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Механический карандаш с убирающейся цангой и ластиком. Карандаш имеет треугольный корпус с покрытием Soft Touch. Твердость HB. Диаметр грифеля - 0.9 мм.</t>
   </si>
   <si>
     <t>696425</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/537/pwuycpzjdzvubqu8ee5h9hom6n8v692a.jpg</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Карандаш механический Erich Krause ColorTouch Emerald Wave 2.0 мм с точилкой, НВ  в тубусе по 24 шт. </t>
+    <t>http://anytos.ru//upload/iblock/f5c/9rkodi7d0alnr8ge76xybp3530yix14g.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Карандаш механический Erich Krause ColorTouch Ornament 2.0 мм с точилкой, НВ  в тубусе по 24 шт. </t>
   </si>
   <si>
     <t>Механический карандаш шестигранной формы со сменным грифелем. Корпус матовый с ярким принтом и поверхностью Soft Touch. Оснащен точилкой на кончике карандаша. Твердость HB. Диаметр грифеля - 2.0 мм.</t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">Карандаш механический Erich Krause ColorTouch Ornament 2.0 мм с точилкой, НВ  в тубусе по 24 шт. </t>
   </si>
   <si>
     <t>696429</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c70/o3q6xddoojmtrj0hj8pwslu7og1o8epd.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш механический Erich Krause XS 0.5 мм, НВ  в тубусе по 42 шт. </t>
   </si>
   <si>
     <t>Шестигранный механический мини карандаш. Корпус и кнопка-ластик в ярких неоновых цветах. Твердость HB. Диаметр грифеля 0.5 мм.</t>
   </si>
   <si>
     <t>696433</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/241/ra1ma6zjihw47g0vowtremfvaim67wl5.jpg</t>
   </si>
   <si>
     <t>Карандаш мех. 0,5мм.  quot;Darvish quot; корпус пластиковый ассорти</t>
   </si>
@@ -1859,56 +1733,50 @@
     <t>http://anytos.ru//upload/iblock/9e6/6isgzzrx2irtdysa8c01ipw12zv44jro.jpg</t>
   </si>
   <si>
     <t>Карандаш мех. 0,5мм.  quot;Darvish quot; корпус трехгранный черный с цветными вставками с ластиком</t>
   </si>
   <si>
     <t>Карандаш мех 0,5мм &amp;quot;Darvish&amp;quot; с ластиком корпус трехгранный черный с цветными вставками.&lt;br /&gt;
  Цвет - ассорти. Оптовая упаковка: шоубокс.</t>
   </si>
   <si>
     <t>702920</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5f8/igyjoxpw757k0eftd21r0tvrr0c8iyet.jpg</t>
   </si>
   <si>
     <t>Карандаш мех. 0,5мм.  quot;Darvish quot; корпус металлический</t>
   </si>
   <si>
     <t>Твердость грифеля - HB</t>
   </si>
   <si>
     <t>702925</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/226/t8rnvm3p29gcb68n4khi07lmygn7nmha.jpg</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/748/4kcipvg31uf1ja3nj2dpbsl4tzr7chu3.jpg</t>
   </si>
   <si>
     <t>Карандаш мех. 0,7мм.  quot;Darvish quot; корпус металлический</t>
   </si>
   <si>
     <t>702927</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9a/pjfj9r1np6gxk20b3ch6m4tau98uzgat.jpg</t>
   </si>
   <si>
     <t>702928</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/03f/hyk0uno99n28mu59zuei8l87glqy589u.jpg</t>
   </si>
   <si>
     <t>702929</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9f/ctcnspq0cmpop8rr0lcwfpvkahc2i3t8.jpg</t>
   </si>
   <si>
     <t>Карандаш мех. 2мм.  quot;Darvish quot;с точилкой корпус пластиковый ассорти</t>
@@ -1988,101 +1856,101 @@
   <si>
     <t>Карандаш по стеклу, металлу и пластику Koh-I-Noor, 3263, белый</t>
   </si>
   <si>
     <t>Специальный карандаш на восковой основе для рисования на стекле, фарфоре, пластике, металле и других гладких поверхностях. Мягкий, укрывистый.</t>
   </si>
   <si>
     <t>712578</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/291/0qzsy779d448ovs0ztcp5v3uheo2rd2z.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Грифели ErichKrause  MEGAPOLIS Concept для механических карандашей 0.5 мм  в футляре по 20 шт. </t>
   </si>
   <si>
     <t>Грифели ErichKrause® MEGAPOLIS Concept для механических карандашей 0.5 мм &amp;#40;в футляре по 20 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771352</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b17/zod3boada581q3d2a0d0clypgem8vdku.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Карандаш механический ErichKrause  Delta в наборе с 20 грифелями 0.5 мм, НВ  в блистере по 1 шт. </t>
+  </si>
+  <si>
+    <t>Карандаш механический ErichKrause® Delta в наборе с 20 грифелями 0.5 мм, НВ &amp;#40;в блистере по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771353</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/10d/8jemxncb47z3i35l6aix2dp6h20mbzpg.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Luxor  quot;ClickRite quot;, 0,5мм, с ластиком, грип, ассорти</t>
   </si>
   <si>
     <t>Механический карандаш Luxor &amp;quot;ClickRite&amp;quot; - автоматический крандаш с&amp;nbsp;&amp;nbsp;грипом и ластиком на конце. Рифленый мягкий грип не позволяет карандашу&amp;nbsp;&amp;nbsp;выскальзывать из пальцев руки. Тонированные цвета корпуса ассорти: красный, оранжевый, синий, зеленый. Диаметр пишущего узла - 0,5 мм. Механический карандаш Luxor &amp;quot;ClickRite&amp;quot; - это мягкие и тонкие линии письма при минимальном нажатии</t>
   </si>
   <si>
     <t>772156</t>
   </si>
   <si>
     <t>&lt;a href="/brands/luxor/"&gt;Luxor&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2bb/unprv798rt273zv6w0qmrm6ozqumg3rf.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Berlingo  quot;Doubleblack quot;, 0,5мм, с ластиком, ассорти</t>
   </si>
   <si>
     <t>Механический карандаш с дизайном стильной кросс-продуктовой серии DoubleBlack выглядит строго, но оригинально благодаря глянцевому узору на черном матовом фоне. Снабжён двумя запасными грифелями самого популярного диаметра 0,5 мм и встроенным ластиком. Подача грифеля осуществляется с помощью кнопочного механизма. Поставляется в пластиковой тубе по 30 штук.</t>
   </si>
   <si>
     <t>786519</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/61f/owjjk974bju4vj92ynlrb9qgipcrr1n1.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Berlingo  quot;Instinct quot;, 0,5мм, с ластиком, ассорти</t>
   </si>
   <si>
     <t>Механический карандаш Berlingo &amp;quot;Instinct&amp;quot;, 0,5мм - отличное дополнение к суперпопулярной серии товаров. Корпус с покрытием soft touch выполнен в четырёх стильных пастельных цветах, прекрасно сочетающихся с черным металлическим клипом. Снабжён двумя запасными грифелями самого популярного диаметра 0,5 мм и встроенным ластиком. Направляющий механизм выполнен из металла. Подача грифеля осуществляется с помощью кнопочного механизма. Поставляется в пластиковой тубе по 40 штук.</t>
   </si>
   <si>
     <t>786520</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4c7/61sc4hdohdyd43xf1vo2p4hstmvpf5d3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cc2/ui78sec37fyez488me08mmfalya92v7q.jpg</t>
   </si>
   <si>
     <t>Стержень микрографический для авт карандаша 0,7 мм, 2B, упаковка в ассортименте, 20 штук</t>
   </si>
   <si>
     <t>787707</t>
   </si>
   <si>
     <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a9/gvttci31u5vcpfoujmwfch5qawnetevm.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Грифели Erich Krause  Draft для механических карандашей 2.0 мм, 2B  в футляре по 5 шт. </t>
   </si>
   <si>
     <t>Грифели Erich Krause® Draft для механических карандашей 2.0 мм, 2B &amp;#40;в футляре по 5 шт.&amp;#41;</t>
   </si>
   <si>
     <t>791916</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/041/13rjuzue52h42kvhdqaf3qxpuc09xqw9.jpg</t>
@@ -2282,206 +2150,146 @@
   <si>
     <t>http://anytos.ru//upload/iblock/617/wyaor7tx0q4cp0tbigiywkkuxw5zu7e6.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ  quot;MagicGraphix. Овечки. Паттерн quot; 0.5 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ &amp;quot;MagicGraphix. Овечки. Паттерн&amp;quot; 0.5 ММ</t>
   </si>
   <si>
     <t>813034</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bcb/30oez9sf9kap2deckcic1k094b84ux4h.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ  quot;MagicGraphix. Бельки. Паттерн quot; 0.5 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ &amp;quot;MagicGraphix. Бельки. Паттерн&amp;quot; 0.5 ММ</t>
   </si>
   <si>
     <t>813035</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/464/c80buho5nbh7zln6dzna6vjehhy9xaol.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/111/elkonzk87jqmzgizd3glldfhufqcavjs.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ  quot;MagicGraphix. Зайчики quot; 0.5 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ &amp;quot;MagicGraphix. Зайчики&amp;quot; 0.5 ММ</t>
   </si>
   <si>
     <t>813037</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cae/089ugohvke66cyoxiepyid12myffadgs.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ  quot;MagicGraphix. Зверюшки quot; 0.5 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ &amp;quot;MagicGraphix. Зверюшки&amp;quot; 0.5 ММ</t>
   </si>
   <si>
     <t>813038</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4b/f4rvszkhz6kq1oo448y409z1x0kdbav5.jpeg</t>
   </si>
   <si>
     <t>ГРИФЕЛИ ЗАПАСНЫЕ ДЛЯ МЕХАНИЧЕСКИХ КАРАНДАШЕЙ  quot;GRAPHIX quot; 20 шт., HB, 0,7 ММ</t>
   </si>
   <si>
     <t>ГРИФЕЛИ ЗАПАСНЫЕ ДЛЯ МЕХАНИЧЕСКИХ КАРАНДАШЕЙ &amp;quot;GRAPHIX&amp;quot; 20 шт., HB, 0,7 ММ</t>
   </si>
   <si>
     <t>813039</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7d6/6v327hjrrazzp13qm1zfq92iylk20wg6.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5f9/1iljwbwar75ew394r334xbz1z5bymq84.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ  quot;IceGraphix. Морская quot; 0,5 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ &amp;quot;IceGraphix. Морская&amp;quot; 0,5 ММ</t>
   </si>
   <si>
     <t>813049</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b15/ggk229huwm11il7kqr5won0ts4kqjqhq.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ МЕТАЛЛИЧЕСКИЙ  quot;SimpleGraphix quot; 0.5 ММ, твердость HB, 3 ЦВЕТА МИКС</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ МЕТАЛЛИЧЕСКИЙ &amp;quot;SimpleGraphix&amp;quot; 0.5 ММ, твердость HB, 3 ЦВЕТА МИКС</t>
   </si>
   <si>
     <t>813057</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5f9/zyalf7qbx76mkx325v6z2u8ewfnzw2n9.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ MЕТАЛЛИЧЕСКИЙ  quot;Dolce Vita.Графика quot; 2 ММ, твердость HB, 3 ВИДА МИКС</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ MЕТАЛЛИЧЕСКИЙ &amp;quot;Dolce Vita.Графика&amp;quot; 2 ММ, твердость HB, 3 ВИДА МИКС</t>
   </si>
   <si>
     <t>813058</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/821/ol80vndlh26xks16ollj0tj4dortggrs.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ MЕТАЛЛИЧЕСКИЙ  quot;Dolce Vita. Цветы quot; 2 ММ, твердость HB, 3 ВИДА МИКС</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ MЕТАЛЛИЧЕСКИЙ &amp;quot;Dolce Vita. Цветы&amp;quot; 2 ММ, твердость HB, 3 ВИДА МИКС</t>
   </si>
   <si>
     <t>813059</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/947/gj5zp1dowh3bqkn9pajllzp1kxkmlbqd.jpeg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/79d/rrhwafrhmt0kf373c8i82wp2llfpp4mt.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ  quot;MagicGraphix. Сладкое настроение. Сердечки quot; 0.5 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ &amp;quot;MagicGraphix. Сладкое настроение. Сердечки&amp;quot; 0.5 ММ</t>
   </si>
   <si>
     <t>813062</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b4b/l51r113h57cu5k8sg0gl7qf7m06iifto.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6d0/l82c0x0k0b3xn7ovlcwx9bu69jlfz0i5.jpeg</t>
   </si>
   <si>
     <t>ГРИФЕЛИ ЗАПАСНЫЕ ДЛЯ МЕХАНИЧЕСКИХ КАРАНДАШЕЙ  quot;GRAPHIX quot; 24 шт., 2B, 0.5 ММ</t>
   </si>
   <si>
     <t>ГРИФЕЛИ ЗАПАСНЫЕ ДЛЯ МЕХАНИЧЕСКИХ КАРАНДАШЕЙ &amp;quot;GRAPHIX&amp;quot; 24 шт., 2B, 0.5 ММ</t>
   </si>
   <si>
     <t>840186</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/755/ej6nzw57jf21ierf9zxlbcc30ifops9c.jpeg</t>
   </si>
   <si>
     <t>ГРИФЕЛИ ЗАПАСНЫЕ ДЛЯ МЕХАНИЧЕСКИХ КАРАНДАШЕЙ  quot;GRAPHIX quot; 5 шт., HB, 2.0 ММ</t>
   </si>
   <si>
     <t>ГРИФЕЛИ ЗАПАСНЫЕ ДЛЯ МЕХАНИЧЕСКИХ КАРАНДАШЕЙ &amp;quot;GRAPHIX&amp;quot; 5 шт., HB, 2.0 ММ</t>
   </si>
   <si>
     <t>840187</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f54/sl39f7wae67wbvwgiq7dh2xyybv4cx61.jpg</t>
@@ -2498,59 +2306,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/41a/f4kv3s8l52kmamc6jg00n0n12umz0cmg.jpg</t>
   </si>
   <si>
     <t>Карандаш подарочный с металлическим наконечником Berlingo  quot;Eternal quot;, цвет корпуса - натуральное дерево, инд. упак.</t>
   </si>
   <si>
     <t>Карандаш подарочный с металлическим наконечником Berlingo &amp;quot;Eternal&amp;quot;, цвет корпуса - натуральное дерево. У долговечного, практичного и необычного карандаша &amp;quot;Eternal&amp;quot; нет грифеля, а пишущая часть сделана из специального металлического сплава. При использовании данного карандаша на бумагу переносятся микрочастицы этого сплава, оставляя следы, похожие на карандашные штрихи. Пишет карандаш легко и плавно темно-серым цветом под любым углом, линия легко стирается ластиком. Пишущий наконечник не требует заточки и может прослужить долгие годы при ежедневном использовании. Диаметр корпуса - 9мм. Такой карандаш не может сломаться и не пачкает руки. Корпус оснащен специальным упором, предотвращающим катание карандаша по поверхности. Упаковка в индивидуальную картонную коробку с европодвесом.</t>
   </si>
   <si>
     <t>842471</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/878/4re6bkgccetfp730ng1bxm2s7cwud0xm.jpg</t>
   </si>
   <si>
     <t>Карандаш подарочный с металлическим наконечником Berlingo  quot;Eternal quot;, черный корпус, инд. упак.</t>
   </si>
   <si>
     <t>Карандаш подарочный с металлическим наконечником Berlingo &amp;quot;Eternal&amp;quot;, цвет корпуса - черный. У долговечного, практичного и необычного карандаша &amp;quot;Eternal&amp;quot; нет грифеля, а пишущая часть сделана из специального металлического сплава. При использовании данного карандаша на бумагу переносятся микрочастицы этого сплава, оставляя следы, похожие на карандашные штрихи. Пишет карандаш легко и плавно темно-серым цветом под любым углом, линия легко стирается ластиком. Пишущий наконечник не требует заточки и может прослужить долгие годы при ежедневном использовании. Диаметр корпуса - 9мм. Такой карандаш не может сломаться и не пачкает руки. Корпус оснащен специальным упором, предотвращающим катание карандаша по поверхности. Упаковка в индивидуальную картонную коробку с европодвесом.</t>
   </si>
   <si>
     <t>842472</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a4c/q76inlur6o61ohu7o30be7zzode5ha9v.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e66/9x1tiwr87r2g6jw4po5so3hian7p5t0s.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш механический Erich Krause  MEGAPOLIS Concept 0.7 мм, НВ  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Механический карандаш с металлическим наконечником и убирающейся цангой. Карандаш имеет круглый неоновый корпус с эргономичной грип-зоной, оснащенной двумя резиновыми вставками. Твердость HB. Диаметр грифеля - 0.7 мм. Модель MEGAPOLIS Concept имеет узнаваемую запатентованную форму, обладает великолепной эргономикой и стала одним из бестселлеров в ассортименте механических карандашей ErichKrause® более чем в пятидесяти странах мира</t>
   </si>
   <si>
     <t>854762</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d94/s59e116hsvatj1k5vx0o8vtqm2nvq6ib.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Deli корпус металлический 4 цвета в ассортименте, 0.5мм S003</t>
   </si>
   <si>
     <t>878691</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/859/1q5w53vjhxg87bvbhwesxotlbgn750uh.jpg</t>
   </si>
   <si>
     <t>Стержень для цанговых карандашей K-I-N 4190 2мм,12см, В, 12шт уп, 419000B013PK</t>
@@ -2564,62 +2363,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f7a/2b46iw8yxt77j1fzx0kdr6w1x1ikuqq6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш механический ErichKrause  Tulips 0.5 мм, НВ  в тубусе по 24 штуки </t>
   </si>
   <si>
     <t>Карандаш механический ErichKrause® Tulips 0.5 мм, НВ &amp;#40;в тубусе по 24 шт.&amp;#41;</t>
   </si>
   <si>
     <t>882613</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/29b/61clepbvc6kpusr10557lcqx8d1b7p6r.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш механический ErichKrause  Natural Life 0.5 мм, НВ  в тубусе по 24 штуки </t>
   </si>
   <si>
     <t>Карандаш механический ErichKrause® Natural Life 0.5 мм, НВ &amp;#40;в тубусе по 24 штуки&amp;#41;</t>
   </si>
   <si>
     <t>883111</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/532/n01dznm8x58q16f0c7m08lebqblb2553.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/eb2/yrarklaja9w7312glptcnxpqbb82x0yt.jpg</t>
   </si>
   <si>
     <t>Грифели Erich Krause  для механических карандашей 2.0 мм, HB</t>
   </si>
   <si>
     <t>Грифели Erich Krause® для механических карандашей 2.0 мм, HB &amp;#40;в футляре 10 штук&amp;#41;</t>
   </si>
   <si>
     <t>906275</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/723/5a0xsn0ci928jk09bhewv0focai8gjj9.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Erich Krause  ColorTouch  Colibri 2.0 мм с точилкой, НВ</t>
   </si>
   <si>
     <t>Карандаш механический Erich Krause® ColorTouch® Colibri 2.0 мм с точилкой, НВ &amp;#40;в тубусе по 24 штуки&amp;#41;</t>
   </si>
   <si>
     <t>906276</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b2/aahlo3xzjcw8ahwfn5fwwcnlk80j07p7.jpg</t>
@@ -2915,60 +2702,60 @@
   <si>
     <t>http://anytos.ru//upload/iblock/434/79456k1qn5f7yvo3q47vkinvogp70dpv.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ  quot;DOLCE VITA. Маки quot; МЕТАЛЛИЧЕСКИЙ КОРПУС, 2 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ &amp;quot;DOLCE VITA. Маки&amp;quot; МЕТАЛЛИЧЕСКИЙ КОРПУС, 2 ММ</t>
   </si>
   <si>
     <t>955632</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/579/prmwecfy5yumkva1zr7puxzx7w3yfa5w.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ  quot;DOLCE VITA. Шары. quot; МЕТАЛЛИЧЕСКИЙ КОРПУС, 2 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ &amp;quot;DOLCE VITA. Шары.&amp;quot; МЕТАЛЛИЧЕСКИЙ КОРПУС, 2 ММ</t>
   </si>
   <si>
     <t>955633</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d50/zeyi2cr5fm83gab3buriltn336r5gll6.jpg</t>
-[...8 lines deleted...]
-    <t>960184</t>
+    <t>http://anytos.ru//upload/iblock/919/g9ef9mihr549ci6sgnmo31krta6fu8d7.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический 0,5 мм   грифели HB 12 штук на блистере, BAUBERG OCEAN BLUE, 181970</t>
+  </si>
+  <si>
+    <t>Механический карандаш BRAUBERG &amp;quot;OCEAN BLUE&amp;quot; с металлическим корпусом и сменными грифелями. Механический карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен, готов к работе и дает тонкую ровную линию 0,5 мм. Встроенный ластик поможет быстро и легко исправить ошибку.Круглый фактурный корпус стильного дизайна способствует легкому и точному письму. В комплекте с карандашом идут сменные грифели HB 12 штук.</t>
+  </si>
+  <si>
+    <t>960183</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9d4/m97xim0qcnl65k7zk6yiyn6233erxxs1.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,5 мм   грифели HB 12 штук на блистере, BRAUBERG ROSE PINK, 181971</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;ROSE PINK&amp;quot; с металлическим корпусом и сменными грифелями. Механический карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен, готов к работе и дает тонкую ровную линию 0,5 мм. Встроенный ластик поможет быстро и легко исправить ошибку.Круглый фактурный корпус стильного дизайна способствует легкому и точному письму. В комплекте с карандашом идут сменные грифели HB 12 штук.</t>
   </si>
   <si>
     <t>960185</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d8/dm8g7s81dtmqqqhciv7h1lmchy29s32t.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,5 мм, HB, BRAUBERG CHROME, металлический корпус, ластик,181977</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;CHROME&amp;quot; с металлическим корпусом. Механический карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен, готов к работе и дает тонкую ровную линию 0,5 мм. Встроенный ластик поможет быстро и легко исправить ошибку. Многогранный корпус стильного дизайна способствует легкому и точному письму.</t>
   </si>
   <si>
     <t>960186</t>
   </si>
@@ -3032,50 +2819,74 @@
   <si>
     <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e6/fgrm21m2vksk3qis8rk6s9lcudodoxds.jpg</t>
   </si>
   <si>
     <t>Карандаш механический M G 2мм 6 гриф. туба в наб., в асс блистер HAMP0173</t>
   </si>
   <si>
     <t>Карандаш механический M&amp;G 2мм 6 гриф./туба в наб., в асс блистер HAMP0173</t>
   </si>
   <si>
     <t>961677</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/588/mm3nh3jyt6xb1edyhb4vzmit0k1y84lw.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Комус, 0,5 мм, резин.манжетка, синий корпус</t>
   </si>
   <si>
     <t>961678</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c38/3kp7eiuwrcoacnwnpamc4jin6dw81cuv.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический M G 1,8x0,9 мм 2B ассорти AMP35173110997H</t>
+  </si>
+  <si>
+    <t>Карандаш механический M&amp;G 1,8x0,9 мм 2B ассорти AMP35173110997H</t>
+  </si>
+  <si>
+    <t>961680</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/705/x5al387vqdb4ttn50vt056bkox3t94vd.jpg</t>
+  </si>
+  <si>
+    <t>Стержень микрографический M G 2B 0,9x1,8 мм 6 шт уп ASL362011109L7C</t>
+  </si>
+  <si>
+    <t>Стержень микрографический M&amp;G 2B 0,9x1,8 мм 6 шт/уп ASL362011109L7C</t>
+  </si>
+  <si>
+    <t>961681</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4f8/5o185s0tdjecxjy873aq91dd7ixzdkep.jpg</t>
   </si>
   <si>
     <t>Карандаш механический M G металл.корпус, 0,5 мм, ассорти AMP101781105AWC</t>
   </si>
   <si>
     <t>Карандаш механический M&amp;G металл.корпус, 0,5 мм, ассорти AMP101781105AWC</t>
   </si>
   <si>
     <t>961682</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/40e/ebm9k65k1a7ij532cstns9vthhd8pdta.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Deli EU998 Arris 0.7мм металл ассорти дисплей</t>
   </si>
   <si>
     <t>961684</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/300/0zacny6ywr095avcynm5vwsbzt23nb5s.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Munhwa  quot;Shark quot; 0,5 мм, с ластиком, морская волна</t>
@@ -3101,182 +2912,173 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d6e/wb243sf7xxrm1agi8b5wdp25wivp76e7.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Munhwa  quot;Shark quot; 0,5 мм, с ластиком, черный</t>
   </si>
   <si>
     <t>Карандаш механический Munhwa &amp;quot;Shark&amp;quot; 0,5 мм, с ластиком, черный</t>
   </si>
   <si>
     <t>965807</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9b/33i3pkxaygbpig94jn6c27xi1skqgtay.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Berlingo  quot;Envy quot; 0,5мм, с ластиком, ассорти</t>
   </si>
   <si>
     <t>Карандаш механический Berlingo &amp;quot;Envy&amp;quot; 0,5мм, с ластиком, ассорти</t>
   </si>
   <si>
     <t>965808</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/688/8cofm7r0aizzjnrt4cks1rp3oousf24t.jpg</t>
-[...8 lines deleted...]
-    <t>965811</t>
+    <t>http://anytos.ru//upload/iblock/3e0/wns6hwruqe3k4exdg5l2xzg3f1v2dwqi.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический MESHU  quot;Best friend quot;, печать на корпусе, с ластиком, 0,7мм, ассорти</t>
+  </si>
+  <si>
+    <t>Карандаш механический MESHU &amp;quot;Best friend&amp;quot;, печать на корпусе, с ластиком, 0,7мм, ассорти</t>
+  </si>
+  <si>
+    <t>965810</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b06/8giotd8mzk43mf7d0ryh09bhkc2a0jaj.jpg</t>
   </si>
   <si>
     <t>Грифели для цангового карандаша 2 мм, HB, КОМПЛЕКТ 6 шт., в тубе, BRAUBERG, 181968</t>
   </si>
   <si>
     <t>Сменные сверхпрочные грифели BRAUBERG для цангового карандаша. Предназначены для работы на бумаге, подходят для работы с любыми цанговыми карандашами. Изготовлены из высококачественных полимерных материалов, обеспечивающих мягкое письмо. Устойчивы к излому. Обладают средней степенью твердости – HB. Длина грифеля составляет 90 мм, а его диаметр - 2 мм. 6 штук в упаковке. Поставляются в пластиковой тубе.</t>
   </si>
   <si>
     <t>974842</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/027/jbarmll3fsnu5n7u2ow6s8fuqt0c07nu.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4e4/ckjw68hr9vdy7l6yf23udp25lqhelmqg.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,5 мм   грифели HB 24 штуки на блистере, BRAUBERG  quot;METALLIC-X 05 quot;, металлические детали, 181965</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;METALLIC-X 05&amp;quot; с металлическими деталями и сменными стержнями. Механический карандаш снабжен грифелем HB 0,5 мм, всегда заточен, готов к использованию и позволяет делать аккуратные тонкие линии. Корпус выполнен из высококачественного пластика глубокого синего цвета. Металлические детали приятно утяжеляют карандаш и делают письмо еще более комфортным. В комплекте с карандашом идут сменные грифели HB 24 штуки.</t>
   </si>
   <si>
     <t>975081</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/969/cdppr5jzw8016wb4d2p9ky93nllhbueb.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,5 мм, HB, BRAUBERG EXTRA GOLD, ластик, корпус SOFT TOUCH, ассорти, 181963</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;EXTRA GOLD&amp;quot; с корпусом ярких цветов ассорти. Механический карандаш снабжен грифелем HB 0,5 мм, всегда заточен, готов к использованию и позволяет делать аккуратные тонкие линии. Встроенный ластик поможет исправить любую помарку, а трехгранный корпус ярких цветов обеспечит удобное удержание карандаша в руке. Покрытие soft-touch добавляет комфорта при письме.</t>
   </si>
   <si>
     <t>975082</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/792/ucep3gtev5k0g66foipdbrxm23lewo6n.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,5 мм, HB, BRAUBERG METALLIC X-05, металлические детали, 181974</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;METALLIC-X 05&amp;quot; с металлическими деталями. Механический карандаш снабжен грифелем HB 0,5 мм, всегда заточен, готов к использованию и позволяет делать аккуратные тонкие линии. Корпус выполнен из высококачественного пластика глубокого синего цвета. Металлические детали приятно утяжеляют карандаш и делают письмо еще более комфортным.</t>
   </si>
   <si>
     <t>975083</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/659/o6cuzl8h6nfqv2eq70makekb5cd4qizo.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический 0,7 мм   грифели HB 24 штуки на блистере, BRAUBERG  quot;METALLIC-X 07 quot;, металлические детали, 181966</t>
+  </si>
+  <si>
+    <t>Механический карандаш BRAUBERG &amp;quot;METALLIC-X 07&amp;quot; с металлическими деталями и сменными стержнями. Механический карандаш снабжен грифелем HB 0,7 мм, всегда заточен, готов к использованию и позволяет делать аккуратные тонкие линии. Корпус выполнен из высококачественного пластика глубокого зеленого цвета. Металлические детали приятно утяжеляют карандаш и делают письмо еще более комфортным. В комплекте с карандашом идут сменные грифели HB 24 штуки.</t>
+  </si>
+  <si>
+    <t>975084</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/73b/iiewirqb4rd3mmbfd1lul0jklpd0sycq.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,7 мм, HB, BRAUBERG  quot;METALLIC X-07 quot;, металлические детали, 181975</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;METALLIC-X 07&amp;quot; с металлическими деталями. Механический карандаш снабжен грифелем HB 0,7 мм, всегда заточен, готов к использованию и позволяет делать аккуратные тонкие линии. Корпус выполнен из высококачественного пластика глубокого зеленого цвета. Металлические детали приятно утяжеляют карандаш и делают письмо еще более комфортным.</t>
   </si>
   <si>
     <t>975085</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f84/s1ise8d119kb4aj809hruezqlqtp02dt.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический цанговый 2 мм   грифели HB 12 штук на блистере, BRAUBERG  quot;METALLIC-X 20 quot;, металлические детали, 181967</t>
+  </si>
+  <si>
+    <t>Механический карандаш BRAUBERG &amp;quot;METALLIC-X 20&amp;quot; с металлическими деталями и сменными стержнями. Механический карандаш снабжен грифелем HB 2,0 мм, всегда заточен, готов к использованию и позволяет делать аккуратные тонкие линии. Корпус выполнен из высококачественного пластика черного цвета. Металлические детали приятно утяжеляют карандаш и делают письмо еще более комфортным. В комплекте с карандашом идут сменные грифели HB 12 штук.</t>
+  </si>
+  <si>
+    <t>975086</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/226/5mfpre9z1q9dk0nfhmwu9y0g9312gjou.jpg</t>
   </si>
   <si>
     <t>Карандаш механический цанговый 2 мм, HB, BRAUBERG  quot;METALLIC X-20 quot;, металлические детали, 181976</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;METALLIC-X 20&amp;quot; с металлическими деталями. Механический карандаш снабжен грифелем HB 2,0 мм, всегда заточен, готов к использованию и позволяет делать аккуратные тонкие линии. Корпус выполнен из высококачественного пластика черного цвета. Металлические детали приятно утяжеляют карандаш и делают письмо еще более комфортным.</t>
   </si>
   <si>
     <t>975087</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/40c/5bhq12kwjea6midmj7qvq5vziwhak3w9.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/406/uv3il6as2nq63878tcbzkmr6b5dn743j.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,5 мм, BRAUBERG SOFT GRADE, HB, корпус soft-touch ассорти, 181958</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG SOFT &amp;quot;Grade&amp;quot; с яркими корпусами градиентных цветов ассорти идеально подойдет для ведения заметок во время работы и учебы. Механический карандаш снабжен грифелем HB 0,5 мм, всегда заточен, готов к использованию и позволяет делать аккуратные тонкие линии. Круглый корпус ярких градиентных оттенков с покрытием soft-touch добавляет комфорта при письме.</t>
   </si>
   <si>
     <t>979302</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a18/4az5kmc8fom12keb5klkpmdun6hr02kd.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/86a/lxwgc9n296afa6q9aa8x69pbea1hiey6.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,5 мм, BRAUBERG SOFT PRINT MILITARY, HB, корпус soft-touch ассорти, 181959</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG SOFT PRINT MILITARY выполнен в трех дизайнах милитари и идеально подойдет для ведения заметок во время работы и учебы. Механический карандаш снабжен грифелем HB 0,5 мм, всегда заточен, готов к использованию и позволяет делать аккуратные тонкие линии. Круглый корпус с дизайном ассорти с покрытием soft-touch добавляет комфорта при письме.</t>
   </si>
   <si>
     <t>979304</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f5/r6yndze4clqmp04t6tug2zayxrc7wn5v.jpg</t>
   </si>
   <si>
     <t>Карандаш механический цанговый 2 мм, BRAUBERG GRADE PASTEL, HB, встроенная точилка, корпус ассорти, 181961</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;Grade&amp;quot; PASTEL нежных пастельных оттенков идеально подойдет для ведения заметок во время работы и учебы. Механический карандаш снабжен грифелем HB 2 мм, всегда заточен, готов к использованию. Карандаш подходит для рисования, черчения, а также ведения аккуратных записей. Встроенная точилка обеспечит всегда острую заточку. Круглый корпус пастельных оттенков с покрытием soft-touch добавляет комфорта при письме.</t>
   </si>
   <si>
     <t>979305</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e8/ga0oo2vhuvaiu427z7jlm491pqn67h7r.jpg</t>
@@ -3641,62 +3443,50 @@
   <si>
     <t>992994</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27a/paxnqot4mag3ap21gwuys98s2bn2lgx0.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">КАРАНДАШ МЕХАНИЧЕСКИЙ  quot;SIENNA quot; В ПОДАРОЧНОМ ФУТЛЯРЕ, 1.0 ММ, СИНЯЯ  корпус черный, футляр черный </t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ &amp;quot;SIENNA&amp;quot; В ПОДАРОЧНОМ ФУТЛЯРЕ, 1.0 ММ, СИНЯЯ &amp;#40;корпус черный, футляр черный&amp;#41;</t>
   </si>
   <si>
     <t>993796</t>
   </si>
   <si>
     <t xml:space="preserve">КАРАНДАШ МЕХАНИЧЕСКИЙ  quot;SIENNA quot; В ФУТЛЯРЕ PREMIUM ИЗ ЭКОКОЖИ, 0.7 ММ  корпус синий, футляр черный </t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ &amp;quot;SIENNA&amp;quot; В ФУТЛЯРЕ PREMIUM ИЗ ЭКОКОЖИ, 0.7 ММ &amp;#40;корпус синий, футляр черный&amp;#41;</t>
   </si>
   <si>
     <t>993797</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/154/hxp97baawp58ufdf5hzajle46af7asbo.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9e3/q4nmntvx13qrnfe38hiutm1gla14f0mi.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Грифели ErichKrause для механических карандашей 0.9 мм, HB  в футляре 20 штук </t>
   </si>
   <si>
     <t>Грифели ErichKrause для механических карандашей 0.9 мм, HB &amp;#40;в футляре 20 штук&amp;#41;</t>
   </si>
   <si>
     <t>995620</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e0/nj5gdbncldltk00um8dbq9b0fz1gfzgu.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш механический ErichKrause Spirit 0.5 мм, с горизонтальной подачей грифеля, НВ  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Карандаш механический ErichKrause Spirit 0.5 мм, с горизонтальной подачей грифеля, НВ &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>995622</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0c7/3bqf3b8k9wp0yqrli9j5c3utjpph6c8g.jpg</t>
@@ -3776,132 +3566,156 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b60/uvg48qh3l9sxv0965d2uhm079z2gpo33.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;START UP quot; 0,7 ММ</t>
   </si>
   <si>
     <t>Механический карандаш &amp;quot;START UP&amp;quot; от ТМ BRUNO VISCONTI с ярким дизайном –порадует своими характеристиками и будет интересен не только взрослым, но подрастающему поколению. Корпус выполнен из ударопрочного и нескользящего ABS-пластика, что гарантирует долгий срок службы, надежность и комфорт в работе. Бесперебойная механическая подача стержня. Мягкий универсальный ластик идеально удаляет следы графита на поверхности бумаги различных сортов. Грифель диаметром 0,7 мм и степенью твердости HB – универсален и легко применим как в чертежно-графических работах, так и для решения офисных и учебных задач. Карандаш дополнен надежным клип-зажимом для закрепления, например, в пенале или ежедневнике.</t>
   </si>
   <si>
     <t>996542</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5e9/52bjbi347ibxxygcqdylzft3d8szgp9q.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;TUTTI FRUTTI. КЛУБНИКА quot; 0,7 ММ</t>
   </si>
   <si>
     <t>Механический карандаш &amp;quot;TUTTI FRUTTI. КЛУБНИКА&amp;quot; от ТМ BRUNO VISCONTI с ярким дизайном –порадует своими характеристиками и будет интересен не только взрослым, но подрастающему поколению. Корпус выполнен из ударопрочного и нескользящего ABS-пластика, что гарантирует долгий срок службы, надежность и комфорт в работе. Бесперебойная механическая подача стержня. Мягкий универсальный ластик идеально удаляет следы графита на поверхности бумаги различных сортов. Грифель диаметром 0,7 мм и степенью твердости HB – универсален и легко применим как в чертежно-графических работах, так и для решения офисных и учебных задач. Карандаш дополнен надежным клип-зажимом для закрепления, например, в пенале или ежедневнике.</t>
   </si>
   <si>
     <t>996543</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c2d/pmqwn97db21xsgea5trsllilg5kehoqc.jpeg</t>
+  </si>
+  <si>
+    <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;XPRO quot; 0,7 ММ</t>
+  </si>
+  <si>
+    <t>Механический карандаш &amp;quot;XPRO&amp;quot; от ТМ BRUNO VISCONTI с ярким дизайном –порадует своими характеристиками и будет интересен не только взрослым, но подрастающему поколению. Корпус выполнен из ударопрочного и нескользящего ABS-пластика, что гарантирует долгий срок службы, надежность и комфорт в работе. Бесперебойная механическая подача стержня. Мягкий универсальный ластик идеально удаляет следы графита на поверхности бумаги различных сортов. Грифель диаметром 0,7 мм и степенью твердости HB – универсален и легко применим как в чертежно-графических работах, так и для решения офисных и учебных задач. Карандаш дополнен надежным клип-зажимом для закрепления, например, в пенале или ежедневнике.</t>
+  </si>
+  <si>
+    <t>996544</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/605/zi24f4i65550th3ss1o0wrrkscesxbmy.jpg</t>
   </si>
   <si>
     <t>Карандаш механический ErichKrause Black Pointer Gold 0.5 мм, НВ</t>
   </si>
   <si>
     <t>Карандаш механический ErichKrause Black Pointer Gold 0.5 мм, НВ &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>998026</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5cc/ucndsi3166a8wq9pnpnb7b29j0mujlx1.jpg</t>
   </si>
   <si>
     <t>Карандаш механический ErichKrause ColorTouch  Pointes 2.0 мм, с точилкой, НВ</t>
   </si>
   <si>
     <t>Карандаш механический ErichKrause ColorTouch® Pointes 2.0 мм, с точилкой, НВ &amp;#40;в тубусе по 24 штуки&amp;#41;</t>
   </si>
   <si>
     <t>998027</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f28/pyk79bz257hrtb1rrtjvcknjesx1r155.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;Caff? nero quot; 0,7 ММ</t>
   </si>
   <si>
     <t>Механический карандаш &amp;quot;Caff? nero&amp;quot; от ТМ BRUNO VISCONTI с ярким дизайном –порадует своими характеристиками и будет интересен не только взрослым, но подрастающему поколению. Корпус выполнен из ударопрочного и нескользящего ABS-пластика, что гарантирует долгий срок службы, надежность и комфорт в работе. Бесперебойная механическая подача стержня. Мягкий универсальный ластик идеально удаляет следы графита на поверхности бумаги различных сортов. Грифель диаметром 0,7 мм и степенью твердости HB – универсален и легко применим как в чертежно-графических работах, так и для решения офисных и учебных задач. Карандаш дополнен надежным клип-зажимом для закрепления, например, в пенале или ежедневнике.</t>
   </si>
   <si>
     <t>998229</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6cb/uopcg964mr3kr4p304mi7wgkilrb04rn.jpeg</t>
+  </si>
+  <si>
+    <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;Love me. Flora quot; 0,7 ММ</t>
+  </si>
+  <si>
+    <t>Механический карандаш &amp;quot;Love me. Flora&amp;quot; от ТМ BRUNO VISCONTI с ярким дизайном –порадует своими характеристиками и будет интересен не только взрослым, но подрастающему поколению. Корпус выполнен из ударопрочного и нескользящего ABS-пластика, что гарантирует долгий срок службы, надежность и комфорт в работе. Бесперебойная механическая подача стержня. Мягкий универсальный ластик идеально удаляет следы графита на поверхности бумаги различных сортов. Грифель диаметром 0,7 мм и степенью твердости HB – универсален и легко применим как в чертежно-графических работах, так и для решения офисных и учебных задач. Карандаш дополнен надежным клип-зажимом для закрепления, например, в пенале или ежедневнике.</t>
+  </si>
+  <si>
+    <t>998230</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9ce/uywx6hbzvemiis2udonjratoidmlp96r.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,5 мм, HB, KOH-I-NOOR  quot;Geometry quot;, ластик, резиновый грип, тонированный, красный, 5780, 5780008002KS</t>
   </si>
   <si>
     <t>Высококачественный механический карандаш KOH-I-NOOR с резиновым упором, предотвращающим скольжение пальцев при письме. Корпус и механизм обеспечивают высокую износоустойчивость карандашу. Заправлен грифелем и имеет ластик. Карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен и готов к работе, дает ровную линию 0,5 мм. Благодаря эргономичному корпусу с комфортной зоной захвата карандаш сделает письмо легким и точным. Цанга карандаша убирается внутрь корпуса, поэтому даже на дне сумки или пенала такой карандаш не сломается.В комплекте – 10 запасных грифелей, которые готовы в любой момент заменить закончившийся стержень.</t>
   </si>
   <si>
     <t>998465</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/edf/xxkay4e5diluv2jfpw1z0e2ug4jopthc.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,5 мм, KOH-I-NOOR  quot;Geometry quot;, ластик, резиновый грип, корпус тонированный голубой, 5780, 5780008001KS</t>
   </si>
   <si>
     <t>Высококачественный механический карандаш с резиновым упором, предотвращающим скольжение пальцев при письме. Корпус и механизм обеспечивают высокую износоустойчивость карандашу. Заправлен грифелем и имеет ластик.</t>
   </si>
   <si>
     <t>998466</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6a3/avyfe3joofpejgbyflxabr95fz9bwim2.jpg</t>
-[...20 lines deleted...]
-    <t>998630</t>
+    <t>http://anytos.ru//upload/iblock/635/ugm1cfkoqupg42utbuj4f141z1tty8fo.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический MESHU  quot;Kawaii quot;, печать на корпусе, 2,0мм, софт-тач, ассорти, с точилкой для грифеля</t>
+  </si>
+  <si>
+    <t>Карандаш механический MESHU &amp;quot;Kawaii&amp;quot;, печать на корпусе, 2,0мм, софт-тач, ассорти, с точилкой для грифеля</t>
+  </si>
+  <si>
+    <t>998627</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e5/ejlkr91x918xu0zpbpa0xw1rzs4snbh1.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический MESHU  quot;Relax Cat quot;, печать на корпусе, 2,0мм, софт-тач, ассорти, с точилкой для грифеля</t>
+  </si>
+  <si>
+    <t>Карандаш механический MESHU &amp;quot;Relax Cat&amp;quot;, печать на корпусе, 2,0мм, софт-тач, ассорти, с точилкой для грифеля</t>
+  </si>
+  <si>
+    <t>998629</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/23b/rvaqmsazlyspyb08l1hr3ai8glvgdrm9.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш механический ErichKrause Trio Pastel 0.5 мм, HB  в коробке 12 штук </t>
   </si>
   <si>
     <t>Механический карандаш эргономичной трехгранной формы с убирающейся цангой. Матовый корпус в пяти нежных пастельных цветах. Оснащен ластиком, закрывающимся колпачком и удобным клипом. Твердость HB. Диаметр грифеля - 0.5 мм.</t>
   </si>
   <si>
     <t>999145</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6a5/mt3k0vmetsvv5f0c64nlen1g4fie91mp.jpg</t>
   </si>
   <si>
     <t>Карандаш механический INFORMAT OPTIMUM 0,5 мм НВ с ластиком синий</t>
   </si>
   <si>
     <t>1006643</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
   </si>
@@ -4076,62 +3890,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5f0/hsv0v1qzilz2fb158ft0cvw9909o20d2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 2 механических карандашей ErichKrause ErgoLine  Kids Pastel 2.0 мм, с точилкой, НВ  в пакете 2 штуки </t>
   </si>
   <si>
     <t>Набор из 2 механических карандашей ErichKrause ErgoLine® Kids Pastel 2.0 мм, с точилкой, НВ &amp;#40;в пакете 2 штуки&amp;#41;</t>
   </si>
   <si>
     <t>1010938</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/748/7c6h1l60ysr3onpxqp58jtm5uity8nyv.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 4 механических карандашей ErichKrause Bambino Jelly Bear 0.7 мм, НВ  в пакете </t>
   </si>
   <si>
     <t>Набор из 4 механических карандашей ErichKrause Bambino Jelly Bear 0.7 мм, НВ &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1010939</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/884/qu760zr9d0ea3g1yt5pj24n4w2iwtokn.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f23/uz1sv4rch52t0vdw2syfgek1ner9w85v.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Механический карандаш ErichKrause Spirit 0.5 мм, с горизонтальной подачей грифеля, НВ  в блистере 1 штуке </t>
   </si>
   <si>
     <t>Механический карандаш ErichKrause Spirit 0.5 мм, с горизонтальной подачей грифеля, НВ &amp;#40;в блистере 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>1011267</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/755/rx3mu2tgddq8e9nfyjjvycu7yxi513it.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 1 механического карандаша ErichKrause Techno, с автоматической подачей грифеля, и 20 грифелей 0.9 мм, HB  в блистере </t>
   </si>
   <si>
     <t>Набор из 1 механического карандаша ErichKrause Techno, с автоматической подачей грифеля, и 20 грифелей 0.9 мм, HB &amp;#40;в блистере&amp;#41;</t>
   </si>
   <si>
     <t>1011269</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d7/xkb9kj4o928uajrp2oynvgxp44wc44t6.jpg</t>
@@ -4194,50 +3996,137 @@
     <t>1011977</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/558/kbbxc2iqubre1pgkmzebu1tgcowk1cth.jpg</t>
   </si>
   <si>
     <t>Карандаш механический цанговый 2 мм, с принтом кросс-серия МИЛЫЕ КОТЫ, BRAUBERG, HB, встроенная точилка, корпус ассорти, 182108</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG, представленный в трёх вариантах дизайна корпуса с милыми котами, идеально подойдет для ведения заметок во время работы и учебы. Механический карандаш снабжен грифелем HB 2 мм, заточен и готов к использованию. Карандаш подходит для рисования, черчения, а также ведения аккуратных записей. Встроенная точилка обеспечивает острую заточку. Круглый корпус с покрытием soft-touch добавляет комфорта при письме. Дизайн в спокойных оттенках с милыми котами поднимет настроение в процессе его использования.</t>
   </si>
   <si>
     <t>1011978</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ec/6qhryae9j17hkadrhfmh7tzz45hvlf7w.jpg</t>
   </si>
   <si>
     <t>Карандаш механический цанговый 2 мм, с принтом кросс-серия МОНСТРИКИ, BRAUBERG, HB, встроенная точилка, корпус ассорти, 182111</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG, представленный в трёх вариантах дизайна корпуса с забавными монстриками, идеально подойдет для ведения заметок во время работы и учебы. Механический карандаш снабжен грифелем HB 2 мм, заточен и готов к использованию. Карандаш подходит для рисования, черчения, а также ведения аккуратных записей. Встроенная точилка обеспечивает острую заточку. Круглый корпус с покрытием soft-touch добавляет комфорта при письме. Дизайн с забавными монстриками привлечет внимание к ярким деталям и поднимет настроение в процессе его использования.</t>
   </si>
   <si>
     <t>1011979</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f08/24oqsj8oblt2bqfpfdjuww23kghav07o.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический 0,7 мм с принтом FUNSTER  ФАНСТЕР   quot;ANIME quot;, корпус soft-touch ассорти, 182059</t>
+  </si>
+  <si>
+    <t>Механический карандаш торговой марки FUNSTER выполнен в трех дизайнах с персонажами аниме и идеально подойдет для ведения заметок во время работы и учебы. Механический карандаш снабжен грифелем HB 0,7 мм и готов к использованию. Карандаш подходит для рисования, черчения, а также ведения аккуратных записей. Круглый корпус с покрытием soft-touch добавляет комфорта при письме. Дизайн в стиле аниме – как будто из Токио!</t>
+  </si>
+  <si>
+    <t>1013814</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/funster/"&gt;FUNSTER&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f5/lh4flreuci28rj3b3ny3jc4c5i7c94qk.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический 0,7 мм с принтом FUNSTER  ФАНСТЕР   quot;CORGI quot;, корпус soft-touch ассорти, 182060</t>
+  </si>
+  <si>
+    <t>Механический карандаш торговой марки FUNSTER выполнен в трех дизайнах с забавными корги и идеально подойдет для ведения заметок во время работы и учебы. Механический карандаш снабжен грифелем HB 0,7 мм и готов к использованию. Карандаш подходит для рисования, черчения, а также ведения аккуратных записей. Круглый корпус дизайна ассорти с покрытием soft-touch добавляет комфорта при письме.</t>
+  </si>
+  <si>
+    <t>1013815</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/938/23n7432q7ensu52vjgaea328ec4v6s2e.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический PILOT Н-105  quot;Rex Grip quot;, корпус черный, резиновый грип, ластик, 0,5 мм, H-105 B</t>
+  </si>
+  <si>
+    <t>Высококачественный механический карандаш с резиновым упором для пальцев. Латунный цанговый механизм обеспечивает надежную фиксацию грифеля. Встроенная стирательная резинка под колпачком-кнопкой. Диаметр грифеля - 0,5 мм.</t>
+  </si>
+  <si>
+    <t>1013816</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/961/gy4mua9t1jv7u1isut6fyxj05el1bkn9.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический PILOT Н-165, корпус черный, прорезиненный, ластик, 0,5 мм, H-165 B</t>
+  </si>
+  <si>
+    <t>Механический карандаш в прорезиненном корпусе с металлическим наконечником и убирающейся цангой. Резиновый упор исключает скольжение пальцев во время письма. Механический карандаш в прорезиненном корпусе с металлическим наконечником и убирающейся цангой. Резиновый упор исключает скольжение пальцев во время письма. Встроенная стирательная резинка под колпачком-кнопкой.</t>
+  </si>
+  <si>
+    <t>1013817</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a47/exmdt6y2s4uj04481q3npqmo7i0px7pa.jpeg</t>
+  </si>
+  <si>
+    <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;FLORA. PARADISE. LEMONS quot; 0,7 ММ</t>
+  </si>
+  <si>
+    <t>Механический карандаш с ластиком &amp;quot;FLORA.ЛИМОНЫ&amp;quot; от ТМ BRUNO VISCONTI с ярким дизайном порадует своими характеристиками и будет интересен не только взрослым, но подрастающему поколению. Корпус выполнен из ударопрочного и нескользящего ABS-пластика, что гарантирует долгий срок службы, надежность и комфорт в работе. Бесперебойная механическая подача стержня. Мягкий универсальный ластик идеально удаляет следы графита на поверхности бумаги различных сортов. Грифель диаметром 0,7 мм и степенью твердости HB – универсален и легко применим как в чертежно-графических работах, так и для решения офисных и учебных задач. Карандаш дополнен надежным клип-зажимом для закрепления, например, в пенале или ежедневнике.</t>
+  </si>
+  <si>
+    <t>1017015</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e9/mhxh1kpr0r4g9fo6ddoms7e46f2dq45n.jpeg</t>
+  </si>
+  <si>
+    <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;FLORA. ИРИСЫ quot; 0,7 ММ</t>
+  </si>
+  <si>
+    <t>Механический карандаш с ластиком &amp;quot;FLORA.ИРИСЫ&amp;quot; от ТМ BRUNO VISCONTI порадует своими характеристиками и будет интересен не только взрослым, но подрастающему поколению. Корпус выполнен из ударопрочного и нескользящего ABS-пластика, что гарантирует долгий срок службы, надежность и комфорт в работе. Бесперебойная механическая подача стержня. Мягкий универсальный ластик идеально удаляет следы графита на поверхности бумаги различных сортов. Грифель диаметром 0,7 мм и степенью твердости HB – универсален и легко применим как в чертежно-графических работах, так и для решения офисных и учебных задач. Карандаш дополнен надежным клип-зажимом для закрепления, например, в пенале или ежедневнике.</t>
+  </si>
+  <si>
+    <t>1017016</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f20/wl7ekxyovqhy3fcmjjzoqd8gw2rre5pz.jpeg</t>
+  </si>
+  <si>
+    <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;FLORA. ПИОНЫ quot; 0,7 ММ</t>
+  </si>
+  <si>
+    <t>Механический карандаш с ластиком &amp;quot;FLORA.ПИОНЫ&amp;quot; от ТМ BRUNO VISCONTI порадует своими характеристиками и будет интересен не только взрослым, но подрастающему поколению. Корпус выполнен из ударопрочного и нескользящего ABS-пластика, что гарантирует долгий срок службы, надежность и комфорт в работе. Бесперебойная механическая подача стержня. Мягкий универсальный ластик идеально удаляет следы графита на поверхности бумаги различных сортов. Грифель диаметром 0,7 мм и степенью твердости HB – универсален и легко применим как в чертежно-графических работах, так и для решения офисных и учебных задач. Карандаш дополнен надежным клип-зажимом для закрепления, например, в пенале или ежедневнике.</t>
+  </si>
+  <si>
+    <t>1017017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -4564,8108 +4453,7846 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J353"/>
+  <dimension ref="A1:M341"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G353" sqref="G353"/>
+      <selection pane="bottomRight" activeCell="G341" sqref="G341"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...19 lines deleted...]
-      <c r="C6" s="1" t="s">
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G9" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...46 lines deleted...]
-      <c r="E8" s="3" t="s">
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="F8" s="3" t="s">
-[...47 lines deleted...]
-      </c>
       <c r="G10" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G89" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...1346 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>361</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>248</v>
+        <v>17</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>248</v>
+        <v>17</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>11</v>
+        <v>375</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>14</v>
+        <v>260</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>11</v>
+        <v>380</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>582</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="F153" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="F154" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="F155" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="F156" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="F158" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="F159" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>641</v>
+      </c>
+      <c r="F160" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="F161" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="F162" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="F163" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>657</v>
+      </c>
+      <c r="F164" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="F165" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="F167" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="F168" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>678</v>
+      </c>
+      <c r="F169" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="F170" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="F171" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>690</v>
+      </c>
+      <c r="F172" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="F173" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="F174" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="F175" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="F176" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="F177" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="F178" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>718</v>
+      </c>
+      <c r="F179" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>722</v>
+      </c>
+      <c r="F180" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>726</v>
+      </c>
+      <c r="F181" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>730</v>
+      </c>
+      <c r="F182" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="F183" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>738</v>
+      </c>
+      <c r="F184" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>742</v>
+      </c>
+      <c r="F185" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>746</v>
+      </c>
+      <c r="F186" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>750</v>
+      </c>
+      <c r="F187" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>754</v>
+      </c>
+      <c r="F188" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="F189" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>762</v>
+      </c>
+      <c r="F190" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>766</v>
+      </c>
+      <c r="F191" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>769</v>
+      </c>
+      <c r="F192" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E193" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="F193" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>777</v>
+      </c>
+      <c r="F194" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>781</v>
+      </c>
+      <c r="F195" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>785</v>
+      </c>
+      <c r="F196" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="F197" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>793</v>
+      </c>
+      <c r="F198" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>797</v>
+      </c>
+      <c r="F199" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>801</v>
+      </c>
+      <c r="F200" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="F201" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>809</v>
+      </c>
+      <c r="F202" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>813</v>
+      </c>
+      <c r="F203" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
+        <v>817</v>
+      </c>
+      <c r="F204" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="F205" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>825</v>
+      </c>
+      <c r="F206" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>829</v>
+      </c>
+      <c r="F207" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="F208" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="F209" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>841</v>
+      </c>
+      <c r="F210" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>845</v>
+      </c>
+      <c r="F211" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>849</v>
+      </c>
+      <c r="F212" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>853</v>
+      </c>
+      <c r="F213" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="3" t="s">
+        <v>856</v>
+      </c>
+      <c r="F214" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>859</v>
+      </c>
+      <c r="F215" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>863</v>
+      </c>
+      <c r="F216" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="F217" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>870</v>
+      </c>
+      <c r="F218" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>874</v>
+      </c>
+      <c r="F219" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>878</v>
+      </c>
+      <c r="F220" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>882</v>
+      </c>
+      <c r="F221" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>886</v>
+      </c>
+      <c r="F222" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>890</v>
+      </c>
+      <c r="F223" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="F224" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E225" s="3" t="s">
+        <v>898</v>
+      </c>
+      <c r="F225" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>902</v>
+      </c>
+      <c r="F226" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E227" s="3" t="s">
+        <v>906</v>
+      </c>
+      <c r="F227" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E228" s="3" t="s">
+        <v>910</v>
+      </c>
+      <c r="F228" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>914</v>
+      </c>
+      <c r="F229" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>918</v>
+      </c>
+      <c r="F230" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>922</v>
+      </c>
+      <c r="F231" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E232" s="3" t="s">
+        <v>925</v>
+      </c>
+      <c r="F232" s="3" t="s">
+        <v>926</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E233" s="3" t="s">
+        <v>930</v>
+      </c>
+      <c r="F233" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="G233" s="3" t="s">
         <v>377</v>
       </c>
-      <c r="F95" s="3" t="s">
-[...260 lines deleted...]
-      <c r="A107" s="1" t="s">
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E234" s="3" t="s">
+        <v>933</v>
+      </c>
+      <c r="F234" s="3" t="s">
+        <v>926</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>937</v>
+      </c>
+      <c r="F235" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E236" s="3" t="s">
+        <v>941</v>
+      </c>
+      <c r="F236" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E237" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="F237" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>948</v>
+      </c>
+      <c r="F238" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E239" s="3" t="s">
+        <v>952</v>
+      </c>
+      <c r="F239" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E240" s="3" t="s">
+        <v>956</v>
+      </c>
+      <c r="F240" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E241" s="3" t="s">
+        <v>960</v>
+      </c>
+      <c r="F241" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E242" s="3" t="s">
+        <v>964</v>
+      </c>
+      <c r="F242" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E243" s="3" t="s">
+        <v>968</v>
+      </c>
+      <c r="F243" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E244" s="3" t="s">
+        <v>973</v>
+      </c>
+      <c r="F244" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E245" s="3" t="s">
+        <v>977</v>
+      </c>
+      <c r="F245" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E246" s="3" t="s">
+        <v>981</v>
+      </c>
+      <c r="F246" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E247" s="3" t="s">
+        <v>985</v>
+      </c>
+      <c r="F247" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E248" s="3" t="s">
+        <v>989</v>
+      </c>
+      <c r="F248" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E249" s="3" t="s">
+        <v>993</v>
+      </c>
+      <c r="F249" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E250" s="3" t="s">
+        <v>997</v>
+      </c>
+      <c r="F250" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E251" s="3" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F251" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E252" s="3" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F252" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F253" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F254" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F255" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F256" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F257" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F258" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F259" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E260" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F260" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E261" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F261" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E262" s="3" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F262" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E263" s="3" t="s">
+        <v>1046</v>
+      </c>
+      <c r="F263" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E264" s="3" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F264" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A265" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E265" s="3" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F265" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E266" s="3" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F266" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E267" s="3" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F267" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A268" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E268" s="3" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F268" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A269" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E269" s="3" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F269" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A270" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E270" s="3" t="s">
+        <v>1074</v>
+      </c>
+      <c r="F270" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E271" s="3" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F271" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E272" s="3" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F272" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E273" s="3" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F273" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E274" s="3" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F274" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E275" s="3" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F275" s="3" t="s">
+        <v>1095</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E276" s="3" t="s">
+        <v>1099</v>
+      </c>
+      <c r="F276" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
+        <v>1103</v>
+      </c>
+      <c r="F277" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F278" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E279" s="3" t="s">
+        <v>1111</v>
+      </c>
+      <c r="F279" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E280" s="3" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F280" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F281" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
+        <v>1122</v>
+      </c>
+      <c r="F282" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C283" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E283" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="F283" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B284" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E284" s="3" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F284" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E285" s="3" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F285" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E286" s="3" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F286" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C287" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E287" s="3" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F287" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B288" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E288" s="3" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F288" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C289" s="1" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E289" s="3" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F289" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B290" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E290" s="3" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F290" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A291" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B291" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E291" s="3" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F291" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B292" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C292" s="1" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E292" s="3" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F292" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A293" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B293" s="1" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E293" s="3" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F293" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B294" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C294" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E294" s="3" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F294" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G294" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E295" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F295" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E296" s="3" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F296" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F297" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F298" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E299" s="3" t="s">
+        <v>1186</v>
+      </c>
+      <c r="F299" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E300" s="3" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F300" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E301" s="3" t="s">
+        <v>1194</v>
+      </c>
+      <c r="F301" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E302" s="3" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F302" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F303" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F304" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E305" s="3" t="s">
+        <v>1210</v>
+      </c>
+      <c r="F305" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F306" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="F307" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E308" s="3" t="s">
+        <v>1222</v>
+      </c>
+      <c r="F308" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E309" s="3" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F309" s="3" t="s">
+        <v>1226</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E310" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F310" s="3" t="s">
+        <v>1226</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>1234</v>
+      </c>
+      <c r="F311" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B312" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F312" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>1242</v>
+      </c>
+      <c r="F313" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>1246</v>
+      </c>
+      <c r="F314" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E315" s="3" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F315" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E316" s="3" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F316" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F317" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C318" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E318" s="3" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F318" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E319" s="3" t="s">
+        <v>1266</v>
+      </c>
+      <c r="F319" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>1270</v>
+      </c>
+      <c r="F320" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E321" s="3" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F321" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A322" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E322" s="3" t="s">
+        <v>1278</v>
+      </c>
+      <c r="F322" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A323" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E323" s="3" t="s">
+        <v>1282</v>
+      </c>
+      <c r="F323" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A324" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F324" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A325" s="1" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E325" s="3" t="s">
+        <v>1290</v>
+      </c>
+      <c r="F325" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A326" s="1" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E326" s="3" t="s">
+        <v>1294</v>
+      </c>
+      <c r="F326" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A327" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E327" s="3" t="s">
+        <v>1298</v>
+      </c>
+      <c r="F327" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E328" s="3" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F328" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E329" s="3" t="s">
+        <v>1306</v>
+      </c>
+      <c r="F329" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E330" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="F330" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A331" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E331" s="3" t="s">
+        <v>1314</v>
+      </c>
+      <c r="F331" s="3" t="s">
         <v>418</v>
       </c>
-      <c r="B107" s="1" t="s">
-[...1445 lines deleted...]
-      <c r="A170" s="1" t="s">
+      <c r="G331" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A332" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E332" s="3" t="s">
+        <v>1318</v>
+      </c>
+      <c r="F332" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G332" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A333" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E333" s="3" t="s">
+        <v>1322</v>
+      </c>
+      <c r="F333" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G333" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A334" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E334" s="3" t="s">
+        <v>1326</v>
+      </c>
+      <c r="F334" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="G334" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A335" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E335" s="3" t="s">
+        <v>1330</v>
+      </c>
+      <c r="F335" s="3" t="s">
+        <v>1331</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A336" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E336" s="3" t="s">
+        <v>1335</v>
+      </c>
+      <c r="F336" s="3" t="s">
+        <v>1331</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A337" s="1" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E337" s="3" t="s">
+        <v>1339</v>
+      </c>
+      <c r="F337" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A338" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E338" s="3" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F338" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G338" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A339" s="1" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E339" s="3" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F339" s="3" t="s">
         <v>670</v>
       </c>
-      <c r="B170" s="1" t="s">
-[...2815 lines deleted...]
-      <c r="A294" s="1" t="s">
+      <c r="G339" s="3" t="s">
         <v>1158</v>
       </c>
-      <c r="B294" s="1" t="s">
-[...1053 lines deleted...]
-    <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1337</v>
+        <v>1348</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1338</v>
+        <v>1349</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1339</v>
+        <v>1350</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1340</v>
+        <v>1351</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>564</v>
+        <v>670</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1341</v>
+        <v>1352</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1342</v>
+        <v>1353</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1343</v>
+        <v>1354</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1344</v>
+        <v>1355</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>564</v>
+        <v>670</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>15</v>
-[...275 lines deleted...]
-        <v>174</v>
+        <v>1158</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">