--- v0 (2025-10-30)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1401">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1352">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
@@ -77,84 +77,66 @@
   <si>
     <t>393629</t>
   </si>
   <si>
     <t>&lt;a href="/brands/faber-castell/"&gt;Faber-Castell&lt;/a&gt;</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0c8/s8xgv4j7k4g3b2cqkuk72kz1sh38vaja.jpg</t>
   </si>
   <si>
     <t>Карандаш мех. PILOT 0,5 НВ резин.грип с ластиком цвет корпуса: прозр.: H-185-L штр.: 4902505154300</t>
   </si>
   <si>
     <t>Механический карандаш в прозрачном пластиковом корпусе с резиновым грипом обеспечивает удобное и комфортное письмо, предотвращая скольжение пальцев. Грифели изготовлены из высококачественных материалов, что уменьшает возможность случайных поломок во время письма. Карандаш оснащен латунным цанговым механизмом, который обеспечивает надежную фиксацию грифеля. Аналогичен по дизайну ручке BPGP-10R-F. Диаметр грифеля - 0,5 мм. Твердость грифеля - НВ.Сменный грифель: 019739</t>
   </si>
   <si>
     <t>105621</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pilot/"&gt;Pilot&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f76/xw7pk3k1i3cc2zuf901187v9pgbjk7kp.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8b1/ff3m4ah6l235pyrgtwtlp6a2fb0m0p5s.jpg</t>
   </si>
   <si>
     <t>Карандаш цанговый TOISON D OR 2 F цвет корпуса: черный с точилкой: 5900 штр.: -</t>
   </si>
   <si>
     <t>Цанговый карандаш с точилкой имеет множество преимуществ перед обычным карандашом, он функционален и удобен в использовании. Специальный механизм плотно удерживает стержень, исключая возможность поломки грифеля. Одним нажатием кнопки на корпусе карандаша можно заменить стержень на новый. Карандаш подойдет для рисования, а также он применяется в строительстве, учебе и для создания чертежей. Диаметр грифеля - 2 мм. Твердость грифеля - F.</t>
   </si>
   <si>
     <t>105628</t>
   </si>
   <si>
     <t>&lt;a href="/brands/koh-i-noor/"&gt;Koh-I-Noor&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
-  </si>
-[...7 lines deleted...]
-    <t>105638</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e9/zqott9ie58ievvr9jal8jp007630hqgp.jpg</t>
   </si>
   <si>
     <t>Грифель д мех.каранд KOH-I-NOOR 2 НВ 12 шт: 4190 HB штр.: 8593539005100</t>
   </si>
   <si>
     <t>Сменные грифели для автоматических карандашей изготовлены из высококачественных материалов, что уменьшает возможность случайных поломок во время письма. Обеспечивают мягкое и комфортное письмо, подходят как для художественных работ, так и для технических чертежей. В упаковке 12 шт. Твердость грифеля - НВ.</t>
   </si>
   <si>
     <t>105827</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/02b/wq0quzkzsyt73a4cw4bnb2ujxlnr8eh9.jpg</t>
   </si>
   <si>
     <t>Грифель д мех.каранд TOISON d Or 0,5 2В 12 шт: 4152-2B штр.: 8593539077671</t>
   </si>
   <si>
     <t>Сменные грифели для автоматических карандашей изготовлены из высококачественных материалов, что уменьшает возможность случайных поломок во время письма. Обеспечивают мягкое и комфортное письмо, подходят как для художественных работ, так и для технических чертежей. В упаковке 12 шт. Твердость грифеля - 2В.</t>
   </si>
   <si>
     <t>105831</t>
   </si>
@@ -313,62 +295,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a0d/a0d85cfdd12ac5cf18c11cd99444dbed.jpg</t>
   </si>
   <si>
     <t>Карандаш механический  quot;SUPER GRIP quot;, 0,5мм, с ластиком, синий корпус: H-185-L штр.:  4902505154300</t>
   </si>
   <si>
     <t>Карандаш механический &amp;quot;SUPER GRIP&amp;quot;, 0,5мм, с ластиком, синий корпус: H-185-L</t>
   </si>
   <si>
     <t>235502</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e50/e5096849ef31442e0c3dd9922464da8f.jpg</t>
   </si>
   <si>
     <t>Грифели для механических карандашей 12шт., 0,5мм, HB: PPL-5 штр.:  4902505167614</t>
   </si>
   <si>
     <t>Грифели для механических карандашей 12шт., 0,5мм, HB: PPL-5</t>
   </si>
   <si>
     <t>235511</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3b8/3b8cc01e672eb32e8d790fb4a7455e95.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/889/889b128a8ec7d5ef315e6428c07307c2.jpg</t>
   </si>
   <si>
     <t>Карандаш механический  quot;SUPER GRIP quot;, 0,7мм, с ластиком, синий корпус: H-187-L</t>
   </si>
   <si>
     <t>Карандаш механический &amp;quot;SUPER GRIP&amp;quot;, 0,7мм, с ластиком, синий корпус: H-187-L</t>
   </si>
   <si>
     <t>235592</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ea3/ea32b49df0f624dfcb13ba659ab7f8e0.jpg</t>
   </si>
   <si>
     <t>Грифели для механических карандашей  quot;4162 quot;, 12шт., 0,7мм, HB: 41620HB007PKRU</t>
   </si>
   <si>
     <t>Грифели для механических карандашей &amp;quot;4162&amp;quot;, 12шт., 0,7мм, HB: 41620HB007PKRU</t>
   </si>
   <si>
     <t>235640</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/760/7605bf51a41b065a881edf6dc1c64266.jpg</t>
@@ -631,140 +601,137 @@
   <si>
     <t>Стержень микрографический 2мм KOH-I-NOOR 4190 НВ д цанг. Чехия штр.  8593539005100, 8593539034650</t>
   </si>
   <si>
     <t>Сменные стержни для цанговых карандашей.&amp;lt;br /&amp;gt;В пластиковой упаковке 12 стержней.&amp;lt;br /&amp;gt;Длина стержня - 12 см.&amp;lt;br /&amp;gt;Твердость НВ.</t>
   </si>
   <si>
     <t>250296</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3fc/qy38g97d8hgw4qzqnd9nsubgtsdwix69.jpg</t>
   </si>
   <si>
     <t>Карандаш мех. inФОРМАТ ОФИС 0,5 НВ с ластиком цвет корпуса: черный: MPOB05-B штр.: 4602723080527</t>
   </si>
   <si>
     <t>Механический карандаш Офис с ластиком. Пластиковый корпус с фактурной вставкой в месте захвата предотвращает скольжение пальцев во время письма. Автоматическая подача грифеля. Цвет корпуса: синий. Диаметр грифеля - 0,5 мм. Твердость грифеля - НВ.</t>
   </si>
   <si>
     <t>265053</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/84c/vz5guipx59fvdnhuma2ukl71z20dg3h1.jpg</t>
+  </si>
+  <si>
+    <t>Грифель д мех.каранд BEIFA 0,5 НВ 12 шт: MAB0512 штр.: 6953070988799</t>
+  </si>
+  <si>
+    <t>Сменные грифели для автоматических карандашей изготовлены из высококачественных материалов, что уменьшает возможность случайных поломок во время письма. Обеспечивают мягкое и комфортное письмо. В упаковке 12 шт. Твердость грифеля - НВ.</t>
+  </si>
+  <si>
+    <t>272134</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/beifa/"&gt;Beifa&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/884/fc3badsamulp53mgt9avc3x0rgncynzw.jpg</t>
   </si>
   <si>
     <t>Карандаш мех. BEIFA A-PLUS 0,7 НВ с ластиком цвет прорезин. корпуса: т.-серый: MB121000 штр.: 6953070988744</t>
   </si>
   <si>
     <t>Механический карандаш с ластиком содержит три стержня. Грифели изготовлены из высококачественных материалов, что уменьшает возможность случайных поломок во время письма. Прорезиненный корпус предотвращает скольжение пальцев, а также обепечивает удобный захват корпуса, комфортное и мягкое письмо. Диаметр грифеля - 0,7 мм. Твердость грифеля - НВ.Сменный грифель: 152568</t>
   </si>
   <si>
     <t>272143</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/beifa/"&gt;Beifa&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e2e/e2e41e2e5fa9471aadc33e90ea180fcd.jpg</t>
   </si>
   <si>
     <t>Карандаш механический OfficeSpace, 0,5мм, грип, с ластиком, ассорти XP812W_3617</t>
   </si>
   <si>
     <t>Карандаш механический с грипом и ластиком, толщина линии - 0,5 мм. Упакованы в коробку по 24 штуки, 5 ярких цветов корпуса ассорти, мягкий резиновый держатель.&amp;nbsp;&amp;nbsp;Форма корпуса круглая. Грифели в комплект не входят.</t>
   </si>
   <si>
     <t>340918</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/480/4800b0af9bd3bd88b4264df26de80835.jpg</t>
   </si>
   <si>
     <t>Карандаш механический OfficeSpace, 0,7мм, грип, с ластиком, ассорти XP820C_3620</t>
   </si>
   <si>
     <t>Карандаш механический с грипом и ластиком, толщина линии - 0,7 мм. Форма корпуса шестигранная, корпус прозрачный. Упакованы в коробку по 24 штуки, 5 ярких цветов корпуса ассорти, мягкий резиновый держатель. Грифели в комплект не входят.</t>
   </si>
   <si>
     <t>340920</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/608/608ca689074232df42ff31dc012ab1e0.jpg</t>
-[...8 lines deleted...]
-    <t>343220</t>
+    <t>http://anytos.ru//upload/iblock/ba9/ba97e5ae5c522a4fc82ad8e9146ad0c0.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Berlingo  quot;Color Zone quot;, 0,5мм, с ластиком, ассорти BSk_12071</t>
+  </si>
+  <si>
+    <t>Механический карандаш с клипом и рифлением в зоне захвата, не позволяющим карандашу выскальзывать из пальцев. Карандаш оснащен сменным ластиком. Диаметр грифеля - 0,5 мм. Цвет корпуса - ассорти.</t>
+  </si>
+  <si>
+    <t>350371</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>60</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d3/0d39bc54a09457b7b25e4e2b582eb082.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Pilot  quot;Rexgrip quot; 0,5мм, с ластиком, синий корпус H-105-L</t>
   </si>
   <si>
     <t>Механический карандаш в прорезиненном корпусе. Латунный цанговый механизм обеспечивает надежную фиксацию грифеля. Удобен в использовании, так как позволяет пальцам принять естественное положение</t>
   </si>
   <si>
     <t>350960</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4eb/4eb1e5d44461398dca395b83ee21ced8.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b7f/b7f6cdfd4ffc0b09afa4bc06f8e1343a/20f8d7377387d87e639a2ecdfa7b46d3.jpg</t>
   </si>
   <si>
     <t>Стержень микрографический полимерный 0,7мм Attache HB 12 грифелей</t>
   </si>
   <si>
     <t>376136</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e11/e1117eda9cd2bc9f784e97eeacfebe78/51af8ccc951fcac27bcdcfe30b6cc580.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Attache Economy, 0,5мм синий</t>
   </si>
   <si>
     <t>376138</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/141/141fa2c3516da377395d57f0b5ba8d48/e9b76b0522ef6a750aa56b60749e1308.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Attache Economy, 0,7мм желтый</t>
@@ -910,107 +877,89 @@
   <si>
     <t>393449</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a57/ljdrc61qrub7ga9d96txfkof0nr7ftrl.jpg</t>
   </si>
   <si>
     <t>Грифели запасные KOH-I-NOOR, КОМПЛЕКТ 12 шт., НВ, 0,7 мм, 41620HB007PKRU</t>
   </si>
   <si>
     <t>393450</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/81a/j25d7rm5htfp5fbxpfroarhiputdhj7u.jpg</t>
   </si>
   <si>
     <t>Грифели запасные PILOT, КОМПЛЕКТ 12 шт., PPL-5, HB, 0,5 мм</t>
   </si>
   <si>
     <t>Простые и надежные запасные грифели для автоматического карандаша. Экономичный и незаменимый расходный материал для повседневного использования.</t>
   </si>
   <si>
     <t>393451</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a68/v0atzdf5bz8fc9nyp3yf0ymep64yzir1.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8ae/eef8ji75vqrwvqu8cslpn4tlhg3tgu39.jpg</t>
   </si>
   <si>
     <t>Карандаш механический BRAUBERG  quot;Black Jack quot;, металлический корпус, резиновый грип, ластик, 0,5 мм, 180463</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;Black Jack&amp;quot; с металлическим корпусом стального цвета и удобным резиновым упором, исключающим скольжение пальцев во время письма. Карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен, готов к работе и дает тонкую ровную линию 0,5 мм, а встроенный ластик поможет быстро и легко исправить ошибку. Стильный дизайн карандаша&amp;nbsp;&amp;nbsp;и эргономичный корпус с комфортной зоной захвата сделает письмо легким и точным.</t>
   </si>
   <si>
     <t>393463</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/63c/4fn3lpyzi227ewhi0vpn08smhhkm20bn.jpg</t>
   </si>
   <si>
     <t>Карандаш механический BRAUBERG  quot;Black Jack quot;, металлический корпус, резиновый грип, ластик, 0,7 мм, 180467</t>
   </si>
   <si>
     <t>Высококачественный механический карандаш BRAUBERG &amp;quot;Black Jack&amp;quot; с металлическим корпусом черного цвета и удобным резиновым упором, исключающим скольжение пальцев во время письма. Карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен, готов к работе и дает ровную линию 0,7 мм, а встроенный ластик под кнопкой-колпачком исправит ошибку быстро и легко. Стильный дизайн карандаша&amp;nbsp;&amp;nbsp;и&amp;nbsp;&amp;nbsp;эргономичный корпус с комфортной зоной захвата&amp;nbsp;&amp;nbsp;сделает письмо легким и точным.</t>
   </si>
   <si>
     <t>393464</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/87f/fnoaa4n1kgjbtohu83vtut5oxtv776sk.jpg</t>
   </si>
   <si>
     <t>Карандаш механический BRAUBERG  quot;Classic quot;, корпус ассорти, ластик, 0,5 мм, 180398</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;Classic&amp;quot; с корпусом ярких цветов ассорти. Карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен, готов к работе и дает ровную линию 0,5 мм,а встроенный ластик помогает быстро и легко исправить сделанную помарку. Цанга карандаша убирается внутрь корпуса, поэтому даже на дне сумки или пенала такой карандаш не сломается.</t>
   </si>
   <si>
     <t>393465</t>
   </si>
   <si>
-    <t>60</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/891/kvlfvwj5wl7bnszmcliv7s2klmrrke4v.jpg</t>
   </si>
   <si>
     <t>Карандаш механический BRAUBERG  quot;Comfort quot;, корпус синий, резиновый грип, ластик, 0,5 мм, 180283</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;Comfort&amp;quot; с корпусом синего цвета и и удобным резиновым упором, исключающим скольжение пальцев во время письма. Карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен, готов к работе и дает ровную линию 0,5 мм. Механический карандаш оснащен встроенным ластиком, с помощью которого можно быстро и легко исправить ошибку. Яркий синий корпус с прорезиненной зоной захвата обеспечивает повышенный комфорт при письме. Цанга карандаша убирается внутрь корпуса, поэтому даже на дне сумки или пенала такой карандаш не сломается.</t>
   </si>
   <si>
     <t>393466</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b52/bb2761wpw2knz0vtlljh64zoy350dco9.jpg</t>
   </si>
   <si>
     <t>Карандаш механический BRAUBERG  quot;Comfort quot;, корпус синий, резиновый грип, ластик, 0,7 мм, 180464</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;Comfort&amp;quot; с корпусом синего цвета и удобным резиновым упором, предотвращающим скольжение пальцев при использовании. Карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен, готов к работе и дает ровную линию 0,7 мм. Корпус карандаша имеет комфортную зону захвата для удобства при письме, а встроенный ластик поможет быстро и легко исправить ошибку.</t>
   </si>
   <si>
     <t>393467</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a0/qmlfbkbu8wpb23nyvlohqhayz4jzl2dt.jpg</t>
@@ -1156,320 +1105,239 @@
   <si>
     <t>Набор BRAUBERG  quot;Modern quot;: механический карандаш, корпус синий   грифели НВ, 0,5 мм, 12 штук, блистер, 180335</t>
   </si>
   <si>
     <t>В наборе: механический карандаш BRAUBERG с удобной прорезиненной зоной захвата, хромированным наконечником и ластиком. В НАБОР входят 12 запасных грифелей! Карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен и готов к работе, дает ровную линию 0,5 мм. 12 запасных грифелей не позволят прервать ваше письмо в неподходящий момент. Благодаря эргономичному корпусу с комфортной зоной захвата карандаш сделает письмо легким и точным. Цанга карандаша убирается внутрь корпуса, поэтому даже на дне сумки или пенала такой карандаш не сломается.</t>
   </si>
   <si>
     <t>393491</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/324/0a4634g52qsck1cert5xwb1nws3hd6om.jpg</t>
   </si>
   <si>
     <t>Набор BRAUBERG: механический карандаш, тр хгранный синий корпус   грифели HB, 0,7 мм, 12 штук, блистер, 180494</t>
   </si>
   <si>
     <t>В наборе: механический карандаш c трехгранной эргономичной формой корпуса и антискользящим рифлением в зоне захвата. Имеет металлический клип и ластик. В НАБОР входят 12 запасных грифелей! Внутренний механизм выполнен из металла, что обеспечивает карандашу высокую износостойкость. Карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен и готов к работе, дает ровную линию 0,5 мм, а встроенный ластик поможет быстро и легко исправить ошибку.&amp;nbsp;&amp;nbsp;12 запасных грифелей не позволят прервать ваше письмо в неподходящий момент</t>
   </si>
   <si>
     <t>393493</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/182/18269d97a48c70bf85e2f7a1a6d87b97.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ca3/ca3db2762936d99e5e2eca8f288176a8.jpg</t>
   </si>
   <si>
     <t>Грифели для механических карандашей Faber-Castell  quot;Polymer quot;, 12шт., 0,5мм, B. 521501</t>
   </si>
   <si>
     <t>393627</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9ce/9ce9bd327358e8d4304ddc84ddbc0e7e.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4c5/4c5bb3374e9e97ddc95434ed64c5861d.jpg</t>
   </si>
   <si>
     <t>Грифели для механических карандашей Faber-Castell  quot;Polymer quot;, 12шт., 0,7мм, HB. 521700</t>
   </si>
   <si>
     <t>393630</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/084/08489e353b7cc1bbccd9696e6c2d8ab5.jpg</t>
-[...2 lines deleted...]
-    <t>Грифели для механических карандашей Faber-Castell  quot;Super-Polymer quot;, 12шт., 0,5мм, 2B. 120502</t>
+    <t>http://anytos.ru//upload/iblock/619/619d74570d3868c8727a0796f1512f7e.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Faber-Castell  quot;TK-Fine 9715 quot;, 0,5мм, с ластиком. 136500</t>
+  </si>
+  <si>
+    <t>Надежный механический карандаш TK-Fine идеально подходит для точных надписей, рисунков и чертежей. Жесткий пишущий узел обеспечивает комфортное черчение с помощью линейки. Наконечник карандаша можно полностью убрать</t>
+  </si>
+  <si>
+    <t>393736</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/574/57473b4950d8b36c65f2e7055bb80db4.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш цанговый Faber-Castell  quot;TK 9400 quot;, 2,0мм, 2B. 139402</t>
+  </si>
+  <si>
+    <t>Классический цанговый карандаш &amp;quot;TK 9400&amp;quot; предназначен для художников и чертежников. Шестигранный корпус с круглой зоной захвата. Сильный пишущий узел надежно удерживает грифель при письме</t>
+  </si>
+  <si>
+    <t>393739</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/856/856e1c5c9db840ddc70e059bf1daf8e5.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Faber-Castell  quot;Poly Matic quot;, 0,7мм,  с ластиком, ассорти, дисплей. 133341</t>
+  </si>
+  <si>
+    <t>Грифель карандаша выдвигается автоматически по мере его расходования, не требуется нажатие кнопки. Длинный выдвигающийся ластик. Карандаши поставляются в дисплее по 40 штук. Цвета корпуса в ассортименте: розовый, салатовый, фиолетовый или бирюзовый</t>
+  </si>
+  <si>
+    <t>394422</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22a/22a64421993649fad687b45321cc8811/ae1ab45da9d413b07cf6dad8a2567389.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Attache Selection Murano 0,7 мм с ластиком, без манж.</t>
+  </si>
+  <si>
+    <t>414918</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5be/0i5s4tlkhmgch8x7gll92qu4otx4b1f1.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический STAFF, корпус тонированный ассорти, резиновый грип, ластик, 0,7 мм, 181423</t>
+  </si>
+  <si>
+    <t>Механический карандаш STAFF с тонированным корпусом и деталями ярких цветов ассорти. Карандаш с нажимным механизмом всегда заточен, готов к работе и дает ровную линию выбранной толщины &amp;#40;в зависимости от толщины грифеля&amp;#41;. Благодаря эргономичному корпусу с комфортной зоной захвата, им удобно писать почти так же, как ручкой, а встроенный ластик помогает быстро и легко исправить любую ошибку. Грифель диаметром 0,7 мм с твердостью HB убирается внутрь корпуса, поэтому даже на дне сумки или пенала такой карандаш не сломается.</t>
+  </si>
+  <si>
+    <t>422963</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/28f/9snffplkpz8zl5f5uka68np9r10u3tb0.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический STAFF, корпус тонированный ассорти, ластик, 0,5 мм, 181425</t>
+  </si>
+  <si>
+    <t>Механический карандаш STAFF с тонированным корпусом ярких цветов ассорти. Карандаш с нажимным механизмом всегда заточен, готов к работе и дает ровную линию выбранной толщины &amp;#40;в зависимости от толщины грифеля&amp;#41;. Благодаря эргономичному корпусу, им удобно писать почти так же, как ручкой, а встроенный ластик помогает быстро и легко исправить любую ошибку. Грифель карандаша убирается внутрь корпуса, поэтому даже на дне сумки или пенала такой карандаш не сломается.Механический карандаш STAFF – низкая цена и приемлемое качество. Ничего лишнего.</t>
+  </si>
+  <si>
+    <t>422965</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/100/vzbobajfpsm120529sarsqmk9i3s86vo.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический ЮНЛАНДИЯ  quot;Юнландик-архитектор quot;, корпус двуцветный, грип, ластик, 0,5 мм, 181429</t>
+  </si>
+  <si>
+    <t>Механический карандаш ЮНЛАНДИЯ с тонированным корпусом и яркими фиолетовыми деталями. Яркий карандаш с нажимным механизмом всегда заточен, готов к работе и дает ровную линию выбранной толщины &amp;#40;в зависимости от толщины грифеля&amp;#41;. Благодаря эргономичному корпусу с комфортной зоной захвата, им удобно писать почти так же, как ручкой, а встроенный ластик помогает быстро и легко исправить любую ошибку. Грифель карандаша убирается внутрь корпуса, поэтому даже на дне школьной сумки или пенала такой карандаш не сломается.</t>
+  </si>
+  <si>
+    <t>422969</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e57/nyngk45wbrnn0ot92ec83pj0g104hs1c.jpg</t>
+  </si>
+  <si>
+    <t>Грифели запасные PENTEL  Япония  в КОМПЛЕКТЕ из 12 шт.,  quot;Ain Stein quot;, 2В, 0,5 мм, C275S-2B</t>
+  </si>
+  <si>
+    <t>Уникальная каркасная структура грифеля, обеспечивающая максимум прочности! Идеальное сочетание твердости и черноты грифеля. Грифели пишут мягко, не царапая бумагу.</t>
+  </si>
+  <si>
+    <t>422975</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pentel/"&gt;Pentel&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb1/cb17b5189a0b6b9963e989e8262edeb2.jpeg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Berlingo  quot;xGold quot;, с ластиком, ассорти, 0,5мм</t>
+  </si>
+  <si>
+    <t>Механический карандаш&amp;nbsp;&amp;nbsp;Berlingo &amp;quot;xGold&amp;quot;, 0,5мм -&amp;nbsp;&amp;nbsp;отличное дополнение к суперпопулярной модели ручки. Утяжеленный корпус для более комфортного использования. Приятное матовое покрытие. Яркие позолоченные элементы. Металлический клип. Корпус в двух классических цветах - синий и чёрный. Диаметр грифеля - 0,5 мм. Твердость грифеля - HB. Ластик и три стержня в комплекте. Удобная и привлекательная упаковка-дисплей - туба 40 шт.</t>
+  </si>
+  <si>
+    <t>427253</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/125/125258313b551d771a9a1895fbdb6f6f.jpeg</t>
+  </si>
+  <si>
+    <t>Грифели для механических карандашей Faber-Castell  quot;Super-Polymer quot;, 12шт., 0,7мм, HB</t>
   </si>
   <si>
     <t>Особо прочные суперполимерные грифели для механических карандашей. Грифели оставляют линии насыщенного графитного цвета. Поставляются по 12 штук в платиковом футляре</t>
   </si>
   <si>
-    <t>393632</t>
-[...172 lines deleted...]
-  <si>
     <t>427884</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c94/c94cde9322dab82d97da37945cf808e5.jpeg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f55/f55d957e4c6082674f099cacf93e55c9.jpeg</t>
   </si>
   <si>
     <t>Карандаш цанговый Faber-Castell  quot;TK 9400 quot;, 2,0мм, B</t>
   </si>
   <si>
     <t>427887</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3af/3afe19981e045618a79d987b62016ab0.jpeg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Faber-Castell  quot;TK-Fine 9713 quot;, 0,35мм, с ластиком</t>
+  </si>
+  <si>
+    <t>427890</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/779/7792ebc16603a7a4846fa176739a7f94.jpeg</t>
   </si>
   <si>
     <t>Грифели для механических карандашей Faber-Castell  quot;Polymer quot;, 12шт., 0,7мм, 2B</t>
   </si>
   <si>
     <t>432998</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3c3/3c3bd4e9a32e151ff555daf2d63ef6d1.jpeg</t>
   </si>
   <si>
     <t>Грифели для механических карандашей Faber-Castell  quot;Polymer quot;, 12шт., 0,7мм, B</t>
   </si>
   <si>
     <t>432999</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e81/e81b5cf8a83e0cf651b22e1deff5a40f.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c14/t2qh91sa311xo3kmvhv7b0854v9w3sz5.jpg</t>
   </si>
   <si>
     <t>Карандаш сегментный ПИФАГОР  quot;Таблица умножения quot;, HB, корпус ассорти, с ластиком, 181482</t>
   </si>
   <si>
     <t>Сегментный чернографитный карандаш ПИФАГОР с печатью &amp;quot;Таблица умножения&amp;quot; на корпусе прекрасно подходит для детского творчества, незаменим на уроках в младших классах. Карандаш не требует заточки, благодаря 9 сменным стержням готов к продолжению работы в любой момент, достаточно просто поменять исписанный стержень на новый. Имеет ластик. Твердость - HB. Пластиковый тонированный корпус ассорти &amp;#40;поставляется в нескольких вариантах цвета без возможности выбора&amp;#41;.</t>
   </si>
   <si>
     <t>434006</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pifagor/"&gt;ПИФАГОР&lt;/a&gt;</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d29/qhdl4w8dfugqcjo1ucqaevnop8uan7n3.jpg</t>
   </si>
   <si>
     <t>Грифели для механических карандашей Faber-Castell  quot;Super-Polymer quot;, 12шт., 0,7мм, H</t>
   </si>
   <si>
     <t>Особо прочные суперполимерные грифели для механических карандашей от немецкого производителя Faber-Castell серии Super-Polymer. Упакованы по 12 штук в удобный пластиковый футляр, препятствующий поломке грифелей. Диаметр грифеля – 0.7 мм, длина грифеля – 60 мм, твёрдость – H. Грифели оставляют линии насыщенного графитового цвета.</t>
@@ -1498,144 +1366,132 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c7d/c7d19bff226bf3dc6885fe3436a614aa/12482dcc46217767eb9ba6de00c04aed.jpg</t>
   </si>
   <si>
     <t>Грифели для механических карандашей Faber-Castell  quot;Super-Polymer quot;, 12шт., 0,5мм, HB</t>
   </si>
   <si>
     <t>Особо прочные суперполимерные грифели для механических карандашей от немецкого производителя Faber-Castell. Грифели оставляют линии насыщенного графитового цвета. 12 грифелей в прочном пластиковом футляре. Твердость грифеля: HB. Ширина линии: 0,5 мм.</t>
   </si>
   <si>
     <t>556919</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/83b/83b38af996600e040d93131bebfa258b/9d131940ab04f3d7ed3fdbabb03a4eeb.jpg</t>
   </si>
   <si>
     <t>Грифели для цанговых карандашей Koh-I-Noor  quot;Gioconda quot;, 2B, 5,6мм, 6шт., круглый</t>
   </si>
   <si>
     <t>Грифели чернографитные для цанговых карандашей&amp;nbsp;&amp;nbsp;- это прекрасный графический материал для рисунков в карандаше. Данные стержни можно использовать самостоятельно, благодаря толщине 5,6, но в цанговом карандаше они не пачкают рук, а также снижен риск их поломки. В наборе 6 штук, твердость 2В.</t>
   </si>
   <si>
     <t>556920</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e34/e34bf5cd5880aa2cbb1bcd9936b72826/a1b3fa583e468226f0420ca8b854ec54.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9ee/9eee2de29739df4e0a95b46087417a1c/614e9052ba71eaa2ea791e746e8a4f74.jpg</t>
   </si>
   <si>
     <t>Грифели для цанговых карандашей Koh-I-Noor  quot;Gioconda quot;, 6B, 5,6мм, 6шт, круглый, пласт.короб</t>
   </si>
   <si>
     <t>Грифели чернографитные для цанговых карандашей&amp;nbsp;&amp;nbsp;- это прекрасный графический материал для рисунков в карандаше. Данные стержни можно использовать самостоятельно, благодаря толщине 5,6, но в цанговом карандаше они не пачкают рук, а также снижен риск их поломки. В наборе 6 штук, твердость 6В.</t>
   </si>
   <si>
     <t>556922</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/696/696ab265818cbbd9fe8c5b5d7ff529e0/e40551214f7453e918e0ed595f10c329.jpg</t>
   </si>
   <si>
     <t>Грифели для цанговых карандашей Koh-I-Noor  quot;Gioconda quot;, B, 2мм, 12шт, пластик. пенал</t>
   </si>
   <si>
     <t>Грифели чернографитные для цанговых карандашей&amp;nbsp;&amp;nbsp;- это прекрасный графический материал для рисунков в карандаше. В цанговом карандаше они не пачкают рук, а также снижен риск их поломки. В наборе 12 штук, твердость В.</t>
   </si>
   <si>
     <t>556923</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/edf/edf438cb60eefa8a37ba59c79b2abd86/e555bd31c661c359ddd47ff77e736ee8.jpg</t>
-[...8 lines deleted...]
-    <t>556936</t>
+    <t>http://anytos.ru//upload/iblock/4b8/4b829531811e6f31c2004190dbf92b54/f8deb8375119f5c954220a58792167cc.jpg</t>
+  </si>
+  <si>
+    <t>Грифели для цанговых карандашей Koh-I-Noor  quot;Gioconda quot;, 2B, 2мм, 12шт, пласт.пенал</t>
+  </si>
+  <si>
+    <t>Грифели чернографитные для цанговых карандашей&amp;nbsp;&amp;nbsp;- это прекрасный графический материал для рисунков в карандаше. В цанговом карандаше они не пачкают рук, а также снижен риск их поломки. В наборе 12 штук, твердость 2В.</t>
+  </si>
+  <si>
+    <t>556924</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/642/642228057fcb2f22dbe91e0f87b9dfee/2ba197364165b9e75a43d099a104f4de.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Faber-Castell  quot;Grip 1347 quot; B, 0,7мм, грип, с ласт., автоподача грифеля, зеленый</t>
   </si>
   <si>
     <t>Надежный механический карандаш TK-Fine 1347 от легендарного немецкого производителя Faber-Castell подходит как для черчения, так и для письма. Прочная жесткая направляющая обеспечивает точный результат при черчении по линейке или трафарету. Убирающийся наконечник карандаша обеспечивает безопасную транспортировку, карандаш не откроется даже в кармане. На торцевой части карандаша расположен выдвижной ластик, который мягко стирает и не оставляет разводов. Ластик не содержит ПВХ. Твердость грифеля: B. Ширина линии: 0,7 мм. Цвет корпуса: зеленый.</t>
   </si>
   <si>
     <t>556939</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/92e/92e87307c64bc7bcc2c9d8ee71c9be25/46aa12d2a3a41f4bbec0bb58efc7ba38.jpg</t>
-[...32 lines deleted...]
-    <t>556957</t>
+    <t>http://anytos.ru//upload/iblock/45d/45d1c86efda0731dc15d48a94e6e393e/867dd679ea90ecd1cd8e623b570614a3.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Faber-Castell  quot;Grip 1347 quot; B, 0,7мм, грип, с ласт., автоподача грифеля, синий</t>
+  </si>
+  <si>
+    <t>Надежный механический карандаш TK-Fine 1347 от легендарного немецкого производителя Faber-Castell подходит как для черчения, так и для письма. Прочная жесткая направляющая обеспечивает точный результат при черчении по линейке или трафарету. Убирающийся наконечник карандаша обеспечивает безопасную транспортировку, карандаш не откроется даже в кармане. На торцевой части карандаша расположен выдвижной ластик, который мягко стирает и не оставляет разводов. Ластик не содержит ПВХ. Твердость грифеля: B. Ширина линии: 0,7 мм. Цвет корпуса: синий.</t>
+  </si>
+  <si>
+    <t>556940</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08e/08e78dbac7e0341248bc804ffe875825/e8830b26e9b2ff728fbd6704e49ad208.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Faber-Castell  quot;TK-Fine 9719 quot;, 1,0мм</t>
+  </si>
+  <si>
+    <t>Надежный механический карандаш TK-Fine 9719 от легендарного немецкого производителя Faber-Castell идеально подходит для черчения. Прочная жесткая направляющая обеспечивает точный результат при черчении по линейке или трафарету. Убирающийся наконечник карандаша обеспечивает безопасную транспортировку, карандаш не откроется даже в кармане. На кнопке карандаша расположен специальный цветовой указатель, с помощью которого вы сможете отметить степень твердости грифеля, которым пользуетесь в данный момент. На торцевой части карандаша расположен выдвижной ластик, который мягко стирает и не оставляет разводов. Ластик не содержит ПВХ. Твердость грифеля: HB. Ширина линии: 1,0 мм. Цвет корпуса: темно-зеленый.</t>
+  </si>
+  <si>
+    <t>556951</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4fd/4fdc3698cfa7ddb51b0c470e5e7c4527/59d81523e9c1664d00128a9c156f7fc3.jpg</t>
+  </si>
+  <si>
+    <t>Набор карандашей механических Faber-Castell  quot;TK-Fine 97 quot;, HB, 0,35 0,5 0,7мм, пласт. уп., европодвес</t>
+  </si>
+  <si>
+    <t>Набор механических карандашей TK-Fine 97 от легендарного немецкого производителя Faber-Castell идеально подходит для черчения. Прочная жесткая направляющая обеспечивает точный результат при черчении по линейке или трафарету. Убирающийся наконечник карандашей обеспечивает безопасную транспортировку, карандаши не откроются даже в кармане. На кнопке каждого карандаша расположен специальный цветовой указатель, с помощью которого вы сможете отметить степень твердости грифеля, которым пользуетесь в данный момент. На торцевой части каждого карандаша расположен выдвижной ластик, который мягко стирает и не оставляет разводов и не содержит ПВХ. Твердость грифеля: HB. Ширина линии: 0,35, 0,5 и 0,7 мм. Цвет корпуса: темно-зеленый.</t>
+  </si>
+  <si>
+    <t>556953</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/53b/53b1b609e0b300408b222692da5404d8/bc86385bfee5ad0e6c97ae5356e2eeda.jpg</t>
   </si>
   <si>
     <t>Карандаш механический MunHwa  quot;MP Gold Trima quot; 0,5мм, с ластиком, корпус ассорти</t>
   </si>
   <si>
     <t>Дизайн данной модели является стилистическим продолжением легендарной линейки шариковых ручек MC Gold.&amp;nbsp;&amp;nbsp;Удобная треугольная форма корпуса. Полупрозрачный тонированный пластик в широкой цветовой гамме. 10 различных цветов корпуса: белый, черный, синий, голубой, красный, оранжевый, розовый, фиолетовый, зеленый, салатовый. &amp;quot;Золотой&amp;quot; металлический клип, наконечник и кнопка автоматической подачи с ластиком. Пишущий узел&amp;nbsp;&amp;nbsp;для грифелей диаметром 0,5мм.</t>
   </si>
   <si>
     <t>556959</t>
   </si>
   <si>
     <t>&lt;a href="/brands/munhwa/"&gt;MunHwa&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c56/0ptlqgodua4n43ks4x7qcbuxa7sif3ls.jpg</t>
   </si>
   <si>
     <t>Карандаш механический PILOT H-187  quot;Super Grip quot;, корпус синий, резиновый грип, ластик, 0,7 мм, Н-187</t>
   </si>
   <si>
     <t>563967</t>
   </si>
@@ -1654,50 +1510,65 @@
   <si>
     <t>http://anytos.ru//upload/iblock/cea/ceae76388f86d198015f71ff0092ab92/bf3b6f2739db8a98ecc3fe646c007e19.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Faber-Castell  quot;Grip 1345 quot; B, 0,5мм, грип, с ласт., автоподача грифеля, черный</t>
   </si>
   <si>
     <t>Надежный механический карандаш TK-Fine 1345 от легендарного немецкого производителя Faber-Castell подходит как для черчения, так и для письма. Прочная жесткая направляющая обеспечивает точный результат при черчении по линейке или трафарету. Убирающийся наконечник карандаша обеспечивает безопасную транспортировку, карандаш не откроется даже в кармане. На торцевой части карандаша расположен выдвижной ластик, который мягко стирает и не оставляет разводов. Ластик не содержит ПВХ. Твердость грифеля: B. Ширина линии: 0,5 мм. Цвет корпуса: черный.</t>
   </si>
   <si>
     <t>587334</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a9/1a9c4470657766833a9df38530c14b5d/3b2eb73bb571155dff9e6f9d66274612.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Faber-Castell  quot;TK-Fine Vario L quot;, HB, 0,5мм, с ластиком</t>
   </si>
   <si>
     <t>Надежный механический карандаш TK-Fine Vario L от легендарного немецкого производителя Faber-Castell идеально подходит для черчения. Прочная жесткая направляющая обеспечивает точный результат при черчении по линейке или трафарету. Убирающийся наконечник карандаша обеспечивает безопасную транспортировку, карандаш не откроется даже в кармане. На карандаше расположен специальный цветовой указатель, с помощью которого вы сможете отметить степень твердости грифеля, которым пользуетесь в данный момент. На торцевой части карандаша расположен выдвижной ластик, который мягко стирает и не оставляет разводов. Ластик не содержит ПВХ. Твердость грифеля: HB. Ширина линии: 0,5 мм. Цвет корпуса: темно-зеленый.</t>
   </si>
   <si>
     <t>587338</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/914/91468529a68cbfb6f1e7f4639e18316a/3c4c64ec13d1b8187c7462f30a0a8582.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический Luxor  quot;Smart Slim quot;, 0,7мм, с ластиком, ассорти</t>
+  </si>
+  <si>
+    <t>Механический карандаш в полупрозрачном тонированном корпусе с ластиком</t>
+  </si>
+  <si>
+    <t>592679</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/luxor/"&gt;Luxor&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0e2/gpq7flx231567vcid9jyjazma9vflwwh.jpg</t>
   </si>
   <si>
     <t>Грифели запасные STAFF, КОМПЛЕКТ 12 шт., HB, 0,5 мм, 180876</t>
   </si>
   <si>
     <t>Простые и надежные запасные грифели STAFF &amp;quot;EVERYDAY&amp;quot; для автоматического карандаша. Изготовлены из качественных материалов, обеспечивающих мягкое письмо. Обладают средней степенью твердости – HB. Длина грифеля составляет 60 мм, а его диаметр - 0,5 мм. 12 штук в упаковке. Поставляются в пластиковом пенале.</t>
   </si>
   <si>
     <t>600255</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30c/30ccc9afbe66ef141186b32c5b46d8c3/fda081997d58305f9a6b67eba25ea5b6.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Faber-Castell  quot;TK-Fine Vario L quot;, HB, 0,35мм, с ластиком</t>
   </si>
   <si>
     <t>Надежный механический карандаш TK-Fine Vario L от легендарного немецкого производителя Faber-Castell идеально подходит для черчения. Прочная жесткая направляющая обеспечивает точный результат при черчении по линейке или трафарету. Убирающийся наконечник карандаша обеспечивает безопасную транспортировку, карандаш не откроется даже в кармане. На карандаше расположен специальный цветовой указатель, с помощью которого вы сможете отметить степень твердости грифеля, которым пользуетесь в данный момент. На торцевой части карандаша расположен выдвижной ластик, который мягко стирает и не оставляет разводов. Ластик не содержит ПВХ. Твердость грифеля: HB. Ширина линии: 0,35 мм. Цвет корпуса: темно-зеленый.</t>
   </si>
   <si>
     <t>607573</t>
@@ -1771,102 +1642,81 @@
   <si>
     <t>http://anytos.ru//upload/iblock/aab/mohxsgntyhf003q79uxjax7my1samep0.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш механический Erich Krause Draft 2.0 мм, НВ  в коробке по 12шт. </t>
   </si>
   <si>
     <t>Карандаш механический от Эрих Краузе. Диаметр грифеля - 2.0 мм. Твердость - 2B. Оснащен точилкой.</t>
   </si>
   <si>
     <t>696421</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/17e/1zlvqm0e12e23pix2c4t5gg6ftj45mt6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш механический Erich Krause Vivo 0.5 мм, НВ  в тубусе по 60 шт. </t>
   </si>
   <si>
     <t>Круглый механический карандаш. Корпус и кнопка-ластик в ярких неоновых цветах. Твердость HB. Диаметр грифеля 0.5 мм.</t>
   </si>
   <si>
     <t>696422</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/58a/witp3s7hj10in12gkt2w02kw57gw90za.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a82/qure5kfw1fyeq3qkjiu5ow9jju929is2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш механический Erich Krause MEGAPOLIS Concept в наборе с 20 грифелями 0.7 мм, НВ  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Механический карандаш с металлическим наконечником и убирающейся цангой. Карандаш имеет круглый неоновый корпус с эргономичной грип-зоной, оснащенной двумя резиновыми вставками. Твердость HB. Диаметр грифеля - 0.7 мм. Модель MEGAPOLIS Concept имеет узнаваемую запатентованную форму, обладает великолепной эргономикой и стала одним из бестселлеров в ассортименте механических карандашей ErichKrause® более чем в пятидесяти странах мира.</t>
   </si>
   <si>
     <t>696424</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/375/75sy28atx9sh07y0l0lgf48y5lj39igm.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш механический Erich Krause SoftLine 0.9 мм, НВ  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Механический карандаш с убирающейся цангой и ластиком. Карандаш имеет треугольный корпус с покрытием Soft Touch. Твердость HB. Диаметр грифеля - 0.9 мм.</t>
   </si>
   <si>
     <t>696425</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/537/pwuycpzjdzvubqu8ee5h9hom6n8v692a.jpg</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Карандаш механический Erich Krause ColorTouch Emerald Wave 2.0 мм с точилкой, НВ  в тубусе по 24 шт. </t>
+    <t>http://anytos.ru//upload/iblock/f5c/9rkodi7d0alnr8ge76xybp3530yix14g.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Карандаш механический Erich Krause ColorTouch Ornament 2.0 мм с точилкой, НВ  в тубусе по 24 шт. </t>
   </si>
   <si>
     <t>Механический карандаш шестигранной формы со сменным грифелем. Корпус матовый с ярким принтом и поверхностью Soft Touch. Оснащен точилкой на кончике карандаша. Твердость HB. Диаметр грифеля - 2.0 мм.</t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">Карандаш механический Erich Krause ColorTouch Ornament 2.0 мм с точилкой, НВ  в тубусе по 24 шт. </t>
   </si>
   <si>
     <t>696429</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c70/o3q6xddoojmtrj0hj8pwslu7og1o8epd.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш механический Erich Krause XS 0.5 мм, НВ  в тубусе по 42 шт. </t>
   </si>
   <si>
     <t>Шестигранный механический мини карандаш. Корпус и кнопка-ластик в ярких неоновых цветах. Твердость HB. Диаметр грифеля 0.5 мм.</t>
   </si>
   <si>
     <t>696433</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/241/ra1ma6zjihw47g0vowtremfvaim67wl5.jpg</t>
   </si>
   <si>
     <t>Карандаш мех. 0,5мм.  quot;Darvish quot; корпус пластиковый ассорти</t>
   </si>
@@ -1883,56 +1733,50 @@
     <t>http://anytos.ru//upload/iblock/9e6/6isgzzrx2irtdysa8c01ipw12zv44jro.jpg</t>
   </si>
   <si>
     <t>Карандаш мех. 0,5мм.  quot;Darvish quot; корпус трехгранный черный с цветными вставками с ластиком</t>
   </si>
   <si>
     <t>Карандаш мех 0,5мм &amp;quot;Darvish&amp;quot; с ластиком корпус трехгранный черный с цветными вставками.&lt;br /&gt;
  Цвет - ассорти. Оптовая упаковка: шоубокс.</t>
   </si>
   <si>
     <t>702920</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5f8/igyjoxpw757k0eftd21r0tvrr0c8iyet.jpg</t>
   </si>
   <si>
     <t>Карандаш мех. 0,5мм.  quot;Darvish quot; корпус металлический</t>
   </si>
   <si>
     <t>Твердость грифеля - HB</t>
   </si>
   <si>
     <t>702925</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/226/t8rnvm3p29gcb68n4khi07lmygn7nmha.jpg</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/748/4kcipvg31uf1ja3nj2dpbsl4tzr7chu3.jpg</t>
   </si>
   <si>
     <t>Карандаш мех. 0,7мм.  quot;Darvish quot; корпус металлический</t>
   </si>
   <si>
     <t>702927</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9a/pjfj9r1np6gxk20b3ch6m4tau98uzgat.jpg</t>
   </si>
   <si>
     <t>702928</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/03f/hyk0uno99n28mu59zuei8l87glqy589u.jpg</t>
   </si>
   <si>
     <t>702929</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9f/ctcnspq0cmpop8rr0lcwfpvkahc2i3t8.jpg</t>
   </si>
   <si>
     <t>Карандаш мех. 2мм.  quot;Darvish quot;с точилкой корпус пластиковый ассорти</t>
@@ -1949,164 +1793,137 @@
   <si>
     <t>Грифели для механических карандашей Berlingo, 12шт., 0,5мм, 2B</t>
   </si>
   <si>
     <t>Запасные грифели для механических карандашей из качественного полимерного материала в удобном пластиковом кейсе прекрасно подходят как для чертежных, так и для оформительских работ благодаря насыщенным линиям графитового цвета. Подходят для любых механических карандашей. В наборе: 12 грифелей длиной 60 мм. Твердость: 2B. Диаметр грифеля: 0,5мм</t>
   </si>
   <si>
     <t>710730</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/422/kmma420us4a6t6hjvodcvva62tvsv8is.jpg</t>
   </si>
   <si>
     <t>Грифели для механических карандашей Berlingo, 12шт., 0,5мм, B</t>
   </si>
   <si>
     <t>Запасные грифели для механических карандашей из качественного полимерного материала в удобном пластиковом кейсе прекрасно подходят как для чертежных, так и для оформительских работ благодаря насыщенным линиям графитового цвета. Подходят для любых механических карандашей. В наборе: 12 грифелей длиной 60 мм. Твердость: B. Диаметр грифеля: 0,5мм</t>
   </si>
   <si>
     <t>710731</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f65/wvdzxv9fpe3ll41e3y5cz0phhk97psjc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dca/jue4iz1s5fu8cujqevsuj7o66i2upkvj.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Berlingo  quot;Velvet quot;, 0,5мм, с ластиком, ассорти</t>
   </si>
   <si>
     <t>Механический карандаш с клипом и встроенным ластиком. Цвета корпуса пастельной гаммы, ассорти – голубой, фиолетовый, розовый, бледно-голубой, зелёный. 30 штук в пластиковом стакане. Диаметр грифеля - 0,5 мм. Твёрдость - HB. Снабжён&amp;nbsp;&amp;nbsp;двумя запасными грифелями. Комбинированный корпус из пластика и резины создан по технологии двойного литья. Направляющий механизм грифеля выполнен из металла. Подача грифеля осуществляется с помощью кнопочного механизма.</t>
   </si>
   <si>
     <t>710733</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a13/o6s976l41ank6adodjofnwpwr4x6d6lu.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b21/fym2bwbkfks0sqqrbmw4shafhoof659b.jpg</t>
   </si>
   <si>
     <t>Карандаш по стеклу, металлу и пластику Koh-I-Noor, 3263, белый</t>
   </si>
   <si>
     <t>Специальный карандаш на восковой основе для рисования на стекле, фарфоре, пластике, металле и других гладких поверхностях. Мягкий, укрывистый.</t>
   </si>
   <si>
     <t>712578</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/291/0qzsy779d448ovs0ztcp5v3uheo2rd2z.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Грифели ErichKrause  MEGAPOLIS Concept для механических карандашей 0.5 мм  в футляре по 20 шт. </t>
   </si>
   <si>
     <t>Грифели ErichKrause® MEGAPOLIS Concept для механических карандашей 0.5 мм &amp;#40;в футляре по 20 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771352</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b17/zod3boada581q3d2a0d0clypgem8vdku.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Карандаш механический ErichKrause  Delta в наборе с 20 грифелями 0.5 мм, НВ  в блистере по 1 шт. </t>
+  </si>
+  <si>
+    <t>Карандаш механический ErichKrause® Delta в наборе с 20 грифелями 0.5 мм, НВ &amp;#40;в блистере по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771353</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c62/zik5uk0ymo49qmtzl1eu93k9cohf1rbv.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Карандаш механический ErichKrause  MEGAPOLIS Concept в наборе с 20 грифелями 0.5 мм, НВ  в блистере по 1 шт. </t>
+  </si>
+  <si>
+    <t>Карандаш механический ErichKrause® MEGAPOLIS Concept в наборе с 20 грифелями 0.5 мм, НВ &amp;#40;в блистере по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771354</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/10d/8jemxncb47z3i35l6aix2dp6h20mbzpg.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Luxor  quot;ClickRite quot;, 0,5мм, с ластиком, грип, ассорти</t>
   </si>
   <si>
     <t>Механический карандаш Luxor &amp;quot;ClickRite&amp;quot; - автоматический крандаш с&amp;nbsp;&amp;nbsp;грипом и ластиком на конце. Рифленый мягкий грип не позволяет карандашу&amp;nbsp;&amp;nbsp;выскальзывать из пальцев руки. Тонированные цвета корпуса ассорти: красный, оранжевый, синий, зеленый. Диаметр пишущего узла - 0,5 мм. Механический карандаш Luxor &amp;quot;ClickRite&amp;quot; - это мягкие и тонкие линии письма при минимальном нажатии</t>
   </si>
   <si>
     <t>772156</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/luxor/"&gt;Luxor&lt;/a&gt;</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/61f/owjjk974bju4vj92ynlrb9qgipcrr1n1.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Berlingo  quot;Instinct quot;, 0,5мм, с ластиком, ассорти</t>
   </si>
   <si>
     <t>Механический карандаш Berlingo &amp;quot;Instinct&amp;quot;, 0,5мм - отличное дополнение к суперпопулярной серии товаров. Корпус с покрытием soft touch выполнен в четырёх стильных пастельных цветах, прекрасно сочетающихся с черным металлическим клипом. Снабжён двумя запасными грифелями самого популярного диаметра 0,5 мм и встроенным ластиком. Направляющий механизм выполнен из металла. Подача грифеля осуществляется с помощью кнопочного механизма. Поставляется в пластиковой тубе по 40 штук.</t>
   </si>
   <si>
     <t>786520</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4c7/61sc4hdohdyd43xf1vo2p4hstmvpf5d3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cc2/ui78sec37fyez488me08mmfalya92v7q.jpg</t>
   </si>
   <si>
     <t>Стержень микрографический для авт карандаша 0,7 мм, 2B, упаковка в ассортименте, 20 штук</t>
   </si>
   <si>
     <t>787707</t>
   </si>
   <si>
     <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a9/gvttci31u5vcpfoujmwfch5qawnetevm.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Грифели Erich Krause  Draft для механических карандашей 2.0 мм, 2B  в футляре по 5 шт. </t>
   </si>
   <si>
     <t>Грифели Erich Krause® Draft для механических карандашей 2.0 мм, 2B &amp;#40;в футляре по 5 шт.&amp;#41;</t>
   </si>
   <si>
     <t>791916</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/041/13rjuzue52h42kvhdqaf3qxpuc09xqw9.jpg</t>
@@ -2234,50 +2051,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4e7/9foicqw1ppo2xajxwjlkcridjbmnhm5o.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ МЕТАЛЛИЧЕСКИЙ С ЛАСТИКОМ  quot;UltraGraphix quot; 0.3 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ МЕТАЛЛИЧЕСКИЙ С ЛАСТИКОМ &amp;quot;UltraGraphix&amp;quot; 0.3 ММ</t>
   </si>
   <si>
     <t>813016</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f7e/tnvy2k2824j8d2wvuxros04dbpmx58yl.jpeg</t>
   </si>
   <si>
     <t>ГРИФЕЛИ ЗАПАСНЫЕ ДЛЯ МЕХАНИЧЕСКИХ КАРАНДАШЕЙ  quot;GRAPHIX quot; 20 шт., HB, 0.3 ММ</t>
   </si>
   <si>
     <t>ГРИФЕЛИ ЗАПАСНЫЕ ДЛЯ МЕХАНИЧЕСКИХ КАРАНДАШЕЙ &amp;quot;GRAPHIX&amp;quot; 20 шт., HB, 0.3 ММ</t>
   </si>
   <si>
     <t>813017</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7e8/gtt4scpihxcl4hfh1ldajyxpv5oakr1b.jpeg</t>
+  </si>
+  <si>
+    <t>КАРАНДАШ МЕХАНИЧЕСКИЙ ЦАНГОВЫЙ С ТОЧИЛКОЙ  quot;FunGraphix. Мультики. Кот quot; 2 ММ</t>
+  </si>
+  <si>
+    <t>КАРАНДАШ МЕХАНИЧЕСКИЙ ЦАНГОВЫЙ С ТОЧИЛКОЙ &amp;quot;FunGraphix. Мультики. Кот&amp;quot; 2 ММ</t>
+  </si>
+  <si>
+    <t>813019</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b47/flnbptiswz065kq01nn4lge9ezvwpydy.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ ЦАНГОВЫЙ С ТОЧИЛКОЙ  quot;FunGraphix. Черные котята quot; 2 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ ЦАНГОВЫЙ С ТОЧИЛКОЙ &amp;quot;FunGraphix. Черные котята&amp;quot; 2 ММ</t>
   </si>
   <si>
     <t>813021</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3f1/egb4r757kr4nad6p2nrp8771106vsyy6.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ ЦАНГОВЫЙ С ТОЧИЛКОЙ  quot;FunGraphix. Машинки quot; 2 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ ЦАНГОВЫЙ С ТОЧИЛКОЙ &amp;quot;FunGraphix. Машинки&amp;quot; 2 ММ</t>
   </si>
   <si>
     <t>813023</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c6a/e8kfzirv9i617dakxupblg0wdiaupc0k.jpeg</t>
@@ -2306,110 +2135,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/617/wyaor7tx0q4cp0tbigiywkkuxw5zu7e6.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ  quot;MagicGraphix. Овечки. Паттерн quot; 0.5 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ &amp;quot;MagicGraphix. Овечки. Паттерн&amp;quot; 0.5 ММ</t>
   </si>
   <si>
     <t>813034</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bcb/30oez9sf9kap2deckcic1k094b84ux4h.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ  quot;MagicGraphix. Бельки. Паттерн quot; 0.5 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ &amp;quot;MagicGraphix. Бельки. Паттерн&amp;quot; 0.5 ММ</t>
   </si>
   <si>
     <t>813035</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/464/c80buho5nbh7zln6dzna6vjehhy9xaol.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/111/elkonzk87jqmzgizd3glldfhufqcavjs.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ  quot;MagicGraphix. Зайчики quot; 0.5 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ &amp;quot;MagicGraphix. Зайчики&amp;quot; 0.5 ММ</t>
   </si>
   <si>
     <t>813037</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cae/089ugohvke66cyoxiepyid12myffadgs.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ  quot;MagicGraphix. Зверюшки quot; 0.5 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ &amp;quot;MagicGraphix. Зверюшки&amp;quot; 0.5 ММ</t>
   </si>
   <si>
     <t>813038</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4b/f4rvszkhz6kq1oo448y409z1x0kdbav5.jpeg</t>
   </si>
   <si>
     <t>ГРИФЕЛИ ЗАПАСНЫЕ ДЛЯ МЕХАНИЧЕСКИХ КАРАНДАШЕЙ  quot;GRAPHIX quot; 20 шт., HB, 0,7 ММ</t>
   </si>
   <si>
     <t>ГРИФЕЛИ ЗАПАСНЫЕ ДЛЯ МЕХАНИЧЕСКИХ КАРАНДАШЕЙ &amp;quot;GRAPHIX&amp;quot; 20 шт., HB, 0,7 ММ</t>
   </si>
   <si>
     <t>813039</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7d6/6v327hjrrazzp13qm1zfq92iylk20wg6.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5f9/1iljwbwar75ew394r334xbz1z5bymq84.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ  quot;IceGraphix. Морская quot; 0,5 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ &amp;quot;IceGraphix. Морская&amp;quot; 0,5 ММ</t>
   </si>
   <si>
     <t>813049</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b15/ggk229huwm11il7kqr5won0ts4kqjqhq.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ МЕТАЛЛИЧЕСКИЙ  quot;SimpleGraphix quot; 0.5 ММ, твердость HB, 3 ЦВЕТА МИКС</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ МЕТАЛЛИЧЕСКИЙ &amp;quot;SimpleGraphix&amp;quot; 0.5 ММ, твердость HB, 3 ЦВЕТА МИКС</t>
   </si>
   <si>
     <t>813057</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5f9/zyalf7qbx76mkx325v6z2u8ewfnzw2n9.jpeg</t>
@@ -2450,164 +2255,119 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8a1/wreh3kt507ki7uo8znn3n6i731eaul9j.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ  quot;MagicGraphix. Сладкое настроение. Пончики quot; 0.5 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ &amp;quot;MagicGraphix. Сладкое настроение. Пончики&amp;quot; 0.5 ММ</t>
   </si>
   <si>
     <t>813061</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/79d/rrhwafrhmt0kf373c8i82wp2llfpp4mt.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ  quot;MagicGraphix. Сладкое настроение. Сердечки quot; 0.5 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ &amp;quot;MagicGraphix. Сладкое настроение. Сердечки&amp;quot; 0.5 ММ</t>
   </si>
   <si>
     <t>813062</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b4b/l51r113h57cu5k8sg0gl7qf7m06iifto.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6d0/l82c0x0k0b3xn7ovlcwx9bu69jlfz0i5.jpeg</t>
   </si>
   <si>
     <t>ГРИФЕЛИ ЗАПАСНЫЕ ДЛЯ МЕХАНИЧЕСКИХ КАРАНДАШЕЙ  quot;GRAPHIX quot; 24 шт., 2B, 0.5 ММ</t>
   </si>
   <si>
     <t>ГРИФЕЛИ ЗАПАСНЫЕ ДЛЯ МЕХАНИЧЕСКИХ КАРАНДАШЕЙ &amp;quot;GRAPHIX&amp;quot; 24 шт., 2B, 0.5 ММ</t>
   </si>
   <si>
     <t>840186</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/755/ej6nzw57jf21ierf9zxlbcc30ifops9c.jpeg</t>
   </si>
   <si>
     <t>ГРИФЕЛИ ЗАПАСНЫЕ ДЛЯ МЕХАНИЧЕСКИХ КАРАНДАШЕЙ  quot;GRAPHIX quot; 5 шт., HB, 2.0 ММ</t>
   </si>
   <si>
     <t>ГРИФЕЛИ ЗАПАСНЫЕ ДЛЯ МЕХАНИЧЕСКИХ КАРАНДАШЕЙ &amp;quot;GRAPHIX&amp;quot; 5 шт., HB, 2.0 ММ</t>
   </si>
   <si>
     <t>840187</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f54/sl39f7wae67wbvwgiq7dh2xyybv4cx61.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/41a/f4kv3s8l52kmamc6jg00n0n12umz0cmg.jpg</t>
   </si>
   <si>
     <t>Карандаш подарочный с металлическим наконечником Berlingo  quot;Eternal quot;, цвет корпуса - натуральное дерево, инд. упак.</t>
   </si>
   <si>
     <t>Карандаш подарочный с металлическим наконечником Berlingo &amp;quot;Eternal&amp;quot;, цвет корпуса - натуральное дерево. У долговечного, практичного и необычного карандаша &amp;quot;Eternal&amp;quot; нет грифеля, а пишущая часть сделана из специального металлического сплава. При использовании данного карандаша на бумагу переносятся микрочастицы этого сплава, оставляя следы, похожие на карандашные штрихи. Пишет карандаш легко и плавно темно-серым цветом под любым углом, линия легко стирается ластиком. Пишущий наконечник не требует заточки и может прослужить долгие годы при ежедневном использовании. Диаметр корпуса - 9мм. Такой карандаш не может сломаться и не пачкает руки. Корпус оснащен специальным упором, предотвращающим катание карандаша по поверхности. Упаковка в индивидуальную картонную коробку с европодвесом.</t>
   </si>
   <si>
     <t>842471</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/878/4re6bkgccetfp730ng1bxm2s7cwud0xm.jpg</t>
   </si>
   <si>
     <t>Карандаш подарочный с металлическим наконечником Berlingo  quot;Eternal quot;, черный корпус, инд. упак.</t>
   </si>
   <si>
     <t>Карандаш подарочный с металлическим наконечником Berlingo &amp;quot;Eternal&amp;quot;, цвет корпуса - черный. У долговечного, практичного и необычного карандаша &amp;quot;Eternal&amp;quot; нет грифеля, а пишущая часть сделана из специального металлического сплава. При использовании данного карандаша на бумагу переносятся микрочастицы этого сплава, оставляя следы, похожие на карандашные штрихи. Пишет карандаш легко и плавно темно-серым цветом под любым углом, линия легко стирается ластиком. Пишущий наконечник не требует заточки и может прослужить долгие годы при ежедневном использовании. Диаметр корпуса - 9мм. Такой карандаш не может сломаться и не пачкает руки. Корпус оснащен специальным упором, предотвращающим катание карандаша по поверхности. Упаковка в индивидуальную картонную коробку с европодвесом.</t>
   </si>
   <si>
     <t>842472</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a4c/q76inlur6o61ohu7o30be7zzode5ha9v.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e66/9x1tiwr87r2g6jw4po5so3hian7p5t0s.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш механический Erich Krause  MEGAPOLIS Concept 0.7 мм, НВ  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Механический карандаш с металлическим наконечником и убирающейся цангой. Карандаш имеет круглый неоновый корпус с эргономичной грип-зоной, оснащенной двумя резиновыми вставками. Твердость HB. Диаметр грифеля - 0.7 мм. Модель MEGAPOLIS Concept имеет узнаваемую запатентованную форму, обладает великолепной эргономикой и стала одним из бестселлеров в ассортименте механических карандашей ErichKrause® более чем в пятидесяти странах мира</t>
   </si>
   <si>
     <t>854762</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d94/s59e116hsvatj1k5vx0o8vtqm2nvq6ib.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Deli корпус металлический 4 цвета в ассортименте, 0.5мм S003</t>
   </si>
   <si>
     <t>878691</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/859/1q5w53vjhxg87bvbhwesxotlbgn750uh.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f7a/2b46iw8yxt77j1fzx0kdr6w1x1ikuqq6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш механический ErichKrause  Tulips 0.5 мм, НВ  в тубусе по 24 штуки </t>
   </si>
   <si>
     <t>Карандаш механический ErichKrause® Tulips 0.5 мм, НВ &amp;#40;в тубусе по 24 шт.&amp;#41;</t>
   </si>
   <si>
     <t>882613</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/29b/61clepbvc6kpusr10557lcqx8d1b7p6r.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш механический ErichKrause  Natural Life 0.5 мм, НВ  в тубусе по 24 штуки </t>
   </si>
   <si>
     <t>Карандаш механический ErichKrause® Natural Life 0.5 мм, НВ &amp;#40;в тубусе по 24 штуки&amp;#41;</t>
   </si>
   <si>
     <t>883111</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/532/n01dznm8x58q16f0c7m08lebqblb2553.jpg</t>
@@ -2939,62 +2699,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/434/79456k1qn5f7yvo3q47vkinvogp70dpv.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ  quot;DOLCE VITA. Маки quot; МЕТАЛЛИЧЕСКИЙ КОРПУС, 2 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ &amp;quot;DOLCE VITA. Маки&amp;quot; МЕТАЛЛИЧЕСКИЙ КОРПУС, 2 ММ</t>
   </si>
   <si>
     <t>955632</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/579/prmwecfy5yumkva1zr7puxzx7w3yfa5w.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ  quot;DOLCE VITA. Шары. quot; МЕТАЛЛИЧЕСКИЙ КОРПУС, 2 ММ</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ &amp;quot;DOLCE VITA. Шары.&amp;quot; МЕТАЛЛИЧЕСКИЙ КОРПУС, 2 ММ</t>
   </si>
   <si>
     <t>955633</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d50/zeyi2cr5fm83gab3buriltn336r5gll6.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9d4/m97xim0qcnl65k7zk6yiyn6233erxxs1.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,5 мм   грифели HB 12 штук на блистере, BRAUBERG ROSE PINK, 181971</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;ROSE PINK&amp;quot; с металлическим корпусом и сменными грифелями. Механический карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен, готов к работе и дает тонкую ровную линию 0,5 мм. Встроенный ластик поможет быстро и легко исправить ошибку.Круглый фактурный корпус стильного дизайна способствует легкому и точному письму. В комплекте с карандашом идут сменные грифели HB 12 штук.</t>
   </si>
   <si>
     <t>960185</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d8/dm8g7s81dtmqqqhciv7h1lmchy29s32t.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,5 мм, HB, BRAUBERG CHROME, металлический корпус, ластик,181977</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;CHROME&amp;quot; с металлическим корпусом. Механический карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен, готов к работе и дает тонкую ровную линию 0,5 мм. Встроенный ластик поможет быстро и легко исправить ошибку. Многогранный корпус стильного дизайна способствует легкому и точному письму.</t>
   </si>
   <si>
     <t>960186</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4a1/khcwfl12dy3q71gr8fzqtswqguhxntvt.jpg</t>
@@ -3125,182 +2873,185 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d6e/wb243sf7xxrm1agi8b5wdp25wivp76e7.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Munhwa  quot;Shark quot; 0,5 мм, с ластиком, черный</t>
   </si>
   <si>
     <t>Карандаш механический Munhwa &amp;quot;Shark&amp;quot; 0,5 мм, с ластиком, черный</t>
   </si>
   <si>
     <t>965807</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9b/33i3pkxaygbpig94jn6c27xi1skqgtay.jpg</t>
   </si>
   <si>
     <t>Карандаш механический Berlingo  quot;Envy quot; 0,5мм, с ластиком, ассорти</t>
   </si>
   <si>
     <t>Карандаш механический Berlingo &amp;quot;Envy&amp;quot; 0,5мм, с ластиком, ассорти</t>
   </si>
   <si>
     <t>965808</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3e0/wns6hwruqe3k4exdg5l2xzg3f1v2dwqi.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический MESHU  quot;Best friend quot;, печать на корпусе, с ластиком, 0,7мм, ассорти</t>
+  </si>
+  <si>
+    <t>Карандаш механический MESHU &amp;quot;Best friend&amp;quot;, печать на корпусе, с ластиком, 0,7мм, ассорти</t>
+  </si>
+  <si>
+    <t>965810</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/688/8cofm7r0aizzjnrt4cks1rp3oousf24t.jpg</t>
   </si>
   <si>
     <t>Карандаш механический MESHU  quot;Jucy cats quot;, печать на корпусе, с ластиком, 0,7мм, ассорти</t>
   </si>
   <si>
     <t>Карандаш механический MESHU &amp;quot;Jucy cats&amp;quot;, печать на корпусе, с ластиком, 0,7мм, ассорти</t>
   </si>
   <si>
     <t>965811</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b06/8giotd8mzk43mf7d0ryh09bhkc2a0jaj.jpg</t>
   </si>
   <si>
     <t>Грифели для цангового карандаша 2 мм, HB, КОМПЛЕКТ 6 шт., в тубе, BRAUBERG, 181968</t>
   </si>
   <si>
     <t>Сменные сверхпрочные грифели BRAUBERG для цангового карандаша. Предназначены для работы на бумаге, подходят для работы с любыми цанговыми карандашами. Изготовлены из высококачественных полимерных материалов, обеспечивающих мягкое письмо. Устойчивы к излому. Обладают средней степенью твердости – HB. Длина грифеля составляет 90 мм, а его диаметр - 2 мм. 6 штук в упаковке. Поставляются в пластиковой тубе.</t>
   </si>
   <si>
     <t>974842</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/027/jbarmll3fsnu5n7u2ow6s8fuqt0c07nu.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4e4/ckjw68hr9vdy7l6yf23udp25lqhelmqg.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,5 мм   грифели HB 24 штуки на блистере, BRAUBERG  quot;METALLIC-X 05 quot;, металлические детали, 181965</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;METALLIC-X 05&amp;quot; с металлическими деталями и сменными стержнями. Механический карандаш снабжен грифелем HB 0,5 мм, всегда заточен, готов к использованию и позволяет делать аккуратные тонкие линии. Корпус выполнен из высококачественного пластика глубокого синего цвета. Металлические детали приятно утяжеляют карандаш и делают письмо еще более комфортным. В комплекте с карандашом идут сменные грифели HB 24 штуки.</t>
   </si>
   <si>
     <t>975081</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/969/cdppr5jzw8016wb4d2p9ky93nllhbueb.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,5 мм, HB, BRAUBERG EXTRA GOLD, ластик, корпус SOFT TOUCH, ассорти, 181963</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;EXTRA GOLD&amp;quot; с корпусом ярких цветов ассорти. Механический карандаш снабжен грифелем HB 0,5 мм, всегда заточен, готов к использованию и позволяет делать аккуратные тонкие линии. Встроенный ластик поможет исправить любую помарку, а трехгранный корпус ярких цветов обеспечит удобное удержание карандаша в руке. Покрытие soft-touch добавляет комфорта при письме.</t>
   </si>
   <si>
     <t>975082</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/792/ucep3gtev5k0g66foipdbrxm23lewo6n.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,5 мм, HB, BRAUBERG METALLIC X-05, металлические детали, 181974</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;METALLIC-X 05&amp;quot; с металлическими деталями. Механический карандаш снабжен грифелем HB 0,5 мм, всегда заточен, готов к использованию и позволяет делать аккуратные тонкие линии. Корпус выполнен из высококачественного пластика глубокого синего цвета. Металлические детали приятно утяжеляют карандаш и делают письмо еще более комфортным.</t>
   </si>
   <si>
     <t>975083</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/659/o6cuzl8h6nfqv2eq70makekb5cd4qizo.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический 0,7 мм   грифели HB 24 штуки на блистере, BRAUBERG  quot;METALLIC-X 07 quot;, металлические детали, 181966</t>
+  </si>
+  <si>
+    <t>Механический карандаш BRAUBERG &amp;quot;METALLIC-X 07&amp;quot; с металлическими деталями и сменными стержнями. Механический карандаш снабжен грифелем HB 0,7 мм, всегда заточен, готов к использованию и позволяет делать аккуратные тонкие линии. Корпус выполнен из высококачественного пластика глубокого зеленого цвета. Металлические детали приятно утяжеляют карандаш и делают письмо еще более комфортным. В комплекте с карандашом идут сменные грифели HB 24 штуки.</t>
+  </si>
+  <si>
+    <t>975084</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/73b/iiewirqb4rd3mmbfd1lul0jklpd0sycq.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,7 мм, HB, BRAUBERG  quot;METALLIC X-07 quot;, металлические детали, 181975</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;METALLIC-X 07&amp;quot; с металлическими деталями. Механический карандаш снабжен грифелем HB 0,7 мм, всегда заточен, готов к использованию и позволяет делать аккуратные тонкие линии. Корпус выполнен из высококачественного пластика глубокого зеленого цвета. Металлические детали приятно утяжеляют карандаш и делают письмо еще более комфортным.</t>
   </si>
   <si>
     <t>975085</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f84/s1ise8d119kb4aj809hruezqlqtp02dt.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический цанговый 2 мм   грифели HB 12 штук на блистере, BRAUBERG  quot;METALLIC-X 20 quot;, металлические детали, 181967</t>
+  </si>
+  <si>
+    <t>Механический карандаш BRAUBERG &amp;quot;METALLIC-X 20&amp;quot; с металлическими деталями и сменными стержнями. Механический карандаш снабжен грифелем HB 2,0 мм, всегда заточен, готов к использованию и позволяет делать аккуратные тонкие линии. Корпус выполнен из высококачественного пластика черного цвета. Металлические детали приятно утяжеляют карандаш и делают письмо еще более комфортным. В комплекте с карандашом идут сменные грифели HB 12 штук.</t>
+  </si>
+  <si>
+    <t>975086</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/226/5mfpre9z1q9dk0nfhmwu9y0g9312gjou.jpg</t>
   </si>
   <si>
     <t>Карандаш механический цанговый 2 мм, HB, BRAUBERG  quot;METALLIC X-20 quot;, металлические детали, 181976</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;METALLIC-X 20&amp;quot; с металлическими деталями. Механический карандаш снабжен грифелем HB 2,0 мм, всегда заточен, готов к использованию и позволяет делать аккуратные тонкие линии. Корпус выполнен из высококачественного пластика черного цвета. Металлические детали приятно утяжеляют карандаш и делают письмо еще более комфортным.</t>
   </si>
   <si>
     <t>975087</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/40c/5bhq12kwjea6midmj7qvq5vziwhak3w9.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/406/uv3il6as2nq63878tcbzkmr6b5dn743j.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,5 мм, BRAUBERG SOFT GRADE, HB, корпус soft-touch ассорти, 181958</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG SOFT &amp;quot;Grade&amp;quot; с яркими корпусами градиентных цветов ассорти идеально подойдет для ведения заметок во время работы и учебы. Механический карандаш снабжен грифелем HB 0,5 мм, всегда заточен, готов к использованию и позволяет делать аккуратные тонкие линии. Круглый корпус ярких градиентных оттенков с покрытием soft-touch добавляет комфорта при письме.</t>
   </si>
   <si>
     <t>979302</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a18/4az5kmc8fom12keb5klkpmdun6hr02kd.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/86a/lxwgc9n296afa6q9aa8x69pbea1hiey6.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,5 мм, BRAUBERG SOFT PRINT MILITARY, HB, корпус soft-touch ассорти, 181959</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG SOFT PRINT MILITARY выполнен в трех дизайнах милитари и идеально подойдет для ведения заметок во время работы и учебы. Механический карандаш снабжен грифелем HB 0,5 мм, всегда заточен, готов к использованию и позволяет делать аккуратные тонкие линии. Круглый корпус с дизайном ассорти с покрытием soft-touch добавляет комфорта при письме.</t>
   </si>
   <si>
     <t>979304</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f5/r6yndze4clqmp04t6tug2zayxrc7wn5v.jpg</t>
   </si>
   <si>
     <t>Карандаш механический цанговый 2 мм, BRAUBERG GRADE PASTEL, HB, встроенная точилка, корпус ассорти, 181961</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG &amp;quot;Grade&amp;quot; PASTEL нежных пастельных оттенков идеально подойдет для ведения заметок во время работы и учебы. Механический карандаш снабжен грифелем HB 2 мм, всегда заточен, готов к использованию. Карандаш подходит для рисования, черчения, а также ведения аккуратных записей. Встроенная точилка обеспечит всегда острую заточку. Круглый корпус пастельных оттенков с покрытием soft-touch добавляет комфорта при письме.</t>
   </si>
   <si>
     <t>979305</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e8/ga0oo2vhuvaiu427z7jlm491pqn67h7r.jpg</t>
@@ -3467,50 +3218,62 @@
   <si>
     <t>Карандаш механический MESHU  quot;Cute Cats quot;, печать на корпусе, 0,7мм, софт-тач, ассорти, с топпером</t>
   </si>
   <si>
     <t>Карандаш механический MESHU &amp;quot;Cute Cats&amp;quot;, печать на корпусе, 0,7мм, софт-тач, ассорти, с топпером</t>
   </si>
   <si>
     <t>981657</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/28d/y6i3467v8i38xdzhll2fulgjv9u93p4a.jpg</t>
   </si>
   <si>
     <t>Карандаш механический MESHU  quot;Cute dog quot;, 0,7мм, ассорти, с топпером</t>
   </si>
   <si>
     <t>Карандаш механический MESHU &amp;quot;Cute dog&amp;quot;, 0,7мм, ассорти, с топпером</t>
   </si>
   <si>
     <t>981658</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/59b/ktuwx6azx34kyglhyl0u76n72ra97ij9.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический MESHU  quot;Fat cat quot;, 0,7мм, ассорти, с топпером</t>
+  </si>
+  <si>
+    <t>Карандаш механический MESHU &amp;quot;Fat cat&amp;quot;, 0,7мм, ассорти, с топпером</t>
+  </si>
+  <si>
+    <t>981659</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4af/msfc84rla7d0d65gcrjhwgl8prsoqohn.jpg</t>
   </si>
   <si>
     <t>Карандаш механический MESHU  quot;Funny friends quot;, печать на корпусе, 0,7мм, софт-тач, ассорти, с топпером</t>
   </si>
   <si>
     <t>Карандаш механический MESHU &amp;quot;Funny friends&amp;quot;, печать на корпусе, 0,7мм, софт-тач, ассорти, с топпером</t>
   </si>
   <si>
     <t>981660</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/704/6anda8esavhbssaljx5nl7w91qriy133.jpg</t>
   </si>
   <si>
     <t>Карандаш механический MESHU  quot;Girls quot;, печать на корпусе, 0,7мм, софт-тач, ассорти, с топпером</t>
   </si>
   <si>
     <t>Карандаш механический MESHU &amp;quot;Girls&amp;quot;, печать на корпусе, 0,7мм, софт-тач, ассорти, с топпером</t>
   </si>
   <si>
     <t>981661</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/466/0pj75bihp2vbkqqarm3670phvxvl09xc.jpg</t>
@@ -3599,59 +3362,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/096/dxi1fway3spesso27kp76edlrw14sfh5.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ ЦАНГОВЫЙ С ТОЧИЛКОЙ  quot;Kawaii Animals. Щенок quot; 2 ММ</t>
   </si>
   <si>
     <t>Шестигранный корпус механического карандаша &amp;quot;Kawaii Animals. Щенок&amp;quot; ТМ BRUNO VISCONTI изготовлен из ударопрочного пластика и имеет на конце точилку для заточки грифеля. Сам грифель увеличенного диаметра -2 мм, имеет степень жесткости HB. Оптимальный вариант для скетчинга и зарисовок. Но станет отличным помощником в учебе или работе офиса.</t>
   </si>
   <si>
     <t>992985</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/417/s7kemo69kokhfa0cnolhv4ifju15snuq.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;HappyGraphix. Акулы quot; 0,7 ММ</t>
   </si>
   <si>
     <t>Механический карандаш «HappyGraphix» от ТМ BRUNO VISCONTI с ярким дизайном –порадует своими характеристиками и будет интересен не только взрослым, но и детям от 3 лет. Корпус выполнен из ударопрочного и нескользящего ABS-пластика, что гарантирует долгий срок службы, надежность и комфорт в работе. Бесперебойная механическая подача стержня. Мягкий универсальный ластик идеально удаляет следы графита на поверхности бумаги различных сортов. Он надежно защищен от загрязнения и повреждения прозрачным колпачком, легко снимаемым при необходимости. Грифель диаметром 0,7 мм и степенью твердости HB – универсален и легко применим как в чертежно-графических работах, так и для решения офисных и учебных задач. Карандаш дополнен надежным клип-зажимом для закрепления, например, в пенале или ежедневнике.</t>
   </si>
   <si>
     <t>992988</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a32/ifagrnqxt4ehrbsl8kr2lp4v95i8mfy5.jpeg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/32b/feg2o5e0odzqf11v92vhevmdtm7lldr7.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;HappyGraphix. Панды quot; 0,7 ММ</t>
   </si>
   <si>
     <t>992991</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/095/12gd3ehmwvir6ho4agaxr0346o9p1cua.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;HappyGraphix. Динозавры quot; 0,7 ММ</t>
   </si>
   <si>
     <t>992992</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/225/bab3p6ezmwmlyb5950vwcpw34xc32f3e.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;HappyGraphix. Космос quot; 0,7 ММ</t>
   </si>
   <si>
     <t>992993</t>
@@ -3800,144 +3554,144 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b60/uvg48qh3l9sxv0965d2uhm079z2gpo33.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;START UP quot; 0,7 ММ</t>
   </si>
   <si>
     <t>Механический карандаш &amp;quot;START UP&amp;quot; от ТМ BRUNO VISCONTI с ярким дизайном –порадует своими характеристиками и будет интересен не только взрослым, но подрастающему поколению. Корпус выполнен из ударопрочного и нескользящего ABS-пластика, что гарантирует долгий срок службы, надежность и комфорт в работе. Бесперебойная механическая подача стержня. Мягкий универсальный ластик идеально удаляет следы графита на поверхности бумаги различных сортов. Грифель диаметром 0,7 мм и степенью твердости HB – универсален и легко применим как в чертежно-графических работах, так и для решения офисных и учебных задач. Карандаш дополнен надежным клип-зажимом для закрепления, например, в пенале или ежедневнике.</t>
   </si>
   <si>
     <t>996542</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5e9/52bjbi347ibxxygcqdylzft3d8szgp9q.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;TUTTI FRUTTI. КЛУБНИКА quot; 0,7 ММ</t>
   </si>
   <si>
     <t>Механический карандаш &amp;quot;TUTTI FRUTTI. КЛУБНИКА&amp;quot; от ТМ BRUNO VISCONTI с ярким дизайном –порадует своими характеристиками и будет интересен не только взрослым, но подрастающему поколению. Корпус выполнен из ударопрочного и нескользящего ABS-пластика, что гарантирует долгий срок службы, надежность и комфорт в работе. Бесперебойная механическая подача стержня. Мягкий универсальный ластик идеально удаляет следы графита на поверхности бумаги различных сортов. Грифель диаметром 0,7 мм и степенью твердости HB – универсален и легко применим как в чертежно-графических работах, так и для решения офисных и учебных задач. Карандаш дополнен надежным клип-зажимом для закрепления, например, в пенале или ежедневнике.</t>
   </si>
   <si>
     <t>996543</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c2d/pmqwn97db21xsgea5trsllilg5kehoqc.jpeg</t>
+  </si>
+  <si>
+    <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;XPRO quot; 0,7 ММ</t>
+  </si>
+  <si>
+    <t>Механический карандаш &amp;quot;XPRO&amp;quot; от ТМ BRUNO VISCONTI с ярким дизайном –порадует своими характеристиками и будет интересен не только взрослым, но подрастающему поколению. Корпус выполнен из ударопрочного и нескользящего ABS-пластика, что гарантирует долгий срок службы, надежность и комфорт в работе. Бесперебойная механическая подача стержня. Мягкий универсальный ластик идеально удаляет следы графита на поверхности бумаги различных сортов. Грифель диаметром 0,7 мм и степенью твердости HB – универсален и легко применим как в чертежно-графических работах, так и для решения офисных и учебных задач. Карандаш дополнен надежным клип-зажимом для закрепления, например, в пенале или ежедневнике.</t>
+  </si>
+  <si>
+    <t>996544</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/605/zi24f4i65550th3ss1o0wrrkscesxbmy.jpg</t>
   </si>
   <si>
     <t>Карандаш механический ErichKrause Black Pointer Gold 0.5 мм, НВ</t>
   </si>
   <si>
     <t>Карандаш механический ErichKrause Black Pointer Gold 0.5 мм, НВ &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>998026</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5cc/ucndsi3166a8wq9pnpnb7b29j0mujlx1.jpg</t>
   </si>
   <si>
     <t>Карандаш механический ErichKrause ColorTouch  Pointes 2.0 мм, с точилкой, НВ</t>
   </si>
   <si>
     <t>Карандаш механический ErichKrause ColorTouch® Pointes 2.0 мм, с точилкой, НВ &amp;#40;в тубусе по 24 штуки&amp;#41;</t>
   </si>
   <si>
     <t>998027</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f28/pyk79bz257hrtb1rrtjvcknjesx1r155.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;Caff? nero quot; 0,7 ММ</t>
   </si>
   <si>
     <t>Механический карандаш &amp;quot;Caff? nero&amp;quot; от ТМ BRUNO VISCONTI с ярким дизайном –порадует своими характеристиками и будет интересен не только взрослым, но подрастающему поколению. Корпус выполнен из ударопрочного и нескользящего ABS-пластика, что гарантирует долгий срок службы, надежность и комфорт в работе. Бесперебойная механическая подача стержня. Мягкий универсальный ластик идеально удаляет следы графита на поверхности бумаги различных сортов. Грифель диаметром 0,7 мм и степенью твердости HB – универсален и легко применим как в чертежно-графических работах, так и для решения офисных и учебных задач. Карандаш дополнен надежным клип-зажимом для закрепления, например, в пенале или ежедневнике.</t>
   </si>
   <si>
     <t>998229</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6cb/uopcg964mr3kr4p304mi7wgkilrb04rn.jpeg</t>
+  </si>
+  <si>
+    <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;Love me. Flora quot; 0,7 ММ</t>
+  </si>
+  <si>
+    <t>Механический карандаш &amp;quot;Love me. Flora&amp;quot; от ТМ BRUNO VISCONTI с ярким дизайном –порадует своими характеристиками и будет интересен не только взрослым, но подрастающему поколению. Корпус выполнен из ударопрочного и нескользящего ABS-пластика, что гарантирует долгий срок службы, надежность и комфорт в работе. Бесперебойная механическая подача стержня. Мягкий универсальный ластик идеально удаляет следы графита на поверхности бумаги различных сортов. Грифель диаметром 0,7 мм и степенью твердости HB – универсален и легко применим как в чертежно-графических работах, так и для решения офисных и учебных задач. Карандаш дополнен надежным клип-зажимом для закрепления, например, в пенале или ежедневнике.</t>
+  </si>
+  <si>
+    <t>998230</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9ce/uywx6hbzvemiis2udonjratoidmlp96r.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,5 мм, HB, KOH-I-NOOR  quot;Geometry quot;, ластик, резиновый грип, тонированный, красный, 5780, 5780008002KS</t>
   </si>
   <si>
     <t>Высококачественный механический карандаш KOH-I-NOOR с резиновым упором, предотвращающим скольжение пальцев при письме. Корпус и механизм обеспечивают высокую износоустойчивость карандашу. Заправлен грифелем и имеет ластик. Карандаш с нажимным механизмом заправлен грифелем HB, всегда заточен и готов к работе, дает ровную линию 0,5 мм. Благодаря эргономичному корпусу с комфортной зоной захвата карандаш сделает письмо легким и точным. Цанга карандаша убирается внутрь корпуса, поэтому даже на дне сумки или пенала такой карандаш не сломается.В комплекте – 10 запасных грифелей, которые готовы в любой момент заменить закончившийся стержень.</t>
   </si>
   <si>
     <t>998465</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/edf/xxkay4e5diluv2jfpw1z0e2ug4jopthc.jpg</t>
   </si>
   <si>
     <t>Карандаш механический 0,5 мм, KOH-I-NOOR  quot;Geometry quot;, ластик, резиновый грип, корпус тонированный голубой, 5780, 5780008001KS</t>
   </si>
   <si>
     <t>Высококачественный механический карандаш с резиновым упором, предотвращающим скольжение пальцев при письме. Корпус и механизм обеспечивают высокую износоустойчивость карандашу. Заправлен грифелем и имеет ластик.</t>
   </si>
   <si>
     <t>998466</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6a3/avyfe3joofpejgbyflxabr95fz9bwim2.jpg</t>
-[...32 lines deleted...]
-    <t>999145</t>
+    <t>http://anytos.ru//upload/iblock/4e5/ejlkr91x918xu0zpbpa0xw1rzs4snbh1.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический MESHU  quot;Relax Cat quot;, печать на корпусе, 2,0мм, софт-тач, ассорти, с точилкой для грифеля</t>
+  </si>
+  <si>
+    <t>Карандаш механический MESHU &amp;quot;Relax Cat&amp;quot;, печать на корпусе, 2,0мм, софт-тач, ассорти, с точилкой для грифеля</t>
+  </si>
+  <si>
+    <t>998629</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6a5/mt3k0vmetsvv5f0c64nlen1g4fie91mp.jpg</t>
   </si>
   <si>
     <t>Карандаш механический INFORMAT OPTIMUM 0,5 мм НВ с ластиком синий</t>
   </si>
   <si>
     <t>1006643</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/67c/hqs630ucvhbq1cuy0dhk1p3r6ecxscen.jpg</t>
   </si>
   <si>
     <t>Карандаш механический INFORMAT ОФИС 0,5 мм НВ с ластиком синий</t>
   </si>
   <si>
     <t>1006644</t>
   </si>
@@ -4124,50 +3878,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/884/qu760zr9d0ea3g1yt5pj24n4w2iwtokn.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш механический ErichKrause Bambino Jelly Bear 0.7 мм, НВ  в вертикальном дисплее по 24 штуки </t>
   </si>
   <si>
     <t>Карандаш механический ErichKrause Bambino Jelly Bear 0.7 мм, НВ &amp;#40;в вертикальном дисплее по 24 штуки&amp;#41;</t>
   </si>
   <si>
     <t>1011196</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f23/uz1sv4rch52t0vdw2syfgek1ner9w85v.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Механический карандаш ErichKrause Spirit 0.5 мм, с горизонтальной подачей грифеля, НВ  в блистере 1 штуке </t>
   </si>
   <si>
     <t>Механический карандаш ErichKrause Spirit 0.5 мм, с горизонтальной подачей грифеля, НВ &amp;#40;в блистере 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>1011267</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/010/jhcmwo71wc5bme62ynai275ifd84bqx7.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор из 1 механического карандаша ErichKrause Black Pointer Gold и 20 грифелей 0.5 мм, HB  в блистере </t>
+  </si>
+  <si>
+    <t>Набор из 1 механического карандаша ErichKrause Black Pointer Gold и 20 грифелей 0.5 мм, HB &amp;#40;в блистере&amp;#41;</t>
+  </si>
+  <si>
+    <t>1011268</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/755/rx3mu2tgddq8e9nfyjjvycu7yxi513it.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 1 механического карандаша ErichKrause Techno, с автоматической подачей грифеля, и 20 грифелей 0.9 мм, HB  в блистере </t>
   </si>
   <si>
     <t>Набор из 1 механического карандаша ErichKrause Techno, с автоматической подачей грифеля, и 20 грифелей 0.9 мм, HB &amp;#40;в блистере&amp;#41;</t>
   </si>
   <si>
     <t>1011269</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d7/xkb9kj4o928uajrp2oynvgxp44wc44t6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 2 механических карандашей ErichKrause Butterfly Manga 0.7 мм, с ластиком, НВ  в пакете </t>
   </si>
   <si>
     <t>Набор из 2 механических карандашей ErichKrause Butterfly Manga 0.7 мм, с ластиком, НВ &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011270</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af6/8jnvigxwe0dnw298flbmgt3h5t7tctn4.jpg</t>
@@ -4218,50 +3984,137 @@
     <t>1011977</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/558/kbbxc2iqubre1pgkmzebu1tgcowk1cth.jpg</t>
   </si>
   <si>
     <t>Карандаш механический цанговый 2 мм, с принтом кросс-серия МИЛЫЕ КОТЫ, BRAUBERG, HB, встроенная точилка, корпус ассорти, 182108</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG, представленный в трёх вариантах дизайна корпуса с милыми котами, идеально подойдет для ведения заметок во время работы и учебы. Механический карандаш снабжен грифелем HB 2 мм, заточен и готов к использованию. Карандаш подходит для рисования, черчения, а также ведения аккуратных записей. Встроенная точилка обеспечивает острую заточку. Круглый корпус с покрытием soft-touch добавляет комфорта при письме. Дизайн в спокойных оттенках с милыми котами поднимет настроение в процессе его использования.</t>
   </si>
   <si>
     <t>1011978</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ec/6qhryae9j17hkadrhfmh7tzz45hvlf7w.jpg</t>
   </si>
   <si>
     <t>Карандаш механический цанговый 2 мм, с принтом кросс-серия МОНСТРИКИ, BRAUBERG, HB, встроенная точилка, корпус ассорти, 182111</t>
   </si>
   <si>
     <t>Механический карандаш BRAUBERG, представленный в трёх вариантах дизайна корпуса с забавными монстриками, идеально подойдет для ведения заметок во время работы и учебы. Механический карандаш снабжен грифелем HB 2 мм, заточен и готов к использованию. Карандаш подходит для рисования, черчения, а также ведения аккуратных записей. Встроенная точилка обеспечивает острую заточку. Круглый корпус с покрытием soft-touch добавляет комфорта при письме. Дизайн с забавными монстриками привлечет внимание к ярким деталям и поднимет настроение в процессе его использования.</t>
   </si>
   <si>
     <t>1011979</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f08/24oqsj8oblt2bqfpfdjuww23kghav07o.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический 0,7 мм с принтом FUNSTER  ФАНСТЕР   quot;ANIME quot;, корпус soft-touch ассорти, 182059</t>
+  </si>
+  <si>
+    <t>Механический карандаш торговой марки FUNSTER выполнен в трех дизайнах с персонажами аниме и идеально подойдет для ведения заметок во время работы и учебы. Механический карандаш снабжен грифелем HB 0,7 мм и готов к использованию. Карандаш подходит для рисования, черчения, а также ведения аккуратных записей. Круглый корпус с покрытием soft-touch добавляет комфорта при письме. Дизайн в стиле аниме – как будто из Токио!</t>
+  </si>
+  <si>
+    <t>1013814</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/funster/"&gt;FUNSTER&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f5/lh4flreuci28rj3b3ny3jc4c5i7c94qk.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический 0,7 мм с принтом FUNSTER  ФАНСТЕР   quot;CORGI quot;, корпус soft-touch ассорти, 182060</t>
+  </si>
+  <si>
+    <t>Механический карандаш торговой марки FUNSTER выполнен в трех дизайнах с забавными корги и идеально подойдет для ведения заметок во время работы и учебы. Механический карандаш снабжен грифелем HB 0,7 мм и готов к использованию. Карандаш подходит для рисования, черчения, а также ведения аккуратных записей. Круглый корпус дизайна ассорти с покрытием soft-touch добавляет комфорта при письме.</t>
+  </si>
+  <si>
+    <t>1013815</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/938/23n7432q7ensu52vjgaea328ec4v6s2e.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический PILOT Н-105  quot;Rex Grip quot;, корпус черный, резиновый грип, ластик, 0,5 мм, H-105 B</t>
+  </si>
+  <si>
+    <t>Высококачественный механический карандаш с резиновым упором для пальцев. Латунный цанговый механизм обеспечивает надежную фиксацию грифеля. Встроенная стирательная резинка под колпачком-кнопкой. Диаметр грифеля - 0,5 мм.</t>
+  </si>
+  <si>
+    <t>1013816</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/961/gy4mua9t1jv7u1isut6fyxj05el1bkn9.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш механический PILOT Н-165, корпус черный, прорезиненный, ластик, 0,5 мм, H-165 B</t>
+  </si>
+  <si>
+    <t>Механический карандаш в прорезиненном корпусе с металлическим наконечником и убирающейся цангой. Резиновый упор исключает скольжение пальцев во время письма. Механический карандаш в прорезиненном корпусе с металлическим наконечником и убирающейся цангой. Резиновый упор исключает скольжение пальцев во время письма. Встроенная стирательная резинка под колпачком-кнопкой.</t>
+  </si>
+  <si>
+    <t>1013817</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a47/exmdt6y2s4uj04481q3npqmo7i0px7pa.jpeg</t>
+  </si>
+  <si>
+    <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;FLORA. PARADISE. LEMONS quot; 0,7 ММ</t>
+  </si>
+  <si>
+    <t>Механический карандаш с ластиком &amp;quot;FLORA.ЛИМОНЫ&amp;quot; от ТМ BRUNO VISCONTI с ярким дизайном порадует своими характеристиками и будет интересен не только взрослым, но подрастающему поколению. Корпус выполнен из ударопрочного и нескользящего ABS-пластика, что гарантирует долгий срок службы, надежность и комфорт в работе. Бесперебойная механическая подача стержня. Мягкий универсальный ластик идеально удаляет следы графита на поверхности бумаги различных сортов. Грифель диаметром 0,7 мм и степенью твердости HB – универсален и легко применим как в чертежно-графических работах, так и для решения офисных и учебных задач. Карандаш дополнен надежным клип-зажимом для закрепления, например, в пенале или ежедневнике.</t>
+  </si>
+  <si>
+    <t>1017015</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e9/mhxh1kpr0r4g9fo6ddoms7e46f2dq45n.jpeg</t>
+  </si>
+  <si>
+    <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;FLORA. ИРИСЫ quot; 0,7 ММ</t>
+  </si>
+  <si>
+    <t>Механический карандаш с ластиком &amp;quot;FLORA.ИРИСЫ&amp;quot; от ТМ BRUNO VISCONTI порадует своими характеристиками и будет интересен не только взрослым, но подрастающему поколению. Корпус выполнен из ударопрочного и нескользящего ABS-пластика, что гарантирует долгий срок службы, надежность и комфорт в работе. Бесперебойная механическая подача стержня. Мягкий универсальный ластик идеально удаляет следы графита на поверхности бумаги различных сортов. Грифель диаметром 0,7 мм и степенью твердости HB – универсален и легко применим как в чертежно-графических работах, так и для решения офисных и учебных задач. Карандаш дополнен надежным клип-зажимом для закрепления, например, в пенале или ежедневнике.</t>
+  </si>
+  <si>
+    <t>1017016</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f20/wl7ekxyovqhy3fcmjjzoqd8gw2rre5pz.jpeg</t>
+  </si>
+  <si>
+    <t>КАРАНДАШ МЕХАНИЧЕСКИЙ С ЛАСТИКОМ  quot;FLORA. ПИОНЫ quot; 0,7 ММ</t>
+  </si>
+  <si>
+    <t>Механический карандаш с ластиком &amp;quot;FLORA.ПИОНЫ&amp;quot; от ТМ BRUNO VISCONTI порадует своими характеристиками и будет интересен не только взрослым, но подрастающему поколению. Корпус выполнен из ударопрочного и нескользящего ABS-пластика, что гарантирует долгий срок службы, надежность и комфорт в работе. Бесперебойная механическая подача стержня. Мягкий универсальный ластик идеально удаляет следы графита на поверхности бумаги различных сортов. Грифель диаметром 0,7 мм и степенью твердости HB – универсален и легко применим как в чертежно-графических работах, так и для решения офисных и учебных задач. Карандаш дополнен надежным клип-зажимом для закрепления, например, в пенале или ежедневнике.</t>
+  </si>
+  <si>
+    <t>1017017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -4588,57 +4441,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J355"/>
+  <dimension ref="A1:J339"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G355" sqref="G355"/>
+      <selection pane="bottomRight" activeCell="G339" sqref="G339"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -4693,8046 +4546,7683 @@
       </c>
       <c r="C5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G7" s="3" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="C8" s="1"/>
+        <v>32</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="D8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="C10" s="1" t="s">
         <v>39</v>
       </c>
+      <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="C11" s="1"/>
+      <c r="D11" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="C12" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="F12" s="3" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="C13" s="1"/>
+      <c r="C13" s="1" t="s">
+        <v>48</v>
+      </c>
       <c r="D13" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="C14" s="1" t="s">
         <v>50</v>
       </c>
+      <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>51</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C16" s="1"/>
+        <v>57</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>58</v>
+      </c>
       <c r="D16" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>15</v>
+        <v>105</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>15</v>
+        <v>158</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>20</v>
+        <v>163</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>15</v>
+        <v>164</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>20</v>
+        <v>169</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>168</v>
+        <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>179</v>
+        <v>20</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>173</v>
+        <v>25</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>174</v>
+        <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>20</v>
+        <v>194</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>20</v>
+        <v>199</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>15</v>
+        <v>164</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="F50" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="F50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G50" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>15</v>
+        <v>209</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="F52" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="F52" s="3" t="s">
+      <c r="G52" s="3" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>214</v>
+        <v>20</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>215</v>
+        <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>29</v>
+        <v>163</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>20</v>
+        <v>230</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="F57" s="3" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>28</v>
+        <v>163</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>173</v>
+        <v>241</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>15</v>
+        <v>242</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>241</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>15</v>
+        <v>242</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>241</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>15</v>
+        <v>242</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>173</v>
+        <v>241</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>15</v>
+        <v>242</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>252</v>
+        <v>25</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>253</v>
+        <v>164</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>268</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>252</v>
+        <v>25</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>253</v>
+        <v>164</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>252</v>
+        <v>25</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>253</v>
+        <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>275</v>
+        <v>268</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>252</v>
+        <v>25</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>253</v>
+        <v>164</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>174</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>28</v>
+        <v>241</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>15</v>
+        <v>291</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>279</v>
+        <v>294</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>28</v>
+        <v>241</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>174</v>
+        <v>291</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>279</v>
+        <v>298</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>28</v>
+        <v>241</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>15</v>
+        <v>219</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>20</v>
+        <v>241</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>174</v>
+        <v>209</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>28</v>
+        <v>241</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>302</v>
+        <v>209</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>307</v>
+        <v>209</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>307</v>
+        <v>209</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>316</v>
+        <v>242</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>215</v>
+        <v>164</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>215</v>
+        <v>164</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>215</v>
+        <v>242</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>215</v>
+        <v>164</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>252</v>
+        <v>25</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>253</v>
+        <v>105</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>252</v>
+        <v>20</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>174</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B86" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="C86" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D86" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>252</v>
+        <v>20</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>174</v>
+        <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>252</v>
+        <v>20</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>253</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>252</v>
+        <v>20</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>174</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>28</v>
+        <v>241</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>115</v>
+        <v>358</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>20</v>
+        <v>241</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>15</v>
+        <v>291</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>359</v>
+        <v>11</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>359</v>
+        <v>11</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>252</v>
+        <v>14</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>252</v>
+        <v>14</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>307</v>
+        <v>381</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>11</v>
+        <v>383</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>14</v>
+        <v>385</v>
       </c>
       <c r="G96" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>11</v>
+        <v>388</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>14</v>
+        <v>390</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>15</v>
+        <v>391</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>14</v>
+        <v>390</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>15</v>
+        <v>391</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>11</v>
+        <v>398</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="G99" s="3" t="s">
         <v>391</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>392</v>
+        <v>401</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>393</v>
+        <v>402</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>394</v>
+        <v>403</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>395</v>
+        <v>404</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>14</v>
+        <v>405</v>
       </c>
       <c r="G100" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>396</v>
+        <v>406</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>397</v>
+        <v>407</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>398</v>
+        <v>408</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>399</v>
+        <v>409</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>14</v>
+        <v>218</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>29</v>
+        <v>381</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>400</v>
+        <v>410</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>398</v>
+        <v>412</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>402</v>
+        <v>413</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>403</v>
+        <v>414</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>404</v>
+        <v>415</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>405</v>
+        <v>375</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>408</v>
+        <v>418</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>405</v>
+        <v>371</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>409</v>
+        <v>419</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>29</v>
+        <v>105</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>410</v>
+        <v>420</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>411</v>
+        <v>421</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>412</v>
+        <v>422</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>413</v>
+        <v>423</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>414</v>
+        <v>424</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>415</v>
+        <v>11</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>416</v>
+        <v>425</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>417</v>
+        <v>14</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>418</v>
+        <v>426</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>417</v>
+        <v>430</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>29</v>
+        <v>431</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>422</v>
+        <v>432</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>424</v>
+        <v>435</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>425</v>
+        <v>14</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>427</v>
+        <v>437</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>429</v>
+        <v>438</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>430</v>
+        <v>163</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>431</v>
+        <v>26</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>430</v>
+        <v>385</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>431</v>
+        <v>15</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>430</v>
+        <v>14</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>431</v>
+        <v>15</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>444</v>
+        <v>25</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>431</v>
+        <v>105</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>449</v>
+        <v>25</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>450</v>
+        <v>105</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>394</v>
+        <v>456</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>15</v>
+        <v>105</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>394</v>
+        <v>460</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>15</v>
+        <v>105</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>405</v>
+        <v>464</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>29</v>
+        <v>105</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>11</v>
+        <v>468</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>15</v>
+        <v>105</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>11</v>
+        <v>472</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>467</v>
+        <v>475</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>115</v>
+        <v>26</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>475</v>
+        <v>15</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>478</v>
+        <v>342</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>173</v>
+        <v>230</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>29</v>
+        <v>489</v>
       </c>
     </row>
     <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>484</v>
+        <v>492</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>425</v>
+        <v>14</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>15</v>
+        <v>105</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>492</v>
+        <v>500</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>493</v>
+        <v>501</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>28</v>
+        <v>502</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>115</v>
+        <v>164</v>
       </c>
     </row>
     <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>494</v>
+        <v>503</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>496</v>
+        <v>505</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>497</v>
+        <v>506</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>28</v>
+        <v>390</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>115</v>
+        <v>507</v>
       </c>
     </row>
     <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>498</v>
+        <v>508</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>499</v>
+        <v>509</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>500</v>
+        <v>510</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>501</v>
+        <v>511</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>115</v>
+        <v>26</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>502</v>
+        <v>512</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>503</v>
+        <v>513</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>28</v>
+        <v>218</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>115</v>
+        <v>516</v>
       </c>
     </row>
     <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>506</v>
+        <v>517</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>507</v>
+        <v>518</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>508</v>
+        <v>519</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>509</v>
+        <v>520</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>14</v>
+        <v>218</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>115</v>
+        <v>381</v>
       </c>
     </row>
     <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>510</v>
+        <v>521</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>511</v>
+        <v>522</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>512</v>
+        <v>523</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>513</v>
+        <v>524</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>14</v>
+        <v>482</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
     </row>
     <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>514</v>
+        <v>525</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>515</v>
+        <v>526</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>516</v>
+        <v>527</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>517</v>
+        <v>528</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>14</v>
+        <v>529</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>115</v>
+        <v>164</v>
       </c>
     </row>
     <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>518</v>
+        <v>530</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>519</v>
+        <v>531</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>521</v>
+        <v>533</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>28</v>
+        <v>529</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>522</v>
+        <v>534</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>523</v>
+        <v>535</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>524</v>
+        <v>536</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>525</v>
+        <v>537</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>28</v>
+        <v>529</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
     </row>
     <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>526</v>
+        <v>538</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>527</v>
+        <v>539</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>528</v>
+        <v>540</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E134" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="F134" s="3" t="s">
         <v>529</v>
       </c>
-      <c r="F134" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G134" s="3" t="s">
-        <v>15</v>
+        <v>219</v>
       </c>
     </row>
     <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>531</v>
+        <v>542</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>532</v>
+        <v>543</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>359</v>
+        <v>544</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>533</v>
+        <v>545</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>20</v>
+        <v>529</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>534</v>
+        <v>546</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>535</v>
+        <v>547</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>535</v>
+        <v>548</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>536</v>
+        <v>549</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>241</v>
+        <v>529</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>537</v>
+        <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>538</v>
+        <v>550</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>539</v>
+        <v>551</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>540</v>
+        <v>552</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>14</v>
+        <v>529</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>115</v>
+        <v>164</v>
       </c>
     </row>
     <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>542</v>
+        <v>554</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>543</v>
+        <v>555</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>544</v>
+        <v>556</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>545</v>
+        <v>557</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>14</v>
+        <v>529</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>29</v>
+        <v>558</v>
       </c>
     </row>
     <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>546</v>
+        <v>559</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>547</v>
+        <v>560</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>548</v>
+        <v>561</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>549</v>
+        <v>562</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>430</v>
+        <v>563</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>550</v>
+        <v>219</v>
       </c>
     </row>
     <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>551</v>
+        <v>564</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>552</v>
+        <v>565</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>553</v>
+        <v>566</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>554</v>
+        <v>567</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>14</v>
+        <v>563</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>29</v>
+        <v>242</v>
       </c>
     </row>
     <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>555</v>
+        <v>568</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>556</v>
+        <v>569</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>557</v>
+        <v>570</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>558</v>
+        <v>571</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>449</v>
+        <v>563</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>559</v>
+        <v>242</v>
       </c>
     </row>
     <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>560</v>
+        <v>572</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>561</v>
+        <v>573</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>562</v>
+        <v>570</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E142" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="F142" s="3" t="s">
         <v>563</v>
       </c>
-      <c r="F142" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G142" s="3" t="s">
-        <v>450</v>
+        <v>242</v>
       </c>
     </row>
     <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>564</v>
+        <v>575</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>567</v>
+        <v>576</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>530</v>
+        <v>563</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>15</v>
+        <v>242</v>
       </c>
     </row>
     <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>568</v>
+        <v>577</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>570</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>572</v>
+        <v>563</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>174</v>
+        <v>242</v>
       </c>
     </row>
     <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>572</v>
+        <v>563</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>174</v>
+        <v>15</v>
       </c>
     </row>
     <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>572</v>
+        <v>218</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>15</v>
+        <v>587</v>
       </c>
     </row>
     <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>572</v>
+        <v>218</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>316</v>
+        <v>587</v>
       </c>
     </row>
     <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>572</v>
+        <v>218</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>15</v>
+        <v>516</v>
       </c>
     </row>
     <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>572</v>
+        <v>25</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>572</v>
+        <v>529</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>15</v>
+        <v>604</v>
       </c>
     </row>
     <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>597</v>
+        <v>605</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>599</v>
+        <v>607</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>572</v>
+        <v>529</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>174</v>
+        <v>15</v>
       </c>
     </row>
     <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>602</v>
+        <v>610</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>599</v>
+        <v>611</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>603</v>
+        <v>612</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>572</v>
+        <v>529</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>174</v>
+        <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>604</v>
+        <v>613</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>606</v>
+        <v>615</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>607</v>
+        <v>616</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>572</v>
+        <v>502</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>608</v>
+        <v>164</v>
       </c>
     </row>
     <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>610</v>
+        <v>618</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>611</v>
+        <v>619</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>613</v>
+        <v>218</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>316</v>
+        <v>381</v>
       </c>
     </row>
     <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>613</v>
+        <v>624</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>253</v>
+        <v>26</v>
       </c>
     </row>
     <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>618</v>
+        <v>625</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>613</v>
+        <v>529</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>253</v>
+        <v>431</v>
       </c>
     </row>
     <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>619</v>
+        <v>630</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>620</v>
+        <v>631</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>623</v>
+        <v>632</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>613</v>
+        <v>529</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>253</v>
+        <v>604</v>
       </c>
     </row>
     <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>624</v>
+        <v>633</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>620</v>
+        <v>635</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>626</v>
+        <v>636</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>613</v>
+        <v>529</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>253</v>
+        <v>15</v>
       </c>
     </row>
     <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>627</v>
+        <v>637</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>625</v>
+        <v>638</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>620</v>
+        <v>639</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>628</v>
+        <v>640</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>613</v>
+        <v>529</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>253</v>
+        <v>15</v>
       </c>
     </row>
     <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>629</v>
+        <v>641</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>625</v>
+        <v>642</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>620</v>
+        <v>643</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>630</v>
+        <v>644</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>613</v>
+        <v>529</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>253</v>
+        <v>15</v>
       </c>
     </row>
     <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>631</v>
+        <v>645</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>632</v>
+        <v>646</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>633</v>
+        <v>647</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>634</v>
+        <v>648</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>613</v>
+        <v>529</v>
       </c>
       <c r="G161" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>635</v>
+        <v>649</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>636</v>
+        <v>650</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>637</v>
+        <v>651</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>638</v>
+        <v>652</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>449</v>
+        <v>218</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>639</v>
+        <v>15</v>
       </c>
     </row>
     <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>640</v>
+        <v>653</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>641</v>
+        <v>654</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>642</v>
+        <v>655</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>643</v>
+        <v>656</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>449</v>
+        <v>529</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>639</v>
+        <v>15</v>
       </c>
     </row>
     <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>644</v>
+        <v>657</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>645</v>
+        <v>658</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>646</v>
+        <v>659</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>647</v>
+        <v>660</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>449</v>
+        <v>661</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>639</v>
+        <v>26</v>
       </c>
     </row>
     <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>648</v>
+        <v>662</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>649</v>
+        <v>663</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>449</v>
+        <v>661</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>559</v>
+        <v>26</v>
       </c>
     </row>
     <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>653</v>
+        <v>667</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>654</v>
+        <v>668</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>449</v>
+        <v>661</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>639</v>
+        <v>26</v>
       </c>
     </row>
     <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>656</v>
+        <v>670</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>657</v>
+        <v>671</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>659</v>
+        <v>673</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>28</v>
+        <v>661</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>660</v>
+        <v>674</v>
       </c>
       <c r="B168" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="F168" s="3" t="s">
         <v>661</v>
       </c>
-      <c r="C168" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G168" s="3" t="s">
-        <v>664</v>
+        <v>26</v>
       </c>
     </row>
     <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>665</v>
+        <v>678</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>666</v>
+        <v>679</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>667</v>
+        <v>680</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>668</v>
+        <v>681</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>669</v>
+        <v>661</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>174</v>
+        <v>26</v>
       </c>
     </row>
     <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>670</v>
+        <v>682</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>671</v>
+        <v>683</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>672</v>
+        <v>684</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>673</v>
+        <v>685</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>449</v>
+        <v>661</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>559</v>
+        <v>26</v>
       </c>
     </row>
     <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>674</v>
+        <v>686</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>676</v>
+        <v>688</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>677</v>
+        <v>689</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>449</v>
+        <v>661</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
     </row>
     <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>678</v>
+        <v>690</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>679</v>
+        <v>691</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>681</v>
+        <v>693</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>449</v>
+        <v>661</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>559</v>
+        <v>26</v>
       </c>
     </row>
     <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>683</v>
+        <v>695</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>683</v>
+        <v>696</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>684</v>
+        <v>697</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>685</v>
+        <v>661</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>686</v>
+        <v>698</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>687</v>
+        <v>699</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>689</v>
+        <v>701</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>572</v>
+        <v>661</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>475</v>
+        <v>26</v>
       </c>
     </row>
     <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>690</v>
+        <v>702</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>691</v>
+        <v>703</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>692</v>
+        <v>704</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>693</v>
+        <v>705</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>572</v>
+        <v>661</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>664</v>
+        <v>26</v>
       </c>
     </row>
     <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>694</v>
+        <v>706</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>695</v>
+        <v>707</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>696</v>
+        <v>708</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>697</v>
+        <v>709</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>572</v>
+        <v>661</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>698</v>
+        <v>710</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>699</v>
+        <v>711</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>700</v>
+        <v>712</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>701</v>
+        <v>713</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>572</v>
+        <v>661</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>702</v>
+        <v>714</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>703</v>
+        <v>715</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>704</v>
+        <v>716</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>705</v>
+        <v>717</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>572</v>
+        <v>661</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>706</v>
+        <v>718</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>707</v>
+        <v>719</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>572</v>
+        <v>661</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>710</v>
+        <v>722</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>711</v>
+        <v>723</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>712</v>
+        <v>724</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>713</v>
+        <v>725</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>449</v>
+        <v>661</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>714</v>
+        <v>726</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>715</v>
+        <v>727</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>716</v>
+        <v>728</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>717</v>
+        <v>729</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>572</v>
+        <v>661</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>718</v>
+        <v>730</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>719</v>
+        <v>731</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>720</v>
+        <v>732</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>721</v>
+        <v>733</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>722</v>
+        <v>661</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>723</v>
+        <v>734</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>724</v>
+        <v>735</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>725</v>
+        <v>736</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>726</v>
+        <v>737</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>722</v>
+        <v>661</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>727</v>
+        <v>738</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>728</v>
+        <v>739</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>729</v>
+        <v>740</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>730</v>
+        <v>741</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>722</v>
+        <v>661</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>731</v>
+        <v>742</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>732</v>
+        <v>743</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>733</v>
+        <v>744</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>734</v>
+        <v>745</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>722</v>
+        <v>661</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>735</v>
+        <v>746</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>736</v>
+        <v>747</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>737</v>
+        <v>748</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>738</v>
+        <v>749</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>722</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>739</v>
+        <v>750</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>740</v>
+        <v>751</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>741</v>
+        <v>752</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>742</v>
+        <v>753</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>722</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>743</v>
+        <v>754</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>744</v>
+        <v>755</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>746</v>
+        <v>757</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>722</v>
+        <v>218</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>29</v>
+        <v>105</v>
       </c>
     </row>
     <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>747</v>
+        <v>758</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>748</v>
+        <v>759</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>749</v>
+        <v>760</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>750</v>
+        <v>761</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>722</v>
+        <v>218</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>29</v>
+        <v>105</v>
       </c>
     </row>
     <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>751</v>
+        <v>762</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>752</v>
+        <v>763</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>753</v>
+        <v>764</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>754</v>
+        <v>765</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>755</v>
+        <v>766</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>756</v>
+        <v>767</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>757</v>
+        <v>767</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>758</v>
+        <v>768</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>722</v>
+        <v>624</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>759</v>
+        <v>769</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>760</v>
+        <v>770</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>763</v>
+        <v>773</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>764</v>
+        <v>774</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>765</v>
+        <v>775</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>767</v>
+        <v>777</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>768</v>
+        <v>778</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>769</v>
+        <v>778</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>770</v>
+        <v>779</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>722</v>
+        <v>780</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>771</v>
+        <v>781</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>772</v>
+        <v>782</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>773</v>
+        <v>783</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>774</v>
+        <v>784</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>29</v>
+        <v>516</v>
       </c>
     </row>
     <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>775</v>
+        <v>785</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>776</v>
+        <v>786</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>777</v>
+        <v>787</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>778</v>
+        <v>788</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>779</v>
+        <v>789</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>780</v>
+        <v>790</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>781</v>
+        <v>791</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>782</v>
+        <v>792</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>783</v>
+        <v>793</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>784</v>
+        <v>794</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>785</v>
+        <v>795</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>786</v>
+        <v>796</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>787</v>
+        <v>797</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>788</v>
+        <v>798</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>789</v>
+        <v>799</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>790</v>
+        <v>800</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>791</v>
+        <v>801</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>792</v>
+        <v>802</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>794</v>
+        <v>804</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>795</v>
+        <v>805</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>796</v>
+        <v>806</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>797</v>
+        <v>807</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>798</v>
+        <v>808</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>799</v>
+        <v>809</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>800</v>
+        <v>810</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>802</v>
+        <v>812</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>29</v>
+        <v>558</v>
       </c>
     </row>
     <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>804</v>
+        <v>814</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>805</v>
+        <v>815</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>806</v>
+        <v>816</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>722</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>807</v>
+        <v>817</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>808</v>
+        <v>818</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>809</v>
+        <v>819</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>810</v>
+        <v>820</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>722</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>811</v>
+        <v>821</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>812</v>
+        <v>822</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>813</v>
+        <v>823</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>722</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>815</v>
+        <v>825</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>816</v>
+        <v>826</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>817</v>
+        <v>827</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>818</v>
+        <v>828</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>819</v>
+        <v>829</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>820</v>
+        <v>830</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>821</v>
+        <v>831</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>822</v>
+        <v>832</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>823</v>
+        <v>833</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>824</v>
+        <v>834</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>825</v>
+        <v>835</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>826</v>
+        <v>836</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>26</v>
       </c>
     </row>
     <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>827</v>
+        <v>837</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>829</v>
+        <v>839</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>830</v>
+        <v>840</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>26</v>
       </c>
     </row>
     <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>831</v>
+        <v>841</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>832</v>
+        <v>842</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>833</v>
+        <v>843</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>834</v>
+        <v>844</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>26</v>
       </c>
     </row>
     <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>835</v>
+        <v>845</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>836</v>
+        <v>846</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>836</v>
+        <v>847</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>837</v>
+        <v>848</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>838</v>
+        <v>849</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>839</v>
+        <v>850</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>840</v>
+        <v>851</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>841</v>
+        <v>852</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>572</v>
+        <v>482</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
     </row>
     <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>842</v>
+        <v>853</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>843</v>
+        <v>854</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>843</v>
+        <v>854</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>844</v>
+        <v>855</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>685</v>
+        <v>163</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>845</v>
+        <v>856</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>846</v>
+        <v>857</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>847</v>
+        <v>857</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>848</v>
+        <v>858</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>28</v>
+        <v>624</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>850</v>
+        <v>860</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>851</v>
+        <v>861</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>572</v>
+        <v>863</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>174</v>
+        <v>26</v>
       </c>
     </row>
     <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>853</v>
+        <v>864</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>854</v>
+        <v>865</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>855</v>
+        <v>865</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>572</v>
+        <v>624</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>174</v>
+        <v>26</v>
       </c>
     </row>
     <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>858</v>
+        <v>868</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>858</v>
+        <v>868</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>859</v>
+        <v>869</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>860</v>
+        <v>624</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>862</v>
+        <v>871</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>864</v>
+        <v>873</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>572</v>
+        <v>661</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>559</v>
+        <v>26</v>
       </c>
     </row>
     <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>865</v>
+        <v>874</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>866</v>
+        <v>875</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>867</v>
+        <v>876</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>868</v>
+        <v>877</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>572</v>
+        <v>661</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>174</v>
+        <v>26</v>
       </c>
     </row>
     <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>869</v>
+        <v>878</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>870</v>
+        <v>879</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>871</v>
+        <v>880</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>872</v>
+        <v>881</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>572</v>
+        <v>661</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>174</v>
+        <v>26</v>
       </c>
     </row>
     <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>873</v>
+        <v>882</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>874</v>
+        <v>883</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>875</v>
+        <v>884</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>876</v>
+        <v>885</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>572</v>
+        <v>661</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>174</v>
+        <v>26</v>
       </c>
     </row>
     <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>878</v>
+        <v>887</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>879</v>
+        <v>888</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>572</v>
+        <v>661</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>174</v>
+        <v>26</v>
       </c>
     </row>
     <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>883</v>
+        <v>892</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>884</v>
+        <v>893</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>572</v>
+        <v>661</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>174</v>
+        <v>26</v>
       </c>
     </row>
     <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>885</v>
+        <v>894</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>572</v>
+        <v>241</v>
       </c>
       <c r="G224" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>889</v>
+        <v>898</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>890</v>
+        <v>899</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>891</v>
+        <v>900</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>572</v>
+        <v>241</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>608</v>
+        <v>15</v>
       </c>
     </row>
     <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>29</v>
+        <v>241</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>898</v>
+        <v>907</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>899</v>
+        <v>908</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>900</v>
+        <v>909</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>29</v>
+        <v>241</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>901</v>
+        <v>910</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>902</v>
+        <v>911</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>903</v>
+        <v>912</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>904</v>
+        <v>913</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>29</v>
+        <v>661</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>905</v>
+        <v>914</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>906</v>
+        <v>915</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>907</v>
+        <v>916</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>908</v>
+        <v>917</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>29</v>
+        <v>661</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>909</v>
+        <v>918</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>910</v>
+        <v>919</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>911</v>
+        <v>919</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>29</v>
+        <v>921</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>913</v>
+        <v>922</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>914</v>
+        <v>923</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>915</v>
+        <v>924</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>29</v>
+        <v>863</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>358</v>
       </c>
     </row>
     <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>917</v>
+        <v>926</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>919</v>
+        <v>927</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>920</v>
+        <v>928</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>29</v>
+        <v>921</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>922</v>
+        <v>930</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>923</v>
+        <v>931</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>924</v>
+        <v>932</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>29</v>
+        <v>863</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>242</v>
       </c>
     </row>
     <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>925</v>
+        <v>933</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>926</v>
+        <v>934</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>927</v>
+        <v>934</v>
       </c>
       <c r="D234" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>29</v>
+        <v>624</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>929</v>
+        <v>936</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>930</v>
+        <v>937</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>932</v>
+        <v>939</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>530</v>
+        <v>482</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
     </row>
     <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>933</v>
+        <v>940</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>934</v>
+        <v>941</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>934</v>
+        <v>942</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>935</v>
+        <v>943</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>173</v>
+        <v>482</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>936</v>
+        <v>944</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>937</v>
+        <v>945</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>937</v>
+        <v>946</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>685</v>
+        <v>482</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>939</v>
+        <v>948</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>940</v>
+        <v>949</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>941</v>
+        <v>950</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>942</v>
+        <v>951</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>943</v>
+        <v>218</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>945</v>
+        <v>954</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>946</v>
+        <v>955</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>685</v>
+        <v>956</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>947</v>
+        <v>957</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>948</v>
+        <v>958</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>948</v>
+        <v>959</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>949</v>
+        <v>960</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>685</v>
+        <v>956</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>950</v>
+        <v>961</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>951</v>
+        <v>962</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>952</v>
+        <v>963</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>953</v>
+        <v>964</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>722</v>
+        <v>241</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>29</v>
+        <v>381</v>
       </c>
     </row>
     <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>954</v>
+        <v>965</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>955</v>
+        <v>966</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>956</v>
+        <v>967</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>957</v>
+        <v>968</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>722</v>
+        <v>241</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>29</v>
+        <v>291</v>
       </c>
     </row>
     <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>958</v>
+        <v>969</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>959</v>
+        <v>970</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>960</v>
+        <v>971</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>961</v>
+        <v>972</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>722</v>
+        <v>241</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>962</v>
+        <v>973</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>963</v>
+        <v>974</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>964</v>
+        <v>975</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>965</v>
+        <v>976</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>722</v>
+        <v>241</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>966</v>
+        <v>977</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>967</v>
+        <v>978</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>968</v>
+        <v>979</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>969</v>
+        <v>980</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>722</v>
+        <v>241</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>29</v>
+        <v>291</v>
       </c>
     </row>
     <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>970</v>
+        <v>981</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>971</v>
+        <v>982</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>972</v>
+        <v>983</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>973</v>
+        <v>984</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>722</v>
+        <v>241</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>974</v>
+        <v>985</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>975</v>
+        <v>986</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>976</v>
+        <v>987</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>977</v>
+        <v>988</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>15</v>
+        <v>291</v>
       </c>
     </row>
     <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>978</v>
+        <v>989</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>979</v>
+        <v>990</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>980</v>
+        <v>991</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>981</v>
+        <v>992</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="G248" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>982</v>
+        <v>993</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>983</v>
+        <v>994</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>984</v>
+        <v>995</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>985</v>
+        <v>996</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>15</v>
+        <v>209</v>
       </c>
     </row>
     <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>986</v>
+        <v>997</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>987</v>
+        <v>998</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>988</v>
+        <v>999</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>989</v>
+        <v>1000</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>15</v>
+        <v>209</v>
       </c>
     </row>
     <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>990</v>
+        <v>1001</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>991</v>
+        <v>1002</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>992</v>
+        <v>1003</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>993</v>
+        <v>1004</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>15</v>
+        <v>209</v>
       </c>
     </row>
     <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>994</v>
+        <v>1005</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>995</v>
+        <v>1006</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>996</v>
+        <v>1007</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>997</v>
+        <v>1008</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>722</v>
+        <v>241</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>29</v>
+        <v>209</v>
       </c>
     </row>
     <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>998</v>
+        <v>1009</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>999</v>
+        <v>1010</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>1000</v>
+        <v>1011</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>1001</v>
+        <v>1012</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>722</v>
+        <v>241</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>29</v>
+        <v>242</v>
       </c>
     </row>
     <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>1002</v>
+        <v>1013</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>1003</v>
+        <v>1014</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>1003</v>
+        <v>1015</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>1004</v>
+        <v>1016</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>1005</v>
+        <v>661</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="255" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
-        <v>1006</v>
+        <v>1017</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>1007</v>
+        <v>1018</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>1008</v>
+        <v>1015</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>1009</v>
+        <v>1019</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>943</v>
+        <v>661</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
     </row>
     <row r="256" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
-        <v>1010</v>
+        <v>1020</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>1011</v>
+        <v>1021</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>1011</v>
+        <v>1022</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>1012</v>
+        <v>1023</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>1005</v>
+        <v>661</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
-        <v>1013</v>
+        <v>1024</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>1014</v>
+        <v>1025</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>1015</v>
+        <v>1022</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>1016</v>
+        <v>1026</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>943</v>
+        <v>661</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>253</v>
+        <v>26</v>
       </c>
     </row>
     <row r="258" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
-        <v>1017</v>
+        <v>1027</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>1018</v>
+        <v>1028</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>1019</v>
+        <v>1029</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>685</v>
+        <v>661</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="259" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
-        <v>1020</v>
+        <v>1030</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>1021</v>
+        <v>1031</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>1022</v>
+        <v>1032</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>1023</v>
+        <v>1033</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>530</v>
+        <v>661</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="260" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
-        <v>1024</v>
+        <v>1034</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>1025</v>
+        <v>1035</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>1026</v>
+        <v>1036</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>1027</v>
+        <v>1037</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>530</v>
+        <v>661</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
-        <v>1028</v>
+        <v>1038</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>1029</v>
+        <v>1039</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="D261" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>1031</v>
+        <v>1041</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>530</v>
+        <v>661</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>1034</v>
+        <v>1044</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>1035</v>
+        <v>1045</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>449</v>
+        <v>661</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>174</v>
+        <v>26</v>
       </c>
     </row>
     <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>1036</v>
+        <v>1046</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>1037</v>
+        <v>1047</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>1038</v>
+        <v>1048</v>
       </c>
       <c r="D263" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>1039</v>
+        <v>1049</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>1040</v>
+        <v>661</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>174</v>
+        <v>26</v>
       </c>
     </row>
     <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>1041</v>
+        <v>1050</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1042</v>
+        <v>1051</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>1043</v>
+        <v>1052</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>1044</v>
+        <v>1053</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>252</v>
+        <v>661</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>450</v>
+        <v>26</v>
       </c>
     </row>
     <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>1045</v>
+        <v>1054</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>1046</v>
+        <v>1055</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>1047</v>
+        <v>1056</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>1048</v>
+        <v>1057</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>252</v>
+        <v>956</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>15</v>
+        <v>164</v>
       </c>
     </row>
     <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>1049</v>
+        <v>1058</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1050</v>
+        <v>1059</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>1051</v>
+        <v>1060</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>1052</v>
+        <v>1061</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>252</v>
+        <v>956</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>307</v>
+        <v>164</v>
       </c>
     </row>
     <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>1053</v>
+        <v>1062</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>1054</v>
+        <v>1063</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>1055</v>
+        <v>1064</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>1056</v>
+        <v>1065</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>252</v>
+        <v>956</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>174</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>1057</v>
+        <v>1067</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1058</v>
+        <v>1068</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>1059</v>
+        <v>1069</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>1060</v>
+        <v>1070</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>252</v>
+        <v>956</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>15</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>1061</v>
+        <v>1071</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1062</v>
+        <v>1072</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1063</v>
+        <v>1073</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>1064</v>
+        <v>1074</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>252</v>
+        <v>956</v>
       </c>
       <c r="G269" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>1065</v>
+        <v>1075</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1066</v>
+        <v>1076</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1067</v>
+        <v>1077</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>1068</v>
+        <v>1078</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>252</v>
+        <v>956</v>
       </c>
       <c r="G270" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>1069</v>
+        <v>1079</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1070</v>
+        <v>1080</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1070</v>
+        <v>1081</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>1071</v>
+        <v>1082</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>28</v>
+        <v>956</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>29</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>1072</v>
+        <v>1083</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1073</v>
+        <v>1084</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1074</v>
+        <v>1085</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>1075</v>
+        <v>1086</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>252</v>
+        <v>956</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>215</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>1076</v>
+        <v>1087</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1077</v>
+        <v>1088</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>1078</v>
+        <v>1088</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>1079</v>
+        <v>1089</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>252</v>
+        <v>1090</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>215</v>
+        <v>15</v>
       </c>
     </row>
     <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>1080</v>
+        <v>1091</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1081</v>
+        <v>1092</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>1082</v>
+        <v>1093</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>1083</v>
+        <v>1094</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>252</v>
+        <v>529</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>215</v>
+        <v>164</v>
       </c>
     </row>
     <row r="275" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>1084</v>
+        <v>1095</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1085</v>
+        <v>1096</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>1086</v>
+        <v>1097</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>1087</v>
+        <v>1098</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>252</v>
+        <v>529</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>215</v>
+        <v>164</v>
       </c>
     </row>
     <row r="276" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>1088</v>
+        <v>1099</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1089</v>
+        <v>1100</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>1090</v>
+        <v>1101</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>1091</v>
+        <v>1102</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>252</v>
+        <v>529</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>215</v>
+        <v>164</v>
       </c>
     </row>
     <row r="277" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
-        <v>1092</v>
+        <v>1103</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1093</v>
+        <v>1104</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1094</v>
+        <v>1105</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>1095</v>
+        <v>1106</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>252</v>
+        <v>661</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>253</v>
+        <v>164</v>
       </c>
     </row>
     <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
-        <v>1096</v>
+        <v>1107</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1097</v>
+        <v>1108</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1098</v>
+        <v>1109</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>1099</v>
+        <v>1110</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>722</v>
+        <v>661</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
-        <v>1100</v>
+        <v>1111</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1101</v>
+        <v>1112</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1098</v>
+        <v>1113</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>1102</v>
+        <v>1114</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>722</v>
+        <v>661</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
-        <v>1103</v>
+        <v>1115</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1104</v>
+        <v>1116</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1105</v>
+        <v>1113</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>1106</v>
+        <v>1117</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>722</v>
+        <v>661</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>1107</v>
+        <v>1118</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1108</v>
+        <v>1119</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1105</v>
+        <v>1113</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>1109</v>
+        <v>1120</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>722</v>
+        <v>661</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
-        <v>1110</v>
+        <v>1121</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1111</v>
+        <v>1122</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1105</v>
+        <v>1113</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1112</v>
+        <v>1123</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>722</v>
+        <v>661</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C283" s="1" t="s">
         <v>1113</v>
       </c>
-      <c r="B283" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D283" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1116</v>
+        <v>1126</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>722</v>
+        <v>661</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>1117</v>
+        <v>1127</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1118</v>
+        <v>1128</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1119</v>
+        <v>1129</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1120</v>
+        <v>1130</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>722</v>
+        <v>661</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="285" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
-        <v>1121</v>
+        <v>1127</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1122</v>
+        <v>1131</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1123</v>
+        <v>1132</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1124</v>
+        <v>1133</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>722</v>
+        <v>661</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1125</v>
+        <v>1134</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1126</v>
+        <v>1135</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1127</v>
+        <v>1136</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>722</v>
+        <v>661</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1129</v>
+        <v>1138</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1130</v>
+        <v>1139</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1131</v>
+        <v>1140</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1132</v>
+        <v>1141</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>29</v>
+        <v>604</v>
       </c>
     </row>
     <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1133</v>
+        <v>1142</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1134</v>
+        <v>1143</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1135</v>
+        <v>1144</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1136</v>
+        <v>1145</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1137</v>
+        <v>1146</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1138</v>
+        <v>1147</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1139</v>
+        <v>1148</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1140</v>
+        <v>1149</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>1040</v>
+        <v>529</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
     </row>
     <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1141</v>
+        <v>1150</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1142</v>
+        <v>1151</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1143</v>
+        <v>1152</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1144</v>
+        <v>1153</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>1040</v>
+        <v>661</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>174</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1145</v>
+        <v>1155</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1146</v>
+        <v>1156</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1148</v>
+        <v>1158</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>1040</v>
+        <v>661</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>1149</v>
+        <v>164</v>
       </c>
     </row>
     <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1150</v>
+        <v>1159</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1151</v>
+        <v>1160</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1152</v>
+        <v>1161</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1153</v>
+        <v>1162</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>1040</v>
+        <v>661</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>15</v>
+        <v>164</v>
       </c>
     </row>
     <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B293" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E293" s="3" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F293" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="G293" s="3" t="s">
         <v>1154</v>
-      </c>
-[...16 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1158</v>
+        <v>1167</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1159</v>
+        <v>1168</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1160</v>
+        <v>1169</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1161</v>
+        <v>1170</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>1040</v>
+        <v>661</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
-        <v>1162</v>
+        <v>1171</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1163</v>
+        <v>1172</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1164</v>
+        <v>1173</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1165</v>
+        <v>1174</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>1040</v>
+        <v>661</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1166</v>
+        <v>1175</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1167</v>
+        <v>1176</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1167</v>
+        <v>1177</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1168</v>
+        <v>1178</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>1169</v>
+        <v>661</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>15</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
-        <v>1170</v>
+        <v>1179</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1171</v>
+        <v>1180</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1172</v>
+        <v>1181</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1173</v>
+        <v>1182</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>572</v>
+        <v>661</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>174</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1174</v>
+        <v>1183</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1175</v>
+        <v>1184</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1176</v>
+        <v>1185</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1177</v>
+        <v>1186</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>572</v>
+        <v>529</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>174</v>
+        <v>15</v>
       </c>
     </row>
     <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
-        <v>1178</v>
+        <v>1187</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1179</v>
+        <v>1188</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1180</v>
+        <v>1189</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>1181</v>
+        <v>1190</v>
       </c>
       <c r="F299" s="3" t="s">
-        <v>572</v>
+        <v>529</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
     </row>
     <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1182</v>
+        <v>1191</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1183</v>
+        <v>1192</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>1185</v>
+        <v>1194</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>722</v>
+        <v>661</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>174</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
-        <v>1186</v>
+        <v>1195</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1187</v>
+        <v>1196</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1188</v>
+        <v>1197</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>1189</v>
+        <v>1198</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>722</v>
+        <v>661</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>174</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
-        <v>1190</v>
+        <v>1199</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1191</v>
+        <v>1200</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1192</v>
+        <v>1201</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>1193</v>
+        <v>1202</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>722</v>
+        <v>25</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>174</v>
+        <v>587</v>
       </c>
     </row>
     <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
-        <v>1194</v>
+        <v>1203</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1195</v>
+        <v>1204</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1192</v>
+        <v>1205</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>1196</v>
+        <v>1206</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>722</v>
+        <v>25</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>174</v>
+        <v>587</v>
       </c>
     </row>
     <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
-        <v>1197</v>
+        <v>1207</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1198</v>
+        <v>1208</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1192</v>
+        <v>1209</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>1199</v>
+        <v>1210</v>
       </c>
       <c r="F304" s="3" t="s">
-        <v>722</v>
+        <v>956</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
     </row>
     <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
-        <v>1200</v>
+        <v>1211</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1201</v>
+        <v>1212</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1192</v>
+        <v>1212</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>1202</v>
+        <v>1213</v>
       </c>
       <c r="F305" s="3" t="s">
-        <v>722</v>
+        <v>1214</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>174</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="306" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
-        <v>1203</v>
+        <v>1216</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1204</v>
+        <v>1217</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1192</v>
+        <v>1217</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>1205</v>
+        <v>1218</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>722</v>
+        <v>1214</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>174</v>
+        <v>15</v>
       </c>
     </row>
     <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
-        <v>1206</v>
+        <v>1219</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1207</v>
+        <v>1220</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1192</v>
+        <v>1221</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>1208</v>
+        <v>1222</v>
       </c>
       <c r="F307" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>174</v>
+        <v>15</v>
       </c>
     </row>
     <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
-        <v>1209</v>
+        <v>1223</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1210</v>
+        <v>1224</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1211</v>
+        <v>1225</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1212</v>
+        <v>1226</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>29</v>
+        <v>516</v>
       </c>
     </row>
     <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
-        <v>1209</v>
+        <v>1227</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1213</v>
+        <v>1228</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1215</v>
+        <v>1230</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>29</v>
+        <v>164</v>
       </c>
     </row>
     <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
-        <v>1216</v>
+        <v>1231</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1217</v>
+        <v>1232</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1218</v>
+        <v>1233</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1219</v>
+        <v>1234</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
     </row>
     <row r="311" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
-        <v>1220</v>
+        <v>1235</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1221</v>
+        <v>1236</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1222</v>
+        <v>1237</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1223</v>
+        <v>1238</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>572</v>
+        <v>529</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>664</v>
+        <v>15</v>
       </c>
     </row>
     <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
-        <v>1224</v>
+        <v>1239</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1225</v>
+        <v>1240</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1226</v>
+        <v>1241</v>
       </c>
       <c r="D312" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1227</v>
+        <v>1242</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>572</v>
+        <v>529</v>
       </c>
       <c r="G312" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="313" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1228</v>
+        <v>1243</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1229</v>
+        <v>1244</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1230</v>
+        <v>1245</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1231</v>
+        <v>1246</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>572</v>
+        <v>529</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>174</v>
+        <v>15</v>
       </c>
     </row>
     <row r="314" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1232</v>
+        <v>1247</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1233</v>
+        <v>1248</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1234</v>
+        <v>1249</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1235</v>
+        <v>1250</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>1236</v>
+        <v>15</v>
       </c>
     </row>
     <row r="315" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1237</v>
+        <v>1251</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1238</v>
+        <v>1252</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1239</v>
+        <v>1253</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1240</v>
+        <v>1254</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
     </row>
     <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1241</v>
+        <v>1255</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1242</v>
+        <v>1256</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1243</v>
+        <v>1257</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1244</v>
+        <v>1258</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>174</v>
+        <v>15</v>
       </c>
     </row>
     <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1245</v>
+        <v>1259</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1246</v>
+        <v>1260</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1247</v>
+        <v>1261</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1248</v>
+        <v>1262</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>1236</v>
+        <v>15</v>
       </c>
     </row>
     <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1249</v>
+        <v>1263</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1250</v>
+        <v>1264</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1251</v>
+        <v>1265</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1252</v>
+        <v>1266</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>1236</v>
+        <v>164</v>
       </c>
     </row>
     <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1253</v>
+        <v>1267</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1254</v>
+        <v>1268</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1255</v>
+        <v>1269</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1256</v>
+        <v>1270</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>1236</v>
+        <v>15</v>
       </c>
     </row>
     <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1257</v>
+        <v>1271</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1258</v>
+        <v>1272</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1259</v>
+        <v>1273</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1260</v>
+        <v>1274</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>1236</v>
+        <v>15</v>
       </c>
     </row>
     <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1261</v>
+        <v>1275</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1262</v>
+        <v>1276</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1263</v>
+        <v>1277</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1264</v>
+        <v>1278</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>572</v>
+        <v>529</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>15</v>
+        <v>164</v>
       </c>
     </row>
     <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1265</v>
+        <v>1279</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1266</v>
+        <v>1280</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1267</v>
+        <v>1281</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1268</v>
+        <v>1282</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>572</v>
+        <v>529</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
     </row>
     <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1269</v>
+        <v>1283</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1270</v>
+        <v>1284</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1271</v>
+        <v>1285</v>
       </c>
       <c r="D323" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1272</v>
+        <v>1286</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>722</v>
+        <v>529</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>1236</v>
+        <v>164</v>
       </c>
     </row>
     <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1273</v>
+        <v>1287</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1274</v>
+        <v>1288</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1275</v>
+        <v>1289</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1276</v>
+        <v>1290</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>28</v>
+        <v>529</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>639</v>
+        <v>164</v>
       </c>
     </row>
     <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1277</v>
+        <v>1291</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1278</v>
+        <v>1292</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1279</v>
+        <v>1293</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1280</v>
+        <v>1294</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>28</v>
+        <v>529</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>639</v>
+        <v>164</v>
       </c>
     </row>
     <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1281</v>
+        <v>1295</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1282</v>
+        <v>1296</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1283</v>
+        <v>1297</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1284</v>
+        <v>1298</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>1040</v>
+        <v>529</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
     </row>
     <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1285</v>
+        <v>1299</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1286</v>
+        <v>1300</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1287</v>
+        <v>1301</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1288</v>
+        <v>1302</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>1040</v>
+        <v>529</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
     </row>
     <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1289</v>
+        <v>1303</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1290</v>
+        <v>1304</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1291</v>
+        <v>1305</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1292</v>
+        <v>1306</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>572</v>
+        <v>241</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>15</v>
+        <v>164</v>
       </c>
     </row>
     <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1293</v>
+        <v>1307</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1294</v>
+        <v>1308</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1294</v>
+        <v>1309</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1295</v>
+        <v>1310</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>1296</v>
+        <v>400</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>1297</v>
+        <v>164</v>
       </c>
     </row>
     <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1298</v>
+        <v>1311</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1299</v>
+        <v>1312</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1299</v>
+        <v>1313</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1300</v>
+        <v>1314</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>1296</v>
+        <v>241</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>15</v>
+        <v>164</v>
       </c>
     </row>
     <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1301</v>
+        <v>1315</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1302</v>
+        <v>1316</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1303</v>
+        <v>1317</v>
       </c>
       <c r="D331" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1304</v>
+        <v>1318</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>572</v>
+        <v>241</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>15</v>
+        <v>164</v>
       </c>
     </row>
     <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
-        <v>1305</v>
+        <v>1319</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1306</v>
+        <v>1320</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1307</v>
+        <v>1321</v>
       </c>
       <c r="D332" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1308</v>
+        <v>1322</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>572</v>
+        <v>241</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>559</v>
+        <v>164</v>
       </c>
     </row>
     <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
-        <v>1309</v>
+        <v>1323</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1310</v>
+        <v>1324</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1311</v>
+        <v>1325</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1312</v>
+        <v>1326</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>572</v>
+        <v>1327</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
     </row>
     <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1313</v>
+        <v>1328</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1314</v>
+        <v>1329</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1315</v>
+        <v>1330</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1316</v>
+        <v>1331</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>572</v>
+        <v>1327</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
     </row>
     <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1317</v>
+        <v>1332</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1318</v>
+        <v>1333</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1319</v>
+        <v>1334</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1320</v>
+        <v>1335</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>572</v>
+        <v>20</v>
       </c>
       <c r="G335" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1321</v>
+        <v>1336</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1322</v>
+        <v>1337</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1323</v>
+        <v>1338</v>
       </c>
       <c r="D336" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1324</v>
+        <v>1339</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>572</v>
+        <v>20</v>
       </c>
       <c r="G336" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1325</v>
+        <v>1340</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1326</v>
+        <v>1341</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1327</v>
+        <v>1342</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1328</v>
+        <v>1343</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>572</v>
+        <v>661</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>15</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1329</v>
+        <v>1344</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1330</v>
+        <v>1345</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1331</v>
+        <v>1346</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1332</v>
+        <v>1347</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>572</v>
+        <v>661</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>15</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1333</v>
+        <v>1348</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1334</v>
+        <v>1349</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1335</v>
+        <v>1350</v>
       </c>
       <c r="D339" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1336</v>
+        <v>1351</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>572</v>
+        <v>661</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>174</v>
-[...367 lines deleted...]
-        <v>174</v>
+        <v>1154</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">