--- v0 (2025-10-25)
+++ v1 (2026-02-17)
@@ -12,112 +12,109 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1518">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1521">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c62/ba2on0xmms7royzwwtdwll69bxtdop1h.jpg</t>
   </si>
   <si>
     <t>Ручка шарик.автом. PILOT BPRK 0,7 мм синий прорез. корпус синий: BPRK-10M-L штр.: 4902505134814</t>
   </si>
   <si>
     <t>Автоматическая ручка, имеющая прорезиненный корпус. Наконечник из металла. Чернила синие. Чернила имеют масляную основу. Стержень длиной 99 мм. Пишущий узел – 0,7 мм.</t>
   </si>
   <si>
     <t>Авторучки</t>
   </si>
   <si>
     <t>104840</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pilot/"&gt;Pilot&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f72/p24n1slnb1p4fwii4db2vtcpj2mtk9kh.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7df/l18d9n5yr0n4s11a03nzx6b9biec5exu.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая PILOT REXGRIP 0,7 мм синий резин.грип   BPRG-10R-F-L</t>
   </si>
   <si>
     <t>104843</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e54/hslwh2dpne0t205v4dnyjwcddhbk8lhp.jpg</t>
   </si>
   <si>
     <t>Ручка шарик.автом. PILOT SUPER GRIP 0,7 мм синий резин.грип: BPGP-10R-F L штр.: 4902505154669</t>
   </si>
   <si>
     <t>Шариковая автоматическая ручка очень удобна в использовании, так как позволяет пальцам принять естественное положение. Для предотвращения скольжения пальцев предусмотрен резиновый упор, который обепечивает удобный захват корпуса, а также комфортное и мягкое письмо. Прозрачный корпус ручки позволяет контролировать расход чернил на масляной основе. Пишущий узел – 0,7 мм. Длина стержня – 99 мм.Сменный стержень: 024682</t>
   </si>
   <si>
     <t>104848</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af9/jddr5315gonw2a2ziezsxz3iv3i2732u.jpg</t>
@@ -164,1058 +161,974 @@
   <si>
     <t>Ручка шарик.автом. LINC ELANTRA 0,7 мм синий резин.грип</t>
   </si>
   <si>
     <t>121101</t>
   </si>
   <si>
     <t>&lt;a href="/brands/linc/"&gt;Linc&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a4/aqmuptkjuhj4y5d9kwpnyd4f6ms3nwn0.jpg</t>
   </si>
   <si>
     <t>Ручка шарик.автом. inФОРМАТ БИЗНЕС 0,7 мм синий резин.грип: BPAOF-07Bl штр.: 4602723080619</t>
   </si>
   <si>
     <t>Автоматическая шариковая ручка выполнена из полупрозрачного пластика, что позволяет контролировать расход чернил. Удобный резиновый упор для пальцев предотвращает скольжение пальцев по корпусу во время письма. Специальная формула чернил с пониженной вязкостью обеспечивают супермягкое и четкое письмо. Пишущий узел - 0,7 мм.</t>
   </si>
   <si>
     <t>279914</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3ec/61jw7bpxyu24ug1zxt3z1byhg1k012x9.jpg</t>
-[...5 lines deleted...]
-    <t>279915</t>
+    <t>http://anytos.ru//upload/iblock/d58/d58dee50eae06a298aaa0f6d104744b4.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая  quot;Classic Pro quot;, красная, 0,7мм, грип: CBm_70924 штр.: 4260107478249</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Classic Pro&amp;nbsp;&amp;nbsp;с клипом и мягким резиновым грипом. Кнопочная подача стержня. Технология Smart Ink обеспечивает супермягкое письмо. Диаметр пишущего узла - 0,7 мм. Отпускается только упаковкой в картонную коробку по 12 шт.</t>
+  </si>
+  <si>
+    <t>336726</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e5a/e5a5dce9c3a2d2e88d3598907bd22900.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая  quot;ColorZone quot;, 0,7мм, синяя, корпус ассорти: CBm_70950 штр.: 4260107478584</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая &amp;quot;ColorZone&amp;quot;&amp;nbsp;&amp;nbsp;с клипом и прорезиненным корпусом. Кнопочная подача стержня. Технология Smart Ink обеспечивает супермягкое письмо. Диаметр пишущего узла - 0,7 мм. Отпускается только упаковкой в картонную коробку по 20 шт. Цвета корпуса ассорти - зеленый, голубой, фиолетовый, оранжевый, розовый.</t>
+  </si>
+  <si>
+    <t>336727</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/246/246f0922ab8b8c7508455af233cbaa7b.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая  quot;Grand Ball quot;, синяя, 0,7мм: OA-300N штр.: Not</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка с яркими чернилами на масляной основе обеспечивает комфортное и мягкое письмо. Черный корпус с синими деталями</t>
+  </si>
+  <si>
+    <t>336728</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/crown/"&gt;Crown&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/426/426541379711af4161d7f0d03ee2cbcc.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая  quot;Triangle 110 RT Color quot; синяя, 0,7мм, трехгран., игольчатый стержень: CBm_07120 штр.: 14260107479816</t>
+  </si>
+  <si>
+    <t>Технология Smart Ink обеспечиваeт супермягкое письмо. Кнопочная подача стержня. Удобный корпус трёхгранной формы. Резиновый грип, мягкая зона захвата. Цвет корпуса - ассорти. Диаметр пишущего узла - 0,7 мм. Цвет чернил - синий. Отпускается только упаковкой - картонная коробка по 12 шт.</t>
+  </si>
+  <si>
+    <t>336732</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/775/5vy1hxa3a1ifkl5oh41kww53yofn69az.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая  quot;Cosmic quot; синяя, 1,0мм, корпус черный хром, кнопочный механизм 976544</t>
+  </si>
+  <si>
+    <t>Шариковая ручка в металлическом корпусе с лаковым покрытием и хромированными элементами</t>
+  </si>
+  <si>
+    <t>336780</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/luxor/"&gt;Luxor&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e79/e7938912c7298f1f473bde4dca9b9606.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая  quot;Delucci quot; синяя, 1,0мм, корпус серебряный, поворотный механизм, подар.уп.: CPs_11313 штр.: 4260107472216</t>
+  </si>
+  <si>
+    <t>Подарочная шариковая ручка Delucci станет изысканным подарком как для начальника, так и для коллег. Изысканная форма корпуса серебристого цвета. Отделка - хром, кристаллы на клипе. Диаметр пишущего узла - 1,0 мм.</t>
+  </si>
+  <si>
+    <t>336781</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/delucci/"&gt;DELUCCI&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/741/7416deca62f483d8cd26cdd1bb6a1318.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая  quot;Delucci quot; синяя, 1,0мм, корпус темно-серый, поворотный механизм, подар.уп.: CPs_11330 штр.: 4260107472261</t>
+  </si>
+  <si>
+    <t>Стильная, привлекательная, и при этом функциональная ручка Delucci прекрасно подойдет в подарок к различным праздникам. Изящный корпус тёмно-серого цвета. Оригинальный орнамент, клип утончённой формы. Диаметр пишущего узла - 1,0 мм.</t>
+  </si>
+  <si>
+    <t>336782</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/569/569b88a10e7fdfda7500303693eeff09.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая  quot;Delucci quot; синяя, 1,0мм, корпус темно-серый золото, поворотный механизм, подар.уп.: CPs_11227 штр.: 4260107472209</t>
+  </si>
+  <si>
+    <t>Безупречные формы, великолепный дизайн, качественное исполнение подарочной ручки Delucci никого не оставит равнодушным! Цвет корпуса - темно-серый.&amp;nbsp;&amp;nbsp;Отделка золотистого цвета. Кристаллы на клипе. Орнамент в зоне грипа.&amp;nbsp;&amp;nbsp;Изящная гравировка. Диаметр пишущего узла - 1,0 мм.</t>
+  </si>
+  <si>
+    <t>336783</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a8/4a8e4a8f4eefc541b137150d5bf88d87.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая  quot;Delucci quot; синяя, 1,0мм, корпус темно-серый золото, поворотный механизм, подар.уп.: CPs_11727 штр.: 4260107472254</t>
+  </si>
+  <si>
+    <t>Подарочная ручка Delucci сочетает в себе изысканный дизайн и современные технологии. Цвет корпуса - темно-серый. Отделка золотистого цвета, оригинальное рифление на корпусе, кристалл на клипе. Диаметр пишущего узла - 1,0 мм.</t>
+  </si>
+  <si>
+    <t>336784</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1fa/1fa38ba8c66f48cf942796ebe680f7b1.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая  quot;Classic Pro quot;, черная, 0,7мм, грип CBm_70923</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Classic Pro&amp;nbsp;&amp;nbsp;с клипом и мягким резиновым грипом. Кнопочная подача стержня. Технология Smart Ink обеспечивает супермягкое письмо. Диаметр пишущего узла - 0,7 мм. Упаковка в картонную коробку по 12 шт.</t>
+  </si>
+  <si>
+    <t>338202</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/397/397b5e03a0f9338ee20c33d5241c7fc7.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая  quot;CEO Ball quot; синяя, 0,7мм, грип АВ-2000R</t>
+  </si>
+  <si>
+    <t>Шариковая ручка с чернилами на масляной основе. Корпус из прозрачного пластика с элементами, тонированными в цвет чернил. Благодаря специальной резиновой накладке грип-зоны, ручка не проскальзывает в пальцах.</t>
+  </si>
+  <si>
+    <t>339024</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/95d/95d5428b0e997aed3561a79eb7541ff3.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Luxor  quot;Micra quot; черная, 0,7мм, грип. 1781</t>
+  </si>
+  <si>
+    <t>Автоматическая ручка с чернилами низкой вязкости. Гладкое комфортное письмо. Тонированный корпус с резиновым грипом</t>
+  </si>
+  <si>
+    <t>341832</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96c/96c096e4a3876bc5f1db75686cb462b5.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Uni  quot;Jetstream SXN-101-05 quot; синяя, 0,5 мм, грип 77361</t>
+  </si>
+  <si>
+    <t>Уникальная гладкость письма и мгновенное высыхание на бумаге за 1 секунду. Четкие и заполненные линии письма. Подходит для левшей и правшей. Зона захвата для пальцев из эластичной резины. Пигментные чернила устойчивы к выцветанию и смыванию водой. Корпус из полипропилена. Износостойкий пишущий узел из карбида вольфрама</t>
+  </si>
+  <si>
+    <t>349673</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/uni/"&gt;Uni&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d9/2d9c30e1dfafc3dd4e132ee1e42b5928.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;Fave quot; синяя, 1,0мм 130403</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка с тонированным корпусом. Пишущий узел M &amp;#40;средний&amp;#41; дает толщину линии письма 0,5 мм. Чернила являются быстросохнущими, свето- и водоустойчивыми, а также соответствуют международному стандарту качества ISO 12757-2 и отлично подходят для заполнения и подписи документов.</t>
+  </si>
+  <si>
+    <t>349976</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/schneider/"&gt;Schneider&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/904/90416d4e75415f454c1ccb51f2f3f118.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;Haptify quot; черная, 1,0мм, грип 135301</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка с увеличенной прорезиненой грип-зоной, имеющей три эргономичных каплевидных углубления, благодаря которым ручка удобно и комфортно ложится в руку. У ручки удлинённый упругий металлический клип, позволяющий легко фиксировать ее на блокноте или в кармане сумки.&amp;nbsp;&amp;nbsp;В ручку заправлен стержень Schneider Express 775 M с износостойким наконечником из нержавеющей стали, пишущий узел М &amp;#40;средний&amp;#41; дает толщину линии письма 0,5 мм. Чернила являются быстросохнущими, свето- и водоустойчивыми, а также соответствуют международному стандарту качества ISO 12757-2 и отлично подходят для заполнения и подписи документов.</t>
+  </si>
+  <si>
+    <t>349977</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb8/eb85deb5352f8df1ad297b910b4f3dad.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;K15 quot; синяя, корпус ассорти, 1,0мм 3080</t>
+  </si>
+  <si>
+    <t>Изящная автоматическая шариковая ручка.&amp;nbsp;&amp;nbsp;Корпус ручки изготовлен из пластика, цвет корпуса- ассорти, цвет чернил - синий. Кнопка механизма подачи стержня — металлическая. Пишущий узел M &amp;#40;средний&amp;#41; дает толщину линии письма 0,5 мм. Чернила являются быстросохнущими, свето- и водоустойчивыми, а также соответствуют международному стандарту качества ISO 12757-2 и отлично подходят для заполнения и подписи документов.</t>
+  </si>
+  <si>
+    <t>349979</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/97e/97e1c34808667e500e1e1da8d34c2c9c.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;K15 quot; синяя, корпус синий, 1,0мм 3083</t>
+  </si>
+  <si>
+    <t>Изящная автоматическая шариковая ручка. Корпус ручки изготовлен из пластика, цвет корпуса соответствует цвету чернил. Кнопка механизма подачи стержня — металлическая. Пишущий узел M &amp;#40;средний&amp;#41; дает толщину линии письма 0,5 мм. Чернила являются быстросохнущими, свето- и водоустойчивыми, а также соответствуют международному стандарту качества ISO 12757-2 и отлично подходят для заполнения и подписи документов.</t>
+  </si>
+  <si>
+    <t>349980</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/292/292f5ab5434ccd3f7571196b9b95540a.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;K15 quot; черная, корпус черный, 1,0мм 3081</t>
+  </si>
+  <si>
+    <t>349981</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c06/c06086491239d40941f5f46fac74be12.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;K20 Icy Colours quot; синяя, 1,0мм, корпус ассорти 132000</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка c тонированным корпусом ярких цветов. Слегка изогнутая форма корпуса обеспечивает комфортное положение ручки в руке. Износостойкий пишущий узел из нержавеющей стали M &amp;#40;средний&amp;#41; дает толщину линии письма 0,5 мм. Чернила являются быстросохнущими, свето- и водоустойчивыми, а также соответствуют международному стандарту качества ISO 12757-2 и отлично подходят для заполнения и подписи документов.</t>
+  </si>
+  <si>
+    <t>349982</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/482/48245a252a8363c258f649c50d0e9fef.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;Slider Rave quot; синяя, 1,4мм 132503</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка с использованием технологии Viscoglide® для необычайно легкого и скользящего письма. Корпус ручки покрыт приятной на ощупь резиной и несколько сужается к центру, образуя талию. На колпачке расположен широкий металлический клип. В ручку заправлен стержень с гибридными чернилами Schneider Slider 755 XB с износостойким наконечником из нержавеющей стали, пишущий узел XB &amp;#40;особо широкий&amp;#41; дает толщину линии письма 0,7 мм. Цвет корпуса соответствует цвету чернил. Чернила являются быстросохнущими, свето- и водоустойчивыми, а также соответствуют международному стандарту качества ISO 12757-2 и отлично подходят для заполнения и подписи документов.</t>
+  </si>
+  <si>
+    <t>349983</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bbb/bbb475852d3e599a59da14e57aab3d16.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;Suprimo quot; черная, 1,0мм, грип 135601</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка c тонированным пластиковым корпусом и прорезиненой зоной упора для пальцев для максимально комфортного письма. Износостойкий пишущий узел из нержавеющей стали M &amp;#40;средний&amp;#41; дает толщину линии письма 0,5 мм. Цвет корпуса соответствует цвету чернил. Чернила являются быстросохнущими, свето- и водоустойчивыми, а также соответствуют международному стандарту качества ISO 12757-2 и отлично подходят для заполнения и подписи документов.</t>
+  </si>
+  <si>
+    <t>349984</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a86/a866835863534e9525932bb6f6b7b6dc.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;K15 quot; синяя, корпус белый, 1,0мм 130820</t>
+  </si>
+  <si>
+    <t>Изящная автоматическая шариковая ручка. Корпус ручки изготовлен из пластика. Кнопка механизма подачи стержня — металлическая. Пишущий узел M &amp;#40;средний&amp;#41; дает толщину линии письма 0,5 мм. Чернила являются быстросохнущими, свето- и водоустойчивыми, а также соответствуют международному стандарту качества ISO 12757-2 и отлично подходят для заполнения и подписи документов.</t>
+  </si>
+  <si>
+    <t>350626</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de0/de09b5d0fab54c48770785a62ff3bc94.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;K15 quot; синяя, корпус зеленый, 1,0мм 130824</t>
+  </si>
+  <si>
+    <t>350627</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85d/85d4b26fb1306b44ba7ce0970ab2bd7d.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;K15 quot; синяя, корпус черный, 1,0мм 130821</t>
+  </si>
+  <si>
+    <t>350628</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d4/903z996ain7450bs5s06h75in62x6hkp.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая PILOT ACROBALL 0,7 мм синий резин.грип BPAB-15F-L</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка с чернилами нового поколения, обеспечивающими более плавное и мягкое письмо, позволяет чертить четкие и красивые линии. Для предотвращения скольжения пальцев по корпусу ручки предусмотрен резиновый упор, выолненный из мягкой гигроскопичной резины, который обеспечивает удобный захват. Тонированный корпус соответствует цвету чернил. Пишущий узел – 0,7 мм. Длина стержня – 115 мм.</t>
+  </si>
+  <si>
+    <t>353179</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/732/kd9t5etziwbsxjl79okn59t9bkdqllew.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая, автоматическая inФОРМАТ CLASSIC 0,70 мм синий резин.грип корп.синий тонир. BPAG-B</t>
+  </si>
+  <si>
+    <t>355087</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/18d/18d4d6fe0964be22f74abd4851423a1b.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Crown  quot;Quick Dry quot; синяя, 0,5мм, грип, гибридные чернила. QD-018</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка с быстросохнущими гибридными чернилами. Уникальный пишущий узел с двумя шариками регулирует подачу чернил</t>
+  </si>
+  <si>
+    <t>355328</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08d/08de2b5c393ed2c4fa4425975d27cf05.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;Haptify quot; синяя, 1,0мм, грип. 135303</t>
+  </si>
+  <si>
+    <t>355330</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d76/d76080d87ab8952543ffecb61eb595ba.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая OfficeSpace  quot;Nautilus quot; синяя, 0,7мм, на масляной основе, штрихкод. OBGP_21492</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка с удобным резиновым грипом и мягким письмом.&amp;nbsp;&amp;nbsp;Наличие штрихкода на единице товара.</t>
+  </si>
+  <si>
+    <t>357712</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0dc/58a8wv48xi3dtaoaf9qplgs9i8smkk21.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;K15 quot; синяя, корпус синий, 1,0мм, ш к. 130833</t>
+  </si>
+  <si>
+    <t>367188</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/48e/48e21d0791bc826b8db5bfc205be8ab3.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Berlingo  quot;Riteline quot;, синяя, 0,7мм, грип, корпус ассорти. CBm_70070</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Berlingo &amp;quot;Riteline&amp;quot; с клипом и резиновым грипом. Тонированный корпус, выполненный с применением технологии двойного литья. Цвета&amp;nbsp;&amp;nbsp;- ассорти: зелёный, фиолетовый, голубой. Круглый корпус. Диаметр пишущего узла - 0,7 мм.</t>
+  </si>
+  <si>
+    <t>368117</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e0/7e0848573a196f3c6c31ba93fedf1de9.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Berlingo  quot;Multicolor quot; 4цв., 0,7мм, синяя, ассорти. CBm_07180</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Berlingo &amp;quot;Multicolor&amp;quot; четырёхцветная, с клипом и резиновым грипом, 0,7мм. Цвет корпуса - ассорти: синий, зелёный, розовый, фиолетовый, оранжевый. Упаковка - коробка 12 шт.</t>
+  </si>
+  <si>
+    <t>368661</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/09a/09a6c49a582a2123e00e668b40335921/b94ef8e08c9216000f4a12bbc5e40a42.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая Attache Confiture, 0,5мм, синий, автом.,без манж.</t>
+  </si>
+  <si>
+    <t>414920</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/33b/33bffc56ff3530d3b9ecace9a15be546/50a879409980c96f666c592cea4b60fb.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая Unimax TOP TEK Fashion 0,5мм, син, мас, авт</t>
+  </si>
+  <si>
+    <t>414922</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/unimax/"&gt;Unimax&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/30e/30eac99670a70dde290812910dd77d45.jpeg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;K15 quot; синяя, корпус ассорти, 1,0мм, дисплей, ш к</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider &amp;quot;K15&amp;quot; в дисплее. Цвет чернил: синий. Кол-во ручек в дисплее - 216 шт. Пластиковый дисплей с наполнением предназанчен для размещения в стойке Schneider &amp;#40;арт. 260001/260017&amp;#41;, на полках магазина или в прикассовой зоне. Помогает эффектно представить товары Schneider в торговой точке. Предназначен для ручек серии K15.&amp;nbsp;&amp;nbsp;Автоматические шариковые ручки с нажимным механизмом. - Сменный стержень. - Корпус из цветного пластика. - Цвет корпуса ассорти: синий, красный, белый, черный, бирюзовый, желтый. - Пишущий узел M &amp;#40;средний&amp;#41;: диаметр 1,0 мм, толщина линии письма 0,5 мм. - Длина письма до 2 000 метров. - Быстросохнущие, свето- и водоустойчивые чернила соответствуют международному стандарту качества ISO 12757-2 и отлично подходят для заполнения и подписи документов. - Штрих-код на каждой ручке.</t>
+  </si>
+  <si>
+    <t>429066</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b03/b03a61b838c922eac6904d2c946a4cd8.jpeg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;K15 quot; черная, корпус черный, 1,0мм, штрих-код на корпусе</t>
+  </si>
+  <si>
+    <t>Изящная автоматическая шариковая ручка. Корпус ручки изготовлен из пластика, цвет корпуса соответствует цвету чернил. Кнопка механизма подачи стержня — металлическая. Пишущий узел M &amp;#40;средний&amp;#41; дает толщину линии письма 0,5 мм. Чернила являются быстросохнущими, свето- и водоустойчивыми, а также соответствуют международному стандарту качества ISO 12757-2 и отлично подходят для заполнения и подписи документов. Подходит для нанесения логотипа.</t>
+  </si>
+  <si>
+    <t>429067</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f6c/f6c9cc368b327a4cb61bbce728321b66.jpeg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Berlingo  quot;Radiance quot;, 0,7мм, синяя, корпус ассорти</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая&amp;nbsp;&amp;nbsp;Berlingo &amp;quot;Radiance&amp;quot;. Корпус с бархатистым покрытием soft-touch, создающим дополнительный комфорт при письме, в 3-ёх стильных цветовых решениях - градиенты желтый/розовый, розовый/голубой, голубой/зелёный. Прозрачный пластиковый клип. Технология Smart Ink, обеспечивающая супермягкое качественное письмо. Диаметр пишущего узла - 0,7 мм. Цвет чернил - синий. Удобная и привлекательная упаковка-дисплей - туба 30 шт.</t>
+  </si>
+  <si>
+    <t>433003</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/242/24294660ee5424e405557dfd100d441e.jpeg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Luxor  quot;Micra X II quot; синяя, 0,7мм, грип, корпус ассорти</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка с рифленым резиновым грипом легко пишет благодаря чернилам пониженной вязкости</t>
+  </si>
+  <si>
+    <t>433006</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/46b/46bc07bd10e00b3f33c794923a666389/688bc08f4a0ca926ec5da4d6dcf8766e.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая BPGP-10R-F SL SUPER GRIP голубого цвета</t>
+  </si>
+  <si>
+    <t>437929</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2fe/2fe5492318c86a09bf1721a9f0832410/dbdfba518477a7a962310ff1ead96846.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая BPGP-10R-F SG SUPER GRIP светло-зеленого цвета</t>
+  </si>
+  <si>
+    <t>437935</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d84/d84840583fac178134f7d02ed5e010ac/4beb46fe9bbd37d68942f054beb0e7ad.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая PILOT BPGP-10R-M-L авт.резин.манжет.синяя 0,25мм</t>
+  </si>
+  <si>
+    <t>437947</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab8/ab8918a0c96529ba7f0260e9d928512e/293d59455510ad1e99f9b829f07d5fe8.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая BPGP-10R-F P SUPER GRIP розового цвета</t>
+  </si>
+  <si>
+    <t>437950</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/914/91427e8b6b233df3fcf3c044f80ffb71/d94e186ed7bc5476ba1a28a30dc86dc7.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая BPGP-10R-F Y SUPER GRIP желтого цвета</t>
+  </si>
+  <si>
+    <t>437951</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc0/fc029763133bb5b5462592bef6b76303/5e7d51d524824c23968ff61094515427.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая Attache Selection Genious. син. автом. корп.ассорти</t>
+  </si>
+  <si>
+    <t>458406</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e1f/e1f823c78415e8e5fefed69b7d33a2d0/033e25cf89f80a77e6208694c323e56e.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая Attache Selection Regatta. син. автом. корп.ассорти</t>
+  </si>
+  <si>
+    <t>458409</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f48/f48e9233b999a781cf697e65ac829294/8bf4acc5e9ad838b21fd3410209e45c5.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Crown  quot;Kinex Sl quot; 4цв., 0,7мм, грип</t>
+  </si>
+  <si>
+    <t>Четырёхцветная шариковая автоматическая ручка Crown &amp;quot;Kinex Sl&amp;quot; - многофункциональная ручка 4 в 1. Синим пиши, красным исправляй, зеленым выделай, черным подчеркивай! Ручка подходит для учебы, работы, ведения документооборота, заполнения бланков, заметок в ежедневнике, заполнения личного дневника, рисунков в скетчбуке. Эргономичный&amp;nbsp;&amp;nbsp;корпус комфортно лежит в руке.&amp;nbsp;&amp;nbsp;Тонированный корпус цвета ассорти: розовый, голубой, черный, серый.&amp;nbsp;&amp;nbsp;Чернила на масляной основе пониженной вязкости обладают высокой светостойкостью и водостойкостью, мгновенно высыхают, не смазываются и обеспечивают мягкое и комфортное письмо.&amp;nbsp;&amp;nbsp;Прорезиненная зона захвата снижает давление на пальцы рук при письме. Цвет чернил - синий, красный, черный,зеленый,&amp;nbsp;&amp;nbsp;диаметр пишущего узла - 0,5 мм. Упаковка: картонная коробка по 12 штук. Пиши комфортно и рисуй ярко вместе с ручками Crown!</t>
+  </si>
+  <si>
+    <t>556963</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff8/ff8b542118c7e4d62fcca3d9577a9cf2/864294f95e9d7123c30533232f472a08.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Luxor  quot;Sprint quot; синяя, 1,0мм, грип</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая&amp;nbsp;&amp;nbsp;ручка Luxor &amp;quot;Sprint&amp;quot;&amp;nbsp;&amp;nbsp;в прозрачном корпусе. Резиновый&amp;nbsp;&amp;nbsp;грип снижает давление на пальцы рук при письме. Стандартный пишущий узел – 1,0 мм.&amp;nbsp;&amp;nbsp;Цвет чернил – синий.</t>
+  </si>
+  <si>
+    <t>556975</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/410/410244ac491136057694151fc001f5b0/9d87fe19aa2d55612e3e9edd8f253ad2.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Luxor  quot;Micra quot; синяя, 0,7мм, грип</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая&amp;nbsp;&amp;nbsp;ручка Luxor &amp;quot;Micra&amp;quot;&amp;nbsp;&amp;nbsp;тонированным&amp;nbsp;&amp;nbsp;цвете корпуса в цвет чернил.&amp;nbsp;&amp;nbsp;Благодаря чернилам пониженной вязкости ручка пишет гладко и не царапает бумагу, а резиновый&amp;nbsp;&amp;nbsp;грип снижает давление на пальцы рук при письме. Игольчатый пишущий узел – 0,7 мм.&amp;nbsp;&amp;nbsp;Цвет чернил – синий.</t>
+  </si>
+  <si>
+    <t>556976</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/13d/13d7ba95d72c2aa8c675a9a74711120e/f9fbe00444358e7a069003316fc48b44.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая MESHU  quot;Cute Friends quot; синяя</t>
+  </si>
+  <si>
+    <t>Стильная ручка MESHU поднимет вам настроение!</t>
+  </si>
+  <si>
+    <t>556978</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/abf/abf022ec88b89b11b9359ccf5018a96c/2e0a4a95128f6c13b1517df5579eb586.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая OfficeSpace  quot;Знак quot; синяя, 0,7мм, на масляной основе, штрихкод</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка с кнопочным полуавтоматическим механизмом. Удобный резиновый грип. Полупрозрачный тонированный корпус в 5 цветах. Наличие штрихкода на единице товара.</t>
+  </si>
+  <si>
+    <t>556986</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5bf/5bfa0a9cb4e88017863ea5bdb7ea566e/fe52f1cdcd496b641b9899a4772ec627.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая OfficeSpace  quot;Twist quot;, синяя, 0,7мм, поворотный механизм</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка с поворотным механизмом.</t>
+  </si>
+  <si>
+    <t>556987</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/136/136c01d5767b0c47f29f3ac9888d8666/1769a09692af7f6c7cbb722256997355.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;K15 quot; синяя, 1,0мм, корпус пастель ассорти, ш к</t>
+  </si>
+  <si>
+    <t>Письменные принадлежности Schneider разрабатываются и производятся только в Германии, их отличают функциональный дизайн, безупречное качество, надежность и экологичность.&amp;nbsp;&amp;nbsp;Изящная автоматическая шариковая ручка с прочным металлическим клипом. Длина непрерывной линии - до 2 000 метров. Быстросохнущие, свето- и водоустойчивые чернила соответствуют международному стандарту качества ISO 12757-2 и отлично подходят для заполнения и подписи документов. Для замены подходят стержни Schneider Office 765 и Express 775. Сделано в Германии!</t>
+  </si>
+  <si>
+    <t>556988</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/343/34316b221d1cc4e16e667108a491bacd/a1176bdb1d3778e7a8e94a54289e413f.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;Suprimo quot; синяя, 1,0мм, грип</t>
+  </si>
+  <si>
+    <t>Письменные принадлежности Schneider разрабатываются и производятся только в Германии, их отличают функциональный дизайн, безупречное качество, надежность и экологичность.&amp;nbsp;&amp;nbsp;Автоматическая шариковая ручка в корпусе из тонированного пластика с резиновым грипом. Длина непрерывной линии - до 2 000 метров. Быстросохнущие, свето- и водоустойчивые чернила соответствуют международному стандарту качества ISO 12757-2 и отлично подходят для заполнения и подписи документов. Сделано в Германии!</t>
+  </si>
+  <si>
+    <t>556989</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61a/61a16dba37bb671497ff190979aa4359/a945b5b0787abc598c9e88fcab08830c.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;Take 4 quot;, 4цв., 1,0мм</t>
+  </si>
+  <si>
+    <t>Письменные принадлежности Schneider разрабатываются и производятся только в Германии, их отличают функциональный дизайн, безупречное качество, надежность и экологичность.&amp;nbsp;&amp;nbsp;- Автоматическая четырехцветная шариковая ручка, цвета чернил: черный, красный, синий и зеленый - Решение 4-в-1 для планирования, организации и структурирования - Быстрая и комфортная смена цвета за счет цветных кнопок - Сохраняет природные ресурсы и окружающую среду за счет корпуса, состоящего на 92&amp;#37; из переработанной пластмассы - Цвет корпуса: темно-синий - С использованием технологии Viscoglide® для необычайно легкого и скользящего письма - Чернила, пригодные для документов в соответствии с ISO 12757-2 - Прочный металлический клип - Для замены подходят стержни Schneider Take 4 Refill Сделано в Германии!</t>
+  </si>
+  <si>
+    <t>556990</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e64/7qhw26p9oj3ii5etwf9ewiqvp2tsoqqh.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая STAFF, СИНЯЯ, корпус прозрачный, узел 0,7 мм, линия письма 0,35 мм, 142396</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка STAFF &amp;quot;Basic&amp;quot; - это самая необходимая ручка для ежедневного письма. Автоматическая шариковая ручка с прозрачным корпусом и рифлением в области захвата для удобства письма. Ручка снабжена сменным стержнем 107 мм, что позволяет увеличить срок службы. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм. Детали, выполненные в цвет синих чернил соответствуют офисному стилю.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>565328</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d80/uoifqdt3ilx6nqsnt0dh2uvov4sldi4i.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая ПИФАГОР  quot;Шпаргалка quot;, СИНЯЯ, корпус ассорти, узел 0,7 мм, линия письма 0,35 мм, 143285</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка ПИФАГОР &amp;quot;Шпаргалка&amp;quot; с выдвижным механизмом для заметок &amp;#40;листок размером 18х6,8 см&amp;#41; станет отличным помощником в учебе. Ручка имеет непрозрачный пластиковый корпус ассорти. Пишущий узел 0,7 мм создает ровную линию 0,35 мм. Цвет чернил - синий. Сменный стержень.</t>
+  </si>
+  <si>
+    <t>565329</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pifagor/"&gt;ПИФАГОР&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba1/khyte8ek3egwsk2zttqqc4623bhhdt4d.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая с грипом STAFF, СИНЯЯ, корпус прозрачный, 0,7 мм, линия письма 0,35 мм, 142820</t>
+  </si>
+  <si>
+    <t>Шариковая автоматическая ручка STAFF &amp;quot;Basic&amp;quot; - это необходимый предмет для ежедневного использования. Автоматическая шариковая ручка с прозрачным корпусом и резиновым грипом для удобства письма, исключающим скольжение пальцев. Ручка снабжена сменным стержнем 110 мм, что позволяет увеличить срок службы. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм. Детали, выполненные в цвет синих чернил, соответствуют офисному стилю.</t>
+  </si>
+  <si>
+    <t>565332</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a9/1a96949ae8ea8887932539a585119cb9/643ee890570382ef957151dde2b9f158.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая Attache Euphoria синий ст., авт., ассорт.корп</t>
+  </si>
+  <si>
+    <t>581006</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/167/167319297959fe307fc45189c0a8f011/539c62fc13b99542f58a0c3349cd6097.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автомат Attache Economy оранж.корп., синий стерж</t>
+  </si>
+  <si>
+    <t>581012</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ffd/ffd352d8c8f34c21223e1933796771c8/769ac5ace22da3eaf7d88724d840ecd5.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая Attache Economy Spinner 0,5мм автомат.синий</t>
+  </si>
+  <si>
+    <t>581014</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/78c/78cf35717f0e29b8e9c2ce13c4605d9b/8b820796aa0d9ba35d770f798f9ced79.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автомат. прозр.корп,0,7мм синий</t>
+  </si>
+  <si>
+    <t>581023</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/445/4455756b849a5c91de719e630b07c0fa/52f0d10d03c9995f706ebb846b1c7b67.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая PILOT Super Grip BPGG-8R-F-B авт.резин.манжет.черная 0.22мм</t>
+  </si>
+  <si>
+    <t>581025</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc8/cc8617911cf7442123359a626aa6562d/47c4a0d23b27441acbb2606637728da9.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая Unimax TOP TEK FUSION, синий ст., автом., ассорти корпус</t>
+  </si>
+  <si>
+    <t>581026</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d2e/d2e96a231c6291a1c69cab9db8175ddc/8a2520885b7337d417661b7d22a06e3b.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;K15 quot; синяя, корпус ассорти, 1,0мм, ш к</t>
+  </si>
+  <si>
+    <t>Письменные принадлежности Schneider разрабатываются и производятся только в Германии, их отличают функциональный дизайн, безупречное качество, надежность и экологичность.&amp;nbsp;&amp;nbsp;Автоматическая шариковая ручка в узнаваемом классическом пластиковом корпусе с металлическим клипом. Длина непрерывной линии - до 2 000 метров. Быстросохнущие, свето- и водоустойчивые чернила соответствуют международному стандарту качества ISO 12757-2 и отлично подходят для заполнения и подписи документов. Сделано в Германии!</t>
+  </si>
+  <si>
+    <t>593168</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/98f/98f0e0be657bcc6419b46f2c6e0cfb15/969fe68782a67cc51ef60d9d1b45c85e.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Schneider  quot;K15 quot; синяя, корпус красный, 1,0мм</t>
+  </si>
+  <si>
+    <t>593169</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/929/zcalk2hf7ayjvvq61vexi4nnyblc8vyr.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая с грипом BRAUBERG SUPER, СИНЯЯ, корпус фиолетовый, узел 0,7 мм, линия письма 0,35 мм, 143373</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка BRAUBERG &amp;quot;Super&amp;quot; с ярким дизайном и удобной прорезиненной зоной захвата. Благодаря качественным материалам, используемым при изготовлении, эта ручка станет надежным помощником на долгое время. Укомплектована стержнем со стандартным наконечником, заправленным чернилами синего цвета. Длина сменного стержня - 107 мм. Диаметр пишущего узла 0,7 мм, создает линию письма, равную 0,35 мм. Круглый корпус фиолетового цвета и хромированные детали.</t>
+  </si>
+  <si>
+    <t>600267</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/966/ma7zzx37ak8o0ojr7bqah7jmd7ordue0.jpg</t>
+  </si>
+  <si>
+    <t>Ручки шариковые автоматические с грипом  quot;НАБОР MULTICOLOR quot; BRAUBERG  quot;SUPER quot;, 10 шт.  6 синих, 2 черных, 1 красная, 1 зеленая , 143381</t>
+  </si>
+  <si>
+    <t>Автоматические шариковые ручки BRAUBERG &amp;quot;Super&amp;quot; с ярким дизайном и удобной прорезиненной зоной захвата. Благодаря качественным материалам, используемым при изготовлении - эта ручка будет надежным помощником на долгое время. Укомплектованы стержнем со стандартным наконечником, В наборе 6 ручек с синими чернилами, 2 - с черными, 1 - с красными и 1 - с зелеными. Длина сменного стержня - 107 мм. Диаметр пишущего узла 0,7 мм создает линию письма 0,35 мм. Цвет корпуса соответствует цвету чернил, хромированные детали.</t>
+  </si>
+  <si>
+    <t>600268</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f78/8nmk63qp1xj82r4zt6jj4rh90oytormp.jpg</t>
+  </si>
+  <si>
+    <t>Ручки шариковые автоматические с грипом СИНИЕ  quot;10 2 В ПОДАРОК quot; BRAUBERG  quot;SUPER quot;, НАБОР 12 штук, 143380</t>
+  </si>
+  <si>
+    <t>Автоматические шариковые ручки BRAUBERG &amp;quot;Super&amp;quot; с ярким дизайном и удобной прорезиненной зоной захвата. Благодаря качественным материалам, используемым при изготовлении - эта ручка будет надежным помощником на долгое время. Укомплектованы стержнем со стандартным наконечником, заправленным чернилами синего цвета. Длина сменного стержня - 107 мм. Диаметр пишущего узла 0,7 мм создает линию письма равную 0,35 мм. Круглый корпус синего цвета и хромированные детали. В наборе 12 ручек.</t>
+  </si>
+  <si>
+    <t>600269</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61c/hf1ne6t9naaeyadcuo2x2rqukgl1kwwe.jpg</t>
+  </si>
+  <si>
+    <t>Ручки шариковые автоматические СИНИЕ  quot;НАБОР 4 штуки quot; BRAUBERG  quot;SUPER quot;, линия 0,35 мм, 143382</t>
+  </si>
+  <si>
+    <t>Автоматические шариковые ручки BRAUBERG &amp;quot;Super&amp;quot; с ярким дизайном и удобной прорезиненной зоной захвата. Благодаря качественным материалам, используемым при изготовлении, эта ручка станет надежным помощником на долгое время. Укомплектованы стержнем со стандартным наконечником, заправленным чернилами синего цвета. Длина сменного стержня - 107 мм. Диаметр пишущего узла 0,7 мм создает линию письма 0,35 мм. Круглый корпус синего цвета и хромированные детали. В наборе 4 ручки.</t>
+  </si>
+  <si>
+    <t>600270</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/568/q6hfubdxf125olt7r7a3slkzji85jlcd.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая, автоматическая LINC PENTONIC B-RT 0,70 мм синяя резин.грип</t>
+  </si>
+  <si>
+    <t>LINC PENTONIC — линия ручек нового поколения и одна из главных канцелярских сенсаций последних лет. Система комфортного письма Easy Flow Ink technology — сочетание антискользящей фактуры корпуса, специальной формулы чернил и конструкции пишущего узла —дает ультра мягкий и плавный ход письма. Минималистичный дизайн Black Сoncept всецело отражает дух нового времени — стремление к функциональной практичной эстетике.</t>
+  </si>
+  <si>
+    <t>617520</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4d6/51q2m8uducozfxqephxu1k2zvhw5n22n.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая, автоматическая PILOT HI-TECPOINT RT 0,5 мм синий резин.грип</t>
+  </si>
+  <si>
+    <t>Роллер автоматический заполнен жидкими чернилами. Клип тоже металлический. Имеет упор под пальцы, выполненный из гигроскопичной резины. Сменный стержень, толщина линии 0,3 мм. Пишущий узел 0,5 мм.</t>
+  </si>
+  <si>
+    <t>617522</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/933/oh833k6km52jnij3ub3qqd52khwyhasd.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая масляная автоматическая BRAUBERG  quot;FRUITY Pastel quot;, СИНЯЯ, корпус soft-touch, узел 0,7 мм, линия письма 0,35 мм, 142959, OBPR323</t>
+  </si>
+  <si>
+    <t>Стильная автоматическая шариковая ручка BRAUBERG &amp;quot;FRUITY Pastel&amp;quot; с мягким прорезиненным корпусом пастельных цветов ассорти. Специальные масляные чернила ультрапониженной вязкости, надежный пишущий узел 0,7 мм и линия письма 0,35 мм обеспечивают непревзойденно мягкое и комфортное письмо. Ручка скользит по бумаге без каких-либо усилий. Стержень снабжен игольчатым наконечником.</t>
+  </si>
+  <si>
+    <t>623841</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf8/cf875f18f39aebefe2aec88d1ee299ce.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая Attache Selection Spacecraft син.ст., авт., асс.корп</t>
+  </si>
+  <si>
+    <t>625584</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/909/909d94870d455f3528c8634dc451e661.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Berlingo  quot;Instinct quot;, 0,7мм, синяя, корпус ассорти</t>
+  </si>
+  <si>
+    <t>Контрастное сочетание трендовых пастельных цветов с чёрными деталями сделает ручку Berlingo из кросс-серии Instinct превосходным канцелярским украшением на столе и надёжным помощником в работе. Прорезиненное покрытие корпуса обеспечивает высокий уровень комфорта при ее использовании. Диаметр пишущего узла составляет 0,7 мм, благодаря чему ручка прекрасно подходит для любого стиля письма. Уникальная запатентованная технология Smart Ink – это лёгкое и приятное письмо за счёт использования чернил пониженной вязкости, специальной конструкции и особых материалов шарика пишущего узла. Такими чернилами можно писать без дополнительных усилий даже при лёгком касании бумаги. Инновационные компоненты, используемые для изготовления шарика пишущего узла &amp;#40;карбид вольфрама&amp;#41;, обеспечивают долговечность и стабильность качества письма. - Технология Smart Ink, - Цвет чернил: синий, - Толщина линии письма: 0,5 мм, - Длина письма: 800 м, - Цвет корпуса: микс из 4-х цветов, - Количество штук в упаковке: 30, - Тип упаковки: пластиковая туба</t>
+  </si>
+  <si>
+    <t>630806</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d99/d9900d4759338e3fa14f296dc3157ba7.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Berlingo  quot;Color Zone quot; 0,7мм, синяя, корпус ассорти, пакет с европодвесом</t>
+  </si>
+  <si>
+    <t>Эффектная шариковая ручка Berlingo Color Zone с клипом является частью одноименной яркой серии. Прорезиненное покрытие корпуса и утолщение в зоне&amp;nbsp;&amp;nbsp;захвата ручки обеспечивают высокий уровень комфорта при ее использовании. Диаметр пишущего узла составляет 0,7 мм, благодаря чему ручка прекрасно подходит для любого стиля письма . Уникальная запатентованная технология Smart Ink – это лёгкое и приятное письмо за счёт использования чернил пониженной вязкости, специальной конструкции и особых материалов шарика пишущего узла. Такими чернилами можно писать без дополнительных усилий даже при лёгком касании бумаги. Инновационные компоненты, используемые для изготовления шарика пишущего узла &amp;#40;карбид вольфрама&amp;#41;, обеспечивают долговечность и стабильность качества письма. - Технология Smart Ink, - Цвет чернил: синий, - Толщина линии письма: 0,5 мм, - Длина письма: 600 м, - Цвет корпуса: микс из 5-ти цветов, - Количество штук в упаковке: 1, - Тип упаковки: пакет с европодвесом</t>
+  </si>
+  <si>
+    <t>630820</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/adf/iwyjdn2rvtiskufen0csnjzldgb4vxp2.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая, автоматическая LITE 0,7 мм синяя с прозр. корп.</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая. Имеют удобный нажимной механизм подачи пишущего узла. Не царапают бумагу при письме. Обеспечивают легкое и мягкое письмо, яркие и насыщенные линии. Чернила быстро высыхают и не размазываются. Прозрачный корпус позволяет контролировать уровень чернил. Ребристая трехгранная зона захвата. Не одноразовая.</t>
+  </si>
+  <si>
+    <t>632641</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d58/d58dee50eae06a298aaa0f6d104744b4.jpg</t>
-[...994 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/97f/97fb063a844693653ee734965ffcc8d9.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Attache Economy 0,5мм автомат. рез.манжет., синий</t>
   </si>
   <si>
     <t>647815</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/86d/5up6e6oi1frfttovdv1caaw6ee0n7k8d.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая BRAUBERG  quot;MIX quot;, СИНЯЯ, корпус ассорти, узел 0,7 мм, линия письма 0,35 мм, 143457</t>
   </si>
   <si>
     <t>Стильная автоматическая шариковая ручка BRAUBERG &amp;quot;MIX&amp;quot; - идеальный аксессуар для работы и учёбы. Шариковая автоматическая имеет мягкий прорезиненный корпус ассорти ярких цветов. Ручка снабжена сменным стержнем 107 мм, что позволяет увеличить срок службы. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>652512</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d0e/adiex1gbbsnl34f78nhcjqrweipl0m2g.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая BRAUBERG  quot;MULTICOLOR quot;, 4 ЦВЕТА, корпус ассорти, 0,7 мм, линия 0,35 мм, 143458</t>
@@ -1262,165 +1175,144 @@
   <si>
     <t>694926</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/53a/7wn8i99wt7fg0yoms3rp5ulvp3p1ftw3.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Schneider  quot;Suprimo quot; зеленая, 1,0мм, грип</t>
   </si>
   <si>
     <t>694927</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/882/jjc5wn3994467xsscmh6m7x4yul3oup9.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Schneider  quot;Suprimo quot; красная, 1,0мм, грип</t>
   </si>
   <si>
     <t>Письменные принадлежности Schneider разрабатываются и производятся только в Германии, их отличают функциональный дизайн, безупречное качество, надежность и экологичность.&amp;nbsp;&amp;nbsp;Автоматическая шариковая ручка в корпусе из тонированного пластика с резиновым грипом. Длина непрерывной линии - до 2 000 метров. Сделано в Германии!</t>
   </si>
   <si>
     <t>694928</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/867/yhi7ic1zykckrdzdnw3ydahe44xn8mtd.jpg</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause MEGAPOLIS Concept, цвет чернил черный  блистер 1 шт. </t>
+    <t>http://anytos.ru//upload/iblock/6c5/f3lfjdzpy0ya2n0u3ylg0bcg60epn5dr.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause MEGAPOLIS Concept, цвет чернил черный  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Автоматическая шариковая ручка Matic&amp;Grip с металлизированными элементами, стандартным типом пишущего узла, заменяемым стержнем и уникальной технологией Ultra Glide. Ручка имеет круглый глянцевый корпус с эргономичной грип-зоной, оснащенной двумя резиновыми вставками. Цвет корпуса соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 0.7 мм в сочетании с чернилами пониженной вязкости обеспечивает мягкое и быстрое письмо без усилий. Длина непрерывной линии составляет 1000 м при толщине 0.35 мм, что является высоким показателем в своей категории. Модель MEGAPOLIS Concept имеет узнаваемую запатентованную форму, обладает великолепной эргономикой и стала абсолютным бестселлером в ассортименте автоматических шариковых ручек ErichKrause® более чем в пятидесяти странах мира.</t>
   </si>
   <si>
-    <t>696440</t>
+    <t>696441</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6c5/f3lfjdzpy0ya2n0u3ylg0bcg60epn5dr.jpg</t>
-[...5 lines deleted...]
-    <t>696441</t>
+    <t>http://anytos.ru//upload/iblock/378/3b0pxgxnnb01wyru2jowlm3woinlyo33.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause VIVO Spring, цвет чернил синий  в коробке по 12 шт. </t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка Matic&amp;Grip со стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет круглый полупрозрачный корпус ярких неоновых цветов в сочетании с глянцевым серебряным принтом и удобной профилированной грип-зоной из резины. 5-канальный пишущий узел с диаметром шарика 0.7 мм в сочетании с быстросохнущими чернилами обеспечивает мягкое и быстрое письмо. Длина непрерывной линии составляет 1200 м при толщине 0.35 мм, что является высоким показателем в своей категории. Ручка VIVO® Spring - женская модель с ярким дизайном.</t>
+  </si>
+  <si>
+    <t>696443</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04a/9a6klyiympax9ltgnvs7a8q0yv8to62j.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause XR-30 Spring, цвет чернил синий  в пакете по 2 шт. </t>
   </si>
   <si>
     <t>Автоматическая шариковая ручка Matic&amp;Grip со стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет круглый полупрозрачный корпус ярких неоновых цветов с эргономичной комбинированной грип-зоной из резины и профилированного пластика. Цвет грип-зоны и клипа соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 0.7 мм в сочетании с быстросохнущими чернилами обеспечивает мягкое и быстрое письмо. Длина непрерывной линии составляет 1000 м при толщине 0.35 мм, что является высоким показателем в своей категории. Модель XR-30 Spring стала одним из бестселлеров в ассортименте автоматических ручек ErichKrause®.</t>
   </si>
   <si>
     <t>696444</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f6/gv7wdvrepp2yk2efeic7jlhcdh4m4ays.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause Fiore, цвет чернил синий  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Автоматическая шариковая ручка Matic&amp;Grip со стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет полупрозрачный корпус ярких неоновых цветов с удобной грип-зоной из резины. 5-канальный пишущий узел с диаметром шарика 0.7 мм в сочетании с быстросохнущими чернилами обеспечивает мягкое и быстрое письмо. Длина непрерывной линии составляет 1000 м при толщине 0.35 мм, что является высоким показателем в своей категории. Ручка Fiore - популярная женская модель с ярким дизайном.</t>
   </si>
   <si>
     <t>696446</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e0/ncvn10x4j7l43mhl2vqkee95gvjxr4hw.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause JOY Neon, Ultra Glide Technology, цвет чернил синий  в коробке по 50 шт. </t>
   </si>
   <si>
     <t>Автоматическая шариковая ручка Matic&amp;Grip со стандартным типом пишущего узла, заменяемым стержнем и уникальной технологией Ultra Glide. Ручка имеет глянцевый круглый корпус из упрочненного пластика ярких неоновых цветов с удобной грип-зоной из резины. Цвет грип-зоны и кнопки автоматического механизма соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 0.7 мм в сочетании с чернилами пониженной вязкости обеспечивает мягкое и быстрое письмо без усилий. Длина непрерывной линии составляет 1300 м при толщине 0.35 мм, что является одним из лучших показателей в своей категории. Модель JOY® Neon стала бестселлером в категории автоматических ручек с чернилами Semi-Gel.</t>
   </si>
   <si>
     <t>696448</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f5f/402c7xyk9qaxawshcj1mlmpyqgs78bmy.jpg</t>
-[...8 lines deleted...]
-    <t>696454</t>
+    <t>http://anytos.ru//upload/iblock/8b6/xrvo08xsowz26pwk6czk22azv4lsbcxb.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause JOY Neon, Ultra Glide Technology, цвет чернил синий  в пакете по 3 шт. </t>
+  </si>
+  <si>
+    <t>696450</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c0e/us9plofxpiazv6d7l72s36pyklqw1fav.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause R-301 Orange Matic 0.7, цвет чернил черный  в коробке по 50 шт. </t>
   </si>
   <si>
     <t>Классическая автоматическая шариковая ручка Matic со стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет непрозрачный оранжевый шестигранный корпус с удобной профилированной грип-зоной. Цвет клипа соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 0.7 мм в сочетании с быстросохнущими чернилами обеспечивает мягкое и комфортное письмо. Длина непрерывной линии составляет 2000 м при толщине 0.35 мм. Модель R-301 Orange Matic 0.7 имеет узнаваемую запатентованную форму и продолжает модельный ряд R-301 в классе автоматических ручек.</t>
   </si>
   <si>
     <t>696455</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cb7/9lugr0vlcqksohumypshe9vti3jfegda.jpg</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause R-301 Classic Matic 1.0, цвет чернил синий  в коробке по 50 шт. </t>
+    <t>http://anytos.ru//upload/iblock/ba5/vtxu5qu3jc9aqemjgcr1qda66nxjbyaw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause R-301 Classic Matic 1.0, цвет чернил синий  в пакете по 4 шт. </t>
   </si>
   <si>
     <t>Классическая автоматическая шариковая ручка Matic со стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет прозрачный шестигранный корпус с удобной профилированной грип-зоной. Цвет клипа соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 1.0 мм в сочетании с быстросохнущими чернилами обеспечивает мягкое и комфортное письмо. Длина непрерывной линии составляет 2000 м при толщине 0.5 мм. Модель R-301 Classic Matic 1.0 имеет узнаваемую запатентованную форму и продолжает модельный ряд R-301 в классе автоматических ручек.</t>
   </si>
   <si>
-    <t>696459</t>
-[...7 lines deleted...]
-  <si>
     <t>696461</t>
-  </si>
-[...10 lines deleted...]
-    <t>696465</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b9/socr93rohkg9bhnxh2yls4adnvtu75b8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause R-301 Neon Matic Grip 0.7, цвет чернил синий  в коробке по 50 шт. </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Erich Krause® R-301 Neon Matic&amp;Grip 0.7, цвет чернил синий &amp;#40;в коробке по 50 шт.&amp;#41;</t>
   </si>
   <si>
     <t>696466</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/816/iq8dvy8s40q20h4u3ma5jrgzeiuhczp1.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Berlingo  quot;Color Zone 2 quot; 0,7мм, синяя, корпус ассорти</t>
   </si>
   <si>
     <t>Эффектная шариковая автоматическая ручка с клипом одноименной суперуспешной кросс-продуктовой серии Color Zone в новой эксклюзивной форме, разработанной компанией «Берлинго». Прорезиненное покрытие черного с яркими неоновыми вставками корпуса и утолщение в зоне захвата ручки обеспечивают высокий уровень комфорта при ее использовании. Уникальная запатентованная технология Smart Ink, обеспечивающая лёгкое и приятное письмо за счёт использования чернил пониженной вязкости, инновационных материалов шарика, пишущего узла и его специальной конструкции, усовершенствована AFIT наконечником &amp;#40;от англ. &amp;quot;Anti-Fiber Intake&amp;quot; – препятствующий попаданию микро-частиц бумаги&amp;#41;. Инновационные компоненты, используемые для изготовления шарика пишущего узла &amp;#40;карбид вольфрама&amp;#41;, обеспечивают долговечность и стабильность качества письма. Диаметр пишущего узла составляет 0,7 мм, толщина линии письма – 0,5 мм, а длина письма – 600 м. • Технология: обновлённая технология Smart Ink с использованием AFIT наконечника, • Цвет чернил: синий, • Толщина линии письма: 0,5 мм, • Длина письма: 600 м, • Цвет корпуса: микс из 5-ти цветов, • Упаковка – удобная пластиковая туба-дисплей, 20 штук.</t>
   </si>
   <si>
     <t>700585</t>
   </si>
@@ -1431,62 +1323,50 @@
     <t>Ручка автоматическая син.  quot;Darvish quot; Cr-45 корпус черный с зол. серебр. роз.зол. с резиновым держателем</t>
   </si>
   <si>
     <t>Автоматическая шариковая ручка с резиновым держателем от одного из ведущих индийских производителей! Тонкое, мягкое и плавное письмо ручки влюбит в себя раз и навсегда.&lt;br /&gt;
  Цвет корпуса - черный, с металлическим клипом в цвете золото/серебро/роз.золото. Толщина пишущего узла - 0,7мм, длина стержня - 129мм.</t>
   </si>
   <si>
     <t>702935</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c32/mcxnm6sfmk9ga1tqahoux9nl0za2j0eq.jpg</t>
   </si>
   <si>
     <t>Ручка автоматическая син.  quot;Darvish quot; корпус цветной ассорти</t>
   </si>
   <si>
     <t>Автоматическая шариковая ручка. Размер упаковки &amp;#40;картонная коробка с европодвесом&amp;#41;: 7,3*3,5*17,7 см.</t>
   </si>
   <si>
     <t>702936</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dc9/gvytx2ujvn3yq2esghqxtc71yg7e6zv1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/988/3ambg0wb1nyz4dwebygf7n6yv6ez2utg.jpg</t>
   </si>
   <si>
     <t>Набор ручек автоматических 6шт уп  quot;Darvish quot; корпус цветной</t>
   </si>
   <si>
     <t>Набор ручек автоматических&amp;nbsp;&amp;nbsp;6шт/уп &amp;quot;Darvish&amp;quot; корпус цветной</t>
   </si>
   <si>
     <t>702939</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c18/vw33cmo7fe7l6dmrug36poytb1emiat4.jpg</t>
   </si>
   <si>
     <t>Ручка автоматическая 6-ти цветная  quot;Darvish quot; корпус ассорти с рисунком бабочки</t>
   </si>
   <si>
     <t>Ручка авт.&amp;nbsp;&amp;nbsp;6-ти цветная &amp;quot;Darvish&amp;quot; корпус ассорти с рисунком бабочки</t>
   </si>
   <si>
     <t>702944</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba5/fpeo1h0n3gkqemzrk70dbxb3tqstcl18.jpg</t>
@@ -1527,74 +1407,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2e2/vy98vbrz0e9xgnqwob5x97v9s11lgnvw.jpg</t>
   </si>
   <si>
     <t>Ручка автоматическая 10-ти цветная корпус ассорти с рисунком сердечки на шнурке  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Ручка авт. 10-ти цветная корпус ассорти с рисунком сердечки на шнурке &amp;quot;Darvish&amp;quot;</t>
   </si>
   <si>
     <t>702949</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e01/ecp9yufb0kkqcjf34gxvgww4ve7h73ql.jpg</t>
   </si>
   <si>
     <t>Ручка автоматическая 10-ти цветная корпус ассорти с рисунком смайлики на шнурке  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Ручка авт. 10-ти цветная корпус ассорти с рисунком смайлики на шнурке &amp;quot;Darvish&amp;quot;</t>
   </si>
   <si>
     <t>702950</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/813/ej54nr28ncf6f3ddrx6y8zmfjj1b3ayh.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d8f/27lr0hjhmkyzv5m4p697tb1mv0jbyr0a.jpg</t>
   </si>
   <si>
     <t>Ручка автоматическая син.  quot;Darvish quot; корпус белый с цветными вставками</t>
   </si>
   <si>
     <t>Ручка авт. син. &amp;quot;Darvish&amp;quot; корпус белый с цветными вставками</t>
   </si>
   <si>
     <t>702959</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/983/he4a1wpk8o6hybjeazlhw007dpb5gwiy.jpg</t>
   </si>
   <si>
     <t>702962</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33e/hm98iqzm1b0a8d902grwj13tprpkk1fp.jpg</t>
   </si>
   <si>
     <t>Ручка автоматическая син.  quot;Darvish quot; корпус цветной в форме  quot;машинки quot;</t>
   </si>
   <si>
     <t>Ручка авт. син. &amp;quot;Darvish&amp;quot; корпус в форме &amp;quot;машинки&amp;quot;</t>
@@ -1629,71 +1485,65 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2cf/00l51gn1cx3fgva2qddw8ps4ndocpkmj.jpg</t>
   </si>
   <si>
     <t>Ручка автоматическая син.  quot;Darvish quot; корпус прозрачный цветной с цветным резиновым держателем</t>
   </si>
   <si>
     <t>Ручка авт. син. &amp;quot;Darvish&amp;quot; корпус прозрачный цветной с&amp;nbsp;&amp;nbsp;цветным резиновым держателем</t>
   </si>
   <si>
     <t>702975</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e3/e4k8dsphk3k9fv6cr5dfks4lzx4xaunk.jpg</t>
   </si>
   <si>
     <t>Ручка автоматическая син.  quot;Darvish quot; корпус прозрачный цветной с резиновым держателем</t>
   </si>
   <si>
     <t>Ручка авт. син. &amp;quot;Darvish&amp;quot; корпус прозрачный цветной с резиновым держателем</t>
   </si>
   <si>
     <t>702978</t>
   </si>
   <si>
-    <t>702979</t>
-[...2 lines deleted...]
-    <t>http://anytos.ru//upload/iblock/f08/e1wto5gwemh1l3rszn23xqjc5khnzt9a.jpg</t>
+    <t>http://anytos.ru//upload/iblock/f35/cxehm4q0b3z3mdhuofj58oieuivigujo.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка автоматическая син.  quot;Darvish quot; корпус прозрачный цветной с цветным резиновым держателем  40 </t>
   </si>
   <si>
     <t>Ручка авт. син. &amp;quot;Darvish&amp;quot; корпус прозрачный цветной с цветным резиновым держателем</t>
   </si>
   <si>
-    <t>702984</t>
-[...7 lines deleted...]
-  <si>
     <t>702985</t>
   </si>
   <si>
+    <t>40</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/dc0/ks232fykkrin40od5p8u7l62l4p06x72.jpg</t>
   </si>
   <si>
     <t>Ручка автоматическая син.  quot;Darvish quot; корпус серебристый с цветными вставками</t>
   </si>
   <si>
     <t>Ручка авт. син. &amp;quot;Darvish&amp;quot; корпус серебристый с цветными вставками</t>
   </si>
   <si>
     <t>702986</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/18b/qv2nm9coer2g81pfq1vflxqjlo8qoh3b.jpg</t>
   </si>
   <si>
     <t>Ручка автоматическая син.  quot;Darvish quot; корпус цветной</t>
   </si>
   <si>
     <t>Ручка авт. син. &amp;quot;Darvish&amp;quot; корпус цветной</t>
   </si>
   <si>
     <t>702991</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a05/emywdm4pv64unvb803n09fyolmcu1jz4.jpg</t>
@@ -1740,521 +1590,608 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a64/jwndp33riw9ynnoarfohq9wqmmvnggow.jpg</t>
   </si>
   <si>
     <t>703003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/18d/xko34ubq86m8y43jkvuffvgcla5tyigc.jpg</t>
   </si>
   <si>
     <t>703004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ab/qbpx8zsi4uaa755p7e2pk4jah7vfp421.jpg</t>
   </si>
   <si>
     <t>Ручка автоматическая син.  quot;Darvish quot; корпус цветной полупрозрачный с резиновым держателем</t>
   </si>
   <si>
     <t>Ручка авт. син. &amp;quot;Darvish&amp;quot; корпус цветной полупрозрачный с резиновым держателем</t>
   </si>
   <si>
     <t>703007</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/40a/paqornf45973wxnl69jq757dcirmjqy8.jpg</t>
+    <t>http://anytos.ru//upload/iblock/ca6/1w3fkxbkm0ix8r5pf2t0hjzatr525wa0.jpg</t>
   </si>
   <si>
     <t>Ручка автоматическая син.  quot;Darvish quot; корпус цветной с резиновым держателем</t>
   </si>
   <si>
     <t>Ручка авт. син. &amp;quot;Darvish&amp;quot; корпус цветной с резиновым держателем</t>
   </si>
   <si>
-    <t>703009</t>
-[...4 lines deleted...]
-  <si>
     <t>703010</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c26/jzr98994qec7qtuevh1sdkhkbs9dqlqx.jpg</t>
   </si>
   <si>
     <t>703011</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/edc/j922iqkrhkcoz5o5894i5k07uqcgaif0.jpg</t>
   </si>
   <si>
     <t>703012</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b2c/8amuxf6wd9lpbht5o65nn2iyu7ppg3hg.jpg</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6e2/loam0ausvtn3yif4nf0d17q24ffg20sq.jpg</t>
   </si>
   <si>
     <t>Ручка автоматическая син.  quot;Darvish quot; корпус цветной с серым резиновым держателем</t>
   </si>
   <si>
     <t>Ручка авт. син. &amp;quot;Darvish&amp;quot; корпус цветной с серым резиновым держателем</t>
   </si>
   <si>
     <t>703018</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/425/v8t3u4sj2bzhiuyncbuoj6aubtmq12e4.jpg</t>
   </si>
   <si>
     <t>Ручка автоматическая син.  quot;Darvish quot; корпус цветной с узором</t>
   </si>
   <si>
     <t>Ручка авт. син. &amp;quot;Darvish&amp;quot; корпус цветной с узором ассорти</t>
   </si>
   <si>
     <t>703026</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e03/ohxunplx7hvs92edvs1h0ulgx0pzvmqx.jpg</t>
   </si>
   <si>
     <t>Ручка авт. син. &amp;quot;Darvish&amp;quot; корпус цветной с цветным резиновым держателем</t>
   </si>
   <si>
     <t>703027</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dfe/j15m8zs05geuw7615epawzpprmvdvtjr.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/58d/ogxbkxuawne2lp82rer4okq0b368l9gs.jpg</t>
   </si>
   <si>
     <t>Ручка автоматическая син. на масляной основе  quot;Piano quot; корпус серебристый с резиновым держателем</t>
   </si>
   <si>
     <t>Ручка авт. син. на масляной основе &amp;quot;Piano&amp;quot; корпус серебристый с резиновым держателем</t>
   </si>
   <si>
     <t>703038</t>
   </si>
   <si>
     <t>&lt;a href="/brands/piano/"&gt;Piano&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/887/l5a16iqa8bol79mjebvok14sws7a18ph.jpg</t>
   </si>
   <si>
     <t>Ручка автоматическая син.  quot;Piano quot; корпус прорезиненный черный с синими полосками</t>
   </si>
   <si>
     <t>Ручка авт. синяя &amp;quot;Piano&amp;quot; корпус прорезиненный черный с синими полосками</t>
   </si>
   <si>
     <t>703039</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/83f/z1grv3h0ept4f13am8isa9p5ol1066ho.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7dc/u530wwg1aj3mhkmbdj75os1bm3ppgs7s.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Berlingo  quot;DoubleBlack quot; синяя, 0,7мм, игольчатый стержень</t>
   </si>
   <si>
     <t>Изысканная шариковая автоматическая ручка с клипом стильной кросс-продуктовой серии DoubleBlack, концепция которой заключается в оригинальном эффекте глянцевого узора на матовом корпусе. Уникальная запатентованная технология Smart Ink, обеспечивающая лёгкое и приятное письмо за счёт использования чернил пониженной вязкости, инновационных материалов шарика, пишущего узла и его специальной конструкции, усовершенствована AFIT наконечником &amp;#40;от англ. &amp;quot;Anti-Fiber Intake&amp;quot; – препятствующий попаданию микро-частиц бумаги&amp;#41;. Инновационные компоненты, используемые для изготовления шарика пишущего узла &amp;#40;карбид вольфрама&amp;#41;, обеспечивают долговечность и стабильность качества письма. Диаметр пишущего узла - 0,7 мм, толщина линии письма – 0,5 мм, длина письма – 600 м. • Технология: обновлённая технология Smart Ink с использованием AFIT наконечника, • Цвет чернил: синий, • Толщина линии письма: 0,5 мм, • Длина письма: 600 м, • Цвет корпуса: матовый черный корпус с глянцевыми черными узорами ассорти &amp;#40;3 дизайна&amp;#41;, • Упаковка – удобная пластиковая туба-дисплей, 24 штуки.</t>
   </si>
   <si>
     <t>714011</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/112/qi2wpzzj4apu91gr5ion67o5gsqfeaf4.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Attache синяя, 0,3 0,5мм, корп.черн</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Attache синяя, 0,3/0,5мм, корп.черн</t>
   </si>
   <si>
     <t>715751</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/936/wwz4oef9r417q7gv8jzib9wqkvhnusfa.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  ColorTouch  Magic Rhombs, цвет чернил синий  в тубусе по 24 шт. </t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая ErichKrause® ColorTouch® Magic Rhombs, цвет чернил синий &amp;#40;в тубусе по 24 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771355</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f19/2813jvc1ejk9oga04mv4jzravq07oac0.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  ColorTouch  Ornament, цвет чернил синий  в тубусе по 24 шт. </t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая ErichKrause® ColorTouch® Ornament, цвет чернил синий &amp;#40;в тубусе по 24 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771356</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6ba/9ic2dtfqs6h7hwwz3v2h5yyt3hbak856.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  ColorTouch  Rough Native, цвет чернил синий  в тубусе по 24 шт. </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause® ColorTouch® Rough Native, цвет чернил синий &amp;#40;в тубусе по 24 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771357</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e3f/yiynsbpeoqtywm19l0f831r6v3tx7f7p.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/096/zyxixu428yi0bwn1pr5gkg25lxiulely.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  MEGAPOLIS Concept, цвет чернил синий  блистер 1 шт. </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause® MEGAPOLIS Concept, цвет чернил синий &amp;#40;блистер 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771359</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/934/ghu6n5kj2sqt2vd46fxnn9tnm4byfmex.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  Smart, цвет чернил синий  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause® Smart, цвет чернил синий &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771360</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/790/nlj9d9o2cp2ni3gjc2otjvt127kc3131.jpg</t>
-[...8 lines deleted...]
-    <t>771362</t>
+    <t>http://anytos.ru//upload/iblock/97f/mx6ykmleggz2u44hssx7p935bg5e5ckx.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  U-208 Classic Matic 1.0, Ultra Glide Technology, цвет чернил синий  в коробке по 50 шт. </t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая ErichKrause® U-208 Classic Matic 1.0, Ultra Glide Technology, цвет чернил синий &amp;#40;в коробке по 50 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771361</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1de/gz1xb01d0q58ca5xxpkk0dt8dibv1w5n.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  U-209 Orange Matic Grip 1.0, Ultra Glide Technology, цвет чернил синий  в коробке по 50 шт. </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause® U-209 Orange Matic&amp;Grip 1.0, Ultra Glide Technology, цвет чернил синий &amp;#40;в коробке по 50 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771363</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/37d/r3fr9g80pfcqjg6u72wm6m1u5422op1p.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  U-209 Original Matic Grip 1.0, Ultra Glide Technology, цвет чернил синий  в коробке по 50 шт. </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause® U-209 Original Matic&amp;Grip 1.0, Ultra Glide Technology, цвет чернил синий &amp;#40;в коробке по 50 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771364</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d0f/0zm0m1i0bqt80a2m769neqc3xhgwq1h4.jpg</t>
-[...8 lines deleted...]
-    <t>778773</t>
+    <t>http://anytos.ru//upload/iblock/a2b/6rh1fqqz6ayc9oboordt6tqxtsfu79l4.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая с грипом STAFF  quot;College BP-16 White quot;, СИНЯЯ, ассорти, линия письма 0,35 мм, 143749</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка STAFF &amp;quot;BP-16 White&amp;quot; с ярким дизайном и удобной прорезиненной зоной захвата. Автоматическая шариковая ручка имеет круглый корпус белого цвета и яркие детали цвета ассорти. Удобная прорезиненная зона захвата позволит использовать ручку на протяжении долгого промежутка времени. Укомплектована стержнем со стандартным наконечником. Диаметр пишущего узла, равный 0,7 мм, создает линию письма, равную 0,35 мм. Цвет чернил - синий.</t>
+  </si>
+  <si>
+    <t>778774</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/073/pw6deqezjb8vepidxaagx7q6c36ks2vo.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Arrow, д шарика 0,7 мм, резин манжета, синяя</t>
+  </si>
+  <si>
+    <t>787710</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/291/312aoarc8opc4f4oylwi1db7xy1qh5z4.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая X-tream, диаметр шарика 0,7 мм, резин манж, черная</t>
+  </si>
+  <si>
+    <t>787713</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/286/2kkaz9bqa712mcte52a85q67ar92uxvv.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая X-tream, диаметр шарика 0,7 мм, синяя</t>
+  </si>
+  <si>
+    <t>787715</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b14/2i45fpy0790p2j95fhe0v4zqi59rvjxf.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая X-tream, диаметр шарика 0,7 мм, черная</t>
+  </si>
+  <si>
+    <t>787716</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f4/cp7jekh18zlhdukl4ob4dujk6flsxw3u.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Arris, д шар 0,7 мм, резин манж, черная</t>
+  </si>
+  <si>
+    <t>787723</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce0/y2ymyuwibds6rx57wehn16cewzya2x2x.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause  R-301 Neon Matic 0.7, цвет чернил синий  в коробке по 50 штук </t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Erich Krause® R-301 Neon Matic 0.7, цвет чернил синий &amp;#40;в коробке по 50 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>791921</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ff/mbwvyhwu7f1nv49xk8462wd0lbdphfts.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause  ColorTouch  Flora, цвет чернил синий  в тубусе по 24 шт. </t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Erich Krause® ColorTouch® Flora, цвет чернил синий &amp;#40;в тубусе по 24 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>791923</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8d2/011yju0bdd91rojy5ia3orquo9oa8ly3.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause  ColorTouch  Walkers, цвет чернил синий  в тубусе по 24 шт. </t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Erich Krause® ColorTouch® Walkers, цвет чернил синий &amp;#40;в тубусе по 24 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>791924</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aff/p2gu3m2mdrlxj8bblbq0v8l1kb5ri1mn.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause  JOY  Original, Ultra Glide Technology, цвет чернил синий  в тубусе по 50 шт. </t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Erich Krause® JOY® Original, Ultra Glide Technology, цвет чернил синий &amp;#40;в тубусе по 50 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>791926</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1c/s2u3hzccqid99s5yapa3e626rkn6itsb.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause  R-301 Amber Matic 0.7, цвет чернил синий  в коробке по 50 штук </t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Erich Krause® R-301 Amber Matic 0.7, цвет чернил синий &amp;#40;в коробке по 50 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>791927</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd3/ckz7jtntyvt3qs5a72mu51yyizhrvflt.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause  R-301 Orange Matic Grip 0.7, цвет чернил синий  в пакете по 1 шт. </t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Erich Krause® R-301 Orange Matic&amp;Grip 0.7, цвет чернил синий &amp;#40;в пакете по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>791930</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dcd/hqyn4zdmzh707z0nasq1qz421txoz8qs.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause  R-301 Original Matic 0.7, цвет чернил синий  в пакете по 1 шт. </t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Erich Krause® R-301 Original Matic 0.7, цвет чернил синий &amp;#40;в пакете по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>791931</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/747/z832bfdc3zkvg7m40868gf3erlk7hoc2.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause  R-301 Original Matic 0.7, цвет чернил синий  в тубусе по 60 шт. </t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Erich Krause® R-301 Original Matic 0.7, цвет чернил синий &amp;#40;в тубусе по 60 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>791932</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d91/uglbe64oo5rdarajj76dbc521k099790.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause  U-208 Original Matic 1.0, Ultra Glide Technology, цвет чернил синий  в коробке по 50 шт. </t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Erich Krause® U-208 Original Matic 1.0, Ultra Glide Technology, цвет чернил синий &amp;#40;в коробке по 50 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>791934</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/650/vz1gyys0cotmw4ttu85uy4dh7cnfd7b0.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause  XR-30 Original, цвет чернил синий  в коробке по 12 шт. </t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Erich Krause® XR-30 Original, цвет чернил синий &amp;#40;в коробке по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>791936</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9af/rg378hs48xtm0xjdz4shon7cuoyjfozu.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая с грипом STAFF  quot;Manager BP-17 quot;, СИНЯЯ, ассорти, линия письма 0,35 мм, 143751</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка STAFF &amp;quot;Manager BP-17&amp;quot; с ярким дизайном и удобной прорезиненной зоной захвата. Автоматическая шариковая ручка имеет круглый корпус ярких цветов ассорти и детали черного цвета. Удобная прорезиненная зона захвата позволит использовать ручку на протяжении долгого промежутка времени. Укомплектована сменным стержнем длиной 107 мм со стандартным наконечником. Диаметр пишущего узла, равный 0,7 мм, создает линию письма, равную 0,35 мм. Цвет чернил - синий.</t>
+  </si>
+  <si>
+    <t>798812</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a2b/6rh1fqqz6ayc9oboordt6tqxtsfu79l4.jpg</t>
-[...113 lines deleted...]
-    <t>798812</t>
+    <t>http://anytos.ru//upload/iblock/901/ue3gmr7f9m253j7kp7n1bm803j14cq62.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая MESHU  quot;Fairy Heroes quot; синяя, 0,5мм, грип, корпус ассорти</t>
+  </si>
+  <si>
+    <t>Шариковая автоматическая ручка Meshu Fairy Heroes станет ярким атрибутом отличного настроения на работе или учёбе. Изделие обладает необычным дизайном: кнопочный механизм ручки украшен игрушечным зверьком, а пластиковый клип поможет закрепить ручку на одежде или ежедневнике. Диаметр пишущего узла составляет 0,5 мм, благодаря чему ручка прекрасно подойдёт для любого стиля письма. Толщина линии составляет 0,3 мм. Благодаря чернилам синего цвета ручку можно использовать в работе или учёбе на постоянной основе. Чернила сменные, что говорит о долговечности изделия. • Цвет чернил: синий, • Толщина линии письма: 0,3 мм, • Цвет корпуса: ассорти, • Количество штук в упаковке: 36.</t>
+  </si>
+  <si>
+    <t>800747</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a2/styuuepmabrtqy8km11vjjd6giy1e2eq.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая MESHU  quot;Space Journey quot; синяя, 0,5мм, грип, корпус ассорти</t>
   </si>
   <si>
     <t>Шариковая автоматическая ручка Meshu Space Journey станет ярким атрибутом отличного настроения на работе или учёбе. Изделие обладает необычным дизайном: кнопочный механизм ручки украшен игрушечным космическим героем с мини-брелоком на серебристой цепочке, а пластиковый клип поможет закрепить ручку на одежде или ежедневнике. Диаметр пишущего узла составляет 0,5 мм, благодаря чему ручка прекрасно подойдёт для любого стиля письма. Толщина линии составляет 0,3 мм. Благодаря чернилам синего цвета ручку можно использовать в работе или учёбе на постоянной основе. Чернила сменные, что говорит о долговечности изделия. • Цвет чернил: синий, • Толщина линии письма: 0,3 мм, • Цвет корпуса: ассорти, • Количество штук в упаковке: 36.</t>
   </si>
   <si>
     <t>800749</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a43/3ed0s1tn9dqkq6a9vdvk4ni5yj79m11v.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая OfficeSpace  quot;CubaLibre quot; синяя, 0,7мм, корпус ассорти</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка OfficeSpace – отличный инструмент для ежедневного использования. Внутри цветного пластикового корпуса – синие чернила. На ручке есть клип – можно закрепить её на одежде или тетради. Варианты цветов корпуса: голубой, оранжевый, розовый, зелёный, фиолетовый. Благодаря диаметру пишущего узла 0,7 мм подходит для любого стиля письма. • Цвет чернил: синий, • Механизм: кнопочный, • Толщина линии письма: 0,5 мм, • Длина письма: 800 метров, • Цвет корпуса: ассорти.</t>
+  </si>
+  <si>
+    <t>800752</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8d6/g5uqz1gckm6m67y1ab7kp5l6s0ydeaq8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  U-209 Classic Matic Grip 1.0, Ultra Glide Technology, цвет чернил синий  в коробке по 50 шт. </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause® U-209 Classic Matic&amp;Grip 1.0, Ultra Glide Technology, цвет чернил синий &amp;#40;в коробке по 50 шт.&amp;#41;</t>
   </si>
   <si>
     <t>812718</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/de2/4two8krlv3lx3baypjlkkq97eio45xee.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  U-209 Neon Matic Grip 1.0, Ultra Glide Technology, цвет чернил синий  в коробке по 50 шт. </t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая ErichKrause® U-209 Neon Matic&amp;Grip 1.0, Ultra Glide Technology, цвет чернил синий &amp;#40;в коробке по 50 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>812719</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7ff/vipsstxhj3bx2g9bniwrqbynm4vf4cos.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;SlimClick.BLACK quot; ШАРИКОВАЯ АВТОМАТИЧЕСКАЯ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;SlimClick.BLACK&amp;quot; ШАРИКОВАЯ АВТОМАТИЧЕСКАЯ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>813064</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/949/6z9rbozdgjbuuo4ab1cvzeqo8waiav18.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">РУЧКА  quot;SlimClick.ORIGINAL quot; ШАРИКОВАЯ АВТОМАТИЧЕСКАЯ 0.5 ММ, СИНЯЯ  3 цвета корп </t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;SlimClick.ORIGINAL&amp;quot; ШАРИКОВАЯ АВТОМАТИЧЕСКАЯ 0.5 ММ, СИНЯЯ &amp;#40;3 цвета корп&amp;#41;</t>
   </si>
   <si>
     <t>813065</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/79a/vvudbnt4oqd3ael3c4w0w5gvxmwfrg8h.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">РУЧКА  quot;SlimClick.SPECIAL quot; ШАРИКОВАЯ АВТОМАТИЧЕСКАЯ 0.5 ММ, СИНЯЯ  4 цвета корп </t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;SlimClick.SPECIAL&amp;quot; ШАРИКОВАЯ АВТОМАТИЧЕСКАЯ 0.5 ММ, СИНЯЯ &amp;#40;4 цвета корп&amp;#41;</t>
   </si>
   <si>
     <t>813066</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7c0/siduws7q80qhwci6qx8in4oecmh97t9a.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">РУЧКА  quot;SoftClick.ORIGINAL quot; ШАРИКОВАЯ АВТОМАТИЧЕСКАЯ 0.7 ММ, СИНЯЯ  3 цвета корпуса </t>
+  </si>
+  <si>
+    <t>РУЧКА &amp;quot;SoftClick.ORIGINAL&amp;quot; ШАРИКОВАЯ АВТОМАТИЧЕСКАЯ 0.7 ММ, СИНЯЯ &amp;#40;3 цвета корпуса&amp;#41;</t>
+  </si>
+  <si>
+    <t>813067</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d11/5m7pd296xaltcu1fzdurq6mj93o8uafv.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">РУЧКА  quot;SoftClick.SPECIAL quot; ШАРИКОВАЯ АВТОМАТИЧЕСКАЯ 0.7 ММ, СИНЯЯ  3 цвета корпуса </t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;SoftClick.SPECIAL&amp;quot; ШАРИКОВАЯ АВТОМАТИЧЕСКАЯ 0.7 ММ, СИНЯЯ &amp;#40;3 цвета корпуса&amp;#41;</t>
   </si>
   <si>
     <t>813068</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0aa/xk20wlnp0kfqsmuvcgawdqvtmv2o5x1n.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cfc/fgjs9pvg6se24tolw8zjxfojv4qpqnvy.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;SoftClick.Black quot; ШАРИКОВАЯ АВТОМАТИЧЕСКАЯ 0.7 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;SoftClick.Black&amp;quot; ШАРИКОВАЯ АВТОМАТИЧЕСКАЯ 0.7 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>813083</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/770/7o2jqvbquyj1dzvncvt11il0v5rbwisk.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая с грипом STAFF  quot;College 4 ЦВЕТА BP-15 quot;, линия письма 0,35 мм, 143748</t>
   </si>
   <si>
     <t>Ручка многоцветная шариковая автоматическая STAFF &amp;quot;College 4 ЦВЕТА BP-15&amp;quot; - это универсальная ручка, которая станет отличным помощником в учебе или работе. Имеет круглый тонированный корпус цвета ассорти с резиновым держателем для удобства письма. Диаметр пишущего узла, равный 0,7 мм, создает тонкую линию письма, равную 0,35 мм. Автоматическая шариковая ручка со стержнями четырех различных цветов в одном корпусе позволит выделить самую важную информацию в записях. Цвет чернил: синий, черный, красный, зеленый.</t>
   </si>
   <si>
     <t>829242</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/320/161qe65fyw6xz8mx2qxga5x18wd9famm.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  JOY  Original, Ultra Glide Technology, цвет  чернил синий  в коробке по 50 шт. </t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка Matic&amp;Grip со стандартным типом пишущего узла и уникальной технологией Ultra Glide. Ручка имеет полупрозрачный тонированный круглый корпус из упрочненного пластика с удобной грип-зоной из резины. Цвет грип-зоны и клипа соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 0.7 мм в сочетании с чернилами пониженной вязкости обеспечивает мягкое и быстрое письмо без усилий. Длина непрерывной линии составляет 1300 м при толщине 0.35 мм, что является одним из лучших показателей в своей категории. Модель JOY® Original стала бестселлером в категории автоматических ручек с чернилами Semi-Gel.</t>
+  </si>
+  <si>
+    <t>835067</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c63/8z9gp3ta3xdcgmf2o6v4wdla66b7mapk.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  R-301 Classic Matic 1.0, цвет чернил черный  в коробке по 50 шт. </t>
   </si>
   <si>
     <t>835068</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b5/nob2sov8gc0grazuni8hz2nspt1sk0fb.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  MEGAPOLIS Concept, цвет чернил синий  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>835374</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30a/c15qkpk3zs0lf0skq5pdlot5rs3gbsy7.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая OfficeSpace  quot;Juicy quot; синяя, 0,7мм.</t>
   </si>
   <si>
     <t>Автоматическая шариковая ручка OfficeSpace – отличный инструмент для ежедневного использования. Внутри цветного пластикового корпуса – синие чернила. На ручке есть клип – можно закрепить её на одежде или тетради. Варианты цветов корпуса: голубой, розовый, салатовый, оранжевый, желтый. Благодаря диаметру пишущего узла 0,7 мм подходит для любого стиля письма. • Цвет чернил: синий, • Механизм: кнопочный, • Толщина линии письма: 0,5 мм, • Длина письма: 500 метров, • Цвет корпуса: ассорти.</t>
@@ -2277,131 +2214,146 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2b1/hsolbtyp1rvxyzj71k8r9xm974xqt8fb.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Berlingo  quot;Green Series quot; 0,7мм, синяя, корпус ассорти</t>
   </si>
   <si>
     <t>Шариковые автоматические ручки Berlingo серии Green Series выполнены с использованием биоразлагаемого пластика, уменьшающего загрязнение окружающей среды при их производстве и утилизации. Уникальная запатентованная технология Smart Ink обеспечивает лёгкое и приятное письмо за счёт использования чернил пониженной вязкости, специальной конструкции пишущего узла и инновационных материалов шарика и пишущего узла. Надежный клип позволит закрепить ручки на блокноте, ежедневнике или планшете. Ручки поставляются в коробочке с европодвесом по 12 штук в цветах ассорти. 1 рубль с продажи каждой упаковки пойдет на восстановление лесов в России. • Технология Smart Ink, • Цвет чернил: синий, • Толщина линии письма: 0,5 мм, • Длина письма: 600 м, • Цвет корпуса: ассорти.</t>
   </si>
   <si>
     <t>841412</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/14e/m3k8tw5zkp3386qc505meu8xq7lir47g.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;SAN REMO quot; ШАРИКОВАЯ, АВТОМАТИЧЕСКАЯ, ФИОЛЕТОВЫЙ МЕТАЛЛИЧЕСКИЙ КОРПУС 1.00 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;SAN REMO&amp;quot; ШАРИКОВАЯ, АВТОМАТИЧЕСКАЯ, ФИОЛЕТОВЫЙ МЕТАЛЛИЧЕСКИЙ КОРПУС 1.00 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>841866</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9be/3wg1dzwvjdf2umudg0ufcc40guiy58pd.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/916/6qlakkpgd21bsohmtzdxjoy4py74wnh1.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Berlingo  quot;Green Series quot; 0,7мм, синяя, корпус с пробковым покрытием</t>
   </si>
   <si>
     <t>Шариковые автоматические ручки Berlingo серии Green Series выделяются натуральным пробковым покрытием корпуса, обеспечивающим необчно приятное и комфортое письмо. Кроме того, они выполнены с использованием биоразлагаемого пластика, уменьшающего загрязнение окружающей среды при их производстве и утилизации. Уникальная запатентованная технология Smart Ink обеспечивает лёгкое и приятное письмо за счёт использования чернил пониженной вязкости, специальной конструкции пишущего узла и инновационных материалов шарика и пишущего узла. Надежный клип позволит закрепить ручки на блокноте, ежедневнике или планшете. Ручки поставляются в картонной коробочке по 10 штук в цветах ассорти. 1 рубль с продажи каждой упаковки пойдет на восстановление лесов в России. • Технология Smart Ink, • Цвет чернил: синий, • Толщина линии письма: 0,5 мм, • Длина письма: 700 м, • Цвет корпуса: ассорти.</t>
   </si>
   <si>
     <t>843207</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ad/evveporm6h66jppjix49e2k2gaxpyw14.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая OfficeSpace  quot;Business quot;, синяя, 0,7мм, soft-touch, корпус ассорти</t>
   </si>
   <si>
     <t>Автоматическая шариковая ручка OfficeSpace – отличный инструмент для ежедневного использования. Внутри цветного прорезиненного пластикового корпуса Soft touch – синие чернила. На ручке есть клип – можно закрепить её на одежде или тетради. Варианты цветов корпуса: нежные пастельные оттенки розового, лимонного, мятного в сочетании с благородным графитовым. Благодаря диаметру пишущего узла 0,7 мм подходит для любого стиля письма. • Цвет чернил: синий, • Механизм: кнопочный, • Толщина линии письма: 0,5 мм, • Длина письма: 600 метров, • Цвет корпуса: ассорти</t>
   </si>
   <si>
     <t>845510</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/690/fql4r8mv54sraa5l8i80798mtuawy6x6.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая OfficeSpace  quot;Juicy Trio quot; синяя, 0,7мм, трехгранная, корпус ассорти</t>
   </si>
   <si>
     <t>Шариковая автоматическая ручка OfficeSpace Juicy Trio дарит настроение на каждый день благодаря сочным цветам корпуса. Удобная трехгранная форма корпуса позволяет ручке комфортно лежать в руке. Благодаря клипу модель можно закрепить на одежде или ежедневнике. Кнопочная подача стержня обеспечивает дополнительное удобство при работе. Длина письма – 350 метров. Код сменного стержня – 248290. Диаметр пишущего узла составляет 0,7 мм – поэтому ручка прекрасно подходит для любого стиля письма. Толщина линии письма составляет 0,5 мм, обеспечивая изящный и красивый почерк. • Цвет чернил: синий, • Толщина линии письма: 0,5 мм, • Игольчатый наконечник, • Цвет корпуса: ассорти, • Код сменного стержня: 248290, • Длина ручки 141 мм, • Длина письма: 350 метров.</t>
   </si>
   <si>
     <t>845511</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c0/pan99pi9q2hl0e9y9qliduih3w1r4std.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая OfficeSpace  quot;Light Trio quot; синяя, 0,7мм, трехгранная, корпус ассорти</t>
   </si>
   <si>
     <t>Шариковая автоматическая ручка OfficeSpace Light Trio дарит настроение на каждый день благодаря ярким цветам корпуса. Удобная трехгранная форма корпуса позволяет ручке комфортно лежать в руке. Благодаря клипу модель можно закрепить на одежде или ежедневнике. Кнопочная подача стержня обеспечивает дополнительное удобство при работе. Длина письма – 350 метров. Код сменного стержня – 248290. Диаметр пишущего узла составляет 0,7 мм – поэтому ручка прекрасно подходит для любого стиля письма. Толщина линии письма составляет 0,5 мм, обеспечивая изящный и красивый почерк. • Цвет чернил: синий, • Толщина линии письма: 0,5 мм, • Игольчатый наконечник, • Цвет корпуса: ассорти, • Код сменного стержня: 248290, • Длина ручки 141 мм, • Длина письма: 350 метров.</t>
   </si>
   <si>
     <t>845512</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/40d/mrjpam2hrafj8dhiun8e8qn0xwk6t7rx.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая OfficeSpace  quot;Pastel Trio quot; синяя, 0,7мм, трехгранная, корпус ассорти</t>
+  </si>
+  <si>
+    <t>Шариковая автоматическая ручка OfficeSpace Pastel Trio дарит настроение на каждый день благодаря нежным цветам корпуса. Удобная трехгранная форма корпуса позволяет ручке комфортно лежать в руке. Благодаря клипу модель можно закрепить на одежде или ежедневнике. Кнопочная подача стержня обеспечивает дополнительное удобство при работе. Длина письма – 350 метров. Код сменного стержня – 248290. Диаметр пишущего узла составляет 0,7 мм – поэтому ручка прекрасно подходит для любого стиля письма. Толщина линии письма составляет 0,5 мм, обеспечивая изящный и красивый почерк. • Цвет чернил: синий, • Толщина линии письма: 0,5 мм, • Игольчатый наконечник, • Цвет корпуса: ассорти, • Код сменного стержня: 248290, • Длина ручки 141 мм, • Длина письма: 350 метров.</t>
+  </si>
+  <si>
+    <t>845513</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/88e/h69le4h7gn7z38mnabud3sl5hog7xl2c.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  JOY  Pastel, Ultra Glide Technology, цвет чернил синий  в коробке по 50 штук </t>
   </si>
   <si>
     <t>Автоматическая шариковая ручка Matic&amp;Grip со стандартным типом пишущего узла и уникальной технологией Ultra Glide. Ручка имеет глянцевый круглый корпус из упрочненного пластика пастельных цветов с удобной грип-зоной из резины. 5-канальный пишущий узел с диаметром шарика 0.7 мм в сочетании с чернилами пониженной вязкости обеспечивает мягкое и быстрое письмо без усилий. Длина непрерывной линии составляет 1300 м при толщине 0.35 мм, что является одним из лучших показателей в своей категории. Модель JOY® Pastel имеет узнаваемую форму и продолжает модельный ряд JOY® в новой коллекции</t>
   </si>
   <si>
     <t>853327</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a3/j5mqynvs6jjn59ooi8dhe62dhabadqck.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  Natural Life Matic Grip, цвет чернил синий  в тубусе по 24 штуки </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause® Natural Life Matic&amp;Grip,&amp;nbsp;&amp;nbsp;цвет чернил синий &amp;#40;в тубусе по 24 шт.&amp;#41;</t>
   </si>
   <si>
     <t>853328</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9d1/3tdphaxfzgfegohxher1oluw03mq2e0q.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  R-301 Orange Matic Grip 0.7, цвет чернил синий  в коробке по 50 штук </t>
+  </si>
+  <si>
+    <t>Классическая автоматическая шариковая ручка Matic&amp;Grip со стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет непрозрачный оранжевый шестигранный корпус с удобной профилированной грип-зоной из резины. Цвет клипа и грип-зоны соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 0.7 мм в сочетании с быстросохнущими чернилами обеспечивает мягкое и комфортное письмо. Длина непрерывной линии составляет 2000 м при толщине 0.35 мм. Модель R-301 Orange Matic&amp;Grip 0.7 имеет узнаваемую запатентованную форму и продолжает модельный ряд R-301 в классе автоматических ручек</t>
+  </si>
+  <si>
+    <t>853330</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/efa/p1xjnsi8fs9nk1muvouxcuy1hhmvqqnu.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  Tulips Matic Grip, цвет чернил синий  в тубусе по 24 штуки </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause® Tulips Matic&amp;Grip, цвет чернил синий &amp;#40;в тубусе по 24 шт.&amp;#41;</t>
   </si>
   <si>
     <t>853331</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f4/sazhv4cbjx3kx2kqsklm3icgs8464wxb.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  U-208 Original Matic 1.0, Ultra Glide Technology, цвет чернил синий  в пакете по 2 штуки </t>
   </si>
   <si>
     <t>Треугольная автоматическая одноразовая шариковая ручка Matic с игольчатым типом пишущего узла и уникальной технологией Ultra Glide Plus. Ручка имеет полупрозрачный тонированный корпус с удобной профилированной грип-зоной. Цвет корпуса и клипа соответствует цвету чернил. 6-канальный пишущий узел с диаметром шарика 1.0 мм в сочетании с чернилами ультра пониженной вязкости обеспечивает мягкое и комфортное письмо без усилий. Длина непрерывной линии составляет 1000 м при толщине 0.3 мм, что является высоким показателем в своей категории</t>
   </si>
   <si>
     <t>853332</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8fc/3thoz2nb2s1jypknj6vhib98vl585wwb.jpg</t>
@@ -2433,105 +2385,108 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7de/5e23o86l3zbo2ahm6ig90faveob9httv.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause  XR-30 Spring, цвет чернил синий  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Автоматическая шариковая ручка Matic&amp;Grip со стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет круглый полупрозрачный корпус ярких неоновых цветов с эргономичной комбинированной грип-зоной из резины и профилированного пластика. Цвет грип-зоны и клипа соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 0.7 мм в сочетании с быстросохнущими чернилами обеспечивает мягкое и быстрое письмо. Длина непрерывной линии составляет 1000 м при толщине 0.35 мм, что является высоким показателем в своей категории. Модель XR-30 Spring стала одним из бестселлеров в ассортименте автоматических ручек ErichKrause®</t>
   </si>
   <si>
     <t>854764</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/819/mxl1440qzsqng1ranqinmxixtu0j0e0b.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая Erich Krause  R-301 Original Gel Matic Grip 0.5, цвет чернил черный</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая Erich Krause® R-301 Original Gel Matic&amp;Grip 0.5, цвет чернил черный &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>906287</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/34c/44de40qh7szun9vvhrhf067okv7t5shw.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Erich Krause  ColorTouch  Colibri, цвет чернил синий</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Erich Krause® ColorTouch® Colibri, цвет чернил синий &amp;#40;в тубусе по 24 штуки&amp;#41;</t>
+  </si>
+  <si>
+    <t>906288</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/689/4jy0thj8tpgl5ax10mfgp3r500w2459x.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Erich Krause  ColorTouch  Ladybug, цвет чернил синий</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Erich Krause® ColorTouch® Ladybug, цвет чернил синий &amp;#40;в тубусе по 24 штуки&amp;#41;</t>
   </si>
   <si>
     <t>906290</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a0b/0ezfnovrfemu8xa5846d049ew2qtriom.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Erich Krause  ColorTouch  Lily, цвет чернил синий</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Erich Krause® ColorTouch® Lily, цвет чернил синий &amp;#40;в тубусе по 24 штуки&amp;#41;</t>
   </si>
   <si>
     <t>906291</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc9/v3tuotwz92cfjeqx7gnby0k8lrq1yzgf.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Erich Krause  ColorTouch  Lime, цвет чернил синий</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Erich Krause® ColorTouch® Lime, цвет чернил синий &amp;#40;в тубусе по 24 штуки&amp;#41;</t>
   </si>
   <si>
     <t>906292</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/10f/8sc10yam2et895as8otxp64wyosb85pw.jpg</t>
-[...17 lines deleted...]
-    <t>907335</t>
+    <t>http://anytos.ru//upload/iblock/b77/xr6jutjxt92mkts5lr17x97yv2sx0giy.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Erich Krause  ColorTouch  Space, цвет чернил синий</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Erich Krause® ColorTouch® Space, цвет чернил синий &amp;#40;в тубусе по 24 штуки&amp;#41;</t>
+  </si>
+  <si>
+    <t>906293</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/899/npv5v0tk0wuw58tsu90cqigfl2jms0e1.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая авт Attache Comfort корпус черный soft touch, 0,5мм, синяя</t>
   </si>
   <si>
     <t>907336</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/007/06g32e4ee42yzejomau8ud2eejl1grco.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Attache Selection Flora к.паст.асс 0,35мм, синяя</t>
   </si>
   <si>
     <t>907337</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2ca/two1vu2pikh57dqjghpvekzryri94ogx.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;PALERMO quot; ШАРИКОВАЯ АВТОМАТИЧЕСКАЯ, БЕЛЫЙ МЕТАЛЛИЧЕСКИЙ КОРПУС, 0,7 ММ, СИНЯЯ</t>
   </si>
@@ -2707,113 +2662,125 @@
   <si>
     <t>http://anytos.ru//upload/iblock/59b/120qsjiqf8mhfhsxwl1rgwhvts7hhunm.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая BRAUBERG ULTRA-RT PASTEL, СИНЯЯ, 0,7 мм, линия 0,35 мм, 143933</t>
   </si>
   <si>
     <t>Автоматическая шариковая ручка BRAUBERG &amp;quot;ULTRA-RT PASTEL&amp;quot; – красивая и функциональная ручка для работы и учебы! Имеет стильный, пастельных цветов ассорти, корпус с резиновым упором в зоне захвата для удобства письма. Укомплектована стержнем синего цвета длиной 107 мм со стандартным наконечником. Диаметр пишущего узла 0,7 мм создает линию письма, равную 0,35 мм. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>930931</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/463/3vv93q234o79tpf2ctsg1s7gr470ne8u.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая BRAUBERG ULTRA-RT, СИНЯЯ, 0,7 мм, линия 0,35 мм, 143935</t>
   </si>
   <si>
     <t>Автоматическая шариковая ручка BRAUBERG &amp;quot;ULTRA-RT&amp;quot; – яркая и функциональная ручка для работы и учебы! Имеет стильный, яркого цвета корпус, и резиновый упор в зоне захвата для удобства письма. Укомплектована стержнем синего цвета длиной 107 мм со стандартным наконечником. Диаметр пишущего узла 0,7 мм создает линию письма, равную 0,35 мм. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>930932</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/df4/2pf7oklg1trrtjwe0rejz32bxa5bnear.jpg</t>
-[...20 lines deleted...]
-    <t>932536</t>
+    <t>http://anytos.ru//upload/iblock/ce9/9pm646lgubzir1hcpgd3jzlaex25fxnb.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая M G 4 цвета в 1, манж, 0,7 мм в ассортименте ABP803R5040796C</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая M&amp;G 4 цвета в 1, манж, 0,7 мм в ассортименте ABP803R5040796C</t>
+  </si>
+  <si>
+    <t>932538</t>
   </si>
   <si>
     <t>&lt;a href="/brands/mg/"&gt;M&amp;G&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1f9/cz028mh3w1c6rv1rmayi4pfah6lpukf8.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая M G Lavender 0,38мм, синяя, в ассортименте ABP861712238GKC</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая M&amp;G Lavender 0,38мм, синяя, в ассортименте ABP861712238GKC</t>
   </si>
   <si>
     <t>932539</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/834/82d04dv6c873o3rhhm10bfct0s1ujpd4.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая M G SimpleMe 0,5мм, синяя, в ассортименте ABP201742205F4C</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая M&amp;G SimpleMe 0,5мм, синяя, в ассортименте ABP201742205F4C</t>
   </si>
   <si>
     <t>932540</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c2e/bi28i0od11cq2f1e4qbwt9ix80w6us2g.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая M G манж, 0,5 мм, синяя, в ассортименте ABP827742205F4C</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая M&amp;G манж, 0,5 мм, синяя, в ассортименте ABP827742205F4C</t>
   </si>
   <si>
     <t>932541</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a12/oz06cur8fmh9chuyo5hmrlrx4hx70xse.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая M G манж, 0,5 мм синяя, в ассортименте ABP827722205Y4C</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая M&amp;G манж, 0,5 мм синяя, в ассортименте ABP827722205Y4C</t>
+  </si>
+  <si>
+    <t>932543</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/123/f3vn6hogf77x3upzwwk58h2c93201mua.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая M G шарик 0,7мм, синяя, в ассортименте ABP01771220700H</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая M&amp;G шарик 0,7мм, синяя, в ассортименте ABP01771220700H</t>
+  </si>
+  <si>
+    <t>932545</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1d8/o6osnxkreh4vxt1mblp6r1nynemud55z.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая M G шариковая 0,7мм, синяя ABPW3072220700H</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая M&amp;G шариковая 0,7мм, синяя ABPW3072220700H</t>
   </si>
   <si>
     <t>932546</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/82e/pmvga306frne4f30klqges3i5b00mfxq.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;FIRENZE quot; ШАРИКОВАЯ АВТОМАТИЧЕСКАЯ, ЗЕЛЕНЫЙ МЕТАЛЛИЧЕСКИЙ КОРПУС 1.0 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>Шариковая металлическая ручка из коллекции «FIRENZE» от Bruno Visconti - бизнес-аксессуар, с которым вы всегда будете чувствовать себя уверенно и комфортно. Лаконичный дизайн, прочный металлический корпус, строгость формы подчеркнут статус владельца ручки. Удобство в эксплуатации и тактильно приятные ощущения подарит бархатистое покрытие Soft Touch. Ручка автоматическая, с легким поворотным механизмом подачи стержня. Надежный пишущий узел d 1,0 мм &amp;#40;от швейцарского производителя Premec&amp;#41; гарантирует высокое качество так же, как и пигментные чернила Dokumental &amp;#40;Германия&amp;#41;. Благодаря им писать ручкой «FIRENZE» одно удовольствие – она мягко скользит по поверхности бумаги, оставляя ровную, четкую линию.</t>
   </si>
   <si>
     <t>932647</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe9/r3z1ebme2xzzx9tyf40yjd62b0bm8c7r.jpeg</t>
@@ -2932,153 +2899,150 @@
   <si>
     <t>http://anytos.ru//upload/iblock/bad/e3i5dyuu03fou490qm9xx8t0pfwpj3l3.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая СТАММ  quot;500 quot; синяя, 0,7мм, тонированный корпус</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая СТАММ &amp;quot;500&amp;quot; синяя, 0,7мм, тонированный корпус</t>
   </si>
   <si>
     <t>944934</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0be/n5u7lcmmjbnab7acuzop90nqq0hdrn3z.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная автоматическая с грипом UNI  quot;JetStream quot;, СИНЯЯ, корпус бирюзовый, 0,35 мм, SXN-101FL AQUA</t>
   </si>
   <si>
     <t>Автоматическая шариковая ручка Uni SXN-101-07FL – это ручка из серии Jetstream в обновленном ярком дизайне. Относится к новому поколению ручек с быстро сохнущими чернилами и обновленным механизмом пишущего узла. Ручка выполнена в лаконичном дизайне, оснащена резиновым держателем. Новые гибридные чернила обладают повышенной вязкостью, что обеспечивает супербыстрое скольжение во время письма. Чернила Jetsream легко проникают в бумагу и мгновенно высыхают. Заменяемый стержень длиной 121 мм снабжен пишущим узлом 0,7 мм и стандартным типом наконечника. Линяя письма – 0,35 мм.</t>
   </si>
   <si>
     <t>945709</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/849/dfx469rmlnpcl16892z9r5q5gp3o8ff1.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cc5/i9vutq01t3gb8z36twpjp7ud0ty5r6oj.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Linc Mr. Click синий 0,7 мм грип игольчатый наконечник</t>
   </si>
   <si>
     <t>947629</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/892/4iu7q06wpiftqu0qx38npucdtvecspg3.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Linc OFFIX RT синий 0,7 мм трехгран. корп.</t>
+  </si>
+  <si>
+    <t>947630</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/cda/2wcdvy7vinxqak7q29t19wc85alhrq4g.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  R-301 Orange Matic 0.7, цвет чернил синий  в пакете по 8 штук </t>
   </si>
   <si>
     <t>949597</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/76b/r5e0rjslc1z7ajrftj890vocaczxlp5h.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Attache Selection Original 0,5борд. Корп. синяя</t>
   </si>
   <si>
     <t>950037</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2ee/du13e6lm0ey7ydf7f7450dwm6qql86n9.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Attache Selection Original 0,5корп. синяя</t>
+  </si>
+  <si>
+    <t>950038</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d20/10yq1jjjtampe490xk79zgj8zqkuu0ug.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Attache Vegas к.гол-р 0,33син, масл, манж. B-575M</t>
   </si>
   <si>
     <t>950039</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a37/2ai2p1e2mfoe4df70hhmbmfexzkrx0zd.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Attache Vegas к.сал-ф 0,33 син, масл, манж. B-575M</t>
   </si>
   <si>
     <t>950040</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f47/4qi8p6lr8emp0f3j6qz901m6uz9s6xfh.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Attache Акварель 0,4, син, масл, манж, в ассортименте. OG-5222</t>
   </si>
   <si>
     <t>950041</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/171/g4qhb9n4fayakrhne3nufwnjv13qsabc.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Deli Arrow д.ш 0,7мм лин 0,35мм, черный EQ01320</t>
   </si>
   <si>
     <t>950042</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5dd/gdz1ru0jfwatvsrdd8po0d2i3pc8elxn.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Deli Arrow шар 0,7мм лин 0,5мм, манжетка, синии</t>
   </si>
   <si>
     <t>950044</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/15a/7o89q64zq50disrtnvuqqkiqu7mevull.jpg</t>
-[...20 lines deleted...]
-    <t>950059</t>
+    <t>http://anytos.ru//upload/iblock/ee4/99kkba2fo30fmhia637jv32slynhznwb.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая корп. пл, мет черн, серебр. детал, синии, лого</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая корп.пл, мет черн, серебр. детал, синии, лого</t>
+  </si>
+  <si>
+    <t>950055</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/093/6v73m0ftfnkjvalrhalc8ej3pblc7ksy.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая РОССИЯ  quot;РЕФЛЕКТОР quot;, СИНЯЯ, узел 0,7 мм, линия письма 0,35 мм, BRAUBERG, 143969</t>
   </si>
   <si>
     <t>Автоматическая шариковая ручка BRAUBERG &amp;quot;Рефлектор&amp;quot; выполнена из высококачественных материалов, что обеспечивает надежность и долговечность в использовании. Имеет круглый синий корпус с удобной зоной захвата для комфортного письма. Цвет чернил синий. Стержень со стандартным наконечником. Диаметр пишущего узла 0,7 мм создает линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>953555</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e7/6h3b97cmr5cwg5ddwqdgzhn97b3wk2rp.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause  R-301 Matic Grip Spring 1.0, цвет чернил синий  в коробке по 50 штук </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause® R-301 Matic&amp;Grip Spring 1.0, цвет чернил синий &amp;#40;в коробке по 50 штук&amp;#41;</t>
   </si>
   <si>
     <t>960418</t>
   </si>
@@ -3154,74 +3118,143 @@
   <si>
     <t>Ручка шариковая автоматическая Unomax I-ball, 0,3мм, шар 0,7, син, масл, манж</t>
   </si>
   <si>
     <t>961701</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/668/9ko6e704w1svf56bd0m0gv0vj4ig6pi0.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Unomax Ultra Glide RT 0,3мм, шар 0,7, син, масл, манж</t>
   </si>
   <si>
     <t>961702</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4cb/ko7blnt8zfpdxx4frp7z54e0r43ymty6.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Attache Spirit GP ш.0,5мм, лин 0,3, син, масл, манж</t>
   </si>
   <si>
     <t>961704</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8ee/47oxtphg4u2b8xzdhl6rc562j3qw6s3x.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая M G лин 0,5мм, 4цв в1, асс, манж, ABPJ7371040796C</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая M&amp;G лин 0,5мм, 4цв в1, асс, манж, ABPJ7371040796C</t>
+  </si>
+  <si>
+    <t>961705</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/534/eh18v5i1lomedjh4wqwudohnyyh7lu9h.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая M G TR3 Plus лин 0,5мм синяя ABPW3077220700H</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая M&amp;G TR3 Plus лин 0,5мм синяя ABPW3077220700H</t>
   </si>
   <si>
     <t>961706</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/5be/0gun98byk2pey53r3vu3ufqo2vd44687.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая M G So Many Cats л 0,35 син, в асортименте ABP888R82205F4C</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая M&amp;G So Many Cats л 0,35 син, в асортименте ABP888R82205F4C</t>
+  </si>
+  <si>
+    <t>961707</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/491/w2bcto4rdwf1r23ga2c5h6f99z4t7tsq.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая Deli Arris ш 0,7мм, л 0,5, 4 цв в1, масл, манж EQ182</t>
+  </si>
+  <si>
+    <t>961709</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dc0/ow04rsswfypzpithizmue81v4kdwctj0.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая M G д.ш. 0,7мм, лин.0,5мм, синий, ассорти</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая M&amp;G д.ш. 0,7мм, лин.0,5мм, синий, ассорти</t>
+  </si>
+  <si>
+    <t>961710</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/15a/fqje5bbr1ns6t50ky5ho5ocqyyn07qgw.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая M G So Many Cats, 4 в 1, 0,7мм, масл, в асортименте</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая M&amp;G So Many Cats, 4 в 1, 0,7мм, масл, в асортименте</t>
   </si>
   <si>
     <t>961711</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/146/hw2fqvofugf0mxm8hvjx4zoa4m0ntz9e.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая M G So Many Cats, 0,7 мм, масл, син, в асортименте</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая M&amp;G So Many Cats, 0,7 мм, масл, син, в асортименте</t>
+  </si>
+  <si>
+    <t>961712</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/778/9g97x331rlggwuu7sstb4bzocb02urwc.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая M G So Many Cats, с клипом 0,7мм, масл, в асортименте</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая M&amp;G So Many Cats, с клипом 0,7мм, масл, в асортименте</t>
+  </si>
+  <si>
+    <t>961713</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ff1/6uyxqjj443sjdmybamp6u3rc71hnz9s5.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Attache Ergohold, с манж, 0,3мм, синяя</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Attache Ergohold - современный яркий дизайн и надежное качество! Модель выполнена в пластиковом корпусе голубого цвета. Стильный дизайн ручки дополняет пластиковый клип, позволяющий плотно закрепить ручку в кармане пиджака или тетради для записей. Эргономичная прорезиненная манжетка придает ощущение комфорта при письме, способствует надежному захвату пальцев и препятствует выскальзыванию. Стержень длиной 107 мм снабжен игольчатым наконечником, заправлен высококачественными масляными чернилами синего цвета. Диаметр пишущего узла 0,5 мм создает тонкую линию письма, равную 0,3 мм. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии. Благодаря качественным материалам, используемым при изготовлении, эта ручка станет надежным помощником на долгое время.</t>
   </si>
   <si>
     <t>961714</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ab/51ya3lf57wkc9dqdbgs24g8nh08uzjtf.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Attache Steady, с манж, 0,35мм, синяя</t>
   </si>
   <si>
     <t>961715</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7d8/g6csss030lg1eh9nzvr8q7m7hz5ezoul.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Attache Extract,с манж, 0,35мм, синяя</t>
@@ -3232,197 +3265,146 @@
   <si>
     <t>http://anytos.ru//upload/iblock/497/snix2k3zzu5ekn1shgxn1ekklzn3xn31.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая MESHU  quot;Dream sand quot; синяя, 1,0мм</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая MESHU &amp;quot;Dream sand&amp;quot; синяя, 1,0мм</t>
   </si>
   <si>
     <t>965814</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/20c/ibrjk8irhix1dnuruirptb67pu8va3wx.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая MESHU  quot;Gold sand quot; синяя, 1,0мм</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая MESHU &amp;quot;Gold sand&amp;quot; синяя, 1,0мм</t>
   </si>
   <si>
     <t>965815</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/552/dfk9xk0v7yxkregb0nebn81bnbolk7z9.jpg</t>
-[...8 lines deleted...]
-    <t>965816</t>
+    <t>http://anytos.ru//upload/iblock/c2d/8v3ipjhkdt5mfj3t1ikux9dimz5ht4d2.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая MESHU  quot;Green diamond quot; синяя, 1,0мм</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая MESHU &amp;quot;Green diamond&amp;quot; синяя, 1,0мм</t>
+  </si>
+  <si>
+    <t>965817</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c2d/8v3ipjhkdt5mfj3t1ikux9dimz5ht4d2.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b65/fitsdx5ko4ps1bde7ox8zl85p52hd75y.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая MESHU  quot;Ice diamond quot; синяя, 1,0мм</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая MESHU &amp;quot;Ice diamond&amp;quot; синяя, 1,0мм</t>
   </si>
   <si>
     <t>965818</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ab/xwyqz22zqtmvqdyqfa42axgdrqc4c1l7.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая MESHU  quot;Perfect sand quot; синяя, 1,0мм</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая MESHU &amp;quot;Perfect sand&amp;quot; синяя, 1,0мм</t>
   </si>
   <si>
     <t>965819</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2eb/oxw7hexbkks6nohqz8qkmuq3j8uh7jn1.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая MESHU  quot;Pink diamond quot; синяя, 1,0мм</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая MESHU &amp;quot;Pink diamond&amp;quot; синяя, 1,0мм</t>
   </si>
   <si>
     <t>965820</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ce/s9wnzjwqz5oixd42l96vik8exq8wmu1m.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Berlingo  quot;Envy quot; синяя, 0,7мм, корпус ассорти</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Berlingo &amp;quot;Envy&amp;quot; синяя, 0,7мм, корпус ассорти</t>
   </si>
   <si>
     <t>965822</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/575/g5efll0ofle0j78g123f2gnr4wkihskh.jpg</t>
-[...37 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5e8/uvnnxcobmdm9qtohhbmxz722u01mne4a.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Schneider &amp;quot;K15&amp;quot; синяя, 1,0мм, корпус пастель ассорти, ш/к</t>
   </si>
   <si>
     <t>965830</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/72a/4nd1hvr04aqygzzkn31vuauo0bxr0jev.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9c1/61pjhlro1xou8w4axgbb3imfky92szt9.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause  R-301 Matic Grip Amber 1.0, цвет чернил синий  в коробке по 50 штук </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Erich Krause® R-301 Matic&amp;Grip Amber 1.0, цвет чернил синий &amp;#40;в коробке по 50 штук&amp;#41;</t>
   </si>
   <si>
     <t>970314</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/802/i22gbdx08r91ntf53gtvrnd0yu2imkgr.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая BRAUBERG X17 BLUE, СИНЯЯ, корпус синий, стандартный узел 0,7 мм, линия письма 0,5 мм, 144157</t>
+  </si>
+  <si>
+    <t>Классическая автоматическая шариковая ручка BRAUBERG X17 BLUE – яркий и функциональный инструмент для работы и учебы. Классическая автоматическая шариковая ручка. Цвет корпуса - синий. Кнопка, клип и кольцо посередине выполнены из металла. Укомплектована стержнем синего цвета длиной 107 мм со стандартным наконечником. Диаметр пишущего узла 0,7 мм создает линию письма, равную 0,5 мм. Цвет чернил – синий.</t>
+  </si>
+  <si>
+    <t>978145</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/39b/bh3leqdfevj2178kjvjn4b5vr0y00seg.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая BRAUBERG X17 COLOR, СИНЯЯ, стандартный узел 0,7 мм, линия письма 0,5 мм, 144154</t>
   </si>
   <si>
     <t>Классическая автоматическая шариковая ручка BRAUBERG X17 COLOR – яркий и функциональный инструмент для работы и учебы. Классическая автоматическая шариковая ручка с корпусом ярких цветов ассорти. Кнопка, клип и кольцо посередине выполнены из металла. Укомплектована стержнем синего цвета длиной 107 мм со стандартным наконечником. Диаметр пишущего узла 0,7 мм создает линию письма, равную 0,5 мм. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>978146</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/44f/j6o0g6hht2alxlvq0vwb99qx99tbyxx8.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая BRAUBERG X17 PASTEL, СИНЯЯ, стандартный узел 0,7 мм, линия письма 0,5 мм, 144155</t>
   </si>
   <si>
     <t>Классическая автоматическая шариковая ручка BRAUBERG X17 PASTEL – яркий и функциональный инструмент для работы и учебы. Классическая автоматическая шариковая ручка. Имеет нежные пастельные цвета корпуса ассорти. Кнопка, клип и кольцо посередине выполнены из металла. Укомплектована стержнем синего цвета длиной 107 мм со стандартным наконечником. Диаметр пишущего узла 0,7 мм создает линию письма, равную 0,5 мм. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>978147</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e65/uld2mug42cc76ct5g4zgm7ly7l4mqqqr.jpg</t>
@@ -3538,74 +3520,50 @@
   <si>
     <t>980234</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e44/c1ihx5fpn4iu77jhbzd1slct76kp8k9f.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;TORINO quot; ШАРИКОВАЯ АВТОМАТИЧЕСКАЯ, СИНИЙ МЕТАЛЛИЧЕСКИЙ КОРПУС 1.0 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>980235</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/20e/tnia9816t33gm1rpvcnear9cpl510r54.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;DeleteClick.xPro quot; Grey СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>Автоматическая ручка DeleteClick.xPro Grey от Bruno Visconti с пишущем узлом 0,5 мм -идеальный вариант для любителей «пиши-стирай». Следы гелевых термочувствительных чернил легко удаляются с помощью пластикового наконечника на конце ручки. Прорезиненный грип создает комфорт в работе. Сменный стержень легко выдвигается за счет механизма кнопочной подачи. Современный дизайн подчеркнет индивидуальность владельца ручки.</t>
   </si>
   <si>
     <t>980236</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/62a/rpy01ufv20ln12dy0qyxznbr5bmqwve2.jpeg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/092/bpxf90p3u7jv5bmc87qsf6nqvrs1qucr.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;DeleteSlimClick.Classic quot; MANGA ANIME. CITY СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ 4 ВИДА</t>
   </si>
   <si>
     <t>Автоматическая ручка DeleteSlimClick.Classic от Bruno Visconti с пишущем узлом 0,5 мм -идеальный вариант для любителей «пиши-стирай». Следы гелевых термочувствительных чернил легко удаляются с помощью пластикового наконечника на конце ручки. Прорезиненный рельефный грип и корпус с покрытием Soft Touch создают комфорт в работе. Сменный стержень легко выдвигается за счет механизма кнопочной подачи. Яркий дизайн с забавными героями в стиле «аниме» не оставят равнодушными ни детей, ни взрослых. Удобная конструкция, качественные материалы, мягкое письмо и актуальный дизайн – что еще нужно для современной ручки?</t>
   </si>
   <si>
     <t>980239</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/36e/htrqorj8e2vk4eq0jvsemvn5ptycd9b5.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;DeleteClick.xPro quot; Nero СО СТИРАЕМЫМИ ЧЕРНИЛАМИ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>Автоматическая ручка DeleteSlimClick.xPro Nero от Bruno Visconti с пишущем узлом – 0,5 мм идеальный вариант для любителей «пиши-стирай». Следы гелевых термочувствительных чернил легко удаляются с помощью пластикового наконечника на конце ручки. Рельефный грип создает комфорт в работе. Сменный стержень легко выдвигается за счет механизма кнопочной подачи. Стильное оформление подчеркнет индивидуальность владельца ручки. Удобная конструкция, качественные материалы, мягкое письмо и актуальный дизайн – что еще нужно для современной ручки?</t>
   </si>
   <si>
     <t>980240</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a3/k0vo9zje30xyhui53wgub7q3kdj5xj8x.jpeg</t>
@@ -3640,80 +3598,50 @@
   <si>
     <t>Автоматическая шариковая ручка PointClick ТМ Bruno Visconti для поклонников каллиграфического почерка и тонкого письма. Надежный пишущий узел от швейцарского производителя Premec обеспечивает плавную и бесперебойную подачу чернил, произведенных в Германии &amp;#40;DOKUMENTAL&amp;#41;. Поэтому чернила ложатся на поверхность бумаги плавно, без давления на ручку. Толщина линии письма - 0,36 мм – яркая, четкая, тонкая. Прорезиненный корпус тактильно приятный и создает дополнительный комфорт при письме.</t>
   </si>
   <si>
     <t>980243</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/40f/d0vincg6mb6pxa2cgixtzkhrp54bw34p.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">РУЧКА  quot;PointClick.ORIGINAL quot; ШАРИКОВАЯ АВТОМАТИЧЕСКАЯ 0.38 ММ, СИНЯЯ  3 цвета корпуса </t>
   </si>
   <si>
     <t>980244</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e5d/pw6mjb8811ai420uzql0ek5jfzep0unc.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">РУЧКА  quot;PointClick.ZEFIR quot; ШАРИКОВАЯ АВТОМАТИЧЕСКАЯ 0.38 ММ, СИНЯЯ  4 цвета корпуса </t>
   </si>
   <si>
     <t>980245</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/223/a84qotyn6hqtad8tw41o562i925lzqug.jpeg</t>
-[...28 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/725/w9q159k57laanqvoqpcxioat853u9mlq.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;VENEZIA PRAGMATICO quot; ШАРИКОВАЯ, КОРИЧНЕВЫЙ МЕТАЛЛИЧЕСКИЙ КОРПУС 1,0 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>Серия шариковых автоматических ручек Venezia Pragmatico от Bruno Visconti – верх утилитарности и одновременно икона стиля: • пигментные чернила Dokumental от немецкого производителя • пишущий узел диаметром 1,0 мм Premec от швейцарского производителя • мягкое письмо • лаконичный дизайн • металлический корпус с покрытием Soft Touch • классические цвета корпуса контрастируют с деталями цвета серебра или розового золота.</t>
   </si>
   <si>
     <t>980249</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/82f/4yqhjtxts82wgk8tmtysvd0qaz2pu2sd.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;VENEZIA PRAGMATICO quot; ШАРИКОВАЯ, СЕРЫЙ МЕТАЛЛИЧЕСКИЙ КОРПУС 1,0 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>980250</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1cb/2oilg4roykojd4mifbk9wijvf2zdizyo.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;VENEZIA PRAGMATICO quot; ШАРИКОВАЯ, СИНИЙ МЕТАЛЛИЧЕСКИЙ КОРПУС 1,0 ММ, СИНЯЯ</t>
@@ -3724,50 +3652,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8af/un26ox2j9j32uvxbp6agvg6fr5encc6h.jpg</t>
   </si>
   <si>
     <t>Набор MESHU автоматическая ручка   автоматический карандаш  quot;Cute dog quot;, с топпером, блистер</t>
   </si>
   <si>
     <t>Набор MESHU автоматическая ручка &amp;#43; автоматический карандаш &amp;quot;Cute dog&amp;quot;, с топпером, блистер</t>
   </si>
   <si>
     <t>981665</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3da/hcrf623xt22zm59xibdcv5udu7hnmtuh.jpg</t>
   </si>
   <si>
     <t>Набор MESHU автоматическая ручка   автоматический карандаш  quot;Fat cat quot;, с топпером, блистер</t>
   </si>
   <si>
     <t>Набор MESHU автоматическая ручка &amp;#43; автоматический карандаш &amp;quot;Fat cat&amp;quot;, с топпером, блистер</t>
   </si>
   <si>
     <t>981666</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b1b/s92wkh8xg4imgjxwwjdwii41s8jjb81g.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая MESHU  quot;Cats quot; синяя, 0,7мм, корпус ассорти, с топпером</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая MESHU &amp;quot;Cats&amp;quot; синяя, 0,7мм, корпус ассорти, с топпером</t>
+  </si>
+  <si>
+    <t>981669</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/746/b0yy4gkcfuu2gfnlq1vfnnufxbge4ght.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая MESHU  quot;Dolls quot; синяя, 0,7мм, корпус ассорти</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая MESHU &amp;quot;Dolls&amp;quot; синяя, 0,7мм, корпус ассорти</t>
   </si>
   <si>
     <t>981671</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fbf/ru81iuarc3au398akyauwey31wn4z85i.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая MESHU  quot;Fat cat quot; синяя, 0,7мм, корпус ассорти, с топпером</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая MESHU &amp;quot;Fat cat&amp;quot; синяя, 0,7мм, корпус ассорти, с топпером</t>
   </si>
   <si>
     <t>981672</t>
   </si>
   <si>
     <t>14</t>
@@ -3877,74 +3817,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d11/2c336sfumvt05tm7lxnwlbay0xksjbny.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause Butterfly Matic Grip Manga 0.7, цвет чернил синий  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Erich Krause Butterfly Matic&amp;Grip Manga 0.7, цвет чернил синий &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>992882</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7fa/15cx2d4121xztglp69joklpkr7g0o8hg.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая Erich Krause R-301 Matic Original 1.0, цвет чернил синий  в коробке по 50 штук </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Erich Krause R-301 Matic Original 1.0, цвет чернил синий &amp;#40;в коробке по 50 штук&amp;#41;</t>
   </si>
   <si>
     <t>992883</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/206/3mqa036cm4h39munci50pryr7owkli7v.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e43/hztw50hcxl4yyx70qnquekrtq6oo6obi.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая BRAUBERG  quot;Metropolis quot;, СИНЯЯ, корпус синий, пишущий узел 0,5 мм, линия письма 0,3 мм, 144221</t>
   </si>
   <si>
     <t>Яркая автоматическая шариковая ручка BRAUBERG &amp;quot;Metropolis&amp;quot; с броским дизайном в виде созвездий на корпусе. Имеет круглый корпус и стандартный наконечник. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,3 мм. Ручка имеет сменный стержень длиной 107 мм. Качественные чернила обеспечивают мягкое и комфортное письмо. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>995108</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/268/87e6os90cc6f8njp49gymi2njtos9hjv.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая BRAUBERG  quot;Office Style quot;, СИНЯЯ, корпус черный, пишущий узел 0,5 мм, линия письма 0,3 мм, 144222</t>
+  </si>
+  <si>
+    <t>Стильная автоматическая шариковая ручка BRAUBERG &amp;quot;Office Style&amp;quot; с прорезиненным круглым корпусом. Диаметр пишущего узла, равный 0,5 мм, создает линию письма 0,3 мм. Ручка имеет сменный стержень длиной 107 мм. Качественные чернила и рифление в зоне захвата обеспечивают мягкое и комфортное письмо. Цвет чернил – синий.</t>
+  </si>
+  <si>
+    <t>995109</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bc2/wt94pjhsfgbjqhktoflwsmy12blfef2c.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая BRAUBERG  quot;Stripes Pastel quot;, СИНЯЯ, корпус ассорти, пишущий узел 0,5 мм, линия письма 0,3 мм, 144220</t>
   </si>
   <si>
     <t>Элегантная автоматическая шариковая ручка BRAUBERG &amp;quot;Stripes Pastel&amp;quot; с изящным дизайном в виде полосок на корпусе. Имеет круглый корпус и стандартный наконечник. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,3 мм. Ручка имеет сменный стержень длиной 107 мм. Качественные чернила обеспечивают мягкое и комфортное письмо. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>995110</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b5b/xud2qr0zcefxopb5xagihsdjp213rykp.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая BRAUBERG  quot;Stripes quot;, СИНЯЯ, корпус ассорти, пишущий узел 0,5 мм, линия письма 0,3 мм, 144219</t>
   </si>
   <si>
     <t>Элегантная автоматическая шариковая ручка BRAUBERG &amp;quot;Stripes&amp;quot; с изящным дизайном в виде полосок на корпусе. Имеет круглый корпус и стандартный наконечник. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,3 мм. Ручка имеет сменный стержень длиной 107 мм. Качественные чернила обеспечивают мягкое и комфортное письмо. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>995111</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/061/atmltwgvphg9tol7d89me7z85t9boqx2.jpg</t>
@@ -3973,146 +3913,134 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4f7/3j5wpyepfg957ox4d762bad1f7z1t450.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause R-301 Matic Original 1.0, цвет чернил зеленый  в коробке по 50 штук </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause R-301 Matic Original 1.0, цвет чернил зеленый &amp;#40;в коробке по 50 штук&amp;#41;</t>
   </si>
   <si>
     <t>995624</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d91/s48af7u1v9ki72uq9ksywvb8h7u93lou.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause R-301 Matic Original 1.0, цвет чернил красный  в коробке по 50 штук </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause R-301 Matic Original 1.0, цвет чернил красный &amp;#40;в коробке по 50 штук&amp;#41;</t>
   </si>
   <si>
     <t>995625</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/099/7m7h2jwq0xxex512573xptun1tjnjb9f.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause R-301 Matic Original 1.0, цвет чернил черный  в коробке по 50 штук </t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая ErichKrause R-301 Matic Original 1.0, цвет чернил черный &amp;#40;в коробке по 50 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>995626</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/92c/mx1sy27q0bdj18s45w1w074q64mj44hf.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause R-301 Matic Pastel 0.7, цвет чернил синий  в коробке по 50 штук </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause R-301 Matic Pastel 0.7, цвет чернил синий &amp;#40;в коробке по 50 штук&amp;#41;</t>
   </si>
   <si>
     <t>995627</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d1/78ygaou56a5f9x12cvghlbu7y0vsu741.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause R-305 Matic Caribbean Sunset 0.7, цвет чернил синий  в коробке по 50 штук </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause R-305 Matic Caribbean Sunset 0.7, цвет чернил синий &amp;#40;в коробке по 50 штук&amp;#41;</t>
   </si>
   <si>
     <t>995628</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/161/ek28gdqrlubhraz0c356ce2cos1ljtzu.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause Severe Matic Classic 0.7, цвет чернил синий  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause Severe Matic Classic 0.7, цвет чернил синий &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>995629</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c9e/2fcbz7yycvzg1gculjyd30z3icsamcnn.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause Switch Matic Grip 0.7, цвет чернил синий  в коробке по 50 штук </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause Switch Matic&amp;Grip 0.7, цвет чернил синий &amp;#40;в коробке по 50 штук&amp;#41;</t>
   </si>
   <si>
     <t>995630</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ad6/mvf1fgyo8iwsca9nfg7l2ebpt3ec375j.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e2a/54t4uaxvfbaad8t3oc03769pyhx38vxq.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause XR-30 Matic Grip Pastel Bloom 0.7, цвет чернил синий  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause XR-30 Matic&amp;Grip Pastel Bloom 0.7, цвет чернил синий &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>995632</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/283/gb6u2st3p3xrlc15ud3id1ovfcxqb6zr.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая BRAUBERG ULTRA COLOR NEON, soft-touch, СИНЯЯ, пишущий узел 0,7 мм, линия письма 0,35 мм, 144203</t>
   </si>
   <si>
     <t>BRAUBERG &amp;quot;ULTRA COLOR NEON&amp;quot; – это яркая и функциональная автоматическая шариковая ручка для работы и учебы! Имеет прорезиненный корпус броского дизайна. Представлена в пяти ярких неоновых цветах. Укомплектована стержнем синего цвета длиной 107 мм с игольчатым наконечником. Диаметр пишущего узла 0,7 мм создает линию письма, равную 0,35 мм. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>996205</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/900/2jahnk1hchkln3f9s81tr6i5tkrku676.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/eab/5p63mux16948l9edeqonlqx4qv33m0u5.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая с грипом BRAUBERG DELTA CLIP, СИНЯЯ, ассорти, узел 0,7 мм, линия письма 0,35 мм,144201</t>
   </si>
   <si>
     <t>Шариковая ручка BRAUBERG &amp;quot;DELTA CLIP&amp;quot; выполнена из высококачественных материалов, что обеспечивает надежность и долговечность в использовании. Корпус ручки синего цвета выполнен в классическом стиле с акцентной цветной деталью. Сменный стержень длиной 107 мм заправлен чернилами синего цвета. Удобный резиновый грип в зоне захвата препятствует скольжению пальцев при письме. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>996207</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1b1/52xpk6dxrgfg60k55hwwe88x8fea3821.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая с грипом BRAUBERG DELTA COLOR, СИНЯЯ, ассорти, узел 0,7 мм, линия письма 0,35 мм, 144202</t>
   </si>
   <si>
     <t>Шариковая ручка BRAUBERG &amp;quot;DELTA COLOR&amp;quot; выполнена из высококачественных материалов, что обеспечивает надежность и долговечность в использовании. Ручка выполнена в ярком дизайне с акцентными серебристыми деталями. Сменный стержень длиной 107 мм заправлен чернилами синего цвета. Удобный резиновый грип в зоне захвата препятствует скольжению пальцев при письме. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>996208</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aec/dcy8hixc6rcb7sxm3gf7cgchyp5wuyec.jpg</t>
@@ -4165,233 +4093,185 @@
   <si>
     <t>http://anytos.ru//upload/iblock/995/y9rqxr83k4yw3ui7s8uw3t39k5hwivxd.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause R-301 Matic Grip Pastel 0.7, цвет чернил синий</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause R-301 Matic&amp;Grip Pastel 0.7, цвет чернил синий &amp;#40;в коробке по 50 штук&amp;#41;</t>
   </si>
   <si>
     <t>998032</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0dd/gu0eqrfv19eog23diew3gidho172j1fl.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause R-305 Matic Pastel Bloom 0.7, цвет чернил синий</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause R-305 Matic Pastel Bloom 0.7, цвет чернил синий &amp;#40;в коробке по 50 штук&amp;#41;</t>
   </si>
   <si>
     <t>998033</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/28c/n2xgc5fvzdk6p8llzlksx220dixjezrz.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fa1/7lynzzw6758e150scz6swxy74b2hy2qc.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause Essential Matic Manga 0.7, цвет чернил синий  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Автоматическая ручка Matic со стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет непрозрачный матовый шестигранный корпус цветов коллекции Manga. 5-канальный пишущий узел с диаметром шарика 0.7 мм обеспечивает мягкое и быстрое письмо без усилий. Длина непрерывной линии составляет 1000 м при толщине 0.28 мм,&amp;nbsp;&amp;nbsp;что является высоким показателем в своей категории.</t>
   </si>
   <si>
     <t>999146</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ec3/26n31jjq7xxfl82mqq2bsmokwp9puhwa.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause R-301 Matic Spring 0.7, цвет чернил синий  в коробке по 50 штук </t>
   </si>
   <si>
     <t>Классическая автоматическая шариковая ручка Matic со стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет полупрозрачный шестигранный корпус нежных пастельных цветов с удобной профилированной грип-зоной. 5-канальный пишущий узел с диаметром шарика 0.7 мм в сочетании с быстросохнущими чернилами обеспечивает мягкое и быстрое письмо. Длина непрерывной линии составляет 2000 м при толщине 0.35 мм. Ручки серии R-301 имеют узнаваемую запатентованную форму и стали бестселлерами в ассортименте шариковых ручек Erich Krause более чем в 50 странах мира.</t>
   </si>
   <si>
     <t>999148</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8fd/xoir0rtz26hbgpz911th18iofk9tnr2t.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/383/b88c8bhl4idifswkwam0t2euu03ybjzu.jpg</t>
   </si>
   <si>
     <t>Ручка автоматическая, синяя  quot;Darvish quot; корпус цветной с серым резиновым держателем</t>
   </si>
   <si>
     <t>Ручка автоматическая, синяя &amp;quot;Darvish&amp;quot; корпус цветной с серым резиновым держателем. Цвет чернил-синий. Пишущий узел - 0,7мм. Упаковка 50шт-пленка.10*14*7см.</t>
   </si>
   <si>
     <t>999247</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e55/j1h4okk2spjpshi37rz9ilw4kz7dbfu4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/68c/idxohq5p2y8324z6n6g0b2wbv41e6upj.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Berlingo  quot;Flower Art quot; синяя, 0,7мм, рисунок на корпусе, soft touch, ассорти</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Berlingo &amp;quot;Flower Art&amp;quot; синяя, 0,7мм, рисунок на корпусе, soft touch, ассорти</t>
   </si>
   <si>
     <t>1000740</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/068/ebfbs1wnvr08ezrlg6t6rd72b1dp532a.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Berlingo  quot;Future Tech quot; синяя, 0,7мм, рисунок на корпусе, soft touch, ассорти</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Berlingo &amp;quot;Future Tech&amp;quot; синяя, 0,7мм, рисунок на корпусе, soft touch, ассорти</t>
   </si>
   <si>
     <t>1000741</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe3/lef30drjv8sqzpi33sis2p4nmun8o72a.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Berlingo  quot;Neonometry quot; синяя, 0,7мм, рисунок на корпусе, soft touch, ассорти</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая Berlingo &amp;quot;Neonometry&amp;quot; синяя, 0,7мм, рисунок на корпусе, soft touch, ассорти</t>
   </si>
   <si>
     <t>1000743</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/517/y4vh9vxy78n0sbr7k2g04fk38ga8011n.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/aad/gsx8lgi0bsfph432etwiy6ah1pgyw1gh.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;Best Friends quot; ШАРИКОВАЯ, АВТОМАТИЧЕСКАЯ, 0.5 ММ, 4 ЦВЕТА ЧЕРНИЛ</t>
   </si>
   <si>
     <t>4-цветная автоматическая шариковая ручка «Best Friends» ТМ Bruno Visconti с диаметром пишущего узла 0, 5 мм предназначена для тех, кому необходимо выделять записи различным цветом, расставляя акценты при письме. Удобный механизм автоматического переключения стержней с чернилами синего, красного, черного, зеленого цветов позволяет делать этого легко и быстро. Пигментные чернила немецкого производителя Dokumental гарантируют мягкое скольжение ручки по поверхности бумаги. Комфорт в работе обеспечивает прорезиненный грип. Клип-зажим позволяет крепить ручку к тетради, блокноту, кармашку – ручка всегда под рукой. Актуальный дизайн ручки привлекает внимание. Удобно, красиво, практично, качественно - как вся продукция Bruno Visconti.</t>
   </si>
   <si>
     <t>1003131</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bbb/sml9l004txqcvlvofyrpjo2e8oywsfk8.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;ColorSurf.Zefir quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ, АВТОМАТИЧЕСКАЯ, 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>Автоматическая шариковая ручка «ColorSurf.Zefir» ТМ Bruno Visconti с диаметром пишущего узла 0, 5 мм - обладательница пигментных чернил на масляной основе немецкого производителя Dokumental, благодаря которым ручка мягко скользит по поверхности бумаги, оставляя яркую и бесперебойную линию. Комфорт в работе обеспечивает прорезиненный грип. Клип-зажим позволяет крепить ручку к тетради, блокноту, кармашку – ручка всегда под рукой. Дизайн «ColorSurf.Zefir» несет в себе эмоциональный цветовой заряд радости и позитива благодаря контрастному сочетанию нескольких оттенков.</t>
   </si>
   <si>
     <t>1003132</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/22f/fhpdo2hkbxu7gmzckce5307lmj29a45z.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;xPro quot; ШАРИКОВАЯ, АВТОМАТИЧЕСКАЯ, 0.5 ММ, 4 ЦВЕТА ЧЕРНИЛ</t>
   </si>
   <si>
     <t>4-цветная автоматическая шариковая ручка «xPro» ТМ Bruno Visconti с диаметром пишущего узла 0, 5 мм предназначена для тех, кому необходимо выделять записи различным цветом, расставляя акценты при письме. Удобный механизм автоматического переключения стержней с чернилами синего, красного, черного, зеленого цветов позволяет делать этого легко и быстро. Пигментные чернила немецкого производителя Dokumental гарантируют мягкое скольжение ручки по поверхности бумаги. Комфорт в работе обеспечивает прорезиненный грип. Клип-зажим позволяет крепить ручку к тетради, блокноту, кармашку – ручка всегда под рукой. Контрастное сочетание черного цвета и серебряного логотипа Bruno Visconti придает ручке премиальности. Удобно, красиво, практично, качественно - как вся продукция Bruno Visconti.</t>
   </si>
   <si>
     <t>1003133</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f3c/jnw919zr9yva4t52hnciciq0xhaeiae1.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая ОФИСМАГ  quot;M17 quot;, СИНЯЯ, корпус черный, стандартный узел 0,7 мм, линия письма 0,5 мм, 144159</t>
+  </si>
+  <si>
+    <t>Классическая автоматическая шариковая ручка ОФИСМАГ &amp;quot;M17&amp;quot; – яркий и функциональный инструмент для работы и учебы. Классическая автоматическая шариковая ручка. Цвет корпуса - черный. Кнопка, клип и кольцо посередине выполнены из металла. Укомплектована стержнем синего цвета длиной 107 мм со стандартным наконечником. Диаметр пишущего узла 0,7 мм создает линию письма, равную 0,5 мм. Цвет чернил – синий.</t>
+  </si>
+  <si>
+    <t>1005185</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a9/zc5ebcqvo1nvahf8aqa57low6yflt5ie.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая с грипом ОФИСМАГ, СИНЯЯ, корпус прозрачный, узел 0,7 мм, линия письма 0,35 мм, 141294</t>
+  </si>
+  <si>
+    <t>Шариковая автоматическая ручка ОФИСМАГ - необходимый аксессуар, поможет в обучении или работе. Автоматическая шариковая ручка с прозрачным корпусом и резиновым грипом для удобства письма, исключающим скольжение пальцев. Ручка снабжена сменным стерженем 110 мм, что позволяет увеличить срок службы. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм. Детали, выполненные в цвет синих чернил. Соответствуют офисному стилю.</t>
+  </si>
+  <si>
+    <t>1005186</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/87f/z61h7xwdppnyd5282h5sdjzawt4ch1w1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 2 ручeк шариковых автоматических ErichKrause Silverra Matic Classic 0.7, Super Glide Technology, цвет чернил синий  в пэт-боксе </t>
   </si>
   <si>
     <t>Набор из 2 ручeк шариковых автоматических ErichKrause Silverra Matic Classic 0.7, Super Glide Technology, цвет чернил синий &amp;#40;в пэт-боксе&amp;#41;</t>
   </si>
   <si>
     <t>1010940</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ffb/ii9dygw26xqdvc3rfj35vq7hyz68afbk.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 2 ручек шариковых автоматических ErichKrause MEGAPOLIS  Matic Grip 0.7, Super Glide Tech, цвет чернил синий  в пэт-боксе </t>
   </si>
   <si>
     <t>Набор из 2 ручек шариковых автоматических ErichKrause MEGAPOLIS® Matic&amp;Grip 0.7, Super Glide Tech, цвет чернил синий &amp;#40;в пэт-боксе&amp;#41;</t>
   </si>
   <si>
     <t>1010941</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b0/41200bewjg678gr7xbszy4a2j6k3g5i6.jpg</t>
@@ -4444,86 +4324,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/887/gwm0jo1m0g6p4glpuqhatul18puuqlor.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause Butterfly Matic Grip Positive Vibe 0.7, Super Glide Tech, цвет чернил синий  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause Butterfly Matic&amp;Grip Positive Vibe 0.7, Super Glide Tech, цвет чернил синий &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>1010947</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e1/a2z8xntx99d1j04sxyxe310sf2i86tuf.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка шариковая автоматическая ErichKrause Crystalline Matic Reef 0.7, цвет чернил синий  в коробке по 50 штук </t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая ErichKrause Crystalline Matic Reef 0.7, цвет чернил синий &amp;#40;в коробке по 50 штук&amp;#41;</t>
   </si>
   <si>
     <t>1010948</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a67/qc48rdaislts1vjj30n1i793ilrci14o.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3cc/e30ppj3fwhrz2qd733ms8nfyr3xq627w.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 8 ручек шариковых автоматических ErichKrause XR-30 Matic Grip Accent 0.7, цвет чернил синий  в пакете </t>
   </si>
   <si>
     <t>Набор из 8 ручек шариковых автоматических ErichKrause XR-30 Matic&amp;Grip Accent 0.7, цвет чернил синий &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011325</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0f3/sehgijusvnldy0me9288xcic88edif00.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая автоматическая BRAUBERG A-30  quot;WRITING 3.0 quot;, СИНЯЯ, пишущий узел 0,5 мм, линия письма 0,25 мм, 144339</t>
   </si>
   <si>
     <t>Автоматическая шариковая ручка BRAUBERG A-30 – для ультрамягкого, комфортного письма. Комфортному письму способствует эргономичный упор для пальцев. Данная ручка станет ваши незаменимым помощником в работе и учебе. Автоматическая шариковая ручка BRAUBERG A-30 представлена в классическом синем цвете. Удобная прорезиненная зона захвата обеспечивает идеальный контроль и максимальный комфорт даже при самых сложных задачах! Диаметр пишущего узла 0,5 мм создает ровную линию письма, равную 0,25 мм.</t>
   </si>
   <si>
     <t>1011980</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/396/fhoqn4ox30b1yv8sjmew8ds8m1aaaqvs.jpg</t>
@@ -4574,50 +4418,215 @@
     <t>1011984</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e1/tqpakm5k6fas87qldbrse82ismyrgvsc.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная автоматическая BRAUBERG  quot;BLACK PEN RT quot;, СИНЯЯ, игольчатый наконечник 0,7 мм, линия письма 0,35 мм, 144326</t>
   </si>
   <si>
     <t>Шариковая автоматическая масляная ручка BRAUBERG &amp;quot;BLACK PEN RT&amp;quot; станет для вас стильным дополнением в ежедневной жизни. Шариковая автоматическая масляная ручка BRAUBERG &amp;quot;BLACK PEN RT&amp;quot; представлена в классическом черном цвете с необычным геометрическим узором. Нажимной механизм глубокого синего цвета привлекает внимание к ручке. Корпус и клип выполнены из прочного пластика. Рифление в зоне захвата обеспечивает надежное расположение ручки при письме. Игольчатый узел 0,7 мм создает ровную линию письма 0,35 мм. За счет технологии FEEL INK ваши записи никогда не будут смазаны, так как чернила быстро сохнут, предотвращая размазывание.</t>
   </si>
   <si>
     <t>1011985</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/425/zrc6odakt16510370je19v38k1zm4jsx.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная автоматическая BRAUBERG  quot;DUAL VINTAGE COLOR quot;, СИНЯЯ, пишущий узел 0,7 мм, линия письма 0,35 мм, 144328</t>
   </si>
   <si>
     <t>Шариковая автоматическая масляная ручка BRAUBERG &amp;quot;DUAL VINTAGE COLOR&amp;quot; – это надежная письменная принадлежность в ярком дизайне! Шариковая автоматическая масляная ручка BRAUBERG &amp;quot;DUAL VINTAGE COLOR&amp;quot; представлена в 3 цветах: фуксия, сине-фиолетовый, изумрудный. Глянцевый корпус передает насыщенность цветов и привлекает внимание, отдельные детали выполнены в черный цвет. Игольчатый узел 0,7 мм создает аккуратную и тонкую линию письма 0,35 мм. За счет технологии FEEL INK ваши записи никогда не будут смазаны, так как чернила быстро сохнут, предотвращая размазывание.</t>
   </si>
   <si>
     <t>1011987</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b81/6xzo8vkjxt4zhjoelnr2xrs5pxt7j2ks.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая PILOT, СИНЯЯ, корпус прорезиненный черный, узел 0,7 мм, линия 0,22 мм, BPRK-10M B</t>
+  </si>
+  <si>
+    <t>Стильная шариковая автоматическая ручка PILOT с масляными чернилами имеет круглый прорезиненный корпус с металлическим наконечником. Область захвата снабжена рифлением, обеспечивающим комфорт при письме. Стержень длиной 98 мм снабжен пишущим узлом толщиной 0,7 мм. Стандартный наконечник и высококачественные масляные чернила обеспечивают тонкую и аккуратную линию письма 0,22 мм. Цвет чернил – черный.</t>
+  </si>
+  <si>
+    <t>1013818</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f4a/ktn0d0d8hrz2w5wvyr26wuti99xtxvqj.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая с грипом PILOT Super Grip G, КРАСНАЯ, линия 0,21 мм, BPGG-8R-F R</t>
+  </si>
+  <si>
+    <t>Автоматическая многоразовая шариковая ручка PILOT Super Grip G с новыми ультрамягкими чернилами. Новая форма резинового упора для пальцев предотвращает усталость и скольжение при письме. Упор для пальцев более длинный, чем у большинства ручек, что позволяет каждому потребителю найти для себя удобное положение. Цвет чернил соответствует цветным элементам корпуса. Сменный стержень RFNS-GG-F обладает наконечником из нержавеющей стали, шарик изготовлен из карбида вольфрама.</t>
+  </si>
+  <si>
+    <t>1013819</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e8/2n6z3wm827dlfwp9r52rwkaxuywikwi1.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая с грипом PILOT Super Grip G, СИНЯЯ, 0,7 мм, линия 0,21 мм, BPGG-8R-F, BPGG-8R-F L</t>
+  </si>
+  <si>
+    <t>Автоматическая многоразовая шариковая ручка PILOT Super Grip G с новыми ультрамягкими чернилами. Новая форма резинового упора для пальцев предотвращает усталость и скольжение пальцев при письме. Упор для пальцев более длинный, чем у большинства ручек, что позволяет каждому потребителю найти для себя удобное положение пальцев. Цвет чернил соответствует цветным элементам корпуса. Сменный стержень RFNS-GG-F оснащен наконечником из нержавеющей стали; шарик изготовлен из карбида вольфрама.</t>
+  </si>
+  <si>
+    <t>1013820</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/92e/uxsyyxo36i091t8p37kc9c2ncsa0fdzw.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая с грипом PILOT Super Grip G, ЧЕРНАЯ, линия 0,21 мм, BPGG-8R-F B</t>
+  </si>
+  <si>
+    <t>1013821</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0dd/oxlu20vv0h0g8wl4zsrx6kkzq5aarocg.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая с грипом PILOT Super Grip, СИНЯЯ, 1 мм, линия 0,27 мм, BPGP-10R-M L</t>
+  </si>
+  <si>
+    <t>Многоразовая автоматическая шариковая ручка BPGP-10R. Корпус ручки изготовлен из прозрачного пластика. Чернила на масляной основе обеспечивают мягкое, плавное и непрерывное письмо, без подтеков. Резиновый упор для пальцев из гигроскопичной резины имеет эргономичную форму, которая помогает пальцам занять естественное положение при письме. Чернила отличаются высокой светостойкостью и насыщенностью цвета.Сменный стержень RFNS-GG-М с наконечником из нержавеющей стали, шарик выполнен из карбида вольфрама.</t>
+  </si>
+  <si>
+    <t>1013822</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfc/ygsdpecqc0u7krzqhpkodcrrrg6lvhh2.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая с грипом PILOT Super Grip, СИНЯЯ, желтые детали, линия 0,21 мм, BPGP-10R-F, BPGP-10R-F Y</t>
+  </si>
+  <si>
+    <t>Классическая шариковая автоматическая ручка PILOT &amp;quot;Super Grip&amp;quot; поставляется в классическом круглом корпусе из прозрачного пластика с желтыми деталями. Область захвата снабжена резиновым держателем, препятствующим скольжению пальцев при письме, а также позволяющим ручке удобно лежать в руке и обеспечивающим максимально комфортное письмо.Стержень длиной 98 мм снабжен пишущим узлом 0,7 мм и стандартным типом наконечника, толщина проводимой линии письма – 0,21 мм. Цвет чернил - синий.</t>
+  </si>
+  <si>
+    <t>1013823</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53c/p6iu1zkzvrb5gdu718zqzlhmrbv5m2yx.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая эргономичная с грипом STAFF  quot;Profit 500 BLUE COLOR quot;, СИНЯЯ, узел 0,7 мм, линия письма 0,35 мм, 144491</t>
+  </si>
+  <si>
+    <t>Шариковая автоматическая ручка STAFF &amp;quot;Profit 500 BLUE COLOR&amp;quot; с эргономичной зоной захвата идеально подходит как для школьников и студентов, так и для сотрудников организаций и офисов. Автоматическая ручка имеет трёхгранный корпус синего цвета. Прорезиненная зона захвата с эргономичными выемками обеспечивает комфорт при письме. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм. Цвет чернил – синий.</t>
+  </si>
+  <si>
+    <t>1013824</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/274/z2no10c57uqdm2t2bciz6w5o2ege0i63.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая эргономичная с грипом STAFF  quot;Profit 500 PASTEL COLOR quot;, СИНЯЯ, узел 0,7 мм, линия письма 0,35 мм, 144492</t>
+  </si>
+  <si>
+    <t>Шариковая автоматическая ручка STAFF &amp;quot;Profit 500 PASTEL COLOR&amp;quot; с эргономичной зоной захвата идеально подходит как для школьников и студентов, так и для сотрудников организаций и офисов. Автоматическая ручка имеет трёхгранный корпус, представленный в четырёх пастельных цветах корпуса. Прорезиненная зона захвата с эргономичными выемками обеспечивает комфорт при письме. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм. Цвет чернил – синий.</t>
+  </si>
+  <si>
+    <t>1013825</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/45a/yc7f47ngexzzauqntg2cezuu4uhgc0ol.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая масляная автоматическая BRAUBERG  quot;Extra Glide RT SOFT BLK quot;, СИНЯЯ, игольчатый наконечник 0,7 мм, линия 0,5 мм, 144261</t>
+  </si>
+  <si>
+    <t>Ручка шариковая масляная автоматическая BRAUBERG &amp;quot;Extra Glide RT SOFT BLK&amp;quot; – это сочетание стиля, удобства и надежности, воплощенное в одной модели. Универсальный инструмент для ведения записей на ежедневной основе. Ручка шариковая масляная автоматическая BRAUBERG &amp;quot;Extra Glide RT SOFT BLK&amp;quot; представлена в трехгранном корпусе черного цвета, дополненном мягким покрытием Soft-Touch, что обеспечивает ее особое комфортное положение в руке при письме. Технология мягкого письма &amp;quot;FEEL INK&amp;quot;. Чернила имеют масляную основу и ультрапониженный уровень вязкости, благодаря чему ложатся на бумагу мягко и плавно. Тонкая линия письма толщиной 0,5 мм создается за счет игольчатого наконечника диаметром 0,7 мм. Синий цвет чернил делает ручку универсальной как для учебы, так и для работы.</t>
+  </si>
+  <si>
+    <t>1013826</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e32/m88sttw71x5ry712xxsl4dkeo5deehmi.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая масляная автоматическая PILOT  quot;Rex Grip quot;, узел 0,7 мм, линия 0,32 мм, упор, черная, BPRG-10R-F B</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка с резиновым упором для пальцев. Чернила на масляной основе.</t>
+  </si>
+  <si>
+    <t>1013827</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/979/g4n8ied4wwm9nnpna35w0qd5zgshk0ec.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая масляная автоматическая с грипом PILOT  quot;Super Grip quot;, СИНЯЯ, салатовые детали, узел 0,7 мм, линия письма 0,21 мм, BPGP-10R, BPGP-10R-F SG</t>
+  </si>
+  <si>
+    <t>Классическая шариковая автоматическая ручка PILOT &amp;quot;Super Grip&amp;quot; поставляется в классическом круглом корпусе из прозрачного пластика с салатовыми деталями. Область захвата снабжена резиновым держателем, препятствующим скольжению пальцев при письме, позволяющим ручке удобно лежать в руке и обеспечивающим максимально комфортное письмо.Стержень длиной 98 мм снабжен пишущим узлом 0,7 мм и стандартным типом наконечника, толщина проводимой линии письма – 0,21 мм. Цвет чернил – синий.</t>
+  </si>
+  <si>
+    <t>1013828</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/166/esa533rr8neuqta7pwsuemmfdvzu998g.jpeg</t>
+  </si>
+  <si>
+    <t>РУЧКА  quot;FLORA.BLOOM FLOWERS quot; ШАРИКОВАЯ АВТОМАТИЧЕСКАЯ, 0.5 ММ, СИНЯЯ</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка с грипом &amp;quot;FLORA.BLOOM FLOWERS&amp;quot; - идеальное решение для тех, кому важен комфорт и стиль при письме! Пулевидный пишущий узел толщиной всего 0,5 мм обеспечивает четкую линию письма шириной 0,4 мм. Эргономичный прорезиненный грип помогает развить правильный захват и улучшает внешний вид вашего почерка. Корпус покрыт специальным покрытием SOFT TOUCH, которое приятно ощущается в руке и защищает ручку от повреждений. Высококачественные пигментные чернила DOKUMENTAL обеспечивают яркость и долговечность написанного текста.</t>
+  </si>
+  <si>
+    <t>1017075</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bca/wk29u3ybu22dpowbk3l7tnnpqc69fxz2.jpeg</t>
+  </si>
+  <si>
+    <t>РУЧКА АВТОМАТИЧЕСКАЯ  quot;FLORA.BLACK NIGHT quot;, ГЕЛЕВАЯ , 0.38 ММ, ЧЕРНАЯ</t>
+  </si>
+  <si>
+    <t>Автоматическая гелевая ручка &amp;quot;FLORA.BLACK NIGHT&amp;quot; - идеальное решение для тех, кому важен комфорт и стиль при письме! Полуигольчатый пишущий узел толщиной всего 0,38 мм обеспечивает тонкую линию письма шириной 0,36 мм. Корпус покрыт специальным покрытием SOFT TOUCH, которое приятно ощущается в руке и защищает ручку от повреждений. Высококачественные гелевые пигментные чернила Mikuni обеспечивают яркость и долговечность написанного текста. Отличный подарок коллегам, друзьям и близким людям, ценящим внимание к деталям и комфорт в повседневной работе!</t>
+  </si>
+  <si>
+    <t>1017084</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/16b/z024250fd4hl4rksi60zhas1d9nk7j8x.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая автоматическая С УЛЬТРАМЯГКИМ ГРИПОМ BRAUBERG  quot;MAXI SOFT quot;, СИНЯЯ, пишущий узел 0,5 мм, линия письма 0,35 мм, 144466</t>
+  </si>
+  <si>
+    <t>Шариковая автоматическая ручка с ультрамягким грипом BRAUBERG &amp;quot; MAXI SOFT&amp;quot; – ручка, с которой получаются идеальные записи! Современный дизайн и высокое качество. Тонированный корпус ручки представлен в двух цветах: розовый и серый &amp;#40;ассорти без возможности выбора&amp;#41;. Необычный и современный дизайн достигается за счет металлического клипа и увеличенного в размерах мягкого грипа. Шариковый игольчатый узел диаметром 0,5 мм позволяет создать линию письма 0,35 мм.</t>
+  </si>
+  <si>
+    <t>1017265</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -4944,9047 +4953,8977 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J394"/>
+  <dimension ref="A1:M390"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G394" sqref="G394"/>
+      <selection pane="bottomRight" activeCell="G390" sqref="G390"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1"/>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G7" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...23 lines deleted...]
-      <c r="E6" s="3" t="s">
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G9" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="F6" s="3" t="s">
-[...75 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="C13" s="1"/>
+        <v>56</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>57</v>
+      </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>53</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G14" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B14" s="1" t="s">
-[...14 lines deleted...]
-      <c r="G14" s="3" t="s">
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G30" s="3" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...41 lines deleted...]
-      <c r="G16" s="3" t="s">
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G32" s="3" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...234 lines deleted...]
-      <c r="C27" s="1" t="s">
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="F33" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="3" t="s">
+      <c r="G33" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="F27" s="3" t="s">
-[...144 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>129</v>
+        <v>114</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>129</v>
+        <v>114</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>129</v>
+        <v>17</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>159</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>160</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>129</v>
+        <v>48</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
         <v>161</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>129</v>
+        <v>64</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>159</v>
+        <v>118</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>129</v>
+        <v>114</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>14</v>
+        <v>172</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>173</v>
+        <v>126</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>14</v>
+        <v>114</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>119</v>
+        <v>182</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>121</v>
+        <v>53</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>14</v>
+        <v>187</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>49</v>
+        <v>191</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="F46" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="G49" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="G46" s="3" t="s">
-[...72 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>210</v>
+        <v>17</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>214</v>
+        <v>17</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>129</v>
+        <v>17</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>226</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>227</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>116</v>
+        <v>228</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="F56" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="B56" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G56" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>14</v>
+        <v>74</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>14</v>
+        <v>74</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>14</v>
+        <v>248</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>246</v>
+        <v>172</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>246</v>
+        <v>172</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="G67" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="F63" s="3" t="s">
-[...98 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="F68" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="F68" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G68" s="3" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>276</v>
+        <v>187</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>129</v>
+        <v>291</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>129</v>
+        <v>291</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>129</v>
-[...5 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>299</v>
+        <v>17</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>302</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>303</v>
       </c>
       <c r="F74" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="G74" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A75" s="1" t="s">
+      <c r="B75" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="C75" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="D75" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E75" s="3" t="s">
+      <c r="F75" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="F75" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A76" s="1" t="s">
+      <c r="B76" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="C76" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="F76" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="D76" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E76" s="3" t="s">
+      <c r="B77" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="F76" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A77" s="1" t="s">
+      <c r="C77" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="C77" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E77" s="3" t="s">
+      <c r="F77" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="F77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G77" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
         <v>316</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>317</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G79" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="B79" s="1" t="s">
-[...18 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>315</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>214</v>
+        <v>17</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>315</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>129</v>
+        <v>228</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>129</v>
+        <v>53</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>254</v>
+        <v>53</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>254</v>
+        <v>356</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>254</v>
+        <v>291</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>254</v>
+        <v>315</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>254</v>
+        <v>315</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>44</v>
+        <v>315</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>254</v>
+        <v>114</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>376</v>
+        <v>265</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>246</v>
+        <v>114</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>58</v>
+        <v>114</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>58</v>
+        <v>391</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>319</v>
+        <v>391</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="C98" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="F98" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="D98" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G98" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>254</v>
+        <v>391</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>254</v>
+        <v>391</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>58</v>
+        <v>391</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>129</v>
+        <v>391</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>289</v>
+        <v>417</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>129</v>
+        <v>391</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>129</v>
+        <v>391</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>419</v>
+        <v>426</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>420</v>
+        <v>53</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>418</v>
+        <v>429</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>420</v>
+        <v>431</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>424</v>
+        <v>432</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>420</v>
+        <v>431</v>
       </c>
       <c r="G107" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="F153" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="F154" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="F155" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="F156" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="F158" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="F159" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="F160" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="F161" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>640</v>
+      </c>
+      <c r="F162" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="F163" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="F164" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="F165" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="F167" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="F168" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="F169" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="F170" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="F171" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="F172" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="F173" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>690</v>
+      </c>
+      <c r="F174" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="F175" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="F176" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="F177" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="F178" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="F179" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="F180" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="F181" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="F182" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="F183" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="F184" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>732</v>
+      </c>
+      <c r="F185" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="F186" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>740</v>
+      </c>
+      <c r="F187" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="F188" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>748</v>
+      </c>
+      <c r="F189" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>752</v>
+      </c>
+      <c r="F190" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>756</v>
+      </c>
+      <c r="F191" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>760</v>
+      </c>
+      <c r="F192" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E193" s="3" t="s">
+        <v>764</v>
+      </c>
+      <c r="F193" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>768</v>
+      </c>
+      <c r="F194" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="F195" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>776</v>
+      </c>
+      <c r="F196" s="3" t="s">
+        <v>777</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>781</v>
+      </c>
+      <c r="F197" s="3" t="s">
+        <v>777</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>785</v>
+      </c>
+      <c r="F198" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="F199" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>793</v>
+      </c>
+      <c r="F200" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>797</v>
+      </c>
+      <c r="F201" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>801</v>
+      </c>
+      <c r="F202" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="F203" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
+        <v>809</v>
+      </c>
+      <c r="F204" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>812</v>
+      </c>
+      <c r="F205" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>815</v>
+      </c>
+      <c r="F206" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>819</v>
+      </c>
+      <c r="F207" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>823</v>
+      </c>
+      <c r="F208" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>827</v>
+      </c>
+      <c r="F209" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>831</v>
+      </c>
+      <c r="F210" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>835</v>
+      </c>
+      <c r="F211" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>839</v>
+      </c>
+      <c r="F212" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>843</v>
+      </c>
+      <c r="F213" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="3" t="s">
+        <v>847</v>
+      </c>
+      <c r="F214" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>851</v>
+      </c>
+      <c r="F215" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="F216" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>859</v>
+      </c>
+      <c r="F217" s="3" t="s">
+        <v>860</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>863</v>
+      </c>
+      <c r="F218" s="3" t="s">
+        <v>860</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="F219" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>871</v>
+      </c>
+      <c r="F220" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="F221" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="F222" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="F223" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>888</v>
+      </c>
+      <c r="F224" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E225" s="3" t="s">
+        <v>892</v>
+      </c>
+      <c r="F225" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="F226" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E227" s="3" t="s">
+        <v>900</v>
+      </c>
+      <c r="F227" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E228" s="3" t="s">
+        <v>904</v>
+      </c>
+      <c r="F228" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>908</v>
+      </c>
+      <c r="F229" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="F230" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="F231" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E232" s="3" t="s">
+        <v>919</v>
+      </c>
+      <c r="F232" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E233" s="3" t="s">
+        <v>923</v>
+      </c>
+      <c r="F233" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E234" s="3" t="s">
+        <v>927</v>
+      </c>
+      <c r="F234" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>930</v>
+      </c>
+      <c r="F235" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E236" s="3" t="s">
+        <v>933</v>
+      </c>
+      <c r="F236" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E237" s="3" t="s">
+        <v>937</v>
+      </c>
+      <c r="F237" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>941</v>
+      </c>
+      <c r="F238" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E239" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="F239" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E240" s="3" t="s">
+        <v>949</v>
+      </c>
+      <c r="F240" s="3" t="s">
+        <v>950</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E241" s="3" t="s">
+        <v>954</v>
+      </c>
+      <c r="F241" s="3" t="s">
+        <v>950</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E242" s="3" t="s">
+        <v>958</v>
+      </c>
+      <c r="F242" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E243" s="3" t="s">
+        <v>961</v>
+      </c>
+      <c r="F243" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E244" s="3" t="s">
+        <v>964</v>
+      </c>
+      <c r="F244" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E245" s="3" t="s">
+        <v>967</v>
+      </c>
+      <c r="F245" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E246" s="3" t="s">
+        <v>970</v>
+      </c>
+      <c r="F246" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E247" s="3" t="s">
+        <v>973</v>
+      </c>
+      <c r="F247" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E248" s="3" t="s">
+        <v>976</v>
+      </c>
+      <c r="F248" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E249" s="3" t="s">
+        <v>979</v>
+      </c>
+      <c r="F249" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E250" s="3" t="s">
+        <v>982</v>
+      </c>
+      <c r="F250" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E251" s="3" t="s">
+        <v>985</v>
+      </c>
+      <c r="F251" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E252" s="3" t="s">
+        <v>988</v>
+      </c>
+      <c r="F252" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
+        <v>992</v>
+      </c>
+      <c r="F253" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
+        <v>996</v>
+      </c>
+      <c r="F254" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="F255" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F256" s="3" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F257" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F258" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F259" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G259" s="3" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...12 lines deleted...]
-      <c r="E108" s="3" t="s">
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E260" s="3" t="s">
+        <v>1018</v>
+      </c>
+      <c r="F260" s="3" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E261" s="3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F261" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E262" s="3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F262" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E263" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F263" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E264" s="3" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F264" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A265" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E265" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F265" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E266" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F266" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E267" s="3" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F267" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A268" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E268" s="3" t="s">
+        <v>1046</v>
+      </c>
+      <c r="F268" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A269" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E269" s="3" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F269" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A270" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E270" s="3" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F270" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E271" s="3" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F271" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E272" s="3" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F272" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E273" s="3" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F273" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E274" s="3" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F274" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E275" s="3" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F275" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E276" s="3" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F276" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
+        <v>1080</v>
+      </c>
+      <c r="F277" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="F278" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E279" s="3" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F279" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E280" s="3" t="s">
+        <v>1093</v>
+      </c>
+      <c r="F280" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
+        <v>1097</v>
+      </c>
+      <c r="F281" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F282" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="C283" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E283" s="3" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F283" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B284" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E284" s="3" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F284" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E285" s="3" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F285" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E286" s="3" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F286" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C287" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E287" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F287" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B288" s="1" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E288" s="3" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F288" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C289" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E289" s="3" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F289" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B290" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E290" s="3" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F290" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A291" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B291" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E291" s="3" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F291" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B292" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C292" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E292" s="3" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F292" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A293" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B293" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E293" s="3" t="s">
+        <v>1143</v>
+      </c>
+      <c r="F293" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B294" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C294" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E294" s="3" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F294" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G294" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E295" s="3" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F295" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E296" s="3" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F296" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>1155</v>
+      </c>
+      <c r="F297" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F298" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E299" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F299" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E300" s="3" t="s">
+        <v>1165</v>
+      </c>
+      <c r="F300" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E301" s="3" t="s">
+        <v>1169</v>
+      </c>
+      <c r="F301" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E302" s="3" t="s">
+        <v>1173</v>
+      </c>
+      <c r="F302" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>1177</v>
+      </c>
+      <c r="F303" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>1181</v>
+      </c>
+      <c r="F304" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E305" s="3" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F305" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F306" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F307" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E308" s="3" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F308" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E309" s="3" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F309" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E310" s="3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="F310" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F311" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B312" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F312" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F313" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F314" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E315" s="3" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F315" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E316" s="3" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F316" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F317" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C318" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E318" s="3" t="s">
+        <v>1234</v>
+      </c>
+      <c r="F318" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E319" s="3" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F319" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>1243</v>
+      </c>
+      <c r="F320" s="3" t="s">
+        <v>1244</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E321" s="3" t="s">
+        <v>1247</v>
+      </c>
+      <c r="F321" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A322" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E322" s="3" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F322" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A323" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E323" s="3" t="s">
+        <v>1253</v>
+      </c>
+      <c r="F323" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A324" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>1256</v>
+      </c>
+      <c r="F324" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A325" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E325" s="3" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F325" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A326" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E326" s="3" t="s">
+        <v>1264</v>
+      </c>
+      <c r="F326" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A327" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E327" s="3" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F327" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E328" s="3" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F328" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E329" s="3" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F329" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E330" s="3" t="s">
+        <v>1280</v>
+      </c>
+      <c r="F330" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A331" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E331" s="3" t="s">
+        <v>1284</v>
+      </c>
+      <c r="F331" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A332" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E332" s="3" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F332" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G332" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A333" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E333" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F333" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G333" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A334" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E334" s="3" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F334" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G334" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A335" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E335" s="3" t="s">
+        <v>1300</v>
+      </c>
+      <c r="F335" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A336" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E336" s="3" t="s">
+        <v>1304</v>
+      </c>
+      <c r="F336" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A337" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E337" s="3" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F337" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A338" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E338" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F338" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G338" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A339" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E339" s="3" t="s">
+        <v>1316</v>
+      </c>
+      <c r="F339" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G339" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A340" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E340" s="3" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F340" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G340" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A341" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E341" s="3" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F341" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G341" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A342" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E342" s="3" t="s">
+        <v>1328</v>
+      </c>
+      <c r="F342" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G342" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A343" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E343" s="3" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F343" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G343" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A344" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E344" s="3" t="s">
+        <v>1336</v>
+      </c>
+      <c r="F344" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G344" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A345" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E345" s="3" t="s">
+        <v>1340</v>
+      </c>
+      <c r="F345" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G345" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A346" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E346" s="3" t="s">
+        <v>1344</v>
+      </c>
+      <c r="F346" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G346" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A347" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E347" s="3" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F347" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G347" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A348" s="1" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E348" s="3" t="s">
+        <v>1352</v>
+      </c>
+      <c r="F348" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G348" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A349" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E349" s="3" t="s">
+        <v>1356</v>
+      </c>
+      <c r="F349" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G349" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A350" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E350" s="3" t="s">
+        <v>1360</v>
+      </c>
+      <c r="F350" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G350" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A351" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E351" s="3" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F351" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A352" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E352" s="3" t="s">
+        <v>1368</v>
+      </c>
+      <c r="F352" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="F108" s="3" t="s">
-[...490 lines deleted...]
-      <c r="A130" s="1" t="s">
+      <c r="G352" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A353" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E353" s="3" t="s">
+        <v>1372</v>
+      </c>
+      <c r="F353" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A354" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E354" s="3" t="s">
+        <v>1376</v>
+      </c>
+      <c r="F354" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G354" s="3" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A355" s="1" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E355" s="3" t="s">
+        <v>1380</v>
+      </c>
+      <c r="F355" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A356" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E356" s="3" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F356" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A357" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E357" s="3" t="s">
+        <v>1388</v>
+      </c>
+      <c r="F357" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A358" s="1" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E358" s="3" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F358" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="G358" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A359" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E359" s="3" t="s">
+        <v>1396</v>
+      </c>
+      <c r="F359" s="3" t="s">
+        <v>1397</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A360" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B360" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C360" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E360" s="3" t="s">
+        <v>1401</v>
+      </c>
+      <c r="F360" s="3" t="s">
+        <v>1397</v>
+      </c>
+      <c r="G360" s="3" t="s">
         <v>516</v>
       </c>
-      <c r="B130" s="1" t="s">
-[...919 lines deleted...]
-      <c r="B170" s="1" t="s">
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A361" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B361" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C361" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E361" s="3" t="s">
+        <v>1405</v>
+      </c>
+      <c r="F361" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G361" s="3" t="s">
         <v>657</v>
       </c>
-      <c r="C170" s="1" t="s">
-[...166 lines deleted...]
-      <c r="E177" s="3" t="s">
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A362" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B362" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E362" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F362" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G362" s="3" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A363" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B363" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C363" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E363" s="3" t="s">
+        <v>1413</v>
+      </c>
+      <c r="F363" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B364" s="1" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E364" s="3" t="s">
+        <v>1417</v>
+      </c>
+      <c r="F364" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G364" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A365" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B365" s="1" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C365" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E365" s="3" t="s">
+        <v>1421</v>
+      </c>
+      <c r="F365" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G365" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A366" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B366" s="1" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E366" s="3" t="s">
+        <v>1425</v>
+      </c>
+      <c r="F366" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G366" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A367" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E367" s="3" t="s">
+        <v>1429</v>
+      </c>
+      <c r="F367" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G367" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A368" s="1" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B368" s="1" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C368" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E368" s="3" t="s">
+        <v>1433</v>
+      </c>
+      <c r="F368" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G368" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A369" s="1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B369" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C369" s="1" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E369" s="3" t="s">
+        <v>1437</v>
+      </c>
+      <c r="F369" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="G369" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A370" s="1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E370" s="3" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F370" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G370" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A371" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B371" s="1" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E371" s="3" t="s">
+        <v>1445</v>
+      </c>
+      <c r="F371" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G371" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A372" s="1" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B372" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C372" s="1" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E372" s="3" t="s">
+        <v>1449</v>
+      </c>
+      <c r="F372" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G372" s="3" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A373" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="B373" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C373" s="1" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D373" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E373" s="3" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F373" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G373" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A374" s="1" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B374" s="1" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C374" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E374" s="3" t="s">
+        <v>1457</v>
+      </c>
+      <c r="F374" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G374" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A375" s="1" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B375" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E375" s="3" t="s">
+        <v>1461</v>
+      </c>
+      <c r="F375" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A376" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B376" s="1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>1464</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E376" s="3" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F376" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A377" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E377" s="3" t="s">
+        <v>1469</v>
+      </c>
+      <c r="F377" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A378" s="1" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E378" s="3" t="s">
+        <v>1473</v>
+      </c>
+      <c r="F378" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G378" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E379" s="3" t="s">
+        <v>1477</v>
+      </c>
+      <c r="F379" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A380" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E380" s="3" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F380" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G380" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A381" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E381" s="3" t="s">
+        <v>1484</v>
+      </c>
+      <c r="F381" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A382" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E382" s="3" t="s">
+        <v>1488</v>
+      </c>
+      <c r="F382" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G382" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A383" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E383" s="3" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F383" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G383" s="3" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A384" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E384" s="3" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F384" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G384" s="3" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A385" s="1" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E385" s="3" t="s">
+        <v>1500</v>
+      </c>
+      <c r="F385" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G385" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A386" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E386" s="3" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F386" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G386" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A387" s="1" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E387" s="3" t="s">
+        <v>1508</v>
+      </c>
+      <c r="F387" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A388" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E388" s="3" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F388" s="3" t="s">
         <v>682</v>
       </c>
-      <c r="F177" s="3" t="s">
-[...4821 lines deleted...]
-      </c>
       <c r="G388" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A389" s="1" t="s">
-        <v>1494</v>
+        <v>1513</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1495</v>
+        <v>1514</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1496</v>
+        <v>1515</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>1497</v>
+        <v>1516</v>
       </c>
       <c r="F389" s="3" t="s">
-        <v>254</v>
+        <v>682</v>
       </c>
       <c r="G389" s="3" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A390" s="1" t="s">
-        <v>1498</v>
+        <v>1517</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1499</v>
+        <v>1518</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1500</v>
+        <v>1519</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>1501</v>
+        <v>1520</v>
       </c>
       <c r="F390" s="3" t="s">
-        <v>254</v>
+        <v>315</v>
       </c>
       <c r="G390" s="3" t="s">
-        <v>277</v>
-[...91 lines deleted...]
-        <v>277</v>
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">