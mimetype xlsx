--- v0 (2026-01-08)
+++ v1 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2194">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -113,86 +113,65 @@
   <si>
     <t>http://anytos.ru//upload/iblock/396/vawv313dg113qiojbj3meft4642ur0av.jpg</t>
   </si>
   <si>
     <t>Ручка гел. CROWN 0,5 мм черный: HJR-500 ч штр.: -</t>
   </si>
   <si>
     <t>104891</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/06d/pfu0mqx9pk76qw3bko3ttk4oupfa3hxs.jpg</t>
   </si>
   <si>
     <t>Ручка гел. CROWN 0,7 мм белый пастель: HJR-500P б штр.: 8803654006457</t>
   </si>
   <si>
     <t>Гелевая ручка с легким прозрачным корпусом позволяет следить за расходом чернил. Быстросохнущие чернила не размазываются, что делает ежедневное письмо удобным и приятным. Пишущий узел - 0,7 мм. Длина стержня - 138 мм.Сменный стержень: 052161</t>
   </si>
   <si>
     <t>104893</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/57c/7nwmo5p5hex567lppb8hduq1kyfggxnw.jpg</t>
-[...8 lines deleted...]
-    <t>104915</t>
+    <t>http://anytos.ru//upload/iblock/827/gny3sw6wo24sy592q32wy6gzssc2ty5a.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая inФОРМАТ 0,5 мм синий резин.грип   GPB02-B</t>
+  </si>
+  <si>
+    <t>104916</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/827/gny3sw6wo24sy592q32wy6gzssc2ty5a.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>36</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dd9/sm8u9j0xfvm5lhdbju6qnmp71q3dea2h.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2e7/er4cqv6zh3tw8872i339ewzgtmkwl9wv.jpg</t>
   </si>
   <si>
     <t>Ручка гел. LINC COSMO 0,5 мм синий: 300S blue штр.: 8029173001111</t>
   </si>
   <si>
     <t>Полупрозрачный пластиковый корпусЦвета колпачков и наконечников ручек соответствуют цвету чернилОбеспечивает ровное и гладкое письмоВодостойкие чернилаПишущий узел - 0,55 ммДлина письма - 420 м Тип пишущего наконечника - иглаЦвет чернил - синий</t>
   </si>
   <si>
     <t>104919</t>
   </si>
   <si>
     <t>&lt;a href="/brands/linc/"&gt;Linc&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/227/k9sxxp12rgzpq6753x3npryrnpnd1q3m.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая PILOT FRIXION  0,7 мм синий пиши-стирай   BL-FR-7-L</t>
   </si>
   <si>
     <t>Гелевая ручка с уникальными чернилами, котрые не исчезают и не стираются, а становятся бесцветными под воздействием температуры. При корректировке письма это делается при помощи специальной резинки, встроенной в корпус ручки. Современный дизайн корпуса никого не оставит равнодушным. Пишущий узел - 0,7 мм. Длина стержня - 111 мм.Сменный стержень: 056044</t>
   </si>
   <si>
     <t>104937</t>
@@ -284,131 +263,131 @@
   <si>
     <t>Ручка гелевая черная, 0,5мм, игольчатый стержень: HJR-500N</t>
   </si>
   <si>
     <t>Ручка гелевая черная, 0,5мм, игольчатый стержень: HJR-500N В гелевой ручке Crown содержатся специальные чернила, в состав которых входит вода и масляная основа. Водостойкие чернила хорошо пишут в холодную погоду и долго не выцветают. Диаметр игольчатого пишущего узла – 0,5 мм. Грип-зона со специальной резиновой накладкой предотвращает скольжение ручки в пальцах.</t>
   </si>
   <si>
     <t>212611</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af7/af7f00385ab9f0b5a113e30edf14a0a3.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая  quot;Multi quot; черная 0,4мм, одноразовая, игольчатый стержень: MTJ-500</t>
   </si>
   <si>
     <t>Ручка гелевая &amp;quot;Multi&amp;quot; черная 0,4мм, одноразовая, игольчатый стержень: MTJ-500 Одноразовая гелевая ручка с&amp;nbsp;&amp;nbsp;ультратонким наконечником. Стильный прозрачный корпус. Легкая изящная линия письма, мягкое скольжение по бумаге. Увеличенная длина письма. Диаметр пишущего узла 0,4 мм.</t>
   </si>
   <si>
     <t>213629</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ffb/ffbae087b195b01b35ad28ab354bbcab.jpg</t>
-[...8 lines deleted...]
-    <t>213818</t>
+    <t>http://anytos.ru//upload/iblock/a45/a4549e6241385a9cc00c013e7fb4321a.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Multi quot; синяя 0,4мм, одноразовая, игольчатый стержень: MTJ-500</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;Multi&amp;quot; синяя 0,4мм, одноразовая, игольчатый стержень: MTJ-500 Одноразовая гелевая ручка с&amp;nbsp;&amp;nbsp;ультратонким наконечником. Стильный прозрачный корпус. Легкая изящная линия письма, мягкое скольжение по бумаге. Увеличенная длина письма. Диаметр пишущего узла 0,4 мм.</t>
+  </si>
+  <si>
+    <t>213973</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df9/df9c03ad9aa8b358e586713712183143.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Люрекс quot; светло-зеленая, 1мм: MTJ-500GLS D  штр.:  8803654004101</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;Люрекс&amp;quot; светло-зеленая, 1мм: MTJ-500GLS&amp;#40;D&amp;#41; Pучка гелевая. Цвет чернил - светло-зеленый. Пишущий узел - 1 мм</t>
+  </si>
+  <si>
+    <t>214589</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/570/570f5a2e7dae3794276cb2d7842ad972.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая черная, 0,5мм, грип: HJR-500R</t>
+  </si>
+  <si>
+    <t>Ручка гелевая черная, 0,5мм, грип: HJR-500R В гелевой ручке Crown содержатся специальные чернила, в состав которых входит вода и масляная основа. Водостойкие чернила хорошо пишут в холодную погоду и долго не выцветают. Диаметр пишущего узла – 0,5 мм. Грип-зона со специальной резиновой накладкой предотвращает скольжение ручки в пальцах.</t>
+  </si>
+  <si>
+    <t>214855</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/465/4658f224c84bb1c939dc6c5e49c3657c.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Standard quot; черная, 0,5мм, грип: CGp_50011 штр.:  4260107455844</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Standard с колпачком и пластиковым клипом. Игольчатый стержень. Прозрачный корпус позволяет контролировать расход чернил. Мягкий резиновый грип с рифлением в зоне захвата препятствует скольжению пальцев при письме. Качественные чернила обеспефивают чёткое и ровное письмо. Диаметр пишущего узла - 0,5 мм. Упаковка в картонную коробку по 12 шт.</t>
+  </si>
+  <si>
+    <t>215164</t>
   </si>
   <si>
     <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a45/a4549e6241385a9cc00c013e7fb4321a.jpg</t>
-[...44 lines deleted...]
-    <t>215164</t>
+    <t>http://anytos.ru//upload/iblock/26f/26f808bdf8e58f94f7e6429bf89cbb92.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;OfficeSpace quot; синяя, 1мм: GPA100 BU_1714</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;OfficeSpace&amp;quot; синяя, 1мм: GPA100/BU_1714 Ручка гелевая с колпачком, пластиковый корпус, синие чернила</t>
+  </si>
+  <si>
+    <t>215623</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>60</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/582/582d2984b8782c26c8546cdfa4029754.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая  quot;OfficeSpace quot; черная, 1мм: GPA100 BK_1717</t>
   </si>
   <si>
     <t>Ручка гелевая &amp;quot;OfficeSpace&amp;quot; черная, 1мм: GPA100/BK_1717 Ручка гелевая с колпачком, пластиковый корпус, черные чернила</t>
   </si>
   <si>
     <t>215666</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/272/2722d037960137cc2b6f17803d5ededb.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая синяя, 0,5мм, грип: HJR-500R</t>
   </si>
   <si>
     <t>Ручка гелевая синяя, 0,5мм, грип: HJR-500R В гелевой ручке Crown содержатся специальные чернила, в состав которых входит вода и масляная основа. Водостойкие чернила хорошо пишут в холодную погоду и долго не выцветают. Диаметр пишущего узла – 0,5 мм. Грип-зона со специальной резиновой накладкой предотвращает скольжение ручки в пальцах.</t>
   </si>
   <si>
     <t>215938</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42f/42f0b014175021b87df0442740b134a4.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая  quot;OfficeSpace quot; зеленая, 1мм: GPA100 GR_1723 штр.:  4650062497230</t>
   </si>
   <si>
     <t>Ручка гелевая &amp;quot;OfficeSpace&amp;quot; зеленая, 1мм: GPA100/GR_1723 Ручка гелевая с колпачком, пластиковый корпус, зеленые чернила</t>
   </si>
   <si>
     <t>216101</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3c/b3cb8b14e414648989b71f977cb80692.jpg</t>
@@ -464,50 +443,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/160/16051944319beca791887007015d5082.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая фиолетовая металлик, 0,7мм: HJR-500GSM штр.:  8803654005092</t>
   </si>
   <si>
     <t>Ручка гелевая фиолетовая металлик, 0,7мм: HJR-500GSM</t>
   </si>
   <si>
     <t>220538</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b0/2b09e100382d22b216233ffe84341199.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая  quot;Люрекс quot; красная, 1мм: MTJ-500GLS D  штр.:  8803654001940</t>
   </si>
   <si>
     <t>Ручка гелевая &amp;quot;Люрекс&amp;quot; красная, 1мм: MTJ-500GLS&amp;#40;D&amp;#41;</t>
   </si>
   <si>
     <t>220561</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b51/42b21l0qbyethopqyfc3c4ssbcj4k1j0.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT V-BALL GRIP 0,5 мм синий резин.грип  BLN-VBG5-L</t>
+  </si>
+  <si>
+    <t>Ручка гел. PILOT V-BALL GRIP 0,5 мм синий резин.грип</t>
+  </si>
+  <si>
+    <t>221653</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/441/441a6bd267be843c92af0a80b689c685.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая пастель белая, 0,8мм: HJR-500P штр.:  8803654006457</t>
   </si>
   <si>
     <t>Ручка гелевая пастель белая, 0,8мм: HJR-500P</t>
   </si>
   <si>
     <t>235222</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ae/9aeba9e8a201fa205055411bfed77f50.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая голубая, 0,7мм: HJR-500H</t>
   </si>
   <si>
     <t>235223</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/018/018e1b4fc4c94128070846d70a09088b.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая желтая, 0,7мм: HJR-500H</t>
@@ -806,89 +797,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/54b/54bd374abd476ccf8cbc31e64c9b7c49.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая синяя, 0,7мм, грип: AJ-5000R штр.:  8803654005337</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая синяя, 0,7мм, грип: AJ-5000R Эргономичный легкий корпус с резиновым упором.&amp;lt;br/&amp;gt;Автоматическая подача стержня, удобный клип.</t>
   </si>
   <si>
     <t>236194</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/869/869b091e4e3f57f9fa854f318fe49ea2.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая  quot;OfficeSpace quot; черная, 0,5мм, грип: GP905BK_6597 штр.:  4680211045975</t>
   </si>
   <si>
     <t>Ручка гелевая &amp;quot;OfficeSpace&amp;quot; черная, 0,5мм, грип: GP905BK_6597 Гелевая ручка с грипом и игольчатым наконечником, черные чернила, пищущий узел 0,5 мм</t>
   </si>
   <si>
     <t>236861</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a2d/a2d51619d0df869d2a63e6df19895f67/99aa6d035c28bab30b08f39698329262.jpg</t>
-[...37 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2f7/2f75a89438d483984419cdf320c54bce/1cf1277ea2fef9e6e06077385c105144.jpg</t>
   </si>
   <si>
     <t>Набор гелевых ручек Attache Harmony,набор 12 цветов штр.  6944492957388</t>
   </si>
   <si>
     <t>Набор гелевых ручек с необычным наконечником в виде кристалла. Игольчатый наконечник ручек обеспечивает сверхтонкое письмо.Пластиковый корпус.Толщина письма - 0,3 мм.</t>
   </si>
   <si>
     <t>250882</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e92/e9285a869c1a28fac1a0899e48615edc/9398e13bd681140e606a360f9dee671c.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Attache City 0,5мм зеленый Россия штр.  2000200046639, 4607121537154, 4620004206060</t>
   </si>
   <si>
     <t>Гелевая ручка Attache City отличается экологичностью - выполнена из переработанного пластика. Удобная зона захвата для снижения напряжения руки. Стержень с чернилами зеленого цвета в комплекте &amp;#40;сменный&amp;#41;. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,5 мм. Чернила быстро высыхают, не размазываются.</t>
   </si>
   <si>
     <t>250883</t>
@@ -965,50 +917,62 @@
   <si>
     <t>250889</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/51d/51d6cdea17e9ea837113fa19e4438e9b/c981616052d1888aa931093f023f8f94.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Attache Epic,цвет чернил-черный штр.  6944492958804, 6944492958859</t>
   </si>
   <si>
     <t>250890</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1da/1dae767e2438c5ea1ae2bdaca07d98ed/bf0aab206fc79e16508c650859038b9f.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Attache Harmony,цвет чернил-черный штр.  6944492957302, 6944492957333, 6944492957357</t>
   </si>
   <si>
     <t>Гелевая ручка Attache Harmony &amp;#40;&amp;#41; с необычным наконечником в виде кристалла. Глянцевый корпус, классические цвета чернил. Игольчатый наконечник обеспечивает сверхтонкое письмо. Толщина письма - 0,3 мм. Неавтоматическая. Одноразовая. Полупрозрачный глянцевый пластиковый корпус. Цвет корпуса соответствует цвету чернил.</t>
   </si>
   <si>
     <t>250893</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/0f8/0f8572e6d819d23c0af751e04624a4a7/af4392ab190e69e20d8cfda407d30e3f.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Laguna,цвет чернил-синий штр.  6944492757155, 6944492957135, 6944492957180</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Attache Laguna с необычным пишущим узлом в форме кристалла. Матовый непрозрачный пластиковый корпус, чернила «морского» оттенка - синие. Игольчатый наконечник обеспечивает сверхтонкое письмо - 0,5 мм. Диаметр шарика составляет 0,5 мм. Ручка неавтоматическая, одноразовая.</t>
+  </si>
+  <si>
+    <t>250895</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/063/0631ba55051b978d1099525b6896eb3e/c39014187ee6b4e97ef91290c8a02966.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Attache Selection антибактер.мет.клип 0,7мм,синий штр.  6953070944726, 6953070944733</t>
   </si>
   <si>
     <t>Автоматическая гелиевая ручка Attache Selection многоразового использования с увеличенным объемом чернил синего цвета. Белый корпус с перламутровым напылением выполнен из пластика, а антибактериальная резиновая манжетка обеспечивает удобство при письме. Металлический клип обеспечивает удобное крепление. Новый вид чернил делает письмо плавным, с одинаковой толщиной линий. Стильная ручка с цветными вставками и логотипом, расположенным на поверхности корпуса, удобна в использовании. Толщина линии письма 0,7 мм.</t>
   </si>
   <si>
     <t>250900</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/536/5369cd203b427fd949f250294150b9b5/4c1e2cc08ce45d868c71220645856111.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Attache Space 0,5мм синий Россия штр.  2000200046035, 4607121537109, 4620004206015</t>
   </si>
   <si>
     <t>Гелевая ручка Attache Space отличается экологичностью - выполнена из переработанного пластика. Удобная зона захвата для снижения напряжения руки. Стержень с чернилами синего цвета в комплекте &amp;#40;сменный&amp;#41;. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,5 мм. Чернила быстро высыхают, не размазываются.</t>
   </si>
   <si>
     <t>250903</t>
@@ -1181,50 +1145,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8bf/8bfe40d8f9a511460d9d1c79ae300a6c/cfa34272ed96c457de01a719179d4cdb.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая PILOT BL-G2-5 авт.резин.манжет.красная 0,3мм Япония штр.  4902505163111</t>
   </si>
   <si>
     <t>Гелевая ручка Pilot имеет прозрачный пластиковый корпус - удобно следить за уровнем чернил. Стержень красного цвета в комплекте &amp;#40;сменный&amp;#41;, толщина линии письма - всего 0,3 мм. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии. Чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
   </si>
   <si>
     <t>250970</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/113/11377b796cd44c87dafb185beb9a693d/fe7fdb3cfa02f4f1719a86bc1c0124c7.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая PILOT BL-G2-5 авт.резин.манжет.синяя 0,3мм Япония штр.  4902505163128, 4902505163159</t>
   </si>
   <si>
     <t>Автоматическая гелевая ручка Pilot имеет прозрачный пластиковый корпус - удобно следить за уровнем чернил. Резиновая манжетка снижает напряжение руки во время работы. Стержень синего цвета в комплекте &amp;#40;сменный&amp;#41;, толщина линии письма - 0,3 мм. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии. Чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
   </si>
   <si>
     <t>250971</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/829/829efa93c7d4a8627132cd9b0a095a56/bb2ccfb827ff9cacbc818b3b73c61fb6.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BL-G2-5 авт.резин.манжет.черная 0,3мм Япония штр.  4902505163104, 4902505163135</t>
+  </si>
+  <si>
+    <t>Автоматическая гелевая ручка Pilot имеет прозрачный пластиковый корпус - удобно следить за уровнем чернил. Резиновая манжетка снижает напряжение руки во время работы. Стержень черного цвета в комплекте &amp;#40;сменный&amp;#41;, толщина линии письма - 0,3 мм. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии. Чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250972</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/69a/69a72c2c2569d8b3fe24c5a1a9a00ba4/6f40236f996a16cba938420d904b43c4.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая PILOT BL-G6-5 авт.резин.манжет. синяя 0,3мм Япония штр.  4902505282041, 4902505282089</t>
   </si>
   <si>
     <t>Многоразовая автоматическая гелевая ручка Pilot имеет удобный для пальцев прорезиненный пластиковый корпус. Прозрачное окошко позволяет контролировать уровень чернил. Толщина линии письма - 0,3 мм. В комплекте стержень с чернилами синего цвета, которые быстро высыхают, не размазываются. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии. На корпус можно нанести тампопечать.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
   </si>
   <si>
     <t>250973</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a0b/a0b6f0f28558c53c617fe317a01b670d/a0ef8423ceeb7e776ee137664ade38ef.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая PILOT BL-SG5 одноразовая синяя 0,3мм Япония штр.  4902505238758, 4902505243707</t>
   </si>
   <si>
     <t>Одноразовая гелевая ручка Pilot имеет прозрачный пластиковый корпус с системой прямой подачи чернил &amp;#40;цвет синий&amp;#41;. Обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,3 мм. Чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
   </si>
   <si>
     <t>250975</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e83/e837e74e2824466ecdf0af61a0087f0f/b7619226b859d6fb4282df1c38a0fb60.jpg</t>
@@ -1391,62 +1367,86 @@
   <si>
     <t>Гелевая ручка для ЕГЭ с чернилами черного цвета, две штуки в блистерной упаковке. Корпус с прорезиненной зоной захвата обеспечивает комфортное письмо, предотвращает усталость руки. Толщина линии - 0,5 мм. Выполнена с учетом толщины экзаменационного бланка, не рвет, не царапает и не пачкает бумагу. Водостойкие чернила долго сохраняют цвет, не подведут даже в случае подачи апелляции. Каждая ручка имеет общую протяженность линии письма около 600 м.Произведено в России.</t>
   </si>
   <si>
     <t>255028</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b4a/tsqk3tld20mr4ryh9nfihclp9x9m4521.jpg</t>
   </si>
   <si>
     <t>Ручка гел. STATUS 0,5 мм черный матовый корп.: РГ 133-02 штр.: 4607121539127</t>
   </si>
   <si>
     <t>Гелевая ручка с прозрачным матовым корпусом изготовлена из полистерола. Высококачественные чернила обеспечивают ровное и мягкое письмо, быстро сохнут и не размазываются. Пишущий узел - 0,5 мм. Длина стержня - 133 мм.</t>
   </si>
   <si>
     <t>257242</t>
   </si>
   <si>
     <t>&lt;a href="/brands/berkli/"&gt;Беркли&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/422/p8mg7fsmt4ngrmm1531yhvgknabsmrsy.jpg</t>
-[...5 lines deleted...]
-    <t>279909</t>
+    <t>http://anytos.ru//upload/iblock/cd0/ufugfx52bh060om35j5uvcqc3c0gofew.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гел. LITE 0,5 мм черный: GPBL-K штр.: 4602723082040</t>
+  </si>
+  <si>
+    <t>Гелевая ручка LITE имеет пластиковый корпус с рифленой зоной захвата&amp;nbsp;&amp;nbsp;для снижения напряжения руки. Быстросохнущие чернила ручки не размазываются, и обеспечивают легкое и мягкое письмо, яркие и насыщенные линии. Пишущий узел 0.5 мм. Цвет колпачка соответствует цвету чернил.Основные преимущества ручки:- пишет под любым наклоном- чернила не текут- не царапает бумагу при письме- подходит любой гелевый стержень &amp;#40;рекомендованы стержни GPB01 и GPB0 inФОРМАТ&amp;#41;.</t>
+  </si>
+  <si>
+    <t>279910</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b58/umsms90ypf3uawt21ylmcan2buvrdsat.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая LITE, 0,5 мм, грипп, синяя  GPBL-B gr</t>
+  </si>
+  <si>
+    <t>Гелевая ручка LITE имеет пластиковый корпус с резиновой манжеткой в зоне захвата для снижения напряжения руки. Быстросохнущие чернила ручки не размазываются, и обеспечивают легкое и мягкое письмо, яркие и насыщенные линии. Пишущий узел 0.5 мм. Цвет колпачка соответствует цвету чернил.Основные преимущества ручки:- пишет под любым наклоном- чернила не текут- не царапает бумагу при письме- подходит любой гелевый стержень &amp;#40;рекомендованы стержни GPB01 и GPB0 inФОРМАТ&amp;#41;.</t>
+  </si>
+  <si>
+    <t>286128</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/158/sjbbx4l2aeuw8ltzq2e421vpcb7icoi4.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гел. LITE 0,5 мм черный резин.грип: GPBL-K gr штр.: 4602723082026</t>
+  </si>
+  <si>
+    <t>286129</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5ec/7zdq1e4dh73bn9d0n8gw10s6obpua25q.jpg</t>
   </si>
   <si>
     <t>Ручка гел. GEL PEN 0,5 мм черный: РГ 165-02 штр.: 4607121539066</t>
   </si>
   <si>
     <t>Гелевая ручка с металлическим наконечником и прозрачным корпусом изготовлена из полистирола. Высококачественные чернила обеспечивают ровное и мягкое письмо, быстро сохнут и не размазываются. Рифленый корпус в области захвата создает дополнительное удобство при письме. Цвет деталей корпуса соответствуют цвету чернил. Пишущий узел - 0,5 мм. Длина стержня - 139 мм.Сменный стержень: 109254</t>
   </si>
   <si>
     <t>331555</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7fa/7fad164b3a76fd19715f94e61a2c58b3/e49d8ebd0e7ebb0197d981ff8ba3d94a.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Attache Gelios-010 синий стерж, 0,5мм 969038</t>
   </si>
   <si>
     <t>Ручка гелевая Attache Gelios-010 синий стерж, 0,5мм</t>
   </si>
   <si>
     <t>334582</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/87c/87c06d81c2a60296e9148d0b98cdc102/fbfb9de95b5e37eb2e757abe3a36adf3.jpg</t>
@@ -1574,59 +1574,50 @@
   <si>
     <t>Ручка гелевая  quot;Hi-Jell quot; красная 0,5мм, штрих-код: HJR-500B штр.: 8803654004989</t>
   </si>
   <si>
     <t>336704</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/beb/beb19a13ba0bfe095412a33db9603de5.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая  quot;Hi-Jell quot; синяя, 0,5мм, штрих-код: HJR-500B штр.: 8803654005702</t>
   </si>
   <si>
     <t>336705</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/711/7119f8a6b96e6f31d22dfe5778633322.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая  quot;Hi-Jell quot; черная, 0,5мм, штрих-код: HJR-500B штр.: 8803654005696</t>
   </si>
   <si>
     <t>336706</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5d5/5d56e109e8030a5107ff2050ba079169.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c58/c5833e7c94e00ab288d428548488fa2a.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая  quot;OfficeSpace quot; черная, 1мм, грип, игольчатый стержень: GP777BK_3188 штр.: not</t>
   </si>
   <si>
     <t>336708</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ed/4ed19140c7fa03a14ff7960718815728.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая  quot;Classic Gel quot; черная, 0,5мм, грип CGm_50061</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая Classic Gel&amp;nbsp;&amp;nbsp;с клипом и мягким резиновым грипом. Кнопочный механизм подачи стержня. Яркие чернила на пигментной основе долго не выцветают. Диаметр пишущего узла - 0,5 мм. Упаковка в картонную коробку по 12 шт.</t>
   </si>
   <si>
     <t>338062</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e72/e72f569e2b5b9ef822577229f92e14af.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная  quot;Document 2631 quot; черная, 0,3мм 2 2631 0102</t>
@@ -1718,440 +1709,425 @@
   <si>
     <t>http://anytos.ru//upload/iblock/24c/24c4ce44162a0558a554e0ae8171afb6.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая  quot;Velvet quot; черная, 0,5мм, прорезиненый корпус CGp_50125</t>
   </si>
   <si>
     <t>Ручка гелевая Velvet с колпачком и клипом. Круглый корпус с покрытием SOFT TOUCH. Приятное бархатистое покрытие корпуса создает дополнительный комфорт при письме. Трёхгранная зона захвата. Рифление в зоне захвата&amp;nbsp;&amp;nbsp;препятствует скольжению пальцев при письме. Обеспечивает чёткое и ровное письмо. Диаметр пишущего узла - 0,5 мм. Упаковка в картонную коробку по 12 шт</t>
   </si>
   <si>
     <t>338192</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62a/62a230241ed6f6d6c9895fec36223076.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая  quot;X-Gel quot; красная, 0,5мм CGp_50122</t>
   </si>
   <si>
     <t>Ручка гелевая X-Gel с колпачком и клипом. Круглый тонированный корпус. Цвет колпачка и&amp;nbsp;&amp;nbsp;корпуса соответствует цвету чернил. Трёхгранная зона захвата. Рифление в зоне захвата препятствует скольжению пальцев при письме. Обеспечивает чёткое и ровное письмо. Диаметр пишущего узла - 0,5 мм. Упаковка в картонную коробку по 12 шт.</t>
   </si>
   <si>
     <t>338193</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/36a/36a99412b7fc603d8ddb701c3c17e3a2.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;X-Gel quot; синяя, 0,5мм CGp_50121</t>
+  </si>
+  <si>
+    <t>338194</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d12/d125ca17aa637ceeb8f5b070c439bfbe.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая  quot;X-Gel quot; черная, 0,5мм CGp_50120</t>
   </si>
   <si>
     <t>Ручка гелевая X-Gel с колпачком и клипом. Круглый тонированный корпус. Цвет колпачка и&amp;nbsp;&amp;nbsp;корпуса соответствует цвету чернил. Трёхгранная зона захвата. Рифление в зоне захвата препятствует скольжению пальцев при письме. Обеспечивает чёткое и ровное письмо. Диаметр пишущего узла - 0,5 мм. Упаковка в картонную коробку по 12 шт</t>
   </si>
   <si>
     <t>338195</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d4/2d44e6eb85ed2b19fff065aa89cdb6f4.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная  quot;Document 2631 quot; черная, 0,5мм 2 2631 0103</t>
   </si>
   <si>
     <t>Ручка-линер. Эргономичная зона обхвата. Светостойкие, водостойкие чернила для документов. Пластмассовый пишущий узел в металлической оправе.Длина линии 500 - 600 м, толщина линии 0,5мм</t>
   </si>
   <si>
     <t>338196</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ac0/ac02f803a44b43568861977e98f8560e.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная черная, 0,4мм CK_40681</t>
   </si>
   <si>
     <t>338294</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/caf/caff414456cd3f20fecdc3e65bc13543/ad3f2abebcfacc4ebc402d301e2c2de9.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Attache Hammer черный стерж, автомат, 0,5мм 613149 штр.: 4680237041371</t>
   </si>
   <si>
     <t>338649</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b72/b72ed3dc8ed5e3e245b4f07d47866c4b/26dbf82528133969925b2aa45beb71e0.jpg</t>
-[...5 lines deleted...]
-    <t>338650</t>
+    <t>http://anytos.ru//upload/iblock/388/b7q4mbf3il0s16or8rsmjf5zfg5456ke.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Jell-Belle quot; синяя, 0,5мм, грип JBR-700</t>
+  </si>
+  <si>
+    <t>В гелевой ручке Crown содержатся специальные чернила, в состав которых входит вода и масляная основа. Водостойкие чернила хорошо пишут в холодную погоду и долго не выцветают. Диаметр пишущего узла – 0,5 мм. Грип-зона со специальной резиновой накладкой предотвращает скольжение ручки в пальцах.</t>
+  </si>
+  <si>
+    <t>338988</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b49/khi273bvobvah4lsyup3twvhdd1r3is3.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Jell-Belle quot; черная, 0,5мм, грип JBR-700</t>
+  </si>
+  <si>
+    <t>338989</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/44b/44b0a00694f36a5f8838f7b73ee85c89.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая  quot;Auto Jell quot; синяя, 0,7мм AJ-3000N AJ-3000N</t>
+  </si>
+  <si>
+    <t>В гелевой ручке Crown содержатся специальные чернила, в состав которых входит вода и масляная основа. Водостойкие чернила хорошо пишут в холодную погоду и долго не выцветают. Диаметр пишущего узла – 0,7 мм.</t>
+  </si>
+  <si>
+    <t>338993</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/147/147e47d2afdd7ad39929074067bd5ae3.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая OfficeSpace синяя, 0,6мм, грип GLL10_1329</t>
+  </si>
+  <si>
+    <t>Гелевая ручка с колпачком, пластиковый корпус, резиновый грип, синие чернила, пищущий узел 0,6 мм..</t>
+  </si>
+  <si>
+    <t>346145</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/52d/52dfb85650da0f57c68d54446cdfbeac.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая OfficeSpace черная, 0,6мм, грип GLL10_1331</t>
+  </si>
+  <si>
+    <t>Гелевая ручка с колпачком, пластиковый корпус, резиновый грип, черные чернила, пищущий узел 0,6 мм..</t>
+  </si>
+  <si>
+    <t>346146</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4ce/4ce6fa5cb4bc559cf9fc85f8501c7adf.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Pilot  quot;Super Gel quot; синяя, 0,5мм, грип BL-SG-5-L</t>
+  </si>
+  <si>
+    <t>Одноразовая гелевая ручка с прямой подачей чернил</t>
+  </si>
+  <si>
+    <t>351041</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7eb/7ebb0d060c9560587fd50a1ef046c626.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Pilot  quot;Super Gel quot; черная, 0,5мм, грип BL-SG-5-B</t>
+  </si>
+  <si>
+    <t>351042</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b8c/b8c0ca30b1a83514d9a8fdd6c67dd946.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая OfficeSpace  quot;TC-Grip quot; черная, 0,5мм, грип 260061</t>
+  </si>
+  <si>
+    <t>Гелевая ручка с колпачком, пластиковый тонированный корпус, мягкий резиновый грип для комфортного письма. Диаметр пишущего узла - 0,5 мм, цвет чернил&amp;nbsp;&amp;nbsp;- черный.</t>
+  </si>
+  <si>
+    <t>353785</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b43/b438f254ca3e18c259633bda132786b5.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Berlingo  quot;Apex quot;, черная, 0,5мм. CGp_05151</t>
+  </si>
+  <si>
+    <t>Одноразовая гелевая ручка с колпачком с пластиковым клипом. Удобная трёхгранная форма. Рифление в зоне захвата препятствует скольжению пальцев при письме. Цвет клипа и торцевого элемента соответствует цвету чернил. Качественные гелевые чернила обеспечивают чистое и чёткое письмо. Прозрачный корпус позволяет контролировать расход чернил. Увеличенная длина письма – 800 м. Диаметр пишущего узла - 0,5 мм.&amp;nbsp;&amp;nbsp;Упаковка в картонную коробку по 50 шт.</t>
+  </si>
+  <si>
+    <t>355146</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/594/59403d814cb884ce7daead48c32b7f5e.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая OfficeSpace  quot;HC-2 quot; черная, 0,38мм, безстержневая, игольчатый наконечник. 260057</t>
+  </si>
+  <si>
+    <t>Безстержневая одноразовая гелевая ручка. Прозрачный пластиковый корпус&amp;nbsp;&amp;nbsp;с пластиковым наконечником в форме кристалла.&amp;nbsp;&amp;nbsp;Диаметр пишущего узла 0,38 мм обеспечивает ультратонкое, четкое письмо. Упакованы в картонную коробку по 12 шт.</t>
+  </si>
+  <si>
+    <t>355505</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c61/c614d3a19f355e07d7c21cba752dff20.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая стираемая Berlingo  quot;Apex E quot;, красная, 0,5мм, трехгранная. CGp_50213</t>
+  </si>
+  <si>
+    <t>Одноразовая стираемая гелевая ручка с колпачком с пластиковым клипом. Удобная трёхгранная форма. Рифление в зоне захвата препятствует скольжению пальцев при письме. Тонированный корпус позволяет контролировать расход чернил. Цвет корпуса соответствует цвету чернил. Качественные гелевые чернила обеспечивают чистое и чёткое письмо. Диаметр пишущего узла - 0,5 мм.&amp;nbsp;&amp;nbsp;Термочувствительные чернила становятся невидимыми при нагревании до 60°С и выше. Нагрев достигается трением встроенным в торцевой элемент&amp;nbsp;&amp;nbsp;ластиком. Обесцвеченные чернила проявляются при температуре ниже -18°С . Возможность многократного стирания и написания текста. Количество циклов написания/стирания ограничено износостойкостью бумаги. Упаковка в картонную коробку по 20 шт.</t>
+  </si>
+  <si>
+    <t>355953</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d39/d39ab738876624863848394a850c4a6a.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая стираемая Berlingo  quot;Apex E quot;, черная, 0,5мм, трехгранная. CGp_50211</t>
+  </si>
+  <si>
+    <t>355954</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/580/580df1509b43bb33043bc8479e6a7dde.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Pilot  quot;G-1 Grip quot; зеленая, 0,5мм, грип. BLGP-G1-5-G</t>
+  </si>
+  <si>
+    <t>Гелевая ручка G-1 Grip обеспечивает насыщенный цвет и очень мягкое письмо. Отличительная особенность - треугольная форма упора для пальцев. Металлический наконечник</t>
+  </si>
+  <si>
+    <t>357088</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a75/a758c5f3d5e31a2e5bf08510d2a53d95.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая стираемая ArtSpace, синяя, 0,5мм, корпус ассорти. M917_20211</t>
+  </si>
+  <si>
+    <t>Ручка гелевая стираемая, синие чернила. 4 цвета корпуса &amp;#40;синий, красный, зеленый, фиолетовый&amp;#41; с рисунком. Игольчатый пишущий узел 0,5 мм. Термочувствительные чернила становятся невидимыми при нагревании. Нагрев достигается трением встроенным в корпус ручки ластиком. Обесцвеченные чернила проявляются при низкой температуре.&amp;nbsp;&amp;nbsp;Упакованы в картонную коробку по 12 шт.</t>
+  </si>
+  <si>
+    <t>357089</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/941/9wti0jv18wntfb6wa0y9x6z13qrfoswm.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая, автоматическая LITE 0,5 мм синий резин.грип. GPBRL01-B gr</t>
+  </si>
+  <si>
+    <t>Ручки гелевые автоматические LITE. Основные плюсы: - узнаваемый дизайн, но намного дешевле! - обеспечивают легкое и мягкое письмо, яркие и насыщенные линии - прозрачный корпус позволяет контролировать уровень чернил - чернила быстро высыхают, не размазываются - мягкий грипп делает письмо более комфортным. Основные характеристики: - Цвет чернил: синий - Пишущий узел: 0,5 мм. - Корпус: прозрачный пластик.- Форма наконечника: классический, конус. - Наличие резиновой манжетки: да. - Индивидуальный ШК: да, этикетка на корпусе. - Одноразовая: нет.</t>
+  </si>
+  <si>
+    <t>367051</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/012/klirg4fgq6nfrjr6bfgyjx6ckks4028s.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая, автоматическая LITE 0,5 мм черный резин.грип. GPBRL01-K gr</t>
+  </si>
+  <si>
+    <t>367052</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e64/e64f8645c63ed59238c59f6596b470b8/66d168ded2c9acee00b2c12dac32ddd1.jpg</t>
+  </si>
+  <si>
+    <t>Набор гелевых ручек 4цв., 0,5мм, без манж.</t>
+  </si>
+  <si>
+    <t>376422</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/163/1631a9c2a064533fa6728fe79e6f3e99/11059eec2f08999230adb6ce9cbc650d.jpg</t>
+  </si>
+  <si>
+    <t>Набор гелевых ручек 4цв., 0,5мм, манжетка</t>
+  </si>
+  <si>
+    <t>376423</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8fa/8fa4717c1663eb7f1e2ad242290b50a4/22fbc8e3f3173941359c35d860346b8e.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Gelios-030 черный стерж, игольчатый, 0,5мм</t>
+  </si>
+  <si>
+    <t>376425</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/895/895b1412be8c6c08b875b1ab10c92fa4/fd60e5d75d09c7f778c0291798efb995.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Glide TrioGel 0,5мм черн, треуг, неавтом.</t>
+  </si>
+  <si>
+    <t>376426</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a99/a99427a7c3dd8488b746ff5937fcf495/775f8b0b43220712e502c07064ac095a.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Glide TrioGel 0,5мм, син, треуг, неавтом.</t>
+  </si>
+  <si>
+    <t>376427</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/39b/39be6dafcdda0a0eaf540d7305fb1cbf/74ebe6a1359145e0fd256de03c92df07.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Town резин.манж.0,5мм наб.4шт уп</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Town резин.манж.0,5мм наб.4шт/уп</t>
+  </si>
+  <si>
+    <t>376432</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b3/5b371e01ecc185f649151a2b58431695/daf80551f8f93d8128f3e3b4d82fef29.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache зеленый стерж., 0,5мм, без манж.</t>
+  </si>
+  <si>
+    <t>376433</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/811/8117ea6e428aac900305539f57e7fe99/1fe10f241210c4d7374641a3b1d93487.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache синий стерж., 0,5мм, без манж.</t>
+  </si>
+  <si>
+    <t>376435</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/887/887f6d949948ef1487989e9dec877296/59185694896795049226b66b9c41b013.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PENSAN NANO GEL синяя 0,7мм</t>
+  </si>
+  <si>
+    <t>376437</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pensan/"&gt;PENSAN&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/712/712acc7f0876d30cbb115c7b81181566/307159e8ba7239fc1889100d7bb0a830.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Unimax Top Tek Gel stick Gold DC 0,5мм, син, неавтом.</t>
+  </si>
+  <si>
+    <t>376441</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d4/3d4a164e39ca98985b8cedaa14e0f693/aeb2b4425668fa2c4da2853fa9460e6a.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Unimax Top Tek Gel stick Gold DC 0,5мм, черн, неавтом.</t>
+  </si>
+  <si>
+    <t>376442</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/687/xf73pijplho4pbhmy93oh7y2pwi6hcj8.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT  quot;Super Gel quot;, ЧЕРНАЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,3 мм, BL-SG-5</t>
+  </si>
+  <si>
+    <t>Гелева ручка PILOT &amp;quot;Super Gel&amp;quot; в шестигранном корпусе с круглой зоной захвата. Ручка имеет прозрачный круглый корпус деталями в цвет чернил. Зона захвата снабжена рифлением, обеспечивающим комфорт при письме. Цвет чернил - черный.Пишущий узел с диаметром шарика 0,5 мм и наконечником стандартного типа проводит линию письма толщиной 0,3 мм. В сочетании с быстросохнущими гелевыми чернилами обеспечивает точное и быстрое письмо без усилий.</t>
+  </si>
+  <si>
+    <t>392173</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a17/yktz8h0eis9pigsb9eatmgymvvou4t33.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая UNI-BALL  Япония   quot;Signo quot;, СИНЯЯ, корпус тонированный, узел 0,7 мм, линия письма 0,4 мм, UMN-207 BLUE</t>
+  </si>
+  <si>
+    <t>Уникальный пишущий узел позволяет предотвратить царапанье бумаги и писать под очень острым углом. Применены пигментные чернила водостойкие и устойчивые к выцветанию. Корпус из тонированного пластика и имеет прорезиненную ребристую зону захвата.</t>
+  </si>
+  <si>
+    <t>392178</t>
   </si>
   <si>
     <t>&lt;a href="/brands/uni/"&gt;Uni&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0bf/0bfc85989287c47da3db240a4c0e8bee.jpg</t>
-[...334 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/626/587wcmypr6kdi6g1lvh7us8lzr6w5zo0.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая с грипом BRAUBERG  quot;Black Jack quot;, СИНЯЯ, трехгранная, узел 0,7 мм, линия письма 0,5 мм, GPR149</t>
   </si>
   <si>
     <t>Автоматическая ручка BRAUBERG &amp;quot;Black Jack&amp;quot; обеспечивает мягкое и качественное письмо за счет использования гелевых чернил. Имеет трехгранный прозрачный корпус и металлический наконечник, а также резиновый упор для удобства письма. Детали ручки выполнены в цвет чернил. Сменный стержень длиной 110 мм позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,7 мм, создает линию письма, равную 0,5 мм.</t>
   </si>
   <si>
     <t>392181</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/716/oghg394bezte83yvhmfqe8jygq10fyik.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая с грипом BRAUBERG  quot;Black Jack quot;, ЧЕРНАЯ, трехгранная, узел 0,7 мм, линия письма 0,5 мм, GPR150</t>
   </si>
   <si>
     <t>Автоматическая ручка BRAUBERG &amp;quot;Black Jack&amp;quot; обеспечивает мягкое и качественное письмо за счет использования гелевых чернил. Имеет трехгранный прозрачный корпус и металлический наконечник, а также резиновый упор для удобства письма. Детали ручки выполнены в цвет черных чернил. Сменный стержень длиной 110 мм позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,7 мм, создает линию письма, равную 0,5 мм.</t>
   </si>
   <si>
     <t>392182</t>
@@ -2252,62 +2228,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/502/77b8mgkt79w4n28u2rmqmypm7i1oqvvh.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом BRAUBERG  quot;Impulse quot;, СИНЯЯ, игольчатый узел 0,5 мм, линия письма 0,35 мм, GP142</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;Impulse&amp;quot; с резиновым держателем и игольчатым наконечником обеспечивает комфотное и качественное письмо. Имеет круглый матовый корпус с эргономичным резиновым в цвет синих чернил. Сменный стержень длиной 130 мм с игольчатым наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>392196</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/890/utnarmk1bsd17tu14qkguj2rhg4l1xw9.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом BRAUBERG  quot;Impulse quot;, ЧЕРНАЯ, игольчатый узел 0,5 мм, линия письма 0,35 мм, GP143</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;Impulse&amp;quot; с резиновым держателем и игольчатым наконечником обеспечивает комфотное и качественное письмо. Имеет круглый матовый корпус с эргономичным резиновым в цвет черных чернил. Сменный стержень длиной 130 мм с игольчатым наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>392197</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/17f/kifjdwjj41f74rq0bc65ozdl77vq8dhc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0b7/ivxn7084flvq6teb9cge07jqrnqi6rad.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом BRAUBERG  quot;Number One quot;, СИНЯЯ, узел 0,5 мм, линия письма 0,35 мм, GP159</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;Number One&amp;quot; с резиновым держателем обеспечивает комфортное и качественное письмо. Имеет круглый прозрачный корпус с резиновым держателем. Детали ручки выполнены в цвет синих чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>392199</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/59e/kr6wgoh5a1hk413jjbfz69wji2x9mi1x.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом BRAUBERG  quot;Number One quot;, ЧЕРНАЯ, узел 0,5 мм, линия письма 0,35 мм, GP158</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;Number One&amp;quot; с резиновым держателем обеспечивает комфортное и качественное письмо. Имеет круглый прозрачный корпус с резиновым держателем. Детали ручки выполнены в цвет черных чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>392200</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/289/s93tp56a847y13dd6e0z6ddpy9r2wnrb.jpg</t>
@@ -2399,50 +2363,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/28c/vgf3if7ypaacrl6jjn2pvi70a2um305k.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом STAFF, ЧЕРНАЯ, корпус белый, игольчатый узел 0,5 мм, линия письма 0,35 мм, GP173</t>
   </si>
   <si>
     <t>Гелевая ручка STAFF &amp;quot;Manager&amp;quot; обеспечивает комфортное и качественное письмо. Имеет круглый корпус белого цвета с резиновым держателем. Детали ручки выполнены в цвет черных чернил. Сменный стержень длиной 135 мм с игольчатым наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>392215</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/20e/7ehvx8gnqk5vli7fmmy1hzd8lwhkdayi.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом STAFF, ЧЕРНАЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,35 мм, GP169</t>
   </si>
   <si>
     <t>Гелевая ручка STAFF &amp;quot;EVERYDAY&amp;quot; с колпачком - это эконом-вариант достойного качества для повседневного использования. Имеет прозрачный корпус с деталями в цвет чернил, а также резиновый держатель в области захвата для удобства письма. Сменный стержень длиной 130 мм позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>392216</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/118/34r7j9nmr07v2ighvpjsfrsrzzfndrcf.jpg</t>
+  </si>
+  <si>
+    <t>Ручка стираемая гелевая BRAUBERG, СИНЯЯ, узел 0,5 мм, линия письма 0,35 мм, GP135</t>
+  </si>
+  <si>
+    <t>Стираемая ручка BRAUBERG пишет специальными гелевыми чернилами, которые становятся невидимыми при нагревании до 60 °С и выше. Нагрев достигается ластиком, встроенным в корпус ручки. Написанное можно восстановить при температуре ниже –18 °С. Имеется возможность многократного стирания. Ручка имеет круглый корпус и стандартный наконечник, а также рифленую зону захвата, которая препятствует скольжению пальцев при письме. Длина сменного стержня составляет 120 мм. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>392225</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2d1/dxjb49gqc77yc1sgpa02bgh3da1gojv9.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая PILOT  quot;Frixion Point quot;, СИНЯЯ, игольчатый узел 0,5 мм, линия письма 0,25 мм, BL-FRP-5</t>
   </si>
   <si>
     <t>Чернила обесцвечиваются при нагревании. Достаточно потереть надпись резинкой, расположенной на конце корпуса ручки, и надпись исчезнет. При корректировке надписи бумага остается невредимой, можно писать поверх стертого.</t>
   </si>
   <si>
     <t>392229</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/934/vblz3nt0mnoj0zupzh92ghe1m0yw8oyt.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая PILOT  quot;Frixion Point quot;, ЧЕРНАЯ, игольчатый узел 0,5 мм, линия письма 0,25 мм</t>
   </si>
   <si>
     <t>392230</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e3/kcnk7couqajo6uoyvyubuz584ey201dd.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая STAFF, ЧЕРНАЯ, хромированные детали, узел 0,5 мм, линия письма 0,35 мм, 142495</t>
@@ -2615,1106 +2591,998 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5f0/eo0um9flgank6d96iw1j8por9k11v8pe.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые ПИФАГОР, НАБОР 10 шт. АССОРТИ, корпус прозрачный, узел 0,5 мм, линия письма 0,35 мм, GP113</t>
   </si>
   <si>
     <t>Гелевые ручки ПИФАГОР незаменимы для учебы и детского творчества. Ручка имеет шестигранный прозрачный корпус и рифление в зоне захвата для удобства письма. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм. Набор включает гелевые ручки из 10 необычных цветов чернил: зеленый, розовый, фиолетовый, синий, оранжевый, желтый, темно-зеленый, черный, голубой, красный. Цвет деталей соответствует цвету чернил.</t>
   </si>
   <si>
     <t>392256</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b13/cbax6uifx4gune8y68dw63qrcq1pkhos.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые ПИФАГОР, НАБОР 6 шт. АССОРТИ, корпус прозрачный, узел 0,5 мм, линия письма 0,35 мм, GP112</t>
   </si>
   <si>
     <t>Гелевые ручки ПИФАГОР незаменимы для учебы и детского творчества. Ручка имеет шестигранный прозрачный корпус и удобная рифленная зона захвата. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм. Набор включает гелевые ручки из 6 необычных цветов: зеленый, черный, синий, желтый, оранжевый, красный.</t>
   </si>
   <si>
     <t>392257</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e56/lxgjoy2q0l1yx84kbx67mwdk0fm3v059.jpg</t>
-[...32 lines deleted...]
-    <t>392267</t>
+    <t>http://anytos.ru//upload/iblock/281/jpu9b4al52wdpfcmg4rpq06me8825pdj.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые ЮНЛАНДИЯ, НАБОР 6 шт., АССОРТИ НЕОН, корпус с печатью, узел 0,7 мм, линия письма 0,5 мм, GP128</t>
+  </si>
+  <si>
+    <t>Гелевые ручки ЮНЛАНДИЯ - яркая серия гелевых ручек неоновых цветов для учебы и детского творчества! Ручка имеет круглый яркий с печатью корпус. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,7 мм, создает линию письма, равную 0,5 мм. Набор включает гелевые ручки из 6 различных ярких чернил неоновых цветов: синий, фиолетовый, красный, зеленый, розовый, желтый.</t>
+  </si>
+  <si>
+    <t>392272</t>
   </si>
   <si>
     <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/012/28gt8zlgvq6zqd23xjj289isy378vntb.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые ЮНЛАНДИЯ, НАБОР 6 шт., АССОРТИ ПАСТЕЛЬ, корпус с печатью, узел 0,7 мм, линия письма 0,5 мм, GP127</t>
+  </si>
+  <si>
+    <t>Гелевые ручки ЮНЛАНДИЯ - яркая серия гелевых ручек пастельных цветов для учебы и детского творчества! Ручка имеет круглый яркий с печатью корпус. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,7 мм, создает линию письма, равную 0,5 мм. Набор включает гелевые ручки из 6 различных чернил пастельных цветов: желтый, зеленый, фиолетовый, оранжевый, розовый, голубой.</t>
+  </si>
+  <si>
+    <t>392273</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d02/d0211cd38c0d1187d9dd58af2b2c7882.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая стираемая OfficeSpace  quot;Soda quot; синяя, 0,5м, антискол. корпус ассорти. 282062</t>
+  </si>
+  <si>
+    <t>Ручка гелевая стираемая, синие чернила. 4 цвета корпуса в пастельных тонах. Антискользящий корпус.&amp;nbsp;&amp;nbsp;Игольчатый пишущий узел 0,5 мм. Термочувствительные чернила становятся невидимыми при нагревании. Нагрев достигается трением встроенным в корпус ручки ластиком. Обесцвеченные чернила проявляются при низкой температуре.</t>
+  </si>
+  <si>
+    <t>394213</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce8/ce8bd5c914fabc09d5ca362cc1291491/15208fc776921764d14bf7a1a93e5c9d.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Economy красный стерж., 0,5мм, манжетка</t>
+  </si>
+  <si>
+    <t>416971</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cbc/cbcb604935af2ec6f01d1cde774e093f/e75d44342a8869211930454d2fcf51d9.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Free ink, 0,35мм, синий, неавт, б манж.</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Free ink, 0,35мм, синий, неавт, б/манж.</t>
+  </si>
+  <si>
+    <t>416974</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/42d/42dbbad598d48573d68f82e28dbdad26/c5bc9fa34ed4ad5c8f65d75b8691f848.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Free ink, 0,35мм, черный, неавт, б манж.</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Free ink, 0,35мм, черный, неавт, б/манж.</t>
+  </si>
+  <si>
+    <t>416975</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8e7/23saaqpjzsa1saflps4pmo71kbt9ks00.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая LINC PENTONIC 0,60 мм, синий в коробке. 856-B</t>
+  </si>
+  <si>
+    <t>Минималистичный, лаконичный, но, вместе с тем, элегантный дизайн ручки Black concept всецело отражает дух нового времени — стремление к функциональной практичной эстетике. Конструкция пишущего узла и формула чернил Easy flow ink technology дает ощущение полного комфорта от очень плавного и легкого хода письма.</t>
+  </si>
+  <si>
+    <t>417325</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0bf/vr6z9w5wjq86jljfhdrc4c1m4tjnha69.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая LINC PENTONIC 0,60 мм, черный в коробке. 856-K</t>
+  </si>
+  <si>
+    <t>417326</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a6/3836j9fdmhd04mfur78g9e1evotfm6x5.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая LOREX LX-BASE.DRAFT серия Slim Soft 0,5 мм, синий пиши-стирай круглый прорезиненный корпус ассорти. LXEPSS-LB3</t>
+  </si>
+  <si>
+    <t>Тонкий элегантный корпус изготовленный по технологии &amp;quot;Ultra-soft touch&amp;quot;. Корпус представлен в ассортименте цветов. Чернила обесцвечиваются при нагревании. Достаточно потереть надпись резинкой, расположенной на конце корпуса ручки, и надпись исчезнет. При корректировке надписи бумага остается невредимой, можно писать поверх стертого. Характеристики: • Прорезиненный корпус. • Металлизированный наконечник. • Ластик на конце корпуса ручки. • Гелевые стираемые чернила. • Цвет чернил – синие. • Диаметр пишущего узла 0,5 мм. • Классическая &amp;#40;конусовидная&amp;#41; форма ПУ. • Цвет корпуса – ассорти &amp;#40;4 цвета&amp;#41;. • Длина стержня -129 мм. • Индивидуальный штрих код на корпусе каждой ручки. • Упаковка - 24 ручки в прозрачном пластиковом тубусе &amp;#40;1/24/288/1728&amp;#41;</t>
+  </si>
+  <si>
+    <t>417328</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ec/r6zcbfs13mi6z01pnjh1j8qpwg0aj3pl.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG  quot;Jet quot;, ЧЕРНАЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,35 мм, 141018</t>
+  </si>
+  <si>
+    <t>Классическая гелевая ручка BRAUBERG &amp;quot;Jet&amp;quot; с рифленой поверхностью в зоне захвата обеспечивает комфортное и качественное письмо. Имеет шестигранный прозрачный корпус с рифленой поверхностью в зоне захвата. Детали ручки выполнены в цвет черных чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>427129</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f8/hotu9riwdqh92b9xcxys1xi2l6rh5o82.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG  quot;Jet quot;, СИНЯЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,35 мм, 141019</t>
+  </si>
+  <si>
+    <t>Классическая гелевая ручка BRAUBERG &amp;quot;Jet&amp;quot; с рифленой поверхностью в зоне захвата обеспечивает комфортное и качественное письмо. Имеет шестигранный прозрачный корпус с рифленой поверхностью в зоне захвата. Детали ручки выполнены в цвет синих чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>427130</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d76/x0a1y2c3os32n88blb91b4ppdtyvu403.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG  quot;Jet quot;, КРАСНАЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,35 мм, 141020</t>
+  </si>
+  <si>
+    <t>Классическая гелевая ручка BRAUBERG &amp;quot;Jet&amp;quot; с рифленой поверхностью в зоне захвата обеспечивает комфотное и качественное письмо. Имеет шестигранный прозрачный корпус с рифленой поверхностью в зоне захвата. Детали ручки выполнены в цвет красных чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>427131</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/50e/yml8cgrzsbgcs0h5kk71l0pkoyujcvzm.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG  quot;Income quot;, СИНЯЯ, корпус тонированный, игольчатый узел 0,5 мм, линия письма 0,35 мм, 141516</t>
+  </si>
+  <si>
+    <t>Классическая гелевая ручка BRAUBERG &amp;quot;Income&amp;quot; с рифленой поверхностью в зоне захвата обеспечивает комфотное и качественное письмо. Имеет шестигранный тонированный корпус с рифленой поверхностью в зоне захвата. Детали и корпус ручки выполнены в цвет синих чернил. Сменный стержень длиной 130 мм с игольчатым наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>427133</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/225/v9cdqt85tvcl90icuvybss927nw3axnp.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG  quot;Income quot;, ЧЕРНАЯ, корпус тонированный, игольчатый узел 0,5 мм, линия письма 0,35 мм, 141517</t>
+  </si>
+  <si>
+    <t>Классическая гелевая ручка BRAUBERG &amp;quot;Income&amp;quot; с рифленой поверхностью в зоне захвата обеспечивает комфортное и качественное письмо. Имеет шестигранный тонированный корпус с рифленой поверхностью в зоне захвата. Детали и корпус ручки выполнены в цвет черных чернил. Сменный стержень длиной 130 мм с игольчатым наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>427134</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22f/szf2j9ckjlqpswxyk2tzomiohmixkd5n.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая с грипом BRAUBERG  quot;Metropolis Gel quot;, СИНЯЯ, печать, узел 0,6 мм, линия письма 0,4 мм, 142690</t>
+  </si>
+  <si>
+    <t>Автоматическая ручка BRAUBERG &amp;quot;Metropolis Gel&amp;quot; обеспечивает мягкое и качественное письмо за счет использования гелевых чернил. Имеет круглый корпус с хромированными деталями и эргономичным резиновым держателем. Детали ручки выполнены в цвет синих чернил. Сменный стержень длиной 102 мм позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,6 мм, создает линию письма, равную 0,4 мм.</t>
+  </si>
+  <si>
+    <t>427140</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b4/qp04wza8bdurjre1iyvg5kldrh9bhsbk.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG  quot;Matt Gel quot;, ЧЕРНАЯ, корпус soft-touch, узел 0,5 мм, линия 0,35 мм, 142944</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG &amp;quot;Matt Gel&amp;quot; с покрытием soft-touch приятно на ощупь и не скользит в руке. Быстросохнущие гелевые чернила и надежный пишущий узел обеспечивают мягкое и комфортное письмо. Имеет круглый корпус, который выполнен в цвет черных чернил. Сменный стержень длиной 129 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>427143</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/825/huk1bpb5f4taqy4ktk32ps8vy1s7t1pa.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG  quot;Matt Gel quot;, СИНЯЯ, корпус soft-touch, узел 0,5 мм, линия 0,35 мм, 142945</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG &amp;quot;Matt Gel&amp;quot; с покрытием soft-touch приятна на ощупь и не скользит в руке. Быстросохнущие гелевые чернила и надежный пишущий узел обеспечивают мягкое и комфортное письмо. Имеет круглый корпус, который выполнен в цвет синих чернил. Сменный стержень длиной 129 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>427144</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/756/75627177f095dabc0adb82daf832384e.jpeg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Berlingo  quot;Brilliant Pastel quot;, пастель белая, 0,8мм</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Berlingo &amp;quot;Brilliant Pastel&amp;quot;, белая, с эффектом пастель. Утончённый корпус с бархатистым покрытием soft-touch, прозрачный колпачок с клипом. Цвет корпуса соответствует цвету чернил. Корейские водо- и светостойкие чернила. Оптимальный диаметр пишущего узла – 0,8 мм – для мягкости письма и насыщенности цвета. Предназначена для использования на чёрной бумаге. Упаковка в картонную коробку по 12 штук.</t>
+  </si>
+  <si>
+    <t>429584</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a6f/a6f5ce0c9da210c2c16fc1d6a99637ff.jpeg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Bic  quot;Gelocity Stic quot;, черный, 0,5мм, грип</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BIC &amp;quot;Gelocity Stic&amp;quot; с тонким пишущим узлом и черными чернилами. Супермягкое и гладкое письмо без клякс. Мягкий и удобный грип для комфортного письма.&amp;nbsp;&amp;nbsp; Шарик 0.5 мм позволяет чертить красивые линии 0.29 мм Ручка имеет полупрозрачный корпус со стильным дизайном.</t>
+  </si>
+  <si>
+    <t>433030</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bic/"&gt;BIC&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c7c/c7c22896bc285f7671166ebf090cbb66.jpeg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Crown  quot;Hi-Jell Pastel quot; розовая пастель, 0,8мм</t>
+  </si>
+  <si>
+    <t>Гелевая ручка с чернилами пастельных оттенков легко и мягко пишет на различных видах бумаги, в том числе темных. Водостойкие чернила, время высыхания на бумаге 3-5 секунд. Зона захвата с рифлением для комфортного письма</t>
+  </si>
+  <si>
+    <t>433032</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/664/66416cb9582d6c2a9e87e8214053ec0b.jpeg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Crown  quot;Hi-Jell Pastel quot; зеленая пастель, 0,8мм</t>
+  </si>
+  <si>
+    <t>433033</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ee/8eec81bf196954ec96bf6a72a94ea3f6.jpeg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Crown  quot;Hi-Jell Pastel quot; оранжевая пастель, 0,8мм</t>
+  </si>
+  <si>
+    <t>433034</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/665/6657324cb5ac3e519d49ee8a90534ca9.jpeg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Crown  quot;Hi-Jell Pastel quot; фиолетовая пастель, 0,8мм</t>
+  </si>
+  <si>
+    <t>433035</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1be/1bef789372a4d1fe5cf602403b7e6056.jpeg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Crown  quot;Hi-Jell Pastel quot; голубая пастель, 0,8мм</t>
+  </si>
+  <si>
+    <t>433036</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bd2/fj0r9upuuomx4rijqo3cbn0uzt5ttz53.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая CROWN  quot;Hi-Jell quot;, ЧЕРНАЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,35 мм, HJR-500B</t>
+  </si>
+  <si>
+    <t>Ручка CROWN &amp;quot;Hi-Jell&amp;quot; содержит гелевые чернила с ярким пигментом на водной основе, которые обеспечивают мягкое и легкое скольжение по любой бумаге. Корпус сделан из прозрачного пластика, что позволяет следить за уровнем чернил. Детали выкрашены в цвет чернил. Рифление в зоне захвата обеспечивает комфорт, позволяя кисти не уставать при письме.Чернила черного цвета водостойкие, поэтому текст на расплывется при попадании воды. Быстро высыхают и не размазываются.Стержень длиной 138 мм снабжен пишущим узлом 0,5 мм. Стандартный наконечник обеспечивает равномерный расход чернил и толщину линии письма 0,35 мм.</t>
+  </si>
+  <si>
+    <t>434100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c7a/tgewjluzx8af6o6aottk862jw990b6q4.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом PENSAN  quot;Soft Gel Fine quot;, ЧЕРНАЯ, игольчатый узел 0,5 мм, линия 0,4 мм, 2420 12</t>
+  </si>
+  <si>
+    <t>Гелевая ручка PENSAN &amp;quot;Soft Gel Fine&amp;quot; поставляется в классическом пластиковом тонированном корпусе круглой формы с деталями в цвет чернил. Зона захвата снабжена резиновым грипом в цвет чернил, которая обеспечит комфорт кисти при письме и позволит не прикладывать дополнительных усилий.В ручках серии &amp;quot;Soft Gel Fine&amp;quot; используется качественный наконечник, произведенный в Швейцарии, с пишущим узлом 0,5 мм с шариком из карбида вольфрама. Чернила высокого качества в совокупности с игольчатым наконечником обеспечат аккуратную линию письма без пропусков толщиной 0,4 мм. Стержень заменяем.</t>
+  </si>
+  <si>
+    <t>434102</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/415/41560e98ec4c7369798fa68b8a7f3310/f87d9912667a71ab41a4dc1efd7253ec.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BLRT-SNP5 Synergy Point авт.резин.манжет. синяя, Япония</t>
+  </si>
+  <si>
+    <t>438259</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/283/283fd7dd7b931071c3ecf34e1570b648/e7f63dce2db67f1bc0b306144da7b3b6.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Selection Graphite, цвет чернил синий</t>
+  </si>
+  <si>
+    <t>438268</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b3b/b3bc0b85b60b52125611f4935a52b47e/b387e75d25abf886a296df350b467538.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Berlingo  quot;Apex quot;, синяя, 0,5мм</t>
+  </si>
+  <si>
+    <t>Лаконичная одноразовая гелевая ручка Berlingo Apex с колпачком и пластиковым клипом представлена в прозрачном корпусе, который позволяет визуально контролировать расход чернил. Эргономичная трёхгранная форма корпуса обеспечивает удобство при работе с ручкой. Увеличенное количество чернил позволяет писать до полутора раз больше обычной гелевой ручки. Рифление в зоне захвата препятствует скольжению пальцев при письме. Цвет клипа и торцевого элемента соответствует цвету чернил. Качественные гелевые чернила обеспечивают чистое и чёткое письмо. Диаметр пишущего узла составляет 0,5 мм, благодаря чему получается тонкая, аккуратная линия. - Цвет чернил: синий, - Толщина линии письма: 0,3 мм, - Длина письма: 800 м, - Цвет корпуса: прозрачный, - Количество штук в упаковке: 50, - Тип упаковки: картонная коробка.</t>
+  </si>
+  <si>
+    <t>557553</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc3/bc3afa3fd6a93ab173ab2eb8ce5f5fce/8db89e4ba805bbcb5849c9105111d839.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Berlingo  quot;Silk touch quot;, черная, 0,5мм, грип</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Berlingo Silk touch – это потрясающее сочетание стиля, качества и удобства. Цвет корпуса соответствует цвету чернил. Удобный рифленый грип и прорезиненное покрытие корпуса создают дополнительный комфорт при работе с ручкой. Надёжный металлический клип позволит зафиксировать ее, например, на ежедневнике или планере. Диаметр пишущего узла составляет 0,5 мм, благодаря чему получается тонкая, аккуратная линия. - Цвет чернил: чёрный, - Толщина линии письма: 0,3 мм, - Длина письма: 600 м, - Цвет корпуса: чёрный, - Количество штук в упаковке: 12, - Тип упаковки: картонная коробка.</t>
+  </si>
+  <si>
+    <t>557554</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f99/f990e0196555c4b1e52e0b73f2a86d99/c6f1a0bed709e324bde15cfce0c16e3d.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Berlingo  quot;Silk touch quot;, синяя, 0,5мм, грип</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Berlingo Silk touch – это потрясающее сочетание стиля, качества и удобства. Цвет корпуса соответствует цвету чернил. Удобный рифленый грип и прорезиненное покрытие корпуса создают дополнительный комфорт при работе с ручкой. Надёжный металлический клип позволит зафиксировать ее, например, на ежедневнике или планере. Диаметр пишущего узла составляет 0,5 мм, благодаря чему получается тонкая, аккуратная линия. - Цвет чернил: синий, - Толщина линии письма: 0,3 мм, - Длина письма: 600 м, - Цвет корпуса: синий, - Количество штук в упаковке: 12, - Тип упаковки: картонная коробка.</t>
+  </si>
+  <si>
+    <t>557555</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc7/cc728d92726e7894a2606bb15d4f067f/43e6e33e112ae3e25be4050d07c0f1cb.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Bic  quot;Gelocity Stic quot; синяя, 0,5мм, грип</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BIC &amp;quot;Gelocity Stic&amp;quot; с тонким пишущим узлом и синими чернилами. Супермягкое и гладкое письмо без клякс. Мягкий и удобный грип для комфортного письма.&amp;nbsp;&amp;nbsp; Шарик 0.5 мм позволяет чертить красивые линии 0.29 мм Ручка имеет полупрозрачный корпус со стильным дизайном.</t>
+  </si>
+  <si>
+    <t>557557</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/786/786b78150add2e86efcedcf2a078ecbd/e9cb638d426698aed820089f7166b72c.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Crown  quot;Hi-Jell Needle Grip quot; черная, 0,7мм, грип, игольчатый стержень, штрих-код</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Crown &amp;quot;Hi-Jell Needle Grip&amp;quot;&amp;nbsp;&amp;nbsp; - надежная ручка проверенная временем.&amp;nbsp;&amp;nbsp;Ручка идеально подходит для экзаменов ЕГЭ, ведения документооборота, заполнения бланков, заметок в ежедневнике, заполнения личного дневника, рисунков в скетчбуке.&amp;nbsp;&amp;nbsp;Корпус сделан из высококачественного первичного пластика, который в случае поломки не оставляет острых углов и мелких осколков.&amp;nbsp;&amp;nbsp;Корейские гелевые чернила на водной основе обладают высокой светостойкостью и водостойкостью, мгновенно высыхают, не смазываются и обеспечивают мягкое и комфортное письмо. Благодаря&amp;nbsp;&amp;nbsp;гелеобразной консистенции чернил&amp;nbsp;&amp;nbsp;и специальной технологии двух подпружиненных шариков в пишущем узле&amp;nbsp;&amp;nbsp;гелевые ручки Crown обеспечивают мягкое и комфортное письмо. Равномерно измельченный пигмент в составе чернил позволяет писать ярко без пропусков и исключает царапины на бумаге. Игольчатый стержень позволяет наносить идеально тонкую линию.&amp;nbsp;&amp;nbsp;Резиновый грип снижает давление на пальцы рук при письме&amp;nbsp;&amp;nbsp; Цвет чернил - черный, диаметр пишущего узла - 0,7 мм. Упаковка: картонная коробка по 12 штук.</t>
+  </si>
+  <si>
+    <t>557558</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b52/b529db4fac47c93e97ee98d76be7d947/c6d33c1b5060d85f45414283ec207b99.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Crown  quot;Hi-Jell Needle Grip quot; зеленая, 0,7мм, грип, игольчатый стержень, штрих-код</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Crown &amp;quot;Hi-Jell Needle Grip&amp;quot;&amp;nbsp;&amp;nbsp; - надежная ручка проверенная временем.&amp;nbsp;&amp;nbsp;Ручка идеально подходит для выделения, ведения документооборота, заполнения бланков, заметок в ежедневнике, заполнения личного дневника, рисунков в скетчбуке.&amp;nbsp;&amp;nbsp;Корпус сделан из высококачественного первичного пластика, который в случае поломки не оставляет острых углов и мелких осколков.&amp;nbsp;&amp;nbsp;Корейские гелевые чернила на водной основе обладают высокой светостойкостью и водостойкостью, мгновенно высыхают, не смазываются и обеспечивают мягкое и комфортное письмо. Благодаря&amp;nbsp;&amp;nbsp;гелеобразной консистенции чернил&amp;nbsp;&amp;nbsp;и специальной технологии двух подпружиненных шариков в пишущем узле&amp;nbsp;&amp;nbsp;гелевые ручки Crown обеспечивают мягкое и комфортное письмо. Равномерно измельченный пигмент в составе чернил позволяет писать ярко без пропусков и исключает царапины на бумаге. Игольчатый пишущий узел позволяет наносить идеально тонкую линию.&amp;nbsp;&amp;nbsp;Прорезиненный грип снижает давление на пальцы рук при письме.&amp;nbsp;&amp;nbsp;Цвет чернил - зеленый, диаметр пишущего узла - 0,7 мм. Упаковка: картонная коробка по 12 штук.</t>
+  </si>
+  <si>
+    <t>557559</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bf7/uaart64ne86en0a1af946ras9iu8kgp8.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PENSAN  quot;Glitter Gel quot;, АССОРТИ, чернила с блестками, узел 1 мм, линия письма 0,5 мм, дисплей, 2280 S60</t>
+  </si>
+  <si>
+    <t>Ручка PENSAN Glitter Gel поставляется в корпусе круглой формы из прозрачного пластика с блестками и деталями в цвет чернил.Зона захвата снабжена резиновым грипом, обеспечивающим комфорт кисти при письме и позволяющим не прикладывать дополнительных усилий. В ручках серии Glitter Gel используется качественный наконечник, произведенный в Швейцарии, толщиной 1 мм с шариком из карбида вольфрама. Качественные чернила ярких цветов в совокупности со стандартным типом наконечника обеспечат аккуратную линию письма без пропусков толщиной 0,5 мм. Стержень заменяем.В дисплее представлены ручки с чернилами следующих ярких цветов с блестками: розовые - 9 штук, фиолетовые - 9 штук, серебристые - 6 штук, золотистые - 6 штук, черные - 6 штук, красные - 6 штук, голубые - 6 штук, зеленые - 6 штук, оранжевые - 6 штук.</t>
+  </si>
+  <si>
+    <t>565272</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fed/6be4nf98yw41d4akc1j4e8c5qu1ew1jn.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT  quot;G-1 quot;, КРАСНАЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,3 мм, BL-G1-5T</t>
+  </si>
+  <si>
+    <t>Классическая гелева ручка PILOT &amp;quot;G-1&amp;quot; имеет прозрачный круглый корпус деталями в цвет чернил. Ручка с металлизированным наконечником, стандартным типом пишущего узла и заменяемым стержнем длиной 128 мм. Зона захвата снабжена рифлением, обеспечивающим комфорт при письме. Цвет чернил - красный.Стержень снабжен пишущим узлом с диаметром шарика 0,5 мм с наконечником стандартного типа, проводимым линию письма толщиной 0,3 мм. В сочетании с быстросохнущими гелевыми чернилами обеспечивает точное и быстрое письмо без усилий.</t>
+  </si>
+  <si>
+    <t>565273</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/867/uwaxjnnqijswqeu7lmqjxtmsu5y065yr.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT  quot;G-1 quot;, СИНЯЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,3 мм, BL-G1-5T</t>
+  </si>
+  <si>
+    <t>Классическая гелевая ручка PILOT G-1 с металлизированным наконечником, стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет прозрачный круглый корпус деталями в цвет чернил. Зона захвата снабжена рифлением, обеспечивающим комфорт при письме.Стержень снабжен пишущим узлом с диаметром шарика 0,5 мм с наконечником стандартного типа, проводимым линию письма толщиной 0,3 мм. В сочетании с быстросохнущими гелевыми чернилами обеспечивает точное и быстрое письмо без усилий. Длина сменного стержня - 128 мм.</t>
+  </si>
+  <si>
+    <t>565274</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c36/dwhuqfvkx0dqlr6iqln9oals0h6sqt4e.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT  quot;G-1 quot;, ЧЕРНАЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,3 мм, BL-G1-5T</t>
+  </si>
+  <si>
+    <t>565275</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/477/9laz57uqfzo8t0zw3vd77m50bz61xg5n.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT  quot;Super Gel quot;, СИНЯЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,3 мм, BL-SG-5</t>
+  </si>
+  <si>
+    <t>Гелева ручка PILOT &amp;quot;Super Gel&amp;quot; имеет прозрачный круглый корпус деталями в цвет чернил. Ручка в шестигранном корпусе с круглой зоной захвата. Зона захвата снабжена рифлением, обеспечивающим комфорт при письме. Цвет чернил - синий.Пишущий узел с диаметром шарика 0,5 мм и наконечником стандартного типа проводит линию письма толщиной 0,3 мм. В сочетании с быстросохнущими гелевыми чернилами обеспечивает точное и быстрое письмо без усилий.</t>
+  </si>
+  <si>
+    <t>565276</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b3a/gs30grdahbeditym65ccjmkom7uk2ko3.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая STAFF  quot;Basic quot;, КРАСНАЯ, корпус прозрачный, хромированные детали, узел 0,5 мм, линия письма 0,35 мм, 142790</t>
+  </si>
+  <si>
+    <t>Классическая гелевая ручка STAFF &amp;quot;Basic&amp;quot; с рифленой поверхностью в зоне захвата для повседневного использования. Имеет шестигранный прозрачный корпус с рифленой поверхностью в зоне захвата. Детали ручки выполнены в цвет красных чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>565278</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ee/miwt11s895ygvfjvbxnr983h8p0g1lv3.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая STAFF  quot;Basic quot;, СИНЯЯ, корпус прозрачный, хромированные детали, узел 0,5 мм, линия письма 0,35 мм, 142788</t>
+  </si>
+  <si>
+    <t>Классическая гелевая ручка STAFF &amp;quot;Basic&amp;quot; с рифленой поверхностью в зоне захвата для повседневного использования. Имеет шестигранный прозрачный корпус с рифленой поверхностью в зоне захвата. Детали ручки выполнены в цвет синих чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>565279</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/841/4c45papd9lzlcjyq0jzz495mdp17q81n.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом STAFF, КРАСНАЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,35 мм, 141824</t>
+  </si>
+  <si>
+    <t>Гелевая ручка STAFF &amp;quot;EVERYDAY&amp;quot; обеспечивает комфотное и качественное письмо. Имеет круглый прозрачный корпус с резиновым держателем. Детали ручки выполнены в цвет красных чернил. Сменный стержень длиной 128 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>565283</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6bc/1tgyboib2jr2jlr4b7onddeaq72clfbd.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом STAFF, СИНЯЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,35 мм, 141822</t>
+  </si>
+  <si>
+    <t>Гелевая ручка STAFF &amp;quot;EVERYDAY&amp;quot; обеспечивает комфортное и качественное письмо. Имеет круглый прозрачный корпус с резиновым держателем. Детали ручки выполнены в цвет синих чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>565284</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/09c/09c3625f93938a9955ed056e87ba027a/0c9743525b890e887704efdacc0f6499.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Economy синий стерж., 0,5мм, манжетка</t>
+  </si>
+  <si>
+    <t>581695</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2eb/2eb6f0b7a4c7b8bb2793a00041ab1209/fab413881b50c2389de1618b0fa520c4.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Economy зеленый стерж., 0,5мм, манжетка</t>
+  </si>
+  <si>
+    <t>581696</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c3f/c3fba7ee3d8e0eeb00ae6e93799f2676/8100cba6e21ebf4805469f1953d32738.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Economy черный стерж., 0,5мм, манжетка</t>
+  </si>
+  <si>
+    <t>581697</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b55/b55efab73d09ef350bb6bc9ce086e2f1/ce7c6612c33242937f92ad769b8211fd.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Crown  quot;Hi-Jell Needle Grip quot; синяя, 0,7мм, грип, игольчатый стержень, штрих-код</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Crown &amp;quot;Hi-Jell Needle Grip&amp;quot;&amp;nbsp;&amp;nbsp; - надежная ручка проверенная временем.&amp;nbsp;&amp;nbsp;Ручка идеально подходит для учебы, работы, ведения документооборота, заполнения бланков, заметок в ежедневнике, заполнения личного дневника, рисунков в скетчбуке.&amp;nbsp;&amp;nbsp;Корпус сделан из высококачественного первичного пластика, который в случае поломки не оставляет острых углов и мелких осколков.&amp;nbsp;&amp;nbsp;Корейские гелевые чернила на водной основе обладают высокой светостойкостью и водостойкостью, мгновенно высыхают, не смазываются и обеспечивают мягкое и комфортное письмо. Благодаря&amp;nbsp;&amp;nbsp;гелеобразной консистенции чернил&amp;nbsp;&amp;nbsp;и специальной технологии двух подпружиненных шариков в пишущем узле&amp;nbsp;&amp;nbsp;гелевые ручки Crown обеспечивают мягкое и комфортное письмо. Равномерно измельченный пигмент в составе чернил позволяет писать ярко без пропусков и исключает царапины на бумаге. Игольчатый пишущий узел позволяет наносить идеально тонкую линию.&amp;nbsp;&amp;nbsp;Прорезиненный грип снижает давление на пальцы рук при письме.&amp;nbsp;&amp;nbsp;Цвет чернил - синий, диаметр пишущего узла - 0,7 мм. Упаковка: картонная коробка по 12 штук.</t>
+  </si>
+  <si>
+    <t>587469</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c37/axqm88yowxug6v3zkinn10ey073t2ev4.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая COMFORT 0,7 мм зелен. резин.грип</t>
+  </si>
+  <si>
+    <t>Гелевая ручка с металлическим наконечником и прозрачным корпусом дает возможность следить за расходом чернил, которые обеспечивают ровное и мягкое письмо, быстро сохнут и не размазываются. Резиновый грип в области захвата создает дополнительное удобство при письме. Цвет деталей корпуса соответствуют цвету чернил. Пишущий узел - 0,7 мм. Длина стержня - 139 мм.</t>
+  </si>
+  <si>
+    <t>590170</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sojuz/"&gt;Союз&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/865/4z59mguq8528qxiqs1xjmgi79yo77o1g.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая COMFORT 0,7 мм красн. резин.грип</t>
+  </si>
+  <si>
+    <t>елевая ручка с металлическим наконечником и прозрачным корпусом дает возможность следить за расходом чернил, которые обеспечивают ровное и мягкое письмо, быстро сохнут и не размазываются. Резиновый грип в области захвата создает дополнительное удобство при письме. Цвет деталей корпуса соответствуют цвету чернил. Пишущий узел - 0,7 мм. Длина стержня - 139 мм.</t>
+  </si>
+  <si>
+    <t>590171</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a4/cd6nk4z4ckmcqxqz0jnujdhr9khm1qe6.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая COMFORT 0,70 мм черный резин.грип</t>
+  </si>
+  <si>
+    <t>590173</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/89b/los67b9hzbqd8biqpv4swqurpt94pxd8.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая LOREX LX-BASE.BRIGHT серия Slim Soft 0,50 мм синий пиши-стирай круглый прорезиненный корпус ассорти</t>
+  </si>
+  <si>
+    <t>Тонкий элегантный корпус изготовленный по технологии &amp;quot;Ultra-soft touch&amp;quot;. Корпус представлен в ассортименте цветов. Чернила обесцвечиваются при нагревании. Достаточно потереть надпись резинкой, расположенной на конце корпуса ручки, и надпись исчезнет. При корректировке надписи бумага остается невредимой, можно писать поверх стертого.</t>
+  </si>
+  <si>
+    <t>590175</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a0/klqm7zrw9370yta72xkev3ws7oq26des.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG  quot;White Pastel quot;, БЕЛАЯ, корпус прозрачный, узел 1 мм, линия письма 0,5 мм, 143417</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG &amp;quot;White Pastel&amp;quot; с белым цветом чернил идеально подходит для создания рисунков на черной бумаге и станет отличным помощником в реализации творческих замыслов. Гелевая ручка с прозрачным шестигранным корпусом и рифлением для удобства письма, исключающим скольжение пальцев. Ручка имеет сменный стержень - 130 мм, что позволяет увеличить срок службы. Диаметр пишущего узла 1 мм создает тонкую линию письма, равную 0,5 мм. Белые чернила равномерно распределяются на бумаге.</t>
+  </si>
+  <si>
+    <t>601410</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e2/c2qmui79wgd15i5uij4qvgoa4s7vllca.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG ART, БЕЛАЯ, корпус тонированный белый, узел 1 мм, линия письма 0,5 мм, 143418</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG ART с белым цветом чернил идеально подходит для создания рисунков на черной бумаге и станет отличным помощником в реализации творческих замыслов. Гелевая ручка с белым корпусом и рифлением для удобства письма, исключающим скольжение пальцев. Ручка имеет сменный стержень - 130 мм, что позволяет увеличить срок службы. Диаметр пишущего узла 1 мм создает тонкую линию письма, равную 0,5 мм. Белые чернила равномерно распределяются на бумаге.</t>
+  </si>
+  <si>
+    <t>601411</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0b6/1a22evty90rb83rmjha9xr3css207l8z.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом BRAUBERG  quot;White quot;, БЕЛАЯ, пишущий узел 1 мм, линия письма 0,5 мм, 143416</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG &amp;quot;White&amp;quot; с белым цветом чернил идеально подходит для создания рисунков на черной бумаге и станет отличным помощником в реализации творческих замыслов. Гелевая ручка с прозрачным корпусом и резиновым держателем для удобства письма, исключающим скольжение пальцев. Ручка имеет сменный стержень - 130 мм, что позволяет увеличить срок службы. Диаметр пишущего узла 1 мм создает тонкую линию письма, равную 0,5 мм. Белые чернила равномерно распределяются на бумаге.</t>
+  </si>
+  <si>
+    <t>601422</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c03/ym0owj2xcg2xhrkaps3ymry2v0ym3shq.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые BRAUBERG DIAMOND, НАБОР 12 штук, АССОРТИ, узел в виде бриллианта 0,5 мм, линия письма 0,25 мм, 143377</t>
+  </si>
+  <si>
+    <t>Набор гелевых ручек BRAUBERG &amp;quot;Diamond&amp;quot; с наконечником в виде бриллианта и яркими и чернилами ассорти. Прекрасно подходит для детского творчества: рисования, поделок и т.д. Яркие, приковывающие взгляды ручки станут отличным помощником в создании фантазийных, головокружительных образов. В наборе 12 цветов: зеленый, серый, оранжевый, коричневый, желтый, салатовый, синий, красный, фиолетовый, розовый, темно-розовый, голубой. Цвет чернил соответствует цвету корпуса. Необычный пишущий узел с диаметром наконечника 0,5 мм создает линию письма, равную 0,25 мм.</t>
+  </si>
+  <si>
+    <t>601424</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c2/6c23a2be793c82d395e38ddc1dfaf0c4/04bf4197e388293933847d7a31b9eef2.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Berlingo  quot;Velvet quot; черная, 0,5мм, прорезиненный корпус, пакет с европодвесом</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Velvet с колпачком и клипом. Круглый корпус с покрытием SOFT TOUCH. Приятное бархатистое покрытие корпуса создает дополнительный комфорт при письме. Трёхгранная зона захвата. Рифление в зоне захвата&amp;nbsp;&amp;nbsp;препятствует скольжению пальцев при письме. Обеспечивает чёткое и ровное письмо. Диаметр пишущего узла - 0,5 мм. Упаковка а индивидуальный пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>608543</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bd4/bd4641691282898711966472351315d6/548886423a05435b4e4fbeda0b5579e6.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая OfficeSpace синяя, 0,5мм, грип, игольчатый стержень</t>
+  </si>
+  <si>
+    <t>Гелевая ручка с грипом и игольчатым наконечником, синие чернила, пищущий узел 0,5 мм</t>
+  </si>
+  <si>
+    <t>608545</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e3d/e3d6f61c25cb6df06f181eac761d4b4a/d2d8cb6ed4e78ca78ad1eb59a9856796.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая стираемая Crown  quot;Erasable Jell quot; черная, 0,5мм</t>
+  </si>
+  <si>
+    <t>Стираемая гелевая ручка Crown &amp;quot;Erasable Jell&amp;quot; твой незаменимый помощник в учебе. Ручка&amp;nbsp;&amp;nbsp;Crown пиши-стирай стирается без остатка - не оставляет промасленного следа. Корейские гелевые чернила на водной обладают высокой светостойкостью и водостойкостью, мгновенно высыхают, не смазываются и обеспечивают мягкое и комфортное письмо, не оставляя борозд от букв.&amp;nbsp;&amp;nbsp;Равномерно измельченный пигмент в составе чернил позволяет писать ярко без пропусков и исключает царапины на бумаге.&amp;nbsp;&amp;nbsp; Crown &amp;quot;Erasable Jell&amp;quot;&amp;nbsp;&amp;nbsp;идеально подходит для учебы, заметок в ежедневнике, заполнения бланков, заполнения личного дневника, зарисовок в скетчбуке.&amp;nbsp;&amp;nbsp;Тонкий и легкий корпус комфортно лежит в руке у ребенка. Термочернила обесцвечиваются при трении с бумагой, не нарушая при этом целостность листа.&amp;nbsp;&amp;nbsp;Цвет чернил - черный, диаметр пишущего узла - 0,5 мм. Упаковка: картонная коробка по 12 штук. Со стираемой ручкой Crown исправить можно всё!</t>
+  </si>
+  <si>
+    <t>608546</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/17e/17e7edc62135e548bb869388933e21b8.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Unimax Max Gel 0,5мм, черн, неавтом</t>
+  </si>
+  <si>
+    <t>626622</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/466/wu9avr6iqy6g1kw83pru5vdk1rpjckn2.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая STATUS 0,5 мм зеленый матовый корп.</t>
+  </si>
+  <si>
+    <t>632652</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bde/7lp0gq2kiprep3fyshmqkvtycj9le5la.jpg</t>
+  </si>
+  <si>
+    <t>Ручка масляная LOREX ILLEGALLY CUTE CORGI серия Slim Soft Grip 0,50 мм., синий</t>
+  </si>
+  <si>
+    <t>Ручка масляная LOREX ILLEGALLY CUTE CORGI серия Slim Soft Grip 0,50 мм синий резин.грип кругл. прорезин. корп., игловид. наконечник. Тонкий элегантный корпус, изготовленный по технологии &amp;quot;Ultra-soft touch&amp;quot; – приятно держать в руках. Чернила на масляной основе – скользят по бумаге, приятно писать. Двойное удовольствие в одном продукте. На корпусе принт на тему &amp;quot;ILLEGALLY CUTE. CORGI&amp;quot;. Зону захвата ручек украшает мягкий и стильный фирменный грип LOREX.</t>
+  </si>
+  <si>
+    <t>632658</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/46b/46bb27e2945c7f8df25b84d7574d2258.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Berlingo  quot;Moonlight quot;, 0,5мм, черная, корпус ассорти</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Berlingo &amp;quot;Moonlight&amp;quot; выполнена в изящном круглом корпусе с оригинальной отделкой золотой и серебристой фольгой. Стержень украшен в цвет отделки корпуса, что в комплексе дает уникальное дизайнерское решение. Поставляется в коробочках по 12 штук: 6 золотых и 6 серебряных. Диаметр пишущего узла составляет 0,5 мм, благодаря чему получается тонкая, аккуратная линия.&amp;nbsp;&amp;nbsp;- Цвет чернил: черный, - Толщина линии письма: 0,3 мм, - Длина письма: 400 м, - Цвет корпуса: ассорти, - Количество штук в упаковке: 12, - Тип упаковки: картонная коробка.</t>
+  </si>
+  <si>
+    <t>642678</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ceb/cebfdec057be1e13631a08ea95579e9b.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом BIC  quot;Gelocity Stic quot;, СИНЯЯ, узел 0,5 мм, линия письма 0,29 мм, CEL1010265</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BIC &amp;quot;Gelocity Stic&amp;quot; обеспечивает комфортное и качественное письмо. Прозрачный корпус с печатью снабжен деталями в цвет чернил. Резиновый держатель в зоне захвата обеспечит комфорт при письме. Высококачественный стандартный наконечник 0,5 мм позволяет чертить красивые линии толщиной 0,29 мм. Сделано во Франции.</t>
+  </si>
+  <si>
+    <t>662054</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc3/cc30e3602e107aacc65cca4270e526e2.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом BIC  quot;Gelocity Stic quot;, ЧЕРНАЯ, узел 0,5 мм, линия письма 0,29 мм, CEL1010266</t>
+  </si>
+  <si>
+    <t>662055</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/336/gtnwmft3nc2vhkzp0zbusjthw00jtu24.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая автоматическая Erich Krause R-301 Original Gel Matic 0.5, цвет чернил черный  в коробке по 12 шт. </t>
+  </si>
+  <si>
+    <t>Автоматическая гелевая ручка Matic с металлизированными элементами, стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет полупрозрачный тонированный круглый корпус с профилированной грип-зоной. Цвет корпуса соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 0.5 мм в сочетании с гелевыми быстросохнущими чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 500 м при толщине 0.4 мм , что является высоким показателем в своей категории.</t>
+  </si>
+  <si>
+    <t>698238</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c77/gz51lvylfu6iv2ntye6dra1ua1l0b0fp.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая Erich Krause G-Ice, цвет чернил синий  в пакете по 2 шт. </t>
+  </si>
+  <si>
+    <t>Гелевая ручка Stick с металлизированным наконечником, утонченным игольчатым типом пишущего узла Fine tip и заменяемым стержнем. Ручка имеет матовый полупрозрачный круглый корпус. Цвет корпуса и колпачка соответствует цвету чернил. Пишущий узел с диаметром шарика 0.5 мм в сочетании с гелевыми быстросохнущими чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 500 м при толщине 0.4 мм, что является высоким показателем в своей категории.</t>
+  </si>
+  <si>
+    <t>698245</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3eb/bd2gr7is04h5ovawigh86pl74207p2ga.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая сo стираемыми чернилами Erich Krause R-301 Magic Gel 0.5, цвет чернил черный  в коробке по 12 шт. </t>
+  </si>
+  <si>
+    <t>Гелевая ручка Stick со стираемыми чернилами, стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет полупрозрачный тонированный круглый корпус с блестками и с удобной профилированной грип-зоной, оснащенный заглушкой-ластиком. Пишущий узел с диаметром шарика 0.5 мм в сочетании с гелевыми быстросохнущими чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 200 м при толщине 0.4 мм. Модель R-301 Magic Gel - ценовой лидер в категории ручек &amp;quot;пиши-стирай&amp;quot;.</t>
+  </si>
+  <si>
+    <t>698247</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b23/69dslq1k11f5l2b9kdv3n869eq13cgdc.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая Erich Krause G-Star, цвет чернил синий  в коробке по 12 шт. </t>
+  </si>
+  <si>
+    <t>Гелевая ручка Stick&amp;Grip с металлизированными элементами, стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет полупрозрачный круглый корпус насыщенных цветов с удобной профилированной грип-зоной из резины. Цвет корпуса, грип-зоны и колпачка соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 0.5 мм в сочетании с гелевыми быстросохнущими чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 600 м при толщине 0.4 мм, что является высоким показателем в своей категории.</t>
+  </si>
+  <si>
+    <t>698249</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c6/5cnl1gy2k3ganl2eek54wyn9ttnrwppw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая Erich Krause G-Tone, цвет чернил красный  в коробке по 12 шт. </t>
+  </si>
+  <si>
+    <t>Гелевая ручка от Эрих Краузе. Полупрозрачный матовый корпус с металлизированным наконечником. Цвет корпуса соответствует цвету чернил. Пишущий узел 0,5 мм. Сменный стержень. Стойкие чернила.</t>
+  </si>
+  <si>
+    <t>698254</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b5a/qnhzw213wfxnqq7qpuesl1s580ydnhrl.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая Erich Krause G-Point, цвет чернил черный  в коробке по 12 шт. </t>
+  </si>
+  <si>
+    <t>Классическая гелевая ручка Stick с металлизированным наконечником, игольчатым типом пишущего узла Fine tip и заменяемым стержнем. Ручка имеет прозрачный круглый корпус с удобной трехгранной профилированной грип-зоной. Цвет клипа и заглушки соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 0.38 мм в сочетании с гелевыми чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 500 м при толщине 0.25 мм, что является одним из лучших показателей в своей категории.</t>
+  </si>
+  <si>
+    <t>698257</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be8/bui51pdq2l619q06nvtl7lj2j1xr5wf3.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая Erich Krause G-Tone, цвет чернил синий  в коробке по 12 шт. </t>
+  </si>
+  <si>
+    <t>Классическая гелевая ручка Stick с металлизированным наконечником, стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет полупрозрачный круглый корпус насыщенных цветов с удобной трехгранной профилированной грип-зоной. Цвет корпуса, колпачка и заглушки соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 0.5 мм в сочетании с быстросохнущими гелевыми чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 500 м при толщине 0.4 мм, что является высоким показателем в своей категории.</t>
+  </si>
+  <si>
+    <t>698260</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1e5/gtdzv373r561zbzxdcj5ks7rnw11y7a4.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая Erich Krause G-Tone, цвет чернил черный  в коробке по 12 шт. </t>
+  </si>
+  <si>
+    <t>698264</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5fd/0gwsi30106yw2ycqa14iuqkbq6ic27tr.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая Erich Krause R-301 Original Gel Stick 0.5, цвет чернил красный  в коробке по 12 шт. </t>
+  </si>
+  <si>
+    <t>Классическая гелевая ручка Stick с металлизированными элементами, стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет полупрозрачный круглый корпус насыщенных цветов с удобной профилированной грип-зоной и вентилируемый колпачок. Цвет корпуса и колпачка соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 0.5 мм в сочетании с гелевыми чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 600 м при толщине 0.4 мм, что является высоким показателем в своей категории. Модель R-301 Original Gel 0.5 имеет элегантную форму и является абсолютным бестселлером в ассортименте гелевых ручек ErichKrause® более чем в пятидесяти странах мира.</t>
+  </si>
+  <si>
+    <t>698274</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1dd/rma7fh239uwvpqtlcu9h9k0nlas5j321.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая Erich Krause R-301 Original Gel Stick 0.5, цвет чернил: синий, черный, красный, зеленый  в пакете по 4 шт. </t>
+  </si>
+  <si>
+    <t>Классическая гелевая ручка Stick с металлизированными элементами, стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет полупрозрачный тонированный круглый корпус насыщенных цветов с удобной профилированной грип-зоной и вентилируемый колпачок. Цвет корпуса и колпачка соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 0.5 мм в сочетании с гелевыми чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 600 м при толщине 0.4 мм, что является высоким показателем в своей категории. Модель R-301 Original Gel 0.5 Stick имеет элегантную форму и является абсолютным бестселлером в ассортименте гелевых ручек ErichKrause® более чем в пятидесяти странах мира.</t>
+  </si>
+  <si>
+    <t>698278</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c2/5465t0kio1k0dora1mqvudctd1017xq0.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая Erich Krause G-Soft, цвет чернил черный  в коробке по 12 шт. </t>
+  </si>
+  <si>
+    <t>Классическая гелевая ручка Stick с покрытием Soft Touch, металлизированным наконечником, утонченным игольчатым типом пишущего узла Fine tip и заменяемым стержнем. Ручка имеет непрозрачный матовый круглый корпус насыщенных цветов. Цвет корпуса и колпачка соответствует цвету чернил. Пишущий узел с диаметром шарика 0.38 мм в сочетании с гелевыми быстросохнущими чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 500 м при толщине 0.25 мм, что является одним из лучших показателей в своей категории.</t>
+  </si>
+  <si>
+    <t>698284</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/23c/1sdkpsugji4gdhfl3bmg7qwd6xi1iff4.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая Erich Krause Gelica, цвет чернил красный  в коробке по 12 шт. </t>
+  </si>
+  <si>
+    <t>Стильная гелевая ручка Stick с металлизированными элементами, утонченным игольчатым типом пишущего узла Fine tip и заменяемым стержнем. Ручка имеет полупрозрачный тонированный круглый корпус насыщенных перламутровых цветов и тонированный вентилируемый колпачок. Цвет корпуса и колпачка соответствует цвету чернил. Пишущий узел с диаметром шарика 0.5 мм в сочетании с гелевыми чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 500 м при толщине 0.4 мм, что является высоким показателем в своей категории. Gelica® является бестселлером в категории женских гелевых ручек.</t>
+  </si>
+  <si>
+    <t>698302</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/82a/8494k0c8i62lq6dchq9di4moeu95q7zi.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая Erich Krause G-Ice, цвет чернил синий  в коробке по 12 шт. </t>
+  </si>
+  <si>
+    <t>Ручка гелевая ErichKrause® G-Ice, цвет чернил синий &amp;#40;в коробке по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>698305</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d86/83mpbgfpyzhknfoq3jdtx1cl1jldqid9.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая Erich Krause G-Ice, цвет чернил черный  в коробке по 12 шт. </t>
+  </si>
+  <si>
+    <t>Ручка гелевая ErichKrause® G-Ice, цвет чернил черный &amp;#40;в коробке по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>698306</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ee6/n64fory5zul85b9o7mnkq5jqezyub4j9.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая Erich Krause G-Tone, цвет чернил зеленый  в коробке по 12 шт. </t>
+  </si>
+  <si>
+    <t>Ручка гелевая ErichKrause® G-Tone, цвет чернил зеленый &amp;#40;в коробке по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>698307</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bba/ckflj3cp2j0jclovxo9ss3n3222v53hg.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Berlingo  quot;Radiance quot;, 0,5 мм, черная, корпус ассорти</t>
+  </si>
+  <si>
+    <t>Гелевая ручка из кросс-серии Berlingo &amp;quot;Radiance&amp;quot; несет в себе тренд сезона – неоновый градиент. Комбинация этого эффекта с покрытием soft-touch делают данную ручку модным канцелярским аксессуаром. Приятное на ощупь бархатистое покрытие корпуса и рифление в зоне захвата создают дополнительный комфорт при письме. Диаметр пишущего узла составляет 0,5 мм, благодаря чему получается тонкая, аккуратная линия. Оснащена пластиковым клипом для удобной фиксации.&amp;nbsp;&amp;nbsp;• Цвет чернил: черный, • Толщина линии письма: 0,3 мм, • Длина письма: 450 м, • Цвет корпуса: микс цветов.</t>
+  </si>
+  <si>
+    <t>700715</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/384/qzbyey6uscsu9km39hu86ycuefo8k6la.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Berlingo  quot;Radiance quot;, 0,5 мм, черная, корпус ассорти, 6шт., PET бокс</t>
+  </si>
+  <si>
+    <t>Гелевая ручка из кросс-серии Berlingo &amp;quot;Radiance&amp;quot; несет в себе тренд сезона – неоновый градиент. Комбинация этого эффекта с покрытием soft-touch делают данную ручку модным канцелярским аксессуаром. Приятное на ощупь бархатистое покрытие корпуса и рифление в зоне захвата создают дополнительный комфорт при письме. Диаметр пишущего узла составляет 0,5 мм, благодаря чему получается тонкая, аккуратная линия. Оснащена пластиковым клипом для удобной фиксации.&amp;nbsp;&amp;nbsp;• Цвет чернил: черный, • Толщина линии письма: 0,3 мм, • Длина письма: 450 м, • Цвет корпуса: микс цветов, - Ассорти 3 цвета, 6 штук в наборе, - Тип упаковки: пластиковый футляр с европодвесом.</t>
+  </si>
+  <si>
+    <t>700717</t>
+  </si>
+  <si>
     <t>6</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/771/vmjatl4hu3kylsoi0xn1lnr0tx74dmr8.jpg</t>
-[...1012 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/210/1zyfkx7qqd2870ric1emzb8jeuuy3368.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая синяя  quot;Darvish quot; Авокадо</t>
   </si>
   <si>
     <t>Ручка гелевая синяя &amp;quot;Darvish&amp;quot; Авокадо</t>
   </si>
   <si>
     <t>707192</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/52e/xliwmw0f2hngzj6kp78g9731teakhvcf.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая синяя  quot;Darvish quot; Манго</t>
   </si>
   <si>
     <t>Ручка гелевая синяя &amp;quot;Darvish&amp;quot; Манго</t>
   </si>
   <si>
     <t>707193</t>
@@ -3914,75 +3782,63 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a2e/g0e3eyam0pk249nyydqewo4erp5v94lp.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая синяя  quot;Darvish quot; с брелоком Кролик с мехом</t>
   </si>
   <si>
     <t>Ручка гелевая синяя &amp;quot;Darvish&amp;quot; с брелоком Кролик с мехом</t>
   </si>
   <si>
     <t>707227</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/171/lteeb11t98jfyy4le5c6mn8ztny0xefj.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая синяя  quot;Darvish quot; с брелоком Перо пух</t>
   </si>
   <si>
     <t>Ручка гелевая синяя &amp;quot;Darvish&amp;quot; с брелоком Перо пух</t>
   </si>
   <si>
     <t>707228</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/01b/y4108shic9tcxoawq9yzic31zqf51w4b.jpg</t>
-[...8 lines deleted...]
-    <t>707231</t>
+    <t>http://anytos.ru//upload/iblock/568/66fe2npt04tmvetyniwi324dx900ji9s.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая синяя  quot;Darvish quot; с игольчатым стержнем  quot;зайка quot;</t>
+  </si>
+  <si>
+    <t>Ручка гелевая синяя &amp;quot;Darvish&amp;quot; с игольчатым стержнем &amp;quot;зайка&amp;quot;</t>
+  </si>
+  <si>
+    <t>707233</t>
   </si>
   <si>
     <t>40</t>
-  </si>
-[...10 lines deleted...]
-    <t>707233</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/260/7fmt40efv02x72aedj6wthm5zphrr8q7.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая синяя  quot;Darvish quot; Фрукты</t>
   </si>
   <si>
     <t>Ручка гелевая синяя &amp;quot;Darvish&amp;quot; Фрукты</t>
   </si>
   <si>
     <t>707235</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/28a/9r7dj6h2l8of0c6ihwuuc5k1mfpjqliu.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая синяя  quot;Darvish quot; Хризантема ассорти</t>
   </si>
   <si>
     <t>Ручка гелевая синяя &amp;quot;Darvish&amp;quot; Хризантема ассорти</t>
   </si>
   <si>
     <t>707237</t>
   </si>
@@ -4029,98 +3885,110 @@
     <t>http://anytos.ru//upload/iblock/4d4/mf5h3w05kyjujs8v005q6tp9id3trsue.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая синяя со стираемыми чернилами  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Ручка гелевая синяя со стираемыми чернилами &amp;quot;Darvish&amp;quot; пластиковый синий глянцевый корпус.&lt;br /&gt;
  Длина ручки с колпачком: 15 см. Размер упаковки &amp;#40;цветная коробка&amp;#41;: 15,2*7,3*2,6 см.</t>
   </si>
   <si>
     <t>707254</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed6/6922vh8hkzf23bma1wcx6ov1jtlgbghz.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая ч рная  quot;Darvish quot; Зайка</t>
   </si>
   <si>
     <t>Ручка гелевая чёрная &amp;quot;Darvish&amp;quot;&amp;nbsp;&amp;nbsp;Зайка</t>
   </si>
   <si>
     <t>707255</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c99/f5qhjel20zal12tcdiqh7en77hgmjob2.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая черная  quot;Darvish quot; корпус прозрачный матовый с резиновым держателем</t>
+  </si>
+  <si>
+    <t>Ручка гелевая черная &amp;quot;Darvish&amp;quot; корпус прозрачный матовый с резиновым держателем</t>
+  </si>
+  <si>
+    <t>707259</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/327/ydj33p6mpfbjd4vlptag5hhd09cfnj9h.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая ч рная  quot;Darvish quot; корпус ч рный</t>
   </si>
   <si>
     <t>Ручка гелевая чёрная &amp;quot;Darvish&amp;quot; корпус чёрный</t>
   </si>
   <si>
     <t>707261</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a8/pwsja8jqahp7fhiachypehpzxlvu9g4d.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая ч рная  quot;Darvish quot; корпус  quot;soft quot;</t>
   </si>
   <si>
     <t>Ручка гелевая чёрная пластиковый корпус с покрытием &amp;quot;soft&amp;quot;. Пишущий узел-0,7мм. Длина стержня -130мм. Упаковка 12шт-кар. коробка с европодвесом.7,5*17,5*2,5см.</t>
   </si>
   <si>
     <t>707262</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/097/75mcmp9zcyv80ibtmkfki4onch2nwzfl.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая стираемая Berlingo  quot;Correct quot; синяя, 0,6мм, прорезин. корпус, корпус ассорти</t>
+  </si>
+  <si>
+    <t>Хит продаж – стираемая гелевая ручка Berlingo Correct позволяет многократно писать и стирать текст. Приятное на ощупь бархатистое покрытие прорезиненного корпуса Soft touch создает дополнительный комфорт при использовании. Термочувствительные чернила становятся невидимыми при нагревании до 60°С и выше. Нагрев достигается трением встроенным в колпачок ластиком, для удобства ещё один ластик располагается на корпусе ручки. Обесцвеченные чернила проявляются при температуре ниже -18°С. Количество циклов написания/стирания ограничено износостойкостью бумаги. Увеличенное количество чернил позволяет ручке писать до 300 метров, что в 1,5 раза больше средней длины письма стираемых ручек. Диаметр пишущего узла составляет 0,6 мм, благодаря чему получается тонкая, аккуратная линия. - Цвет чернил: синий, - Толщина линии письма: 0,5 мм, - Длина письма: 300 м, - Цвет корпуса: микс из 4-х цветов, - Количество штук в упаковке: 20, - Тип упаковки: пластиковая туба.</t>
+  </si>
+  <si>
+    <t>708631</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a73/gkihy60nek74hzgyjb6okm3g78xfvblv.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Berlingo  quot;Shuttle quot; синяя, 0,5мм, игольчатый стержень</t>
   </si>
   <si>
     <t>Ручка Berlingo Shuttle обладает полным набором качеств, чтобы стать незаменимым пишущим инструментом. Инновационная формула гелевых чернил исключает смазывание, благодаря чему ручка прекрасно подойдет как правшам, так и левшам. Строгий корпус, изготовленный по технологии двойного литья, обеспечивает длительный срок службы при сохранении внешнего вида. Диаметр пишущего узла составляет 0,5 мм, благодаря чему ручка прекрасно подходит для любого стиля письма. Толщина линии письма составляет 0,35 мм. • Цвет чернил: синий, • Толщина линии письма: 0,35 мм, • Длина линии письма: 550 м, • Цвет корпуса: черный, • Количество штук в упаковке: 12, • Тип упаковки: картонная коробочка.</t>
   </si>
   <si>
     <t>718302</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/758/vlb0hnddxa8wyesoqn25z0f5p849uwzt.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/df8/dpbnhxdkp2m1r0p2jp3k8vpb266cl7lr.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая ErichKrause  G-Cube , цвет чернил синий  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Ручка гелевая ErichKrause® G-Cube®, цвет чернил синий &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771831</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/09e/0buj7jgrl6xku33j1uciyjx521pbir27.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая ErichKrause  G-Cube , цвет чернил черный  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Ручка гелевая ErichKrause® G-Cube®, цвет чернил черный &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771832</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ea/d9v79xht8z95rmv3koxa6rp0ipvbiznz.jpg</t>
@@ -4197,116 +4065,83 @@
   <si>
     <t>http://anytos.ru//upload/iblock/0e8/0didq3jatesq97arxu5nuswurtiu915p.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая автоматическая ErichKrause  Smart-Gel, цвет чернил черный  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая ErichKrause® Smart-Gel, цвет чернил черный &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771840</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a03/yip5lecn3apngiulv4ih5e2k25b99lqq.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Pilot  quot;P-500 quot;, синяя, игольчатый стержень, 0,5мм, одноразовая</t>
   </si>
   <si>
     <t>Одноразовая гелевая ручка BL-Р500 с игольчатым пишущим узлом. Увеличенный резервуар для чернил делает срок службы ручки Pilot P-500 намного дольше, чем у аналогов со сменным типом стержней, а их равномерная подача &amp;#40;чернил&amp;#41; обеспечивает легкое и плавное письмо. Яркие и контрастные чернила быстро высыхают и не размазываются. Захват ручки имеет рифлёную зону, что предотвращает скольжение при письме. Клипса на колпачке выполнена из металла. Цвет корпуса соответствует цвету чернил. Отличительная особенность – прямая подача чернил. Цвет чернил соответствует цветным элементам корпуса. Гелевые чернила отличаются высокой светостойкостью и насыщенностью цвета. Не течет, не пачкает, линия непрерывная. Пишущий узел изготовлен из нержавеющей стали, шарик изготовлен из карбида вольфрама.</t>
   </si>
   <si>
     <t>785196</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6c0/y1gj93bdt6zqz2yk6d00pwmbfrfys6kt.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ed6/ezxmp67sw8hlkip7tdn1xcc1qcoo1nfd.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая Arris, д шарика 0,5 мм, резин манж, синяя</t>
   </si>
   <si>
     <t>788827</t>
   </si>
   <si>
     <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/149/q23l3gvbam8t14r1cwz4y320nrjysagd.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая Arris, д шарика 0,5 мм, резин манж, черная</t>
   </si>
   <si>
     <t>788828</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2ac/y7mykh4mpynyemrjurz4vyfi0hvriuob.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d15/0i8oq6i6ih02yhl5j312kjnlka91xyxv.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая Erich Krause  G-Soft, цвет чернил красный  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Ручка гелевая Erich Krause® G-Soft, цвет чернил красный &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>792176</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d15/sh6f361cl9wbx6d7m53faivj92yynzu8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7dc/mws3j1tzzru5qmrrd1szx3uglvgvjwu6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая автоматическая Erich Krause  R-301 Original Gel Matic 0.5, цвет чернил синий  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая Erich Krause® R-301 Original Gel Matic 0.5, цвет чернил синий &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>792179</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/271/f6l38dm0ax8jiyb4n8haill0kvls4qlk.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая сo стираемыми чернилами Erich Krause  ErgoLine  Magic Ice, цвет чернил синий  в коробке по 10 шт. </t>
   </si>
   <si>
     <t>Ручка гелевая сo стираемыми чернилами Erich Krause® ErgoLine® Magic Ice, цвет чернил синий &amp;#40;в коробке по 10 шт.&amp;#41;</t>
   </si>
   <si>
     <t>792181</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/246/jdpg4sj4pr5otx9gxj591typkwvcbgg8.jpg</t>
@@ -4347,125 +4182,89 @@
   <si>
     <t>http://anytos.ru//upload/iblock/729/uy059hr6zjef34zj4ups23wv21szvauj.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая Erich Krause  R-301 Original Gel Stick 0.5, цвет чернил зеленый  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Ручка гелевая Erich Krause® R-301 Original Gel Stick 0.5, цвет чернил зеленый &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>795371</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe9/65e17fcmft3dksrxjlleirv0vu9b6i2f.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая Erich Krause  R-301 Original Gel Stick 0.5, цвет чернил синий  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Ручка гелевая Erich Krause® R-301 Original Gel Stick 0.5, цвет чернил синий &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>795372</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b5d/ua6nn8kw4sat2212w0hhi3wj16f39m11.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7bc/tpg668hkl1q6vwjq0cknznjisqswpprt.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;SimpleWrite BLACK quot; ГЕЛЕВАЯ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;SimpleWrite BLACK&amp;quot; ГЕЛЕВАЯ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>817860</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d99/mwp0narp5zjxha6s8zwnk6uim3eahazz.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">РУЧКА  quot;SimpleWrite ZEFIR quot; ГЕЛЕВАЯ 0.5 ММ, ЧЕРНАЯ  3 цвета корпуса </t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;SimpleWrite ZEFIR&amp;quot; ГЕЛЕВАЯ 0.5 ММ, ЧЕРНАЯ &amp;#40;3 цвета корпуса&amp;#41;</t>
   </si>
   <si>
     <t>817874</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e8/kiu6ev0h69jnltf9tiq2bodedhzemfme.jpg</t>
   </si>
   <si>
     <t>Ручка с топпером гелевая ЮНЛАНДИЯ  quot;Хрустальный шар quot;, ассорти, РАДУЖНЫЕ чернила, игольчатый пишущий узел 0,7 мм, 143785</t>
   </si>
   <si>
     <t>Гелевая ручка масляная ЮНЛАНДИЯ &amp;quot;Хрустальный шар&amp;quot; с милой игрушкой на корпусе. Гелевая ручка серии FUNNY YUMMY с ярким корпусом и оригинальным дизайном топперов в виде хрустального шара. Благодаря привлекательному дизайну и радужным чернилам ее не захочется выпускать из рук. Диаметр стандартного пишущего узла, равный 0,7 мм, создает линию письма, равную 0,35 мм. Длина сменного стержня составляет 130 мм. Цвет чернил - ассорти.Удобный стакан для размещения ручек в розничном магазине.</t>
   </si>
   <si>
     <t>829932</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5c3/e0l8y822dtdmpj05ndbbvaykep0xa7ql.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/55b/1p4jnmkbznnggdg28ylrzp8sjo9fsliy.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Berlingo  quot;Haze quot;, 0,5мм, черная, прорезин. корпус, корпус ассорти</t>
   </si>
   <si>
     <t>Гелевая ручка Berlingo Haze станет любимым аксессуаром всех ценителей изящных форм и нежных пастельных цветов. Корпус ручки отличается оригинальным объемным орнаментом. Пишущий узел диаметром 0,5 мм обеспечивает чёткое и ровное письмо. Толщина линии письма составляет 0,35 мм, длина письма - 400 м. Бархатистое Soft Touch покрытие сделает использование ручки максимально удобным. Ручки упакованы по 24 штук в пластиковую тубу-дисплей.</t>
   </si>
   <si>
     <t>839083</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e7/l7jla9o1tdwolw09ycwxko8n8t7snqoq.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая Berlingo  quot;Haze quot; синяя, 0,5мм, прорезин. корпус, корпус ассорти</t>
   </si>
   <si>
     <t>Стираемая гелевая ручка Berlingo Haze станет любимым аксессуаром всех ценителей изящных форм и нежных пастельных цветов. Корпус ручки отличается оригинальным объемным орнаментом. Качественные гелевые чернила обеспечивают тонкое аккуратное письмо и легко стираются встроенным ластиком. Бархатистое Soft Touch покрытие сделает использование ручки максимально удобным. Термочувствительные чернила становятся невидимыми при нагревании до 60°С и выше. Нагрев достигается трением ластика в торцевой части ручки. Обесцвеченные чернила проявляются при температуре ниже -18°С . Возможность многократного стирания и написания текста. Количество циклов написания/стирания ограничено износостойкостью бумаги. Диаметр пишущего узла составляет 0,5 мм. Толщина линии письма составляет 0,35 мм, длина непрерывной линии - 200 метров. Ручки упакованы по 24 штук в пластиковую тубу-дисплей</t>
   </si>
   <si>
     <t>839084</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e13/zdi6u5kz7dbadnvjb9gsww1vd5hix7rc.jpg</t>
@@ -4521,131 +4320,122 @@
   <si>
     <t>843574</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c00/0xyj0g56os8f102wrdrdcq39irvn3w2r.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые с грипом НАБОР 50 ЦВЕТОВ, линия письма 0,5 мм, BRAUBERG KIDS, 143822</t>
   </si>
   <si>
     <t>Набор гелевых ручек BRAUBERG KIDS с различным эффектом чернил. Прекрасно подходит для детского творчества: рисования, поделок и т.д. Яркие, приковывающие взгляды ручки станут отличным помощником в реализации творческого потенциала. Резиновый держатель в зоне захвата позволит рисовать и писать ручками с комфортом. Стержень длиной 129 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 1,0 мм, создает линию письма, равную 0,5 мм.Набор включает 50 гелевых ручек: 4 ручки с классическими чернилами, 14 с блестками, 10 с эффектом металлик, 12 пастельных и 10 неоновых. Цвета классических чернил: синий, черный, красный, зеленый.Цвета чернил с блестками: черный, синий, красный, зеленый, светло-зеленый, розовый, голубой, коричневый, желтый, золотой, оранжевый, серебряный, фиолетовый, сиреневый.Цвета пастельных чернил: голубой, небесно-голубой, сине-зеленый, зеленый, желтый, оранжевый, светло-оранжевый, розовый, пурпурный, фиолетовый, светло-коричневый, белый.Цвета неоновых чернил: голубой, зеленый, салатовый, желтый, светло-оранжевый, оранжевый, розовый, фиолетовый, пурпурный, коралловый.Цвета чернил с эффектом металлик: коричневый, зеленый, пурпурный, черный, сине-зеленый, голубой, синий, оранжевый, желтый, красный, серебряный.</t>
   </si>
   <si>
     <t>843575</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cbb/gudv159d0bqlcuwi7tde5ut6y7r9vzzp.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая LOREX CLASSY SLIM SOFT GRIP 0,5 мм черн. рез. грип прорез. корп.</t>
   </si>
   <si>
     <t>847461</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c2c/61t5fcv72gmdkeysaxghtxzhqx0mime7.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/25e/r1hstgog4ash3a3merqoivjgqg232kbo.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая LOREX FLUFFY SKY SLIM SOFT GRIP 0,5 мм синий рез. грип</t>
   </si>
   <si>
     <t>847463</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/031/iwyuloairu8cftw0emv50npb63140ave.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая LOREX GRUNGE 4EVER Slim Soft 0,5 мм синий ultra-soft touch грип пиши-стирай</t>
   </si>
   <si>
     <t>847465</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c00/kyzlpetfld0l8cb2rmex4s7sk04v4tmr.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая LOREX NEON Slim Soft Grip 0,5мм синий ultra-soft touch пиши-стирай</t>
   </si>
   <si>
     <t>847468</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3b4/lxwsvmma4shg1hu2tkil435belzrvv0e.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая LOREX PASTEL Slim Soft Grip 0,5 мм синий ultra-soft touch пиши-стирай</t>
+  </si>
+  <si>
+    <t>847469</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e9e/27t3xv4673pvb3docczdr1u5ahtu3ljc.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая LOREX PASTEL SLIM SOFT GRIP 0,5 мм синий пиши-стирай</t>
   </si>
   <si>
     <t>847470</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f06/f41avbiup5jh0zuyggruucr6tqjooolx.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая LOREX UNTITLED DESIGN Slim Soft 0,5 мм синий ultra-soft touch пиши-стирай</t>
   </si>
   <si>
     <t>847472</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9a1/vpb7vqi4d7cqvd2z1uqtaepm12zd53xv.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая LOREX DRAGON FRUIT SLIM SOFT GRIP 0,5 мм синий пиши-стирай</t>
   </si>
   <si>
     <t>850770</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eca/5hp5h6s2i9tuvkh133wj5ja7qza74ahj.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая LOREX YOGICORN SLIM SOFT GRIP 0,5 мм синий пиши-стирай</t>
   </si>
   <si>
     <t>850771</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/010/gbak1k7zkreoewxmvm4sb1xxh2u5nv11.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fcf/wcswl0gpwl93eyu8s6xn3q7kohs43zta.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтоматичекая PENSAN цвет чернил NEON WHITE 1,0 мм 2290 12</t>
   </si>
   <si>
     <t>Ручка гелевая неавтоматичекая PENSAN цвет чернил NEON WHITE 1,0 мм 2290/12</t>
   </si>
   <si>
     <t>881391</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bfd/kwgb3pq0odniqq0iijy37834gxahe2rs.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтоматическая PENSAN SOFT GEL 0,5 синяя</t>
   </si>
   <si>
     <t>881396</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/112/u4toon958u4fdvmwgvkdau4qwoi78b0f.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая ErichKrause  G-Star , цвет чернил черный  в коробке по 12 штук </t>
@@ -4719,332 +4509,314 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5a9/9vfhegbklm2dsrwc1yqhj5ywc25k0otc.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтоматическая M G манж 0,5мм, черный, AGPA7172110500H</t>
   </si>
   <si>
     <t>Ручка гелевая неавтоматическая M&amp;G манж 0,5мм, черный, AGPA7172110500H</t>
   </si>
   <si>
     <t>932596</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/731/cbmv98ol2k4mbaumq18dwygetthwi5ql.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом BRAUBERG  quot;EXTRA GT GLD quot;, ЧЕРНАЯ, стандартный узел 0,5 мм, линия 0,35 мм, 143919</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;EXTRA GT GLD&amp;quot; – классическая ручка для комфортного ежедневного письма. Гелевая ручка имеет круглый прозрачный корпус с грипом в зоне захвата. Детали ручки выполнены в цвет чернил с добавлением золотистых акцентов.Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Пишущий узел диаметром 0,5 мм создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил – черный.Подходит для ЕГЭ и ОГЭ.</t>
   </si>
   <si>
     <t>943740</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1c9/1k5llkz2134amsm6ax87ie34y0xo427h.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом BRAUBERG  quot;EXTRA GT NEEDLE quot;, КРАСНАЯ, игольчатый узел 0,5 мм, линия 0,35 мм, 143921</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG &amp;quot;EXTRA GT NEEDLE&amp;quot; – классическая ручка для комфортного ежедневного письма. Гелевая ручка имеет круглый прозрачный корпус с грипом в зоне захвата. Детали ручки выполнены в цвет чернил. Сменный стержень длиной 130 мм с игольчатым наконечником позволит использовать ручку максимально долго. Пишущий узел диаметром 0,5 мм создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил – красный.</t>
+  </si>
+  <si>
+    <t>943741</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fcf/sz9og0p1el5kzrc8lkrwvfbmuqru76gb.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом BRAUBERG  quot;EXTRA GT NEEDLE quot;, СИНЯЯ, игольчатый узел 0,5 мм, линия 0,35 мм, 143916</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG &amp;quot;EXTRA GT NEEDLE&amp;quot; – классическая ручка для комфортного ежедневного письма. Гелевая ручка имеет круглый прозрачный корпус с грипом в зоне захвата. Детали ручки выполнены в цвет чернил. Сменный стержень длиной 130 мм с игольчатым наконечником позволит использовать ручку максимально долго. Пишущий узел диаметром 0,5 мм создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил – синий.</t>
+  </si>
+  <si>
+    <t>943742</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e52/r5fqx42zo23tkhkjtcy6lg8urk4tfy07.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом BRAUBERG  quot;EXTRA GT NEEDLE quot;, ЧЕРНАЯ, игольчатый узел 0,5 мм, линия 0,35 мм, 143918</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;EXTRA GT NEEDLE&amp;quot; – классическая ручка для комфортного ежедневного письма. Гелевая ручка имеет круглый прозрачный корпус с грипом в зоне захвата. Детали ручки выполнены в цвет чернил. Сменный стержень длиной 130 мм с игольчатым наконечником позволит использовать ручку максимально долго. Пишущий узел диаметром 0,5 мм создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил – черный.Подходит для ЕГЭ и ОГЭ.</t>
   </si>
   <si>
     <t>943743</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/631/3osll3uhawkmw6gblcvfvhy6ih3ufeg1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7a4/ptjhw2a3s2kfaycjv4xp05to2h2rt2ya.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом BRAUBERG  quot;EXTRA GT quot;, КРАСНАЯ, стандартный узел 0,5 мм, линия 0,35 мм, 143920</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;EXTRA GT&amp;quot; – классическая ручка для комфортного ежедневного письма. Гелевая ручка имеет круглый прозрачный корпус с грипом в зоне захвата. Детали ручки выполнены в цвет чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Пишущий узел диаметром 0,5 мм создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил – красный.</t>
   </si>
   <si>
     <t>943745</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a1d/nofc3mkzorjz751f9lvauq1iauxv0lal.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом BRAUBERG  quot;EXTRA GT quot;, СИНЯЯ, стандартный узел 0,5 мм, линия 0,35 мм, 143915</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;EXTRA GT&amp;quot; – классическая ручка для комфортного ежедневного письма. Гелевая ручка имеет круглый прозрачный корпус с грипом в зоне захвата. Детали ручки выполнены в цвет чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Пишущий узел диаметром 0,5 мм создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>943746</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/36d/brnz7qpou54abf18kytqzlgcwq3qqa4c.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом BRAUBERG  quot;EXTRA GT quot;, ЧЕРНАЯ, стандартный узел 0,5 мм, линия 0,35 мм, 143917</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;EXTRA GT&amp;quot; – классическая ручка для комфортного ежедневного письма. Гелевая ручка имеет круглый прозрачный корпус с грипом в зоне захвата. Детали ручки выполнены в цвет чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго.Пишущий узел диаметром 0,5 мм создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил - черный.Подходит для ЕГЭ и ОГЭ.</t>
   </si>
   <si>
     <t>943747</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4df/i3nwhimdmlkcmgip1vdfvynwdbn8btgr.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые с грипом BRAUBERG  quot;EXTRA GT quot;, НАБОР 4 ЦВЕТА, стандартный узел 0,5 мм, линия письма 0,35 мм, 143923</t>
+  </si>
+  <si>
+    <t>Гелевые ручки BRAUBERG &amp;quot;EXTRA GT&amp;quot; – набор ярких и насыщенных цветов на каждый день для работы и учебы. Гелевые ручки имеют круглый прозрачный корпус с грипом в зоне захвата. Детали ручек выполнены в цвет чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручки максимально долго. Пишущий узел диаметром 0,5 мм создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил - синий, черный, красный, зеленый.</t>
+  </si>
+  <si>
+    <t>943748</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e8d/hw2snet3wfohzm8c39psjhiozzf3268r.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые с грипом BRAUBERG  quot;EXTRA GT quot;, ЧЕРНЫЕ, НАБОР 4 штуки, стандартный наконечник 0,5 мм, линия 0,35 мм, 143924</t>
   </si>
   <si>
     <t>Гелевые ручки BRAUBERG &amp;quot;EXTRA GT&amp;quot; – набор черных ручек на каждый день для работы и учебы. Гелевые ручки имеют круглый прозрачный корпус с грипом в зоне захвата. Детали ручек выполнены в цвет чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручки максимально долго.Пишущий узел диаметром 0,5 мм создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил – черный.Подходят для ЕГЭ и ОГЭ.</t>
   </si>
   <si>
     <t>943749</t>
   </si>
   <si>
-    <t>8</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9de/2mwlj9oeiuds18rv34fsuwt5n2iyeyag.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая Berlingo  quot;Triangle gel RT quot; синяя, 0,5мм, грип</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая Berlingo &amp;quot;Triangle gel RT&amp;quot; синяя, 0,5мм, грип</t>
   </si>
   <si>
     <t>945513</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/889/cl2kx5vje127dlo5lmyemqfkauyh1r1x.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая Berlingo  quot;Triangle gel RT quot; черная, 0,5мм, грип</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая Berlingo &amp;quot;Triangle gel RT&amp;quot; черная, 0,5мм, грип</t>
   </si>
   <si>
     <t>945514</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/815/1972o1t90zmtt14aaclxb668ywwy75xy.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая Berlingo  quot;Velvet gel quot; черная, 0,5мм, грип</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая Berlingo &amp;quot;Velvet gel&amp;quot; черная, 0,5мм, грип</t>
   </si>
   <si>
     <t>945515</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/982/t1z03mxf0r7k7te3js81ex79wjwfp7or.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая ErichKrause  G-Round, цвет чернил синий  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Бесстержневая гелевая ручка Stick с игольчатым типом пишущего узла Fine Tip. Ручка имеет полупрозрачный матовый круглый корпус с удобной профилированной грип-зоной. Цвет заглушки соответствует цвету чернил. 4-канальный пишущий узел с диаметром шарика 0.5 мм в сочетании с быстросохнущими гелевыми чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 1000 м при толщине 0.3 мм, что является высоким показателем в своей категории.</t>
   </si>
   <si>
     <t>949595</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/269/f2t3apq2id2ngz2eula0c7fl9o9luoqr.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/de1/b8zdyihv11u49secidms6i4gkzpjxhhs.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтоматическая Deli Daily д.ш.0,5мм,лин0,35,крас,р м E6600S</t>
   </si>
   <si>
     <t>Ручка гелевая неавтоматическая Deli Daily д.ш.0,5мм,лин0,35,крас,р/м E6600S</t>
   </si>
   <si>
     <t>952608</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/35b/c4bafc6b9zploeq31w57gf64i4vxujc7.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b5d/oh19lnnzfk4cx3oxshqjihjw61g01rih.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтоматическая PILOT биополимерн лин.пис0.2мм черн BL-GC4 B</t>
   </si>
   <si>
     <t>952613</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f9/rnzl1p5k3ke8vain2y8jm3bkfcs00scj.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG  quot;EXTRA GLD quot;, ЧЕРНАЯ, корпус прозрачный, узел 0,5 мм, линия 0,35 мм, 143901</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;EXTRA&amp;quot; - классическая ручка для комфортного ежедневного письма. Гелевая ручка имеет шестигранный прозрачный корпус с рифленой поверхностью в зоне захвата. Детали ручки выполнены в цвет чернил с добавлением золотистых акцентов. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил - черный.Подходит для ЕГЭ и ОГЭ.</t>
   </si>
   <si>
     <t>953932</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b55/wlcwvt1otfn933jx9v5tbpyfn1rjzbgq.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG  quot;EXTRA quot;, ЗЕЛЕНАЯ, корпус прозрачный, узел 0,5 мм, линия 0,35 мм, 143904</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;EXTRA&amp;quot; - классическая ручка для комфортного ежедневного письма. Гелевая ручка имеет шестигранный прозрачный корпус с рифленой поверхностью в зоне захвата. Детали ручки выполнены в цвет чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил - зеленый.</t>
   </si>
   <si>
     <t>953933</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ef/vr665ntqwusqggq47uv1hssxyynlc99i.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG  quot;EXTRA quot;, КРАСНАЯ, корпус прозрачный, узел 0,5 мм, линия 0,35 мм, 143903</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;EXTRA&amp;quot; - классическая ручка для комфортного ежедневного письма. Гелевая ручка имеет шестигранный прозрачный корпус с рифленой поверхностью в зоне захвата. Детали ручки выполнены в цвет чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил - красный.</t>
   </si>
   <si>
     <t>953934</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/090/bqxqic7fsitovpi36d9kqt9dso5oqob4.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG  quot;EXTRA quot;, ЧЕРНАЯ, корпус прозрачный, узел 0,5 мм, линия 0,35 мм, 143900</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG &amp;quot;EXTRA&amp;quot; - классическая ручка для комфортного ежедневного письма. Гелевая ручка имеет шестигранный прозрачный корпус с рифленой поверхностью в зоне захвата. Детали ручки выполнены в цвет чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил - черный.Подходит для ЕГЭ и ОГЭ.</t>
+  </si>
+  <si>
+    <t>953935</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/67f/oh5azhsmfejr6oc4ca5byssb7v5jre06.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая РОССИЯ  quot;PATRIOT-GT quot;, СИНЯЯ, корпус прозрачный, узел 0,7 мм, линия письма 0,4 мм, BRAUBERG, 143959</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;Patriot-GT&amp;quot; обеспечивает комфортное и качественное письмо. Имеет круглый прозрачный корпус с резиновым держателем. Детали ручки выполнены в цвет синих чернил. Сменный стержень длиной 137 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла 0,7 мм создает линию письма, равную 0,4 мм.</t>
   </si>
   <si>
     <t>953938</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6a9/ozp7b5ugpx0o1tavz39qh7er4hc5bydy.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3a2/69lmx3imy8va3bjd78h21n5bwhg3pgpl.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая РОССИЯ  quot;АРКТИКА-М quot;, СИНЯЯ, корпус тонированный, узел 0,7 мм, линия письма 0,5 мм, BRAUBERG, 143957</t>
   </si>
   <si>
     <t>Классическая гелевая ручка BRAUBERG &amp;quot;Арктика-М&amp;quot; с рифленой поверхностью в зоне захвата обеспечивает комфортное и качественное письмо. Имеет круглый прозрачный корпус с рифленой поверхностью в зоне захвата. Синий цвет чернил. Сменный стержень длиной 129 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,7 мм, создает линию письма, равную 0,5 мм.</t>
   </si>
   <si>
     <t>953940</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bbb/7v50hrrm33v7rm4v18uqsy164p608huc.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая РОССИЯ  quot;АРКТИКА-М quot;, ЧЕРНАЯ, корпус тонированный, узел 0,7 мм, линия письма 0,5 мм, BRAUBERG, 143958</t>
   </si>
   <si>
     <t>Классическая гелевая ручка BRAUBERG &amp;quot;Арктика-М&amp;quot; с рифленой поверхностью в зоне захвата обеспечивает комфортное и качественное письмо. Имеет круглый прозрачный корпус с рифленой поверхностью в зоне захвата. Черный цвет чернил. Сменный стержень длиной 129 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,7 мм, создает линию письма, равную 0,5 мм.</t>
   </si>
   <si>
     <t>953941</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e7/b03af0e2i2z2fjd407gkcpkjt6czdhit.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая РОССИЯ  quot;СОЮЗ quot;, СИНЯЯ, корпус прозрачный, узел 0,7 мм, линия письма 0,5 мм, BRAUBERG, 143962</t>
   </si>
   <si>
     <t>Классическая гелевая ручка BRAUBERG &amp;quot;Союз&amp;quot; обеспечивает комфортное и качественное письмо. Имеет круглый прозрачный корпус с рифленой поверхностью в зоне захвата. Детали ручки выполнены в цвет синих чернил. Сменный стержень длиной 137 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла 0,7 мм создает линию письма, равную 0,5 мм.</t>
   </si>
   <si>
     <t>953942</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/092/crmkmw3kchpug5nwlk0w8i18m2gdyd0n.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/548/nzn7bckernqy802lldkmlkygr0xljr69.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG  quot;EXTRA quot;, СИНЯЯ, корпус прозрачный, узел 0,5 мм, линия 0,35 мм, 143902</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;EXTRA&amp;quot; - классическая ручка для комфортного ежедневного письма. Гелевая ручка имеет шестигранный прозрачный корпус с рифленой поверхностью в зоне захвата. Детали ручки выполнены в цвет чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>959779</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a04/qsmade6l5abr5nv97skptoyk428ni2nr.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые ПАСТЕЛЬ BRAUBERG  quot;EXTRA quot;, НАБОР 6 ЦВЕТОВ, узел 0,7 мм, линия 0,35 мм, 143910</t>
   </si>
   <si>
     <t>Гелевые ручки BRAUBERG &amp;quot;EXTRA&amp;quot; - набор ярких и насыщенных цветов на каждый день для работы и учебы. Гелевые ручки имеют шестигранный прозрачный корпус с рифленой поверхностью в зоне захвата. Детали ручек выполнены в цвет чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручки максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил - голубой, желтый, фиолетовый, оранжевый, зеленый, розовый.</t>
   </si>
   <si>
     <t>960386</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a5d/rohez55dpr666i9k1gvvc4zkihpgjkbz.jpg</t>
@@ -5076,50 +4848,62 @@
   <si>
     <t>Ручки гелевые BRAUBERG  quot;Extra Glide Gel quot;, НАБОР 6 ЦВЕТОВ, трехгранная, игольчатый наконечник 0,7 мм, линия 0,5 мм, 144078</t>
   </si>
   <si>
     <t>Набор цветных гелевых ручек BRAUBERG &amp;quot;Extra Glide Gel&amp;quot; - это яркие и насыщенные цвета на каждый день для работы и учебы. Гелевые ручки с трехгранным тонированным корпусом. Детали ручек выполнены в цвет чернил. Гелевые чернила индийского производства плавно и мягко ложатся на бумагу, обеспечивая комфортное письмо. Игольчатый пишущий узел диаметром 0,7 мм создает тонкую линию письма 0,5 мм. Цвет чернил: черный, синий, зеленый, оранжевый, розовый, желтый.</t>
   </si>
   <si>
     <t>961486</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c0/iqfts6p2az8vazmsx0659s2oqjr41nj3.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автомат. Комус Urban, синий ст., автом., с манжеткой</t>
   </si>
   <si>
     <t>964585</t>
   </si>
   <si>
     <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c53/e76x245uq7lxynj0fjom9bsqkc2uj9j6.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая M G Farm Story стир.черн, шарик 0,5мм, син, в ассортименте AKPB1478D20596C</t>
+  </si>
+  <si>
+    <t>Ручка гелевая M&amp;G Farm Story стир.черн, шарик 0,5мм, син, в ассортименте AKPB1478D20596C</t>
+  </si>
+  <si>
+    <t>964588</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/43e/4zqx5akf5uor4flbcl32pf975ljbxzew.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая M G So Many Cats стир.черн, шар 0,5мм, син, в ассортименте AKPB1479D20597H</t>
   </si>
   <si>
     <t>Ручка гелевая M&amp;G So Many Cats стир.черн, шар 0,5мм, син, в ассортименте AKPB1479D20597H</t>
   </si>
   <si>
     <t>964589</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8dd/yc37g8fnmh088r8ckg7m8a3bb4v6bmxm.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая M G со стир.черн., шарик 0,5 мм, синяя, в ассортименте AKPB7372D205P4C</t>
   </si>
   <si>
     <t>Ручка гелевая M&amp;G со стир.черн., шарик 0,5 мм, синяя, в ассортименте AKPB7372D205P4C</t>
   </si>
   <si>
     <t>964591</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ff/amm3kf88g5xxdmddp00cirtqxx206zvr.jpg</t>
@@ -5148,50 +4932,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c08/v4p1nro4rixfbkxrciahh03rxvv9s7li.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая M G AdorablePet стир.чер в асс AKPH9572D20496C</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая M&amp;G AdorablePet стир.чер в асс AKPH9572D20496C</t>
   </si>
   <si>
     <t>964594</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d69/k67lur7xfx2l4f22dabf582yz52b6fa8.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтомат. M G Smarten манж лин 0,5 син AGP62571220700H</t>
   </si>
   <si>
     <t>Ручка гелевая неавтомат. M&amp;G Smarten манж лин 0,5 син AGP62571220700H</t>
   </si>
   <si>
     <t>964597</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3ac/nz99qyb1r5r7uan8dmzfkpji979lzubr.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автомат. M G шар 0,38 лин 0,35мм, 3 цвета в 1, в ассортименте AGPT4371</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автомат. M&amp;G шар 0,38 лин 0,35мм, 3 цвета в 1, в ассортименте AGPT4371</t>
+  </si>
+  <si>
+    <t>964599</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7e3/3h38zdz7kr3ct5e1oczzg971uypbbsho.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтомат. Deli Upal шар.1мм лин 0,7мм черн, манж, EG61-BK</t>
   </si>
   <si>
     <t>964600</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2cc/n0dknwtiaxqy2vd5kkf2x5f11zflrv67.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтомат. Deli Upal шар 1мм, лин 0,7,син, манж, EG61-BL</t>
   </si>
   <si>
     <t>964601</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6b8/yju4ewp53xvz5az2y4vhqq41vpaxiojc.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтомат. Deli шарик 0,5мм линия 0,3мм черная EG62-BK</t>
   </si>
   <si>
     <t>964602</t>
@@ -5244,110 +5040,86 @@
   <si>
     <t>964609</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/834/v3ucev7h5o7s3ridmz6mpz8tz9h4lwka.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автомат. Deli Arris, линия 0,35 мм, манж, синий EG09-BL</t>
   </si>
   <si>
     <t>964611</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d7/wnj5ehktxm5jfqrk6i29w2unctg5ohax.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Berlingo  quot;Instinct quot; черная, 0,5мм, корпус ассорти NEW</t>
   </si>
   <si>
     <t>Ручка гелевая Berlingo &amp;quot;Instinct&amp;quot; черная, 0,5мм, корпус ассорти NEW</t>
   </si>
   <si>
     <t>969128</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/005/x3veod31q30uuuh2j0pds38u237gv515.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4ac/e71divf31mv7gk64dd6luw49cn1p9q4p.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая OfficeSpace  quot;Classic quot; синяя, 0,5мм</t>
   </si>
   <si>
     <t>Ручка гелевая OfficeSpace &amp;quot;Classic&amp;quot; синяя, 0,5мм</t>
   </si>
   <si>
     <t>969133</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a1d/8snwbqmeomphxav5nxn7hq32h5wqekh1.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая OfficeSpace  quot;Classic quot; черная, 0,5мм</t>
   </si>
   <si>
     <t>Ручка гелевая OfficeSpace &amp;quot;Classic&amp;quot; черная, 0,5мм</t>
   </si>
   <si>
     <t>969134</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/08b/2avdanafraouz3tg7877dn6tn7ao61qb.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG  quot;X-WRITER 1800 quot;, УВЕЛИЧЕННАЯ ДЛИНА ПИСЬМА 1 800 м, СИНЯЯ, стандартный узел 0,5 мм, 144134</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG &amp;quot;X-WRITER 1800&amp;quot; идеально подойдет не только для работы и учебы, но и для художественных набросков. Бесстержневая ручка с чернилами, которые находятся прямо внутри корпуса. Ручка имеет круглый прозрачный корпус и лаконичный дизайн. Благодаря повышенной вместимости чернил длина письма составляет 1 800 м, что позволит использовать ручку максимально долго. Быстросохнущие чернила не выцветают и не смазываются. Тонкая четкая линия письма достигается за счет стандартного наконечника диаметром 0,5 мм. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>978014</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/750/85lq7gv5ry9gntpu8l75czud2dk7xmgd.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b2f/uet3zq0l3fzxi3yia928e68q5733qjd2.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG  quot;Profi-Gel PRO quot;, КРАСНАЯ, линия письма 0,4 мм, игольчатый наконечник 0,5 мм, печать на корпусе, 144126</t>
   </si>
   <si>
     <t>Ручка BRAUBERG &amp;quot;Profi-Gel PRO&amp;quot; привлекает взгляды и обеспечивает комфортное письмо. Гелевая ручка имеет круглый корпус с рифленой поверхностью в зоне захвата. Детали ручки выполнены в цвет чернил с добавлением серебристых акцентов. Модель изготовлена из высококачественных материалов, сменный стержень длиной 130 мм позволит использовать ручку максимально долго. Удобная рифленая зона захвата снижает давление на пальцы рук при письме. Диаметр игольчатого наконечника 0,5 мм гарантирует лёгкое и четкое письмо без усилий. Стильный корпус с печатью. Цвет чернил - красный.</t>
   </si>
   <si>
     <t>978303</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ecf/w1ubodtjcmne8j6kxcvdqpkri416m6iv.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG  quot;Profi-Gel PRO quot;, СИНЯЯ, линия письма 0,4 мм, игольчатый наконечник 0,5 мм, печать на корпусе, 144125</t>
   </si>
   <si>
     <t>Ручка BRAUBERG &amp;quot;Profi-Gel PRO&amp;quot; привлекает взгляды и обеспечивает комфортное письмо. Гелевая ручка имеет круглый корпус с рифленой поверхностью в зоне захвата. Детали ручки выполнены в цвет чернил с добавлением серебристых акцентов. Модель изготовлена из высококачественных материалов, сменный стержень длиной 130 мм позволит использовать ручку максимально долго. Удобная рифленая зона захвата снижает давление на пальцы рук при письме. Диаметр игольчатого наконечника 0,5 мм гарантирует лёгкое и четкое письмо без усилий. Стильный корпус с печатью. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>978304</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c16/vvzwiru5siwfattc324a9hb9i1w3ps31.jpg</t>
@@ -5592,113 +5364,89 @@
   <si>
     <t>http://anytos.ru//upload/iblock/857/uruzgtz54wfi2tz6p0d9ot18mlymdw0c.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;UniWrite.КОТИКИ СЧАСТЬЕ quot; ГЕЛЕВАЯ, 0.5 ММ, ЧЕРНАЯ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;UniWrite.КОТИКИ СЧАСТЬЕ&amp;quot; ГЕЛЕВАЯ, 0.5 ММ, ЧЕРНАЯ</t>
   </si>
   <si>
     <t>980647</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f7b/s4prx0etpkhn081heqyselnqyzz0hb3v.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;UniWrite.ЛЮБОВЬ, КАК ОНА ЕСТЬ quot; ГЕЛЕВАЯ, 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;UniWrite.ЛЮБОВЬ, КАК ОНА ЕСТЬ&amp;quot; ГЕЛЕВАЯ, 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>980648</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4b4/vpr80o4wlcxa1dayxc8mkp18o9dlgkqi.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0e1/qwi7l34kkccnj1ahyle324vqd29zlpw1.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Crown  quot;Quick Dry quot; с быстросохнущими чернилами и антибактериальным грипом, черная, 0,5мм, корпус ассорти</t>
   </si>
   <si>
     <t>Ручка гелевая Crown &amp;quot;Quick Dry&amp;quot; с быстросохнущими чернилами и антибактериальным грипом, черная, 0,5мм, корпус ассорти</t>
   </si>
   <si>
     <t>983923</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/283/y86njc4d0n1yrdl030y2ta8n3x7l3vp0.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая MESHU  quot;Bear and Rabbit quot; радужная, 0,7мм</t>
   </si>
   <si>
     <t>Ручка гелевая MESHU &amp;quot;Bear and Rabbit&amp;quot; радужная, 0,7мм</t>
   </si>
   <si>
     <t>983924</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3de/2q6wf3c8d8to03gvobs7lkc72l34ucdm.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая MESHU  quot;Diamonds quot; , радужная, 0,7мм</t>
   </si>
   <si>
     <t>Ручка гелевая MESHU &amp;quot;Diamonds&amp;quot; , радужная, 0,7мм</t>
   </si>
   <si>
     <t>983925</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/97c/qxymz02vjmfpy0o3zd06v1t1hle7m6zv.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2a5/pl4ku2w26q9ialt6kigdtq34s1705q71.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая MESHU  quot;Lovely Cutes quot; синяя, 0,5мм, корпус ассорти</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая MESHU &amp;quot;Lovely Cutes&amp;quot; синяя, 0,5мм, корпус ассорти</t>
   </si>
   <si>
     <t>983928</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ccf/4kxg7hr2lyrbnttd54q43qityvshgkx2.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая MESHU  quot;Pads quot; синяя, 0,5мм, корпус ассорти, с топпером</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая MESHU &amp;quot;Pads&amp;quot; синяя, 0,5мм, корпус ассорти, с топпером</t>
   </si>
   <si>
     <t>983929</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dda/e6isfitkbpuqijh96tan6uyhnm5oqxn7.jpg</t>
@@ -5715,62 +5463,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/49c/zb95u6x933bmaqq9wib3jvrvxwj6tohf.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG  quot;COLOR PASTEL quot;, СИНЯЯ, корпус ассорти, узел 0,5, линия 0,35 мм, 144121</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;COLOR PASTEL&amp;quot; – надежная и долговечная письменная принадлежность для ежедневного использования. Дизайн корпуса представлен в четырех цветовых вариациях. Данная модель станет вашим незаменимым помощником в работе и учебе. Гелевая ручка имеет круглый корпус ярких цветов. Гелевые чернила плавно и мягко ложатся на бумагу, обеспечивая комфортное письмо. Корпус представлен в 4 пастельных тонах: голубой, зеленый, розовый, оранжевый. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Пишущий узел диаметром 0,5 мм создает линию письма, равную 0,35 мм.Цвет чернил – черный/синий.</t>
   </si>
   <si>
     <t>985424</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/227/rdtk7r4c1zxgl4d6r0476fc3n30r6i6y.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG  quot;GL-2000 quot;, СИНЯЯ, японские чернила, длина письма 2000 метров, линия письма 0,35 мм, 144218</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG &amp;quot;GL-2000&amp;quot; идеально подойдет не только для работы и учебы, но и для художественных набросков. Бесстержневая ручка с чернилами, которые находятся прямо внутри корпуса. Ручка имеет трехгранный прозрачный корпус и лаконичный дизайн. Благодаря повышенной вместимости чернил длина письма составляет 2000 м, что позволит использовать ручку максимально долго. Пишущий узел диаметром 0,5 мм создает линию письма, равную 0,35 мм. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>985425</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7c6/c7u3fpl4nedfbh2hcdd0v23pcbyd9392.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/167/zcr1mybvfm1rrcjt1acuiqonwaens606.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая с грипом BRAUBERG  quot;GLA quot;, СИНЯЯ, стандартный узел 0,5 мм, линия письма 0,35 мм, 144216</t>
   </si>
   <si>
     <t>Автоматическая гелевая ручка BRAUBERG &amp;quot;GLA&amp;quot; для ультрамягкого, комфортного письма. Комфортному письму способствует эргономичный упор для пальцев. Данная ручка станет вашим незаменимым другом и помощником в работе и учебе. Гелевая автоматическая ручка имеет круглый корпус. Оснащена кнопочным механизмом подачи стержня. Детали корпуса выполнены в цвет синих чернил. Резиновый эргономичный упор для пальцев предотвращает скольжение ручки при письме. Сменный стержень длиной 110 мм со стандартным наконечником позволит использовать ручку максимально долго. Пишущий узел диаметром 0,5 мм создает линию письма, равную 0,35 мм.Цвет чернил – синий.Технология чернил – Quick Dry.</t>
   </si>
   <si>
     <t>985427</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/86e/03hetn5v5sd83ajw73e55gbs97a493q6.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая с грипом BRAUBERG  quot;GLA quot;, ЧЕРНАЯ, стандартный узел 0,5 мм, линия письма 0,35 мм, 144215</t>
   </si>
   <si>
     <t>Автоматическая гелевая ручка BRAUBERG &amp;quot;GLA&amp;quot; для ультрамягкого, комфортного письма. Комфортному письму способствует эргономичный упор для пальцев. Данная ручка станет вашим незаменимым другом и помощником в работе и учебе. Гелевая автоматическая ручка имеет круглый корпус. Оснащена кнопочным механизмом подачи стержня. Детали корпуса выполнены в цвет черных чернил. Резиновый эргономичный упор для пальцев предотвращает скольжение ручки при письме. Сменный стержень длиной 110 мм со стандартным наконечником позволит использовать ручку максимально долго. Пишущий узел диаметром 0,5 мм создает линию письма, равную 0,35 мм. Цвет чернил – черный. Технология чернил – Quick Dry.Походит для ОГЭ/ЕГЭ.</t>
   </si>
   <si>
     <t>985428</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9f/7rb7mtymuud3vwil7tyl8iz2w5g298j5.jpg</t>
@@ -5817,50 +5553,62 @@
   <si>
     <t>986287</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/563/gnuao9ka1oy64lp0e3jpd3b1y2sb3rn9.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG DIAMOND PASTEL, СИНЯЯ, корпус ассорти, игольчатый узел 0,5 мм, линия письма 0,25 мм, 144133</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;DIAMOND PASTEL&amp;quot; с наконечником в виде бриллианта и с круглым корпусом нежных пастельных цветов ассорти сразу обращает на себя внимание. Необычный игольчатый пишущий узел с диаметром наконечника 0,5 мм создает тонкую линию письма, равную 0,25 мм. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>986288</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/776/ivl4i1wq89pk6xuffw3ijo15owz1eie2.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтоматическая Pensan SOFT GEL шарик 0,5мм, красная</t>
   </si>
   <si>
     <t>991223</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/288/01ryij7uz885p578ji4sprp2u3irglew.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая неавтоматическая M G Ovidian линия 0,5мм черн AGP11571110700H</t>
+  </si>
+  <si>
+    <t>Ручка гелевая неавтоматическая M&amp;G Ovidian линия 0,5мм черн AGP11571110700H</t>
+  </si>
+  <si>
+    <t>991224</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3a4/9zhxkjpbzenmttkac1djxcjw5ub0x7zd.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтоматическая Attache Epic, цвет чернил-зеленый,манж</t>
   </si>
   <si>
     <t>991225</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/56f/dqm9rq1x846jv35mtgo1ljug4gvjafpf.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;UniClick. MY REFRESH  quot; ГЕЛЕВАЯ, 0.38 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;UniClick. MY REFRESH &amp;quot; ГЕЛЕВАЯ, 0.38 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>992928</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/209/nhdnolwghwhaffrlsikkakpwzw3iatda.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;UniClick. Сакура quot; ГЕЛЕВАЯ, 0.38 ММ, СИНЯЯ</t>
@@ -5886,62 +5634,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/047/5hmqt6hlxsdj8q41r7x41cc1p98kgqvb.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;UniClick. Non-Fiction quot; ГЕЛЕВАЯ, 0.38 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>Автоматическая гелевая ручка серии «UniClick» от Bruno Visconti - идеальный вариант для тех, кто предпочитает комфорт, качество и оригинальное дизайнерское решение. Покрытие корпуса Soft Touch создает приятные тактильные ощущения. Благодаря клип-зажиму ручка не потеряется, ее можно прикрепить к тетради, блокноту, ежедневнику, карману пиджака или дамской сумочки. Чернила на гелевой основе от японского производителя Mikuni с идеальной консистенцией оставляют на поверхности бумаги насыщенную, четкую, без пробелов линию толщиной 0,36 мм. Беспрерывная линия письма составляет 600 метров. Авторский дизайн ручки обязательно обратит на себя внимание и подчеркнет индивидуальность ее владельца.</t>
   </si>
   <si>
     <t>993845</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a5/jz2a1s924th9s26emo8w6mhdzdkyyyux.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая ErichKrause Crystal Stick Classic 0.5, цвет чернил синий  в пэт-боксе по 1 штуке </t>
   </si>
   <si>
     <t>Ручка гелевая ErichKrause Crystal Stick Classic 0.5, цвет чернил синий &amp;#40;в пэт-боксе по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>995723</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/40b/hwfu8bdo1rko89d3p7vo1vf0o58h0ga3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8bd/kb2n00i2hsp90ywz7ltaday4t2pqvfsw.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая ErichKrause G-Glass Stick Manga 0.5, цвет чернил черный  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Ручка гелевая ErichKrause G-Glass Stick Manga 0.5, цвет чернил черный &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>995725</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dee/mnuqy6grbj8zo949wzjsfp36jo7mr4pt.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая ErichKrause G-Glass Stick Original 0.5, цвет чернил синий  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Ручка гелевая ErichKrause G-Glass Stick Original 0.5, цвет чернил синий &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>995726</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2c1/fhshq3n2cguq1o51bbn8per9z8euovyz.jpg</t>
@@ -6006,62 +5742,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/379/z6wjn3oj1epq4y3ytw46yq3glwy1rzha.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая автоматическая ErichKrause R-301 Original Gel Matic 0.5, цвет чернил синий  в коробке по 50 штук </t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая ErichKrause R-301 Original Gel Matic 0.5, цвет чернил синий &amp;#40;в коробке по 50 штук&amp;#41;</t>
   </si>
   <si>
     <t>995732</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/705/eo5ddo3euw21ub4rxdiwfgvjdojh4mau.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая ErichKrause Crystal Stick Classic 0.5, цвет чернил синий</t>
   </si>
   <si>
     <t>Ручка гелевая ErichKrause Crystal Stick Classic 0.5, цвет чернил синий &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>998111</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/15c/f24opt69vjo46t6330fl2sxy6tdjv32f.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7a8/2slcu07d97heu9f33szpihmlku6f994y.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая ErichKrause G-Reed Stick Classic 0.38, цвеcт чернил синий</t>
   </si>
   <si>
     <t>Ручка гелевая ErichKrause G-Reed Stick Classic 0.38, цвеcт чернил синий &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>998113</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f4/i2uv7i3s0fmrmuabjgzi256y6joux4sy.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая ErichKrause G-Reed Stick Pastel Bloom 0.38, цвет чернил синий</t>
   </si>
   <si>
     <t>Ручка гелевая ErichKrause G-Reed Stick Pastel Bloom 0.38, цвет чернил синий &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>998114</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fcf/vy86kx2dbvn7hg8q2hrhvfu2ksb3xe28.jpg</t>
@@ -6102,84 +5826,72 @@
   <si>
     <t>http://anytos.ru//upload/iblock/631/sselz12s31pq8kogfmif02vqta9gccu1.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;Super Slim. Black quot; ГЕЛЕВАЯ, 0.28 ММ, ЧЕРНАЯ</t>
   </si>
   <si>
     <t>Гелевая ручка Super Slim ТМ Bruno Visconti для всех поклонников супертонкого письма. Ручка легко и мягко скользит по поверхности бумаги, оставляя тонкую ровную линию благодаря пишущему узлу диаметром 0,28 мм и чернилам черного цвета японского производителя Mikuni. Трехгранная форма корпуса с приятным на ощупь покрытием Soft Touch создает дополнительный комфорт при письме.</t>
   </si>
   <si>
     <t>998255</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/310/sycn4d51rrp2j10a4ngc6h2na3dy0kmk.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">РУЧКА  quot;Super Slim. Zefir quot; ГЕЛЕВАЯ, 0.28 ММ, ЧЕРНАЯ  2 ВИДА </t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;Super Slim. Zefir&amp;quot; ГЕЛЕВАЯ, 0.28 ММ, ЧЕРНАЯ &amp;#40;2 ВИДА&amp;#41;</t>
   </si>
   <si>
     <t>998256</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/97d/ajq2xmd0a3y431b91nhds64364ch9rsp.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dd1/huv3g8lecwdo6acoiidj24uier1autoh.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Crown  quot;Quick Dry quot; с быстросохнущими чернилами и антибактериальным грипом, синяя, 0,5мм, корпус ассорти, 1 шт., блистер</t>
   </si>
   <si>
     <t>Ручка гелевая Crown &amp;quot;Quick Dry&amp;quot; с быстросохнущими чернилами и антибактериальным грипом, синяя, 0,5мм, корпус ассорти, 1 шт., блистер</t>
   </si>
   <si>
     <t>1002527</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7f7/qfuqh93ngov4nt10nf4vyaglkw874h4l.jpg</t>
-[...8 lines deleted...]
-    <t>1002530</t>
+    <t>http://anytos.ru//upload/iblock/a1b/bl75f2cjo49wu2xxljh2rkxq80hezil1.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая стираемая Berlingo  quot;Fixxer quot; синяя, 0,5мм, корпус ассорти</t>
+  </si>
+  <si>
+    <t>Ручка гелевая стираемая Berlingo &amp;quot;Fixxer&amp;quot; синяя, 0,5мм, корпус ассорти</t>
+  </si>
+  <si>
+    <t>1002533</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c9d/w0c1dval8hvrnjenowh13jn8dd5du9xw.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая MESHU  quot;Grace cats quot; синяя, 0,5мм, корпус ассорти, с топпером</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая MESHU &amp;quot;Grace cats&amp;quot; синяя, 0,5мм, корпус ассорти, с топпером</t>
   </si>
   <si>
     <t>1002535</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/adc/52ylymiwtd9yg9oqd74pp84no1m138th.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая автоматическая MESHU  quot;Sweet paws quot; синяя, 0,5мм, корпус ассорти, с топпером</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая автоматическая MESHU &amp;quot;Sweet paws&amp;quot; синяя, 0,5мм, корпус ассорти, с топпером</t>
   </si>
   <si>
     <t>1002536</t>
   </si>
@@ -6297,50 +6009,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/fc6/muu3z99h0juqm35cxc8fqht8vts1uv3k.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG ORIGINAL, ЧЕРНАЯ, игольчатый узел 0,5 мм, линия письма 0,35 м, 144244</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;ORIGINAL&amp;quot; с покрытием soft-touch создает приятные тактильные ощущения и не скользит в руке. Чернила от японского производителя Mikuni оставляют чёткую, насыщенну &amp;#40;без пробелов&amp;#41; линию на поверхности бумаги. Имеет трехгранный переходящий в круглый корпус, представленный в 4 пастельных оттенках. Эргономичная зона захвата с выемками обеспечивает удобство при письме. Сменный стержень длиной 128 мм с игольчатым наконечником позволит использовать ручку максимально долго. Пишущий узел диаметром 0,5 мм создает линию письма шириной 0,35 мм.Подходит для ОГЭ и ЕГЭ, а также для скетчинга.</t>
   </si>
   <si>
     <t>1006489</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/128/gw5d4aquh1xio0pejmnhmf2fd13cd9tw.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG SPECIAL, СИНЯЯ, игольчатый узел 0,38 мм, тонкая линия письма 0,2 мм, 144245</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;SPECIAL&amp;quot; с покрытием soft-touch создает приятные тактильные ощущения и не скользит в руке. Чернила от японского производителя Mikuni оставляют чёткую, насыщенную &amp;#40;без пробелов&amp;#41; линию на поверхности бумаги. Имеет круглый корпус синего цвета. Удобная эргономичная зона захвата с небольшими круглыми углублениями обеспечивает комфорт при письме. Сменный стержень длиной 128 мм с игольчатым наконечником позволит использовать ручку максимально долго. Пишущий узел диаметром 0,38 мм создает линию письма шириной 0,2 мм.Подходит для работы и учебы.</t>
   </si>
   <si>
     <t>1006490</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/262/h1cbmebxuls7dwx38m5qy91r2qcrhf6h.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG SPECIAL, ЧЕРНАЯ, игольчатый узел 0,38 мм, тонкая линия письма 0,2 мм, 144246</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG &amp;quot;SPECIAL&amp;quot; с покрытием soft-touch создает приятные тактильные ощущения и не скользит в руке. Чернила от японского производителя Mikuni оставляют чёткую, насыщенную &amp;#40;без пробелов&amp;#41; линию на поверхности бумаги. Имеет круглый корпус черного цвета. Удобная эргономичная зона захвата с небольшими круглыми углублениями обеспечивает комфорт при письме. Сменный стержень длиной 128 мм с игольчатым наконечником позволит использовать ручку максимально долго. Пишущий узел диаметром 0,38 мм создает линию письма шириной 0,2 мм.Подходит для ОГЭ и ЕГЭ, а также для скетчинга.</t>
+  </si>
+  <si>
+    <t>1006491</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e53/c9n551e028y9udkx676uoqlknf76h4s7.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая INFORMAT 0,5 мм черный кругл. корп. грип</t>
   </si>
   <si>
     <t>1007363</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/13a/sex8d6n060yy7ve7vq2serf3u057prjn.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Linc COSMO 0,5 мм красн. кругл. корп.</t>
   </si>
   <si>
     <t>1007364</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19b/1fe7nf87dkhistrty864uvup8qj2rp6l.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Linc PENTONIC 0,6 мм красн. кругл. корп.</t>
@@ -6570,62 +6294,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/448/wtczdl7u8fxwxr0k6qcedm28cr67tntf.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG  quot;GEL ONE quot;, СИНЯЯ, стандартный узел 0,5 мм, линия письма 0,35 мм, 144036</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG &amp;quot;GEL ONE&amp;quot; – проводник в мир легкого и комфортного письма. Универсальный инструмент для ведения записей на уроке, лекции или деловой встрече – чернила быстро сохнут и не смазываются, обеспечивая аккуратность конспектов и заметок. Гелевая ручка BRAUBERG &amp;quot;GEL ONE&amp;quot; – специальное издание в футуристичном дизайне и с современными характеристиками письма. Серый корпус с серебристыми деталями создают стильную композицию оттенков. Быстросохнущие гелевые чернила синего цвета мягко ложатся на бумагу и не пачкают ее, минимизируя помарки. Аккуратная линия письма 0,35 мм достигается за счет стандартного пишущего узла диаметром 0,5 мм. Конструкция ручки позволяет контролировать уровень чернил за счет видимого стержня. Рифление в зоне захвата обеспечивает удобство в процессе письма. Колпачок ручки дополнен специальным клипом, который позволяет закрепить ее на тетради, папке или планшете без опасения потерять.</t>
   </si>
   <si>
     <t>1015281</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/442/ns5qj7pt01n31jobk8jls15fxfgrw4t7.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG  quot;GEL ONE quot;, ЧЕРНАЯ, стандартный узел 0,5 мм, линия письма 0,35 мм, 144037</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG &amp;quot;GEL ONE&amp;quot; – проводник в мир легкого и комфортного письма. Универсальный инструмент для ведения записей на уроке, лекции или деловой встрече – чернила быстро сохнут и не смазываются, обеспечивая аккуратность конспектов и заметок. Гелевая ручка BRAUBERG &amp;quot;GEL ONE&amp;quot; – специальное издание в футуристичном дизайне и с современными характеристиками письма. Серый корпус с серебристыми деталями создают стильную композицию оттенков. Быстросохнущие гелевые чернила черного цвета мягко ложатся на бумагу и не пачкают ее, минимизируя помарки. Аккуратная линия письма 0,35 мм достигается за счет стандартного пишущего узла диаметром 0,5 мм. Конструкция ручки позволяет контролировать уровень чернил за счет видимого стержня. Рифление в зоне захвата обеспечивает удобство в процессе письма. Колпачок ручки дополнен специальным клипом, который позволяет закрепить ее на тетради, папке или планшете без опасения потерять.</t>
   </si>
   <si>
     <t>1015282</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1bd/p48ymt9rcw1amxm6ll6n2h6q7kkfflwx.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/336/776atvd4y469z2ibr1e8zlkdieoufn6o.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая PILOT Р-500, СИНЯЯ, увеличенный объем чернил, игольчатый узел, линия 0,3 мм, BL-P50 L</t>
   </si>
   <si>
     <t>Увеличенный резервуар для чернил значительно увеличивает срок службы ручки Pilot P-500 по сравнению с аналогами на сменных стержнях, а равномерная подача чернил гарантирует лёгкое и плавное письмо. Одноразовая гелевая ручка BL-Р500 с игольчатым пишущим узлом. Яркие и контрастные чернила быстро высыхают и не размазываются. Захват ручки имеет рифлёную зону, что предотвращает скольжение при письме. Клипса на колпачке выполнена из металла. Цвет корпуса соответствует цвету чернил. Отличительная особенность – прямая подача чернил. Цвет чернил соответствует цветным элементам корпуса. Гелевые чернила отличаются высокой светостойкостью и насыщенностью цвета. Не течет, не пачкает, линия непрерывная. Пишущий узел из нержавеющей стали, шарик изготовлен из карбида вольфрама.</t>
   </si>
   <si>
     <t>1015284</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c5a/iswvpte9v81licanxus2q7820q5mk9ul.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая PILOT G-6, СИНЯЯ, прорезиненный корпус, 0,5 мм, линия 0,3 мм, BL-G6-5 L</t>
   </si>
   <si>
     <t>Эта ручка незаменима при сдаче ЕГЭ. Она не течет, не пачкает, линия не прерывается. Многоразовая автоматическая шариковая ручка BL-G6 &amp;#40;extra fine&amp;#41; с гелевыми чернилами. Полностью прорезиненный корпус с окошком для контроля уровня чернил. Зауженное место захвата со специальными углублениями, предотвращающими скольжения пальцев, обеспечивает комфортное письмо. Цвет чернил соответствует цветным элементам корпуса. Гелевые чернила отличаются высокой светостойкостью и насыщенностью цвета. Стержень оснащен наконечником из нержавеющей стали, шарик выполнен из карбида вольфрама.</t>
   </si>
   <si>
     <t>1015285</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb5/3k2hdej40oivcj4fy0l36b2o2zjptec8.jpg</t>
@@ -6702,327 +6414,231 @@
   <si>
     <t>http://anytos.ru//upload/iblock/90e/97eqdi90t0vi1ffmp2121n2qhqx3r36g.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая автоматическая BRAUBERG  quot;X-ERASE RT PASTEL COLOR quot;, СИНЯЯ, пишущий узел 0,7 мм, линия письма 0,5 мм, 144424</t>
   </si>
   <si>
     <t>Автоматическая гелевая стираемая ручка BRAUBERG &amp;quot;X-ERASE RT PASTEL COLOR&amp;quot; – ваш надежный помощник в создании чистых и аккуратных заметок без ограничений. Автоматическая гелевая ручка BRAUBERG &amp;quot;X-ERASE RT&amp;quot; позволяет писать синими чернилами с линией толщиной 0,5 мм и с пишущим узлом 0,7 мм. Специальные гелевые чернила становятся невидимыми при нагревании до 60 °С и выше. Написанное можно восстановить при температуре ниже -18 °С. В ручку встроен ластик, что обеспечивает возможность многократного стирания и повторного письма. Записи также можно стереть любым другим ластиком. Удобная прорезиненная зона захвата гарантирует комфорт при использовании. Ассорти из 4 пастельных цветов: бирюзовый, нежно-розовый, салатовый, голубой.</t>
   </si>
   <si>
     <t>1015292</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cef/61oy7iouaj1bzhtpxvnfy8o14qu42tzt.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая автоматическая PILOT  quot;Frixion Clicker quot;, СИНЯЯ, узел 0,7 мм, линия письма 0,35 мм, BLRT-FR-7, BLRT-FR-7 L</t>
   </si>
   <si>
     <t>Автоматическая ручка BLRT-7 Frixion с термочувствительными чернилами. Чернила ручки “Frixion” не исчезают и не стираются, а становятся бесцветными под воздействием температуры. Корректировка письма осуществляется с помощью специальной резинки, встроенной в корпус ручки. При трении резинки о бумагу с надписью поверхность нагревается и чернила “исчезают”, то есть обесцвечиваются, бумага при этом остается невредимой и можно тут же делать новую запись. Причем эту операцию можно повторить несколько раз! Процедуру обесцвечивания написанного текста можно проделать любым способом, нагревая лист бумаги свыше &amp;#43;60 °С, например, феном. Но самое интересное, что написанное можно восстановить при температуре ниже –18 °С до первоначального уровня, то есть надпись проявляется.Современный дизайн корпуса ручки – с рисунком &amp;quot;тату&amp;quot;. Цвет корпуса соответствует цвету чернил. Резиновый упор для пальцев из гигроскопичной резины, отвечающий всем эргономическим свойствам. Включается ручка путем перемещения пластиковой клипсы вдоль корпуса.Сменный стержень BLS-FR7 с наконечником из нержавеющей стали, шарик выполнен из карбида вольфрама.</t>
   </si>
   <si>
     <t>1015293</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bec/czqdox2h1cg9z04wlnb39oaq1ltxyp47.jpg</t>
+  </si>
+  <si>
+    <t>Ручка стираемая гелевая ПИФАГОР  quot;ТАБЛИЦА УМНОЖЕНИЯ quot;, СИНЯЯ, корпус ассорти, игольчатый наконечник 0,5 мм, линия 0,35 мм, 144417</t>
+  </si>
+  <si>
+    <t>Стираемая гелевая ручка ПИФАГОР предназначена специально для школьников и помогает поддерживать порядок в записях. Ошибаться больше не страшно – всегда можно исправить ошибку, просто воспользовавшись ластиком. Ручка представлена в ярких дизайнах с таблицей умножения на корпусе – с ней процесс обучения станет проще. Специальные гелевые чернила синего цвета мягко и плавно ложатся на бумагу без усилий, а при нагревании становятся невидимыми. Нагрев достигается ластиком, встроенным в корпус ручки. Диаметр пишущего узла 0,5 мм создает тонкую линию письма 0,35 мм. Возможно многократное стирание и повторное письмо.</t>
+  </si>
+  <si>
+    <t>1015294</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/91d/gd3dihca8o382ig58yf5neqhgh566nf4.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая с принтом FUNSTER  ФАНСТЕР   quot;ANIME quot;, СИНЯЯ, корпус ассорти, игольчатый наконечник 0,5 мм, линия 0,35 мм, 144412</t>
   </si>
   <si>
     <t>Стираемая гелевая ручка FUNSTER &amp;quot;ANIME&amp;quot; – универсальный помощник для ведения аккуратных записей за счет обесцвечивающихся термочернил и специального ластика, позволяющего вносить корректировки в текст сразу после написания. Ручка представлена в ярких ассорти дизайнах с персонажами аниме, которые привлекают внимание яркими деталями. Специальные гелевые чернила синего цвета мягко и плавно ложатся на бумагу, а при нагревании становятся невидимыми. Нагрев достигается ластиком, встроенным в корпус ручки. При трении бумага не повреждается, поэтому исправления выглядят незаметными. Пишущий узел 0,5 мм обеспечивает тонкую линию письма 0,35 мм.</t>
   </si>
   <si>
     <t>1015295</t>
   </si>
   <si>
     <t>&lt;a href="/brands/funster/"&gt;FUNSTER&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/929/9df8o6njz7oob044fo9kynfrx8e2wrlo.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая с принтом FUNSTER  ФАНСТЕР   quot;CUTE ANIMALS quot;, СИНЯЯ, корпус ассорти, игольчатый наконечник 0,5 мм, линия 0,35мм 144410</t>
   </si>
   <si>
     <t>Стираемая гелевая ручка FUNSTER &amp;quot;CUTE ANIMALS&amp;quot; – универсальный помощник для ведения аккуратных записей за счет обесцвечивающихся термочернил и специального ластика, позволяющего вносить корректировки в текст сразу после написания. Ручка представлена в ярких ассорти дизайнах с забавными животными, которые поднимут настроение в процессе учебы или работы. Специальные гелевые чернила синего цвета мягко и плавно ложатся на бумагу, а при нагревании становятся невидимыми. Нагрев достигается ластиком, встроенным в корпус ручки. При трении бумага не повреждается, поэтому исправления выглядят незаметными. Пишущий узел 0,5 мм обеспечивает тонкую линию письма 0,35 мм.</t>
   </si>
   <si>
     <t>1015297</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/01c/i2hnkbj3yv19mp67linib1q2f3s3d2he.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая с принтом FUNSTER  ФАНСТЕР   quot;MANGA ANIME quot;, СИНЯЯ, корпус ассорти, игольчатый наконечник 0,5 мм, линия 0,35 мм 144413</t>
   </si>
   <si>
     <t>Стираемая гелевая ручка FUNSTER &amp;quot;MANGA ANIME&amp;quot; – универсальный помощник для ведения аккуратных записей за счет обесцвечивающихся термочернил и специального ластика, позволяющего вносить корректировки в текст сразу после написания. Ручка представлена в ассорти дизайнах с персонажами аниме, которые привлекают внимание проработанными деталями. Специальные гелевые чернила синего цвета мягко и плавно ложатся на бумагу, а при нагревании становятся невидимыми. Нагрев достигается ластиком, встроенным в корпус ручки. При трении бумага не повреждается, поэтому исправления выглядят незаметными. Пишущий узел 0,5 мм обеспечивает тонкую линию письма 0,35 мм.</t>
   </si>
   <si>
     <t>1015298</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/230/xre4tao0f2dr54xhe6olnayw78g6ax2t.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e4e/7q2fdrl8p6w16b9wq8n9i8n81p1stecc.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая, кросс-серия  quot;МИЛЫЕ КОТЫ quot;, BRAUBERG, СИНЯЯ, корпус ассорти, игольчатый наконечник 0,5 мм, линия 0,35 мм, 144481</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая кросс-серии &amp;quot;МИЛЫЕ КОТЫ&amp;quot; BRAUBERG – надежный проводник в мир идеальных записей. Больше не нужно бояться допустить ошибку: записи всегда можно легко исправить, просто воспользовавшись ластиком. Ручка представлена в дизайнах ассорти с милыми котами, которые привлекают внимание своим очаровательным видом. Гелевые чернила синего цвета мягко и плавно ложатся на бумагу, обеспечивая комфортный процесс письма без усилий. Аккуратная линия письма 0,35 мм достигается за счет игольчатого наконечника диаметром 0,5 мм. Конструкция ручки дополнена специальным ластиком, который обеспечивает удаление чернил.Чернила являются термочувствительными и удаляются встроенным ластиком – при трении о бумагу они нагреваются и становятся бесцветными под воздействием температуры. Надписи исчезают, не оставляя следов на бумаге и не повреждая ее.Вернуть написанное возможно при охлаждении бумаги до -18 °С.</t>
   </si>
   <si>
     <t>1015300</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/329/rvbah1aw1eah91xmb7f2t977pa5qj2hi.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая, кросс-серия  quot;МОНСТРИКИ quot;, BRAUBERG, СИНЯЯ, корпус ассорти, игольчатый наконечник 0,5 мм, линия 0,35 мм, 144484</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая кросс-серии &amp;quot;МОНСТРИКИ&amp;quot; BRAUBERG – надежный проводник в мир идеальных записей. Больше не нужно бояться допустить ошибку: записи всегда можно легко исправить, просто воспользовавшись ластиком. Ручка представлена в ярких дизайнах ассорти с забавными монстриками, которые привлекают внимание своим необычным видом. Гелевые чернила синего цвета мягко и плавно ложатся на бумагу, обеспечивая комфортный процесс письма без усилий. Аккуратная линия письма 0,35 мм достигается за счет игольчатого наконечника диаметром 0,5 мм. Конструкция ручки дополнена специальным ластиком, который обеспечивает удаление чернил.Чернила являются термочувствительными и удаляются встроенным ластиком – при трении о бумагу они нагреваются и становятся бесцветными под воздействием температуры. Надписи исчезают, не оставляя следов на бумаге и не повреждая ее.Вернуть написанное возможно при охлаждении бумаги до -18 °С.</t>
   </si>
   <si>
     <t>1015301</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9c2/8p0l6ric0dgil78hpci5w0m1p15imhzy.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/72b/6f8zroc0qpfjyb3biaoojguwwvr72bbi.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые BRAUBERG KIDS  quot;CUTE ANIMALS quot;, НАБОР 48 ЦВЕТОВ, корпус с печатью, узел 1 мм, линия письма 0,7 мм, 144449</t>
   </si>
   <si>
     <t>Ручки гелевые BRAUBERG KIDS &amp;quot;CUTE ANIMALS&amp;quot; – это не только надежный инструмент для создания рисунков и цветных надписей, но и источник вдохновения, помогающий развивать фантазию и креативное мышление ребенка. Набор включает 48 ручек с различными эффектами и цветами чернил: 8 ручек с классическими чернилами, 10 ручек с неоновыми оттенками, 10 ручек с эффектом металлик, 10 ручек с пастельными оттенками, 10 ручек с блестками. Разнообразная палитра открывает безграничные возможности для творчества и позволяет воплотить в жизнь даже самые нестандартные фантазии.Круглый корпус ручек выполнен в интересном дизайне с милыми животными, которые поднимут настроение и вдохновят на новые идеи. Гелевые чернила ложатся на бумагу мягко и плавно – с ними ручка скользит по бумаге практически без нажима, позволяя заниматься творчеством на протяжении долгого времени без усталости. Диаметр стандартного наконечника составляет 1 мм, толщина линии письма – 0,7 мм.</t>
   </si>
   <si>
     <t>1015304</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c73/sk8ydhymdurdj9ihw9ac1c20hcn85e0f.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a6c/g5wv436nrsbzuhu0covld0qk7g2yp9kx.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые КЛАССИЧЕСКИЕ BRAUBERG KIDS  quot;CUTE ANIMALS quot;, НАБОР 6 ЦВЕТОВ, корпус с печатью, узел 1 мм, линия письма 0,7 мм, 144441</t>
   </si>
   <si>
     <t>Ручки гелевые BRAUBERG KIDS &amp;quot;CUTE ANIMALS&amp;quot; – это не только надежный инструмент для создания рисунков и цветных надписей, но и источник вдохновения, помогающий развивать фантазию и креативное мышление ребенка. Набор включает 6 ручек с различными цветами чернил: черный, желтый, синий, зеленый, красный, фиолетовый. В наборе представлены популярные оттенки для изображения различных деталей рисунка.Круглый корпус ручек выполнен в интересном дизайне с милыми животными, которые поднимут настроение и вдохновят на новые идеи. Гелевые чернила ложатся на бумагу мягко и плавно – с ними ручка скользит по бумаге практически без нажима, позволяя заниматься творчеством на протяжении долгого времени без усталости. Диаметр стандартного наконечника составляет 1 мм, толщина линии письма – 0,7 мм.</t>
   </si>
   <si>
     <t>1015307</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f90/s3xxslh6blwfym5m57kh3wvmlasoqe2q.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые МЕТАЛЛИК BRAUBERG KIDS  quot;CUTE ANIMALS quot;, НАБОР 6 ЦВЕТОВ, корпус с печатью, узел 1 мм, линия письма 0,7 мм, 144440</t>
   </si>
   <si>
     <t>Ручки гелевые BRAUBERG KIDS &amp;quot;CUTE ANIMALS&amp;quot; – это не только надежный инструмент для создания рисунков и цветных надписей, но и источник вдохновения, помогающий развивать фантазию и креативное мышление ребенка. Набор включает 6 ручек с различными цветами чернил: зеленый, желтый, фиолетовый, серебристый, синий, розовый. Чернила представлены в оттенках металлик – каждый штрих переливается блеском благородного металла.Круглый корпус ручек выполнен в интересном дизайне с милыми животными, которые поднимут настроение и вдохновят на новые идеи. Гелевые чернила ложатся на бумагу мягко и плавно – с ними ручка скользит по бумаге практически без нажима, позволяя заниматься творчеством на протяжении долгого времени без усталости. Диаметр стандартного наконечника составляет 1 мм, толщина линии письма – 0,7 мм.</t>
   </si>
   <si>
     <t>1015308</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dde/912pdty05o9kdfhgt6z7siab0rs5c2gv.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые НЕОНОВЫЕ BRAUBERG KIDS  quot;CUTE ANIMALS quot;, НАБОР 12 ЦВЕТОВ, корпус с печатью, узел 1 мм, линия письма 0,7 мм, 144444</t>
   </si>
   <si>
     <t>Ручки гелевые BRAUBERG KIDS &amp;quot;CUTE ANIMALS&amp;quot; – это не только надежный инструмент для создания рисунков и цветных надписей, но и источник вдохновения, помогающий развивать фантазию и креативное мышление ребенка. Набор включает 12 ручек с различными цветами чернил: желтый, зеленый, голубой, фиолетовый, абрикосовый, оранжевый, розовый, фуксия, синий, сливовый, баклажановый, салатовый. Чернила представлены в неоновых оттенках – идеально для создания ярких образов и запоминающихся рисунков.Круглый корпус ручек выполнен в интересном дизайне с милыми животными, которые поднимут настроение и вдохновят на новые идеи. Гелевые чернила ложатся на бумагу мягко и плавно – с ними ручка скользит по бумаге практически без нажима, позволяя заниматься творчеством на протяжении долгого времени без усталости. Диаметр стандартного наконечника составляет 1 мм, толщина линии письма – 0,7 мм.</t>
   </si>
   <si>
     <t>1015309</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/170/sh8abzcsjtw9y1yqb07w2fvckk9t66a9.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1b4/05twldbp8hc7nksi30c7fm10sy3x4ds5.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые ПАСТЕЛЬНЫЕ BRAUBERG KIDS  quot;CUTE ANIMALS quot;, НАБОР 6 ЦВЕТОВ, корпус с печатью, узел 1 мм, линия письма 0,7 мм, 144439</t>
   </si>
   <si>
     <t>Ручки гелевые BRAUBERG KIDS &amp;quot;CUTE ANIMALS&amp;quot; – это не только надежный инструмент для создания рисунков и цветных надписей, но и источник вдохновения, помогающий развивать фантазию и креативное мышление ребенка. Набор включает 6 ручек с различными цветами чернил: зеленый, фиолетовый, желтый, розовый, голубой, оранжевый. Чернила представлены в пастельных оттенках – идеально для создания рисунков в спокойных и мягких тонах или дополнения основной картины нежными деталями.Круглый корпус ручек выполнен в интересном дизайне с милыми животными, которые поднимут настроение и вдохновят на новые идеи. Гелевые чернила ложатся на бумагу мягко и плавно – с ними ручка скользит по бумаге практически без нажима, позволяя заниматься творчеством на протяжении долгого времени без усталости. Диаметр стандартного наконечника составляет 1 мм, толщина линии письма – 0,7 мм.</t>
   </si>
   <si>
     <t>1015311</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/804/gi7rud4rnqohkxuk70izv64tl5j96obv.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2b4/ke21r4meszfiqret3mxy0nko5jzin7x6.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые стираемые автоматические BRAUBERG  quot;X-ERASE RT MORANDI COLOR quot;, СИНИЕ, НАБОР 3 ШТ., пишущий узел 0,7 мм, линия 0,5 мм, 144427</t>
   </si>
   <si>
     <t>Набор автоматических гелевых стираемых ручек BRAUBERG &amp;quot;X-ERASE RT MORANDI COLOR&amp;quot; – ваш надежный помощник в создании чистых и аккуратных заметок без ограничений. Набор из 3 автоматических гелевых ручек BRAUBERG &amp;quot;X-ERASE RT PASTEL COLOR&amp;quot; позволяет писать синими чернилами линией толщиной 0,5 мм и с пишущим узлом 0,7 мм. Специальные гелевые чернила становятся невидимыми при нагревании до 60 °С и выше. Написанное можно восстановить при температуре ниже -18 °С. В ручку встроен ластик, что обеспечивает возможность многократного стирания и повторного письма. Записи также можно стереть любым другим ластиком. Удобная прорезиненная зона захвата гарантирует комфорт при использовании. В наборе представлены 3 приятных глазу сдержанных элегантных цветов: бордовый, бирюзовый, серый.</t>
   </si>
   <si>
     <t>1015314</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e06/bekqd6n93pv24jqpfzoig3kavcnm3neh.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые стираемые автоматические BRAUBERG  quot;X-ERASE RT PASTEL COLOR quot;, СИНИЕ, НАБОР 4 ШТ., пишущий узел 0,7 мм, линия 0,5 мм, 144426</t>
   </si>
   <si>
     <t>Набор автоматических гелевых стираемых ручек BRAUBERG &amp;quot;X-ERASE RT PASTEL COLOR&amp;quot; – ваш надежный помощник в создании чистых и аккуратных заметок без ограничений. Набор из 4 автоматических гелевых ручек BRAUBERG &amp;quot;X-ERASE RT PASTEL COLOR&amp;quot; позволяет писать синими чернилами с линией толщиной 0,5 мм и с пишущим узлом 0,7 мм. Специальные гелевые чернила становятся невидимыми при нагревании до 60 °С и выше. Написанное можно восстановить при температуре ниже -18 °С. В ручку встроен ластик, что обеспечивает возможность многократного стирания и повторного письма. Записи также можно стереть любым другим ластиком. Удобная прорезиненная зона захвата гарантирует комфорт при использовании. В наборе представлены 4 приятных глазу пастельных цвета: бирюзовый, нежно-розовый, салатовый, голубой.</t>
   </si>
   <si>
     <t>1015315</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b14/p23aopprbfnp5nx4z4vnm8obh0xq85ns.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые ЮНЛАНДИЯ, НАБОР 36 ЦВЕТОВ, узел 1 мм, линия письма 0,5 мм, 144451</t>
   </si>
   <si>
     <t>Наборы гелевых ручек ярких и насыщенных цветов ЮНЛАНДИЯ. Прекрасно подходят для детского творчества: оформления открыток, рисования, поделок. Комфортное мягкое письмо с минимальным нажимом. Ручка имеет круглый яркий корпус с печатью. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла 1 мм создает линию письма толщиной 0,5 мм. Набор включает 36 гелевых ручек с различными эффектами: 12 ручек с пастельными оттенками, 12 с блестками, 12 неоновых. Цвет пастельных чернил: коралловый, желтый, розовый, фиолетовый, синий, светло-розовый, зеленый, бежевый, голубой, мятный, абрикосовый, оранжевый.Цвет чернил с блестками: красный, зеленый, голубой, фиолетовый, золотой, серебряный, розовый, чёрный, синий, жёлтый, мятный, оранжевый.Цвет неоновых чернил: зелёный, синий, фиолетовый, оранжевый, жёлтый, розовый, фуксия, светло-фиолетовый, салатовый, светло-зеленый, голубой, абрикосовый.</t>
   </si>
   <si>
     <t>1015316</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2ef/3y2mmx70ydw1xsggyivlvgtzfmacvnwc.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые ЮНЛАНДИЯ, НАБОР 60 ЦВЕТОВ, узел 1 мм, линия письма 0,5 мм, 144452</t>
   </si>
   <si>
     <t>Наборы гелевых ручек ярких и насыщенных цветов ЮНЛАНДИЯ. Прекрасно подходят для детского творчества: оформления открыток, рисования, поделок. Комфортное мягкое письмо с минимальным нажимом. Ручка имеет круглый яркий корпус с печатью. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла 1 мм создает линию письма толщиной 0,5 мм. Набор включает 60 гелевых ручек с различными эффектами: 15 ручек с пастельными оттенками, 15 неоновых, 15 с блестками, 15 с эффектом металлик.Цвет пастельных чернил: коралловый, желтый, розовый, фиолетовый, синий, светло-розовый, зеленый, бежевый, голубой, мятный, абрикосовый, оранжевый, темно-розовый, сиреневый, лаймовый.Цвет неоновых чернил: зелёный, синий, фиолетовый, оранжевый, жёлтый, розовый, фуксия, светло-фиолетовый, салатовый, светло-зеленый, голубой, абрикосовый, апельсиновый, пурпурный, хаки.Цвет чернил с блестками: красный, зеленый, голубой, фиолетовый, золотой, серебряный, розовый, чёрный, синий, жёлтый, мятный, оранжевый, пурпурный, янтарный, абрикосовый.Цвет чернил с эффектом металлик: голубой, фиолетовый, золотой, серебряный, розовый, коричневый, синий, зеленый, серый, изумрудный, стальной, шафрановый, желтый, баклажановый, сливовый.</t>
   </si>
   <si>
     <t>1015317</t>
-  </si>
-[...10 lines deleted...]
-    <t>1011099</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -7349,57 +6965,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M595"/>
+  <dimension ref="A1:M562"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G595" sqref="G595"/>
+      <selection pane="bottomRight" activeCell="G562" sqref="G562"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -7528,13500 +7144,12749 @@
         <v>30</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="C9" s="1"/>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="3" t="s">
+      <c r="F9" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="F9" s="3" t="s">
+      <c r="G9" s="3" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="C10" s="1"/>
+      <c r="C10" s="1" t="s">
+        <v>40</v>
+      </c>
       <c r="D10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="C11" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>45</v>
+      </c>
       <c r="D11" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" s="3" t="s">
         <v>47</v>
-      </c>
-[...7 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>70</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C18" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>73</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>75</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="C20" s="1"/>
+        <v>80</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>81</v>
+      </c>
       <c r="D20" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>94</v>
+        <v>21</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>95</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>96</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>98</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>21</v>
+        <v>104</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B26" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F26" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="G26" s="3" t="s">
         <v>105</v>
-      </c>
-[...10 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>94</v>
+        <v>21</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>115</v>
+        <v>104</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>123</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>124</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>115</v>
+        <v>21</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>116</v>
+        <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
         <v>125</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>126</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>130</v>
-      </c>
-[...7 lines deleted...]
-        <v>131</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>134</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>136</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>153</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>154</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>155</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>156</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>157</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>158</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>182</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>183</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
         <v>184</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>185</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>186</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
         <v>187</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>188</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>188</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>189</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>190</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>191</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>191</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>192</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>193</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>21</v>
+        <v>104</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>115</v>
+        <v>265</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B68" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="F68" s="3" t="s">
         <v>265</v>
-      </c>
-[...10 lines deleted...]
-        <v>268</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>282</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>283</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>284</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>285</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>17</v>
+        <v>286</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>293</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>295</v>
       </c>
       <c r="C75" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="D75" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F75" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="B76" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="C76" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="D76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="D76" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F76" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>302</v>
+        <v>17</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="D77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="C77" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F77" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="D78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="C78" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E78" s="3" t="s">
+      <c r="F78" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="F78" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G78" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
         <v>310</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>311</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>321</v>
+        <v>265</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
         <v>322</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>323</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>324</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>325</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>326</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>328</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>329</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
         <v>330</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>331</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>332</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>333</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
         <v>334</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>335</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>336</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>337</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>281</v>
+        <v>309</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>339</v>
       </c>
       <c r="C86" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="D86" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F86" s="3" t="s">
-        <v>281</v>
+        <v>309</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="B87" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="B87" s="1" t="s">
+      <c r="C87" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="C87" s="1" t="s">
+      <c r="D87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="D87" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F87" s="3" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="G87" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="B88" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="B88" s="1" t="s">
+      <c r="C88" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="C88" s="1" t="s">
+      <c r="D88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="D88" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F88" s="3" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="G88" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="B89" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="C89" s="1" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>352</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="G89" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
         <v>353</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>354</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>356</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
         <v>357</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>358</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>359</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>360</v>
       </c>
       <c r="F91" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G91" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
         <v>361</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>362</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>363</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>364</v>
       </c>
       <c r="F92" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G92" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
         <v>365</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>366</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>367</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>368</v>
       </c>
       <c r="F93" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G93" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
         <v>369</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>370</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>371</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>372</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G94" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
         <v>373</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>374</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>375</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>376</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
         <v>377</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>378</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>379</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>380</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G96" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
         <v>381</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>382</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>383</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>384</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G97" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
         <v>385</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>386</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>388</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
         <v>389</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>391</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>392</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
         <v>393</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>394</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>395</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>396</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G100" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
         <v>397</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>398</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>399</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>400</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G101" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
         <v>401</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>402</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>403</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>404</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G102" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
         <v>405</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>406</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>407</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>408</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G103" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
         <v>409</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>410</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>411</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>412</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G104" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
         <v>413</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>414</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>415</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>416</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
         <v>417</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>418</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>419</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>420</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G106" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
         <v>421</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>422</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>423</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>424</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G107" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
         <v>425</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>426</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>427</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>428</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
         <v>429</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>430</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>432</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G109" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
         <v>433</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>434</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>436</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
         <v>437</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>438</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>439</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>440</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
         <v>441</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>442</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>443</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>444</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>445</v>
       </c>
     </row>
     <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>54</v>
+        <v>450</v>
       </c>
       <c r="G113" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>453</v>
+        <v>455</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B115" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="F115" s="3" t="s">
         <v>455</v>
-      </c>
-[...10 lines deleted...]
-        <v>458</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>460</v>
-[...1 lines deleted...]
-      <c r="C116" s="1"/>
+        <v>461</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>458</v>
+      </c>
       <c r="D116" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>462</v>
+        <v>455</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
         <v>463</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>464</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>465</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>466</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
         <v>467</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>468</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>469</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>470</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
         <v>471</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>472</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>473</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>474</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G119" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
         <v>475</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>476</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>477</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>478</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
         <v>479</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>480</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>481</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>482</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
         <v>483</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>484</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>485</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>486</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G122" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
         <v>487</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>489</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>490</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
         <v>491</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>492</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>493</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>494</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
         <v>495</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>496</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>497</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>498</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G125" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
         <v>499</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>500</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>501</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>502</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G126" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
         <v>503</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>504</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>505</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>506</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G127" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
         <v>507</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>508</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>509</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>510</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
         <v>511</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>512</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>509</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>513</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
         <v>514</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>515</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>509</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>516</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
         <v>517</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>518</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>509</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>519</v>
       </c>
       <c r="F131" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
         <v>520</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>521</v>
       </c>
       <c r="C132" s="1"/>
       <c r="D132" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>522</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>115</v>
+        <v>104</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
     </row>
     <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
         <v>523</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>524</v>
       </c>
-      <c r="C133" s="1"/>
+      <c r="C133" s="1" t="s">
+        <v>525</v>
+      </c>
       <c r="D133" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>94</v>
+        <v>531</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>17</v>
+        <v>532</v>
       </c>
     </row>
     <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="B135" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="F135" s="3" t="s">
         <v>531</v>
       </c>
-      <c r="C135" s="1" t="s">
+      <c r="G135" s="3" t="s">
         <v>532</v>
-      </c>
-[...10 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
         <v>536</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>537</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>534</v>
+        <v>99</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>535</v>
+        <v>78</v>
       </c>
     </row>
     <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>542</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
         <v>543</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>544</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>545</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
         <v>546</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>547</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>94</v>
+        <v>21</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>556</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
         <v>557</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>558</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>567</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
         <v>568</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>569</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>570</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>571</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
         <v>572</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>573</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>574</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>575</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
     </row>
     <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
         <v>576</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>577</v>
       </c>
       <c r="C147" s="1"/>
       <c r="D147" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>578</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="G147" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
         <v>579</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>580</v>
       </c>
       <c r="C148" s="1"/>
       <c r="D148" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>581</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
         <v>582</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="C149" s="1"/>
+      <c r="C149" s="1" t="s">
+        <v>584</v>
+      </c>
       <c r="D149" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>585</v>
+        <v>21</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
         <v>586</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>587</v>
       </c>
       <c r="C150" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E150" s="3" t="s">
         <v>588</v>
       </c>
-      <c r="D150" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F150" s="3" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B151" s="1" t="s">
         <v>590</v>
       </c>
-      <c r="B151" s="1" t="s">
+      <c r="C151" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="C151" s="1" t="s">
+      <c r="D151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>592</v>
-      </c>
-[...4 lines deleted...]
-        <v>593</v>
       </c>
       <c r="F151" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G151" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="B152" s="1" t="s">
         <v>594</v>
       </c>
-      <c r="B152" s="1" t="s">
+      <c r="C152" s="1" t="s">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>592</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>596</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>21</v>
+        <v>104</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>85</v>
+        <v>597</v>
       </c>
     </row>
     <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="F153" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="G153" s="3" t="s">
         <v>597</v>
-      </c>
-[...16 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>115</v>
+        <v>47</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>605</v>
+        <v>17</v>
       </c>
     </row>
     <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
         <v>606</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>607</v>
       </c>
       <c r="C155" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>608</v>
       </c>
-      <c r="D155" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F155" s="3" t="s">
-        <v>115</v>
+        <v>47</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>605</v>
+        <v>17</v>
       </c>
     </row>
     <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="B156" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="B156" s="1" t="s">
+      <c r="C156" s="1" t="s">
         <v>611</v>
       </c>
-      <c r="C156" s="1" t="s">
+      <c r="D156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="D156" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F156" s="3" t="s">
-        <v>54</v>
+        <v>104</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B157" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="C157" s="1" t="s">
         <v>615</v>
       </c>
-      <c r="C157" s="1" t="s">
+      <c r="D157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>616</v>
       </c>
-      <c r="D157" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E157" s="3" t="s">
+      <c r="F157" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="G157" s="3" t="s">
         <v>617</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
         <v>618</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>619</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>54</v>
+        <v>104</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>41</v>
+        <v>626</v>
       </c>
     </row>
     <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="B160" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="F160" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="G160" s="3" t="s">
         <v>626</v>
-      </c>
-[...13 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>94</v>
+        <v>47</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>633</v>
+        <v>17</v>
       </c>
     </row>
     <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
         <v>634</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>635</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>636</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>637</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>54</v>
+        <v>638</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>642</v>
+        <v>455</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
     </row>
     <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
         <v>643</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>644</v>
       </c>
       <c r="C164" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E164" s="3" t="s">
         <v>645</v>
       </c>
-      <c r="D164" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F164" s="3" t="s">
-        <v>462</v>
+        <v>455</v>
       </c>
       <c r="G164" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="B165" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="B165" s="1" t="s">
+      <c r="C165" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E165" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="C165" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F165" s="3" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>651</v>
       </c>
-      <c r="B166" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F166" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>654</v>
       </c>
-      <c r="B167" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F167" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E168" s="3" t="s">
         <v>657</v>
       </c>
-      <c r="B168" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F168" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E169" s="3" t="s">
         <v>660</v>
       </c>
-      <c r="B169" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F169" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G169" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="C170" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="B170" s="1" t="s">
+      <c r="D170" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E170" s="3" t="s">
         <v>664</v>
       </c>
-      <c r="C170" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F170" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>28</v>
+        <v>286</v>
       </c>
     </row>
     <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="B171" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="B171" s="1" t="s">
+      <c r="C171" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>667</v>
       </c>
-      <c r="C171" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F171" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>302</v>
+        <v>17</v>
       </c>
     </row>
     <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>670</v>
       </c>
-      <c r="B172" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F172" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="G172" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>673</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="F173" s="3" t="s">
         <v>674</v>
-      </c>
-[...10 lines deleted...]
-        <v>281</v>
       </c>
       <c r="G173" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="B174" s="1" t="s">
         <v>676</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="C174" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>677</v>
       </c>
-      <c r="C174" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F174" s="3" t="s">
-        <v>679</v>
+        <v>16</v>
       </c>
       <c r="G174" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>680</v>
-      </c>
-[...10 lines deleted...]
-        <v>682</v>
       </c>
       <c r="F175" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G175" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="C176" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="D176" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>684</v>
       </c>
-      <c r="C176" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F176" s="3" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="G176" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="B177" s="1" t="s">
         <v>686</v>
-      </c>
-[...1 lines deleted...]
-        <v>687</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>687</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>688</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>321</v>
+        <v>689</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>689</v>
+        <v>17</v>
       </c>
     </row>
     <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
         <v>690</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>691</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>692</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>693</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>54</v>
+        <v>694</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="F179" s="3" t="s">
         <v>694</v>
       </c>
-      <c r="B179" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G179" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
         <v>703</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>704</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>705</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>706</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
         <v>707</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>708</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>709</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>710</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>702</v>
+        <v>47</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
         <v>711</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>712</v>
       </c>
       <c r="C183" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>713</v>
       </c>
-      <c r="D183" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F183" s="3" t="s">
-        <v>702</v>
+        <v>47</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="B184" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="C184" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="C184" s="1" t="s">
+      <c r="D184" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E184" s="3" t="s">
         <v>717</v>
       </c>
-      <c r="D184" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F184" s="3" t="s">
-        <v>54</v>
+        <v>694</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="B185" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="C185" s="1" t="s">
         <v>720</v>
-      </c>
-[...1 lines deleted...]
-        <v>717</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>721</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>54</v>
+        <v>694</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
         <v>722</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>723</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>724</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>725</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
     </row>
     <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
         <v>726</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>727</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>728</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>729</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
         <v>730</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>731</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>732</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>733</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
         <v>734</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>735</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>736</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>737</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
         <v>738</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>739</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>740</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>741</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
     </row>
     <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
         <v>742</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>743</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>744</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>745</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
     </row>
     <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
         <v>746</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>747</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>748</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>749</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
     </row>
     <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
         <v>750</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>751</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>752</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>753</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>702</v>
+        <v>21</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
     </row>
     <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
         <v>754</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>755</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>756</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>757</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>702</v>
+        <v>21</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
     </row>
     <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
         <v>758</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>759</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>760</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>761</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>702</v>
+        <v>47</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
         <v>762</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>763</v>
       </c>
       <c r="C196" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>764</v>
       </c>
-      <c r="D196" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F196" s="3" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="B197" s="1" t="s">
         <v>766</v>
       </c>
-      <c r="B197" s="1" t="s">
+      <c r="C197" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="C197" s="1" t="s">
+      <c r="D197" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E197" s="3" t="s">
         <v>768</v>
       </c>
-      <c r="D197" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E197" s="3" t="s">
+      <c r="F197" s="3" t="s">
         <v>769</v>
       </c>
-      <c r="F197" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G197" s="3" t="s">
-        <v>85</v>
+        <v>770</v>
       </c>
     </row>
     <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>54</v>
+        <v>769</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>54</v>
+        <v>769</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>781</v>
+        <v>769</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>782</v>
+        <v>770</v>
       </c>
     </row>
     <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
         <v>783</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>784</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>785</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>786</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>781</v>
+        <v>694</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
     </row>
     <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
         <v>787</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>788</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>789</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>790</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>781</v>
+        <v>47</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
         <v>791</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>792</v>
       </c>
       <c r="C203" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>793</v>
       </c>
-      <c r="D203" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F203" s="3" t="s">
-        <v>781</v>
+        <v>47</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>782</v>
+        <v>17</v>
       </c>
     </row>
     <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="B204" s="1" t="s">
         <v>795</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="C204" s="1" t="s">
         <v>796</v>
       </c>
-      <c r="C204" s="1" t="s">
+      <c r="D204" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>797</v>
       </c>
-      <c r="D204" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F204" s="3" t="s">
-        <v>54</v>
+        <v>769</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="B205" s="1" t="s">
         <v>799</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="C205" s="1" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>797</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>801</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>54</v>
+        <v>802</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="F206" s="3" t="s">
         <v>802</v>
       </c>
-      <c r="B206" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G206" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>810</v>
+        <v>47</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
         <v>811</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>812</v>
       </c>
       <c r="C208" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>813</v>
       </c>
-      <c r="D208" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F208" s="3" t="s">
-        <v>810</v>
+        <v>47</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="B209" s="1" t="s">
         <v>815</v>
       </c>
-      <c r="B209" s="1" t="s">
+      <c r="C209" s="1" t="s">
         <v>816</v>
       </c>
-      <c r="C209" s="1" t="s">
+      <c r="D209" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E209" s="3" t="s">
         <v>817</v>
       </c>
-      <c r="D209" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F209" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G209" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="B210" s="1" t="s">
         <v>819</v>
       </c>
-      <c r="B210" s="1" t="s">
+      <c r="C210" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E210" s="3" t="s">
         <v>820</v>
       </c>
-      <c r="C210" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F210" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G210" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="B211" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="B211" s="1" t="s">
+      <c r="C211" s="1" t="s">
         <v>823</v>
       </c>
-      <c r="C211" s="1" t="s">
+      <c r="D211" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E211" s="3" t="s">
         <v>824</v>
       </c>
-      <c r="D211" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E211" s="3" t="s">
+      <c r="F211" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="G211" s="3" t="s">
         <v>825</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
         <v>826</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>827</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>54</v>
+        <v>694</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>17</v>
+        <v>830</v>
       </c>
     </row>
     <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>833</v>
+        <v>17</v>
       </c>
     </row>
     <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>838</v>
+        <v>17</v>
       </c>
     </row>
     <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
         <v>839</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>840</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>841</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>842</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G215" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
         <v>843</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>844</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>845</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>846</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G216" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
         <v>847</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>848</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>849</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>850</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G217" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
         <v>851</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>852</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>853</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>854</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>702</v>
+        <v>802</v>
       </c>
       <c r="G218" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
         <v>855</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>856</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>857</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>858</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>702</v>
+        <v>802</v>
       </c>
       <c r="G219" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
         <v>859</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>860</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>861</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>862</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>810</v>
+        <v>863</v>
       </c>
       <c r="G220" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="F221" s="3" t="s">
         <v>863</v>
-      </c>
-[...13 lines deleted...]
-        <v>810</v>
       </c>
       <c r="G221" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>810</v>
+        <v>104</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>873</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>874</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>781</v>
+        <v>875</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>879</v>
+        <v>265</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>880</v>
+        <v>17</v>
       </c>
     </row>
     <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="B225" s="1" t="s">
         <v>881</v>
       </c>
-      <c r="B225" s="1" t="s">
+      <c r="C225" s="1" t="s">
         <v>882</v>
       </c>
-      <c r="C225" s="1" t="s">
+      <c r="D225" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E225" s="3" t="s">
         <v>883</v>
       </c>
-      <c r="D225" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F225" s="3" t="s">
-        <v>879</v>
+        <v>265</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>880</v>
+        <v>28</v>
       </c>
     </row>
     <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="B226" s="1" t="s">
         <v>885</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="C226" s="1" t="s">
         <v>886</v>
       </c>
-      <c r="C226" s="1" t="s">
+      <c r="D226" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E226" s="3" t="s">
         <v>887</v>
       </c>
-      <c r="D226" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F226" s="3" t="s">
-        <v>879</v>
+        <v>42</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
     </row>
     <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="B227" s="1" t="s">
         <v>889</v>
       </c>
-      <c r="B227" s="1" t="s">
+      <c r="C227" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>890</v>
       </c>
-      <c r="C227" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F227" s="3" t="s">
-        <v>879</v>
+        <v>42</v>
       </c>
       <c r="G227" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="C228" s="1" t="s">
         <v>893</v>
       </c>
-      <c r="B228" s="1" t="s">
+      <c r="D228" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E228" s="3" t="s">
         <v>894</v>
       </c>
-      <c r="C228" s="1" t="s">
+      <c r="F228" s="3" t="s">
         <v>895</v>
       </c>
-      <c r="D228" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G228" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="B229" s="1" t="s">
         <v>897</v>
       </c>
-      <c r="B229" s="1" t="s">
+      <c r="C229" s="1" t="s">
         <v>898</v>
       </c>
-      <c r="C229" s="1" t="s">
+      <c r="D229" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E229" s="3" t="s">
         <v>899</v>
       </c>
-      <c r="D229" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F229" s="3" t="s">
-        <v>879</v>
+        <v>694</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
     </row>
     <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="B230" s="1" t="s">
         <v>901</v>
       </c>
-      <c r="B230" s="1" t="s">
+      <c r="C230" s="1" t="s">
         <v>902</v>
       </c>
-      <c r="C230" s="1" t="s">
+      <c r="D230" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E230" s="3" t="s">
         <v>903</v>
       </c>
-      <c r="D230" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F230" s="3" t="s">
-        <v>879</v>
+        <v>694</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>17</v>
+        <v>597</v>
       </c>
     </row>
     <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="B231" s="1" t="s">
         <v>905</v>
       </c>
-      <c r="B231" s="1" t="s">
+      <c r="C231" s="1" t="s">
         <v>906</v>
       </c>
-      <c r="C231" s="1" t="s">
+      <c r="D231" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E231" s="3" t="s">
         <v>907</v>
       </c>
-      <c r="D231" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F231" s="3" t="s">
-        <v>115</v>
+        <v>694</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>41</v>
+        <v>597</v>
       </c>
     </row>
     <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="B232" s="1" t="s">
         <v>909</v>
-      </c>
-[...1 lines deleted...]
-        <v>910</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>910</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>911</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>912</v>
+        <v>694</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
     </row>
     <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="B233" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="B233" s="1" t="s">
+      <c r="C233" s="1" t="s">
         <v>914</v>
       </c>
-      <c r="C233" s="1" t="s">
+      <c r="D233" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E233" s="3" t="s">
         <v>915</v>
       </c>
-      <c r="D233" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F233" s="3" t="s">
-        <v>281</v>
+        <v>694</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="B234" s="1" t="s">
         <v>917</v>
       </c>
-      <c r="B234" s="1" t="s">
+      <c r="C234" s="1" t="s">
         <v>918</v>
       </c>
-      <c r="C234" s="1" t="s">
+      <c r="D234" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>919</v>
       </c>
-      <c r="D234" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F234" s="3" t="s">
-        <v>281</v>
+        <v>694</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
     </row>
     <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="B235" s="1" t="s">
         <v>921</v>
       </c>
-      <c r="B235" s="1" t="s">
+      <c r="C235" s="1" t="s">
         <v>922</v>
       </c>
-      <c r="C235" s="1" t="s">
+      <c r="D235" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E235" s="3" t="s">
         <v>923</v>
       </c>
-      <c r="D235" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F235" s="3" t="s">
-        <v>49</v>
+        <v>694</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
     </row>
     <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="B236" s="1" t="s">
         <v>925</v>
       </c>
-      <c r="B236" s="1" t="s">
+      <c r="C236" s="1" t="s">
         <v>926</v>
-      </c>
-[...1 lines deleted...]
-        <v>923</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>927</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>49</v>
+        <v>694</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
         <v>928</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>929</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>930</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>931</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>932</v>
+        <v>99</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="B238" s="1" t="s">
         <v>933</v>
       </c>
-      <c r="B238" s="1" t="s">
+      <c r="C238" s="1" t="s">
         <v>934</v>
       </c>
-      <c r="C238" s="1" t="s">
+      <c r="D238" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E238" s="3" t="s">
         <v>935</v>
       </c>
-      <c r="D238" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E238" s="3" t="s">
+      <c r="F238" s="3" t="s">
         <v>936</v>
       </c>
-      <c r="F238" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G238" s="3" t="s">
-        <v>116</v>
+        <v>937</v>
       </c>
     </row>
     <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>702</v>
+        <v>21</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>605</v>
+        <v>17</v>
       </c>
     </row>
     <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>944</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>702</v>
+        <v>21</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>605</v>
+        <v>17</v>
       </c>
     </row>
     <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
         <v>945</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>946</v>
       </c>
       <c r="C241" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E241" s="3" t="s">
         <v>947</v>
       </c>
-      <c r="D241" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F241" s="3" t="s">
-        <v>702</v>
+        <v>21</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>605</v>
+        <v>17</v>
       </c>
     </row>
     <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="B242" s="1" t="s">
         <v>949</v>
       </c>
-      <c r="B242" s="1" t="s">
+      <c r="C242" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E242" s="3" t="s">
         <v>950</v>
       </c>
-      <c r="C242" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F242" s="3" t="s">
-        <v>702</v>
+        <v>21</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E243" s="3" t="s">
         <v>953</v>
       </c>
-      <c r="B243" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F243" s="3" t="s">
-        <v>702</v>
+        <v>21</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E244" s="3" t="s">
         <v>957</v>
       </c>
-      <c r="B244" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F244" s="3" t="s">
-        <v>702</v>
+        <v>21</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
     </row>
     <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>961</v>
       </c>
-      <c r="B245" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F245" s="3" t="s">
-        <v>702</v>
+        <v>674</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>702</v>
+        <v>47</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>969</v>
+        <v>965</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>972</v>
+        <v>967</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>94</v>
+        <v>309</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>975</v>
+        <v>970</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>976</v>
+        <v>971</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>85</v>
+        <v>617</v>
       </c>
     </row>
     <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>977</v>
+        <v>972</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>978</v>
+        <v>973</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>979</v>
+        <v>974</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>980</v>
+        <v>975</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>981</v>
+        <v>99</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>982</v>
+        <v>17</v>
       </c>
     </row>
     <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>983</v>
+        <v>976</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>984</v>
+        <v>977</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>985</v>
+        <v>978</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>986</v>
+        <v>979</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="G250" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>987</v>
+        <v>980</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>988</v>
+        <v>981</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>985</v>
+        <v>982</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>989</v>
+        <v>983</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>21</v>
+        <v>936</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>17</v>
+        <v>937</v>
       </c>
     </row>
     <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>990</v>
+        <v>984</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>991</v>
+        <v>985</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="F252" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>993</v>
+        <v>988</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>994</v>
+        <v>989</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>995</v>
+        <v>991</v>
       </c>
       <c r="F253" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G253" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>996</v>
+        <v>992</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>997</v>
+        <v>993</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>985</v>
+        <v>994</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>21</v>
+        <v>674</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
     </row>
     <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>999</v>
       </c>
-      <c r="B255" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F255" s="3" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E256" s="3" t="s">
         <v>1003</v>
       </c>
-      <c r="B256" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F256" s="3" t="s">
-        <v>679</v>
+        <v>47</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>1008</v>
+        <v>1002</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G257" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E258" s="3" t="s">
         <v>1010</v>
       </c>
-      <c r="B258" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F258" s="3" t="s">
-        <v>321</v>
+        <v>47</v>
       </c>
       <c r="G258" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C259" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="B259" s="1" t="s">
+      <c r="D259" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E259" s="3" t="s">
         <v>1014</v>
       </c>
-      <c r="C259" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F259" s="3" t="s">
-        <v>94</v>
+        <v>769</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>17</v>
+        <v>286</v>
       </c>
     </row>
     <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C260" s="1" t="s">
         <v>1017</v>
       </c>
-      <c r="B260" s="1" t="s">
+      <c r="D260" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E260" s="3" t="s">
         <v>1018</v>
       </c>
-      <c r="C260" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F260" s="3" t="s">
-        <v>94</v>
+        <v>769</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>17</v>
+        <v>286</v>
       </c>
     </row>
     <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C261" s="1" t="s">
         <v>1021</v>
       </c>
-      <c r="B261" s="1" t="s">
+      <c r="D261" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E261" s="3" t="s">
         <v>1022</v>
       </c>
-      <c r="C261" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F261" s="3" t="s">
-        <v>21</v>
+        <v>769</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>85</v>
+        <v>770</v>
       </c>
     </row>
     <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C262" s="1" t="s">
         <v>1025</v>
       </c>
-      <c r="B262" s="1" t="s">
+      <c r="D262" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E262" s="3" t="s">
         <v>1026</v>
       </c>
-      <c r="C262" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F262" s="3" t="s">
-        <v>21</v>
+        <v>769</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>17</v>
+        <v>770</v>
       </c>
     </row>
     <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E263" s="3" t="s">
         <v>1029</v>
       </c>
-      <c r="B263" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F263" s="3" t="s">
-        <v>115</v>
+        <v>875</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>605</v>
+        <v>78</v>
       </c>
     </row>
     <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>1033</v>
+        <v>1030</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>1035</v>
+        <v>1031</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>1036</v>
+        <v>1032</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>679</v>
+        <v>875</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>116</v>
+        <v>78</v>
       </c>
     </row>
     <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>1037</v>
+        <v>1033</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>1038</v>
+        <v>1034</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>1039</v>
+        <v>1034</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>1040</v>
+        <v>1035</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>54</v>
+        <v>875</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>1041</v>
+        <v>1036</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1042</v>
+        <v>1037</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>1043</v>
+        <v>1038</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>1044</v>
+        <v>1039</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>1045</v>
+        <v>1040</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>1046</v>
+        <v>1041</v>
       </c>
       <c r="C267" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E267" s="3" t="s">
         <v>1043</v>
       </c>
-      <c r="D267" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F267" s="3" t="s">
-        <v>54</v>
+        <v>1044</v>
       </c>
       <c r="G267" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E268" s="3" t="s">
         <v>1048</v>
       </c>
-      <c r="B268" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F268" s="3" t="s">
-        <v>54</v>
+        <v>1044</v>
       </c>
       <c r="G268" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>1052</v>
+        <v>1049</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1053</v>
+        <v>1050</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1054</v>
+        <v>1042</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>781</v>
+        <v>1044</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>302</v>
+        <v>17</v>
       </c>
     </row>
     <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1057</v>
+        <v>1053</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1058</v>
+        <v>1054</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>1059</v>
+        <v>1055</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>781</v>
+        <v>895</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>302</v>
+        <v>78</v>
       </c>
     </row>
     <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>1060</v>
+        <v>1056</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1061</v>
+        <v>1057</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1062</v>
+        <v>1058</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>1063</v>
+        <v>1059</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>781</v>
+        <v>694</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>302</v>
+        <v>78</v>
       </c>
     </row>
     <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>1064</v>
+        <v>1060</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1065</v>
+        <v>1061</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1066</v>
+        <v>1062</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>1067</v>
+        <v>1063</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>781</v>
+        <v>694</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>782</v>
+        <v>78</v>
       </c>
     </row>
     <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>1068</v>
+        <v>1064</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1069</v>
+        <v>1065</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>1070</v>
+        <v>1066</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>1071</v>
+        <v>1067</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>781</v>
+        <v>694</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>782</v>
+        <v>78</v>
       </c>
     </row>
     <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E274" s="3" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F274" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="G274" s="3" t="s">
         <v>1072</v>
-      </c>
-[...16 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C275" s="1" t="s">
         <v>1075</v>
       </c>
-      <c r="B275" s="1" t="s">
+      <c r="D275" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E275" s="3" t="s">
         <v>1076</v>
       </c>
-      <c r="C275" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F275" s="3" t="s">
-        <v>912</v>
+        <v>99</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B276" s="1" t="s">
         <v>1078</v>
-      </c>
-[...1 lines deleted...]
-        <v>1079</v>
       </c>
       <c r="C276" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>1080</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>912</v>
+        <v>104</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
     </row>
     <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>1084</v>
       </c>
       <c r="F277" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="C278" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E278" s="3" t="s">
         <v>1087</v>
       </c>
-      <c r="D278" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F278" s="3" t="s">
-        <v>1089</v>
+        <v>16</v>
       </c>
       <c r="G278" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E279" s="3" t="s">
         <v>1090</v>
       </c>
-      <c r="B279" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F279" s="3" t="s">
-        <v>1089</v>
+        <v>1044</v>
       </c>
       <c r="G279" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E280" s="3" t="s">
         <v>1094</v>
       </c>
-      <c r="B280" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F280" s="3" t="s">
-        <v>1089</v>
+        <v>895</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C281" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="B281" s="1" t="s">
+      <c r="D281" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E281" s="3" t="s">
         <v>1098</v>
       </c>
-      <c r="C281" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F281" s="3" t="s">
-        <v>1089</v>
+        <v>99</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B282" s="1" t="s">
         <v>1100</v>
       </c>
-      <c r="B282" s="1" t="s">
+      <c r="C282" s="1" t="s">
         <v>1101</v>
       </c>
-      <c r="C282" s="1" t="s">
+      <c r="D282" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E282" s="3" t="s">
         <v>1102</v>
       </c>
-      <c r="D282" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F282" s="3" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>85</v>
+        <v>937</v>
       </c>
     </row>
     <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B283" s="1" t="s">
         <v>1104</v>
       </c>
-      <c r="B283" s="1" t="s">
+      <c r="C283" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E283" s="3" t="s">
         <v>1105</v>
       </c>
-      <c r="C283" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F283" s="3" t="s">
-        <v>702</v>
+        <v>936</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>85</v>
+        <v>937</v>
       </c>
     </row>
     <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B284" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C284" s="1" t="s">
         <v>1108</v>
       </c>
-      <c r="B284" s="1" t="s">
+      <c r="D284" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E284" s="3" t="s">
         <v>1109</v>
       </c>
-      <c r="C284" s="1" t="s">
+      <c r="F284" s="3" t="s">
         <v>1110</v>
       </c>
-      <c r="D284" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G284" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B285" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="B285" s="1" t="s">
+      <c r="C285" s="1" t="s">
         <v>1113</v>
       </c>
-      <c r="C285" s="1" t="s">
+      <c r="D285" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E285" s="3" t="s">
         <v>1114</v>
       </c>
-      <c r="D285" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F285" s="3" t="s">
-        <v>702</v>
+        <v>1110</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>41</v>
+        <v>597</v>
       </c>
     </row>
     <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B286" s="1" t="s">
         <v>1116</v>
       </c>
-      <c r="B286" s="1" t="s">
+      <c r="C286" s="1" t="s">
         <v>1117</v>
       </c>
-      <c r="C286" s="1" t="s">
+      <c r="D286" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E286" s="3" t="s">
         <v>1118</v>
       </c>
-      <c r="D286" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F286" s="3" t="s">
-        <v>702</v>
+        <v>1110</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B287" s="1" t="s">
         <v>1120</v>
       </c>
-      <c r="B287" s="1" t="s">
+      <c r="C287" s="1" t="s">
         <v>1121</v>
       </c>
-      <c r="C287" s="1" t="s">
+      <c r="D287" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E287" s="3" t="s">
         <v>1122</v>
       </c>
-      <c r="D287" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F287" s="3" t="s">
-        <v>702</v>
+        <v>1110</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>1124</v>
+        <v>17</v>
       </c>
     </row>
     <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B288" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C288" s="1" t="s">
         <v>1125</v>
       </c>
-      <c r="B288" s="1" t="s">
+      <c r="D288" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E288" s="3" t="s">
         <v>1126</v>
       </c>
-      <c r="C288" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F288" s="3" t="s">
-        <v>115</v>
+        <v>1110</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C289" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="B289" s="1" t="s">
+      <c r="D289" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E289" s="3" t="s">
         <v>1130</v>
       </c>
-      <c r="C289" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F289" s="3" t="s">
-        <v>21</v>
+        <v>1110</v>
       </c>
       <c r="G289" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B290" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C290" s="1" t="s">
         <v>1133</v>
       </c>
-      <c r="B290" s="1" t="s">
+      <c r="D290" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E290" s="3" t="s">
         <v>1134</v>
       </c>
-      <c r="C290" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F290" s="3" t="s">
-        <v>16</v>
+        <v>1110</v>
       </c>
       <c r="G290" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B291" s="1" t="s">
         <v>1136</v>
       </c>
-      <c r="B291" s="1" t="s">
+      <c r="C291" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E291" s="3" t="s">
         <v>1137</v>
       </c>
-      <c r="C291" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F291" s="3" t="s">
-        <v>1089</v>
+        <v>1110</v>
       </c>
       <c r="G291" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B292" s="1" t="s">
         <v>1139</v>
       </c>
-      <c r="B292" s="1" t="s">
+      <c r="C292" s="1" t="s">
         <v>1140</v>
       </c>
-      <c r="C292" s="1" t="s">
+      <c r="D292" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E292" s="3" t="s">
         <v>1141</v>
       </c>
-      <c r="D292" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F292" s="3" t="s">
-        <v>932</v>
+        <v>1110</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B293" s="1" t="s">
         <v>1143</v>
       </c>
-      <c r="B293" s="1" t="s">
+      <c r="C293" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="C293" s="1" t="s">
+      <c r="D293" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E293" s="3" t="s">
         <v>1145</v>
       </c>
-      <c r="D293" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F293" s="3" t="s">
-        <v>932</v>
+        <v>1110</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
     </row>
     <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B294" s="1" t="s">
         <v>1147</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="C294" s="1" t="s">
         <v>1148</v>
       </c>
-      <c r="C294" s="1" t="s">
+      <c r="D294" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E294" s="3" t="s">
         <v>1149</v>
       </c>
-      <c r="D294" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F294" s="3" t="s">
-        <v>981</v>
+        <v>1110</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>982</v>
+        <v>17</v>
       </c>
     </row>
     <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B295" s="1" t="s">
         <v>1151</v>
       </c>
-      <c r="B295" s="1" t="s">
+      <c r="C295" s="1" t="s">
         <v>1152</v>
-      </c>
-[...1 lines deleted...]
-        <v>1149</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>1153</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>981</v>
+        <v>1110</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>982</v>
+        <v>17</v>
       </c>
     </row>
     <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="B296" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="C296" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>1157</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>1158</v>
+        <v>1110</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>535</v>
+        <v>17</v>
       </c>
     </row>
     <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B297" s="1" t="s">
         <v>1159</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="C297" s="1" t="s">
         <v>1160</v>
       </c>
-      <c r="C297" s="1" t="s">
+      <c r="D297" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E297" s="3" t="s">
         <v>1161</v>
       </c>
-      <c r="D297" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F297" s="3" t="s">
-        <v>1163</v>
+        <v>1110</v>
       </c>
       <c r="G297" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C298" s="1" t="s">
         <v>1164</v>
       </c>
-      <c r="B298" s="1" t="s">
+      <c r="D298" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E298" s="3" t="s">
         <v>1165</v>
       </c>
-      <c r="C298" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F298" s="3" t="s">
-        <v>1163</v>
+        <v>1110</v>
       </c>
       <c r="G298" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C299" s="1" t="s">
         <v>1168</v>
       </c>
-      <c r="B299" s="1" t="s">
+      <c r="D299" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E299" s="3" t="s">
         <v>1169</v>
       </c>
-      <c r="C299" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F299" s="3" t="s">
-        <v>1163</v>
+        <v>99</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C300" s="1" t="s">
         <v>1172</v>
       </c>
-      <c r="B300" s="1" t="s">
+      <c r="D300" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E300" s="3" t="s">
         <v>1173</v>
       </c>
-      <c r="C300" s="1" t="s">
+      <c r="F300" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="G300" s="3" t="s">
         <v>1174</v>
-      </c>
-[...10 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B301" s="1" t="s">
         <v>1176</v>
       </c>
-      <c r="B301" s="1" t="s">
+      <c r="C301" s="1" t="s">
         <v>1177</v>
       </c>
-      <c r="C301" s="1" t="s">
+      <c r="D301" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E301" s="3" t="s">
         <v>1178</v>
       </c>
-      <c r="D301" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E301" s="3" t="s">
+      <c r="F301" s="3" t="s">
         <v>1179</v>
       </c>
-      <c r="F301" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G301" s="3" t="s">
-        <v>17</v>
+        <v>597</v>
       </c>
     </row>
     <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
         <v>1180</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="C302" s="1" t="s">
         <v>1182</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>1183</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>1163</v>
+        <v>1179</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>17</v>
+        <v>597</v>
       </c>
     </row>
     <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>1185</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>1163</v>
+        <v>1179</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>17</v>
+        <v>597</v>
       </c>
     </row>
     <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="F304" s="3" t="s">
-        <v>1163</v>
+        <v>1179</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>17</v>
+        <v>597</v>
       </c>
     </row>
     <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="F305" s="3" t="s">
-        <v>1163</v>
+        <v>1179</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>85</v>
+        <v>937</v>
       </c>
     </row>
     <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>1163</v>
+        <v>1179</v>
       </c>
       <c r="G306" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="F307" s="3" t="s">
-        <v>1163</v>
+        <v>1179</v>
       </c>
       <c r="G307" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>1163</v>
+        <v>1179</v>
       </c>
       <c r="G308" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>1163</v>
+        <v>1179</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>94</v>
+        <v>1179</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>880</v>
+        <v>17</v>
       </c>
     </row>
     <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="D312" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>1223</v>
+        <v>1179</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>605</v>
+        <v>17</v>
       </c>
     </row>
     <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
         <v>1224</v>
       </c>
       <c r="B313" s="1" t="s">
         <v>1225</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>1226</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>1227</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>1223</v>
+        <v>1179</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>605</v>
+        <v>17</v>
       </c>
     </row>
     <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
         <v>1228</v>
       </c>
       <c r="B314" s="1" t="s">
         <v>1229</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>1230</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E314" s="3" t="s">
         <v>1231</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>1223</v>
+        <v>1179</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>605</v>
+        <v>17</v>
       </c>
     </row>
     <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
         <v>1232</v>
       </c>
       <c r="B315" s="1" t="s">
         <v>1233</v>
       </c>
       <c r="C315" s="1" t="s">
         <v>1234</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
         <v>1235</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>1223</v>
+        <v>1179</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
     </row>
     <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
         <v>1236</v>
       </c>
       <c r="B316" s="1" t="s">
         <v>1237</v>
       </c>
       <c r="C316" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E316" s="3" t="s">
         <v>1239</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>1223</v>
+        <v>1179</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>982</v>
+        <v>17</v>
       </c>
     </row>
     <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
         <v>1240</v>
       </c>
       <c r="B317" s="1" t="s">
         <v>1241</v>
       </c>
       <c r="C317" s="1" t="s">
         <v>1242</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E317" s="3" t="s">
         <v>1243</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>1223</v>
+        <v>1179</v>
       </c>
       <c r="G317" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
         <v>1244</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>1245</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>1246</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
         <v>1247</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>1223</v>
+        <v>1179</v>
       </c>
       <c r="G318" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
         <v>1248</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>1249</v>
       </c>
       <c r="C319" s="1" t="s">
         <v>1250</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>1251</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>1223</v>
+        <v>1179</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>17</v>
+        <v>626</v>
       </c>
     </row>
     <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
         <v>1252</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>1253</v>
       </c>
       <c r="C320" s="1" t="s">
         <v>1254</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E320" s="3" t="s">
         <v>1255</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>1223</v>
+        <v>1179</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>85</v>
+        <v>626</v>
       </c>
     </row>
     <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
         <v>1256</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>1257</v>
       </c>
       <c r="C321" s="1" t="s">
         <v>1258</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>1259</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>1223</v>
+        <v>1179</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>17</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>1223</v>
+        <v>1179</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>17</v>
+        <v>597</v>
       </c>
     </row>
     <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="D323" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>1223</v>
+        <v>1179</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>17</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>1223</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>626</v>
       </c>
     </row>
     <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>1223</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>626</v>
       </c>
     </row>
     <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>1223</v>
-[...2 lines deleted...]
-        <v>605</v>
+        <v>626</v>
       </c>
     </row>
     <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>1223</v>
+        <v>1179</v>
       </c>
       <c r="G327" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>1223</v>
+        <v>1179</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>17</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>1223</v>
+        <v>1179</v>
       </c>
       <c r="G329" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>1223</v>
+        <v>1179</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>689</v>
+        <v>17</v>
       </c>
     </row>
     <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="D331" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>1223</v>
+        <v>1179</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>689</v>
+        <v>17</v>
       </c>
     </row>
     <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="D332" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>1223</v>
+        <v>99</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>1304</v>
+        <v>626</v>
       </c>
     </row>
     <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>1223</v>
+        <v>99</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>1304</v>
+        <v>17</v>
       </c>
     </row>
     <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>1223</v>
+        <v>1110</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>605</v>
+        <v>17</v>
       </c>
     </row>
     <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>1223</v>
+        <v>1110</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>1317</v>
+        <v>17</v>
       </c>
     </row>
     <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
         <v>1318</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>1319</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>1320</v>
       </c>
       <c r="D336" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E336" s="3" t="s">
         <v>1321</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>689</v>
+        <v>1110</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
         <v>1322</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>1323</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>1324</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E337" s="3" t="s">
         <v>1325</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>689</v>
+        <v>1110</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
         <v>1326</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>1327</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>1328</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E338" s="3" t="s">
         <v>1329</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>689</v>
+        <v>1110</v>
+      </c>
+      <c r="G338" s="3" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
         <v>1330</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>1331</v>
       </c>
       <c r="C339" s="1" t="s">
         <v>1332</v>
       </c>
       <c r="D339" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>1333</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>1223</v>
+        <v>1110</v>
       </c>
       <c r="G339" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
         <v>1334</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>1335</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>1336</v>
       </c>
       <c r="D340" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E340" s="3" t="s">
         <v>1337</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>1223</v>
+        <v>1110</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>1304</v>
+        <v>17</v>
       </c>
     </row>
     <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
         <v>1338</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>1339</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>1340</v>
       </c>
       <c r="D341" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E341" s="3" t="s">
         <v>1341</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>1223</v>
+        <v>1110</v>
       </c>
       <c r="G341" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
         <v>1342</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>1343</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>1344</v>
       </c>
       <c r="D342" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E342" s="3" t="s">
         <v>1345</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>1223</v>
+        <v>1110</v>
       </c>
       <c r="G342" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
         <v>1346</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>1347</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>1348</v>
       </c>
       <c r="D343" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E343" s="3" t="s">
         <v>1349</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>94</v>
+        <v>47</v>
       </c>
       <c r="G343" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
         <v>1350</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>1351</v>
       </c>
       <c r="C344" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E344" s="3" t="s">
         <v>1352</v>
       </c>
-      <c r="D344" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E344" s="3" t="s">
+      <c r="F344" s="3" t="s">
         <v>1353</v>
       </c>
-      <c r="F344" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G344" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
         <v>1354</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>1355</v>
       </c>
       <c r="C345" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E345" s="3" t="s">
         <v>1356</v>
       </c>
-      <c r="D345" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F345" s="3" t="s">
-        <v>1163</v>
+        <v>1353</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B346" s="1" t="s">
         <v>1358</v>
       </c>
-      <c r="B346" s="1" t="s">
+      <c r="C346" s="1" t="s">
         <v>1359</v>
       </c>
-      <c r="C346" s="1" t="s">
+      <c r="D346" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E346" s="3" t="s">
         <v>1360</v>
       </c>
-      <c r="D346" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F346" s="3" t="s">
-        <v>1163</v>
+        <v>1110</v>
       </c>
       <c r="G346" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B347" s="1" t="s">
         <v>1362</v>
       </c>
-      <c r="B347" s="1" t="s">
+      <c r="C347" s="1" t="s">
         <v>1363</v>
       </c>
-      <c r="C347" s="1" t="s">
+      <c r="D347" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E347" s="3" t="s">
         <v>1364</v>
       </c>
-      <c r="D347" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F347" s="3" t="s">
-        <v>1163</v>
+        <v>1110</v>
       </c>
       <c r="G347" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B348" s="1" t="s">
         <v>1366</v>
       </c>
-      <c r="B348" s="1" t="s">
+      <c r="C348" s="1" t="s">
         <v>1367</v>
       </c>
-      <c r="C348" s="1" t="s">
+      <c r="D348" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E348" s="3" t="s">
         <v>1368</v>
       </c>
-      <c r="D348" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F348" s="3" t="s">
-        <v>1163</v>
+        <v>1110</v>
       </c>
       <c r="G348" s="3" t="s">
-        <v>17</v>
+        <v>532</v>
       </c>
     </row>
     <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B349" s="1" t="s">
         <v>1370</v>
       </c>
-      <c r="B349" s="1" t="s">
+      <c r="C349" s="1" t="s">
         <v>1371</v>
       </c>
-      <c r="C349" s="1" t="s">
+      <c r="D349" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E349" s="3" t="s">
         <v>1372</v>
       </c>
-      <c r="D349" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F349" s="3" t="s">
-        <v>1163</v>
+        <v>1110</v>
       </c>
       <c r="G349" s="3" t="s">
-        <v>85</v>
+        <v>532</v>
       </c>
     </row>
     <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B350" s="1" t="s">
         <v>1374</v>
       </c>
-      <c r="B350" s="1" t="s">
+      <c r="C350" s="1" t="s">
         <v>1375</v>
       </c>
-      <c r="C350" s="1" t="s">
+      <c r="D350" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E350" s="3" t="s">
         <v>1376</v>
       </c>
-      <c r="D350" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F350" s="3" t="s">
-        <v>1163</v>
+        <v>1110</v>
       </c>
       <c r="G350" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B351" s="1" t="s">
         <v>1378</v>
       </c>
-      <c r="B351" s="1" t="s">
+      <c r="C351" s="1" t="s">
         <v>1379</v>
       </c>
-      <c r="C351" s="1" t="s">
+      <c r="D351" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E351" s="3" t="s">
         <v>1380</v>
       </c>
-      <c r="D351" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F351" s="3" t="s">
-        <v>1163</v>
+        <v>1110</v>
       </c>
       <c r="G351" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B352" s="1" t="s">
         <v>1382</v>
       </c>
-      <c r="B352" s="1" t="s">
+      <c r="C352" s="1" t="s">
         <v>1383</v>
       </c>
-      <c r="C352" s="1" t="s">
+      <c r="D352" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E352" s="3" t="s">
         <v>1384</v>
       </c>
-      <c r="D352" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F352" s="3" t="s">
-        <v>1163</v>
+        <v>1110</v>
       </c>
       <c r="G352" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B353" s="1" t="s">
         <v>1386</v>
       </c>
-      <c r="B353" s="1" t="s">
+      <c r="C353" s="1" t="s">
         <v>1387</v>
       </c>
-      <c r="C353" s="1" t="s">
+      <c r="D353" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E353" s="3" t="s">
         <v>1388</v>
       </c>
-      <c r="D353" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F353" s="3" t="s">
-        <v>1163</v>
+        <v>1110</v>
       </c>
       <c r="G353" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B354" s="1" t="s">
         <v>1390</v>
       </c>
-      <c r="B354" s="1" t="s">
+      <c r="C354" s="1" t="s">
         <v>1391</v>
       </c>
-      <c r="C354" s="1" t="s">
+      <c r="D354" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E354" s="3" t="s">
         <v>1392</v>
       </c>
-      <c r="D354" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E354" s="3" t="s">
+      <c r="F354" s="3" t="s">
         <v>1393</v>
       </c>
-      <c r="F354" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G354" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
         <v>1394</v>
       </c>
       <c r="B355" s="1" t="s">
         <v>1395</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1392</v>
+        <v>1396</v>
       </c>
       <c r="D355" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="F355" s="3" t="s">
-        <v>54</v>
+        <v>1393</v>
       </c>
       <c r="G355" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="D356" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="F356" s="3" t="s">
-        <v>1400</v>
+        <v>863</v>
       </c>
       <c r="G356" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="D357" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="F357" s="3" t="s">
-        <v>1400</v>
+        <v>99</v>
       </c>
       <c r="G357" s="3" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
     </row>
     <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="D358" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>679</v>
+        <v>99</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="D359" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="F359" s="3" t="s">
-        <v>1163</v>
+        <v>1414</v>
       </c>
       <c r="G359" s="3" t="s">
-        <v>17</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
-        <v>1412</v>
+        <v>1416</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1413</v>
+        <v>1417</v>
       </c>
       <c r="C360" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E360" s="3" t="s">
+        <v>1419</v>
+      </c>
+      <c r="F360" s="3" t="s">
         <v>1414</v>
       </c>
-      <c r="D360" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E360" s="3" t="s">
+      <c r="G360" s="3" t="s">
         <v>1415</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
-        <v>1416</v>
+        <v>1420</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1417</v>
+        <v>1421</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1418</v>
+        <v>1422</v>
       </c>
       <c r="D361" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="F361" s="3" t="s">
-        <v>1163</v>
+        <v>863</v>
       </c>
       <c r="G361" s="3" t="s">
-        <v>17</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1422</v>
+        <v>1426</v>
       </c>
       <c r="D362" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
       <c r="F362" s="3" t="s">
-        <v>1163</v>
+        <v>1414</v>
       </c>
       <c r="G362" s="3" t="s">
-        <v>535</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1425</v>
+        <v>1429</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
       <c r="D363" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>1427</v>
+        <v>1431</v>
       </c>
       <c r="F363" s="3" t="s">
-        <v>1163</v>
+        <v>1414</v>
       </c>
       <c r="G363" s="3" t="s">
-        <v>535</v>
+        <v>28</v>
       </c>
     </row>
     <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A364" s="1" t="s">
-        <v>1428</v>
+        <v>1432</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1429</v>
+        <v>1433</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1430</v>
+        <v>1433</v>
       </c>
       <c r="D364" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>1431</v>
+        <v>1434</v>
       </c>
       <c r="F364" s="3" t="s">
-        <v>1163</v>
+        <v>895</v>
       </c>
       <c r="G364" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A365" s="1" t="s">
-        <v>1432</v>
+        <v>1435</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1433</v>
+        <v>1436</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="D365" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="F365" s="3" t="s">
-        <v>1163</v>
+        <v>895</v>
       </c>
       <c r="G365" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A366" s="1" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="D366" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="F366" s="3" t="s">
-        <v>1163</v>
+        <v>895</v>
       </c>
       <c r="G366" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A367" s="1" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>1442</v>
       </c>
       <c r="D367" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E367" s="3" t="s">
         <v>1443</v>
       </c>
       <c r="F367" s="3" t="s">
-        <v>1163</v>
+        <v>895</v>
       </c>
       <c r="G367" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
         <v>1444</v>
       </c>
       <c r="B368" s="1" t="s">
         <v>1445</v>
       </c>
       <c r="C368" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E368" s="3" t="s">
         <v>1446</v>
       </c>
-      <c r="D368" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F368" s="3" t="s">
-        <v>1163</v>
+        <v>895</v>
       </c>
       <c r="G368" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A369" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B369" s="1" t="s">
         <v>1448</v>
       </c>
-      <c r="B369" s="1" t="s">
+      <c r="C369" s="1" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E369" s="3" t="s">
         <v>1449</v>
       </c>
-      <c r="C369" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F369" s="3" t="s">
-        <v>1163</v>
+        <v>895</v>
       </c>
       <c r="G369" s="3" t="s">
-        <v>605</v>
+        <v>28</v>
       </c>
     </row>
     <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A370" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E370" s="3" t="s">
         <v>1452</v>
       </c>
-      <c r="B370" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F370" s="3" t="s">
-        <v>1456</v>
+        <v>895</v>
       </c>
       <c r="G370" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A371" s="1" t="s">
-        <v>1457</v>
+        <v>1453</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1458</v>
+        <v>1454</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1459</v>
+        <v>1454</v>
       </c>
       <c r="D371" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>1460</v>
+        <v>1455</v>
       </c>
       <c r="F371" s="3" t="s">
-        <v>1456</v>
+        <v>895</v>
       </c>
       <c r="G371" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
-        <v>1461</v>
+        <v>1456</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1462</v>
+        <v>1457</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1463</v>
+        <v>1457</v>
       </c>
       <c r="D372" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>1464</v>
+        <v>1458</v>
       </c>
       <c r="F372" s="3" t="s">
-        <v>879</v>
+        <v>895</v>
       </c>
       <c r="G372" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A373" s="1" t="s">
-        <v>1465</v>
+        <v>1459</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1466</v>
+        <v>1460</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1467</v>
+        <v>1461</v>
       </c>
       <c r="D373" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>1468</v>
+        <v>1462</v>
       </c>
       <c r="F373" s="3" t="s">
-        <v>115</v>
+        <v>674</v>
       </c>
       <c r="G373" s="3" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
     </row>
     <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A374" s="1" t="s">
-        <v>1469</v>
+        <v>1463</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1470</v>
+        <v>1464</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1471</v>
+        <v>1464</v>
       </c>
       <c r="D374" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>1472</v>
+        <v>1465</v>
       </c>
       <c r="F374" s="3" t="s">
-        <v>94</v>
+        <v>674</v>
       </c>
       <c r="G374" s="3" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
     </row>
     <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A375" s="1" t="s">
-        <v>1473</v>
+        <v>1466</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1474</v>
+        <v>1467</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1475</v>
+        <v>1121</v>
       </c>
       <c r="D375" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>1476</v>
+        <v>1468</v>
       </c>
       <c r="F375" s="3" t="s">
-        <v>94</v>
+        <v>1110</v>
       </c>
       <c r="G375" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A376" s="1" t="s">
-        <v>1477</v>
+        <v>1469</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1478</v>
+        <v>1470</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1479</v>
+        <v>1471</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>1480</v>
+        <v>1472</v>
       </c>
       <c r="F376" s="3" t="s">
-        <v>1481</v>
+        <v>674</v>
       </c>
       <c r="G376" s="3" t="s">
-        <v>1482</v>
+        <v>28</v>
       </c>
     </row>
     <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A377" s="1" t="s">
-        <v>1483</v>
+        <v>1473</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1484</v>
+        <v>1474</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1485</v>
+        <v>1475</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>1486</v>
+        <v>1476</v>
       </c>
       <c r="F377" s="3" t="s">
-        <v>1481</v>
+        <v>1110</v>
       </c>
       <c r="G377" s="3" t="s">
-        <v>1482</v>
+        <v>17</v>
       </c>
     </row>
     <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A378" s="1" t="s">
-        <v>1487</v>
+        <v>1477</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1488</v>
+        <v>1478</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1489</v>
+        <v>1479</v>
       </c>
       <c r="D378" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>1490</v>
+        <v>1480</v>
       </c>
       <c r="F378" s="3" t="s">
-        <v>879</v>
+        <v>1110</v>
       </c>
       <c r="G378" s="3" t="s">
-        <v>1482</v>
+        <v>17</v>
       </c>
     </row>
     <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A379" s="1" t="s">
-        <v>1491</v>
+        <v>1481</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1492</v>
+        <v>1482</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1493</v>
+        <v>1483</v>
       </c>
       <c r="D379" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>1494</v>
+        <v>1484</v>
       </c>
       <c r="F379" s="3" t="s">
-        <v>1481</v>
+        <v>694</v>
       </c>
       <c r="G379" s="3" t="s">
-        <v>1482</v>
+        <v>78</v>
       </c>
     </row>
     <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A380" s="1" t="s">
-        <v>1495</v>
+        <v>1485</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1496</v>
+        <v>1486</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1497</v>
+        <v>1487</v>
       </c>
       <c r="D380" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>1498</v>
+        <v>1488</v>
       </c>
       <c r="F380" s="3" t="s">
-        <v>1481</v>
+        <v>1489</v>
       </c>
       <c r="G380" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A381" s="1" t="s">
-        <v>1499</v>
+        <v>1490</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1500</v>
+        <v>1491</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1500</v>
+        <v>1492</v>
       </c>
       <c r="D381" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>1501</v>
+        <v>1493</v>
       </c>
       <c r="F381" s="3" t="s">
-        <v>932</v>
+        <v>1489</v>
       </c>
       <c r="G381" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A382" s="1" t="s">
-        <v>1502</v>
+        <v>1494</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1503</v>
+        <v>1495</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1503</v>
+        <v>1496</v>
       </c>
       <c r="D382" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>1504</v>
+        <v>1497</v>
       </c>
       <c r="F382" s="3" t="s">
-        <v>932</v>
+        <v>694</v>
       </c>
       <c r="G382" s="3" t="s">
-        <v>28</v>
+        <v>597</v>
       </c>
     </row>
     <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A383" s="1" t="s">
-        <v>1505</v>
+        <v>1498</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1506</v>
+        <v>1499</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1506</v>
+        <v>1500</v>
       </c>
       <c r="D383" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>1507</v>
+        <v>1501</v>
       </c>
       <c r="F383" s="3" t="s">
-        <v>932</v>
+        <v>694</v>
       </c>
       <c r="G383" s="3" t="s">
-        <v>28</v>
+        <v>597</v>
       </c>
     </row>
     <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A384" s="1" t="s">
-        <v>1508</v>
+        <v>1502</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1509</v>
+        <v>1503</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1509</v>
+        <v>1504</v>
       </c>
       <c r="D384" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>1510</v>
+        <v>1505</v>
       </c>
       <c r="F384" s="3" t="s">
-        <v>932</v>
+        <v>694</v>
       </c>
       <c r="G384" s="3" t="s">
-        <v>28</v>
+        <v>597</v>
       </c>
     </row>
     <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A385" s="1" t="s">
-        <v>1511</v>
+        <v>1506</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1512</v>
+        <v>1507</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1512</v>
+        <v>1508</v>
       </c>
       <c r="D385" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="F385" s="3" t="s">
-        <v>932</v>
+        <v>694</v>
       </c>
       <c r="G385" s="3" t="s">
-        <v>28</v>
+        <v>597</v>
       </c>
     </row>
     <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A386" s="1" t="s">
-        <v>1514</v>
+        <v>1510</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1515</v>
+        <v>1511</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1515</v>
+        <v>1512</v>
       </c>
       <c r="D386" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>1516</v>
+        <v>1513</v>
       </c>
       <c r="F386" s="3" t="s">
-        <v>932</v>
+        <v>694</v>
       </c>
       <c r="G386" s="3" t="s">
-        <v>28</v>
+        <v>597</v>
       </c>
     </row>
     <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A387" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E387" s="3" t="s">
         <v>1517</v>
       </c>
-      <c r="B387" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F387" s="3" t="s">
-        <v>932</v>
+        <v>694</v>
       </c>
       <c r="G387" s="3" t="s">
-        <v>28</v>
+        <v>597</v>
       </c>
     </row>
     <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A388" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C388" s="1" t="s">
         <v>1520</v>
       </c>
-      <c r="B388" s="1" t="s">
+      <c r="D388" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E388" s="3" t="s">
         <v>1521</v>
       </c>
-      <c r="C388" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F388" s="3" t="s">
-        <v>932</v>
+        <v>694</v>
       </c>
       <c r="G388" s="3" t="s">
-        <v>28</v>
+        <v>597</v>
       </c>
     </row>
     <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A389" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B389" s="1" t="s">
         <v>1523</v>
-      </c>
-[...1 lines deleted...]
-        <v>1524</v>
       </c>
       <c r="C389" s="1" t="s">
         <v>1524</v>
       </c>
       <c r="D389" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E389" s="3" t="s">
         <v>1525</v>
       </c>
       <c r="F389" s="3" t="s">
-        <v>932</v>
+        <v>694</v>
       </c>
       <c r="G389" s="3" t="s">
-        <v>28</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A390" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E390" s="3" t="s">
+        <v>1530</v>
+      </c>
+      <c r="F390" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="G390" s="3" t="s">
         <v>1526</v>
-      </c>
-[...16 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A391" s="1" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="D391" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="F391" s="3" t="s">
-        <v>679</v>
+        <v>99</v>
       </c>
       <c r="G391" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A392" s="1" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
       <c r="D392" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
       <c r="F392" s="3" t="s">
-        <v>679</v>
+        <v>99</v>
       </c>
       <c r="G392" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A393" s="1" t="s">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1537</v>
+        <v>1540</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1170</v>
+        <v>1541</v>
       </c>
       <c r="D393" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>1538</v>
+        <v>1542</v>
       </c>
       <c r="F393" s="3" t="s">
-        <v>1163</v>
+        <v>99</v>
       </c>
       <c r="G393" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A394" s="1" t="s">
-        <v>1539</v>
+        <v>1543</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1540</v>
+        <v>1544</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1541</v>
+        <v>1545</v>
       </c>
       <c r="D394" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>1542</v>
+        <v>1546</v>
       </c>
       <c r="F394" s="3" t="s">
-        <v>679</v>
+        <v>1110</v>
       </c>
       <c r="G394" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A395" s="1" t="s">
-        <v>1543</v>
+        <v>1547</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="D395" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>1546</v>
+        <v>1550</v>
       </c>
       <c r="F395" s="3" t="s">
-        <v>1163</v>
+        <v>1353</v>
       </c>
       <c r="G395" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A396" s="1" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1549</v>
+        <v>1552</v>
       </c>
       <c r="D396" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>1550</v>
+        <v>1553</v>
       </c>
       <c r="F396" s="3" t="s">
-        <v>1163</v>
+        <v>47</v>
       </c>
       <c r="G396" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A397" s="1" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1552</v>
+        <v>1555</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1553</v>
+        <v>1556</v>
       </c>
       <c r="D397" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="F397" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G397" s="3" t="s">
-        <v>85</v>
+        <v>597</v>
       </c>
     </row>
     <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A398" s="1" t="s">
-        <v>1555</v>
+        <v>1558</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
       <c r="D398" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>1558</v>
+        <v>1561</v>
       </c>
       <c r="F398" s="3" t="s">
-        <v>1559</v>
+        <v>694</v>
       </c>
       <c r="G398" s="3" t="s">
-        <v>28</v>
+        <v>105</v>
       </c>
     </row>
     <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A399" s="1" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="D399" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="F399" s="3" t="s">
-        <v>1559</v>
+        <v>694</v>
       </c>
       <c r="G399" s="3" t="s">
-        <v>28</v>
+        <v>105</v>
       </c>
     </row>
     <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A400" s="1" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="D400" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="F400" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G400" s="3" t="s">
-        <v>605</v>
+        <v>105</v>
       </c>
     </row>
     <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A401" s="1" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="D401" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="F401" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G401" s="3" t="s">
-        <v>605</v>
+        <v>37</v>
       </c>
     </row>
     <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A402" s="1" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="D402" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="F402" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G402" s="3" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
     </row>
     <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A403" s="1" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="F403" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G403" s="3" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
     </row>
     <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A404" s="1" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="F404" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G404" s="3" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
     </row>
     <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A405" s="1" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="D405" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="F405" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G405" s="3" t="s">
-        <v>605</v>
+        <v>105</v>
       </c>
     </row>
     <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A406" s="1" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
       <c r="D406" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="F406" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G406" s="3" t="s">
-        <v>1592</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A407" s="1" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="D407" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="F407" s="3" t="s">
-        <v>94</v>
+        <v>1110</v>
       </c>
       <c r="G407" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A408" s="1" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="D408" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="F408" s="3" t="s">
-        <v>94</v>
+        <v>694</v>
       </c>
       <c r="G408" s="3" t="s">
-        <v>17</v>
+        <v>597</v>
       </c>
     </row>
     <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A409" s="1" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="D409" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="F409" s="3" t="s">
-        <v>94</v>
+        <v>694</v>
       </c>
       <c r="G409" s="3" t="s">
-        <v>17</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A410" s="1" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="D410" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="F410" s="3" t="s">
-        <v>1163</v>
+        <v>1610</v>
       </c>
       <c r="G410" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A411" s="1" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="D411" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E411" s="3" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="F411" s="3" t="s">
-        <v>1163</v>
+        <v>1489</v>
       </c>
       <c r="G411" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A412" s="1" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1614</v>
+        <v>1617</v>
       </c>
       <c r="D412" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>1615</v>
+        <v>1618</v>
       </c>
       <c r="F412" s="3" t="s">
-        <v>321</v>
+        <v>1489</v>
       </c>
       <c r="G412" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A413" s="1" t="s">
-        <v>1616</v>
+        <v>1619</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="D413" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>1619</v>
+        <v>1622</v>
       </c>
       <c r="F413" s="3" t="s">
-        <v>1400</v>
+        <v>1489</v>
       </c>
       <c r="G413" s="3" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
     </row>
     <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A414" s="1" t="s">
-        <v>1620</v>
+        <v>1623</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1621</v>
+        <v>1625</v>
       </c>
       <c r="D414" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E414" s="3" t="s">
-        <v>1622</v>
+        <v>1626</v>
       </c>
       <c r="F414" s="3" t="s">
-        <v>54</v>
+        <v>1489</v>
       </c>
       <c r="G414" s="3" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
     </row>
     <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A415" s="1" t="s">
-        <v>1623</v>
+        <v>1627</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1624</v>
+        <v>1628</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1624</v>
+        <v>1629</v>
       </c>
       <c r="D415" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E415" s="3" t="s">
-        <v>1625</v>
+        <v>1630</v>
       </c>
       <c r="F415" s="3" t="s">
-        <v>54</v>
+        <v>1489</v>
       </c>
       <c r="G415" s="3" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
     </row>
     <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A416" s="1" t="s">
-        <v>1626</v>
+        <v>1631</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1627</v>
+        <v>1632</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1628</v>
+        <v>1633</v>
       </c>
       <c r="D416" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>1629</v>
+        <v>1634</v>
       </c>
       <c r="F416" s="3" t="s">
-        <v>702</v>
+        <v>1489</v>
       </c>
       <c r="G416" s="3" t="s">
-        <v>605</v>
+        <v>37</v>
       </c>
     </row>
     <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A417" s="1" t="s">
-        <v>1630</v>
+        <v>1635</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>1631</v>
+        <v>1636</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1632</v>
+        <v>1637</v>
       </c>
       <c r="D417" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E417" s="3" t="s">
-        <v>1633</v>
+        <v>1638</v>
       </c>
       <c r="F417" s="3" t="s">
-        <v>702</v>
+        <v>1489</v>
       </c>
       <c r="G417" s="3" t="s">
-        <v>116</v>
+        <v>17</v>
       </c>
     </row>
     <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A418" s="1" t="s">
-        <v>1634</v>
+        <v>1639</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>1635</v>
+        <v>1640</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1636</v>
+        <v>1641</v>
       </c>
       <c r="D418" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E418" s="3" t="s">
-        <v>1637</v>
+        <v>1642</v>
       </c>
       <c r="F418" s="3" t="s">
-        <v>702</v>
+        <v>1489</v>
       </c>
       <c r="G418" s="3" t="s">
-        <v>116</v>
+        <v>37</v>
       </c>
     </row>
     <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A419" s="1" t="s">
-        <v>1638</v>
+        <v>1643</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1639</v>
+        <v>1644</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="D419" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="F419" s="3" t="s">
-        <v>702</v>
+        <v>1353</v>
       </c>
       <c r="G419" s="3" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
     </row>
     <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A420" s="1" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1644</v>
+        <v>1647</v>
       </c>
       <c r="D420" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E420" s="3" t="s">
-        <v>1645</v>
+        <v>1648</v>
       </c>
       <c r="F420" s="3" t="s">
-        <v>702</v>
+        <v>1353</v>
       </c>
       <c r="G420" s="3" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
     </row>
     <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A421" s="1" t="s">
-        <v>1646</v>
+        <v>1649</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>1647</v>
+        <v>1650</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="D421" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E421" s="3" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="F421" s="3" t="s">
-        <v>702</v>
+        <v>1353</v>
       </c>
       <c r="G421" s="3" t="s">
-        <v>605</v>
+        <v>28</v>
       </c>
     </row>
     <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A422" s="1" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="D422" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E422" s="3" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="F422" s="3" t="s">
-        <v>702</v>
+        <v>1353</v>
       </c>
       <c r="G422" s="3" t="s">
-        <v>605</v>
+        <v>28</v>
       </c>
     </row>
     <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A423" s="1" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="C423" s="1" t="s">
         <v>1656</v>
       </c>
       <c r="D423" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E423" s="3" t="s">
         <v>1657</v>
       </c>
       <c r="F423" s="3" t="s">
-        <v>702</v>
+        <v>1353</v>
       </c>
       <c r="G423" s="3" t="s">
-        <v>605</v>
+        <v>28</v>
       </c>
     </row>
     <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A424" s="1" t="s">
         <v>1658</v>
       </c>
       <c r="B424" s="1" t="s">
         <v>1659</v>
       </c>
       <c r="C424" s="1" t="s">
         <v>1660</v>
       </c>
       <c r="D424" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E424" s="3" t="s">
         <v>1661</v>
       </c>
       <c r="F424" s="3" t="s">
-        <v>702</v>
+        <v>1489</v>
       </c>
       <c r="G424" s="3" t="s">
-        <v>605</v>
+        <v>28</v>
       </c>
     </row>
     <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A425" s="1" t="s">
         <v>1662</v>
       </c>
       <c r="B425" s="1" t="s">
         <v>1663</v>
       </c>
       <c r="C425" s="1" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E425" s="3" t="s">
         <v>1664</v>
       </c>
-      <c r="D425" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F425" s="3" t="s">
-        <v>702</v>
+        <v>674</v>
       </c>
       <c r="G425" s="3" t="s">
-        <v>116</v>
+        <v>17</v>
       </c>
     </row>
     <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A426" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B426" s="1" t="s">
         <v>1666</v>
       </c>
-      <c r="B426" s="1" t="s">
+      <c r="C426" s="1" t="s">
+        <v>1666</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E426" s="3" t="s">
         <v>1667</v>
       </c>
-      <c r="C426" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F426" s="3" t="s">
-        <v>702</v>
+        <v>674</v>
       </c>
       <c r="G426" s="3" t="s">
-        <v>1592</v>
+        <v>17</v>
       </c>
     </row>
     <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A427" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E427" s="3" t="s">
         <v>1670</v>
       </c>
-      <c r="B427" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F427" s="3" t="s">
-        <v>1163</v>
+        <v>1353</v>
       </c>
       <c r="G427" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A428" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E428" s="3" t="s">
         <v>1674</v>
       </c>
-      <c r="B428" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F428" s="3" t="s">
-        <v>702</v>
+        <v>99</v>
       </c>
       <c r="G428" s="3" t="s">
-        <v>605</v>
+        <v>78</v>
       </c>
     </row>
     <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A429" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E429" s="3" t="s">
         <v>1678</v>
       </c>
-      <c r="B429" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F429" s="3" t="s">
-        <v>702</v>
+        <v>104</v>
       </c>
       <c r="G429" s="3" t="s">
-        <v>1682</v>
+        <v>597</v>
       </c>
     </row>
     <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A430" s="1" t="s">
-        <v>1683</v>
+        <v>1679</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1684</v>
+        <v>1680</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1684</v>
+        <v>1681</v>
       </c>
       <c r="D430" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E430" s="3" t="s">
-        <v>1685</v>
+        <v>1682</v>
       </c>
       <c r="F430" s="3" t="s">
-        <v>1686</v>
+        <v>104</v>
       </c>
       <c r="G430" s="3" t="s">
-        <v>17</v>
+        <v>597</v>
       </c>
     </row>
     <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A431" s="1" t="s">
-        <v>1687</v>
+        <v>1683</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1688</v>
+        <v>1684</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1689</v>
+        <v>1685</v>
       </c>
       <c r="D431" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>1690</v>
+        <v>1686</v>
       </c>
       <c r="F431" s="3" t="s">
-        <v>1559</v>
+        <v>694</v>
       </c>
       <c r="G431" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A432" s="1" t="s">
-        <v>1691</v>
+        <v>1687</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1692</v>
+        <v>1688</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1693</v>
+        <v>1689</v>
       </c>
       <c r="D432" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>1694</v>
+        <v>1690</v>
       </c>
       <c r="F432" s="3" t="s">
-        <v>1559</v>
+        <v>694</v>
       </c>
       <c r="G432" s="3" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
     </row>
     <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A433" s="1" t="s">
-        <v>1695</v>
+        <v>1691</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1696</v>
+        <v>1692</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1697</v>
+        <v>1693</v>
       </c>
       <c r="D433" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>1698</v>
+        <v>1694</v>
       </c>
       <c r="F433" s="3" t="s">
-        <v>1559</v>
+        <v>694</v>
       </c>
       <c r="G433" s="3" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
     </row>
     <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A434" s="1" t="s">
-        <v>1699</v>
+        <v>1695</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>1700</v>
+        <v>1696</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1701</v>
+        <v>1697</v>
       </c>
       <c r="D434" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E434" s="3" t="s">
-        <v>1702</v>
+        <v>1698</v>
       </c>
       <c r="F434" s="3" t="s">
-        <v>1559</v>
+        <v>694</v>
       </c>
       <c r="G434" s="3" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
     </row>
     <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A435" s="1" t="s">
-        <v>1703</v>
+        <v>1699</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>1704</v>
+        <v>1700</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1705</v>
+        <v>1701</v>
       </c>
       <c r="D435" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E435" s="3" t="s">
-        <v>1706</v>
+        <v>1702</v>
       </c>
       <c r="F435" s="3" t="s">
-        <v>1559</v>
+        <v>694</v>
       </c>
       <c r="G435" s="3" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
     </row>
     <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A436" s="1" t="s">
-        <v>1707</v>
+        <v>1703</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>1708</v>
+        <v>1704</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1709</v>
+        <v>1705</v>
       </c>
       <c r="D436" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>1710</v>
+        <v>1706</v>
       </c>
       <c r="F436" s="3" t="s">
-        <v>1559</v>
+        <v>694</v>
       </c>
       <c r="G436" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A437" s="1" t="s">
-        <v>1711</v>
+        <v>1707</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>1712</v>
+        <v>1708</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1712</v>
+        <v>1709</v>
       </c>
       <c r="D437" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>1713</v>
+        <v>1710</v>
       </c>
       <c r="F437" s="3" t="s">
-        <v>1400</v>
+        <v>694</v>
       </c>
       <c r="G437" s="3" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
     </row>
     <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A438" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>1712</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>1713</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E438" s="3" t="s">
         <v>1714</v>
       </c>
-      <c r="B438" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F438" s="3" t="s">
-        <v>1400</v>
+        <v>694</v>
       </c>
       <c r="G438" s="3" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
     </row>
     <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A439" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B439" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C439" s="1" t="s">
         <v>1717</v>
       </c>
-      <c r="B439" s="1" t="s">
+      <c r="D439" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E439" s="3" t="s">
         <v>1718</v>
       </c>
-      <c r="C439" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F439" s="3" t="s">
-        <v>1400</v>
+        <v>694</v>
       </c>
       <c r="G439" s="3" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
     </row>
     <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A440" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B440" s="1" t="s">
         <v>1720</v>
-      </c>
-[...1 lines deleted...]
-        <v>1721</v>
       </c>
       <c r="C440" s="1" t="s">
         <v>1721</v>
       </c>
       <c r="D440" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E440" s="3" t="s">
         <v>1722</v>
       </c>
       <c r="F440" s="3" t="s">
-        <v>1400</v>
+        <v>1110</v>
       </c>
       <c r="G440" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A441" s="1" t="s">
         <v>1723</v>
       </c>
       <c r="B441" s="1" t="s">
         <v>1724</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="D441" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E441" s="3" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="F441" s="3" t="s">
-        <v>1400</v>
+        <v>1393</v>
       </c>
       <c r="G441" s="3" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
     </row>
     <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A442" s="1" t="s">
-        <v>1726</v>
+        <v>1723</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>1727</v>
       </c>
       <c r="C442" s="1" t="s">
         <v>1728</v>
       </c>
       <c r="D442" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E442" s="3" t="s">
         <v>1729</v>
       </c>
       <c r="F442" s="3" t="s">
-        <v>1559</v>
+        <v>1393</v>
       </c>
       <c r="G442" s="3" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
     </row>
     <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A443" s="1" t="s">
         <v>1730</v>
       </c>
       <c r="B443" s="1" t="s">
         <v>1731</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="D443" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E443" s="3" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="F443" s="3" t="s">
-        <v>679</v>
+        <v>1393</v>
       </c>
       <c r="G443" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A444" s="1" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="D444" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E444" s="3" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="F444" s="3" t="s">
-        <v>679</v>
+        <v>1393</v>
       </c>
       <c r="G444" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A445" s="1" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>1737</v>
+        <v>1740</v>
       </c>
       <c r="D445" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E445" s="3" t="s">
-        <v>1738</v>
+        <v>1741</v>
       </c>
       <c r="F445" s="3" t="s">
-        <v>1400</v>
+        <v>1393</v>
       </c>
       <c r="G445" s="3" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
     </row>
     <row r="446" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A446" s="1" t="s">
-        <v>1739</v>
+        <v>1742</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>1740</v>
+        <v>1743</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1741</v>
+        <v>1744</v>
       </c>
       <c r="D446" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>1742</v>
+        <v>1745</v>
       </c>
       <c r="F446" s="3" t="s">
-        <v>94</v>
+        <v>1393</v>
       </c>
       <c r="G446" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="447" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A447" s="1" t="s">
-        <v>1743</v>
+        <v>1746</v>
       </c>
       <c r="B447" s="1" t="s">
+        <v>1747</v>
+      </c>
+      <c r="C447" s="1" t="s">
         <v>1744</v>
       </c>
-      <c r="C447" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D447" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E447" s="3" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="F447" s="3" t="s">
-        <v>94</v>
+        <v>1393</v>
       </c>
       <c r="G447" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="448" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A448" s="1" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>1749</v>
+        <v>1744</v>
       </c>
       <c r="D448" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E448" s="3" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="F448" s="3" t="s">
-        <v>115</v>
+        <v>1393</v>
       </c>
       <c r="G448" s="3" t="s">
-        <v>605</v>
+        <v>78</v>
       </c>
     </row>
     <row r="449" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A449" s="1" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1753</v>
+        <v>1744</v>
       </c>
       <c r="D449" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E449" s="3" t="s">
         <v>1754</v>
       </c>
       <c r="F449" s="3" t="s">
-        <v>115</v>
+        <v>1393</v>
       </c>
       <c r="G449" s="3" t="s">
-        <v>605</v>
+        <v>78</v>
       </c>
     </row>
     <row r="450" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A450" s="1" t="s">
         <v>1755</v>
       </c>
       <c r="B450" s="1" t="s">
         <v>1756</v>
       </c>
       <c r="C450" s="1" t="s">
         <v>1757</v>
       </c>
       <c r="D450" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E450" s="3" t="s">
         <v>1758</v>
       </c>
       <c r="F450" s="3" t="s">
-        <v>702</v>
+        <v>1393</v>
       </c>
       <c r="G450" s="3" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
     </row>
     <row r="451" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A451" s="1" t="s">
         <v>1759</v>
       </c>
       <c r="B451" s="1" t="s">
         <v>1760</v>
       </c>
       <c r="C451" s="1" t="s">
         <v>1761</v>
       </c>
       <c r="D451" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E451" s="3" t="s">
         <v>1762</v>
       </c>
       <c r="F451" s="3" t="s">
-        <v>702</v>
+        <v>1393</v>
       </c>
       <c r="G451" s="3" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
     </row>
     <row r="452" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A452" s="1" t="s">
         <v>1763</v>
       </c>
       <c r="B452" s="1" t="s">
         <v>1764</v>
       </c>
       <c r="C452" s="1" t="s">
         <v>1765</v>
       </c>
       <c r="D452" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E452" s="3" t="s">
         <v>1766</v>
       </c>
       <c r="F452" s="3" t="s">
-        <v>702</v>
+        <v>1393</v>
       </c>
       <c r="G452" s="3" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
     </row>
     <row r="453" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A453" s="1" t="s">
         <v>1767</v>
       </c>
       <c r="B453" s="1" t="s">
         <v>1768</v>
       </c>
       <c r="C453" s="1" t="s">
         <v>1769</v>
       </c>
       <c r="D453" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E453" s="3" t="s">
         <v>1770</v>
       </c>
       <c r="F453" s="3" t="s">
-        <v>702</v>
+        <v>1393</v>
       </c>
       <c r="G453" s="3" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
     </row>
     <row r="454" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A454" s="1" t="s">
         <v>1771</v>
       </c>
       <c r="B454" s="1" t="s">
         <v>1772</v>
       </c>
       <c r="C454" s="1" t="s">
         <v>1773</v>
       </c>
       <c r="D454" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E454" s="3" t="s">
         <v>1774</v>
       </c>
       <c r="F454" s="3" t="s">
-        <v>702</v>
+        <v>1393</v>
       </c>
       <c r="G454" s="3" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
     </row>
     <row r="455" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A455" s="1" t="s">
         <v>1775</v>
       </c>
       <c r="B455" s="1" t="s">
         <v>1776</v>
       </c>
       <c r="C455" s="1" t="s">
         <v>1777</v>
       </c>
       <c r="D455" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E455" s="3" t="s">
         <v>1778</v>
       </c>
       <c r="F455" s="3" t="s">
-        <v>702</v>
+        <v>1393</v>
       </c>
       <c r="G455" s="3" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
     </row>
     <row r="456" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A456" s="1" t="s">
         <v>1779</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>1780</v>
       </c>
       <c r="C456" s="1" t="s">
         <v>1781</v>
       </c>
       <c r="D456" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E456" s="3" t="s">
         <v>1782</v>
       </c>
       <c r="F456" s="3" t="s">
-        <v>702</v>
+        <v>1393</v>
       </c>
       <c r="G456" s="3" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
     </row>
     <row r="457" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A457" s="1" t="s">
         <v>1783</v>
       </c>
       <c r="B457" s="1" t="s">
         <v>1784</v>
       </c>
       <c r="C457" s="1" t="s">
         <v>1785</v>
       </c>
       <c r="D457" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E457" s="3" t="s">
         <v>1786</v>
       </c>
       <c r="F457" s="3" t="s">
-        <v>702</v>
+        <v>21</v>
       </c>
       <c r="G457" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="458" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A458" s="1" t="s">
         <v>1787</v>
       </c>
       <c r="B458" s="1" t="s">
         <v>1788</v>
       </c>
       <c r="C458" s="1" t="s">
         <v>1789</v>
       </c>
       <c r="D458" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E458" s="3" t="s">
         <v>1790</v>
       </c>
       <c r="F458" s="3" t="s">
-        <v>702</v>
+        <v>1791</v>
       </c>
       <c r="G458" s="3" t="s">
-        <v>41</v>
+        <v>626</v>
       </c>
     </row>
     <row r="459" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A459" s="1" t="s">
+        <v>1792</v>
+      </c>
+      <c r="B459" s="1" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C459" s="1" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D459" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E459" s="3" t="s">
+        <v>1795</v>
+      </c>
+      <c r="F459" s="3" t="s">
         <v>1791</v>
       </c>
-      <c r="B459" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G459" s="3" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
     </row>
     <row r="460" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A460" s="1" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="D460" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E460" s="3" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="F460" s="3" t="s">
-        <v>1163</v>
+        <v>1791</v>
       </c>
       <c r="G460" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="461" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A461" s="1" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="D461" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="F461" s="3" t="s">
-        <v>1456</v>
+        <v>1791</v>
       </c>
       <c r="G461" s="3" t="s">
-        <v>85</v>
+        <v>532</v>
       </c>
     </row>
     <row r="462" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A462" s="1" t="s">
-        <v>1799</v>
+        <v>1804</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
       <c r="D462" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E462" s="3" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="F462" s="3" t="s">
-        <v>1456</v>
+        <v>694</v>
       </c>
       <c r="G462" s="3" t="s">
-        <v>85</v>
+        <v>597</v>
       </c>
     </row>
     <row r="463" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A463" s="1" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="D463" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="F463" s="3" t="s">
-        <v>1456</v>
+        <v>694</v>
       </c>
       <c r="G463" s="3" t="s">
-        <v>85</v>
+        <v>597</v>
       </c>
     </row>
     <row r="464" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A464" s="1" t="s">
-        <v>1810</v>
+        <v>1812</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>1811</v>
+        <v>1813</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>1812</v>
+        <v>1814</v>
       </c>
       <c r="D464" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E464" s="3" t="s">
-        <v>1813</v>
+        <v>1815</v>
       </c>
       <c r="F464" s="3" t="s">
-        <v>1456</v>
+        <v>694</v>
       </c>
       <c r="G464" s="3" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
     </row>
     <row r="465" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A465" s="1" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="D465" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E465" s="3" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="F465" s="3" t="s">
-        <v>1456</v>
+        <v>694</v>
       </c>
       <c r="G465" s="3" t="s">
-        <v>85</v>
+        <v>597</v>
       </c>
     </row>
     <row r="466" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A466" s="1" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="D466" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="F466" s="3" t="s">
-        <v>1456</v>
+        <v>694</v>
       </c>
       <c r="G466" s="3" t="s">
-        <v>85</v>
+        <v>597</v>
       </c>
     </row>
     <row r="467" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A467" s="1" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1820</v>
+        <v>1826</v>
       </c>
       <c r="D467" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E467" s="3" t="s">
-        <v>1824</v>
+        <v>1827</v>
       </c>
       <c r="F467" s="3" t="s">
-        <v>1456</v>
+        <v>694</v>
       </c>
       <c r="G467" s="3" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
     </row>
     <row r="468" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A468" s="1" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1820</v>
+        <v>1830</v>
       </c>
       <c r="D468" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E468" s="3" t="s">
-        <v>1827</v>
+        <v>1831</v>
       </c>
       <c r="F468" s="3" t="s">
-        <v>1456</v>
+        <v>694</v>
       </c>
       <c r="G468" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="469" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A469" s="1" t="s">
-        <v>1828</v>
+        <v>1832</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>1829</v>
+        <v>1833</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1820</v>
+        <v>1833</v>
       </c>
       <c r="D469" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E469" s="3" t="s">
-        <v>1830</v>
+        <v>1834</v>
       </c>
       <c r="F469" s="3" t="s">
-        <v>1456</v>
+        <v>42</v>
       </c>
       <c r="G469" s="3" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
     </row>
     <row r="470" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A470" s="1" t="s">
-        <v>1831</v>
+        <v>1835</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>1832</v>
+        <v>1836</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1833</v>
+        <v>1837</v>
       </c>
       <c r="D470" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E470" s="3" t="s">
-        <v>1834</v>
+        <v>1838</v>
       </c>
       <c r="F470" s="3" t="s">
-        <v>1456</v>
+        <v>694</v>
       </c>
       <c r="G470" s="3" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
     </row>
     <row r="471" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A471" s="1" t="s">
-        <v>1835</v>
+        <v>1839</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>1836</v>
+        <v>1840</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1837</v>
+        <v>1841</v>
       </c>
       <c r="D471" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E471" s="3" t="s">
-        <v>1838</v>
+        <v>1842</v>
       </c>
       <c r="F471" s="3" t="s">
-        <v>1456</v>
+        <v>694</v>
       </c>
       <c r="G471" s="3" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
     </row>
     <row r="472" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A472" s="1" t="s">
-        <v>1839</v>
+        <v>1843</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>1840</v>
+        <v>1844</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1841</v>
+        <v>1844</v>
       </c>
       <c r="D472" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E472" s="3" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="F472" s="3" t="s">
-        <v>1456</v>
+        <v>674</v>
       </c>
       <c r="G472" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="473" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A473" s="1" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>1844</v>
+        <v>1847</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>1845</v>
+        <v>1848</v>
       </c>
       <c r="D473" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E473" s="3" t="s">
-        <v>1846</v>
+        <v>1849</v>
       </c>
       <c r="F473" s="3" t="s">
-        <v>1456</v>
+        <v>1489</v>
       </c>
       <c r="G473" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="474" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A474" s="1" t="s">
-        <v>1847</v>
+        <v>1850</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>1848</v>
+        <v>1851</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="D474" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E474" s="3" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="F474" s="3" t="s">
-        <v>1456</v>
+        <v>265</v>
       </c>
       <c r="G474" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="475" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A475" s="1" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="D475" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E475" s="3" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="F475" s="3" t="s">
-        <v>1456</v>
+        <v>1393</v>
       </c>
       <c r="G475" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="476" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A476" s="1" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="D476" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E476" s="3" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="F476" s="3" t="s">
-        <v>1456</v>
+        <v>1393</v>
       </c>
       <c r="G476" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="477" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A477" s="1" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="D477" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E477" s="3" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="F477" s="3" t="s">
-        <v>94</v>
+        <v>1393</v>
       </c>
       <c r="G477" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="478" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A478" s="1" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="D478" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E478" s="3" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="F478" s="3" t="s">
-        <v>21</v>
+        <v>1393</v>
       </c>
       <c r="G478" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="479" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A479" s="1" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="D479" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="F479" s="3" t="s">
-        <v>1871</v>
+        <v>1110</v>
       </c>
       <c r="G479" s="3" t="s">
-        <v>689</v>
+        <v>78</v>
       </c>
     </row>
     <row r="480" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A480" s="1" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="D480" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E480" s="3" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="F480" s="3" t="s">
-        <v>1871</v>
+        <v>1110</v>
       </c>
       <c r="G480" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="481" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A481" s="1" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="D481" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E481" s="3" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="F481" s="3" t="s">
-        <v>1871</v>
+        <v>1110</v>
       </c>
       <c r="G481" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="482" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A482" s="1" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="D482" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E482" s="3" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="F482" s="3" t="s">
-        <v>1871</v>
+        <v>1110</v>
       </c>
       <c r="G482" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="483" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A483" s="1" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="D483" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="F483" s="3" t="s">
-        <v>1871</v>
+        <v>1110</v>
       </c>
       <c r="G483" s="3" t="s">
-        <v>535</v>
+        <v>17</v>
       </c>
     </row>
     <row r="484" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A484" s="1" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="D484" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E484" s="3" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="F484" s="3" t="s">
-        <v>702</v>
+        <v>1110</v>
       </c>
       <c r="G484" s="3" t="s">
-        <v>605</v>
+        <v>17</v>
       </c>
     </row>
     <row r="485" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A485" s="1" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="D485" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E485" s="3" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="F485" s="3" t="s">
-        <v>702</v>
+        <v>1110</v>
       </c>
       <c r="G485" s="3" t="s">
-        <v>605</v>
+        <v>17</v>
       </c>
     </row>
     <row r="486" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A486" s="1" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="D486" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E486" s="3" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="F486" s="3" t="s">
-        <v>702</v>
+        <v>1110</v>
       </c>
       <c r="G486" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="487" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A487" s="1" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="D487" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="F487" s="3" t="s">
-        <v>702</v>
+        <v>1110</v>
       </c>
       <c r="G487" s="3" t="s">
-        <v>41</v>
+        <v>617</v>
       </c>
     </row>
     <row r="488" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A488" s="1" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="D488" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E488" s="3" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="F488" s="3" t="s">
-        <v>702</v>
+        <v>1110</v>
       </c>
       <c r="G488" s="3" t="s">
-        <v>605</v>
+        <v>17</v>
       </c>
     </row>
     <row r="489" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A489" s="1" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="D489" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>1911</v>
+        <v>1912</v>
       </c>
       <c r="F489" s="3" t="s">
-        <v>702</v>
+        <v>1110</v>
       </c>
       <c r="G489" s="3" t="s">
-        <v>605</v>
+        <v>17</v>
       </c>
     </row>
     <row r="490" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A490" s="1" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
       <c r="D490" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="F490" s="3" t="s">
-        <v>702</v>
+        <v>1110</v>
       </c>
       <c r="G490" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="491" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A491" s="1" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="D491" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="F491" s="3" t="s">
-        <v>702</v>
+        <v>1110</v>
       </c>
       <c r="G491" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="492" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A492" s="1" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="D492" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="F492" s="3" t="s">
-        <v>49</v>
+        <v>1393</v>
       </c>
       <c r="G492" s="3" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
     </row>
     <row r="493" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A493" s="1" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="D493" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E493" s="3" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="F493" s="3" t="s">
-        <v>702</v>
+        <v>1393</v>
       </c>
       <c r="G493" s="3" t="s">
-        <v>116</v>
+        <v>78</v>
       </c>
     </row>
     <row r="494" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A494" s="1" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
       <c r="D494" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E494" s="3" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="F494" s="3" t="s">
-        <v>702</v>
+        <v>1393</v>
       </c>
       <c r="G494" s="3" t="s">
-        <v>116</v>
+        <v>78</v>
       </c>
     </row>
     <row r="495" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A495" s="1" t="s">
-        <v>1931</v>
+        <v>1933</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1932</v>
+        <v>1935</v>
       </c>
       <c r="D495" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E495" s="3" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="F495" s="3" t="s">
-        <v>679</v>
+        <v>1393</v>
       </c>
       <c r="G495" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="496" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A496" s="1" t="s">
-        <v>1934</v>
+        <v>1937</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>1935</v>
+        <v>1938</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1935</v>
+        <v>1939</v>
       </c>
       <c r="D496" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E496" s="3" t="s">
-        <v>1936</v>
+        <v>1940</v>
       </c>
       <c r="F496" s="3" t="s">
-        <v>281</v>
+        <v>21</v>
       </c>
       <c r="G496" s="3" t="s">
-        <v>85</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="497" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A497" s="1" t="s">
-        <v>1937</v>
+        <v>1941</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1938</v>
+        <v>1942</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1939</v>
+        <v>1943</v>
       </c>
       <c r="D497" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>1940</v>
+        <v>1944</v>
       </c>
       <c r="F497" s="3" t="s">
-        <v>1456</v>
+        <v>99</v>
       </c>
       <c r="G497" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="498" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A498" s="1" t="s">
-        <v>1941</v>
+        <v>1945</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1942</v>
+        <v>1946</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1943</v>
+        <v>1947</v>
       </c>
       <c r="D498" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E498" s="3" t="s">
-        <v>1944</v>
+        <v>1948</v>
       </c>
       <c r="F498" s="3" t="s">
-        <v>1456</v>
+        <v>1791</v>
       </c>
       <c r="G498" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="499" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A499" s="1" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1947</v>
+        <v>1951</v>
       </c>
       <c r="D499" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>1948</v>
+        <v>1952</v>
       </c>
       <c r="F499" s="3" t="s">
-        <v>1456</v>
+        <v>1791</v>
       </c>
       <c r="G499" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="500" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A500" s="1" t="s">
-        <v>1949</v>
+        <v>1953</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>1950</v>
+        <v>1954</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1951</v>
+        <v>1955</v>
       </c>
       <c r="D500" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E500" s="3" t="s">
-        <v>1952</v>
+        <v>1956</v>
       </c>
       <c r="F500" s="3" t="s">
-        <v>1456</v>
+        <v>1393</v>
       </c>
       <c r="G500" s="3" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
     </row>
     <row r="501" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A501" s="1" t="s">
-        <v>1953</v>
+        <v>1957</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1954</v>
+        <v>1958</v>
       </c>
       <c r="C501" s="1" t="s">
         <v>1955</v>
       </c>
       <c r="D501" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E501" s="3" t="s">
-        <v>1956</v>
+        <v>1959</v>
       </c>
       <c r="F501" s="3" t="s">
-        <v>1163</v>
+        <v>1393</v>
       </c>
       <c r="G501" s="3" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
     </row>
     <row r="502" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A502" s="1" t="s">
-        <v>1957</v>
+        <v>1960</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1958</v>
+        <v>1961</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1959</v>
+        <v>1955</v>
       </c>
       <c r="D502" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E502" s="3" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
       <c r="F502" s="3" t="s">
-        <v>1163</v>
+        <v>1393</v>
       </c>
       <c r="G502" s="3" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
     </row>
     <row r="503" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A503" s="1" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
       <c r="D503" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="F503" s="3" t="s">
-        <v>1163</v>
+        <v>1393</v>
       </c>
       <c r="G503" s="3" t="s">
-        <v>17</v>
+        <v>617</v>
       </c>
     </row>
     <row r="504" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A504" s="1" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B504" s="1" t="s">
+        <v>1968</v>
+      </c>
+      <c r="C504" s="1" t="s">
         <v>1965</v>
       </c>
-      <c r="B504" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D504" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
       <c r="F504" s="3" t="s">
-        <v>1163</v>
+        <v>1393</v>
       </c>
       <c r="G504" s="3" t="s">
-        <v>17</v>
+        <v>617</v>
       </c>
     </row>
     <row r="505" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A505" s="1" t="s">
-        <v>1969</v>
+        <v>1970</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1971</v>
+        <v>1965</v>
       </c>
       <c r="D505" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E505" s="3" t="s">
         <v>1972</v>
       </c>
       <c r="F505" s="3" t="s">
-        <v>1163</v>
+        <v>1393</v>
       </c>
       <c r="G505" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="506" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A506" s="1" t="s">
         <v>1973</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>1974</v>
       </c>
       <c r="C506" s="1" t="s">
         <v>1975</v>
       </c>
       <c r="D506" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E506" s="3" t="s">
         <v>1976</v>
       </c>
       <c r="F506" s="3" t="s">
-        <v>1163</v>
+        <v>1393</v>
       </c>
       <c r="G506" s="3" t="s">
-        <v>17</v>
+        <v>617</v>
       </c>
     </row>
     <row r="507" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A507" s="1" t="s">
         <v>1977</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>1978</v>
       </c>
       <c r="C507" s="1" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D507" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E507" s="3" t="s">
         <v>1979</v>
       </c>
-      <c r="D507" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F507" s="3" t="s">
-        <v>1163</v>
+        <v>1393</v>
       </c>
       <c r="G507" s="3" t="s">
-        <v>17</v>
+        <v>617</v>
       </c>
     </row>
     <row r="508" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A508" s="1" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B508" s="1" t="s">
         <v>1981</v>
       </c>
-      <c r="B508" s="1" t="s">
+      <c r="C508" s="1" t="s">
         <v>1982</v>
       </c>
-      <c r="C508" s="1" t="s">
+      <c r="D508" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E508" s="3" t="s">
         <v>1983</v>
       </c>
-      <c r="D508" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F508" s="3" t="s">
-        <v>1163</v>
+        <v>1393</v>
       </c>
       <c r="G508" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="509" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A509" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B509" s="1" t="s">
         <v>1985</v>
       </c>
-      <c r="B509" s="1" t="s">
+      <c r="C509" s="1" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D509" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E509" s="3" t="s">
         <v>1986</v>
       </c>
-      <c r="C509" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F509" s="3" t="s">
-        <v>1163</v>
+        <v>265</v>
       </c>
       <c r="G509" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="510" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A510" s="1" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B510" s="1" t="s">
+        <v>1988</v>
+      </c>
+      <c r="C510" s="1" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D510" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E510" s="3" t="s">
         <v>1989</v>
       </c>
-      <c r="B510" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F510" s="3" t="s">
-        <v>1163</v>
+        <v>265</v>
       </c>
       <c r="G510" s="3" t="s">
-        <v>633</v>
+        <v>28</v>
       </c>
     </row>
     <row r="511" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A511" s="1" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B511" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C511" s="1" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D511" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E511" s="3" t="s">
         <v>1993</v>
       </c>
-      <c r="B511" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F511" s="3" t="s">
-        <v>1163</v>
+        <v>694</v>
       </c>
       <c r="G511" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="512" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A512" s="1" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B512" s="1" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C512" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D512" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E512" s="3" t="s">
         <v>1997</v>
       </c>
-      <c r="B512" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F512" s="3" t="s">
-        <v>1163</v>
+        <v>694</v>
       </c>
       <c r="G512" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="513" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A513" s="1" t="s">
+        <v>1998</v>
+      </c>
+      <c r="B513" s="1" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C513" s="1" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D513" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E513" s="3" t="s">
         <v>2001</v>
       </c>
-      <c r="B513" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F513" s="3" t="s">
-        <v>1163</v>
+        <v>694</v>
       </c>
       <c r="G513" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="514" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A514" s="1" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B514" s="1" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C514" s="1" t="s">
+        <v>2003</v>
+      </c>
+      <c r="D514" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E514" s="3" t="s">
+        <v>2004</v>
+      </c>
+      <c r="F514" s="3" t="s">
         <v>2005</v>
       </c>
-      <c r="B514" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G514" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="515" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A515" s="1" t="s">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="B515" s="1" t="s">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="D515" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E515" s="3" t="s">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="F515" s="3" t="s">
-        <v>1163</v>
+        <v>42</v>
       </c>
       <c r="G515" s="3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="516" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A516" s="1" t="s">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="B516" s="1" t="s">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="D516" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E516" s="3" t="s">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="F516" s="3" t="s">
-        <v>1456</v>
+        <v>42</v>
       </c>
       <c r="G516" s="3" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
     </row>
     <row r="517" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A517" s="1" t="s">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="D517" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E517" s="3" t="s">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="F517" s="3" t="s">
-        <v>1456</v>
+        <v>42</v>
       </c>
       <c r="G517" s="3" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
     </row>
     <row r="518" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A518" s="1" t="s">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="D518" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E518" s="3" t="s">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="F518" s="3" t="s">
-        <v>1456</v>
+        <v>42</v>
       </c>
       <c r="G518" s="3" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
     </row>
     <row r="519" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A519" s="1" t="s">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>2026</v>
+        <v>2019</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>2027</v>
+        <v>2019</v>
       </c>
       <c r="D519" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E519" s="3" t="s">
-        <v>2028</v>
+        <v>2020</v>
       </c>
       <c r="F519" s="3" t="s">
-        <v>1456</v>
+        <v>895</v>
       </c>
       <c r="G519" s="3" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
     </row>
     <row r="520" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A520" s="1" t="s">
-        <v>2029</v>
+        <v>2021</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>2030</v>
+        <v>2022</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>2031</v>
+        <v>2023</v>
       </c>
       <c r="D520" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E520" s="3" t="s">
-        <v>2032</v>
+        <v>2024</v>
       </c>
       <c r="F520" s="3" t="s">
-        <v>1163</v>
+        <v>1110</v>
       </c>
       <c r="G520" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="521" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A521" s="1" t="s">
-        <v>2033</v>
+        <v>2025</v>
       </c>
       <c r="B521" s="1" t="s">
-        <v>2034</v>
+        <v>2026</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>2035</v>
+        <v>2027</v>
       </c>
       <c r="D521" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E521" s="3" t="s">
-        <v>2036</v>
+        <v>2028</v>
       </c>
       <c r="F521" s="3" t="s">
-        <v>21</v>
+        <v>1110</v>
       </c>
       <c r="G521" s="3" t="s">
-        <v>880</v>
+        <v>78</v>
       </c>
     </row>
     <row r="522" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A522" s="1" t="s">
-        <v>2037</v>
+        <v>2029</v>
       </c>
       <c r="B522" s="1" t="s">
-        <v>2038</v>
+        <v>2030</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>2039</v>
+        <v>2031</v>
       </c>
       <c r="D522" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E522" s="3" t="s">
-        <v>2040</v>
+        <v>2032</v>
       </c>
       <c r="F522" s="3" t="s">
-        <v>21</v>
+        <v>1110</v>
       </c>
       <c r="G522" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="523" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A523" s="1" t="s">
-        <v>2041</v>
+        <v>2033</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>2042</v>
+        <v>2034</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>2043</v>
+        <v>2035</v>
       </c>
       <c r="D523" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E523" s="3" t="s">
-        <v>2044</v>
+        <v>2036</v>
       </c>
       <c r="F523" s="3" t="s">
-        <v>1871</v>
+        <v>1110</v>
       </c>
       <c r="G523" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="524" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A524" s="1" t="s">
-        <v>2045</v>
+        <v>2037</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>2046</v>
+        <v>2038</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>2047</v>
+        <v>2039</v>
       </c>
       <c r="D524" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E524" s="3" t="s">
-        <v>2048</v>
+        <v>2040</v>
       </c>
       <c r="F524" s="3" t="s">
-        <v>1871</v>
+        <v>1110</v>
       </c>
       <c r="G524" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="525" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A525" s="1" t="s">
-        <v>2049</v>
+        <v>2041</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>2050</v>
+        <v>2042</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>2051</v>
+        <v>2043</v>
       </c>
       <c r="D525" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E525" s="3" t="s">
-        <v>2052</v>
+        <v>2044</v>
       </c>
       <c r="F525" s="3" t="s">
-        <v>1456</v>
+        <v>1110</v>
       </c>
       <c r="G525" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="526" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A526" s="1" t="s">
-        <v>2053</v>
+        <v>2045</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>2054</v>
+        <v>2046</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>2051</v>
+        <v>2047</v>
       </c>
       <c r="D526" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E526" s="3" t="s">
-        <v>2055</v>
+        <v>2048</v>
       </c>
       <c r="F526" s="3" t="s">
-        <v>1456</v>
+        <v>1110</v>
       </c>
       <c r="G526" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="527" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A527" s="1" t="s">
-        <v>2056</v>
+        <v>2049</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>2057</v>
+        <v>2050</v>
       </c>
       <c r="C527" s="1" t="s">
         <v>2051</v>
       </c>
       <c r="D527" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E527" s="3" t="s">
-        <v>2058</v>
+        <v>2052</v>
       </c>
       <c r="F527" s="3" t="s">
-        <v>1456</v>
+        <v>1110</v>
       </c>
       <c r="G527" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="528" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A528" s="1" t="s">
-        <v>2059</v>
+        <v>2053</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>2060</v>
+        <v>2054</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>2061</v>
+        <v>2055</v>
       </c>
       <c r="D528" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E528" s="3" t="s">
-        <v>2062</v>
+        <v>2056</v>
       </c>
       <c r="F528" s="3" t="s">
-        <v>1456</v>
+        <v>1110</v>
       </c>
       <c r="G528" s="3" t="s">
-        <v>633</v>
+        <v>17</v>
       </c>
     </row>
     <row r="529" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A529" s="1" t="s">
-        <v>2063</v>
+        <v>2057</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>2064</v>
+        <v>2058</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>2061</v>
+        <v>2059</v>
       </c>
       <c r="D529" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E529" s="3" t="s">
-        <v>2065</v>
+        <v>2060</v>
       </c>
       <c r="F529" s="3" t="s">
-        <v>1456</v>
+        <v>1110</v>
       </c>
       <c r="G529" s="3" t="s">
-        <v>633</v>
+        <v>17</v>
       </c>
     </row>
     <row r="530" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A530" s="1" t="s">
-        <v>2066</v>
+        <v>2061</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>2067</v>
+        <v>2062</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>2061</v>
+        <v>2063</v>
       </c>
       <c r="D530" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E530" s="3" t="s">
-        <v>2068</v>
+        <v>2064</v>
       </c>
       <c r="F530" s="3" t="s">
-        <v>1456</v>
+        <v>1110</v>
       </c>
       <c r="G530" s="3" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="531" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A531" s="1" t="s">
-        <v>2069</v>
+        <v>2065</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>2070</v>
+        <v>2066</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>2071</v>
+        <v>2067</v>
       </c>
       <c r="D531" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E531" s="3" t="s">
-        <v>2072</v>
+        <v>2068</v>
       </c>
       <c r="F531" s="3" t="s">
-        <v>1456</v>
+        <v>694</v>
       </c>
       <c r="G531" s="3" t="s">
-        <v>633</v>
+        <v>937</v>
       </c>
     </row>
     <row r="532" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A532" s="1" t="s">
-        <v>2073</v>
+        <v>2069</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>2074</v>
+        <v>2070</v>
       </c>
       <c r="C532" s="1" t="s">
         <v>2071</v>
       </c>
       <c r="D532" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E532" s="3" t="s">
-        <v>2075</v>
+        <v>2072</v>
       </c>
       <c r="F532" s="3" t="s">
-        <v>1456</v>
+        <v>694</v>
       </c>
       <c r="G532" s="3" t="s">
-        <v>633</v>
+        <v>937</v>
       </c>
     </row>
     <row r="533" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A533" s="1" t="s">
+        <v>2073</v>
+      </c>
+      <c r="B533" s="1" t="s">
+        <v>2074</v>
+      </c>
+      <c r="C533" s="1" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D533" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E533" s="3" t="s">
         <v>2076</v>
       </c>
-      <c r="B533" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F533" s="3" t="s">
-        <v>1456</v>
+        <v>694</v>
       </c>
       <c r="G533" s="3" t="s">
-        <v>41</v>
+        <v>937</v>
       </c>
     </row>
     <row r="534" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A534" s="1" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B534" s="1" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C534" s="1" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D534" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E534" s="3" t="s">
         <v>2080</v>
       </c>
-      <c r="B534" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F534" s="3" t="s">
-        <v>281</v>
+        <v>694</v>
       </c>
       <c r="G534" s="3" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
     </row>
     <row r="535" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A535" s="1" t="s">
+        <v>2081</v>
+      </c>
+      <c r="B535" s="1" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C535" s="1" t="s">
         <v>2083</v>
       </c>
-      <c r="B535" s="1" t="s">
+      <c r="D535" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E535" s="3" t="s">
         <v>2084</v>
       </c>
-      <c r="C535" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F535" s="3" t="s">
-        <v>281</v>
+        <v>694</v>
       </c>
       <c r="G535" s="3" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
     </row>
     <row r="536" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A536" s="1" t="s">
+        <v>2085</v>
+      </c>
+      <c r="B536" s="1" t="s">
         <v>2086</v>
       </c>
-      <c r="B536" s="1" t="s">
+      <c r="C536" s="1" t="s">
         <v>2087</v>
       </c>
-      <c r="C536" s="1" t="s">
+      <c r="D536" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E536" s="3" t="s">
         <v>2088</v>
       </c>
-      <c r="D536" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F536" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G536" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="537" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A537" s="1" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B537" s="1" t="s">
         <v>2090</v>
       </c>
-      <c r="B537" s="1" t="s">
+      <c r="C537" s="1" t="s">
         <v>2091</v>
       </c>
-      <c r="C537" s="1" t="s">
+      <c r="D537" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E537" s="3" t="s">
         <v>2092</v>
       </c>
-      <c r="D537" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F537" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G537" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="538" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A538" s="1" t="s">
+        <v>2093</v>
+      </c>
+      <c r="B538" s="1" t="s">
         <v>2094</v>
-      </c>
-[...1 lines deleted...]
-        <v>2095</v>
       </c>
       <c r="C538" s="1" t="s">
         <v>2095</v>
       </c>
       <c r="D538" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E538" s="3" t="s">
         <v>2096</v>
       </c>
       <c r="F538" s="3" t="s">
-        <v>2097</v>
+        <v>47</v>
       </c>
       <c r="G538" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="539" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A539" s="1" t="s">
+        <v>2097</v>
+      </c>
+      <c r="B539" s="1" t="s">
         <v>2098</v>
-      </c>
-[...1 lines deleted...]
-        <v>2099</v>
       </c>
       <c r="C539" s="1" t="s">
         <v>2099</v>
       </c>
       <c r="D539" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E539" s="3" t="s">
         <v>2100</v>
       </c>
       <c r="F539" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G539" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="540" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A540" s="1" t="s">
         <v>2101</v>
       </c>
       <c r="B540" s="1" t="s">
         <v>2102</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>2102</v>
+        <v>2103</v>
       </c>
       <c r="D540" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E540" s="3" t="s">
-        <v>2103</v>
+        <v>2104</v>
       </c>
       <c r="F540" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G540" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="541" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A541" s="1" t="s">
-        <v>2104</v>
+        <v>2105</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>2105</v>
+        <v>2106</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>2105</v>
+        <v>2107</v>
       </c>
       <c r="D541" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E541" s="3" t="s">
-        <v>2106</v>
+        <v>2108</v>
       </c>
       <c r="F541" s="3" t="s">
-        <v>49</v>
+        <v>694</v>
       </c>
       <c r="G541" s="3" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
     </row>
     <row r="542" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A542" s="1" t="s">
-        <v>2107</v>
+        <v>2109</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>2108</v>
+        <v>2110</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>2108</v>
+        <v>2111</v>
       </c>
       <c r="D542" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E542" s="3" t="s">
-        <v>2109</v>
+        <v>2112</v>
       </c>
       <c r="F542" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G542" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="543" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A543" s="1" t="s">
-        <v>2110</v>
+        <v>2113</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>2111</v>
+        <v>2114</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>2111</v>
+        <v>2115</v>
       </c>
       <c r="D543" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E543" s="3" t="s">
-        <v>2112</v>
+        <v>2116</v>
       </c>
       <c r="F543" s="3" t="s">
-        <v>932</v>
+        <v>47</v>
       </c>
       <c r="G543" s="3" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="544" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A544" s="1" t="s">
-        <v>2113</v>
+        <v>2117</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>2114</v>
+        <v>2118</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>2115</v>
+        <v>2119</v>
       </c>
       <c r="D544" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E544" s="3" t="s">
-        <v>2116</v>
+        <v>2120</v>
       </c>
       <c r="F544" s="3" t="s">
-        <v>1163</v>
+        <v>47</v>
       </c>
       <c r="G544" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="545" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A545" s="1" t="s">
-        <v>2117</v>
+        <v>2121</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="D545" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E545" s="3" t="s">
-        <v>2120</v>
+        <v>2124</v>
       </c>
       <c r="F545" s="3" t="s">
-        <v>1163</v>
+        <v>694</v>
       </c>
       <c r="G545" s="3" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="546" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A546" s="1" t="s">
-        <v>2121</v>
+        <v>2125</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>2122</v>
+        <v>2126</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>2123</v>
+        <v>2127</v>
       </c>
       <c r="D546" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E546" s="3" t="s">
-        <v>2124</v>
+        <v>2128</v>
       </c>
       <c r="F546" s="3" t="s">
-        <v>1163</v>
+        <v>694</v>
       </c>
       <c r="G546" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="547" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A547" s="1" t="s">
-        <v>2125</v>
+        <v>2129</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>2126</v>
+        <v>2130</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>2127</v>
+        <v>2131</v>
       </c>
       <c r="D547" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E547" s="3" t="s">
-        <v>2128</v>
+        <v>2132</v>
       </c>
       <c r="F547" s="3" t="s">
-        <v>1163</v>
+        <v>47</v>
       </c>
       <c r="G547" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="548" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A548" s="1" t="s">
-        <v>2129</v>
+        <v>2133</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>2130</v>
+        <v>2134</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>2131</v>
+        <v>2135</v>
       </c>
       <c r="D548" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>2132</v>
+        <v>2136</v>
       </c>
       <c r="F548" s="3" t="s">
-        <v>1163</v>
+        <v>802</v>
       </c>
       <c r="G548" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="549" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A549" s="1" t="s">
-        <v>2133</v>
+        <v>2137</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>2134</v>
+        <v>2138</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>2135</v>
+        <v>2139</v>
       </c>
       <c r="D549" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E549" s="3" t="s">
-        <v>2136</v>
+        <v>2140</v>
       </c>
       <c r="F549" s="3" t="s">
-        <v>1163</v>
+        <v>2141</v>
       </c>
       <c r="G549" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="550" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A550" s="1" t="s">
-        <v>2137</v>
+        <v>2142</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>2138</v>
+        <v>2143</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>2139</v>
+        <v>2144</v>
       </c>
       <c r="D550" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E550" s="3" t="s">
-        <v>2140</v>
+        <v>2145</v>
       </c>
       <c r="F550" s="3" t="s">
-        <v>1163</v>
+        <v>2141</v>
       </c>
       <c r="G550" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="551" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A551" s="1" t="s">
+        <v>2146</v>
+      </c>
+      <c r="B551" s="1" t="s">
+        <v>2147</v>
+      </c>
+      <c r="C551" s="1" t="s">
+        <v>2148</v>
+      </c>
+      <c r="D551" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E551" s="3" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F551" s="3" t="s">
         <v>2141</v>
       </c>
-      <c r="B551" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G551" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="552" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A552" s="1" t="s">
-        <v>2145</v>
+        <v>2150</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>2146</v>
+        <v>2151</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>2147</v>
+        <v>2152</v>
       </c>
       <c r="D552" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E552" s="3" t="s">
-        <v>2148</v>
+        <v>2153</v>
       </c>
       <c r="F552" s="3" t="s">
-        <v>1163</v>
+        <v>694</v>
       </c>
       <c r="G552" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="553" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A553" s="1" t="s">
-        <v>2149</v>
+        <v>2154</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>2150</v>
+        <v>2155</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>2151</v>
+        <v>2156</v>
       </c>
       <c r="D553" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E553" s="3" t="s">
-        <v>2152</v>
+        <v>2157</v>
       </c>
       <c r="F553" s="3" t="s">
-        <v>1163</v>
+        <v>694</v>
       </c>
       <c r="G553" s="3" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="554" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A554" s="1" t="s">
-        <v>2153</v>
+        <v>2158</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>2154</v>
+        <v>2159</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>2155</v>
+        <v>2160</v>
       </c>
       <c r="D554" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E554" s="3" t="s">
-        <v>2156</v>
+        <v>2161</v>
       </c>
       <c r="F554" s="3" t="s">
-        <v>1163</v>
+        <v>1414</v>
       </c>
       <c r="G554" s="3" t="s">
-        <v>17</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="555" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A555" s="1" t="s">
-        <v>2157</v>
+        <v>2162</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>2158</v>
+        <v>2163</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>2159</v>
+        <v>2164</v>
       </c>
       <c r="D555" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E555" s="3" t="s">
-        <v>2160</v>
+        <v>2165</v>
       </c>
       <c r="F555" s="3" t="s">
-        <v>702</v>
+        <v>1414</v>
       </c>
       <c r="G555" s="3" t="s">
-        <v>982</v>
+        <v>17</v>
       </c>
     </row>
     <row r="556" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A556" s="1" t="s">
-        <v>2161</v>
+        <v>2166</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>2162</v>
+        <v>2167</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>2163</v>
+        <v>2168</v>
       </c>
       <c r="D556" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E556" s="3" t="s">
-        <v>2164</v>
+        <v>2169</v>
       </c>
       <c r="F556" s="3" t="s">
-        <v>702</v>
+        <v>1414</v>
       </c>
       <c r="G556" s="3" t="s">
-        <v>982</v>
+        <v>17</v>
       </c>
     </row>
     <row r="557" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A557" s="1" t="s">
-        <v>2165</v>
+        <v>2170</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>2166</v>
+        <v>2171</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>2167</v>
+        <v>2172</v>
       </c>
       <c r="D557" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E557" s="3" t="s">
-        <v>2168</v>
+        <v>2173</v>
       </c>
       <c r="F557" s="3" t="s">
-        <v>702</v>
+        <v>1414</v>
       </c>
       <c r="G557" s="3" t="s">
-        <v>982</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="558" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A558" s="1" t="s">
-        <v>2169</v>
+        <v>2174</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>2170</v>
+        <v>2175</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>2171</v>
+        <v>2176</v>
       </c>
       <c r="D558" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E558" s="3" t="s">
-        <v>2172</v>
+        <v>2177</v>
       </c>
       <c r="F558" s="3" t="s">
-        <v>702</v>
+        <v>1414</v>
       </c>
       <c r="G558" s="3" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
     </row>
     <row r="559" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A559" s="1" t="s">
-        <v>2173</v>
+        <v>2178</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>2174</v>
+        <v>2179</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>2175</v>
+        <v>2180</v>
       </c>
       <c r="D559" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E559" s="3" t="s">
-        <v>2176</v>
+        <v>2181</v>
       </c>
       <c r="F559" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G559" s="3" t="s">
-        <v>85</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="560" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A560" s="1" t="s">
-        <v>2177</v>
+        <v>2182</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>2178</v>
+        <v>2183</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>2179</v>
+        <v>2184</v>
       </c>
       <c r="D560" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E560" s="3" t="s">
-        <v>2180</v>
+        <v>2185</v>
       </c>
       <c r="F560" s="3" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="G560" s="3" t="s">
-        <v>85</v>
+        <v>830</v>
       </c>
     </row>
     <row r="561" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A561" s="1" t="s">
-        <v>2181</v>
+        <v>2186</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>2182</v>
+        <v>2187</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>2183</v>
+        <v>2188</v>
       </c>
       <c r="D561" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E561" s="3" t="s">
-        <v>2184</v>
+        <v>2189</v>
       </c>
       <c r="F561" s="3" t="s">
-        <v>702</v>
+        <v>863</v>
       </c>
       <c r="G561" s="3" t="s">
-        <v>85</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="562" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A562" s="1" t="s">
-        <v>2185</v>
+        <v>2190</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>2186</v>
+        <v>2191</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>2187</v>
+        <v>2192</v>
       </c>
       <c r="D562" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E562" s="3" t="s">
-        <v>2188</v>
+        <v>2193</v>
       </c>
       <c r="F562" s="3" t="s">
-        <v>54</v>
+        <v>863</v>
       </c>
       <c r="G562" s="3" t="s">
-        <v>17</v>
-[...758 lines deleted...]
-        <v>17</v>
+        <v>1415</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">