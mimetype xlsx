--- v0 (2025-10-21)
+++ v1 (2026-01-07)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2322">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0bc/0bcfdecaa8586f0548f3b6bc6838ee78.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Unimax Max Gel 0,5мм, син, неавтом</t>
   </si>
   <si>
     <t>Ручки гелевые</t>
   </si>
   <si>
     <t>376440</t>
@@ -80,98 +89,98 @@
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a1/z3bnv76a740fk2r0hepu2qumrr3ncoas.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая CROWN 0,5 мм красн.   HJR-500 к</t>
   </si>
   <si>
     <t>104887</t>
   </si>
   <si>
     <t>&lt;a href="/brands/crown/"&gt;Crown&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8cb/8theicgikx1labn1yqjx1nlgfaqydbno.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая CROWN 0,5 мм синий   HJR-500 с</t>
   </si>
   <si>
     <t>104889</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/787/zuaklamzlet724m6huoefg3x3r0xnumt.jpg</t>
-[...8 lines deleted...]
-    <t>104890</t>
+    <t>http://anytos.ru//upload/iblock/396/vawv313dg113qiojbj3meft4642ur0av.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гел. CROWN 0,5 мм черный: HJR-500 ч штр.: -</t>
+  </si>
+  <si>
+    <t>104891</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/396/vawv313dg113qiojbj3meft4642ur0av.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/06d/pfu0mqx9pk76qw3bko3ttk4oupfa3hxs.jpg</t>
   </si>
   <si>
     <t>Ручка гел. CROWN 0,7 мм белый пастель: HJR-500P б штр.: 8803654006457</t>
   </si>
   <si>
     <t>Гелевая ручка с легким прозрачным корпусом позволяет следить за расходом чернил. Быстросохнущие чернила не размазываются, что делает ежедневное письмо удобным и приятным. Пишущий узел - 0,7 мм. Длина стержня - 138 мм.Сменный стержень: 052161</t>
   </si>
   <si>
     <t>104893</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/57c/7nwmo5p5hex567lppb8hduq1kyfggxnw.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гел. inФОРМАТ 0,5  мм синий: GPB01-B штр.: 4602723020707</t>
+  </si>
+  <si>
+    <t>Гелевая ручка со сменным стержнем. Прозрачный пластиковый корпус. Обеспечивает ровное и гладкое письмо. Водостойкие, неисчезающие чернила. Диаметр шарика: 0,5 мм. Длина стержня 127 мм.</t>
+  </si>
+  <si>
+    <t>104915</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/827/gny3sw6wo24sy592q32wy6gzssc2ty5a.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая inФОРМАТ 0,5 мм синий резин.грип   GPB02-B</t>
   </si>
   <si>
     <t>104916</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>36</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dd9/sm8u9j0xfvm5lhdbju6qnmp71q3dea2h.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая inФОРМАТ 0,5 мм черный   GPB01-K</t>
   </si>
   <si>
     <t>104917</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e7/er4cqv6zh3tw8872i339ewzgtmkwl9wv.jpg</t>
   </si>
   <si>
     <t>Ручка гел. LINC COSMO 0,5 мм синий: 300S blue штр.: 8029173001111</t>
   </si>
   <si>
     <t>Полупрозрачный пластиковый корпусЦвета колпачков и наконечников ручек соответствуют цвету чернилОбеспечивает ровное и гладкое письмоВодостойкие чернилаПишущий узел - 0,55 ммДлина письма - 420 м Тип пишущего наконечника - иглаЦвет чернил - синий</t>
   </si>
   <si>
     <t>104919</t>
   </si>
   <si>
     <t>&lt;a href="/brands/linc/"&gt;Linc&lt;/a&gt;</t>
@@ -275,2229 +284,2184 @@
   <si>
     <t>Ручка гелевая черная, 0,5мм, игольчатый стержень: HJR-500N</t>
   </si>
   <si>
     <t>Ручка гелевая черная, 0,5мм, игольчатый стержень: HJR-500N В гелевой ручке Crown содержатся специальные чернила, в состав которых входит вода и масляная основа. Водостойкие чернила хорошо пишут в холодную погоду и долго не выцветают. Диаметр игольчатого пишущего узла – 0,5 мм. Грип-зона со специальной резиновой накладкой предотвращает скольжение ручки в пальцах.</t>
   </si>
   <si>
     <t>212611</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af7/af7f00385ab9f0b5a113e30edf14a0a3.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая  quot;Multi quot; черная 0,4мм, одноразовая, игольчатый стержень: MTJ-500</t>
   </si>
   <si>
     <t>Ручка гелевая &amp;quot;Multi&amp;quot; черная 0,4мм, одноразовая, игольчатый стержень: MTJ-500 Одноразовая гелевая ручка с&amp;nbsp;&amp;nbsp;ультратонким наконечником. Стильный прозрачный корпус. Легкая изящная линия письма, мягкое скольжение по бумаге. Увеличенная длина письма. Диаметр пишущего узла 0,4 мм.</t>
   </si>
   <si>
     <t>213629</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ffb/ffbae087b195b01b35ad28ab354bbcab.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Standard quot; синяя, 0,5мм, грип: CGp_50012 штр.:  4260107455837</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;Standard&amp;quot; синяя, 0,5мм, грип: CGp_50012 Гелевая ручка Standard с колпачком и пластиковым клипом. Игольчатый стержень. Прозрачный корпус позволяет контролировать расход чернил. Мягкий резиновый грип с рифлением в зоне захвата препятствует скольжению пальцев при письме. Качественные чернила обеспефивают чёткое и ровное письмо. Диаметр пишущего узла - 0,5 мм. Упаковка в картонную коробку по 12 шт.</t>
+  </si>
+  <si>
+    <t>213818</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a45/a4549e6241385a9cc00c013e7fb4321a.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая  quot;Multi quot; синяя 0,4мм, одноразовая, игольчатый стержень: MTJ-500</t>
   </si>
   <si>
     <t>Ручка гелевая &amp;quot;Multi&amp;quot; синяя 0,4мм, одноразовая, игольчатый стержень: MTJ-500 Одноразовая гелевая ручка с&amp;nbsp;&amp;nbsp;ультратонким наконечником. Стильный прозрачный корпус. Легкая изящная линия письма, мягкое скольжение по бумаге. Увеличенная длина письма. Диаметр пишущего узла 0,4 мм.</t>
   </si>
   <si>
     <t>213973</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/038/038b81c1c8ac6fd4c49b5b2e5fdd0f5d.jpg</t>
-[...8 lines deleted...]
-    <t>214578</t>
+    <t>http://anytos.ru//upload/iblock/df9/df9c03ad9aa8b358e586713712183143.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Люрекс quot; светло-зеленая, 1мм: MTJ-500GLS D  штр.:  8803654004101</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;Люрекс&amp;quot; светло-зеленая, 1мм: MTJ-500GLS&amp;#40;D&amp;#41; Pучка гелевая. Цвет чернил - светло-зеленый. Пишущий узел - 1 мм</t>
+  </si>
+  <si>
+    <t>214589</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/570/570f5a2e7dae3794276cb2d7842ad972.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая черная, 0,5мм, грип: HJR-500R</t>
+  </si>
+  <si>
+    <t>Ручка гелевая черная, 0,5мм, грип: HJR-500R В гелевой ручке Crown содержатся специальные чернила, в состав которых входит вода и масляная основа. Водостойкие чернила хорошо пишут в холодную погоду и долго не выцветают. Диаметр пишущего узла – 0,5 мм. Грип-зона со специальной резиновой накладкой предотвращает скольжение ручки в пальцах.</t>
+  </si>
+  <si>
+    <t>214855</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/465/4658f224c84bb1c939dc6c5e49c3657c.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Standard quot; черная, 0,5мм, грип: CGp_50011 штр.:  4260107455844</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Standard с колпачком и пластиковым клипом. Игольчатый стержень. Прозрачный корпус позволяет контролировать расход чернил. Мягкий резиновый грип с рифлением в зоне захвата препятствует скольжению пальцев при письме. Качественные чернила обеспефивают чёткое и ровное письмо. Диаметр пишущего узла - 0,5 мм. Упаковка в картонную коробку по 12 шт.</t>
+  </si>
+  <si>
+    <t>215164</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/582/582d2984b8782c26c8546cdfa4029754.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;OfficeSpace quot; черная, 1мм: GPA100 BK_1717</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;OfficeSpace&amp;quot; черная, 1мм: GPA100/BK_1717 Ручка гелевая с колпачком, пластиковый корпус, черные чернила</t>
+  </si>
+  <si>
+    <t>215666</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/272/2722d037960137cc2b6f17803d5ededb.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая синяя, 0,5мм, грип: HJR-500R</t>
+  </si>
+  <si>
+    <t>Ручка гелевая синяя, 0,5мм, грип: HJR-500R В гелевой ручке Crown содержатся специальные чернила, в состав которых входит вода и масляная основа. Водостойкие чернила хорошо пишут в холодную погоду и долго не выцветают. Диаметр пишущего узла – 0,5 мм. Грип-зона со специальной резиновой накладкой предотвращает скольжение ручки в пальцах.</t>
+  </si>
+  <si>
+    <t>215938</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/42f/42f0b014175021b87df0442740b134a4.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;OfficeSpace quot; зеленая, 1мм: GPA100 GR_1723 штр.:  4650062497230</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;OfficeSpace&amp;quot; зеленая, 1мм: GPA100/GR_1723 Ручка гелевая с колпачком, пластиковый корпус, зеленые чернила</t>
+  </si>
+  <si>
+    <t>216101</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b3c/b3cb8b14e414648989b71f977cb80692.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая черная, 0,7мм, грип: AJ-5000R штр.:  8803654005313</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая черная, 0,7мм, грип: AJ-5000R</t>
+  </si>
+  <si>
+    <t>216877</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fe7/fe762e0256eab286a4c435f5d7edbb5c.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая красная, 0,5мм, грип: HJR-500R</t>
+  </si>
+  <si>
+    <t>217659</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/978/g2jge5dwq418n2t1z2j5x96h5w9lqk0j.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая синяя, 0,5мм, игольчатый стержень: HJR-500N</t>
+  </si>
+  <si>
+    <t>217743</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85b/85bcfff9f1f37637c464ba3b8c607d63.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая зеленая, 0,5мм, грип: HJR-500R</t>
+  </si>
+  <si>
+    <t>218308</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/570/570da4ccf1a43e9643d970a6edde022f.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая красная, 0,7мм, грип: AJ-5000R штр.:  8803654005320</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая красная, 0,7мм, грип: AJ-5000R</t>
+  </si>
+  <si>
+    <t>219242</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/160/16051944319beca791887007015d5082.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая фиолетовая металлик, 0,7мм: HJR-500GSM штр.:  8803654005092</t>
+  </si>
+  <si>
+    <t>Ручка гелевая фиолетовая металлик, 0,7мм: HJR-500GSM</t>
+  </si>
+  <si>
+    <t>220538</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b0/2b09e100382d22b216233ffe84341199.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Люрекс quot; красная, 1мм: MTJ-500GLS D  штр.:  8803654001940</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;Люрекс&amp;quot; красная, 1мм: MTJ-500GLS&amp;#40;D&amp;#41;</t>
+  </si>
+  <si>
+    <t>220561</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/441/441a6bd267be843c92af0a80b689c685.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая пастель белая, 0,8мм: HJR-500P штр.:  8803654006457</t>
+  </si>
+  <si>
+    <t>Ручка гелевая пастель белая, 0,8мм: HJR-500P</t>
+  </si>
+  <si>
+    <t>235222</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ae/9aeba9e8a201fa205055411bfed77f50.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая голубая, 0,7мм: HJR-500H</t>
+  </si>
+  <si>
+    <t>235223</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/018/018e1b4fc4c94128070846d70a09088b.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая желтая, 0,7мм: HJR-500H</t>
+  </si>
+  <si>
+    <t>235224</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a8/1a8ce78e5dd147b5d6b673972c28cfb1.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая зеленая металлик, 0,7мм: HJR-500GSM штр.:  8803654005085</t>
+  </si>
+  <si>
+    <t>Ручка гелевая зеленая металлик, 0,7мм: HJR-500GSM</t>
+  </si>
+  <si>
+    <t>235227</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/484/4844ff274bbaffd3c9e5c43acf66b4b8.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая золото металлик, 0,7мм: HJR-500GSM штр.:  8803654005122</t>
+  </si>
+  <si>
+    <t>Ручка гелевая золото металлик, 0,7мм: HJR-500GSM</t>
+  </si>
+  <si>
+    <t>235228</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f62/f62f298c59f9e35080c6ec2c8b85065a.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая оранжевая металлик, 0,7мм: HJR-500GSM штр.:  8803654005061</t>
+  </si>
+  <si>
+    <t>Ручка гелевая оранжевая металлик, 0,7мм: HJR-500GSM</t>
+  </si>
+  <si>
+    <t>235229</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/84f/84f4825ceb3602b42c8038262c7d59da.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая розовая металлик, 0,7мм: HJR-500GSM штр.:  8803654005078</t>
+  </si>
+  <si>
+    <t>Ручка гелевая розовая металлик, 0,7мм: HJR-500GSM</t>
+  </si>
+  <si>
+    <t>235230</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e1/5e1d366c6606998f8eeca76bf6a5199b.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая серебро металлик, 0,7мм: HJR-500GSM штр.:  8803654005139</t>
+  </si>
+  <si>
+    <t>Ручка гелевая серебро металлик, 0,7мм: HJR-500GSM</t>
+  </si>
+  <si>
+    <t>235231</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53e/53ed60abe199d7c3adcbf75a26cd9e5f.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая синяя металлик, 0,7мм: HJR-500GSM штр.:  8803654005108</t>
+  </si>
+  <si>
+    <t>Ручка гелевая синяя металлик, 0,7мм: HJR-500GSM</t>
+  </si>
+  <si>
+    <t>235232</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1cd/1cd0c03cf314aa2e74b7867f8d92b4a7.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая оранжевая, 0,7мм: HJR-500H</t>
+  </si>
+  <si>
+    <t>235233</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3f6/3f670a94d5965fb47f5c9c61260bd1d8.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая розовая, 0,7мм: HJR-500H</t>
+  </si>
+  <si>
+    <t>235234</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91f/91f19919ff973ff669af1137b7c628b1.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая светло-зеленая, 0,7мм: HJR-500H</t>
+  </si>
+  <si>
+    <t>235235</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d5/5d5866fe1d86ce6bb8b2c14bed70edec.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая фиолетовая, 0,7мм: HJR-500H</t>
+  </si>
+  <si>
+    <t>235237</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f8/2f82dc440cd347b9480fd6d11f10cf2b.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая красная, 0,7мм: AJ-3000N штр.:  8803654005290</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая красная, 0,7мм: AJ-3000N</t>
+  </si>
+  <si>
+    <t>235239</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/00d/00d66580d7aa695190d3583c62f56722.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая черная, 0,7мм: AJ-3000N штр.:  8803654005283</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая черная, 0,7мм: AJ-3000N</t>
+  </si>
+  <si>
+    <t>235240</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b2c/b2c7d3f29b82b5aacd56605d40b64a47.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;G-1 Grip quot; синяя, 0,5мм, грип: BLGP-G1-5-L штр.:  4902505158810</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;G-1 Grip&amp;quot; синяя, 0,5мм, грип: BLGP-G1-5-L</t>
+  </si>
+  <si>
+    <t>235338</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/256/256b79ee741b7256c7a67bde39112778.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Люрекс quot; розовая, 1мм: MTJ-500GLS D  штр.:  8803654001940</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;Люрекс&amp;quot; розовая, 1мм: MTJ-500GLS&amp;#40;D&amp;#41;</t>
+  </si>
+  <si>
+    <t>235456</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c8d/c8d384562b43446d9e865eff769cf878.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Люрекс quot; фиолетовая, 1мм: MTJ-500GLS D  штр.:  8803654001940</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;Люрекс&amp;quot; фиолетовая, 1мм: MTJ-500GLS&amp;#40;D&amp;#41;</t>
+  </si>
+  <si>
+    <t>235457</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/717/717a13d95c9df4c1bc42712b20076b4e.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая  quot;G-2 quot;, синяя, 0,5мм, грип: BL-G2-5-L штр.:  4902505163128</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая &amp;quot;G-2&amp;quot;, синяя, 0,5мм, грип: BL-G2-5-L</t>
+  </si>
+  <si>
+    <t>235524</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/837/837dac2259d72b315597a01ab01a6a8b.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;G-1 quot; черная, 0,5мм: BL-G1-5T-B штр.:  4902505130205</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;G-1&amp;quot; черная, 0,5мм: BL-G1-5T-B</t>
+  </si>
+  <si>
+    <t>235532</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cfb/cfb6e058e71370a6d1651dc95cabfe14.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;G-1 quot; синяя, 0,5мм: BL-G1-5T-L штр.:  4902505130212</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;G-1&amp;quot; синяя, 0,5мм: BL-G1-5T-L</t>
+  </si>
+  <si>
+    <t>235533</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91f/91f5e9bbce745215d83052459f3854b7.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;G-1 Grip quot; черная, 0,5мм, грип: BLGP-G1-5-B штр.:  4902505158797</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;G-1 Grip&amp;quot; черная, 0,5мм, грип: BLGP-G1-5-B</t>
+  </si>
+  <si>
+    <t>235534</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df0/df09fb25c7396f024c50dac39662135b.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Люрекс quot; зеленая, 1мм: MTJ-500GLS D  штр.:  8803654001940</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;Люрекс&amp;quot; зеленая, 1мм: MTJ-500GLS&amp;#40;D&amp;#41;</t>
+  </si>
+  <si>
+    <t>235578</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d0/5d010540870e7367e46c901c713d24f3.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Люрекс quot; синяя, 1мм: MTJ-500GLS D  штр.:  8803654001940</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;Люрекс&amp;quot; синяя, 1мм: MTJ-500GLS&amp;#40;D&amp;#41;</t>
+  </si>
+  <si>
+    <t>235579</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e21/e21d4104bdfef7edbfe6eb5ef4a3bc64.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Люрекс quot; серебро, 1мм: MTJ-500GLS D  штр.:  8803654001940</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;Люрекс&amp;quot; серебро, 1мм: MTJ-500GLS&amp;#40;D&amp;#41;</t>
+  </si>
+  <si>
+    <t>235657</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/815/8154bd692b871c9acff3136829e06d43.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Люрекс quot; золото, 1мм: MTJ-500GLS D  штр.:  8803654001940</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;Люрекс&amp;quot; золото, 1мм: MTJ-500GLS&amp;#40;D&amp;#41;</t>
+  </si>
+  <si>
+    <t>235658</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa2/fa2f1b2820d9b324686146c72619413a.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;G-3 quot; черная, 0,38мм, грип: BLN-G3-38-B штр.:  4902505253119</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;G-3&amp;quot; черная, 0,38мм, грип: BLN-G3-38-B</t>
+  </si>
+  <si>
+    <t>236095</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b63/b63e1b8fe0727ff7c5ad3a99be81c4ac.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;G-3 quot; синяя, 0,38мм, грип: BLN-G3-38-L штр.:  4902505253133</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;G-3&amp;quot; синяя, 0,38мм, грип: BLN-G3-38-L</t>
+  </si>
+  <si>
+    <t>236099</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/54b/54bd374abd476ccf8cbc31e64c9b7c49.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая синяя, 0,7мм, грип: AJ-5000R штр.:  8803654005337</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая синяя, 0,7мм, грип: AJ-5000R Эргономичный легкий корпус с резиновым упором.&amp;lt;br/&amp;gt;Автоматическая подача стержня, удобный клип.</t>
+  </si>
+  <si>
+    <t>236194</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/869/869b091e4e3f57f9fa854f318fe49ea2.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;OfficeSpace quot; черная, 0,5мм, грип: GP905BK_6597 штр.:  4680211045975</t>
+  </si>
+  <si>
+    <t>Ручка гелевая &amp;quot;OfficeSpace&amp;quot; черная, 0,5мм, грип: GP905BK_6597 Гелевая ручка с грипом и игольчатым наконечником, черные чернила, пищущий узел 0,5 мм</t>
+  </si>
+  <si>
+    <t>236861</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2d/a2d51619d0df869d2a63e6df19895f67/99aa6d035c28bab30b08f39698329262.jpg</t>
+  </si>
+  <si>
+    <t>Набор гелевых ручек 10 цв. с блестками PVC GA 103000 0,7мм штр.  2944362691057, 6934369691057</t>
+  </si>
+  <si>
+    <t>Набор гелевых ручек PVC в мягкой упаковке, 10 цветов, чернила с блестками. Корпуса пластиковые. Ручки обеспечивают легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,7 мм. Чернила быстро высыхают, не размазываются.</t>
+  </si>
+  <si>
+    <t>250879</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/beifa/"&gt;Beifa&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/856/856b7a0d2e2fc45c22264852f861dcd7/1177f9c52dd054a41cb20da42fd29fa9.jpg</t>
+  </si>
+  <si>
+    <t>Набор гелевых ручек 10 цв.PX888-10 PVC 0,5мм штр.  6724266170041, 6924246170041</t>
+  </si>
+  <si>
+    <t>Набор гелевых ручек PVC в мягкой упаковке, 10 ярких цветов. Корпуса пластиковые прозрачные. Ручки обеспечивают легкое и мягкое письмо, насыщенные линии толщиной 0,5 мм. Чернила быстро высыхают, не размазываются.</t>
+  </si>
+  <si>
+    <t>250880</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd7/cd7d6b29fafd358d00873ccc84fedede/b2469b7fd10d383dde9f8eb671fed907.jpg</t>
+  </si>
+  <si>
+    <t>Набор гелевых ручек 6 цв.PX888-6 PVC 0,5мм штр.  6924246170034</t>
+  </si>
+  <si>
+    <t>Набор гелевых ручек PVC в мягкой упаковке, 6 ярких цветов. Корпуса пластиковые прозрачные. Ручки обеспечивают легкое и мягкое письмо, насыщенные линии толщиной 0,5 мм. Чернила быстро высыхают, не размазываются.</t>
+  </si>
+  <si>
+    <t>250881</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f7/2f75a89438d483984419cdf320c54bce/1cf1277ea2fef9e6e06077385c105144.jpg</t>
+  </si>
+  <si>
+    <t>Набор гелевых ручек Attache Harmony,набор 12 цветов штр.  6944492957388</t>
+  </si>
+  <si>
+    <t>Набор гелевых ручек с необычным наконечником в виде кристалла. Игольчатый наконечник ручек обеспечивает сверхтонкое письмо.Пластиковый корпус.Толщина письма - 0,3 мм.</t>
+  </si>
+  <si>
+    <t>250882</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e92/e9285a869c1a28fac1a0899e48615edc/9398e13bd681140e606a360f9dee671c.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache City 0,5мм зеленый Россия штр.  2000200046639, 4607121537154, 4620004206060</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Attache City отличается экологичностью - выполнена из переработанного пластика. Удобная зона захвата для снижения напряжения руки. Стержень с чернилами зеленого цвета в комплекте &amp;#40;сменный&amp;#41;. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,5 мм. Чернила быстро высыхают, не размазываются.</t>
+  </si>
+  <si>
+    <t>250883</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/665/6652e1601f24c434dd4f76edb9dba678/36f2aa208ffd9479b52cf5cfac04326d.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache City 0,5мм красный Россия штр.  2000200046059, 4607121537147, 4620004206053</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Attache City отличается экологичностью - выполнена из переработанного пластика. Удобная зона захвата для снижения напряжения руки. Стержень с чернилами красного цвета в комплекте &amp;#40;сменный&amp;#41;. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,5 мм. Чернила быстро высыхают, не размазываются.</t>
+  </si>
+  <si>
+    <t>250884</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/053/053819900ea1d5d1cab8c93b6dbf2ed6/5ddc6a5708d8389d03293cb5512c68df.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache City 0,5мм синий Россия штр.  2000200046042, 4607121537123, 4620004206039</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Attache City отличается экологичностью - выполнена из переработанного пластика. Удобная зона захвата для снижения напряжения руки. Стержень с чернилами синего цвета в комплекте &amp;#40;сменный&amp;#41;. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,5 мм. Чернила быстро высыхают, не размазываются.</t>
+  </si>
+  <si>
+    <t>250885</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c6a/c6aa102d0b2fcd61d047c7cc5dc23760/6c970dda800bc8dd80773c76d6d9648d.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache City 0,5мм черный Россия штр.  4607121537130, 4620004206046</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Attache City отличается экологичностью - выполнена из переработанного пластика. Удобная зона захвата для снижения напряжения руки. Стержень с чернилами черного цвета в комплекте &amp;#40;сменный&amp;#41;. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,5 мм. Чернила быстро высыхают, не размазываются.</t>
+  </si>
+  <si>
+    <t>250886</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0c/b0c21676ff285cb027199ce865f7815e/04b7b539415037a71d16fc92d871267f.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache City набор 4цв. Россия штр.  4620004206077</t>
+  </si>
+  <si>
+    <t>Набор гелевых ручек Attache City в мягкой упаковке, четыре цвета - синий, красный, зеленый, черный. Ручки отличаются экологичностью - выполнены из переработанного пластика. У каждой удобная зона захвата для снижения напряжения руки. Стержни сменные. Ручки обеспечивают легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,5 мм. Чернила быстро высыхают, не размазываются.</t>
+  </si>
+  <si>
+    <t>250887</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8eb/8ebbc1795545e7a7a4572a28f1fcff43/ad8646191e777cbcb27b89f90d3a302f.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Epic,цвет чернил-красный штр.  6944492958828, 6944492958873</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Attache Epic &amp;#40;&amp;#41; с удобной резиновой манжеткой. Классический дизайн. Идеально подходит как для офиса, так и для школы. Игольчатый наконечник обеспечивает сверхтонкое письмо. Пластиковый полупрозрачный корпус. Резиновая манжетка. Толщина письма - 0,5 мм. Неавтоматическая. Одноразовая. В ассортименте нет сменных стержней к этой ручке. Цвет манжетки соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>250888</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/971/9715e5e3c604e62c5471e3bbd9f775d4/14426c6c41a0496e36b0978059ded069.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Epic,цвет чернил-синий штр.  6944492958811, 6944492958866, 694492958811</t>
+  </si>
+  <si>
+    <t>250889</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/51d/51d6cdea17e9ea837113fa19e4438e9b/c981616052d1888aa931093f023f8f94.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Epic,цвет чернил-черный штр.  6944492958804, 6944492958859</t>
+  </si>
+  <si>
+    <t>250890</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1da/1dae767e2438c5ea1ae2bdaca07d98ed/bf0aab206fc79e16508c650859038b9f.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Harmony,цвет чернил-черный штр.  6944492957302, 6944492957333, 6944492957357</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Attache Harmony &amp;#40;&amp;#41; с необычным наконечником в виде кристалла. Глянцевый корпус, классические цвета чернил. Игольчатый наконечник обеспечивает сверхтонкое письмо. Толщина письма - 0,3 мм. Неавтоматическая. Одноразовая. Полупрозрачный глянцевый пластиковый корпус. Цвет корпуса соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>250893</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/063/0631ba55051b978d1099525b6896eb3e/c39014187ee6b4e97ef91290c8a02966.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Selection антибактер.мет.клип 0,7мм,синий штр.  6953070944726, 6953070944733</t>
+  </si>
+  <si>
+    <t>Автоматическая гелиевая ручка Attache Selection многоразового использования с увеличенным объемом чернил синего цвета. Белый корпус с перламутровым напылением выполнен из пластика, а антибактериальная резиновая манжетка обеспечивает удобство при письме. Металлический клип обеспечивает удобное крепление. Новый вид чернил делает письмо плавным, с одинаковой толщиной линий. Стильная ручка с цветными вставками и логотипом, расположенным на поверхности корпуса, удобна в использовании. Толщина линии письма 0,7 мм.</t>
+  </si>
+  <si>
+    <t>250900</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/536/5369cd203b427fd949f250294150b9b5/4c1e2cc08ce45d868c71220645856111.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Space 0,5мм синий Россия штр.  2000200046035, 4607121537109, 4620004206015</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Attache Space отличается экологичностью - выполнена из переработанного пластика. Удобная зона захвата для снижения напряжения руки. Стержень с чернилами синего цвета в комплекте &amp;#40;сменный&amp;#41;. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,5 мм. Чернила быстро высыхают, не размазываются.</t>
+  </si>
+  <si>
+    <t>250903</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a69/a694278491d90296e2b532bbaf67fa8c/159a955ab95a98b5290999db69ea4f95.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Space 0,5мм черный Россия штр.  2000200046615, 4607121537116, 4620004206022</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Attache Space отличается экологичностью - выполнена из переработанного пластика. Удобная зона захвата для снижения напряжения руки. Стержень с чернилами черного цвета в комплекте &amp;#40;сменный&amp;#41;. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,5 мм. Чернила быстро высыхают, не размазываются.</t>
+  </si>
+  <si>
+    <t>250904</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f5b/f5b161aad325dcdec9438e91f811999a/0b85de40bbc320cb2f542b7ddc2373fd.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Town 0,5мм с резин.манжеткой зеленый Россия штр.  2000200112839, 4607121537284, 4690432009052</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Attache Town отличается экологичностью - выполнена из переработанного пластика. Удобная резиновая манжетка для снижения напряжения руки. Стержень с чернилами зеленого цвета в комплекте &amp;#40;сменный&amp;#41;. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,5 мм. Чернила быстро высыхают, не размазываются.</t>
+  </si>
+  <si>
+    <t>250905</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/638/63847805593c4120999b8fc84a35ec15/c0ff19b4a7c99ba55fd344f437eb8f2f.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Town 0,5мм с резин.манжеткой красный Россия штр.  2000200079217, 4607121537277, 4690432009045</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Attache Town отличается экологичностью - выполнена из переработанного пластика. Удобная резиновая манжетка для снижения напряжения руки. Стержень с чернилами красного цвета в комплекте &amp;#40;сменный&amp;#41;. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,5 мм. Чернила быстро высыхают, не размазываются.</t>
+  </si>
+  <si>
+    <t>250906</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/557/55746d49be588ba40bee65fdaf8a840e/9a5cbd42f5c5617db1c25a706d155bb6.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Town 0,5мм с резин.манжеткой синий Россия штр.  2000200123538, 4607121537253, 4690432009021</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Attache Town отличается экологичностью - выполнена из переработанного пластика. Удобная резиновая манжетка для снижения напряжения руки. Стержень с чернилами синего цвета в комплекте &amp;#40;сменный&amp;#41;. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,5 мм. Чернила быстро высыхают, не размазываются.</t>
+  </si>
+  <si>
+    <t>250907</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/660/66038803887ecb08028448da9c93216a/f892cb3c0737f1c8aca641e5a3c2f8ca.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Town 0,5мм с резин.манжеткой черный Россия штр.  2000200077213, 4607121537260, 4690432009038</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Attache Town отличается экологичностью - выполнена из переработанного пластика. Удобная резиновая манжетка для снижения напряжения руки. Стержень с чернилами черного цвета в комплекте &amp;#40;сменный&amp;#41;. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,5 мм. Чернила быстро высыхают, не размазываются.</t>
+  </si>
+  <si>
+    <t>250908</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/545/545048d9e19e657e268464140868fc2e/9f209bac19a7659bbb27290c0138b6a1.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache selection Galaxy,синий корпус,цвет чернил-синий штр.  6944492952901</t>
+  </si>
+  <si>
+    <t>Автоматическая гелевая ручка Attache selection Galaxy &amp;#40;&amp;quot;Галактика&amp;quot;&amp;#41;. Уникальный дизайн корпуса сочетает в себе максимальный комфорт и превосходный стиль. Автоматический механизм. Резиновая манжетка. Пластиковый корпус. Толщина письма - 0,5 мм. Многоразовая. Цвет корпуса соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>250910</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2d/a2db016bb311f2d852c30bf8f89b3964/ab65904ac325daa26caefba6eb4894a9.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache selection Galaxy,черный корпус,цвет чернил-черный штр.  6944492952918</t>
+  </si>
+  <si>
+    <t>250911</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f6/5f639b547a133472c8fb9e6bc3d052d5/4e106dff838a5610a9bce6973d1cb68f.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая G-5680 синий,0,5мм,конусный наконечник Китай штр.  6927975309171, 6927975568011</t>
+  </si>
+  <si>
+    <t>Гелевая ручка с корпусом из материала, стилизованного под нубук. Конусообразный наконечник. Стержень с чернилами синего цвета, толщина линии - 0,5 мм. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии. Чернила быстро высыхают, не размазываются.</t>
+  </si>
+  <si>
+    <t>250940</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ca/8ca3a543c7e847059d91ec6855c8ba6b/9160431ddc90e948adb0d33a8e6a58af.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая G-5680 черный,0,5мм,конусный наконечник Китай штр.  6927975309218, 6927975568028</t>
+  </si>
+  <si>
+    <t>Гелевая ручка с корпусом из материала, стилизованного под нубук. Конусообразный наконечник. Стержень с чернилами черного цвета, толщина линии - 0,5 мм. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии. Чернила быстро высыхают, не размазываются.</t>
+  </si>
+  <si>
+    <t>250941</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ccb/ccb7f21d0720f7468b843e8de00bea42/61c0facb1dd136bc06405babcf1d19d0.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая G-987 синий,автомат.0,5мм,резин.манжета штр.  6927975309331, 6927975398717</t>
+  </si>
+  <si>
+    <t>Одноразовая гелевая ручка имеет прозрачный пластиковый корпус - удобно следить за уровнем чернил. Эргономичная резиновая манжетка снижает напряжение руки во время работы. Стержень синего цвета, толщина линии - 0,5 мм. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии. Чернила быстро высыхают, не размазываются.</t>
+  </si>
+  <si>
+    <t>250948</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/651/651a86b973d9f4d5221d5d8445a5f784/489c191f4a76c2ef203e5f2363e1df81.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая G-987 черный,автомат.0,5мм,резин.манжета штр.  2000200111870, 6927975309348, 6927975309362, 6927975398724</t>
+  </si>
+  <si>
+    <t>Одноразовая гелевая ручка имеет прозрачный пластиковый корпус - удобно следить за уровнем чернил. Эргономичная резиновая манжетка снижает напряжение руки во время работы. Стержень черного цвета, толщина линии - 0,5 мм. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии. Чернила быстро высыхают, не размазываются.</t>
+  </si>
+  <si>
+    <t>250949</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d37/d37d4c387cdc29656b3dbb561e94ab6f.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BL-G1-5T красная 0,3мм Япония штр.  4902505130229</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Pilot имеет прозрачный пластиковый корпус - удобно следить за уровнем чернил. Стержень красного цвета в комплекте &amp;#40;сменный&amp;#41;. Ребристая зона захвата. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,3 мм. Чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250967</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/467/467fa78ea09d44f23c0168378de680d7/452ebe5abfa12d118d72112a6c2901c6.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BL-G1-5T синяя 0,3мм Япония штр.  4902505122583, 4902505130212</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Pilot имеет прозрачный пластиковый корпус - удобно следить за уровнем чернил. Стержень синего цвета в комплекте &amp;#40;сменный&amp;#41;. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,3 мм. Чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250968</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/697/697570e1eb59653e007cd5c70d638212/f2bf702e6a3322e5b232f8c83bf5928e.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BL-G1-5T черная 0,3мм Япония штр.  4902505130205</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Pilot имеет прозрачный пластиковый корпус - удобно следить за уровнем чернил. Стержень черного цвета в комплекте &amp;#40;сменный&amp;#41;. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,3 мм. Чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250969</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8bf/8bfe40d8f9a511460d9d1c79ae300a6c/cfa34272ed96c457de01a719179d4cdb.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BL-G2-5 авт.резин.манжет.красная 0,3мм Япония штр.  4902505163111</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Pilot имеет прозрачный пластиковый корпус - удобно следить за уровнем чернил. Стержень красного цвета в комплекте &amp;#40;сменный&amp;#41;, толщина линии письма - всего 0,3 мм. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии. Чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250970</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/113/11377b796cd44c87dafb185beb9a693d/fe7fdb3cfa02f4f1719a86bc1c0124c7.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BL-G2-5 авт.резин.манжет.синяя 0,3мм Япония штр.  4902505163128, 4902505163159</t>
+  </si>
+  <si>
+    <t>Автоматическая гелевая ручка Pilot имеет прозрачный пластиковый корпус - удобно следить за уровнем чернил. Резиновая манжетка снижает напряжение руки во время работы. Стержень синего цвета в комплекте &amp;#40;сменный&amp;#41;, толщина линии письма - 0,3 мм. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии. Чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250971</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/69a/69a72c2c2569d8b3fe24c5a1a9a00ba4/6f40236f996a16cba938420d904b43c4.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BL-G6-5 авт.резин.манжет. синяя 0,3мм Япония штр.  4902505282041, 4902505282089</t>
+  </si>
+  <si>
+    <t>Многоразовая автоматическая гелевая ручка Pilot имеет удобный для пальцев прорезиненный пластиковый корпус. Прозрачное окошко позволяет контролировать уровень чернил. Толщина линии письма - 0,3 мм. В комплекте стержень с чернилами синего цвета, которые быстро высыхают, не размазываются. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии. На корпус можно нанести тампопечать.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250973</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a0b/a0b6f0f28558c53c617fe317a01b670d/a0ef8423ceeb7e776ee137664ade38ef.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BL-SG5 одноразовая синяя 0,3мм Япония штр.  4902505238758, 4902505243707</t>
+  </si>
+  <si>
+    <t>Одноразовая гелевая ручка Pilot имеет прозрачный пластиковый корпус с системой прямой подачи чернил &amp;#40;цвет синий&amp;#41;. Обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,3 мм. Чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250975</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e83/e837e74e2824466ecdf0af61a0087f0f/b7619226b859d6fb4282df1c38a0fb60.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BL-SG5 одноразовая черная 0,3мм Япония штр.  4902505238734, 4902505243684</t>
+  </si>
+  <si>
+    <t>Одноразовая гелевая ручка Pilot имеет прозрачный пластиковый корпус с системой прямой подачи чернил &amp;#40;цвет черный&amp;#41;. Обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,3 мм. Чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250976</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ae/6ae74fe097df6793c164b33bb1463ba0/099bf7a03c56a20ba8a93731169e9225.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BLGP-G1-5 резин.манжет. зеленая 0,3мм Япония штр.  4902505158827</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Pilot имеет пластиковый корпус с резиновой манжеткой, которая снижает напряжение руки. Стержень с чернилами зеленого цвета в комплекте &amp;#40;сменный&amp;#41;. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,3 мм. Чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250977</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/403/40314847992b31b4d72ce7b01ca1eead/36c9bf6cfb6de0835326847562a86a04.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BLGP-G1-5 резин.манжет. красная 0,3мм Япония штр.  4902505158803</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Pilot имеет пластиковый корпус с резиновой манжеткой, которая снижает напряжение руки. Стержень с чернилами красного цвета в комплекте &amp;#40;сменный&amp;#41;. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,3 мм. Чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250978</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f0f/f0feff6e2a2c46f39764d45f4067a229/989a4510e96dd9f9fb2df5bb45f23eef.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BLGP-G1-5 резин.манжет. синяя 0,3мм Япония штр.  4902505158810</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Pilot имеет пластиковый корпус с резиновой манжеткой, которая снижает напряжение руки. Стержень с чернилами синего цвета в комплекте &amp;#40;сменный&amp;#41;. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,3 мм. Чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250979</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d9/3d9b0c4a298afffcba7f18519295f3bd/80a5db1aa8a06220f738a0256ede4a0e.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BLGP-G1-5 резин.манжет. черная 0,3мм Япония штр.  4902505158797, 4902505158872</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Pilot имеет пластиковый корпус с резиновой манжеткой, которая снижает напряжение руки. Стержень с чернилами черного цвета в комплекте &amp;#40;сменный&amp;#41;. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,3 мм. Чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250980</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a0/4a0228c0686958f112bb35eed3dadeaa/b8140e9ca2ffa758ab3dd4e87a1d2778.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BLN-G3-38 резин.манжет. синяя 0,2мм Япония штр.  4902505253133, 4902505253171</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Pilot имеет прозрачный пластиковый корпус - удобно следить за уровнем чернил. Стержень синего цвета в комплекте &amp;#40;сменный&amp;#41;, толщина линии письма - всего 0,2 мм. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии. Чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250981</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d28/d280bb53fd551336bb4da2dc1e5a4037/17c3072409823cfa763e6f59adfd84da.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BLN-G3-38 резин.манжет. черная 0,2мм Япония штр.  4902505253119</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Pilot имеет прозрачный пластиковый корпус - удобно следить за уровнем чернил. Стержень черного цвета в комплекте &amp;#40;сменный&amp;#41;, толщина линии письма - всего 0,2 мм. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии. Чернила быстро высыхают, не размазываются.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250982</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c3/4c3177b8ecef081039b5a0ad450cd3ff/39588cceabf83c9ad61d07a8a6eaaefc.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT Р-500 жидкие чернила синий 0,3мм Япония штр.  4902505182396</t>
+  </si>
+  <si>
+    <t>Одноразовая гелевая ручка Pilot имеет пластиковый корпус и игольчатый пишущий узел, толщина линии - 0,3 мм. Оригинальная система подачи чернил обеспечивает их непрерывное и мягкое поступление. Чернила синего цвета быстро высыхают, не размазываются, водостойкие, устойчивые к выцветанию. Письмо легкое и гладкое. На корпус ручки можно нанести тампопечать.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250983</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b6/3b649653de4562fe6ceccd52394f4bea/3af2f72ac79c9c7d4871dd2559822d8c.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT Р-500 жидкие чернила черный 0,3мм Япония штр.  4902505182372, 4902505182457</t>
+  </si>
+  <si>
+    <t>Одноразовая гелевая ручка Pilot имеет пластиковый корпус и игольчатый пишущий узел, толщина линии - 0,3 мм. Оригинальная система подачи чернил обеспечивает их непрерывное и мягкое поступление. Чернила черного цвета быстро высыхают, не размазываются, водостойкие, устойчивые к выцветанию. Письмо легкое и гладкое. На корпус ручки можно нанести тампопечать.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Внимание! На упаковке указан диаметр шарика, а не толщина линии.</t>
+  </si>
+  <si>
+    <t>250985</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/910/910bcfa6b8a807f6dc4c3a80067e4ad5/f1eca91eba68cfad802125051b6b57d5.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BL-FRO7 Frixion Pro резин.манжет. 0,35мм синий штр.  4902505043635</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Pilot серии Frixion Pro современного дизайна. Эргономичный корпус серебристо-черного цвета в зоне захвата снабжен ластиком и резиновой манжетой, препятствующей скольжению пальцев. Чернила синего цвета обесцвечиваются при увеличении температуры до 60 °C или под воздействием трения. Толщина линии письма - 0,35 мм. Возможно использование сменных стержней c диаметром шарика 0,7 мм. Материал корпуса подходит для тампопечати.</t>
+  </si>
+  <si>
+    <t>251083</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/987/987d2c786bb96c4836879e2f90188e2a/ee97f8942698e69ce9d417810fb7e1bf.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BL-FRP5 Frixion Рoint резин.манжет. 0,25мм красный штр.  4902505399220, 4902505399428</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Pilot Frixion Рoint имеет стильный пластиковый корпус и игольчатый пишущий узел. Стержень с чернилами красного цвета. Отличительная особенность - чернила обесцвечиваются при трении или при увеличении температуры до 60 градусов Цельсия. В корпус встроен ластик. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной всего 0,25 мм.</t>
+  </si>
+  <si>
+    <t>251085</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec3/ec34096cc2cf8f57597001ab055cc65d/91651ac736bff7ae89c4252741fc6e0e.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BL-FRP5 Frixion Рoint резин.манжет. 0,25мм синий штр.  4902505399237, 4902505399435</t>
+  </si>
+  <si>
+    <t>Гелевая ручка Pilot Frixion Рoint имеет стильный пластиковый корпус и игольчатый пишущий узел. Стержень с чернилами синего цвета. Отличительная особенность - чернила обесцвечиваются при трении или при увеличении температуры до 60 градусов Цельсия. В корпус встроен ластик. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной всего 0,25 мм.</t>
+  </si>
+  <si>
+    <t>251086</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f5c/f5cb10ef5ad880fc6e130109b2f528cb/58913c565f17e293500b7ad72a891e4b.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT BLRT-FR7 Frixion Clicker автомат синий ст. Япония штр.  4902505417511, 4902505417580</t>
+  </si>
+  <si>
+    <t>Автоматическая гелевая ручка Pilot выполнена из пластика. Стержень с чернилами синего цвета. Отличительная особенность - чернила обесцвечиваются при трении или при увеличении температуры до 60 градусов Цельсия. В корпус встроен ластик. Ручка обеспечивает легкое и мягкое письмо, яркие и насыщенные линии толщиной 0,4 мм.</t>
+  </si>
+  <si>
+    <t>251087</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c29/c2930268835b88f32ee6509fd19f092e/147df3683a2aabbd9cae39a5c81b7418.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая набор для ЕГЭ, 2 ручки с резин.гриппом, арт. 03088888 штр.  4000030888889, 4607121538021</t>
+  </si>
+  <si>
+    <t>Гелевая ручка для ЕГЭ с чернилами черного цвета, две штуки в блистерной упаковке. Корпус с прорезиненной зоной захвата обеспечивает комфортное письмо, предотвращает усталость руки. Толщина линии - 0,5 мм. Выполнена с учетом толщины экзаменационного бланка, не рвет, не царапает и не пачкает бумагу. Водостойкие чернила долго сохраняют цвет, не подведут даже в случае подачи апелляции. Каждая ручка имеет общую протяженность линии письма около 600 м.Произведено в России.</t>
+  </si>
+  <si>
+    <t>255028</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b4a/tsqk3tld20mr4ryh9nfihclp9x9m4521.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гел. STATUS 0,5 мм черный матовый корп.: РГ 133-02 штр.: 4607121539127</t>
+  </si>
+  <si>
+    <t>Гелевая ручка с прозрачным матовым корпусом изготовлена из полистерола. Высококачественные чернила обеспечивают ровное и мягкое письмо, быстро сохнут и не размазываются. Пишущий узел - 0,5 мм. Длина стержня - 133 мм.</t>
+  </si>
+  <si>
+    <t>257242</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berkli/"&gt;Беркли&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/422/p8mg7fsmt4ngrmm1531yhvgknabsmrsy.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гел. LITE 0,5 мм синий: GPBL-B штр.: 4602723082033</t>
+  </si>
+  <si>
+    <t>279909</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ec/7zdq1e4dh73bn9d0n8gw10s6obpua25q.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гел. GEL PEN 0,5 мм черный: РГ 165-02 штр.: 4607121539066</t>
+  </si>
+  <si>
+    <t>Гелевая ручка с металлическим наконечником и прозрачным корпусом изготовлена из полистирола. Высококачественные чернила обеспечивают ровное и мягкое письмо, быстро сохнут и не размазываются. Рифленый корпус в области захвата создает дополнительное удобство при письме. Цвет деталей корпуса соответствуют цвету чернил. Пишущий узел - 0,5 мм. Длина стержня - 139 мм.Сменный стержень: 109254</t>
+  </si>
+  <si>
+    <t>331555</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7fa/7fad164b3a76fd19715f94e61a2c58b3/e49d8ebd0e7ebb0197d981ff8ba3d94a.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Gelios-010 синий стерж, 0,5мм 969038</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Gelios-010 синий стерж, 0,5мм</t>
+  </si>
+  <si>
+    <t>334582</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87c/87c06d81c2a60296e9148d0b98cdc102/fbfb9de95b5e37eb2e757abe3a36adf3.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Gelios-010 черный стерж, 0,5мм 969039</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Gelios-010 черный стерж, 0,5мм</t>
+  </si>
+  <si>
+    <t>334583</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e92/e929dde5515a72752ccfa494389882f3/d9e6009b6df0beb4b474ca9b03ab81bc.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Gelios-020 синий стерж, 0,5 мм 969040</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Gelios-020 синий стерж, 0,5 мм</t>
+  </si>
+  <si>
+    <t>334584</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/157/15723c455b3b5cff91b8cd4fbd3ee422/a16767deacf25499bc780ecbd74aa1c3.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Gelios-020 черный стерж, 0,5 мм 969041</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Gelios-020 черный стерж, 0,5 мм</t>
+  </si>
+  <si>
+    <t>334585</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/336/3363709cff84a8a104fa31c816d55b2c/af1763f73d7e12c3ea9e75434a571656.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Gelios-030 синий стерж, игольчатый, 0,5мм 969042</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Gelios-030 синий стерж, игольчатый, 0,5мм</t>
+  </si>
+  <si>
+    <t>334586</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bec/bec46c79936d3c7e338a619ac6a49292.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Hammer синий стерж, автомат, 0,5мм 969043</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Hammer синий стерж, автомат, 0,5мм</t>
+  </si>
+  <si>
+    <t>334587</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f73/f7387314a9a2eae3c7df0786758ca9cf/d91530c747d94db8b6f133ae85feb477.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Ice синий стерж, 0,5мм 969044</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Ice синий стерж, 0,5мм</t>
+  </si>
+  <si>
+    <t>334588</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ee3/ee389960417ebf004ef438a5a13f1bd6/15e1a7c5e5265a220d8d26551b975b8f.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Ice черный стерж, 0,5мм 969045</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Ice черный стерж, 0,5мм</t>
+  </si>
+  <si>
+    <t>334589</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/92e/92e2f809e87c5cf83bdf648e49b3c687/44d83f1f2e84a42f649d284207958a87.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Velvet синий стерж, 0,5мм 969047</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Velvet синий стерж, 0,5мм</t>
+  </si>
+  <si>
+    <t>334590</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2bb/2bbd63cd56366a0725a6a987ccb73e01/6bca7757e5f3a9d5211cbb33ec37ceea.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Velvet черный стерж, 0,5мм 969048</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Velvet черный стерж, 0,5мм</t>
+  </si>
+  <si>
+    <t>334591</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/38c/38cd1c5491eee2d827a3052b0140ef1a.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Hi-Jell quot; зеленая 0,5мм, штрих-код: HJR-500B штр.:</t>
+  </si>
+  <si>
+    <t>Классическая гелевая ручка высокого качества. В состав чернил&amp;nbsp;&amp;nbsp;входит вода и масляная основа. Водостойкие чернила хорошо пишут в холодную погоду и долго не выцветают.</t>
+  </si>
+  <si>
+    <t>336703</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/587/587e4a63b7451492c3bce252cefa5856.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Hi-Jell quot; красная 0,5мм, штрих-код: HJR-500B штр.: 8803654004989</t>
+  </si>
+  <si>
+    <t>336704</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/beb/beb19a13ba0bfe095412a33db9603de5.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Hi-Jell quot; синяя, 0,5мм, штрих-код: HJR-500B штр.: 8803654005702</t>
+  </si>
+  <si>
+    <t>336705</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/711/7119f8a6b96e6f31d22dfe5778633322.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Hi-Jell quot; черная, 0,5мм, штрих-код: HJR-500B штр.: 8803654005696</t>
+  </si>
+  <si>
+    <t>336706</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d5/5d56e109e8030a5107ff2050ba079169.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;OfficeSpace quot; синяя, 1мм, грип, игольчатый стержень: GP777BU_3185 штр.: not</t>
+  </si>
+  <si>
+    <t>336707</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c58/c5833e7c94e00ab288d428548488fa2a.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;OfficeSpace quot; черная, 1мм, грип, игольчатый стержень: GP777BK_3188 штр.: not</t>
+  </si>
+  <si>
+    <t>336708</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4ed/4ed19140c7fa03a14ff7960718815728.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая  quot;Classic Gel quot; черная, 0,5мм, грип CGm_50061</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая Classic Gel&amp;nbsp;&amp;nbsp;с клипом и мягким резиновым грипом. Кнопочный механизм подачи стержня. Яркие чернила на пигментной основе долго не выцветают. Диаметр пишущего узла - 0,5 мм. Упаковка в картонную коробку по 12 шт.</t>
+  </si>
+  <si>
+    <t>338062</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e72/e72f569e2b5b9ef822577229f92e14af.jpg</t>
+  </si>
+  <si>
+    <t>Ручка капиллярная  quot;Document 2631 quot; черная, 0,3мм 2 2631 0102</t>
+  </si>
+  <si>
+    <t>Ручка-линер с эргономичной трехгранной зоной захвата и металлическим наконечником. Документарные водостойкие и светостойкие чернила. Длина непрерывной линии 500-600 метров</t>
+  </si>
+  <si>
+    <t>338063</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/centropen/"&gt;Centropen&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/331/331af4f0ca8c118069a0240b8fdd5be5.jpg</t>
+  </si>
+  <si>
+    <t>Ручка капиллярная  quot;Document 2631 quot; черная, 0,7мм 2 2631 0104</t>
+  </si>
+  <si>
+    <t>338064</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f42/f427fb0bc1c4713f3ac1cdefafa7edea.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;G-Line quot; красная, 0,5мм, игольчатый стержень CGp_50118</t>
+  </si>
+  <si>
+    <t>Ручка гелевая G-Line с колпачком и клипом. Круглый корпус с отделкой фольгой. Цвет колпачка и&amp;nbsp;&amp;nbsp;корпуса соответствует цвету чернил. Трёхгранная зона захвата. Рифление в зоне захвата препятствует скольжению пальцев при письме. Обеспечивает чёткое и ровное письмо. Диаметр пишущего узла - 0,5 мм. Упаковка в картонную коробку по 12 шт</t>
+  </si>
+  <si>
+    <t>338185</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ce/7ced8d580e0812e10ff92383a58d82c0.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;G-Line quot; синяя, 0,5мм, игольчатый стержень CGp_50117</t>
+  </si>
+  <si>
+    <t>338186</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e0/9e0d2c7ee9aaeb5584ec7c5923fb0df5.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;G-Line quot; черная, 0,5мм, игольчатый стержень CGp_50115</t>
+  </si>
+  <si>
+    <t>338187</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/13f/13f796fdff1615fdaefb04d1ee66e384.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Hi-Jell Needle Grip quot; красная, 0,7мм, грип, игольчатый стержень, штрих-код HJR-500RNB</t>
+  </si>
+  <si>
+    <t>Гелевая ручка высокого качества с игольчатым пишущим узлом. Мягкое письмо обеспечивается за счет мелкодисперсных чернил. В состав чернил&amp;nbsp;&amp;nbsp;входит вода и масляная основа. Водостойкие чернила хорошо пишут в холодную погоду и долго не выцветают. Диаметр игольчатого пишущего узла – 0,7 мм. Грип-зона со специальной резиновой накладкой предотвращает скольжение ручки в пальцах</t>
+  </si>
+  <si>
+    <t>338188</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf1/cf19988a84a26e16bb9e591942585f7d.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Velvet quot; красная, 0,5мм, прорезиненый корпус CGp_50127</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Velvet с колпачком и клипом. Круглый корпус с покрытием SOFT TOUCH. Приятное бархатистое покрытие корпуса создает дополнительный комфорт при письме. Трёхгранная зона захвата. Рифление в зоне захвата&amp;nbsp;&amp;nbsp;препятствует скольжению пальцев при письме. Обеспечивает чёткое и ровное письмо. Диаметр пишущего узла - 0,5 мм. Упаковка в картонную коробку по 12 шт.</t>
+  </si>
+  <si>
+    <t>338190</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b6f/b6f614d1a666771882e134bba51373fc.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Velvet quot; синяя, 0,5мм, прорезиненый корпус CGp_50126</t>
+  </si>
+  <si>
+    <t>338191</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24c/24c4ce44162a0558a554e0ae8171afb6.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Velvet quot; черная, 0,5мм, прорезиненый корпус CGp_50125</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Velvet с колпачком и клипом. Круглый корпус с покрытием SOFT TOUCH. Приятное бархатистое покрытие корпуса создает дополнительный комфорт при письме. Трёхгранная зона захвата. Рифление в зоне захвата&amp;nbsp;&amp;nbsp;препятствует скольжению пальцев при письме. Обеспечивает чёткое и ровное письмо. Диаметр пишущего узла - 0,5 мм. Упаковка в картонную коробку по 12 шт</t>
+  </si>
+  <si>
+    <t>338192</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/62a/62a230241ed6f6d6c9895fec36223076.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;X-Gel quot; красная, 0,5мм CGp_50122</t>
+  </si>
+  <si>
+    <t>Ручка гелевая X-Gel с колпачком и клипом. Круглый тонированный корпус. Цвет колпачка и&amp;nbsp;&amp;nbsp;корпуса соответствует цвету чернил. Трёхгранная зона захвата. Рифление в зоне захвата препятствует скольжению пальцев при письме. Обеспечивает чёткое и ровное письмо. Диаметр пишущего узла - 0,5 мм. Упаковка в картонную коробку по 12 шт.</t>
+  </si>
+  <si>
+    <t>338193</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d12/d125ca17aa637ceeb8f5b070c439bfbe.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;X-Gel quot; черная, 0,5мм CGp_50120</t>
+  </si>
+  <si>
+    <t>Ручка гелевая X-Gel с колпачком и клипом. Круглый тонированный корпус. Цвет колпачка и&amp;nbsp;&amp;nbsp;корпуса соответствует цвету чернил. Трёхгранная зона захвата. Рифление в зоне захвата препятствует скольжению пальцев при письме. Обеспечивает чёткое и ровное письмо. Диаметр пишущего узла - 0,5 мм. Упаковка в картонную коробку по 12 шт</t>
+  </si>
+  <si>
+    <t>338195</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d4/2d44e6eb85ed2b19fff065aa89cdb6f4.jpg</t>
+  </si>
+  <si>
+    <t>Ручка капиллярная  quot;Document 2631 quot; черная, 0,5мм 2 2631 0103</t>
+  </si>
+  <si>
+    <t>Ручка-линер. Эргономичная зона обхвата. Светостойкие, водостойкие чернила для документов. Пластмассовый пишущий узел в металлической оправе.Длина линии 500 - 600 м, толщина линии 0,5мм</t>
+  </si>
+  <si>
+    <t>338196</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac0/ac02f803a44b43568861977e98f8560e.jpg</t>
+  </si>
+  <si>
+    <t>Ручка капиллярная черная, 0,4мм CK_40681</t>
+  </si>
+  <si>
+    <t>338294</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/caf/caff414456cd3f20fecdc3e65bc13543/ad3f2abebcfacc4ebc402d301e2c2de9.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Hammer черный стерж, автомат, 0,5мм 613149 штр.: 4680237041371</t>
+  </si>
+  <si>
+    <t>338649</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b72/b72ed3dc8ed5e3e245b4f07d47866c4b/26dbf82528133969925b2aa45beb71e0.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Uni Signo 0,4мм синий UMN-207 710174 штр.: 4902778762646</t>
+  </si>
+  <si>
+    <t>338650</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/uni/"&gt;Uni&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0bf/0bfc85989287c47da3db240a4c0e8bee.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;G-1 Grip quot; красная, 0,5мм, грип BLGP-G1-5-R</t>
+  </si>
+  <si>
+    <t>Ручка с гелевым типом чернил с удобным резиновым упором для пальцев. Обеспечивает четкий цвет и очень мягкое письмо</t>
+  </si>
+  <si>
+    <t>338987</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/388/b7q4mbf3il0s16or8rsmjf5zfg5456ke.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Jell-Belle quot; синяя, 0,5мм, грип JBR-700</t>
+  </si>
+  <si>
+    <t>В гелевой ручке Crown содержатся специальные чернила, в состав которых входит вода и масляная основа. Водостойкие чернила хорошо пишут в холодную погоду и долго не выцветают. Диаметр пишущего узла – 0,5 мм. Грип-зона со специальной резиновой накладкой предотвращает скольжение ручки в пальцах.</t>
+  </si>
+  <si>
+    <t>338988</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b49/khi273bvobvah4lsyup3twvhdd1r3is3.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая  quot;Jell-Belle quot; черная, 0,5мм, грип JBR-700</t>
+  </si>
+  <si>
+    <t>338989</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/44b/44b0a00694f36a5f8838f7b73ee85c89.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая  quot;Auto Jell quot; синяя, 0,7мм AJ-3000N AJ-3000N</t>
+  </si>
+  <si>
+    <t>В гелевой ручке Crown содержатся специальные чернила, в состав которых входит вода и масляная основа. Водостойкие чернила хорошо пишут в холодную погоду и долго не выцветают. Диаметр пишущего узла – 0,7 мм.</t>
+  </si>
+  <si>
+    <t>338993</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/147/147e47d2afdd7ad39929074067bd5ae3.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая OfficeSpace синяя, 0,6мм, грип GLL10_1329</t>
+  </si>
+  <si>
+    <t>Гелевая ручка с колпачком, пластиковый корпус, резиновый грип, синие чернила, пищущий узел 0,6 мм..</t>
+  </si>
+  <si>
+    <t>346145</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/52d/52dfb85650da0f57c68d54446cdfbeac.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая OfficeSpace черная, 0,6мм, грип GLL10_1331</t>
+  </si>
+  <si>
+    <t>Гелевая ручка с колпачком, пластиковый корпус, резиновый грип, черные чернила, пищущий узел 0,6 мм..</t>
+  </si>
+  <si>
+    <t>346146</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/43f/43f1405ae9d3342ea9737363e685578f.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Pilot  quot;G-1 quot; красная, 0,5мм BL-G1-5T-R</t>
+  </si>
+  <si>
+    <t>Гелевая ручка обеспечивает насыщенный цвет и очень мягкое письмо. Отличительная особенность - треугольная форма упора для пальцев. Металлический наконечник</t>
+  </si>
+  <si>
+    <t>348459</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4ce/4ce6fa5cb4bc559cf9fc85f8501c7adf.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Pilot  quot;Super Gel quot; синяя, 0,5мм, грип BL-SG-5-L</t>
+  </si>
+  <si>
+    <t>Одноразовая гелевая ручка с прямой подачей чернил</t>
+  </si>
+  <si>
+    <t>351041</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7eb/7ebb0d060c9560587fd50a1ef046c626.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Pilot  quot;Super Gel quot; черная, 0,5мм, грип BL-SG-5-B</t>
+  </si>
+  <si>
+    <t>351042</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b51/b5112033194fb33e44a309c2169e14ea.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая OfficeSpace  quot;TC-Grip quot; синяя, 0,5мм, грип 260062</t>
+  </si>
+  <si>
+    <t>Гелевая ручка с колпачком, пластиковый тонированный корпус, мягкий резиновый грип для комфортного письма. Диаметр пишущего узла - 0,5 мм, цвет чернил - синий.</t>
+  </si>
+  <si>
+    <t>353784</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b8c/b8c0ca30b1a83514d9a8fdd6c67dd946.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая OfficeSpace  quot;TC-Grip quot; черная, 0,5мм, грип 260061</t>
+  </si>
+  <si>
+    <t>Гелевая ручка с колпачком, пластиковый тонированный корпус, мягкий резиновый грип для комфортного письма. Диаметр пишущего узла - 0,5 мм, цвет чернил&amp;nbsp;&amp;nbsp;- черный.</t>
+  </si>
+  <si>
+    <t>353785</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b43/b438f254ca3e18c259633bda132786b5.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Berlingo  quot;Apex quot;, черная, 0,5мм. CGp_05151</t>
+  </si>
+  <si>
+    <t>Одноразовая гелевая ручка с колпачком с пластиковым клипом. Удобная трёхгранная форма. Рифление в зоне захвата препятствует скольжению пальцев при письме. Цвет клипа и торцевого элемента соответствует цвету чернил. Качественные гелевые чернила обеспечивают чистое и чёткое письмо. Прозрачный корпус позволяет контролировать расход чернил. Увеличенная длина письма – 800 м. Диаметр пишущего узла - 0,5 мм.&amp;nbsp;&amp;nbsp;Упаковка в картонную коробку по 50 шт.</t>
+  </si>
+  <si>
+    <t>355146</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/580/580df1509b43bb33043bc8479e6a7dde.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Pilot  quot;G-1 Grip quot; зеленая, 0,5мм, грип. BLGP-G1-5-G</t>
+  </si>
+  <si>
+    <t>Гелевая ручка G-1 Grip обеспечивает насыщенный цвет и очень мягкое письмо. Отличительная особенность - треугольная форма упора для пальцев. Металлический наконечник</t>
+  </si>
+  <si>
+    <t>357088</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a75/a758c5f3d5e31a2e5bf08510d2a53d95.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая стираемая ArtSpace, синяя, 0,5мм, корпус ассорти. M917_20211</t>
+  </si>
+  <si>
+    <t>Ручка гелевая стираемая, синие чернила. 4 цвета корпуса &amp;#40;синий, красный, зеленый, фиолетовый&amp;#41; с рисунком. Игольчатый пишущий узел 0,5 мм. Термочувствительные чернила становятся невидимыми при нагревании. Нагрев достигается трением встроенным в корпус ручки ластиком. Обесцвеченные чернила проявляются при низкой температуре.&amp;nbsp;&amp;nbsp;Упакованы в картонную коробку по 12 шт.</t>
+  </si>
+  <si>
+    <t>357089</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/012/klirg4fgq6nfrjr6bfgyjx6ckks4028s.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая, автоматическая LITE 0,5 мм черный резин.грип. GPBRL01-K gr</t>
+  </si>
+  <si>
+    <t>Ручки гелевые автоматические LITE. Основные плюсы: - узнаваемый дизайн, но намного дешевле! - обеспечивают легкое и мягкое письмо, яркие и насыщенные линии - прозрачный корпус позволяет контролировать уровень чернил - чернила быстро высыхают, не размазываются - мягкий грипп делает письмо более комфортным. Основные характеристики: - Цвет чернил: синий - Пишущий узел: 0,5 мм. - Корпус: прозрачный пластик.- Форма наконечника: классический, конус. - Наличие резиновой манжетки: да. - Индивидуальный ШК: да, этикетка на корпусе. - Одноразовая: нет.</t>
+  </si>
+  <si>
+    <t>367052</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bbc/bbcb7b69bab99a63a8dd19cea4d25b31/fe2b54a11768045918540725ab1ded40.jpg</t>
+  </si>
+  <si>
+    <t>Набор гелевых ручек 30цв. класс флуор матов смеш блестк. 0,7мм GA1030-30</t>
+  </si>
+  <si>
+    <t>Набор гелевых ручек 30цв. класс/флуор/матов/смеш/блестк. 0,7мм GA1030-30</t>
+  </si>
+  <si>
+    <t>376421</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e64/e64f8645c63ed59238c59f6596b470b8/66d168ded2c9acee00b2c12dac32ddd1.jpg</t>
+  </si>
+  <si>
+    <t>Набор гелевых ручек 4цв., 0,5мм, без манж.</t>
+  </si>
+  <si>
+    <t>376422</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/163/1631a9c2a064533fa6728fe79e6f3e99/11059eec2f08999230adb6ce9cbc650d.jpg</t>
+  </si>
+  <si>
+    <t>Набор гелевых ручек 4цв., 0,5мм, манжетка</t>
+  </si>
+  <si>
+    <t>376423</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8fa/8fa4717c1663eb7f1e2ad242290b50a4/22fbc8e3f3173941359c35d860346b8e.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Gelios-030 черный стерж, игольчатый, 0,5мм</t>
+  </si>
+  <si>
+    <t>376425</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/895/895b1412be8c6c08b875b1ab10c92fa4/fd60e5d75d09c7f778c0291798efb995.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Glide TrioGel 0,5мм черн, треуг, неавтом.</t>
+  </si>
+  <si>
+    <t>376426</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a99/a99427a7c3dd8488b746ff5937fcf495/775f8b0b43220712e502c07064ac095a.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Glide TrioGel 0,5мм, син, треуг, неавтом.</t>
+  </si>
+  <si>
+    <t>376427</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/39b/39be6dafcdda0a0eaf540d7305fb1cbf/74ebe6a1359145e0fd256de03c92df07.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Town резин.манж.0,5мм наб.4шт уп</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Town резин.манж.0,5мм наб.4шт/уп</t>
+  </si>
+  <si>
+    <t>376432</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b3/5b371e01ecc185f649151a2b58431695/daf80551f8f93d8128f3e3b4d82fef29.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache зеленый стерж., 0,5мм, без манж.</t>
+  </si>
+  <si>
+    <t>376433</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/811/8117ea6e428aac900305539f57e7fe99/1fe10f241210c4d7374641a3b1d93487.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache синий стерж., 0,5мм, без манж.</t>
+  </si>
+  <si>
+    <t>376435</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/887/887f6d949948ef1487989e9dec877296/59185694896795049226b66b9c41b013.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PENSAN NANO GEL синяя 0,7мм</t>
+  </si>
+  <si>
+    <t>376437</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pensan/"&gt;PENSAN&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/712/712acc7f0876d30cbb115c7b81181566/307159e8ba7239fc1889100d7bb0a830.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Unimax Top Tek Gel stick Gold DC 0,5мм, син, неавтом.</t>
+  </si>
+  <si>
+    <t>376441</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d4/3d4a164e39ca98985b8cedaa14e0f693/aeb2b4425668fa2c4da2853fa9460e6a.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Unimax Top Tek Gel stick Gold DC 0,5мм, черн, неавтом.</t>
+  </si>
+  <si>
+    <t>376442</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c1f/c1f894a79242e8a10b24ef52b4829fdc/7126aa3986f3aba9814cf6d7cee34b5a.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Attache Selection Elegance,сереб.корп,синий,футляр</t>
+  </si>
+  <si>
+    <t>376448</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/687/xf73pijplho4pbhmy93oh7y2pwi6hcj8.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT  quot;Super Gel quot;, ЧЕРНАЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,3 мм, BL-SG-5</t>
+  </si>
+  <si>
+    <t>Гелева ручка PILOT &amp;quot;Super Gel&amp;quot; в шестигранном корпусе с круглой зоной захвата. Ручка имеет прозрачный круглый корпус деталями в цвет чернил. Зона захвата снабжена рифлением, обеспечивающим комфорт при письме. Цвет чернил - черный.Пишущий узел с диаметром шарика 0,5 мм и наконечником стандартного типа проводит линию письма толщиной 0,3 мм. В сочетании с быстросохнущими гелевыми чернилами обеспечивает точное и быстрое письмо без усилий.</t>
+  </si>
+  <si>
+    <t>392173</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a17/yktz8h0eis9pigsb9eatmgymvvou4t33.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая UNI-BALL  Япония   quot;Signo quot;, СИНЯЯ, корпус тонированный, узел 0,7 мм, линия письма 0,4 мм, UMN-207 BLUE</t>
+  </si>
+  <si>
+    <t>Уникальный пишущий узел позволяет предотвратить царапанье бумаги и писать под очень острым углом. Применены пигментные чернила водостойкие и устойчивые к выцветанию. Корпус из тонированного пластика и имеет прорезиненную ребристую зону захвата.</t>
+  </si>
+  <si>
+    <t>392178</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/626/587wcmypr6kdi6g1lvh7us8lzr6w5zo0.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая с грипом BRAUBERG  quot;Black Jack quot;, СИНЯЯ, трехгранная, узел 0,7 мм, линия письма 0,5 мм, GPR149</t>
+  </si>
+  <si>
+    <t>Автоматическая ручка BRAUBERG &amp;quot;Black Jack&amp;quot; обеспечивает мягкое и качественное письмо за счет использования гелевых чернил. Имеет трехгранный прозрачный корпус и металлический наконечник, а также резиновый упор для удобства письма. Детали ручки выполнены в цвет чернил. Сменный стержень длиной 110 мм позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,7 мм, создает линию письма, равную 0,5 мм.</t>
+  </si>
+  <si>
+    <t>392181</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/716/oghg394bezte83yvhmfqe8jygq10fyik.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая с грипом BRAUBERG  quot;Black Jack quot;, ЧЕРНАЯ, трехгранная, узел 0,7 мм, линия письма 0,5 мм, GPR150</t>
+  </si>
+  <si>
+    <t>Автоматическая ручка BRAUBERG &amp;quot;Black Jack&amp;quot; обеспечивает мягкое и качественное письмо за счет использования гелевых чернил. Имеет трехгранный прозрачный корпус и металлический наконечник, а также резиновый упор для удобства письма. Детали ручки выполнены в цвет черных чернил. Сменный стержень длиной 110 мм позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,7 мм, создает линию письма, равную 0,5 мм.</t>
+  </si>
+  <si>
+    <t>392182</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f2/he0eanzsjqykfeczlrb3jtr39zoi0kdy.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая с грипом BRAUBERG  quot;Officer quot;, СИНЯЯ, корпус тонированный синий, узел 0,5 мм, линия письма 0,35 мм, GPR103</t>
+  </si>
+  <si>
+    <t>Автоматическая ручка BRAUBERG &amp;quot;Officer&amp;quot; с резиновым держателем обеспечивает комфотное и качественное письмо за счет использования гелевых чернил. Имеет круглый тонированый корпус с эргономичным резиновым держателем. Детали ручки выполнены в цвет синих чернил. Сменный стержень длиной 110 мм позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>392183</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/823/ekcre9s5zyhtytvspkzfpfheyz1hxc18.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая с грипом BRAUBERG  quot;Officer quot;, ЧЕРНАЯ, корпус тонированный черный, узел 0,5 мм, линия письма 0,35 мм, GRP104</t>
+  </si>
+  <si>
+    <t>Автоматическая ручка BRAUBERG &amp;quot;Officer&amp;quot; с резиновым держателем обеспечивает комфотное и качественное письмо за счет использования гелевых чернил. Имеет круглый тонированый корпус с эргономичным резиновым держателем. Детали ручки выполнены в цвет черных чернил. Сменный стержень длиной 110 мм позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>392184</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f4e/jb2cgmhbkj6u92lkx20dp2gzy1ajvrp1.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая с грипом PILOT G-2, СИНЯЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,3 мм, BL-G2-5</t>
+  </si>
+  <si>
+    <t>Автоматическая гелевая ручка с резиновым упором для пальцев.</t>
+  </si>
+  <si>
+    <t>392187</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f1/da9aeny8zxcliishkwo0n8280xrwdfc2.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая с грипом PILOT G-2, ЧЕРНАЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,3 мм, BL-G2-5</t>
+  </si>
+  <si>
+    <t>392188</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e0/c0risw2m2jdm04oaiupyy3wl8buh4m9h.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом BRAUBERG  quot;Contact quot;, ЧЕРНАЯ, корпус черный, игольчатый узел 0,5 мм, линия письма 0,35 мм, GP145</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG &amp;quot;Contact&amp;quot; с резиновыми вставками на корпусе обеспечивает комфотное и качественное письмо. Имеет круглый корпус с эргономичным резиновыми вставками в цвет черных чернил. Сменный стержень длиной 130 мм с игольчатым наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>392192</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/51f/8cn5bzm5gu52wzap71443rp4mc7dbbs4.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом BRAUBERG  quot;Geller quot;, КРАСНАЯ, игольчатый узел 0,5 мм, линия письма 0,35 мм, GP141</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG &amp;quot;Geller&amp;quot; с резиновым держателем обеспечивает комфотное и качественное письмо. Имеет круглый прозрачный корпус с эргономичным резиновым держателем. Детали ручки выполнены в цвет красных чернил. Сменный стержень длиной 130 мм с игольчатым наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>392193</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/719/32nfcueksehu2k3h0qdr6kqt1hni0g4s.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом BRAUBERG  quot;Geller quot;, СИНЯЯ, игольчатый узел 0,5 мм, линия письма 0,35 мм, GP139</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG &amp;quot;Geller&amp;quot; с резиновым держателем обеспечивает комфортное и качественное письмо. Имеет круглый прозрачный корпус с эргономичным резиновым держателем. Детали ручки выполнены в цвет синих чернил. Сменный стержень длиной 130 мм с игольчатым наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>392194</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b36/0g2g8zxkai59sk89x2vriu1f5645r52i.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом BRAUBERG  quot;Geller quot;, ЧЕРНАЯ, игольчатый узел 0,5 мм, линия письма 0,35 мм, GP140</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG &amp;quot;Geller&amp;quot; с резиновым держателем обеспечивает комфортное и качественное письмо. Имеет круглый прозрачный корпус с эргономичным резиновым держателем. Детали ручки выполнены в цвет черных чернил. Сменный стержень длиной 130 мм с игольчатым наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>392195</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/502/77b8mgkt79w4n28u2rmqmypm7i1oqvvh.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом BRAUBERG  quot;Impulse quot;, СИНЯЯ, игольчатый узел 0,5 мм, линия письма 0,35 мм, GP142</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG &amp;quot;Impulse&amp;quot; с резиновым держателем и игольчатым наконечником обеспечивает комфотное и качественное письмо. Имеет круглый матовый корпус с эргономичным резиновым в цвет синих чернил. Сменный стержень длиной 130 мм с игольчатым наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>392196</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/890/utnarmk1bsd17tu14qkguj2rhg4l1xw9.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом BRAUBERG  quot;Impulse quot;, ЧЕРНАЯ, игольчатый узел 0,5 мм, линия письма 0,35 мм, GP143</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG &amp;quot;Impulse&amp;quot; с резиновым держателем и игольчатым наконечником обеспечивает комфотное и качественное письмо. Имеет круглый матовый корпус с эргономичным резиновым в цвет черных чернил. Сменный стержень длиной 130 мм с игольчатым наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>392197</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/17f/kifjdwjj41f74rq0bc65ozdl77vq8dhc.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом BRAUBERG  quot;Number One quot;, КРАСНАЯ, узел 0,5 мм, линия письма 0,35 мм, GP157</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG &amp;quot;Number One&amp;quot; с резиновым держателем обеспечивает комфотное и качественное письмо. Имеет круглый прозрачный корпус с резиновым держателем. Детали ручки выполнены в цвет красных чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>392198</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0b7/ivxn7084flvq6teb9cge07jqrnqi6rad.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом BRAUBERG  quot;Number One quot;, СИНЯЯ, узел 0,5 мм, линия письма 0,35 мм, GP159</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG &amp;quot;Number One&amp;quot; с резиновым держателем обеспечивает комфортное и качественное письмо. Имеет круглый прозрачный корпус с резиновым держателем. Детали ручки выполнены в цвет синих чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>392199</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/59e/kr6wgoh5a1hk413jjbfz69wji2x9mi1x.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом BRAUBERG  quot;Number One quot;, ЧЕРНАЯ, узел 0,5 мм, линия письма 0,35 мм, GP158</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG &amp;quot;Number One&amp;quot; с резиновым держателем обеспечивает комфортное и качественное письмо. Имеет круглый прозрачный корпус с резиновым держателем. Детали ручки выполнены в цвет черных чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>392200</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/289/s93tp56a847y13dd6e0z6ddpy9r2wnrb.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом BRAUBERG  quot;Samurai quot;, ЧЕРНАЯ, корпус тонированный, узел 0,5 мм, линия письма 0,35 мм, GP138</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG &amp;quot;Samurai&amp;quot; с резиновым держателем обеспечивает комфотное и качественное письмо. Имеет круглый тонированный корпус с эргономичным резиновым держателем. Детали ручки выполнены в цвет черных чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>392201</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/204/k8sq95gon0x3w5s9q73c9xl4cbxp5nts.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом CROWN  quot;Hi-Jell Needle Grip quot;, СИНЯЯ, узел 0,7 мм, линия письма 0,5 мм, HJR-500RNB</t>
+  </si>
+  <si>
+    <t>Ручка CROWN &amp;quot;Hi-Jell Needle Grip&amp;quot; содержит гелевые чернила с ярким пигментом на водной основе, которые обеспечивают мягкое и легкое скольжение по любой бумаге. Корпус сделан из прозрачного пластика, что позволяет следить за уровнем чернил. Детали выкрашены в цвет чернил. Резиновый держатель обеспечивает комфорт, позволяя кисти не уставать при письме.Чернила синего цвета водостойкие, поэтому текст на расплывется при попадании воды. Быстро высыхают и не размазываются.Стержень длиной 138 мм снабжен пишущим узлом 0,7 мм. Игольчатый наконечник обеспечивает равномерный расход чернил и толщину линии письма 0,5 мм.</t>
+  </si>
+  <si>
+    <t>392204</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c48/v9fbyl8a6p5ti0vs6f2oygds2bf8fel9.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом CROWN  quot;Hi-Jell Needle Grip quot;, ЧЕРНАЯ, узел 0,7 мм, линия письма 0,5 мм, HJR-500RNB</t>
+  </si>
+  <si>
+    <t>Ручка CROWN &amp;quot;Hi-Jell Needle Grip&amp;quot; содержит гелевые чернила с ярким пигментом на водной основе, которые обеспечивают мягкое и легкое скольжение по любой бумаге. Корпус сделан из прозрачного пластика, что позволяет следить за уровнем чернил. Детали выкрашены в цвет чернил. Резиновый держатель обеспечивает комфорт, позволяя кисти не уставать при письме.Чернила черного цвета водостойкие, поэтому текст на расплывется при попадании воды. Быстро высыхают и не размазываются.Стержень длиной 138 мм снабжен пишущим узлом 0,7 мм. Игольчатый наконечник обеспечивает равномерный расход чернил и толщину линии письма 0,5 мм.</t>
+  </si>
+  <si>
+    <t>392205</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/16a/t1j8vevm5fox824vyx63tvolhzpw9kan.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом PILOT  quot;G-1 Grip quot;, СИНЯЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,3 мм, BLGP-G1-5</t>
+  </si>
+  <si>
+    <t>Классическая гелевая ручка PILOT G-1 Grip с металлизированным наконечником, стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет прозрачный круглый корпус деталями в цвет чернил. Зона захвата снабжена резиновым держателем, обеспечивающим комфорт при письме.Стержень снабжен пишущим узлом с диаметром шарика 0,5 мм с наконечником стандартного типа, проводимым линию письма толщиной 0,3 мм. В сочетании с быстросохнущими гелевыми чернилами обеспечивает точное и быстрое письмо без усилий. Длина сменного стержня - 128 мм.</t>
+  </si>
+  <si>
+    <t>392211</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd7/dg9ue3amd50cvahz3g1ln6hj18vfabh2.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом PILOT  quot;G-1 Grip quot;, ЧЕРНАЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,3 мм, BLGP-G1-5</t>
+  </si>
+  <si>
+    <t>392212</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/489/6mx23yxaugb19qfs5epd8krp52lcov2i.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом STAFF, ЗЕЛЕНАЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,35 мм, GP171</t>
+  </si>
+  <si>
+    <t>Гелевая ручка STAFF &amp;quot;EVERYDAY&amp;quot; обеспечивает комфотное и качественное письмо. Имеет круглый прозрачный корпус с резиновым держателем. Детали ручки выполнены в цвет зеленых чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
+  </si>
+  <si>
+    <t>392213</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>72</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/df9/df9c03ad9aa8b358e586713712183143.jpg</t>
-[...2077 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b8b/gz6swlqvp9lqwzdpe3fh29geb8n21rc2.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом STAFF, СИНЯЯ, корпус белый, игольчатый узел 0,5 мм, линия письма 0,35 мм, GP174</t>
   </si>
   <si>
     <t>Гелевая ручка STAFF &amp;quot;Manager&amp;quot; обеспечивает комфортное и качественное письмо. Имеет круглый корпус белого цвета с резиновым держателем. Детали ручки выполнены в цвет синих чернил. Сменный стержень длиной 135 мм с игольчатым наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>392214</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/28c/vgf3if7ypaacrl6jjn2pvi70a2um305k.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом STAFF, ЧЕРНАЯ, корпус белый, игольчатый узел 0,5 мм, линия письма 0,35 мм, GP173</t>
   </si>
   <si>
     <t>Гелевая ручка STAFF &amp;quot;Manager&amp;quot; обеспечивает комфортное и качественное письмо. Имеет круглый корпус белого цвета с резиновым держателем. Детали ручки выполнены в цвет черных чернил. Сменный стержень длиной 135 мм с игольчатым наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>392215</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/20e/7ehvx8gnqk5vli7fmmy1hzd8lwhkdayi.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом STAFF, ЧЕРНАЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,35 мм, GP169</t>
   </si>
   <si>
     <t>Гелевая ручка STAFF &amp;quot;EVERYDAY&amp;quot; с колпачком - это эконом-вариант достойного качества для повседневного использования. Имеет прозрачный корпус с деталями в цвет чернил, а также резиновый держатель в области захвата для удобства письма. Сменный стержень длиной 130 мм позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>392216</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/118/34r7j9nmr07v2ighvpjsfrsrzzfndrcf.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2d1/dxjb49gqc77yc1sgpa02bgh3da1gojv9.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая PILOT  quot;Frixion Point quot;, СИНЯЯ, игольчатый узел 0,5 мм, линия письма 0,25 мм, BL-FRP-5</t>
   </si>
   <si>
     <t>Чернила обесцвечиваются при нагревании. Достаточно потереть надпись резинкой, расположенной на конце корпуса ручки, и надпись исчезнет. При корректировке надписи бумага остается невредимой, можно писать поверх стертого.</t>
   </si>
   <si>
     <t>392229</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f8b/jy134xyt1877v196bxj6htc7pv7t2nkk.jpg</t>
-[...8 lines deleted...]
-    <t>392232</t>
+    <t>http://anytos.ru//upload/iblock/934/vblz3nt0mnoj0zupzh92ghe1m0yw8oyt.jpg</t>
+  </si>
+  <si>
+    <t>Ручка стираемая гелевая PILOT  quot;Frixion Point quot;, ЧЕРНАЯ, игольчатый узел 0,5 мм, линия письма 0,25 мм</t>
+  </si>
+  <si>
+    <t>392230</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e3/kcnk7couqajo6uoyvyubuz584ey201dd.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая STAFF, ЧЕРНАЯ, хромированные детали, узел 0,5 мм, линия письма 0,35 мм, 142495</t>
   </si>
   <si>
     <t>Стираемая ручка STAFF пишет специальными гелевыми чернилами, которые становятся невидимыми при нагревании до 60 °С и выше. Нагрев достигается ластиком, встроенным в корпус ручки. Написанное можно восстановить при температуре ниже –18 °С. Имеется возможность многократного стирания. Ручка имеет круглый корпус с хромированными деталями и стандартный наконечник. Длина сменного стержня составляет 130 мм. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,38 мм. Цвет чернил - черный.</t>
   </si>
   <si>
     <t>392234</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c18/r1hf7ohmwnvccehc3ld1zaht8hglgwpt.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая ПИФАГОР, СИНЯЯ, корпус двухцветный, узел 0,5 мм, линия письма 0,35 мм, 142496</t>
   </si>
   <si>
     <t>Стираемая ручка ПИФАГОР пишет специальными гелевыми чернилами. Имеется возможность многократного стирания. Чернила становятся невидимыми при нагревании до 60 °С и выше. Нагрев достигается ластиком, встроенным в корпус ручки. Написанное можно восстановить при температуре ниже –18 °С. Ручка имеет круглый корпус и стандартный наконечник. Длина сменного стержня составляет 130 мм. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>392235</t>
   </si>
@@ -2516,59 +2480,68 @@
   <si>
     <t>392236</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2ac/rjqcl0xk1sm5gbcgimfasg7nxj3ni2uw.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая с грипом PILOT  quot;Frixion Pro quot;, СИНЯЯ, корпус с печатью, узел 0,7 мм, линия письма 0,35 мм, BL-FRO-7</t>
   </si>
   <si>
     <t>Чернила ручки “Frixion” не исчезают и не стираются, а становятся бесцветными под воздействием температуры путем стирания резинкой, встроенной в ручку, или при нагревании листа бумаги выше &amp;#43;60 °С. Написанное можно восстановить при температуре ниже -18 °С.</t>
   </si>
   <si>
     <t>392237</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d11/k4ra0p9s40z9h1n7l5hj1tusqv05g0r2.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая с грипом PILOT  quot;Frixion quot;, КРАСНАЯ, корпус красный, узел 0,7 мм, линия письма 0,35 мм, BL-FR-7</t>
   </si>
   <si>
     <t>392239</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bf4/v903vkhh6ao96e5s403wlfv48s8xeqnw.jpg</t>
+  </si>
+  <si>
+    <t>Ручка стираемая гелевая с грипом PILOT  quot;Frixion quot;, СИНЯЯ, корпус синий, узел 0,7 мм, линия письма 0,35 мм, BL-FR-7</t>
+  </si>
+  <si>
+    <t>Чернила ручки “Frixion” не исчезают и не стираются, а становятся бесцветными под воздействием температуры путем стирания резинкой, встроенной в ручку, или нагревая лист бумаги выше &amp;#43;60 °С. Написанное можно восстановить при температуре ниже –18 °С.</t>
+  </si>
+  <si>
+    <t>392240</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/873/yfg6rhyz736yrgkxwf2lnoddjlzb428o.jpg</t>
   </si>
   <si>
     <t>Ручка стираемая гелевая с грипом PILOT  quot;Frixion quot;, ЧЕРНАЯ, корпус черный, узел 0,7 мм, линия письма 0,35 мм, BL-FR-7</t>
   </si>
   <si>
-    <t>Чернила ручки “Frixion” не исчезают и не стираются, а становятся бесцветными под воздействием температуры путем стирания резинкой, встроенной в ручку, или нагревая лист бумаги выше &amp;#43;60 °С. Написанное можно восстановить при температуре ниже –18 °С.</t>
-[...1 lines deleted...]
-  <si>
     <t>392241</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/16f/ytes5bywuobgwndw0t0tolch80ofexsx.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые  quot;ДЛЯ ЕГЭ quot; с грипом, ЧЕРНЫЕ, НАБОР 2 шт., BRAUBERG, узел 0,7 мм, линия письма 0,4 мм, блистер, GP106</t>
   </si>
   <si>
     <t>Гелевые ручки BRAUBERG &amp;quot;ДЛЯ ЕГЭ&amp;quot; с грипом - основной помощник при сдаче экзамена. Специальный набор из двух ЧЕРНЫХ гелевых ручек с колпачком и резиновым упором для удобства письма. Ярко и четко пишут на бумаге, а также на экзаменационном бланке. Не царапают бумагу. Соответствуют всем требованиям, предъявляемым к экзаменационной ручке. Ручки имеют прозрачный корпус круглой формы. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,7 мм, создает линию письма, равную 0,4 мм.</t>
   </si>
   <si>
     <t>392242</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/323/03i7g3c1q5yrclctebdsjj2m2gvyuq3h.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые BRAUBERG, НАБОР 10 шт., АССОРТИ,  quot;Jet quot;, узел 0,7 мм, линия письма 0,5 мм, 141038</t>
   </si>
   <si>
     <t>Гелевые ручки BRAUBERG &amp;quot;Jet&amp;quot; - набор ярких и насыщенных цветов на каждый день для работы в офисе и учебы. Ручка имеет круглый прозрачный корпус и рифление в зоне захвата для удобства письма. Сменный стержень длиной 135 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,7 мм, создает линию письма, равную 0,5 мм. Набор включает гелевые ручки из 10 различных цветов чернил: желтый, оранжевый, красный, розовый, синий, голубой, фиолетовый, зеленый, салатовый, черный.</t>
@@ -2696,62 +2669,50 @@
   <si>
     <t>Гелевые ручки ЮНЛАНДИЯ - яркая серия гелевых ручек с блестками для учебы и детского творчества! Ручка имеет круглый яркий с печатью корпус. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,7 мм, создает линию письма, равную 0,5 мм. Набор включает гелевые ручки из 12 различных ярких чернил с блестками: желтый, голубой, красный, черный, фиолетовый, розовый, пурпурный, серебристый, оранжевый, синий, светло-зеленый, зеленый.</t>
   </si>
   <si>
     <t>392267</t>
   </si>
   <si>
     <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/771/vmjatl4hu3kylsoi0xn1lnr0tx74dmr8.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые ЮНЛАНДИЯ, НАБОР 12 шт., АССОРТИ НЕОН, корпус с печатью, узел 0,7 мм, линия письма 0,5 мм, GP132</t>
   </si>
   <si>
     <t>Гелевые ручки ЮНЛАНДИЯ - яркая серия гелевых ручек неоновых цветов для учебы и детского творчества! Ручка имеет круглый яркий с печатью корпус. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,7 мм, создает линию письма, равную 0,5 мм. Набор включает гелевые ручки из 12 различных ярких чернил неоновых цветов: розовый, пурпурный, оранжевый, зеленый, светло-зеленый, красный, желто-оранжевый, синий, голубой, фиолетовый, коралловый, темно-зеленый.</t>
   </si>
   <si>
     <t>392268</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/91f/npxr5vdmto3fldxxqd3irqwmzrj0v78e.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/335/ink1zdxf5044rxfl8n1wyg0m5y9nktp9.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые ЮНЛАНДИЯ, НАБОР 6 шт., АССОРТИ БЛЕСТКИ, корпус с печатью, узел 0,7 мм, линия письма 0,5 мм, GP126</t>
   </si>
   <si>
     <t>Гелевые ручки ЮНЛАНДИЯ - яркая серия гелевых ручек с блестками для учебы и детского творчества! Ручка имеет круглый яркий с печатью корпус. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,7 мм, создает линию письма, равную 0,5 мм. Набор включает гелевые ручки из 6 различных ярких чернил с блестками: фиолетовый, голубой, желтый, красный, зеленый, серебристый.</t>
   </si>
   <si>
     <t>392270</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/985/p3inorzs9h63j0h56uz2n7pujclbtuqq.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые ЮНЛАНДИЯ, НАБОР 6 шт., АССОРТИ МЕТАЛЛИК, с печатью, узел 0,7 мм, линия письма 0,5 мм, GP125</t>
   </si>
   <si>
     <t>Гелевые ручки ЮНЛАНДИЯ - яркая серия гелевых ручек с эффектом &amp;quot;металлик&amp;quot; для учебы и детского творчества! Ручка имеет круглый яркий с печатью корпус. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,7 мм, создает линию письма, равную 0,5 мм. Набор включает гелевые ручки из 6 различных ярких чернил с эффектом &amp;quot;металлик&amp;quot;: синий, голубой, желтый, красный, зеленый, серебристый.</t>
   </si>
   <si>
     <t>392271</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/281/jpu9b4al52wdpfcmg4rpq06me8825pdj.jpg</t>
@@ -2984,62 +2945,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/756/75627177f095dabc0adb82daf832384e.jpeg</t>
   </si>
   <si>
     <t>Ручка гелевая Berlingo  quot;Brilliant Pastel quot;, пастель белая, 0,8мм</t>
   </si>
   <si>
     <t>Ручка гелевая Berlingo &amp;quot;Brilliant Pastel&amp;quot;, белая, с эффектом пастель. Утончённый корпус с бархатистым покрытием soft-touch, прозрачный колпачок с клипом. Цвет корпуса соответствует цвету чернил. Корейские водо- и светостойкие чернила. Оптимальный диаметр пишущего узла – 0,8 мм – для мягкости письма и насыщенности цвета. Предназначена для использования на чёрной бумаге. Упаковка в картонную коробку по 12 штук.</t>
   </si>
   <si>
     <t>429584</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e1d/e1dabe2e334192c76aef163e18b42c51.jpeg</t>
   </si>
   <si>
     <t>Ручка гелевая Berlingo  quot;Brilliant Metallic quot;, золото металлик, 0,8мм</t>
   </si>
   <si>
     <t>Ручка гелевая Berlingo &amp;quot;Brilliant Metallic&amp;quot;, золото с эффектом металлик. Утончённый корпус с бархатистым покрытием soft-touch, прозрачный колпачок с клипом. Цвет корпуса соответствует цвету чернил. Корейские водо- и светостойкие чернила. Оптимальный диаметр пишущего узла – 0,8 мм – для мягкости письма и насыщенности цвета. Подходит для использования на чёрной бумаге. Упаковка в картонную коробку по 12 штук.</t>
   </si>
   <si>
     <t>429585</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0de/0de581c1dbbb6135d602828ebc247edd.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a6f/a6f5ce0c9da210c2c16fc1d6a99637ff.jpeg</t>
   </si>
   <si>
     <t>Ручка гелевая Bic  quot;Gelocity Stic quot;, черный, 0,5мм, грип</t>
   </si>
   <si>
     <t>Гелевая ручка BIC &amp;quot;Gelocity Stic&amp;quot; с тонким пишущим узлом и черными чернилами. Супермягкое и гладкое письмо без клякс. Мягкий и удобный грип для комфортного письма.&amp;nbsp;&amp;nbsp; Шарик 0.5 мм позволяет чертить красивые линии 0.29 мм Ручка имеет полупрозрачный корпус со стильным дизайном.</t>
   </si>
   <si>
     <t>433030</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bic/"&gt;BIC&lt;/a&gt;</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c7c/c7c22896bc285f7671166ebf090cbb66.jpeg</t>
   </si>
   <si>
     <t>Ручка гелевая Crown  quot;Hi-Jell Pastel quot; розовая пастель, 0,8мм</t>
   </si>
   <si>
     <t>Гелевая ручка с чернилами пастельных оттенков легко и мягко пишет на различных видах бумаги, в том числе темных. Водостойкие чернила, время высыхания на бумаге 3-5 секунд. Зона захвата с рифлением для комфортного письма</t>
@@ -3104,98 +3053,74 @@
   <si>
     <t>Гелевая ручка PENSAN &amp;quot;Soft Gel Fine&amp;quot; поставляется в классическом пластиковом тонированном корпусе круглой формы с деталями в цвет чернил. Зона захвата снабжена резиновым грипом в цвет чернил, которая обеспечит комфорт кисти при письме и позволит не прикладывать дополнительных усилий.В ручках серии &amp;quot;Soft Gel Fine&amp;quot; используется качественный наконечник, произведенный в Швейцарии, с пишущим узлом 0,5 мм с шариком из карбида вольфрама. Чернила высокого качества в совокупности с игольчатым наконечником обеспечат аккуратную линию письма без пропусков толщиной 0,4 мм. Стержень заменяем.</t>
   </si>
   <si>
     <t>434102</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/415/41560e98ec4c7369798fa68b8a7f3310/f87d9912667a71ab41a4dc1efd7253ec.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая PILOT BLRT-SNP5 Synergy Point авт.резин.манжет. синяя, Япония</t>
   </si>
   <si>
     <t>438259</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/283/283fd7dd7b931071c3ecf34e1570b648/e7f63dce2db67f1bc0b306144da7b3b6.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Attache Selection Graphite, цвет чернил синий</t>
   </si>
   <si>
     <t>438268</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b3b/b3bc0b85b60b52125611f4935a52b47e/b387e75d25abf886a296df350b467538.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bc3/bc3afa3fd6a93ab173ab2eb8ce5f5fce/8db89e4ba805bbcb5849c9105111d839.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Berlingo  quot;Silk touch quot;, черная, 0,5мм, грип</t>
   </si>
   <si>
     <t>Гелевая ручка Berlingo Silk touch – это потрясающее сочетание стиля, качества и удобства. Цвет корпуса соответствует цвету чернил. Удобный рифленый грип и прорезиненное покрытие корпуса создают дополнительный комфорт при работе с ручкой. Надёжный металлический клип позволит зафиксировать ее, например, на ежедневнике или планере. Диаметр пишущего узла составляет 0,5 мм, благодаря чему получается тонкая, аккуратная линия. - Цвет чернил: чёрный, - Толщина линии письма: 0,3 мм, - Длина письма: 600 м, - Цвет корпуса: чёрный, - Количество штук в упаковке: 12, - Тип упаковки: картонная коробка.</t>
   </si>
   <si>
     <t>557554</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f99/f990e0196555c4b1e52e0b73f2a86d99/c6f1a0bed709e324bde15cfce0c16e3d.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Berlingo  quot;Silk touch quot;, синяя, 0,5мм, грип</t>
   </si>
   <si>
     <t>Гелевая ручка Berlingo Silk touch – это потрясающее сочетание стиля, качества и удобства. Цвет корпуса соответствует цвету чернил. Удобный рифленый грип и прорезиненное покрытие корпуса создают дополнительный комфорт при работе с ручкой. Надёжный металлический клип позволит зафиксировать ее, например, на ежедневнике или планере. Диаметр пишущего узла составляет 0,5 мм, благодаря чему получается тонкая, аккуратная линия. - Цвет чернил: синий, - Толщина линии письма: 0,3 мм, - Длина письма: 600 м, - Цвет корпуса: синий, - Количество штук в упаковке: 12, - Тип упаковки: картонная коробка.</t>
   </si>
   <si>
     <t>557555</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cc7/cc728d92726e7894a2606bb15d4f067f/43e6e33e112ae3e25be4050d07c0f1cb.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/786/786b78150add2e86efcedcf2a078ecbd/e9cb638d426698aed820089f7166b72c.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Crown  quot;Hi-Jell Needle Grip quot; черная, 0,7мм, грип, игольчатый стержень, штрих-код</t>
   </si>
   <si>
     <t>Гелевая ручка Crown &amp;quot;Hi-Jell Needle Grip&amp;quot;&amp;nbsp;&amp;nbsp; - надежная ручка проверенная временем.&amp;nbsp;&amp;nbsp;Ручка идеально подходит для экзаменов ЕГЭ, ведения документооборота, заполнения бланков, заметок в ежедневнике, заполнения личного дневника, рисунков в скетчбуке.&amp;nbsp;&amp;nbsp;Корпус сделан из высококачественного первичного пластика, который в случае поломки не оставляет острых углов и мелких осколков.&amp;nbsp;&amp;nbsp;Корейские гелевые чернила на водной основе обладают высокой светостойкостью и водостойкостью, мгновенно высыхают, не смазываются и обеспечивают мягкое и комфортное письмо. Благодаря&amp;nbsp;&amp;nbsp;гелеобразной консистенции чернил&amp;nbsp;&amp;nbsp;и специальной технологии двух подпружиненных шариков в пишущем узле&amp;nbsp;&amp;nbsp;гелевые ручки Crown обеспечивают мягкое и комфортное письмо. Равномерно измельченный пигмент в составе чернил позволяет писать ярко без пропусков и исключает царапины на бумаге. Игольчатый стержень позволяет наносить идеально тонкую линию.&amp;nbsp;&amp;nbsp;Резиновый грип снижает давление на пальцы рук при письме&amp;nbsp;&amp;nbsp; Цвет чернил - черный, диаметр пишущего узла - 0,7 мм. Упаковка: картонная коробка по 12 штук.</t>
   </si>
   <si>
     <t>557558</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b52/b529db4fac47c93e97ee98d76be7d947/c6d33c1b5060d85f45414283ec207b99.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Crown  quot;Hi-Jell Needle Grip quot; зеленая, 0,7мм, грип, игольчатый стержень, штрих-код</t>
   </si>
   <si>
     <t>Гелевая ручка Crown &amp;quot;Hi-Jell Needle Grip&amp;quot;&amp;nbsp;&amp;nbsp; - надежная ручка проверенная временем.&amp;nbsp;&amp;nbsp;Ручка идеально подходит для выделения, ведения документооборота, заполнения бланков, заметок в ежедневнике, заполнения личного дневника, рисунков в скетчбуке.&amp;nbsp;&amp;nbsp;Корпус сделан из высококачественного первичного пластика, который в случае поломки не оставляет острых углов и мелких осколков.&amp;nbsp;&amp;nbsp;Корейские гелевые чернила на водной основе обладают высокой светостойкостью и водостойкостью, мгновенно высыхают, не смазываются и обеспечивают мягкое и комфортное письмо. Благодаря&amp;nbsp;&amp;nbsp;гелеобразной консистенции чернил&amp;nbsp;&amp;nbsp;и специальной технологии двух подпружиненных шариков в пишущем узле&amp;nbsp;&amp;nbsp;гелевые ручки Crown обеспечивают мягкое и комфортное письмо. Равномерно измельченный пигмент в составе чернил позволяет писать ярко без пропусков и исключает царапины на бумаге. Игольчатый пишущий узел позволяет наносить идеально тонкую линию.&amp;nbsp;&amp;nbsp;Прорезиненный грип снижает давление на пальцы рук при письме.&amp;nbsp;&amp;nbsp;Цвет чернил - зеленый, диаметр пишущего узла - 0,7 мм. Упаковка: картонная коробка по 12 штук.</t>
   </si>
   <si>
     <t>557559</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/724/724f8b4eec424b9fedaa70985285cc85/3e2adec3ff59e163f877fdc95dd10cae.jpg</t>
@@ -3245,62 +3170,50 @@
   <si>
     <t>565274</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c36/dwhuqfvkx0dqlr6iqln9oals0h6sqt4e.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая PILOT  quot;G-1 quot;, ЧЕРНАЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,3 мм, BL-G1-5T</t>
   </si>
   <si>
     <t>565275</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/477/9laz57uqfzo8t0zw3vd77m50bz61xg5n.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая PILOT  quot;Super Gel quot;, СИНЯЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,3 мм, BL-SG-5</t>
   </si>
   <si>
     <t>Гелева ручка PILOT &amp;quot;Super Gel&amp;quot; имеет прозрачный круглый корпус деталями в цвет чернил. Ручка в шестигранном корпусе с круглой зоной захвата. Зона захвата снабжена рифлением, обеспечивающим комфорт при письме. Цвет чернил - синий.Пишущий узел с диаметром шарика 0,5 мм и наконечником стандартного типа проводит линию письма толщиной 0,3 мм. В сочетании с быстросохнущими гелевыми чернилами обеспечивает точное и быстрое письмо без усилий.</t>
   </si>
   <si>
     <t>565276</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/44f/fpi8dxi40w71r3vbw4oefrfe9d3h8j56.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b3a/gs30grdahbeditym65ccjmkom7uk2ko3.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая STAFF  quot;Basic quot;, КРАСНАЯ, корпус прозрачный, хромированные детали, узел 0,5 мм, линия письма 0,35 мм, 142790</t>
   </si>
   <si>
     <t>Классическая гелевая ручка STAFF &amp;quot;Basic&amp;quot; с рифленой поверхностью в зоне захвата для повседневного использования. Имеет шестигранный прозрачный корпус с рифленой поверхностью в зоне захвата. Детали ручки выполнены в цвет красных чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>565278</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ee/miwt11s895ygvfjvbxnr983h8p0g1lv3.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая STAFF  quot;Basic quot;, СИНЯЯ, корпус прозрачный, хромированные детали, узел 0,5 мм, линия письма 0,35 мм, 142788</t>
   </si>
   <si>
     <t>Классическая гелевая ручка STAFF &amp;quot;Basic&amp;quot; с рифленой поверхностью в зоне захвата для повседневного использования. Имеет шестигранный прозрачный корпус с рифленой поверхностью в зоне захвата. Детали ручки выполнены в цвет синих чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>565279</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b0e/whxppei3o4p50lho6262m1lv4hmy84pi.jpg</t>
@@ -3449,134 +3362,143 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4e2/c2qmui79wgd15i5uij4qvgoa4s7vllca.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG ART, БЕЛАЯ, корпус тонированный белый, узел 1 мм, линия письма 0,5 мм, 143418</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG ART с белым цветом чернил идеально подходит для создания рисунков на черной бумаге и станет отличным помощником в реализации творческих замыслов. Гелевая ручка с белым корпусом и рифлением для удобства письма, исключающим скольжение пальцев. Ручка имеет сменный стержень - 130 мм, что позволяет увеличить срок службы. Диаметр пишущего узла 1 мм создает тонкую линию письма, равную 0,5 мм. Белые чернила равномерно распределяются на бумаге.</t>
   </si>
   <si>
     <t>601411</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/219/dqakh5m11makhdb5a3gwcm5b9l91pjtn.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG DIAMOND, СИНЯЯ, игольчатый узел 0,5 мм, линия письма 0,25 мм, 143378.</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;Diamond&amp;quot; с наконечник в виде бриллианта и ярким корпусом сразу обращает на себя внимание. Синий цвет корпуса соответствует цвету чернил, а необычный пишущий узел с диаметром наконечника 0,5 мм создает линию письма, равную 0,25 мм.</t>
   </si>
   <si>
     <t>601412</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/692/psdin5zbh204ko1ozgrg8zktqpq70kux.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0b6/1a22evty90rb83rmjha9xr3css207l8z.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом BRAUBERG  quot;White quot;, БЕЛАЯ, пишущий узел 1 мм, линия письма 0,5 мм, 143416</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;White&amp;quot; с белым цветом чернил идеально подходит для создания рисунков на черной бумаге и станет отличным помощником в реализации творческих замыслов. Гелевая ручка с прозрачным корпусом и резиновым держателем для удобства письма, исключающим скольжение пальцев. Ручка имеет сменный стержень - 130 мм, что позволяет увеличить срок службы. Диаметр пишущего узла 1 мм создает тонкую линию письма, равную 0,5 мм. Белые чернила равномерно распределяются на бумаге.</t>
   </si>
   <si>
     <t>601422</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c03/ym0owj2xcg2xhrkaps3ymry2v0ym3shq.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые BRAUBERG DIAMOND, НАБОР 12 штук, АССОРТИ, узел в виде бриллианта 0,5 мм, линия письма 0,25 мм, 143377</t>
   </si>
   <si>
     <t>Набор гелевых ручек BRAUBERG &amp;quot;Diamond&amp;quot; с наконечником в виде бриллианта и яркими и чернилами ассорти. Прекрасно подходит для детского творчества: рисования, поделок и т.д. Яркие, приковывающие взгляды ручки станут отличным помощником в создании фантазийных, головокружительных образов. В наборе 12 цветов: зеленый, серый, оранжевый, коричневый, желтый, салатовый, синий, красный, фиолетовый, розовый, темно-розовый, голубой. Цвет чернил соответствует цвету корпуса. Необычный пишущий узел с диаметром наконечника 0,5 мм создает линию письма, равную 0,25 мм.</t>
   </si>
   <si>
     <t>601424</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bd4/bd4641691282898711966472351315d6/548886423a05435b4e4fbeda0b5579e6.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая OfficeSpace синяя, 0,5мм, грип, игольчатый стержень</t>
+  </si>
+  <si>
+    <t>Гелевая ручка с грипом и игольчатым наконечником, синие чернила, пищущий узел 0,5 мм</t>
+  </si>
+  <si>
+    <t>608545</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e3d/e3d6f61c25cb6df06f181eac761d4b4a/d2d8cb6ed4e78ca78ad1eb59a9856796.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая Crown  quot;Erasable Jell quot; черная, 0,5мм</t>
   </si>
   <si>
     <t>Стираемая гелевая ручка Crown &amp;quot;Erasable Jell&amp;quot; твой незаменимый помощник в учебе. Ручка&amp;nbsp;&amp;nbsp;Crown пиши-стирай стирается без остатка - не оставляет промасленного следа. Корейские гелевые чернила на водной обладают высокой светостойкостью и водостойкостью, мгновенно высыхают, не смазываются и обеспечивают мягкое и комфортное письмо, не оставляя борозд от букв.&amp;nbsp;&amp;nbsp;Равномерно измельченный пигмент в составе чернил позволяет писать ярко без пропусков и исключает царапины на бумаге.&amp;nbsp;&amp;nbsp; Crown &amp;quot;Erasable Jell&amp;quot;&amp;nbsp;&amp;nbsp;идеально подходит для учебы, заметок в ежедневнике, заполнения бланков, заполнения личного дневника, зарисовок в скетчбуке.&amp;nbsp;&amp;nbsp;Тонкий и легкий корпус комфортно лежит в руке у ребенка. Термочернила обесцвечиваются при трении с бумагой, не нарушая при этом целостность листа.&amp;nbsp;&amp;nbsp;Цвет чернил - черный, диаметр пишущего узла - 0,5 мм. Упаковка: картонная коробка по 12 штук. Со стираемой ручкой Crown исправить можно всё!</t>
   </si>
   <si>
     <t>608546</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/17e/17e7edc62135e548bb869388933e21b8.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Unimax Max Gel 0,5мм, черн, неавтом</t>
   </si>
   <si>
     <t>626622</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/466/wu9avr6iqy6g1kw83pru5vdk1rpjckn2.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая STATUS 0,5 мм зеленый матовый корп.</t>
+  </si>
+  <si>
+    <t>632652</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f59/wdrxj54jq8x1hjtexa2f5nbw2toqzahx.jpg</t>
+  </si>
+  <si>
+    <t>Ручка масляная LOREX NEON серия Slim Soft Grip 0,50 мм синий цвет корпуса: ассорти</t>
+  </si>
+  <si>
+    <t>Ручка масляная LOREX NEON серия Slim Soft Grip 0,50 мм синий цвет корпуса: ассорти резин.грип кругл. прорезин. корп., игловид. наконечник. Тонкий элегантный корпус, изготовленный по технологии &amp;quot;Ultra-soft touch&amp;quot; – приятно держать в руках. Чернила на масляной основе – скользят по бумаге, приятно писать. Двойное удовольствие в одном продукте. Зону захвата ручек украшает мягкий и стильный фирменный грип LOREX.</t>
+  </si>
+  <si>
+    <t>632653</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bde/7lp0gq2kiprep3fyshmqkvtycj9le5la.jpg</t>
   </si>
   <si>
     <t>Ручка масляная LOREX ILLEGALLY CUTE CORGI серия Slim Soft Grip 0,50 мм., синий</t>
   </si>
   <si>
     <t>Ручка масляная LOREX ILLEGALLY CUTE CORGI серия Slim Soft Grip 0,50 мм синий резин.грип кругл. прорезин. корп., игловид. наконечник. Тонкий элегантный корпус, изготовленный по технологии &amp;quot;Ultra-soft touch&amp;quot; – приятно держать в руках. Чернила на масляной основе – скользят по бумаге, приятно писать. Двойное удовольствие в одном продукте. На корпусе принт на тему &amp;quot;ILLEGALLY CUTE. CORGI&amp;quot;. Зону захвата ручек украшает мягкий и стильный фирменный грип LOREX.</t>
   </si>
   <si>
     <t>632658</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/46b/46bb27e2945c7f8df25b84d7574d2258.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ceb/cebfdec057be1e13631a08ea95579e9b.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом BIC  quot;Gelocity Stic quot;, СИНЯЯ, узел 0,5 мм, линия письма 0,29 мм, CEL1010265</t>
   </si>
   <si>
     <t>Гелевая ручка BIC &amp;quot;Gelocity Stic&amp;quot; обеспечивает комфортное и качественное письмо. Прозрачный корпус с печатью снабжен деталями в цвет чернил. Резиновый держатель в зоне захвата обеспечит комфорт при письме. Высококачественный стандартный наконечник 0,5 мм позволяет чертить красивые линии толщиной 0,29 мм. Сделано во Франции.</t>
   </si>
   <si>
     <t>662054</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cc3/cc30e3602e107aacc65cca4270e526e2.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом BIC  quot;Gelocity Stic quot;, ЧЕРНАЯ, узел 0,5 мм, линия письма 0,29 мм, CEL1010266</t>
   </si>
   <si>
     <t>662055</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6b2/b80gtezm3heh52zkho76clh2t64swr8x.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая Schneider  quot;Gelion quot; синяя, 0,7мм.</t>
@@ -3584,116 +3506,95 @@
   <si>
     <t>Письменные принадлежности Schneider разрабатываются и производятся только в Германии, их отличают функциональный дизайн, безупречное качество, надежность и экологичность. Автоматическая гелевая ручка Gelion&amp;#43; с быстросохнущими чернилами. Подходит для левшей и правшей. Удобная прорезиненная зона захвата.&amp;nbsp;&amp;nbsp; Сделано в Германии!</t>
   </si>
   <si>
     <t>695142</t>
   </si>
   <si>
     <t>&lt;a href="/brands/schneider/"&gt;Schneider&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/336/gtnwmft3nc2vhkzp0zbusjthw00jtu24.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая автоматическая Erich Krause R-301 Original Gel Matic 0.5, цвет чернил черный  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Автоматическая гелевая ручка Matic с металлизированными элементами, стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет полупрозрачный тонированный круглый корпус с профилированной грип-зоной. Цвет корпуса соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 0.5 мм в сочетании с гелевыми быстросохнущими чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 500 м при толщине 0.4 мм , что является высоким показателем в своей категории.</t>
   </si>
   <si>
     <t>698238</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c77/gz51lvylfu6iv2ntye6dra1ua1l0b0fp.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3eb/bd2gr7is04h5ovawigh86pl74207p2ga.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая сo стираемыми чернилами Erich Krause R-301 Magic Gel 0.5, цвет чернил черный  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Гелевая ручка Stick со стираемыми чернилами, стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет полупрозрачный тонированный круглый корпус с блестками и с удобной профилированной грип-зоной, оснащенный заглушкой-ластиком. Пишущий узел с диаметром шарика 0.5 мм в сочетании с гелевыми быстросохнущими чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 200 м при толщине 0.4 мм. Модель R-301 Magic Gel - ценовой лидер в категории ручек &amp;quot;пиши-стирай&amp;quot;.</t>
   </si>
   <si>
     <t>698247</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b23/69dslq1k11f5l2b9kdv3n869eq13cgdc.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая Erich Krause G-Star, цвет чернил синий  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Гелевая ручка Stick&amp;Grip с металлизированными элементами, стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет полупрозрачный круглый корпус насыщенных цветов с удобной профилированной грип-зоной из резины. Цвет корпуса, грип-зоны и колпачка соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 0.5 мм в сочетании с гелевыми быстросохнущими чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 600 м при толщине 0.4 мм, что является высоким показателем в своей категории.</t>
   </si>
   <si>
     <t>698249</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7c6/5cnl1gy2k3ganl2eek54wyn9ttnrwppw.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая Erich Krause G-Tone, цвет чернил красный  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Гелевая ручка от Эрих Краузе. Полупрозрачный матовый корпус с металлизированным наконечником. Цвет корпуса соответствует цвету чернил. Пишущий узел 0,5 мм. Сменный стержень. Стойкие чернила.</t>
   </si>
   <si>
     <t>698254</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d0c/qe27y0807m8i6d0i72j39c6qjra3a85b.jpg</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Ручка гелевая Erich Krause G-Point, цвет чернил красный  в коробке по 12 шт. </t>
+    <t>http://anytos.ru//upload/iblock/b5a/qnhzw213wfxnqq7qpuesl1s580ydnhrl.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая Erich Krause G-Point, цвет чернил черный  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Классическая гелевая ручка Stick с металлизированным наконечником, игольчатым типом пишущего узла Fine tip и заменяемым стержнем. Ручка имеет прозрачный круглый корпус с удобной трехгранной профилированной грип-зоной. Цвет клипа и заглушки соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 0.38 мм в сочетании с гелевыми чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 500 м при толщине 0.25 мм, что является одним из лучших показателей в своей категории.</t>
   </si>
   <si>
-    <t>698255</t>
-[...7 lines deleted...]
-  <si>
     <t>698257</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be8/bui51pdq2l619q06nvtl7lj2j1xr5wf3.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая Erich Krause G-Tone, цвет чернил синий  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Классическая гелевая ручка Stick с металлизированным наконечником, стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет полупрозрачный круглый корпус насыщенных цветов с удобной трехгранной профилированной грип-зоной. Цвет корпуса, колпачка и заглушки соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 0.5 мм в сочетании с быстросохнущими гелевыми чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 500 м при толщине 0.4 мм, что является высоким показателем в своей категории.</t>
   </si>
   <si>
     <t>698260</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e5/gtdzv373r561zbzxdcj5ks7rnw11y7a4.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая Erich Krause G-Tone, цвет чернил черный  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>698264</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5fd/0gwsi30106yw2ycqa14iuqkbq6ic27tr.jpg</t>
@@ -3710,62 +3611,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1dd/rma7fh239uwvpqtlcu9h9k0nlas5j321.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая Erich Krause R-301 Original Gel Stick 0.5, цвет чернил: синий, черный, красный, зеленый  в пакете по 4 шт. </t>
   </si>
   <si>
     <t>Классическая гелевая ручка Stick с металлизированными элементами, стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет полупрозрачный тонированный круглый корпус насыщенных цветов с удобной профилированной грип-зоной и вентилируемый колпачок. Цвет корпуса и колпачка соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 0.5 мм в сочетании с гелевыми чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 600 м при толщине 0.4 мм, что является высоким показателем в своей категории. Модель R-301 Original Gel 0.5 Stick имеет элегантную форму и является абсолютным бестселлером в ассортименте гелевых ручек ErichKrause® более чем в пятидесяти странах мира.</t>
   </si>
   <si>
     <t>698278</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2c2/5465t0kio1k0dora1mqvudctd1017xq0.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая Erich Krause G-Soft, цвет чернил черный  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Классическая гелевая ручка Stick с покрытием Soft Touch, металлизированным наконечником, утонченным игольчатым типом пишущего узла Fine tip и заменяемым стержнем. Ручка имеет непрозрачный матовый круглый корпус насыщенных цветов. Цвет корпуса и колпачка соответствует цвету чернил. Пишущий узел с диаметром шарика 0.38 мм в сочетании с гелевыми быстросохнущими чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 500 м при толщине 0.25 мм, что является одним из лучших показателей в своей категории.</t>
   </si>
   <si>
     <t>698284</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/23c/1sdkpsugji4gdhfl3bmg7qwd6xi1iff4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/82a/8494k0c8i62lq6dchq9di4moeu95q7zi.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая Erich Krause G-Ice, цвет чернил синий  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Ручка гелевая ErichKrause® G-Ice, цвет чернил синий &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>698305</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d86/83mpbgfpyzhknfoq3jdtx1cl1jldqid9.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая Erich Krause G-Ice, цвет чернил черный  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Ручка гелевая ErichKrause® G-Ice, цвет чернил черный &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>698306</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee6/n64fory5zul85b9o7mnkq5jqezyub4j9.jpg</t>
@@ -4025,75 +3914,75 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a2e/g0e3eyam0pk249nyydqewo4erp5v94lp.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая синяя  quot;Darvish quot; с брелоком Кролик с мехом</t>
   </si>
   <si>
     <t>Ручка гелевая синяя &amp;quot;Darvish&amp;quot; с брелоком Кролик с мехом</t>
   </si>
   <si>
     <t>707227</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/171/lteeb11t98jfyy4le5c6mn8ztny0xefj.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая синяя  quot;Darvish quot; с брелоком Перо пух</t>
   </si>
   <si>
     <t>Ручка гелевая синяя &amp;quot;Darvish&amp;quot; с брелоком Перо пух</t>
   </si>
   <si>
     <t>707228</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/34a/0cbfslhzw05ubyzg9dky7n06rc4oiwic.jpg</t>
-[...8 lines deleted...]
-    <t>707230</t>
+    <t>http://anytos.ru//upload/iblock/01b/y4108shic9tcxoawq9yzic31zqf51w4b.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая синяя  quot;Darvish quot; с игольчатым стержнем  quot;зайка перламутровый quot;</t>
+  </si>
+  <si>
+    <t>Ручка гелевая синяя &amp;quot;Darvish&amp;quot; с игольчатым стержнем &amp;quot;зайка перламутровый&amp;quot;</t>
+  </si>
+  <si>
+    <t>707231</t>
+  </si>
+  <si>
+    <t>40</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/568/66fe2npt04tmvetyniwi324dx900ji9s.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая синяя  quot;Darvish quot; с игольчатым стержнем  quot;зайка quot;</t>
   </si>
   <si>
     <t>Ручка гелевая синяя &amp;quot;Darvish&amp;quot; с игольчатым стержнем &amp;quot;зайка&amp;quot;</t>
   </si>
   <si>
     <t>707233</t>
-  </si>
-[...1 lines deleted...]
-    <t>40</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/260/7fmt40efv02x72aedj6wthm5zphrr8q7.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая синяя  quot;Darvish quot; Фрукты</t>
   </si>
   <si>
     <t>Ручка гелевая синяя &amp;quot;Darvish&amp;quot; Фрукты</t>
   </si>
   <si>
     <t>707235</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/28a/9r7dj6h2l8of0c6ihwuuc5k1mfpjqliu.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая синяя  quot;Darvish quot; Хризантема ассорти</t>
   </si>
   <si>
     <t>Ручка гелевая синяя &amp;quot;Darvish&amp;quot; Хризантема ассорти</t>
   </si>
   <si>
     <t>707237</t>
   </si>
@@ -4140,134 +4029,74 @@
     <t>http://anytos.ru//upload/iblock/4d4/mf5h3w05kyjujs8v005q6tp9id3trsue.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая синяя со стираемыми чернилами  quot;Darvish quot;</t>
   </si>
   <si>
     <t>Ручка гелевая синяя со стираемыми чернилами &amp;quot;Darvish&amp;quot; пластиковый синий глянцевый корпус.&lt;br /&gt;
  Длина ручки с колпачком: 15 см. Размер упаковки &amp;#40;цветная коробка&amp;#41;: 15,2*7,3*2,6 см.</t>
   </si>
   <si>
     <t>707254</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed6/6922vh8hkzf23bma1wcx6ov1jtlgbghz.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая ч рная  quot;Darvish quot; Зайка</t>
   </si>
   <si>
     <t>Ручка гелевая чёрная &amp;quot;Darvish&amp;quot;&amp;nbsp;&amp;nbsp;Зайка</t>
   </si>
   <si>
     <t>707255</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c99/f5qhjel20zal12tcdiqh7en77hgmjob2.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/327/ydj33p6mpfbjd4vlptag5hhd09cfnj9h.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая ч рная  quot;Darvish quot; корпус ч рный</t>
   </si>
   <si>
     <t>Ручка гелевая чёрная &amp;quot;Darvish&amp;quot; корпус чёрный</t>
   </si>
   <si>
     <t>707261</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a8/pwsja8jqahp7fhiachypehpzxlvu9g4d.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая ч рная  quot;Darvish quot; корпус  quot;soft quot;</t>
   </si>
   <si>
     <t>Ручка гелевая чёрная пластиковый корпус с покрытием &amp;quot;soft&amp;quot;. Пишущий узел-0,7мм. Длина стержня -130мм. Упаковка 12шт-кар. коробка с европодвесом.7,5*17,5*2,5см.</t>
   </si>
   <si>
     <t>707262</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0a0/yj46rutvpxx4vpzsw9o01p26mm80hs1e.jpg</t>
-[...46 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a73/gkihy60nek74hzgyjb6okm3g78xfvblv.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Berlingo  quot;Shuttle quot; синяя, 0,5мм, игольчатый стержень</t>
   </si>
   <si>
     <t>Ручка Berlingo Shuttle обладает полным набором качеств, чтобы стать незаменимым пишущим инструментом. Инновационная формула гелевых чернил исключает смазывание, благодаря чему ручка прекрасно подойдет как правшам, так и левшам. Строгий корпус, изготовленный по технологии двойного литья, обеспечивает длительный срок службы при сохранении внешнего вида. Диаметр пишущего узла составляет 0,5 мм, благодаря чему ручка прекрасно подходит для любого стиля письма. Толщина линии письма составляет 0,35 мм. • Цвет чернил: синий, • Толщина линии письма: 0,35 мм, • Длина линии письма: 550 м, • Цвет корпуса: черный, • Количество штук в упаковке: 12, • Тип упаковки: картонная коробочка.</t>
   </si>
   <si>
     <t>718302</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/758/vlb0hnddxa8wyesoqn25z0f5p849uwzt.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Berlingo  quot;Shuttle quot; черная, 0,5мм, игольчатый стержень</t>
   </si>
   <si>
     <t>Ручка Berlingo Shuttle обладает полным набором качеств, чтобы стать незаменимым пишущим инструментом. Инновационная формула гелевых чернил исключает смазывание, благодаря чему ручка прекрасно подойдет как правшам, так и левшам. Строгий корпус, изготовленный по технологии двойного литья, обеспечивает длительный срок службы при сохранении внешнего вида. Диаметр пишущего узла составляет 0,5 мм, благодаря чему ручка прекрасно подходит для любого стиля письма. Толщина линии письма составляет 0,35 мм. • Цвет чернил: черный, • Толщина линии письма: 0,35 мм, • Длина линии письма: 550 м, • Цвет корпуса: черный, • Количество штук в упаковке: 12, • Тип упаковки: картонная коробочка.</t>
   </si>
   <si>
     <t>718303</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/df8/dpbnhxdkp2m1r0p2jp3k8vpb266cl7lr.jpg</t>
@@ -4518,62 +4347,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/729/uy059hr6zjef34zj4ups23wv21szvauj.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая Erich Krause  R-301 Original Gel Stick 0.5, цвет чернил зеленый  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Ручка гелевая Erich Krause® R-301 Original Gel Stick 0.5, цвет чернил зеленый &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>795371</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe9/65e17fcmft3dksrxjlleirv0vu9b6i2f.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая Erich Krause  R-301 Original Gel Stick 0.5, цвет чернил синий  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Ручка гелевая Erich Krause® R-301 Original Gel Stick 0.5, цвет чернил синий &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>795372</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fad/fqgtdap0n162hbqcr49g5v5kcmy1tsro.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b5d/ua6nn8kw4sat2212w0hhi3wj16f39m11.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая сo стираемыми чернилами ErichKrause  R-301 Magic Gel 0.5, цвет чернил синий  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Ручка гелевая сo стираемыми чернилами ErichKrause® R-301 Magic Gel 0.5, цвет чернил синий &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>799376</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/79c/08gdwd7trbhsgztwdh2pp55sotsds1ye.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая ErichKrause  G-Tone, цвет чернил черный  в пакете по 2 шт. </t>
   </si>
   <si>
     <t>Ручка гелевая ErichKrause® G-Tone, цвет чернил черный &amp;#40;в пакете по 2 шт.&amp;#41;</t>
   </si>
   <si>
     <t>812851</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7bc/tpg668hkl1q6vwjq0cknznjisqswpprt.jpeg</t>
@@ -4581,104 +4398,116 @@
   <si>
     <t>РУЧКА  quot;SimpleWrite BLACK quot; ГЕЛЕВАЯ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;SimpleWrite BLACK&amp;quot; ГЕЛЕВАЯ 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>817860</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d99/mwp0narp5zjxha6s8zwnk6uim3eahazz.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">РУЧКА  quot;SimpleWrite ZEFIR quot; ГЕЛЕВАЯ 0.5 ММ, ЧЕРНАЯ  3 цвета корпуса </t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;SimpleWrite ZEFIR&amp;quot; ГЕЛЕВАЯ 0.5 ММ, ЧЕРНАЯ &amp;#40;3 цвета корпуса&amp;#41;</t>
   </si>
   <si>
     <t>817874</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8e8/kiu6ev0h69jnltf9tiq2bodedhzemfme.jpg</t>
+  </si>
+  <si>
+    <t>Ручка с топпером гелевая ЮНЛАНДИЯ  quot;Хрустальный шар quot;, ассорти, РАДУЖНЫЕ чернила, игольчатый пишущий узел 0,7 мм, 143785</t>
+  </si>
+  <si>
+    <t>Гелевая ручка масляная ЮНЛАНДИЯ &amp;quot;Хрустальный шар&amp;quot; с милой игрушкой на корпусе. Гелевая ручка серии FUNNY YUMMY с ярким корпусом и оригинальным дизайном топперов в виде хрустального шара. Благодаря привлекательному дизайну и радужным чернилам ее не захочется выпускать из рук. Диаметр стандартного пишущего узла, равный 0,7 мм, создает линию письма, равную 0,35 мм. Длина сменного стержня составляет 130 мм. Цвет чернил - ассорти.Удобный стакан для размещения ручек в розничном магазине.</t>
+  </si>
+  <si>
+    <t>829932</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5c3/e0l8y822dtdmpj05ndbbvaykep0xa7ql.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая OfficeSpace  quot;A-Gel quot; черная, 0,5мм, грип</t>
   </si>
   <si>
     <t>Гелевая ручка OfficeSpace – это удобство в использовании и отличное качество. Внутри ручки в прозрачном пластиковом корпусе – черные гелевые чернила, которые ярко пишут на бумаге. Есть колпачок с клипом – ручку можно закрепить на одежде или тетради. Ручка комфортно лежит в руке благодаря резиновому грипу в зоне хвата. Диаметр пишущего узла 0,5 мм, благодаря чему получается тонкая и аккуратная линия. • Цвет чернил: черный, • Толщина линии письма: 0,3 мм, • Длина письма: 200-250 метров, • Цвет корпуса:прозрачный, • Эргономичный резиновый держатель.</t>
   </si>
   <si>
     <t>836392</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/55b/1p4jnmkbznnggdg28ylrzp8sjo9fsliy.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Berlingo  quot;Haze quot;, 0,5мм, черная, прорезин. корпус, корпус ассорти</t>
   </si>
   <si>
     <t>Гелевая ручка Berlingo Haze станет любимым аксессуаром всех ценителей изящных форм и нежных пастельных цветов. Корпус ручки отличается оригинальным объемным орнаментом. Пишущий узел диаметром 0,5 мм обеспечивает чёткое и ровное письмо. Толщина линии письма составляет 0,35 мм, длина письма - 400 м. Бархатистое Soft Touch покрытие сделает использование ручки максимально удобным. Ручки упакованы по 24 штук в пластиковую тубу-дисплей.</t>
   </si>
   <si>
     <t>839083</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9e7/l7jla9o1tdwolw09ycwxko8n8t7snqoq.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая стираемая Berlingo  quot;Haze quot; синяя, 0,5мм, прорезин. корпус, корпус ассорти</t>
+  </si>
+  <si>
+    <t>Стираемая гелевая ручка Berlingo Haze станет любимым аксессуаром всех ценителей изящных форм и нежных пастельных цветов. Корпус ручки отличается оригинальным объемным орнаментом. Качественные гелевые чернила обеспечивают тонкое аккуратное письмо и легко стираются встроенным ластиком. Бархатистое Soft Touch покрытие сделает использование ручки максимально удобным. Термочувствительные чернила становятся невидимыми при нагревании до 60°С и выше. Нагрев достигается трением ластика в торцевой части ручки. Обесцвеченные чернила проявляются при температуре ниже -18°С . Возможность многократного стирания и написания текста. Количество циклов написания/стирания ограничено износостойкостью бумаги. Диаметр пишущего узла составляет 0,5 мм. Толщина линии письма составляет 0,35 мм, длина непрерывной линии - 200 метров. Ручки упакованы по 24 штук в пластиковую тубу-дисплей</t>
+  </si>
+  <si>
+    <t>839084</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e13/zdi6u5kz7dbadnvjb9gsww1vd5hix7rc.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые АРОМАТИЗИРОВАННЫЕ, НАБОР 30 ЦВЕТОВ,  quot;FRUITS quot;, линия письма 0,5 мм, BRAUBERG KIDS, 143823</t>
   </si>
   <si>
     <t>Набор гелевых ручек BRAUBERG KIDS с различным эффектом чернил. Прекрасно подходит для детского творчества: рисования, поделок и т.д. Яркие, приковывающие взгляды ручки станут отличным помощником в реализации творческого потенциала. Каждая ручка обладает ягодным ароматом. Стержень длиной 129 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 1,0 мм, создает линию письма, равную 0,5 мм.Набор включает 30 гелевых ручек: 5 ручек с классическими чернилами, 12 с блестками, 7 пастельных и 6 неоновых. Цвета классических чернил: черный, синий, красный, зеленый, желтый.Цвета чернил с блестками: черный, синий, красный, зеленый, желтый, оранжевый, розовый, голубой, фиолетовый, коричневый, золотой, серебряный.Цвета пастельных чернил: желтый, оранжевый, розовый, темно-розовый, зеленый, фиолетовый, цвета морской волны.Цвета неоновых чернил: красный, оранжевый, розовый, голубой, зеленый, фиолетовый.</t>
   </si>
   <si>
     <t>843570</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a93/4bv5ztz6yismn3oatdbpi2n1bg5kitax.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/091/iu7tut3efm2kb1bs1yyv8rqc20pvrvou.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые НАБОР 30 ЦВЕТОВ, линия письма 0,5 мм, BRAUBERG KIDS, 143819</t>
   </si>
   <si>
     <t>Набор гелевых ручек BRAUBERG KIDS с различным эффектом чернил. Прекрасно подходит для детского творчества: рисования, поделок и т.д. Яркие, приковывающие взгляды ручки станут отличным помощником в реализации творческого потенциала. Стержень длиной 129 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 1,0 мм, создает линию письма, равную 0,5 мм.Набор включает 30 гелевых ручек: 4 ручки с классическими чернилами, 6 с блестками, 7 с эффектом металлик, 6 пастельных и 7 неоновых. Цвета классических чернил: синий, черный, красный, зеленый.Цвета чернил с блестками: синий, красный, фиолетовый, зеленый, желтый, серебристый.Цвета пастельных чернил: голубой, зеленый, фиолетовый, желтый, розовый, белый.Цвета неоновых чернил: красный, зелёный, голубой, фиолетовый, оранжевый, жёлтый, розовый.Цвета чернил с эффектом металлик: синий, красный, зеленый, фиолетовый, голубой, золотой, серебряный.</t>
   </si>
   <si>
     <t>843572</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4a2/pt7nejto6x0s1rltrt4wlrjfxo776nbt.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые НАБОР 48 ЦВЕТОВ, ЮНЛАНДИЯ, корпус с печатью, узел 1 мм, линия письма 0,5 мм, 143820</t>
   </si>
   <si>
     <t>Гелевые ручки ЮНЛАНДИЯ - яркая серия гелевых ручек для учебы и детского творчества! Ручка имеет круглый яркий корпус с печатью. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 1,0 мм, создает линию письма, равную 0,5 мм. Набор включает 48 гелевых ручек: 8 ручек с классическими чернилами, 10 с блестками, 10 с эффектом металлик, 10 пастельных и 10 неоновых. Цвет классических чернил: чёрный, синий, красный, зеленый, розовый, жёлтый, оранжевый, голубой.Цвет чернил с блестками: красный, зеленый, голубой, фиолетовый, золотой, серебряный, розовый, чёрный, синий, жёлтый.Цвет чернил с эффектом металлик: красный, голубой, фиолетовый, золотой, серебряный, розовый, чёрный, коричневый, синий, зеленый.Цвет пастельных чернил: коралловый, жёлто-зеленый, голубой, фиолетовый, оранжевый, жёлтый, розовый, нежно-розовый, нежно-голубой, салатовый.Цвет неоновых чернил: красный, зелёный, голубой, фиолетовый, оранжевый, жёлтый, розовый, фуксия, светло-фиолетовый, салатовый.</t>
   </si>
   <si>
     <t>843573</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/60d/7fdpcc2pqxzmtmokpcbri1y5cv270461.jpg</t>
@@ -4728,50 +4557,68 @@
   <si>
     <t>Ручка гелевая LOREX FLUFFY SKY SLIM SOFT GRIP 0,5 мм синий рез. грип</t>
   </si>
   <si>
     <t>847463</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/031/iwyuloairu8cftw0emv50npb63140ave.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая LOREX GRUNGE 4EVER Slim Soft 0,5 мм синий ultra-soft touch грип пиши-стирай</t>
   </si>
   <si>
     <t>847465</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c00/kyzlpetfld0l8cb2rmex4s7sk04v4tmr.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая LOREX NEON Slim Soft Grip 0,5мм синий ultra-soft touch пиши-стирай</t>
   </si>
   <si>
     <t>847468</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e9e/27t3xv4673pvb3docczdr1u5ahtu3ljc.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая LOREX PASTEL SLIM SOFT GRIP 0,5 мм синий пиши-стирай</t>
+  </si>
+  <si>
+    <t>847470</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f06/f41avbiup5jh0zuyggruucr6tqjooolx.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая LOREX UNTITLED DESIGN Slim Soft 0,5 мм синий ultra-soft touch пиши-стирай</t>
+  </si>
+  <si>
+    <t>847472</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9a1/vpb7vqi4d7cqvd2z1uqtaepm12zd53xv.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая LOREX DRAGON FRUIT SLIM SOFT GRIP 0,5 мм синий пиши-стирай</t>
   </si>
   <si>
     <t>850770</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eca/5hp5h6s2i9tuvkh133wj5ja7qza74ahj.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая LOREX YOGICORN SLIM SOFT GRIP 0,5 мм синий пиши-стирай</t>
   </si>
   <si>
     <t>850771</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/010/gbak1k7zkreoewxmvm4sb1xxh2u5nv11.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая на подставке на липучк Deli диаметр шарика 0,7 мм, синяя</t>
   </si>
   <si>
     <t>881390</t>
@@ -4821,113 +4668,101 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d97/jo880to3csf2z2370sw2hbtht6giozh7.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Erich Krause  G-Star  Classic, цвет чернил синий</t>
   </si>
   <si>
     <t>Ручка гелевая Erich Krause® G-Star® Classic, цвет чернил синий &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>906401</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f7/azy7x0xba5lmb2jehas3o30ln0y4aafh.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Erich Krause  G-Star  Classic, цвет чернил черный</t>
   </si>
   <si>
     <t>Ручка гелевая Erich Krause® G-Star® Classic, цвет чернил черный &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>906402</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/71d/hk0vp7ykfwjv5k3iiqr96egvfl1hdoce.jpg</t>
+  </si>
+  <si>
+    <t>Ручка стираемая гелевая с грипом BRAUBERG SOFT SILK PASTEL, СИНЯЯ, корпус ассорти, узел 0,7 мм, 143934</t>
+  </si>
+  <si>
+    <t>Стираемая гелевая ручка BRAUBERG &amp;quot;SOFT&amp;SILK PASTEL&amp;quot; с покрытием soft-touch. Обладает уникальным сочетанием ярких обесцвечивающихся термочернил, стильного дизайна в пастельных цветах и высочайшего качества исполнения. Ручка пишет специальными гелевыми чернилами синего цвета. Снабжена двумя ластиками для удаления надписей: на колпачке и на корпусе ручки. При письме и стирании ручка не повреждает бумагу, делая исправления незаметными. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,5 мм. Прорезиненный корпус для комфортного и длительного использования. Удобный стакан для размещения ручек в розничном магазине.</t>
+  </si>
+  <si>
+    <t>930920</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b11/k0p4d1lzmg3q3c3oknxm5rk3rlhfgxy6.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтоматическая M G манж 0,5мм, синий, AGPA7172220500H</t>
   </si>
   <si>
     <t>Ручка гелевая неавтоматическая M&amp;G манж 0,5мм, синий, AGPA7172220500H</t>
   </si>
   <si>
     <t>932595</t>
   </si>
   <si>
     <t>&lt;a href="/brands/mg/"&gt;M&amp;G&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a9/9vfhegbklm2dsrwc1yqhj5ywc25k0otc.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтоматическая M G манж 0,5мм, черный, AGPA7172110500H</t>
   </si>
   <si>
     <t>Ручка гелевая неавтоматическая M&amp;G манж 0,5мм, черный, AGPA7172110500H</t>
   </si>
   <si>
     <t>932596</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/904/nmbw0z1df3fng8akjqpdm6y40ua7zyy3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/731/cbmv98ol2k4mbaumq18dwygetthwi5ql.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом BRAUBERG  quot;EXTRA GT GLD quot;, ЧЕРНАЯ, стандартный узел 0,5 мм, линия 0,35 мм, 143919</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;EXTRA GT GLD&amp;quot; – классическая ручка для комфортного ежедневного письма. Гелевая ручка имеет круглый прозрачный корпус с грипом в зоне захвата. Детали ручки выполнены в цвет чернил с добавлением золотистых акцентов.Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Пишущий узел диаметром 0,5 мм создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил – черный.Подходит для ЕГЭ и ОГЭ.</t>
   </si>
   <si>
     <t>943740</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1c9/1k5llkz2134amsm6ax87ie34y0xo427h.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e52/r5fqx42zo23tkhkjtcy6lg8urk4tfy07.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом BRAUBERG  quot;EXTRA GT NEEDLE quot;, ЧЕРНАЯ, игольчатый узел 0,5 мм, линия 0,35 мм, 143918</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;EXTRA GT NEEDLE&amp;quot; – классическая ручка для комфортного ежедневного письма. Гелевая ручка имеет круглый прозрачный корпус с грипом в зоне захвата. Детали ручки выполнены в цвет чернил. Сменный стержень длиной 130 мм с игольчатым наконечником позволит использовать ручку максимально долго. Пишущий узел диаметром 0,5 мм создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил – черный.Подходит для ЕГЭ и ОГЭ.</t>
   </si>
   <si>
     <t>943743</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/631/3osll3uhawkmw6gblcvfvhy6ih3ufeg1.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая с грипом BRAUBERG  quot;EXTRA GT quot;, ЗЕЛЕНАЯ, стандартный узел 0,5 мм, линия 0,35 мм, 143922</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;EXTRA GT&amp;quot; – классическая ручка для комфортного ежедневного письма. Гелевая ручка имеет круглый прозрачный корпус с грипом в зоне захвата. Детали ручки выполнены в цвет чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Пишущий узел диаметром 0,5 мм создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил – зеленый.</t>
   </si>
   <si>
     <t>943744</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a4/ptjhw2a3s2kfaycjv4xp05to2h2rt2ya.jpg</t>
@@ -4995,164 +4830,149 @@
   <si>
     <t>http://anytos.ru//upload/iblock/889/cl2kx5vje127dlo5lmyemqfkauyh1r1x.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая Berlingo  quot;Triangle gel RT quot; черная, 0,5мм, грип</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая Berlingo &amp;quot;Triangle gel RT&amp;quot; черная, 0,5мм, грип</t>
   </si>
   <si>
     <t>945514</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/815/1972o1t90zmtt14aaclxb668ywwy75xy.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая Berlingo  quot;Velvet gel quot; черная, 0,5мм, грип</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая Berlingo &amp;quot;Velvet gel&amp;quot; черная, 0,5мм, грип</t>
   </si>
   <si>
     <t>945515</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/982/t1z03mxf0r7k7te3js81ex79wjwfp7or.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая ErichKrause  G-Round, цвет чернил синий  в коробке по 12 штук </t>
+  </si>
+  <si>
+    <t>Бесстержневая гелевая ручка Stick с игольчатым типом пишущего узла Fine Tip. Ручка имеет полупрозрачный матовый круглый корпус с удобной профилированной грип-зоной. Цвет заглушки соответствует цвету чернил. 4-канальный пишущий узел с диаметром шарика 0.5 мм в сочетании с быстросохнущими гелевыми чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 1000 м при толщине 0.3 мм, что является высоким показателем в своей категории.</t>
+  </si>
+  <si>
+    <t>949595</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/269/f2t3apq2id2ngz2eula0c7fl9o9luoqr.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая автоматическая ErichKrause  R-301 Original Gel Matic Grip 0.5, цвет чернил синий  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Автоматическая гелевая ручка Matic&amp;Grip с металлизированными элементами, стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет полупрозрачный тонированный круглый корпус с профилированной грип-зоной из резины. Цвет корпуса, грип-зоны и клипа соответствует цвету чернил. 5-канальный пишущий узел с диаметром шарика 0.5 мм в сочетании с гелевыми быстросохнущими чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 500 м при толщине 0.4 мм , что является высоким показателем в своей категории.</t>
   </si>
   <si>
     <t>949596</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cad/q1226radlzbi8721wiph92w5q10ru2wl.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Attache Selection стираемая, 0,5мм, soft touch, синий</t>
   </si>
   <si>
     <t>952604</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c49/96junguxjy10xm90uske60pm30pgwwzt.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/de1/b8zdyihv11u49secidms6i4gkzpjxhhs.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтоматическая Deli Daily д.ш.0,5мм,лин0,35,крас,р м E6600S</t>
   </si>
   <si>
     <t>Ручка гелевая неавтоматическая Deli Daily д.ш.0,5мм,лин0,35,крас,р/м E6600S</t>
   </si>
   <si>
     <t>952608</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/35b/c4bafc6b9zploeq31w57gf64i4vxujc7.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтоматическая PILOT биополимерн лин.пис 0.2мм син BL-GC4 L</t>
   </si>
   <si>
     <t>952612</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b5d/oh19lnnzfk4cx3oxshqjihjw61g01rih.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтоматическая PILOT биополимерн лин.пис0.2мм черн BL-GC4 B</t>
   </si>
   <si>
     <t>952613</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4f9/rnzl1p5k3ke8vain2y8jm3bkfcs00scj.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG  quot;EXTRA GLD quot;, ЧЕРНАЯ, корпус прозрачный, узел 0,5 мм, линия 0,35 мм, 143901</t>
+  </si>
+  <si>
+    <t>Гелевая ручка BRAUBERG &amp;quot;EXTRA&amp;quot; - классическая ручка для комфортного ежедневного письма. Гелевая ручка имеет шестигранный прозрачный корпус с рифленой поверхностью в зоне захвата. Детали ручки выполнены в цвет чернил с добавлением золотистых акцентов. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил - черный.Подходит для ЕГЭ и ОГЭ.</t>
+  </si>
+  <si>
+    <t>953932</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b55/wlcwvt1otfn933jx9v5tbpyfn1rjzbgq.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG  quot;EXTRA quot;, ЗЕЛЕНАЯ, корпус прозрачный, узел 0,5 мм, линия 0,35 мм, 143904</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;EXTRA&amp;quot; - классическая ручка для комфортного ежедневного письма. Гелевая ручка имеет шестигранный прозрачный корпус с рифленой поверхностью в зоне захвата. Детали ручки выполнены в цвет чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил - зеленый.</t>
   </si>
   <si>
     <t>953933</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ef/vr665ntqwusqggq47uv1hssxyynlc99i.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG  quot;EXTRA quot;, КРАСНАЯ, корпус прозрачный, узел 0,5 мм, линия 0,35 мм, 143903</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;EXTRA&amp;quot; - классическая ручка для комфортного ежедневного письма. Гелевая ручка имеет шестигранный прозрачный корпус с рифленой поверхностью в зоне захвата. Детали ручки выполнены в цвет чернил. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,5 мм, создает линию письма, равную 0,35 мм. Японские чернила MIKUNI с насыщенным пигментом обеспечивают непревзойденное качество письма. Цвет чернил - красный.</t>
   </si>
   <si>
     <t>953934</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/090/bqxqic7fsitovpi36d9kqt9dso5oqob4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/67f/oh5azhsmfejr6oc4ca5byssb7v5jre06.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая РОССИЯ  quot;PATRIOT-GT quot;, СИНЯЯ, корпус прозрачный, узел 0,7 мм, линия письма 0,4 мм, BRAUBERG, 143959</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;Patriot-GT&amp;quot; обеспечивает комфортное и качественное письмо. Имеет круглый прозрачный корпус с резиновым держателем. Детали ручки выполнены в цвет синих чернил. Сменный стержень длиной 137 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла 0,7 мм создает линию письма, равную 0,4 мм.</t>
   </si>
   <si>
     <t>953938</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6a9/ozp7b5ugpx0o1tavz39qh7er4hc5bydy.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая РОССИЯ  quot;PATRIOT-GT quot;, ЧЕРНАЯ, корпус прозрачный, узел 0,7 мм, линия письма 0,4 мм, BRAUBERG, 143960</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;Patriot-GT&amp;quot; обеспечивает комфортное и качественное письмо. Имеет круглый прозрачный корпус с резиновым держателем. Детали ручки выполнены в цвет черных чернил. Сменный стержень длиной 137 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла 0,7 мм создает линию письма, равную 0,4 мм.</t>
   </si>
   <si>
     <t>953939</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3a2/69lmx3imy8va3bjd78h21n5bwhg3pgpl.jpg</t>
@@ -5229,62 +5049,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a5d/rohez55dpr666i9k1gvvc4zkihpgjkbz.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая ErichKrause  G-Round Stick , цвет чернил черный  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Ручка гелевая ErichKrause® G-Round Stick , цвет чернил черный &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>960896</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6a3/se8ejxsm3p5ollyngvfswhrcsoijopm5.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG  quot;Extra Glide Gel quot;, СИНЯЯ, трехгранная, игольчатый наконечник 0,7 мм, линия 0,5 мм, 144076</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;Extra Glide Gel&amp;quot; - надежный и долговечный предмет для ежедневного использования. Гелевая ручка с трехгранным тонированным корпусом. Гелевые чернила индийского производства плавно и мягко ложатся на бумагу, обеспечивая комфортное письмо. Игольчатый пишущий узел диаметром 0,7 мм создает тонкую линию 0,5 мм. Цвет чернил - синий. Стильный корпус соответствует офисному стилю.</t>
   </si>
   <si>
     <t>961483</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c60/b532rgn381609offudf1as3sobwipjg0.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dcd/l3affxcrc3j6vlq8rxw8ak3pb62mzr2k.jpg</t>
   </si>
   <si>
     <t>Ручки гелевые BRAUBERG  quot;Extra Glide Gel quot;, НАБОР 6 ЦВЕТОВ, трехгранная, игольчатый наконечник 0,7 мм, линия 0,5 мм, 144078</t>
   </si>
   <si>
     <t>Набор цветных гелевых ручек BRAUBERG &amp;quot;Extra Glide Gel&amp;quot; - это яркие и насыщенные цвета на каждый день для работы и учебы. Гелевые ручки с трехгранным тонированным корпусом. Детали ручек выполнены в цвет чернил. Гелевые чернила индийского производства плавно и мягко ложатся на бумагу, обеспечивая комфортное письмо. Игольчатый пишущий узел диаметром 0,7 мм создает тонкую линию письма 0,5 мм. Цвет чернил: черный, синий, зеленый, оранжевый, розовый, желтый.</t>
   </si>
   <si>
     <t>961486</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c0/iqfts6p2az8vazmsx0659s2oqjr41nj3.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автомат. Комус Urban, синий ст., автом., с манжеткой</t>
   </si>
   <si>
     <t>964585</t>
   </si>
   <si>
     <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
@@ -5328,86 +5136,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6ab/ba3tdsmd27dusnml00ivc1i86i0yih53.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтомат. M G M G Adorable Pet в асс AGPC52712205P4C</t>
   </si>
   <si>
     <t>Ручка гелевая неавтомат. M&amp;G M&amp;G Adorable Pet в асс AGPC52712205P4C</t>
   </si>
   <si>
     <t>964593</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c08/v4p1nro4rixfbkxrciahh03rxvv9s7li.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая M G AdorablePet стир.чер в асс AKPH9572D20496C</t>
   </si>
   <si>
     <t>Ручка гелевая автоматическая M&amp;G AdorablePet стир.чер в асс AKPH9572D20496C</t>
   </si>
   <si>
     <t>964594</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6a2/hn7si8yp1hmyy3b3z3gkq1hg3va8zs0w.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d69/k67lur7xfx2l4f22dabf582yz52b6fa8.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтомат. M G Smarten манж лин 0,5 син AGP62571220700H</t>
   </si>
   <si>
     <t>Ручка гелевая неавтомат. M&amp;G Smarten манж лин 0,5 син AGP62571220700H</t>
   </si>
   <si>
     <t>964597</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/28e/whxnxcpqqufe4e5tqh3wq2rnt1bypsqm.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7e3/3h38zdz7kr3ct5e1oczzg971uypbbsho.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтомат. Deli Upal шар.1мм лин 0,7мм черн, манж, EG61-BK</t>
   </si>
   <si>
     <t>964600</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2cc/n0dknwtiaxqy2vd5kkf2x5f11zflrv67.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтомат. Deli Upal шар 1мм, лин 0,7,син, манж, EG61-BL</t>
   </si>
   <si>
     <t>964601</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6b8/yju4ewp53xvz5az2y4vhqq41vpaxiojc.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтомат. Deli шарик 0,5мм линия 0,3мм черная EG62-BK</t>
   </si>
   <si>
     <t>964602</t>
@@ -5460,60 +5244,60 @@
   <si>
     <t>964609</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/834/v3ucev7h5o7s3ridmz6mpz8tz9h4lwka.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая автомат. Deli Arris, линия 0,35 мм, манж, синий EG09-BL</t>
   </si>
   <si>
     <t>964611</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d7/wnj5ehktxm5jfqrk6i29w2unctg5ohax.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Berlingo  quot;Instinct quot; черная, 0,5мм, корпус ассорти NEW</t>
   </si>
   <si>
     <t>Ручка гелевая Berlingo &amp;quot;Instinct&amp;quot; черная, 0,5мм, корпус ассорти NEW</t>
   </si>
   <si>
     <t>969128</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4b2/abl3iqxgu9wku3j4inp03kiz70iazwhj.jpg</t>
-[...8 lines deleted...]
-    <t>969130</t>
+    <t>http://anytos.ru//upload/iblock/005/x3veod31q30uuuh2j0pds38u237gv515.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Berlingo  quot;Stellar Gel quot; синяя, 0,5мм</t>
+  </si>
+  <si>
+    <t>Ручка гелевая Berlingo &amp;quot;Stellar Gel&amp;quot; синяя, 0,5мм</t>
+  </si>
+  <si>
+    <t>969129</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ac/e71divf31mv7gk64dd6luw49cn1p9q4p.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая OfficeSpace  quot;Classic quot; синяя, 0,5мм</t>
   </si>
   <si>
     <t>Ручка гелевая OfficeSpace &amp;quot;Classic&amp;quot; синяя, 0,5мм</t>
   </si>
   <si>
     <t>969133</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a1d/8snwbqmeomphxav5nxn7hq32h5wqekh1.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая OfficeSpace  quot;Classic quot; черная, 0,5мм</t>
   </si>
   <si>
     <t>Ручка гелевая OfficeSpace &amp;quot;Classic&amp;quot; черная, 0,5мм</t>
   </si>
   <si>
     <t>969134</t>
   </si>
@@ -5820,62 +5604,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f7b/s4prx0etpkhn081heqyselnqyzz0hb3v.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;UniWrite.ЛЮБОВЬ, КАК ОНА ЕСТЬ quot; ГЕЛЕВАЯ, 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;UniWrite.ЛЮБОВЬ, КАК ОНА ЕСТЬ&amp;quot; ГЕЛЕВАЯ, 0.5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>980648</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b4/vpr80o4wlcxa1dayxc8mkp18o9dlgkqi.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Berlingo  quot;Apex Pro quot; синяя, 0,5мм, трехгранный корпус</t>
   </si>
   <si>
     <t>Ручка гелевая Berlingo &amp;quot;Apex Pro&amp;quot; синяя, 0,5мм, трехгранный корпус</t>
   </si>
   <si>
     <t>983920</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/459/1guawia230fdh9ye3qwvx3hrkj8qmo2w.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0e1/qwi7l34kkccnj1ahyle324vqd29zlpw1.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Crown  quot;Quick Dry quot; с быстросохнущими чернилами и антибактериальным грипом, черная, 0,5мм, корпус ассорти</t>
   </si>
   <si>
     <t>Ручка гелевая Crown &amp;quot;Quick Dry&amp;quot; с быстросохнущими чернилами и антибактериальным грипом, черная, 0,5мм, корпус ассорти</t>
   </si>
   <si>
     <t>983923</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/283/y86njc4d0n1yrdl030y2ta8n3x7l3vp0.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая MESHU  quot;Bear and Rabbit quot; радужная, 0,7мм</t>
   </si>
   <si>
     <t>Ручка гелевая MESHU &amp;quot;Bear and Rabbit&amp;quot; радужная, 0,7мм</t>
   </si>
   <si>
     <t>983924</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
@@ -6342,87 +6114,72 @@
   <si>
     <t>http://anytos.ru//upload/iblock/310/sycn4d51rrp2j10a4ngc6h2na3dy0kmk.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">РУЧКА  quot;Super Slim. Zefir quot; ГЕЛЕВАЯ, 0.28 ММ, ЧЕРНАЯ  2 ВИДА </t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;Super Slim. Zefir&amp;quot; ГЕЛЕВАЯ, 0.28 ММ, ЧЕРНАЯ &amp;#40;2 ВИДА&amp;#41;</t>
   </si>
   <si>
     <t>998256</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/97d/ajq2xmd0a3y431b91nhds64364ch9rsp.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая ErichKrause MEGAPOLIS  Gel Stick 0.5, цвет чернил черный  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Современная гелевая ручка Stick с стандартным типом пишущего узла и заменяемым стержнем. Ручка имеет непрозрачный круглый корпус с окошком контроля уровня чернил и удобной профилированной грип-зоной. 5-канальный пишущий узел с диаметром шарика 0.5 мм в сочетании со свето- и водостойкими гелевыми чернилами обеспечивает точное и быстрое письмо без усилий. Длина непрерывной линии составляет 500 м при толщине 0.35 мм, что является высоким показателем в своей категории. Модель MEGAPOLIS® Gel стала одним из бестселлеров в ассортименте гелевых ручек ErichKrause более чем в пятидесяти странах мира.</t>
   </si>
   <si>
     <t>999164</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d96/hl2j6vh2c08bvnrd35kfwb43akcwy0e7.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dd1/huv3g8lecwdo6acoiidj24uier1autoh.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая Crown  quot;Quick Dry quot; с быстросохнущими чернилами и антибактериальным грипом, синяя, 0,5мм, корпус ассорти, 1 шт., блистер</t>
   </si>
   <si>
     <t>Ручка гелевая Crown &amp;quot;Quick Dry&amp;quot; с быстросохнущими чернилами и антибактериальным грипом, синяя, 0,5мм, корпус ассорти, 1 шт., блистер</t>
   </si>
   <si>
     <t>1002527</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/85b/i4060iwgksza5wl9nr0tol4tj4sbs2rw.jpg</t>
-[...11 lines deleted...]
-    <t>&lt;a href="/brands/pentel/"&gt;Pentel&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/7f7/qfuqh93ngov4nt10nf4vyaglkw874h4l.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая автоматическая Crown  quot;Quick Dry quot; синяя, 0,5мм, грип, гибридные чернила  3 шт. </t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая Crown &amp;quot;Quick Dry&amp;quot; синяя, 0,5мм, грип, гибридные чернила &amp;#40;3 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>1002530</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c9d/w0c1dval8hvrnjenowh13jn8dd5du9xw.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая MESHU  quot;Grace cats quot; синяя, 0,5мм, корпус ассорти, с топпером</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая MESHU &amp;quot;Grace cats&amp;quot; синяя, 0,5мм, корпус ассорти, с топпером</t>
   </si>
   <si>
     <t>1002535</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/adc/52ylymiwtd9yg9oqd74pp84no1m138th.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая автоматическая MESHU  quot;Sweet paws quot; синяя, 0,5мм, корпус ассорти, с топпером</t>
   </si>
   <si>
     <t>Ручка гелевая стираемая автоматическая MESHU &amp;quot;Sweet paws&amp;quot; синяя, 0,5мм, корпус ассорти, с топпером</t>
   </si>
   <si>
     <t>1002536</t>
   </si>
@@ -6498,65 +6255,50 @@
   <si>
     <t>1003154</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e3a/8r3bc3vr96g2qq339rik2qd0ayr5h10f.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;SmoothWrite quot; ГЕЛЕВАЯ, 0.5 ММ, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>1003155</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b31/r7tees51ynogapbms4emdr95341tyb6s.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;xPro quot; Nero ГЕЛЕВАЯ, АВТОМАТИЧЕСКАЯ, 0.5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;xPro&amp;quot; Nero ГЕЛЕВАЯ, АВТОМАТИЧЕСКАЯ, 0.5 ММ, СИНИЙ</t>
   </si>
   <si>
     <t>1003156</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1ed/4i2dj1pq0te48g99e37lutn0m7412rdr.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a8c/60cf5pld9jrpbpro62lg4kptbpauus9o.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтомат. Attache красный стерж., 0,5мм</t>
   </si>
   <si>
     <t>1005800</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b06/rgvniw9w2h0cknuy9rkk4p9wprvp91c9.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая неавтомат. Attache черный стерж., 0,5мм</t>
   </si>
   <si>
     <t>1005801</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc6/muu3z99h0juqm35cxc8fqht8vts1uv3k.jpg</t>
   </si>
   <si>
     <t>Ручка гелевая BRAUBERG ORIGINAL, ЧЕРНАЯ, игольчатый узел 0,5 мм, линия письма 0,35 м, 144244</t>
   </si>
   <si>
     <t>Гелевая ручка BRAUBERG &amp;quot;ORIGINAL&amp;quot; с покрытием soft-touch создает приятные тактильные ощущения и не скользит в руке. Чернила от японского производителя Mikuni оставляют чёткую, насыщенну &amp;#40;без пробелов&amp;#41; линию на поверхности бумаги. Имеет трехгранный переходящий в круглый корпус, представленный в 4 пастельных оттенках. Эргономичная зона захвата с выемками обеспечивает удобство при письме. Сменный стержень длиной 128 мм с игольчатым наконечником позволит использовать ручку максимально долго. Пишущий узел диаметром 0,5 мм создает линию письма шириной 0,35 мм.Подходит для ОГЭ и ЕГЭ, а также для скетчинга.</t>
@@ -6636,216 +6378,651 @@
   <si>
     <t>http://anytos.ru//upload/iblock/25a/5z38bfil1z7dyqluncke1hwi62962kgj.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 8 ручек гелевых ErichKrause R-301 Gel Stick Original 0.5, цвет чернил синий  в пакете </t>
   </si>
   <si>
     <t>Набор из 8 ручек гелевых ErichKrause R-301 Gel Stick Original 0.5, цвет чернил синий &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011097</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab0/b3c82xu0pvqnlbcq703mc9aevkqmgyxf.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 8 ручек гелевых ErichKrause R-301 Gel Stick Original 0.5, цвет чернил черный  в пакете </t>
   </si>
   <si>
     <t>Набор из 8 ручек гелевых ErichKrause R-301 Gel Stick Original 0.5, цвет чернил черный &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011098</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cab/6d4dck26i0x9l7r3mbv0dujjiwe78lr8.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая ErichKrause G-Note Stick Classic 0.5, цвет чернил черный  в коробке по 12 штук </t>
+  </si>
+  <si>
+    <t>Ручка гелевая ErichKrause G-Note Stick Classic 0.5, цвет чернил черный &amp;#40;в коробке по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>1011100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/561/er77f29dosymsa4qoc4klwmau9r82wga.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая ErichKrause G-Slim Stick Galactic 0.5, цвет чернил синий  в коробке по 12 штук </t>
+  </si>
+  <si>
+    <t>Ручка гелевая ErichKrause G-Slim Stick Galactic 0.5, цвет чернил синий &amp;#40;в коробке по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>1011101</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7fd/kftm0627uiqtli92a43kbx6tnr0mcbyp.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая ErichKrause G-Slim Stick Galactic 0.5, цвет чернил черный  в коробке по 12 штук </t>
+  </si>
+  <si>
+    <t>Ручка гелевая ErichKrause G-Slim Stick Galactic 0.5, цвет чернил черный &amp;#40;в коробке по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>1011102</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec9/osuc5sxcynse2wn7raxifggs4m2odn3g.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая ErichKrause R-301 Gel Stick Reef 0.5, цвет чернил синий  в коробке по 12 штук </t>
+  </si>
+  <si>
+    <t>Ручка гелевая ErichKrause R-301 Gel Stick Reef 0.5, цвет чернил синий &amp;#40;в коробке по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>1011103</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a0a/owyb62230e4evy5sucfw5w0tsg1tj91o.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая ErichKrause R-301 Gel Stick Reef 0.5, цвет чернил черный  в коробке по 12 штук </t>
+  </si>
+  <si>
+    <t>Ручка гелевая ErichKrause R-301 Gel Stick Reef 0.5, цвет чернил черный &amp;#40;в коробке по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>1011104</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/507/hipz3zudxv5uwtq6q1rxl1o1rd1a1qqa.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая автоматическая ErichKrause Crystal Note Matic Classic 0.5, цвет чернил синий  в коробке по 12 штук </t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая ErichKrause Crystal Note Matic Classic 0.5, цвет чернил синий &amp;#40;в коробке по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>1011105</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab2/y86dp5zobrgm5okh7z4u34qz837jp0oj.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая автоматическая ErichKrause Crystal Note Matic Classic 0.5, цвет чернил черный  в коробке по 12 штук </t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая ErichKrause Crystal Note Matic Classic 0.5, цвет чернил черный &amp;#40;в коробке по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>1011106</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a9f/sv7u5idubfyv8sp2uepva1wjdl341f0r.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая ErichKrause G-Vision Stick Grip Yummy 0.5, цвет чернил синий  в коробке по 12 штук </t>
+  </si>
+  <si>
+    <t>Ручка гелевая ErichKrause G-Vision Stick&amp;Grip Yummy 0.5, цвет чернил синий &amp;#40;в коробке по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>1011382</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/562/e99421j36xr2q1ji1u8mn1njv9tvjg01.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка гелевая ErichKrause G-Vision Stick Grip Yummy 0.5, цвет чернил черный  в коробке по 12 штук </t>
+  </si>
+  <si>
+    <t>Ручка гелевая ErichKrause G-Vision Stick&amp;Grip Yummy 0.5, цвет чернил черный &amp;#40;в коробке по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>1011383</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/378/l98j6a55p1s51jzyxhz45tsw68mech9u.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG GRADE NEON, ЧЕРНАЯ, игольчатый узел 0,5 мм, линия письма 0,3 мм, 144285</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG GRADE NEON в ярких неоновых оттенках с покрытием soft-touch обеспечивает комфортное и качественное письмо. Гелевая ручка представлена в четырех цветовых вариациях неоновых оттенков с лёгким эффектом градиента. Благодаря покрытию soft-touch удобно ложится в руке и не скользит при письме. Диаметр пишущего узла 0,5 мм создает тонкую линию толщиной 0,3 мм. Гелевые чернила плавно и мягко ложатся на бумагу, обеспечивая комфортное письмо. Черный цвет чернил делает ручку подходящей для ведения записей и создания скетчей.Подходит для ЕГЭ и ОГЭ.</t>
+  </si>
+  <si>
+    <t>1012494</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/911/7en648qv7iri8tbum8nj9ao4gipdrcao.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG GRADE PASTEL, СИНЯЯ, игольчатый узел 0,5 мм, линия письма 0,3 мм, 144284</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG GRADE PASTEL в нежных пастельных оттенках с покрытием soft-touch обеспечивает комфортное и качественное письмо. Гелевая ручка представлена в четырёх пастельных оттенках корпуса с лёгким эффектом градиента. Благодаря покрытию soft-touch удобно ложится в руке и не скользит при письме. Диаметр пишущего узла 0,5 мм создает тонкую линию письма толщиной 0,3 мм. Гелевые чернила плавно и мягко ложатся на бумагу, обеспечивая комфортное письмо. Синий цвет чернил делает ручку универсальной для школы и офиса.</t>
+  </si>
+  <si>
+    <t>1012495</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61f/kbgxvonqhgfxwnpy5nl7fvz2b2n3bie2.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG KIDS MIX, СИНЯЯ, корпус ассорти, игольчатый узел 0,5 мм, линия письма 0,3 мм, 144286</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG KIDS MIX в забавном дизайне с покрытием soft-touch обеспечивает комфортное и качественное письмо. Гелевая ручка представлена в четырех дизайнах с изображением популярных блюд. Благодаря покрытию soft-touch удобно ложится в руке и не скользит при письме. Диаметр пишущего узла 0,5 мм создает тонкую линию толщиной 0,3 мм. Гелевые чернила плавно и мягко ложатся на бумагу, обеспечивая комфортное письмо. Синий цвет чернил делает ручку подходящей для ведения записей во время учебы.</t>
+  </si>
+  <si>
+    <t>1012496</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d99/03pm5hxmva7245gnuly9naxwv3ugff9m.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG  quot;GEL ONE PASTEL quot;, ЧЕРНАЯ, корпус ассорти, узел 0,5 мм, линия 0,35 мм, 144039</t>
+  </si>
+  <si>
+    <t>Ручки гелевые BRAUBERG &amp;quot;GEL ONE PASTEL&amp;quot; – проводник в мир легкого и комфортного письма. Универсальный инструмент для ведения записей на уроке, лекции или деловой встрече – чернила быстро сохнут и не смазываются, обеспечивая аккуратность надписей. Гелевые ручки BRAUBERG &amp;quot;GEL ONE PASTEL&amp;quot; – специальное издание в футуристичном дизайне и с современными характеристиками письма. Корпус ручек выполнен в нежных пастельных оттенках ассорти. Быстросохнущие гелевые чернила черного цвета мягко ложатся на бумагу и не пачкают ее, минимизируя помарки. Аккуратная линия письма 0,35 мм достигается за счет стандартного пишущего узла диаметром 0,5 мм. Рифление в зоне захвата обеспечивает удобство в процессе письма. Колпачок ручки дополнен специальным клипом, который позволяет закрепить ее на тетради, папке или планшете без опасения потерять.</t>
+  </si>
+  <si>
+    <t>1015279</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4ec/zgh94v2nx8j7iqefq0dnd2tqultgu0oh.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG  quot;GEL ONE quot;, КРАСНАЯ, стандартный узел 0,5 мм, линия письма 0,35 мм, 144038</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG &amp;quot;GEL ONE&amp;quot; – проводник в мир легкого и комфортного письма. Яркие надписи без помарок – чернила быстро сохнут и не смазываются, обеспечивая аккуратность конспектов и заметок. Гелевая ручка BRAUBERG &amp;quot;GEL ONE&amp;quot; – специальное издание в футуристичном дизайне и с современными характеристиками письма. Серый корпус с серебристыми деталями создают стильную композицию оттенков. Быстросохнущие гелевые чернила мягко ложатся на бумагу и не пачкают ее, минимизируя помарки. Аккуратная линия письма 0,35 мм достигается за счет стандартного пишущего узла диаметром 0,5 мм. Красный цвет чернил для выделения важных заметок и ярких акцентов. Конструкция ручки позволяет контролировать уровень чернил за счет видимого стержня. Рифление в зоне захвата обеспечивает удобство в процессе письма. Колпачок ручки дополнен специальным клипом, который позволяет закрепить ее на тетради, папке или планшете без опасения потерять.</t>
+  </si>
+  <si>
+    <t>1015280</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/448/wtczdl7u8fxwxr0k6qcedm28cr67tntf.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG  quot;GEL ONE quot;, СИНЯЯ, стандартный узел 0,5 мм, линия письма 0,35 мм, 144036</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG &amp;quot;GEL ONE&amp;quot; – проводник в мир легкого и комфортного письма. Универсальный инструмент для ведения записей на уроке, лекции или деловой встрече – чернила быстро сохнут и не смазываются, обеспечивая аккуратность конспектов и заметок. Гелевая ручка BRAUBERG &amp;quot;GEL ONE&amp;quot; – специальное издание в футуристичном дизайне и с современными характеристиками письма. Серый корпус с серебристыми деталями создают стильную композицию оттенков. Быстросохнущие гелевые чернила синего цвета мягко ложатся на бумагу и не пачкают ее, минимизируя помарки. Аккуратная линия письма 0,35 мм достигается за счет стандартного пишущего узла диаметром 0,5 мм. Конструкция ручки позволяет контролировать уровень чернил за счет видимого стержня. Рифление в зоне захвата обеспечивает удобство в процессе письма. Колпачок ручки дополнен специальным клипом, который позволяет закрепить ее на тетради, папке или планшете без опасения потерять.</t>
+  </si>
+  <si>
+    <t>1015281</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/442/ns5qj7pt01n31jobk8jls15fxfgrw4t7.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG  quot;GEL ONE quot;, ЧЕРНАЯ, стандартный узел 0,5 мм, линия письма 0,35 мм, 144037</t>
+  </si>
+  <si>
+    <t>Ручка гелевая BRAUBERG &amp;quot;GEL ONE&amp;quot; – проводник в мир легкого и комфортного письма. Универсальный инструмент для ведения записей на уроке, лекции или деловой встрече – чернила быстро сохнут и не смазываются, обеспечивая аккуратность конспектов и заметок. Гелевая ручка BRAUBERG &amp;quot;GEL ONE&amp;quot; – специальное издание в футуристичном дизайне и с современными характеристиками письма. Серый корпус с серебристыми деталями создают стильную композицию оттенков. Быстросохнущие гелевые чернила черного цвета мягко ложатся на бумагу и не пачкают ее, минимизируя помарки. Аккуратная линия письма 0,35 мм достигается за счет стандартного пишущего узла диаметром 0,5 мм. Конструкция ручки позволяет контролировать уровень чернил за счет видимого стержня. Рифление в зоне захвата обеспечивает удобство в процессе письма. Колпачок ручки дополнен специальным клипом, который позволяет закрепить ее на тетради, папке или планшете без опасения потерять.</t>
+  </si>
+  <si>
+    <t>1015282</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1bd/p48ymt9rcw1amxm6ll6n2h6q7kkfflwx.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT  quot;G-3 quot;, корпус прозрачный, узел 0,38 мм, линия 0,2 мм, резиновый упор, синяя, BLN-G3-38 L</t>
+  </si>
+  <si>
+    <t>Это самая тонкопишущая из всех существующих гелевых ручек. Новые усовершенствованные чернила позволяют писать с толщиной линии 0,2 мм, сохраняя плавность письма традиционной гелевой ручки. Ручка гелевая с грипом PILOT G-3 имеет особо тонкий пишущий узел диаметром всего 0,38 мм. Равномерная подача чернил и удобный прорезиненный упор для пальцев делают письмо легким и плавным, без усилий, оставляя на бумаге линию толщиной всего 0,2 мм. Ручка изготовлена из прозрачного пластика, что позволяет контролировать уровень чернил. Цвет чернил соответствует цветным элементам корпуса. Ручка не течет, не пачкает, линия не прерывается.</t>
+  </si>
+  <si>
+    <t>1015283</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/336/776atvd4y469z2ibr1e8zlkdieoufn6o.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая PILOT Р-500, СИНЯЯ, увеличенный объем чернил, игольчатый узел, линия 0,3 мм, BL-P50 L</t>
+  </si>
+  <si>
+    <t>Увеличенный резервуар для чернил значительно увеличивает срок службы ручки Pilot P-500 по сравнению с аналогами на сменных стержнях, а равномерная подача чернил гарантирует лёгкое и плавное письмо. Одноразовая гелевая ручка BL-Р500 с игольчатым пишущим узлом. Яркие и контрастные чернила быстро высыхают и не размазываются. Захват ручки имеет рифлёную зону, что предотвращает скольжение при письме. Клипса на колпачке выполнена из металла. Цвет корпуса соответствует цвету чернил. Отличительная особенность – прямая подача чернил. Цвет чернил соответствует цветным элементам корпуса. Гелевые чернила отличаются высокой светостойкостью и насыщенностью цвета. Не течет, не пачкает, линия непрерывная. Пишущий узел из нержавеющей стали, шарик изготовлен из карбида вольфрама.</t>
+  </si>
+  <si>
+    <t>1015284</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c5a/iswvpte9v81licanxus2q7820q5mk9ul.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая PILOT G-6, СИНЯЯ, прорезиненный корпус, 0,5 мм, линия 0,3 мм, BL-G6-5 L</t>
+  </si>
+  <si>
+    <t>Эта ручка незаменима при сдаче ЕГЭ. Она не течет, не пачкает, линия не прерывается. Многоразовая автоматическая шариковая ручка BL-G6 &amp;#40;extra fine&amp;#41; с гелевыми чернилами. Полностью прорезиненный корпус с окошком для контроля уровня чернил. Зауженное место захвата со специальными углублениями, предотвращающими скольжения пальцев, обеспечивает комфортное письмо. Цвет чернил соответствует цветным элементам корпуса. Гелевые чернила отличаются высокой светостойкостью и насыщенностью цвета. Стержень оснащен наконечником из нержавеющей стали, шарик выполнен из карбида вольфрама.</t>
+  </si>
+  <si>
+    <t>1015285</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb5/3k2hdej40oivcj4fy0l36b2o2zjptec8.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая автоматическая PILOT Synergy Point, СИНЯЯ, корпус синий, линия 0,25 мм, BLRT-SNP5 L</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая ручка SYNERGY POINT с гелевыми чернилами – одна из новейших разработок. Это синергия двух типов наконечников: классического конусообразного и игольчатого. Обеспечивает плавность письма и экономичный расход чернил. Корпус ручки выполнен из пластика с красивым геометрическим рисунком. Цвет чернил соответствует цветным элементам корпуса. Грип изготовлен из гигроскопической резины и имеет приятную гладкую поверхность, а его форма отвечает всем эргономическим свойствам, обеспечивающим комфортное и мягкое письмо. Кнопка и клип составляют единое целое и изготовлены из черного матового пластика. Металлический пишущий узел с системой &amp;quot;SYNERGY TIP&amp;quot; объединяет два преимущества: прочность конусообразного наконечника в случае сильного нажатия, и аккуратность игольчатого – тонкое письмо и экономичный расход чернил. Пигментные гелевые чернила стойки к свету и воде, все написанное дольше сохранится на бумаге.</t>
+  </si>
+  <si>
+    <t>1015286</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/834/ael9xwb4fzr34cpdmnmm7rkpsue34nwx.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом BRAUBERG  quot;Max-Oil Gel quot;, ЧЕРНАЯ, игольчатый узел 0,5 мм, линия письма 0,3 мм, 144260</t>
+  </si>
+  <si>
+    <t>Гелевая ручка с грипом BRAUBERG &amp;quot;Max-Oil Gel&amp;quot; – это сочетание классического дизайна и комфортного письма! Гелевая ручка с грипом BRAUBERG &amp;quot;Max-Oil Gel&amp;quot; выполнена в современном, стильном тонированном темном корпусе, придающем вашему письму элегантность и профессиональный вид. Благодаря эргономичному грипу серого цвета, ручка обеспечивает надежный и приятный захват, снижая усталость руки даже при длительном использовании.Особенность &amp;quot;Max-Oil Gel&amp;quot; — это сверхтонкий игольчатый узел диаметром всего 0,5 мм, который позволяет создавать идеально тонкие линии всего 0,3 мм — идеально для точных надписей, деталей чертежей и деловой документации. Высококачественный гель обладает плавным и равномерным потоком, благодаря чему вы получите яркий, насыщенный цвет и чистый, аккуратный результат без пропусков.</t>
+  </si>
+  <si>
+    <t>1015287</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/240/7v5ab4mvtddmjr3cgwfnsal2lgh7m00s.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом PILOT  quot;G-1 Grip quot;, ЗЕЛЕНАЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,3 мм, BLGP-G1-5 G</t>
+  </si>
+  <si>
+    <t>Гелевая ручка с удобным резиновым упором для пальцев. Обеспечивает мягкое письмо. Ручка имеет прозрачный круглый корпус деталями в цвет чернил. Зона захвата снабжена резиновым держателем, обеспечивающим комфорт при письме.Стержень снабжен пишущим узлом с диаметром шарика 0,5 мм с наконечником стандартного типа, проводимым линию письма толщиной 0,3 мм. В сочетании с быстросохнущими гелевыми чернилами обеспечивает точное и быстрое письмо без усилий. Длина сменного стержня – 128 мм.</t>
+  </si>
+  <si>
+    <t>1015288</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db6/p2ix53dy1t537bhs2jez0igk3418phot.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом PILOT  quot;G-1 Grip quot;, КРАСНАЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,3 мм, BLGP-G1-5, BLGP-G1-5 R</t>
+  </si>
+  <si>
+    <t>Гелевая ручка с удобным резиновым упором для пальцев. Обеспечивает мягкое письмо. Металлический наконечник, вентилируемый колпачок. Цвет чернил соответствует цветным элементам корпуса. Гелевые чернила отличаются высокой светостойкостью и насыщенностью цвета.</t>
+  </si>
+  <si>
+    <t>1015289</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/930/rp9rkwymts66qw6dk64d2kzcjkuun9k3.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая с грипом PILOT  quot;G-3 quot;, ЧЕРНАЯ, корпус прозрачный, узел 0,38 мм, линия письма 0,2 мм, BLN-G3-38, BLN-G3-38 B</t>
+  </si>
+  <si>
+    <t>Гелева ручка PILOT &amp;quot;G-3&amp;quot; имеет прозрачный круглый корпус деталями в цвет чернил. Ручка с металлизированным наконечником, стандартным типом пишущего узла и заменяемым стержнем длиной 128 мм. Зона захвата снабжена резиновым держателем, обеспечивающим комфорт при письме. Стержень снабжен пишущим узлом с диаметром шарика 0,38 мм. Новые усовершенствованные чернила позволяют писать с толщиной линии 0,2 мм, сохраняя плавность письма традиционной гелевой ручки. Цвет чернил - черный.</t>
+  </si>
+  <si>
+    <t>1015290</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/102/zk87pn6btznggjnzpfx7dxtz8cogqots.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая стираемая автоматическая BRAUBERG  quot;X-ERASE RT MORANDI COLOR quot;, СИНЯЯ, пишущий узел 0,7 мм, линия письма 0,5 мм, 144425</t>
+  </si>
+  <si>
+    <t>Автоматическая гелевая стираемая ручка BRAUBERG &amp;quot;X-ERASE RT MORANDI COLOR&amp;quot; – ваш надежный помощник в создании чистых и аккуратных заметок без ограничений. Автоматическая гелевая ручка BRAUBERG &amp;quot;X-ERASE RT MORANDI COLOR&amp;quot; позволяет писать синими чернилами с линией толщиной 0,5 мм с пишущим узлом 0,7 мм. Специальные гелевые чернила становятся невидимыми при нагревании до 60 °С и выше. Написанное можно восстановить при температуре ниже -18 °С. В ручку встроен ластик, что обеспечивает возможность многократного стирания и повторного письма. Записи также можно стереть любым другим ластиком. Удобная прорезиненная зона захвата гарантирует комфорт при использовании. Ассорти из 4 сдержанных элегантных цветов: глубокий синий, бордовый, бирюзовый, серый.</t>
+  </si>
+  <si>
+    <t>1015291</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/90e/97eqdi90t0vi1ffmp2121n2qhqx3r36g.jpg</t>
+  </si>
+  <si>
+    <t>Ручка гелевая стираемая автоматическая BRAUBERG  quot;X-ERASE RT PASTEL COLOR quot;, СИНЯЯ, пишущий узел 0,7 мм, линия письма 0,5 мм, 144424</t>
+  </si>
+  <si>
+    <t>Автоматическая гелевая стираемая ручка BRAUBERG &amp;quot;X-ERASE RT PASTEL COLOR&amp;quot; – ваш надежный помощник в создании чистых и аккуратных заметок без ограничений. Автоматическая гелевая ручка BRAUBERG &amp;quot;X-ERASE RT&amp;quot; позволяет писать синими чернилами с линией толщиной 0,5 мм и с пишущим узлом 0,7 мм. Специальные гелевые чернила становятся невидимыми при нагревании до 60 °С и выше. Написанное можно восстановить при температуре ниже -18 °С. В ручку встроен ластик, что обеспечивает возможность многократного стирания и повторного письма. Записи также можно стереть любым другим ластиком. Удобная прорезиненная зона захвата гарантирует комфорт при использовании. Ассорти из 4 пастельных цветов: бирюзовый, нежно-розовый, салатовый, голубой.</t>
+  </si>
+  <si>
+    <t>1015292</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cef/61oy7iouaj1bzhtpxvnfy8o14qu42tzt.jpg</t>
+  </si>
+  <si>
+    <t>Ручка стираемая гелевая автоматическая PILOT  quot;Frixion Clicker quot;, СИНЯЯ, узел 0,7 мм, линия письма 0,35 мм, BLRT-FR-7, BLRT-FR-7 L</t>
+  </si>
+  <si>
+    <t>Автоматическая ручка BLRT-7 Frixion с термочувствительными чернилами. Чернила ручки “Frixion” не исчезают и не стираются, а становятся бесцветными под воздействием температуры. Корректировка письма осуществляется с помощью специальной резинки, встроенной в корпус ручки. При трении резинки о бумагу с надписью поверхность нагревается и чернила “исчезают”, то есть обесцвечиваются, бумага при этом остается невредимой и можно тут же делать новую запись. Причем эту операцию можно повторить несколько раз! Процедуру обесцвечивания написанного текста можно проделать любым способом, нагревая лист бумаги свыше &amp;#43;60 °С, например, феном. Но самое интересное, что написанное можно восстановить при температуре ниже –18 °С до первоначального уровня, то есть надпись проявляется.Современный дизайн корпуса ручки – с рисунком &amp;quot;тату&amp;quot;. Цвет корпуса соответствует цвету чернил. Резиновый упор для пальцев из гигроскопичной резины, отвечающий всем эргономическим свойствам. Включается ручка путем перемещения пластиковой клипсы вдоль корпуса.Сменный стержень BLS-FR7 с наконечником из нержавеющей стали, шарик выполнен из карбида вольфрама.</t>
+  </si>
+  <si>
+    <t>1015293</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91d/gd3dihca8o382ig58yf5neqhgh566nf4.jpg</t>
+  </si>
+  <si>
+    <t>Ручка стираемая гелевая с принтом FUNSTER  ФАНСТЕР   quot;ANIME quot;, СИНЯЯ, корпус ассорти, игольчатый наконечник 0,5 мм, линия 0,35 мм, 144412</t>
+  </si>
+  <si>
+    <t>Стираемая гелевая ручка FUNSTER &amp;quot;ANIME&amp;quot; – универсальный помощник для ведения аккуратных записей за счет обесцвечивающихся термочернил и специального ластика, позволяющего вносить корректировки в текст сразу после написания. Ручка представлена в ярких ассорти дизайнах с персонажами аниме, которые привлекают внимание яркими деталями. Специальные гелевые чернила синего цвета мягко и плавно ложатся на бумагу, а при нагревании становятся невидимыми. Нагрев достигается ластиком, встроенным в корпус ручки. При трении бумага не повреждается, поэтому исправления выглядят незаметными. Пишущий узел 0,5 мм обеспечивает тонкую линию письма 0,35 мм.</t>
+  </si>
+  <si>
+    <t>1015295</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/funster/"&gt;FUNSTER&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/929/9df8o6njz7oob044fo9kynfrx8e2wrlo.jpg</t>
+  </si>
+  <si>
+    <t>Ручка стираемая гелевая с принтом FUNSTER  ФАНСТЕР   quot;CUTE ANIMALS quot;, СИНЯЯ, корпус ассорти, игольчатый наконечник 0,5 мм, линия 0,35мм 144410</t>
+  </si>
+  <si>
+    <t>Стираемая гелевая ручка FUNSTER &amp;quot;CUTE ANIMALS&amp;quot; – универсальный помощник для ведения аккуратных записей за счет обесцвечивающихся термочернил и специального ластика, позволяющего вносить корректировки в текст сразу после написания. Ручка представлена в ярких ассорти дизайнах с забавными животными, которые поднимут настроение в процессе учебы или работы. Специальные гелевые чернила синего цвета мягко и плавно ложатся на бумагу, а при нагревании становятся невидимыми. Нагрев достигается ластиком, встроенным в корпус ручки. При трении бумага не повреждается, поэтому исправления выглядят незаметными. Пишущий узел 0,5 мм обеспечивает тонкую линию письма 0,35 мм.</t>
+  </si>
+  <si>
+    <t>1015297</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/01c/i2hnkbj3yv19mp67linib1q2f3s3d2he.jpg</t>
+  </si>
+  <si>
+    <t>Ручка стираемая гелевая с принтом FUNSTER  ФАНСТЕР   quot;MANGA ANIME quot;, СИНЯЯ, корпус ассорти, игольчатый наконечник 0,5 мм, линия 0,35 мм 144413</t>
+  </si>
+  <si>
+    <t>Стираемая гелевая ручка FUNSTER &amp;quot;MANGA ANIME&amp;quot; – универсальный помощник для ведения аккуратных записей за счет обесцвечивающихся термочернил и специального ластика, позволяющего вносить корректировки в текст сразу после написания. Ручка представлена в ассорти дизайнах с персонажами аниме, которые привлекают внимание проработанными деталями. Специальные гелевые чернила синего цвета мягко и плавно ложатся на бумагу, а при нагревании становятся невидимыми. Нагрев достигается ластиком, встроенным в корпус ручки. При трении бумага не повреждается, поэтому исправления выглядят незаметными. Пишущий узел 0,5 мм обеспечивает тонкую линию письма 0,35 мм.</t>
+  </si>
+  <si>
+    <t>1015298</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/230/xre4tao0f2dr54xhe6olnayw78g6ax2t.jpg</t>
+  </si>
+  <si>
+    <t>Ручка стираемая гелевая с принтом FUNSTER  ФАНСТЕР   quot;КОТ-ЭНТУЗИАСТ quot;, СИНЯЯ, корпус ассорти, игольчатый наконеч. 0,5 мм, линия 0,35 мм 144414</t>
+  </si>
+  <si>
+    <t>Стираемая гелевая ручка FUNSTER &amp;quot;КОТ-ЭНТУЗИАСТ&amp;quot; – универсальный помощник для ведения аккуратных записей за счет обесцвечивающихся термочернил и специального ластика, позволяющего вносить корректировки в текст сразу после написания. Ручка представлена в ярких ассорти дизайнах с забавным рыжим котом и интересными заметками, которые поднимут настроение в процессе учебы или работы. Специальные гелевые чернила синего цвета мягко и плавно ложатся на бумагу, а при нагревании становятся невидимыми. Нагрев достигается ластиком, встроенным в корпус ручки. При трении бумага не повреждается, поэтому исправления выглядят незаметными. Пишущий узел 0,5 мм обеспечивает тонкую линию письма 0,35 мм.</t>
+  </si>
+  <si>
+    <t>1015299</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e4e/7q2fdrl8p6w16b9wq8n9i8n81p1stecc.jpg</t>
+  </si>
+  <si>
+    <t>Ручка стираемая гелевая, кросс-серия  quot;МИЛЫЕ КОТЫ quot;, BRAUBERG, СИНЯЯ, корпус ассорти, игольчатый наконечник 0,5 мм, линия 0,35 мм, 144481</t>
+  </si>
+  <si>
+    <t>Ручка стираемая гелевая кросс-серии &amp;quot;МИЛЫЕ КОТЫ&amp;quot; BRAUBERG – надежный проводник в мир идеальных записей. Больше не нужно бояться допустить ошибку: записи всегда можно легко исправить, просто воспользовавшись ластиком. Ручка представлена в дизайнах ассорти с милыми котами, которые привлекают внимание своим очаровательным видом. Гелевые чернила синего цвета мягко и плавно ложатся на бумагу, обеспечивая комфортный процесс письма без усилий. Аккуратная линия письма 0,35 мм достигается за счет игольчатого наконечника диаметром 0,5 мм. Конструкция ручки дополнена специальным ластиком, который обеспечивает удаление чернил.Чернила являются термочувствительными и удаляются встроенным ластиком – при трении о бумагу они нагреваются и становятся бесцветными под воздействием температуры. Надписи исчезают, не оставляя следов на бумаге и не повреждая ее.Вернуть написанное возможно при охлаждении бумаги до -18 °С.</t>
+  </si>
+  <si>
+    <t>1015300</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/329/rvbah1aw1eah91xmb7f2t977pa5qj2hi.jpg</t>
+  </si>
+  <si>
+    <t>Ручка стираемая гелевая, кросс-серия  quot;МОНСТРИКИ quot;, BRAUBERG, СИНЯЯ, корпус ассорти, игольчатый наконечник 0,5 мм, линия 0,35 мм, 144484</t>
+  </si>
+  <si>
+    <t>Ручка стираемая гелевая кросс-серии &amp;quot;МОНСТРИКИ&amp;quot; BRAUBERG – надежный проводник в мир идеальных записей. Больше не нужно бояться допустить ошибку: записи всегда можно легко исправить, просто воспользовавшись ластиком. Ручка представлена в ярких дизайнах ассорти с забавными монстриками, которые привлекают внимание своим необычным видом. Гелевые чернила синего цвета мягко и плавно ложатся на бумагу, обеспечивая комфортный процесс письма без усилий. Аккуратная линия письма 0,35 мм достигается за счет игольчатого наконечника диаметром 0,5 мм. Конструкция ручки дополнена специальным ластиком, который обеспечивает удаление чернил.Чернила являются термочувствительными и удаляются встроенным ластиком – при трении о бумагу они нагреваются и становятся бесцветными под воздействием температуры. Надписи исчезают, не оставляя следов на бумаге и не повреждая ее.Вернуть написанное возможно при охлаждении бумаги до -18 °С.</t>
+  </si>
+  <si>
+    <t>1015301</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c2/8p0l6ric0dgil78hpci5w0m1p15imhzy.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые BRAUBERG KIDS  quot;CUTE ANIMALS quot;, НАБОР 24 ЦВЕТА, корпус с печатью, узел 1 мм, линия письма 0,7 мм, 144447</t>
+  </si>
+  <si>
+    <t>Ручки гелевые BRAUBERG KIDS &amp;quot;CUTE ANIMALS&amp;quot; – это не только надежный инструмент для создания рисунков и цветных надписей, но и источник вдохновения, помогающий развивать фантазию и креативное мышление ребенка. Набор включает 24 ручки с различными эффектами и цветами чернил: 12 ручек с классическими чернилами – необходимая палитра оттенков для различных деталей, 12 ручек с блестками – мерцающий блеск для создания по-настоящему волшебных рисунков и надписей!Круглый корпус ручек выполнен в интересном дизайне с милыми животными, которые поднимут настроение и вдохновят на новые идеи. Гелевые чернила ложатся на бумагу мягко и плавно – с ними ручка скользит по бумаге практически без нажима, позволяя заниматься творчеством на протяжении долгого времени без усталости. Диаметр стандартного наконечника составляет 1 мм, толщина линии письма – 0,7 мм.</t>
+  </si>
+  <si>
+    <t>1015302</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/075/g8ctosqw2eun3n2t3yrag2vewhyi0qfn.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые BRAUBERG KIDS  quot;CUTE ANIMALS quot;, НАБОР 36 ЦВЕТОВ, корпус с печатью, узел 1 мм, линия письма 0,7 мм, 144448</t>
+  </si>
+  <si>
+    <t>Ручки гелевые BRAUBERG KIDS &amp;quot;CUTE ANIMALS&amp;quot; – это не только надежный инструмент для создания рисунков и цветных надписей, но и источник вдохновения, помогающий развивать фантазию и креативное мышление ребенка. Набор включает 36 ручек с различными эффектами и цветами чернил: 12 ручек с пастельными оттенками, 12 ручек с блестками, 12 ручек с неоновыми оттенками. Разнообразная палитра побуждает к экспериментам и позволяет воплотить в жизнь даже самые нестандартные задумки.Круглый корпус ручек выполнен в интересном дизайне с милыми животными, которые поднимут настроение и вдохновят на новые идеи. Гелевые чернила ложатся на бумагу мягко и плавно – с ними ручка скользит по бумаге практически без нажима, позволяя заниматься творчеством на протяжении долгого времени без усталости. Диаметр стандартного наконечника составляет 1 мм, толщина линии письма – 0,7 мм.</t>
+  </si>
+  <si>
+    <t>1015303</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/72b/6f8zroc0qpfjyb3biaoojguwwvr72bbi.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые BRAUBERG KIDS  quot;CUTE ANIMALS quot;, НАБОР 48 ЦВЕТОВ, корпус с печатью, узел 1 мм, линия письма 0,7 мм, 144449</t>
+  </si>
+  <si>
+    <t>Ручки гелевые BRAUBERG KIDS &amp;quot;CUTE ANIMALS&amp;quot; – это не только надежный инструмент для создания рисунков и цветных надписей, но и источник вдохновения, помогающий развивать фантазию и креативное мышление ребенка. Набор включает 48 ручек с различными эффектами и цветами чернил: 8 ручек с классическими чернилами, 10 ручек с неоновыми оттенками, 10 ручек с эффектом металлик, 10 ручек с пастельными оттенками, 10 ручек с блестками. Разнообразная палитра открывает безграничные возможности для творчества и позволяет воплотить в жизнь даже самые нестандартные фантазии.Круглый корпус ручек выполнен в интересном дизайне с милыми животными, которые поднимут настроение и вдохновят на новые идеи. Гелевые чернила ложатся на бумагу мягко и плавно – с ними ручка скользит по бумаге практически без нажима, позволяя заниматься творчеством на протяжении долгого времени без усталости. Диаметр стандартного наконечника составляет 1 мм, толщина линии письма – 0,7 мм.</t>
+  </si>
+  <si>
+    <t>1015304</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c73/sk8ydhymdurdj9ihw9ac1c20hcn85e0f.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые BRAUBERG KIDS  quot;CUTE ANIMALS quot;, НАБОР 60 ЦВЕТОВ, корпус с печатью, узел 1 мм, линия письма 0,7 мм, 144450</t>
+  </si>
+  <si>
+    <t>Ручки гелевые BRAUBERG KIDS &amp;quot;CUTE ANIMALS&amp;quot; – это не только надежный инструмент для создания рисунков и цветных надписей, но и источник вдохновения, помогающий развивать фантазию и креативное мышление ребенка. Набор включает 60 ручек с различными эффектами и цветами чернил: 15 ручек с неоновыми оттенками, 15 ручек с эффектом металлик, 15 ручек с пастельными оттенками, 15 ручек с блестками. Богатая палитра открывает безграничные возможности для творчества, позволяя для любой детали рисунка подбирать нужный оттенок и сочетать самые разные эффекты.Круглый корпус ручек выполнен в интересном дизайне с милыми животными, которые поднимут настроение и вдохновят на новые идеи. Гелевые чернила ложатся на бумагу мягко и плавно – с ними ручка скользит по бумаге практически без нажима, позволяя заниматься творчеством на протяжении долгого времени без усталости. Диаметр стандартного наконечника составляет 1 мм, толщина линии письма – 0,7 мм.</t>
+  </si>
+  <si>
+    <t>1015305</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/876/6q1cnl3ams1r2e34jh607762tvvzt7sf.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые КЛАССИЧЕСКИЕ BRAUBERG KIDS  quot;CUTE ANIMALS quot;, НАБОР 12 ЦВЕТОВ, корпус с печатью, узел 1 мм, линия письма 0,7 мм, 144445</t>
+  </si>
+  <si>
+    <t>Ручки гелевые BRAUBERG KIDS &amp;quot;CUTE ANIMALS&amp;quot; – это не только надежный инструмент для создания рисунков и цветных надписей, но и источник вдохновения, помогающий развивать фантазию и креативное мышление ребенка. Набор включает 12 ручек с различными цветами чернил: черный, красный, голубой, серый, зеленый, фиолетовый, сиреневый, коричневый, оранжевый, желтый, синий, темно-зеленый. Сбалансированная палитра цветов позволяет подобрать нужный оттенок для различных деталей рисунка.Круглый корпус ручек выполнен в интересном дизайне с милыми животными, которые поднимут настроение и вдохновят на новые идеи. Гелевые чернила ложатся на бумагу мягко и плавно – с ними ручка скользит по бумаге практически без нажима, позволяя заниматься творчеством на протяжении долгого времени без усталости. Диаметр стандартного наконечника составляет 1 мм, толщина линии письма – 0,7 мм.</t>
+  </si>
+  <si>
+    <t>1015306</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a6c/g5wv436nrsbzuhu0covld0qk7g2yp9kx.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые КЛАССИЧЕСКИЕ BRAUBERG KIDS  quot;CUTE ANIMALS quot;, НАБОР 6 ЦВЕТОВ, корпус с печатью, узел 1 мм, линия письма 0,7 мм, 144441</t>
+  </si>
+  <si>
+    <t>Ручки гелевые BRAUBERG KIDS &amp;quot;CUTE ANIMALS&amp;quot; – это не только надежный инструмент для создания рисунков и цветных надписей, но и источник вдохновения, помогающий развивать фантазию и креативное мышление ребенка. Набор включает 6 ручек с различными цветами чернил: черный, желтый, синий, зеленый, красный, фиолетовый. В наборе представлены популярные оттенки для изображения различных деталей рисунка.Круглый корпус ручек выполнен в интересном дизайне с милыми животными, которые поднимут настроение и вдохновят на новые идеи. Гелевые чернила ложатся на бумагу мягко и плавно – с ними ручка скользит по бумаге практически без нажима, позволяя заниматься творчеством на протяжении долгого времени без усталости. Диаметр стандартного наконечника составляет 1 мм, толщина линии письма – 0,7 мм.</t>
+  </si>
+  <si>
+    <t>1015307</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f90/s3xxslh6blwfym5m57kh3wvmlasoqe2q.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые МЕТАЛЛИК BRAUBERG KIDS  quot;CUTE ANIMALS quot;, НАБОР 6 ЦВЕТОВ, корпус с печатью, узел 1 мм, линия письма 0,7 мм, 144440</t>
+  </si>
+  <si>
+    <t>Ручки гелевые BRAUBERG KIDS &amp;quot;CUTE ANIMALS&amp;quot; – это не только надежный инструмент для создания рисунков и цветных надписей, но и источник вдохновения, помогающий развивать фантазию и креативное мышление ребенка. Набор включает 6 ручек с различными цветами чернил: зеленый, желтый, фиолетовый, серебристый, синий, розовый. Чернила представлены в оттенках металлик – каждый штрих переливается блеском благородного металла.Круглый корпус ручек выполнен в интересном дизайне с милыми животными, которые поднимут настроение и вдохновят на новые идеи. Гелевые чернила ложатся на бумагу мягко и плавно – с ними ручка скользит по бумаге практически без нажима, позволяя заниматься творчеством на протяжении долгого времени без усталости. Диаметр стандартного наконечника составляет 1 мм, толщина линии письма – 0,7 мм.</t>
+  </si>
+  <si>
+    <t>1015308</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dde/912pdty05o9kdfhgt6z7siab0rs5c2gv.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые НЕОНОВЫЕ BRAUBERG KIDS  quot;CUTE ANIMALS quot;, НАБОР 12 ЦВЕТОВ, корпус с печатью, узел 1 мм, линия письма 0,7 мм, 144444</t>
+  </si>
+  <si>
+    <t>Ручки гелевые BRAUBERG KIDS &amp;quot;CUTE ANIMALS&amp;quot; – это не только надежный инструмент для создания рисунков и цветных надписей, но и источник вдохновения, помогающий развивать фантазию и креативное мышление ребенка. Набор включает 12 ручек с различными цветами чернил: желтый, зеленый, голубой, фиолетовый, абрикосовый, оранжевый, розовый, фуксия, синий, сливовый, баклажановый, салатовый. Чернила представлены в неоновых оттенках – идеально для создания ярких образов и запоминающихся рисунков.Круглый корпус ручек выполнен в интересном дизайне с милыми животными, которые поднимут настроение и вдохновят на новые идеи. Гелевые чернила ложатся на бумагу мягко и плавно – с ними ручка скользит по бумаге практически без нажима, позволяя заниматься творчеством на протяжении долгого времени без усталости. Диаметр стандартного наконечника составляет 1 мм, толщина линии письма – 0,7 мм.</t>
+  </si>
+  <si>
+    <t>1015309</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/170/sh8abzcsjtw9y1yqb07w2fvckk9t66a9.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые НЕОНОВЫЕ BRAUBERG KIDS  quot;CUTE ANIMALS quot;, НАБОР 6 ЦВЕТОВ, корпус с печатью, узел 1 мм, линия письма 0,7 мм, 144442</t>
+  </si>
+  <si>
+    <t>Ручки гелевые BRAUBERG KIDS &amp;quot;CUTE ANIMALS&amp;quot; – это не только надежный инструмент для создания рисунков и цветных надписей, но и источник вдохновения, помогающий развивать фантазию и креативное мышление ребенка. Набор включает 6 ручек с различными цветами чернил: синий, оранжевый, зеленый, желтый, розовый, фиолетовый. Чернила представлены в неоновых оттенках – идеально для создания ярких образов и запоминающихся рисунков.Круглый корпус ручек выполнен в интересном дизайне с милыми животными, которые поднимут настроение и вдохновят на новые идеи. Гелевые чернила ложатся на бумагу мягко и плавно – с ними ручка скользит по бумаге практически без нажима, позволяя заниматься творчеством на протяжении долгого времени без усталости. Диаметр стандартного наконечника составляет 1 мм, толщина линии письма – 0,7 мм.</t>
+  </si>
+  <si>
+    <t>1015310</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1b4/05twldbp8hc7nksi30c7fm10sy3x4ds5.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые ПАСТЕЛЬНЫЕ BRAUBERG KIDS  quot;CUTE ANIMALS quot;, НАБОР 6 ЦВЕТОВ, корпус с печатью, узел 1 мм, линия письма 0,7 мм, 144439</t>
+  </si>
+  <si>
+    <t>Ручки гелевые BRAUBERG KIDS &amp;quot;CUTE ANIMALS&amp;quot; – это не только надежный инструмент для создания рисунков и цветных надписей, но и источник вдохновения, помогающий развивать фантазию и креативное мышление ребенка. Набор включает 6 ручек с различными цветами чернил: зеленый, фиолетовый, желтый, розовый, голубой, оранжевый. Чернила представлены в пастельных оттенках – идеально для создания рисунков в спокойных и мягких тонах или дополнения основной картины нежными деталями.Круглый корпус ручек выполнен в интересном дизайне с милыми животными, которые поднимут настроение и вдохновят на новые идеи. Гелевые чернила ложатся на бумагу мягко и плавно – с ними ручка скользит по бумаге практически без нажима, позволяя заниматься творчеством на протяжении долгого времени без усталости. Диаметр стандартного наконечника составляет 1 мм, толщина линии письма – 0,7 мм.</t>
+  </si>
+  <si>
+    <t>1015311</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/804/gi7rud4rnqohkxuk70izv64tl5j96obv.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые С БЛЕСТКАМИ BRAUBERG KIDS  quot;CUTE ANIMALS quot;, НАБОР 12 ЦВЕТОВ, корпус с печатью, узел 1 мм, линия письма 0,7 мм, 144446</t>
+  </si>
+  <si>
+    <t>Ручки гелевые BRAUBERG KIDS &amp;quot;CUTE ANIMALS&amp;quot; – это не только надежный инструмент для создания рисунков и цветных надписей, но и источник вдохновения, помогающий развивать фантазию и креативное мышление ребенка. Набор включает 12 ручек с различными цветами чернил: черный, красный, голубой, мятный, фиолетовый, розовый, зеленый, оранжевый, синий, желтый, серебристый, пурпурный. Чернила переливаются мерцающим блеском, делая рисунки и надписи по-настоящему волшебными! Идеально для тех, кто верит в чудеса и готов их создавать!Круглый корпус ручек выполнен в интересном дизайне с милыми животными, которые поднимут настроение и вдохновят на новые идеи. Гелевые чернила ложатся на бумагу мягко и плавно – с ними ручка скользит по бумаге практически без нажима, позволяя заниматься творчеством на протяжении долгого времени без усталости. Диаметр стандартного наконечника составляет 1 мм, толщина линии письма – 0,7 мм.</t>
+  </si>
+  <si>
+    <t>1015312</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a2/h7vt38pcygyb8v4fxr59j579w4m3pm1i.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые С БЛЕСТКАМИ BRAUBERG KIDS  quot;CUTE ANIMALS quot;, НАБОР 6 ЦВЕТОВ, корпус с печатью, узел 1 мм, линия письма 0,7 мм, 144443</t>
+  </si>
+  <si>
+    <t>Ручки гелевые BRAUBERG KIDS &amp;quot;CUTE ANIMALS&amp;quot; – это не только надежный инструмент для создания рисунков и цветных надписей, но и источник вдохновения, помогающий развивать фантазию и креативное мышление ребенка. Набор включает 6 ручек с различными цветами чернил: желтый, красный, зеленый, серебристый, фиолетовый, синий. Чернила переливаются мерцающим блеском, делая рисунки и надписи по-настоящему волшебными! Идеально для тех, кто верит в чудеса и готов их создавать!Круглый корпус ручек выполнен в интересном дизайне с милыми животными, которые поднимут настроение и вдохновят на новые идеи. Гелевые чернила ложатся на бумагу мягко и плавно – с ними ручка скользит по бумаге практически без нажима, позволяя заниматься творчеством на протяжении долгого времени без усталости. Диаметр стандартного наконечника составляет 1 мм, толщина линии письма – 0,7 мм.</t>
+  </si>
+  <si>
+    <t>1015313</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b4/ke21r4meszfiqret3mxy0nko5jzin7x6.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые стираемые автоматические BRAUBERG  quot;X-ERASE RT MORANDI COLOR quot;, СИНИЕ, НАБОР 3 ШТ., пишущий узел 0,7 мм, линия 0,5 мм, 144427</t>
+  </si>
+  <si>
+    <t>Набор автоматических гелевых стираемых ручек BRAUBERG &amp;quot;X-ERASE RT MORANDI COLOR&amp;quot; – ваш надежный помощник в создании чистых и аккуратных заметок без ограничений. Набор из 3 автоматических гелевых ручек BRAUBERG &amp;quot;X-ERASE RT PASTEL COLOR&amp;quot; позволяет писать синими чернилами линией толщиной 0,5 мм и с пишущим узлом 0,7 мм. Специальные гелевые чернила становятся невидимыми при нагревании до 60 °С и выше. Написанное можно восстановить при температуре ниже -18 °С. В ручку встроен ластик, что обеспечивает возможность многократного стирания и повторного письма. Записи также можно стереть любым другим ластиком. Удобная прорезиненная зона захвата гарантирует комфорт при использовании. В наборе представлены 3 приятных глазу сдержанных элегантных цветов: бордовый, бирюзовый, серый.</t>
+  </si>
+  <si>
+    <t>1015314</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e06/bekqd6n93pv24jqpfzoig3kavcnm3neh.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые стираемые автоматические BRAUBERG  quot;X-ERASE RT PASTEL COLOR quot;, СИНИЕ, НАБОР 4 ШТ., пишущий узел 0,7 мм, линия 0,5 мм, 144426</t>
+  </si>
+  <si>
+    <t>Набор автоматических гелевых стираемых ручек BRAUBERG &amp;quot;X-ERASE RT PASTEL COLOR&amp;quot; – ваш надежный помощник в создании чистых и аккуратных заметок без ограничений. Набор из 4 автоматических гелевых ручек BRAUBERG &amp;quot;X-ERASE RT PASTEL COLOR&amp;quot; позволяет писать синими чернилами с линией толщиной 0,5 мм и с пишущим узлом 0,7 мм. Специальные гелевые чернила становятся невидимыми при нагревании до 60 °С и выше. Написанное можно восстановить при температуре ниже -18 °С. В ручку встроен ластик, что обеспечивает возможность многократного стирания и повторного письма. Записи также можно стереть любым другим ластиком. Удобная прорезиненная зона захвата гарантирует комфорт при использовании. В наборе представлены 4 приятных глазу пастельных цвета: бирюзовый, нежно-розовый, салатовый, голубой.</t>
+  </si>
+  <si>
+    <t>1015315</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b14/p23aopprbfnp5nx4z4vnm8obh0xq85ns.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые ЮНЛАНДИЯ, НАБОР 36 ЦВЕТОВ, узел 1 мм, линия письма 0,5 мм, 144451</t>
+  </si>
+  <si>
+    <t>Наборы гелевых ручек ярких и насыщенных цветов ЮНЛАНДИЯ. Прекрасно подходят для детского творчества: оформления открыток, рисования, поделок. Комфортное мягкое письмо с минимальным нажимом. Ручка имеет круглый яркий корпус с печатью. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла 1 мм создает линию письма толщиной 0,5 мм. Набор включает 36 гелевых ручек с различными эффектами: 12 ручек с пастельными оттенками, 12 с блестками, 12 неоновых. Цвет пастельных чернил: коралловый, желтый, розовый, фиолетовый, синий, светло-розовый, зеленый, бежевый, голубой, мятный, абрикосовый, оранжевый.Цвет чернил с блестками: красный, зеленый, голубой, фиолетовый, золотой, серебряный, розовый, чёрный, синий, жёлтый, мятный, оранжевый.Цвет неоновых чернил: зелёный, синий, фиолетовый, оранжевый, жёлтый, розовый, фуксия, светло-фиолетовый, салатовый, светло-зеленый, голубой, абрикосовый.</t>
+  </si>
+  <si>
+    <t>1015316</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ef/3y2mmx70ydw1xsggyivlvgtzfmacvnwc.jpg</t>
+  </si>
+  <si>
+    <t>Ручки гелевые ЮНЛАНДИЯ, НАБОР 60 ЦВЕТОВ, узел 1 мм, линия письма 0,5 мм, 144452</t>
+  </si>
+  <si>
+    <t>Наборы гелевых ручек ярких и насыщенных цветов ЮНЛАНДИЯ. Прекрасно подходят для детского творчества: оформления открыток, рисования, поделок. Комфортное мягкое письмо с минимальным нажимом. Ручка имеет круглый яркий корпус с печатью. Сменный стержень длиной 130 мм со стандартным наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла 1 мм создает линию письма толщиной 0,5 мм. Набор включает 60 гелевых ручек с различными эффектами: 15 ручек с пастельными оттенками, 15 неоновых, 15 с блестками, 15 с эффектом металлик.Цвет пастельных чернил: коралловый, желтый, розовый, фиолетовый, синий, светло-розовый, зеленый, бежевый, голубой, мятный, абрикосовый, оранжевый, темно-розовый, сиреневый, лаймовый.Цвет неоновых чернил: зелёный, синий, фиолетовый, оранжевый, жёлтый, розовый, фуксия, светло-фиолетовый, салатовый, светло-зеленый, голубой, абрикосовый, апельсиновый, пурпурный, хаки.Цвет чернил с блестками: красный, зеленый, голубой, фиолетовый, золотой, серебряный, розовый, чёрный, синий, жёлтый, мятный, оранжевый, пурпурный, янтарный, абрикосовый.Цвет чернил с эффектом металлик: голубой, фиолетовый, золотой, серебряный, розовый, коричневый, синий, зеленый, серый, изумрудный, стальной, шафрановый, желтый, баклажановый, сливовый.</t>
+  </si>
+  <si>
+    <t>1015317</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/621/oif34fkndl1pnuq7xa2i7l5e75i3h53b.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка гелевая ErichKrause G-Note Stick Classic 0.5, цвет чернил синий  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Ручка гелевая ErichKrause G-Note Stick Classic 0.5, цвет чернил синий &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>1011099</t>
-  </si>
-[...154 lines deleted...]
-    <t>1012496</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -7172,13324 +7349,13679 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J580"/>
+  <dimension ref="A1:M595"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G580" sqref="G580"/>
+      <selection pane="bottomRight" activeCell="G595" sqref="G595"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="F6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G6" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="G9" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="C8" s="1"/>
-[...36 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>37</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>37</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G14" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B17" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="D18" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="D22" s="1" t="s">
-[...48 lines deleted...]
-      <c r="E24" s="3" t="s">
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F27" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="F24" s="3" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="G27" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F30" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="G30" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...38 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>18</v>
+        <v>115</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="F69" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="B69" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G69" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
         <v>277</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>278</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>279</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>280</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F72" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="B72" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G72" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
         <v>290</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>291</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>292</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>293</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>295</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="B78" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="C78" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D78" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>314</v>
+        <v>281</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>276</v>
+        <v>321</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="C82" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="F88" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="D82" s="1" t="s">
-[...145 lines deleted...]
-      </c>
       <c r="G88" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>348</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>321</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>450</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>457</v>
-[...3 lines deleted...]
-      </c>
+        <v>460</v>
+      </c>
+      <c r="C116" s="1"/>
       <c r="D116" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="F117" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="F116" s="3" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="G117" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="C130" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="F129" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D130" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="C132" s="1"/>
       <c r="D132" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C133" s="1"/>
       <c r="D133" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>109</v>
+        <v>94</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="C136" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="B136" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D136" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="F136" s="3" t="s">
         <v>534</v>
       </c>
-      <c r="F136" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G136" s="3" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="G146" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="B137" s="1" t="s">
-[...225 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>572</v>
-[...3 lines deleted...]
-      </c>
+        <v>577</v>
+      </c>
+      <c r="C147" s="1"/>
       <c r="D147" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>530</v>
+        <v>94</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="C148" s="1"/>
       <c r="D148" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>109</v>
+        <v>281</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="C149" s="1"/>
       <c r="D149" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>276</v>
+        <v>585</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="C150" s="1"/>
+        <v>587</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>588</v>
+      </c>
       <c r="D150" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>584</v>
+        <v>54</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>18</v>
+        <v>115</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>95</v>
+        <v>54</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>51</v>
+        <v>115</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>109</v>
+        <v>54</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>632</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>95</v>
+        <v>642</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>109</v>
+        <v>462</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>51</v>
+        <v>268</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>650</v>
+        <v>281</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>655</v>
+        <v>281</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>658</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>659</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>267</v>
+        <v>281</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
         <v>660</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>661</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>661</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>662</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
         <v>663</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>664</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>664</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>665</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
         <v>666</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>667</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>677</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>678</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>276</v>
+        <v>679</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>276</v>
+        <v>16</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>276</v>
+        <v>16</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>688</v>
+        <v>321</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>13</v>
+        <v>585</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>314</v>
+        <v>702</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>51</v>
+        <v>702</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="F182" s="3" t="s">
         <v>702</v>
       </c>
-      <c r="B182" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G182" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>710</v>
+        <v>54</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>717</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>710</v>
+        <v>54</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>51</v>
+        <v>702</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>51</v>
+        <v>702</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>710</v>
+        <v>21</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>710</v>
+        <v>21</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>710</v>
+        <v>54</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>772</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>18</v>
+        <v>781</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="F201" s="3" t="s">
         <v>781</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G201" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>790</v>
+      </c>
+      <c r="F202" s="3" t="s">
+        <v>781</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="F203" s="3" t="s">
+        <v>781</v>
+      </c>
+      <c r="G203" s="3" t="s">
         <v>782</v>
       </c>
-      <c r="B202" s="1" t="s">
-[...41 lines deleted...]
-    <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>789</v>
+        <v>54</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>795</v>
+        <v>800</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>789</v>
+        <v>54</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>789</v>
+        <v>781</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>710</v>
+        <v>810</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>806</v>
+        <v>811</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>51</v>
+        <v>810</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>818</v>
+      </c>
+      <c r="F209" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="F210" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>825</v>
+      </c>
+      <c r="F211" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>828</v>
+      </c>
+      <c r="F212" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>832</v>
+      </c>
+      <c r="F213" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E214" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="F214" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>842</v>
+      </c>
+      <c r="F215" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>846</v>
+      </c>
+      <c r="F216" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="F217" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="F218" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>858</v>
+      </c>
+      <c r="F219" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>862</v>
+      </c>
+      <c r="F220" s="3" t="s">
         <v>810</v>
       </c>
-      <c r="B209" s="1" t="s">
-[...266 lines deleted...]
-      </c>
       <c r="G220" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>710</v>
+        <v>810</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>710</v>
+        <v>810</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>822</v>
+        <v>781</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>822</v>
+        <v>879</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>876</v>
+        <v>881</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>877</v>
+        <v>882</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>878</v>
+        <v>883</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="F225" s="3" t="s">
         <v>879</v>
       </c>
-      <c r="F225" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G225" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>789</v>
+        <v>879</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>888</v>
+        <v>879</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>889</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>888</v>
+        <v>879</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>889</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>888</v>
+        <v>879</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>889</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>888</v>
+        <v>879</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>888</v>
+        <v>115</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>888</v>
+        <v>912</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>888</v>
+        <v>281</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>888</v>
+        <v>281</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>95</v>
+        <v>49</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>923</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>925</v>
+        <v>49</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>276</v>
+        <v>932</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>276</v>
+        <v>702</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>46</v>
+        <v>702</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>46</v>
+        <v>702</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>945</v>
+        <v>702</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>710</v>
+        <v>94</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>710</v>
+        <v>94</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>710</v>
+        <v>981</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>978</v>
+        <v>983</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>979</v>
+        <v>984</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>980</v>
+        <v>985</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>981</v>
+        <v>986</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>710</v>
+        <v>21</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
+        <v>989</v>
+      </c>
+      <c r="F251" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="C252" s="1" t="s">
         <v>985</v>
       </c>
-      <c r="F251" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D252" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>992</v>
+        <v>985</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>996</v>
+        <v>985</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>998</v>
+        <v>21</v>
       </c>
       <c r="G254" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
         <v>999</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A255" s="1" t="s">
+      <c r="B255" s="1" t="s">
         <v>1000</v>
       </c>
-      <c r="B255" s="1" t="s">
+      <c r="C255" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="C255" s="1" t="s">
+      <c r="D255" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>1002</v>
       </c>
-      <c r="D255" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E255" s="3" t="s">
+      <c r="F255" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="F255" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A256" s="1" t="s">
+      <c r="B256" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="B256" s="1" t="s">
+      <c r="C256" s="1" t="s">
         <v>1005</v>
       </c>
-      <c r="C256" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D256" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>1006</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>18</v>
+        <v>679</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>1002</v>
+        <v>1008</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>1009</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
         <v>1010</v>
       </c>
       <c r="B258" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>1002</v>
+        <v>1011</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>1012</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>18</v>
+        <v>321</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="B259" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>1002</v>
+        <v>1015</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>688</v>
+        <v>21</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>314</v>
+        <v>115</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>109</v>
+        <v>679</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>632</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>109</v>
+        <v>54</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>109</v>
+        <v>54</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="B267" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C267" s="1" t="s">
         <v>1043</v>
       </c>
-      <c r="C267" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D267" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>998</v>
+        <v>54</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>999</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>18</v>
+        <v>781</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>95</v>
+        <v>781</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>688</v>
+        <v>781</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>51</v>
+        <v>781</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>51</v>
+        <v>781</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>51</v>
+        <v>912</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>51</v>
+        <v>912</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="C276" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>1080</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>789</v>
+        <v>912</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>1084</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>789</v>
+        <v>21</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>1088</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>789</v>
+        <v>1089</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E279" s="3" t="s">
+        <v>1093</v>
+      </c>
+      <c r="F279" s="3" t="s">
         <v>1089</v>
       </c>
-      <c r="B279" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G279" s="3" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1095</v>
+        <v>1087</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>1096</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>789</v>
+        <v>1089</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
         <v>1097</v>
       </c>
       <c r="B281" s="1" t="s">
         <v>1098</v>
       </c>
       <c r="C281" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E281" s="3" t="s">
         <v>1099</v>
       </c>
-      <c r="D281" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E281" s="3" t="s">
+      <c r="F281" s="3" t="s">
+        <v>1089</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
         <v>1100</v>
       </c>
-      <c r="F281" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A282" s="1" t="s">
+      <c r="B282" s="1" t="s">
         <v>1101</v>
-      </c>
-[...1 lines deleted...]
-        <v>1102</v>
       </c>
       <c r="C282" s="1" t="s">
         <v>1102</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>1103</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
         <v>1104</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>1105</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>925</v>
+        <v>702</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>925</v>
+        <v>702</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>18</v>
+        <v>702</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>1118</v>
+        <v>702</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>1118</v>
+        <v>702</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1116</v>
+        <v>1127</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>1118</v>
+        <v>115</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1116</v>
+        <v>1131</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>1118</v>
+        <v>21</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>945</v>
+        <v>16</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1135</v>
+        <v>456</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>710</v>
+        <v>1089</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>710</v>
+        <v>932</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>710</v>
+        <v>932</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>710</v>
+        <v>981</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C295" s="1" t="s">
         <v>1149</v>
       </c>
-      <c r="B295" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D295" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>710</v>
+        <v>981</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>710</v>
+        <v>1158</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>1157</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>18</v>
+        <v>1163</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="B298" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F298" s="3" t="s">
         <v>1163</v>
       </c>
-      <c r="C298" s="1" t="s">
+      <c r="G298" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E299" s="3" t="s">
+        <v>1171</v>
+      </c>
+      <c r="F299" s="3" t="s">
         <v>1163</v>
       </c>
-      <c r="D298" s="1" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="G299" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>109</v>
+        <v>1163</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>998</v>
+        <v>1163</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>999</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1175</v>
+        <v>1182</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>998</v>
+        <v>1163</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>999</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
       <c r="C303" s="1" t="s">
         <v>1182</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>1184</v>
+        <v>1163</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="F304" s="3" t="s">
-        <v>1189</v>
+        <v>1163</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="F305" s="3" t="s">
-        <v>1189</v>
+        <v>1163</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>1189</v>
+        <v>1163</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="F307" s="3" t="s">
-        <v>1189</v>
+        <v>1163</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>1189</v>
+        <v>1163</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>1189</v>
+        <v>1163</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>1189</v>
+        <v>94</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>1189</v>
+        <v>94</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1215</v>
+        <v>1221</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>1189</v>
+        <v>1223</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F313" s="3" t="s">
         <v>1223</v>
       </c>
-      <c r="F313" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G313" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>1189</v>
+        <v>1223</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>1189</v>
+        <v>1223</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>1189</v>
+        <v>1223</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>1189</v>
+        <v>1223</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>1189</v>
+        <v>1223</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>1189</v>
+        <v>1223</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>109</v>
+        <v>1223</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1252</v>
+        <v>1256</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>109</v>
+        <v>1223</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>889</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>1260</v>
+        <v>1223</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>1260</v>
+        <v>1223</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1268</v>
+        <v>1271</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>1260</v>
+        <v>1223</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1271</v>
+        <v>1274</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>1260</v>
+        <v>1223</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1274</v>
+        <v>1277</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1276</v>
+        <v>1279</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>1260</v>
+        <v>1223</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>999</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1277</v>
+        <v>1280</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>1260</v>
+        <v>1223</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>1260</v>
+        <v>1223</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>1260</v>
+        <v>1223</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>1260</v>
+        <v>1223</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>1260</v>
+        <v>1223</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>1260</v>
+        <v>1223</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E333" s="3" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F333" s="3" t="s">
+        <v>1223</v>
+      </c>
+      <c r="G333" s="3" t="s">
         <v>1304</v>
       </c>
-      <c r="F333" s="3" t="s">
-[...6 lines deleted...]
-    <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>1260</v>
+        <v>1223</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>1260</v>
+        <v>1223</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1313</v>
+        <v>1318</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1314</v>
+        <v>1319</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1315</v>
+        <v>1320</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1316</v>
+        <v>1321</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>1260</v>
-[...5 lines deleted...]
-    <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1317</v>
+        <v>1322</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1318</v>
+        <v>1323</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1319</v>
+        <v>1324</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1320</v>
+        <v>1325</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>1260</v>
-[...5 lines deleted...]
-    <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1321</v>
+        <v>1326</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1322</v>
+        <v>1327</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1323</v>
+        <v>1328</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1324</v>
+        <v>1329</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>1260</v>
-[...5 lines deleted...]
-    <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1325</v>
+        <v>1330</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1326</v>
+        <v>1331</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1327</v>
+        <v>1332</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1328</v>
+        <v>1333</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>1260</v>
+        <v>1223</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1330</v>
+        <v>1335</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1331</v>
+        <v>1336</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1332</v>
+        <v>1337</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>1260</v>
+        <v>1223</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1333</v>
+        <v>1338</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>1260</v>
+        <v>1223</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>1260</v>
+        <v>1223</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1341</v>
+        <v>1346</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1343</v>
+        <v>1348</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1344</v>
+        <v>1349</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>1260</v>
+        <v>94</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>1345</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1347</v>
+        <v>1351</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1348</v>
+        <v>1352</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>1260</v>
+        <v>94</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1351</v>
+        <v>1355</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1353</v>
+        <v>1357</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>1260</v>
+        <v>1163</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>1354</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1355</v>
+        <v>1358</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1358</v>
+        <v>1361</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1163</v>
+      </c>
+      <c r="G346" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
-        <v>1359</v>
+        <v>1362</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1360</v>
+        <v>1363</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1361</v>
+        <v>1364</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1362</v>
+        <v>1365</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1163</v>
+      </c>
+      <c r="G347" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
-        <v>1363</v>
+        <v>1366</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>1366</v>
+        <v>1369</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1163</v>
+      </c>
+      <c r="G348" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
-        <v>1367</v>
+        <v>1370</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1368</v>
+        <v>1371</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1369</v>
+        <v>1372</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1370</v>
+        <v>1373</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>1260</v>
+        <v>1163</v>
       </c>
       <c r="G349" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
-        <v>1371</v>
+        <v>1374</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1372</v>
+        <v>1375</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1373</v>
+        <v>1376</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>1374</v>
+        <v>1377</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>1260</v>
+        <v>1163</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>1345</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
-        <v>1375</v>
+        <v>1378</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1376</v>
+        <v>1379</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1377</v>
+        <v>1380</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>1378</v>
+        <v>1381</v>
       </c>
       <c r="F351" s="3" t="s">
-        <v>1260</v>
+        <v>1163</v>
       </c>
       <c r="G351" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
-        <v>1379</v>
+        <v>1382</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1381</v>
+        <v>1384</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>1382</v>
+        <v>1385</v>
       </c>
       <c r="F352" s="3" t="s">
-        <v>1260</v>
+        <v>1163</v>
       </c>
       <c r="G352" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
-        <v>1383</v>
+        <v>1386</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1384</v>
+        <v>1387</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1385</v>
+        <v>1388</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>1386</v>
+        <v>1389</v>
       </c>
       <c r="F353" s="3" t="s">
-        <v>1260</v>
+        <v>1163</v>
       </c>
       <c r="G353" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
-        <v>1387</v>
+        <v>1390</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1389</v>
+        <v>1392</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>1390</v>
+        <v>1393</v>
       </c>
       <c r="F354" s="3" t="s">
-        <v>789</v>
+        <v>54</v>
       </c>
       <c r="G354" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B355" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C355" s="1" t="s">
         <v>1392</v>
       </c>
-      <c r="C355" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D355" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="F355" s="3" t="s">
-        <v>789</v>
+        <v>54</v>
       </c>
       <c r="G355" s="3" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="F356" s="3" t="s">
-        <v>789</v>
+        <v>1400</v>
       </c>
       <c r="G356" s="3" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="B357" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E357" s="3" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F357" s="3" t="s">
         <v>1400</v>
       </c>
-      <c r="C357" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G357" s="3" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>109</v>
+        <v>679</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="F359" s="3" t="s">
-        <v>109</v>
+        <v>1163</v>
       </c>
       <c r="G359" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="F360" s="3" t="s">
-        <v>1189</v>
+        <v>1163</v>
       </c>
       <c r="G360" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="F361" s="3" t="s">
-        <v>1189</v>
+        <v>1163</v>
       </c>
       <c r="G361" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="F362" s="3" t="s">
-        <v>1189</v>
+        <v>1163</v>
       </c>
       <c r="G362" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="F363" s="3" t="s">
-        <v>1189</v>
+        <v>1163</v>
       </c>
       <c r="G363" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A364" s="1" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="F364" s="3" t="s">
-        <v>1189</v>
+        <v>1163</v>
       </c>
       <c r="G364" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A365" s="1" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="F365" s="3" t="s">
-        <v>1189</v>
+        <v>1163</v>
       </c>
       <c r="G365" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A366" s="1" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="F366" s="3" t="s">
-        <v>1189</v>
+        <v>1163</v>
       </c>
       <c r="G366" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A367" s="1" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="F367" s="3" t="s">
-        <v>1189</v>
+        <v>1163</v>
       </c>
       <c r="G367" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="F368" s="3" t="s">
-        <v>1189</v>
+        <v>1163</v>
       </c>
       <c r="G368" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A369" s="1" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="F369" s="3" t="s">
-        <v>51</v>
+        <v>1163</v>
       </c>
       <c r="G369" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A370" s="1" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1449</v>
+        <v>1454</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="F370" s="3" t="s">
-        <v>51</v>
+        <v>1456</v>
       </c>
       <c r="G370" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A371" s="1" t="s">
-        <v>1454</v>
+        <v>1457</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1455</v>
+        <v>1459</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E371" s="3" t="s">
+        <v>1460</v>
+      </c>
+      <c r="F371" s="3" t="s">
         <v>1456</v>
       </c>
-      <c r="F371" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G371" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1459</v>
+        <v>1463</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>1460</v>
+        <v>1464</v>
       </c>
       <c r="F372" s="3" t="s">
-        <v>1457</v>
+        <v>879</v>
       </c>
       <c r="G372" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A373" s="1" t="s">
-        <v>1461</v>
+        <v>1465</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1462</v>
+        <v>1466</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1463</v>
+        <v>1467</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>1464</v>
+        <v>1468</v>
       </c>
       <c r="F373" s="3" t="s">
-        <v>688</v>
+        <v>115</v>
       </c>
       <c r="G373" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A374" s="1" t="s">
-        <v>1465</v>
+        <v>1469</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1466</v>
+        <v>1470</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1467</v>
+        <v>1471</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>1468</v>
+        <v>1472</v>
       </c>
       <c r="F374" s="3" t="s">
-        <v>1189</v>
+        <v>94</v>
       </c>
       <c r="G374" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A375" s="1" t="s">
-        <v>1469</v>
+        <v>1473</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1470</v>
+        <v>1474</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1471</v>
+        <v>1475</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>1472</v>
+        <v>1476</v>
       </c>
       <c r="F375" s="3" t="s">
-        <v>1189</v>
+        <v>94</v>
       </c>
       <c r="G375" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="376" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A376" s="1" t="s">
-        <v>1473</v>
+        <v>1477</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1474</v>
+        <v>1478</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1475</v>
+        <v>1479</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>1476</v>
+        <v>1480</v>
       </c>
       <c r="F376" s="3" t="s">
-        <v>1189</v>
+        <v>1481</v>
       </c>
       <c r="G376" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A377" s="1" t="s">
-        <v>1477</v>
+        <v>1483</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1478</v>
+        <v>1484</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1479</v>
+        <v>1485</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>1480</v>
+        <v>1486</v>
       </c>
       <c r="F377" s="3" t="s">
-        <v>1189</v>
+        <v>1481</v>
       </c>
       <c r="G377" s="3" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-    <row r="378" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A378" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E378" s="3" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F378" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="G378" s="3" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E379" s="3" t="s">
+        <v>1494</v>
+      </c>
+      <c r="F379" s="3" t="s">
         <v>1481</v>
       </c>
-      <c r="B378" s="1" t="s">
+      <c r="G379" s="3" t="s">
         <v>1482</v>
       </c>
-      <c r="C378" s="1" t="s">
-[...38 lines deleted...]
-    <row r="380" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A380" s="1" t="s">
-        <v>1489</v>
+        <v>1495</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1490</v>
+        <v>1496</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1491</v>
+        <v>1497</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>1492</v>
+        <v>1498</v>
       </c>
       <c r="F380" s="3" t="s">
-        <v>1189</v>
+        <v>1481</v>
       </c>
       <c r="G380" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A381" s="1" t="s">
-        <v>1493</v>
+        <v>1499</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1494</v>
+        <v>1500</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1495</v>
+        <v>1500</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>1496</v>
+        <v>1501</v>
       </c>
       <c r="F381" s="3" t="s">
-        <v>1189</v>
+        <v>932</v>
       </c>
       <c r="G381" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="382" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A382" s="1" t="s">
-        <v>1497</v>
+        <v>1502</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1498</v>
+        <v>1503</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1499</v>
+        <v>1503</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>1500</v>
+        <v>1504</v>
       </c>
       <c r="F382" s="3" t="s">
-        <v>1189</v>
+        <v>932</v>
       </c>
       <c r="G382" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A383" s="1" t="s">
-        <v>1501</v>
+        <v>1505</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1503</v>
+        <v>1506</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>1504</v>
+        <v>1507</v>
       </c>
       <c r="F383" s="3" t="s">
-        <v>1189</v>
+        <v>932</v>
       </c>
       <c r="G383" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="384" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A384" s="1" t="s">
-        <v>1505</v>
+        <v>1508</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1506</v>
+        <v>1509</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="F384" s="3" t="s">
-        <v>1189</v>
+        <v>932</v>
       </c>
       <c r="G384" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A385" s="1" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="F385" s="3" t="s">
-        <v>1189</v>
+        <v>932</v>
       </c>
       <c r="G385" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A386" s="1" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="C386" s="1" t="s">
         <v>1515</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E386" s="3" t="s">
         <v>1516</v>
       </c>
       <c r="F386" s="3" t="s">
+        <v>932</v>
+      </c>
+      <c r="G386" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A387" s="1" t="s">
         <v>1517</v>
       </c>
-      <c r="G386" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A387" s="1" t="s">
+      <c r="B387" s="1" t="s">
         <v>1518</v>
       </c>
-      <c r="B387" s="1" t="s">
+      <c r="C387" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E387" s="3" t="s">
         <v>1519</v>
       </c>
-      <c r="C387" s="1" t="s">
+      <c r="F387" s="3" t="s">
+        <v>932</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A388" s="1" t="s">
         <v>1520</v>
       </c>
-      <c r="D387" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E387" s="3" t="s">
+      <c r="B388" s="1" t="s">
         <v>1521</v>
       </c>
-      <c r="F387" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A388" s="1" t="s">
+      <c r="C388" s="1" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E388" s="3" t="s">
         <v>1522</v>
       </c>
-      <c r="B388" s="1" t="s">
+      <c r="F388" s="3" t="s">
+        <v>932</v>
+      </c>
+      <c r="G388" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A389" s="1" t="s">
         <v>1523</v>
       </c>
-      <c r="C388" s="1" t="s">
+      <c r="B389" s="1" t="s">
         <v>1524</v>
       </c>
-      <c r="D388" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E388" s="3" t="s">
+      <c r="C389" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E389" s="3" t="s">
         <v>1525</v>
       </c>
-      <c r="F388" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A389" s="1" t="s">
+      <c r="F389" s="3" t="s">
+        <v>932</v>
+      </c>
+      <c r="G389" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A390" s="1" t="s">
         <v>1526</v>
       </c>
-      <c r="B389" s="1" t="s">
+      <c r="B390" s="1" t="s">
         <v>1527</v>
       </c>
-      <c r="C389" s="1" t="s">
+      <c r="C390" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E390" s="3" t="s">
         <v>1528</v>
       </c>
-      <c r="D389" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E389" s="3" t="s">
+      <c r="F390" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G390" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A391" s="1" t="s">
         <v>1529</v>
       </c>
-      <c r="F389" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A390" s="1" t="s">
+      <c r="B391" s="1" t="s">
         <v>1530</v>
       </c>
-      <c r="B390" s="1" t="s">
+      <c r="C391" s="1" t="s">
         <v>1531</v>
       </c>
-      <c r="C390" s="1" t="s">
+      <c r="D391" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E391" s="3" t="s">
         <v>1532</v>
       </c>
-      <c r="D390" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E390" s="3" t="s">
+      <c r="F391" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A392" s="1" t="s">
         <v>1533</v>
       </c>
-      <c r="F390" s="3" t="s">
+      <c r="B392" s="1" t="s">
         <v>1534</v>
       </c>
-      <c r="G390" s="3" t="s">
+      <c r="C392" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E392" s="3" t="s">
         <v>1535</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A391" s="1" t="s">
+      <c r="F392" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="G392" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A393" s="1" t="s">
         <v>1536</v>
       </c>
-      <c r="B391" s="1" t="s">
+      <c r="B393" s="1" t="s">
         <v>1537</v>
       </c>
-      <c r="C391" s="1" t="s">
+      <c r="C393" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E393" s="3" t="s">
         <v>1538</v>
       </c>
-      <c r="D391" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E391" s="3" t="s">
+      <c r="F393" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G393" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A394" s="1" t="s">
         <v>1539</v>
       </c>
-      <c r="F391" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A392" s="1" t="s">
+      <c r="B394" s="1" t="s">
         <v>1540</v>
       </c>
-      <c r="B392" s="1" t="s">
+      <c r="C394" s="1" t="s">
         <v>1541</v>
       </c>
-      <c r="C392" s="1" t="s">
+      <c r="D394" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E394" s="3" t="s">
         <v>1542</v>
       </c>
-      <c r="D392" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E392" s="3" t="s">
+      <c r="F394" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="G394" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A395" s="1" t="s">
         <v>1543</v>
       </c>
-      <c r="F392" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A393" s="1" t="s">
+      <c r="B395" s="1" t="s">
         <v>1544</v>
       </c>
-      <c r="B393" s="1" t="s">
+      <c r="C395" s="1" t="s">
         <v>1545</v>
       </c>
-      <c r="C393" s="1" t="s">
+      <c r="D395" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E395" s="3" t="s">
         <v>1546</v>
       </c>
-      <c r="D393" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E393" s="3" t="s">
+      <c r="F395" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A396" s="1" t="s">
         <v>1547</v>
       </c>
-      <c r="F393" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A394" s="1" t="s">
+      <c r="B396" s="1" t="s">
         <v>1548</v>
       </c>
-      <c r="B394" s="1" t="s">
+      <c r="C396" s="1" t="s">
         <v>1549</v>
       </c>
-      <c r="C394" s="1" t="s">
+      <c r="D396" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E396" s="3" t="s">
         <v>1550</v>
       </c>
-      <c r="D394" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E394" s="3" t="s">
+      <c r="F396" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G396" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A397" s="1" t="s">
         <v>1551</v>
       </c>
-      <c r="F394" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A395" s="1" t="s">
+      <c r="B397" s="1" t="s">
         <v>1552</v>
       </c>
-      <c r="B395" s="1" t="s">
+      <c r="C397" s="1" t="s">
         <v>1553</v>
       </c>
-      <c r="C395" s="1" t="s">
+      <c r="D397" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E397" s="3" t="s">
         <v>1554</v>
       </c>
-      <c r="D395" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E395" s="3" t="s">
+      <c r="F397" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G397" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A398" s="1" t="s">
         <v>1555</v>
       </c>
-      <c r="F395" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A396" s="1" t="s">
+      <c r="B398" s="1" t="s">
         <v>1556</v>
       </c>
-      <c r="B396" s="1" t="s">
+      <c r="C398" s="1" t="s">
         <v>1557</v>
       </c>
-      <c r="C396" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E396" s="3" t="s">
+      <c r="D398" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E398" s="3" t="s">
         <v>1558</v>
       </c>
-      <c r="F396" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A397" s="1" t="s">
+      <c r="F398" s="3" t="s">
         <v>1559</v>
       </c>
-      <c r="B397" s="1" t="s">
+      <c r="G398" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A399" s="1" t="s">
         <v>1560</v>
       </c>
-      <c r="C397" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E397" s="3" t="s">
+      <c r="B399" s="1" t="s">
         <v>1561</v>
       </c>
-      <c r="F397" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A398" s="1" t="s">
+      <c r="C399" s="1" t="s">
         <v>1562</v>
       </c>
-      <c r="B398" s="1" t="s">
+      <c r="D399" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E399" s="3" t="s">
         <v>1563</v>
       </c>
-      <c r="C398" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E398" s="3" t="s">
+      <c r="F399" s="3" t="s">
+        <v>1559</v>
+      </c>
+      <c r="G399" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A400" s="1" t="s">
         <v>1564</v>
       </c>
-      <c r="F398" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A399" s="1" t="s">
+      <c r="B400" s="1" t="s">
         <v>1565</v>
       </c>
-      <c r="B399" s="1" t="s">
+      <c r="C400" s="1" t="s">
         <v>1566</v>
       </c>
-      <c r="C399" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E399" s="3" t="s">
+      <c r="D400" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E400" s="3" t="s">
         <v>1567</v>
       </c>
-      <c r="F399" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A400" s="1" t="s">
+      <c r="F400" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G400" s="3" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A401" s="1" t="s">
         <v>1568</v>
       </c>
-      <c r="B400" s="1" t="s">
+      <c r="B401" s="1" t="s">
         <v>1569</v>
       </c>
-      <c r="C400" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E400" s="3" t="s">
+      <c r="C401" s="1" t="s">
         <v>1570</v>
       </c>
-      <c r="F400" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A401" s="1" t="s">
+      <c r="D401" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E401" s="3" t="s">
         <v>1571</v>
       </c>
-      <c r="B401" s="1" t="s">
+      <c r="F401" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G401" s="3" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A402" s="1" t="s">
         <v>1572</v>
       </c>
-      <c r="C401" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E401" s="3" t="s">
+      <c r="B402" s="1" t="s">
         <v>1573</v>
       </c>
-      <c r="F401" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A402" s="1" t="s">
+      <c r="C402" s="1" t="s">
         <v>1574</v>
       </c>
-      <c r="B402" s="1" t="s">
+      <c r="D402" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E402" s="3" t="s">
         <v>1575</v>
       </c>
-      <c r="C402" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E402" s="3" t="s">
+      <c r="F402" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G402" s="3" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A403" s="1" t="s">
         <v>1576</v>
       </c>
-      <c r="F402" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A403" s="1" t="s">
+      <c r="B403" s="1" t="s">
         <v>1577</v>
-      </c>
-[...1 lines deleted...]
-        <v>1578</v>
       </c>
       <c r="C403" s="1" t="s">
         <v>1578</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E403" s="3" t="s">
         <v>1579</v>
       </c>
       <c r="F403" s="3" t="s">
-        <v>1457</v>
+        <v>702</v>
       </c>
       <c r="G403" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="404" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A404" s="1" t="s">
         <v>1580</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>1581</v>
       </c>
       <c r="C404" s="1" t="s">
         <v>1582</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E404" s="3" t="s">
         <v>1583</v>
       </c>
       <c r="F404" s="3" t="s">
-        <v>688</v>
+        <v>702</v>
       </c>
       <c r="G404" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="405" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A405" s="1" t="s">
         <v>1584</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>1585</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="F405" s="3" t="s">
-        <v>688</v>
+        <v>702</v>
       </c>
       <c r="G405" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="406" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A406" s="1" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1200</v>
+        <v>1590</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="F406" s="3" t="s">
-        <v>1189</v>
+        <v>702</v>
       </c>
       <c r="G406" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="407" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A407" s="1" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
       <c r="F407" s="3" t="s">
-        <v>688</v>
+        <v>94</v>
       </c>
       <c r="G407" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A408" s="1" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1595</v>
+        <v>1598</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
       <c r="F408" s="3" t="s">
-        <v>1189</v>
+        <v>94</v>
       </c>
       <c r="G408" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A409" s="1" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1599</v>
+        <v>1602</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>1601</v>
+        <v>1604</v>
       </c>
       <c r="F409" s="3" t="s">
-        <v>1189</v>
+        <v>94</v>
       </c>
       <c r="G409" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A410" s="1" t="s">
-        <v>1602</v>
+        <v>1605</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
       <c r="F410" s="3" t="s">
-        <v>1606</v>
+        <v>1163</v>
       </c>
       <c r="G410" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A411" s="1" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E411" s="3" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="F411" s="3" t="s">
-        <v>1606</v>
+        <v>1163</v>
       </c>
       <c r="G411" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A412" s="1" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="F412" s="3" t="s">
-        <v>710</v>
+        <v>321</v>
       </c>
       <c r="G412" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="413" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A413" s="1" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="F413" s="3" t="s">
-        <v>710</v>
+        <v>1400</v>
       </c>
       <c r="G413" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="414" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A414" s="1" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="C414" s="1" t="s">
         <v>1621</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E414" s="3" t="s">
         <v>1622</v>
       </c>
       <c r="F414" s="3" t="s">
-        <v>710</v>
+        <v>54</v>
       </c>
       <c r="G414" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="415" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A415" s="1" t="s">
         <v>1623</v>
       </c>
       <c r="B415" s="1" t="s">
         <v>1624</v>
       </c>
       <c r="C415" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E415" s="3" t="s">
         <v>1625</v>
       </c>
-      <c r="D415" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E415" s="3" t="s">
+      <c r="F415" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
         <v>1626</v>
       </c>
-      <c r="F415" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A416" s="1" t="s">
+      <c r="B416" s="1" t="s">
         <v>1627</v>
       </c>
-      <c r="B416" s="1" t="s">
+      <c r="C416" s="1" t="s">
         <v>1628</v>
       </c>
-      <c r="C416" s="1" t="s">
+      <c r="D416" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E416" s="3" t="s">
         <v>1629</v>
       </c>
-      <c r="D416" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E416" s="3" t="s">
+      <c r="F416" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G416" s="3" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A417" s="1" t="s">
         <v>1630</v>
       </c>
-      <c r="F416" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A417" s="1" t="s">
+      <c r="B417" s="1" t="s">
         <v>1631</v>
       </c>
-      <c r="B417" s="1" t="s">
+      <c r="C417" s="1" t="s">
         <v>1632</v>
       </c>
-      <c r="C417" s="1" t="s">
+      <c r="D417" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E417" s="3" t="s">
         <v>1633</v>
       </c>
-      <c r="D417" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E417" s="3" t="s">
+      <c r="F417" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A418" s="1" t="s">
         <v>1634</v>
       </c>
-      <c r="F417" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A418" s="1" t="s">
+      <c r="B418" s="1" t="s">
         <v>1635</v>
       </c>
-      <c r="B418" s="1" t="s">
+      <c r="C418" s="1" t="s">
         <v>1636</v>
       </c>
-      <c r="C418" s="1" t="s">
+      <c r="D418" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E418" s="3" t="s">
         <v>1637</v>
       </c>
-      <c r="D418" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E418" s="3" t="s">
+      <c r="F418" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
         <v>1638</v>
       </c>
-      <c r="F418" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A419" s="1" t="s">
+      <c r="B419" s="1" t="s">
         <v>1639</v>
       </c>
-      <c r="B419" s="1" t="s">
+      <c r="C419" s="1" t="s">
         <v>1640</v>
       </c>
-      <c r="C419" s="1" t="s">
+      <c r="D419" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E419" s="3" t="s">
         <v>1641</v>
       </c>
-      <c r="D419" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E419" s="3" t="s">
+      <c r="F419" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G419" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A420" s="1" t="s">
         <v>1642</v>
       </c>
-      <c r="F419" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A420" s="1" t="s">
+      <c r="B420" s="1" t="s">
         <v>1643</v>
       </c>
-      <c r="B420" s="1" t="s">
+      <c r="C420" s="1" t="s">
         <v>1644</v>
       </c>
-      <c r="C420" s="1" t="s">
+      <c r="D420" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E420" s="3" t="s">
         <v>1645</v>
       </c>
-      <c r="D420" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E420" s="3" t="s">
+      <c r="F420" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G420" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A421" s="1" t="s">
         <v>1646</v>
       </c>
-      <c r="F420" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G420" s="3" t="s">
+      <c r="B421" s="1" t="s">
         <v>1647</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A421" s="1" t="s">
+      <c r="C421" s="1" t="s">
         <v>1648</v>
       </c>
-      <c r="B421" s="1" t="s">
+      <c r="D421" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E421" s="3" t="s">
         <v>1649</v>
       </c>
-      <c r="C421" s="1" t="s">
+      <c r="F421" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G421" s="3" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A422" s="1" t="s">
         <v>1650</v>
       </c>
-      <c r="D421" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E421" s="3" t="s">
+      <c r="B422" s="1" t="s">
         <v>1651</v>
       </c>
-      <c r="F421" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A422" s="1" t="s">
+      <c r="C422" s="1" t="s">
         <v>1652</v>
       </c>
-      <c r="B422" s="1" t="s">
+      <c r="D422" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E422" s="3" t="s">
         <v>1653</v>
       </c>
-      <c r="C422" s="1" t="s">
+      <c r="F422" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G422" s="3" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A423" s="1" t="s">
         <v>1654</v>
       </c>
-      <c r="D422" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E422" s="3" t="s">
+      <c r="B423" s="1" t="s">
         <v>1655</v>
       </c>
-      <c r="F422" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A423" s="1" t="s">
+      <c r="C423" s="1" t="s">
         <v>1656</v>
       </c>
-      <c r="B423" s="1" t="s">
+      <c r="D423" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E423" s="3" t="s">
         <v>1657</v>
       </c>
-      <c r="C423" s="1" t="s">
+      <c r="F423" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G423" s="3" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A424" s="1" t="s">
         <v>1658</v>
       </c>
-      <c r="D423" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E423" s="3" t="s">
+      <c r="B424" s="1" t="s">
         <v>1659</v>
       </c>
-      <c r="F423" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A424" s="1" t="s">
+      <c r="C424" s="1" t="s">
         <v>1660</v>
       </c>
-      <c r="B424" s="1" t="s">
+      <c r="D424" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E424" s="3" t="s">
         <v>1661</v>
       </c>
-      <c r="C424" s="1" t="s">
+      <c r="F424" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G424" s="3" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A425" s="1" t="s">
         <v>1662</v>
       </c>
-      <c r="D424" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E424" s="3" t="s">
+      <c r="B425" s="1" t="s">
         <v>1663</v>
       </c>
-      <c r="F424" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A425" s="1" t="s">
+      <c r="C425" s="1" t="s">
         <v>1664</v>
       </c>
-      <c r="B425" s="1" t="s">
+      <c r="D425" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E425" s="3" t="s">
         <v>1665</v>
       </c>
-      <c r="C425" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E425" s="3" t="s">
+      <c r="F425" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G425" s="3" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A426" s="1" t="s">
         <v>1666</v>
       </c>
-      <c r="F425" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A426" s="1" t="s">
+      <c r="B426" s="1" t="s">
         <v>1667</v>
       </c>
-      <c r="B426" s="1" t="s">
+      <c r="C426" s="1" t="s">
         <v>1668</v>
       </c>
-      <c r="C426" s="1" t="s">
+      <c r="D426" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E426" s="3" t="s">
         <v>1669</v>
       </c>
-      <c r="D426" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E426" s="3" t="s">
+      <c r="F426" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G426" s="3" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A427" s="1" t="s">
         <v>1670</v>
       </c>
-      <c r="F426" s="3" t="s">
+      <c r="B427" s="1" t="s">
         <v>1671</v>
       </c>
-      <c r="G426" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A427" s="1" t="s">
+      <c r="C427" s="1" t="s">
         <v>1672</v>
       </c>
-      <c r="B427" s="1" t="s">
+      <c r="D427" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E427" s="3" t="s">
         <v>1673</v>
       </c>
-      <c r="C427" s="1" t="s">
+      <c r="F427" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G427" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A428" s="1" t="s">
         <v>1674</v>
       </c>
-      <c r="D427" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E427" s="3" t="s">
+      <c r="B428" s="1" t="s">
         <v>1675</v>
       </c>
-      <c r="F427" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A428" s="1" t="s">
+      <c r="C428" s="1" t="s">
         <v>1676</v>
       </c>
-      <c r="B428" s="1" t="s">
+      <c r="D428" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E428" s="3" t="s">
         <v>1677</v>
       </c>
-      <c r="C428" s="1" t="s">
+      <c r="F428" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G428" s="3" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A429" s="1" t="s">
         <v>1678</v>
       </c>
-      <c r="D428" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E428" s="3" t="s">
+      <c r="B429" s="1" t="s">
         <v>1679</v>
       </c>
-      <c r="F428" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A429" s="1" t="s">
+      <c r="C429" s="1" t="s">
         <v>1680</v>
       </c>
-      <c r="B429" s="1" t="s">
+      <c r="D429" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E429" s="3" t="s">
         <v>1681</v>
       </c>
-      <c r="C429" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E429" s="3" t="s">
+      <c r="F429" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G429" s="3" t="s">
         <v>1682</v>
       </c>
-      <c r="F429" s="3" t="s">
-[...6 lines deleted...]
-    <row r="430" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A430" s="1" t="s">
         <v>1683</v>
       </c>
       <c r="B430" s="1" t="s">
         <v>1684</v>
       </c>
       <c r="C430" s="1" t="s">
         <v>1684</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E430" s="3" t="s">
         <v>1685</v>
       </c>
       <c r="F430" s="3" t="s">
-        <v>51</v>
+        <v>1686</v>
       </c>
       <c r="G430" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="431" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A431" s="1" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="F431" s="3" t="s">
-        <v>710</v>
+        <v>1559</v>
       </c>
       <c r="G431" s="3" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A432" s="1" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="F432" s="3" t="s">
-        <v>710</v>
+        <v>1559</v>
       </c>
       <c r="G432" s="3" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A433" s="1" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="F433" s="3" t="s">
-        <v>710</v>
+        <v>1559</v>
       </c>
       <c r="G433" s="3" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A434" s="1" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E434" s="3" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="F434" s="3" t="s">
-        <v>710</v>
+        <v>1559</v>
       </c>
       <c r="G434" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A435" s="1" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E435" s="3" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="F435" s="3" t="s">
-        <v>710</v>
+        <v>1559</v>
       </c>
       <c r="G435" s="3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A436" s="1" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="F436" s="3" t="s">
-        <v>710</v>
+        <v>1559</v>
       </c>
       <c r="G436" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A437" s="1" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="C437" s="1" t="s">
         <v>1712</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E437" s="3" t="s">
         <v>1713</v>
       </c>
       <c r="F437" s="3" t="s">
-        <v>710</v>
+        <v>1400</v>
       </c>
       <c r="G437" s="3" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="438" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A438" s="1" t="s">
         <v>1714</v>
       </c>
       <c r="B438" s="1" t="s">
         <v>1715</v>
       </c>
       <c r="C438" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E438" s="3" t="s">
         <v>1716</v>
       </c>
-      <c r="D438" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E438" s="3" t="s">
+      <c r="F438" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G438" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A439" s="1" t="s">
         <v>1717</v>
       </c>
-      <c r="F438" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A439" s="1" t="s">
+      <c r="B439" s="1" t="s">
         <v>1718</v>
       </c>
-      <c r="B439" s="1" t="s">
+      <c r="C439" s="1" t="s">
+        <v>1718</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E439" s="3" t="s">
         <v>1719</v>
       </c>
-      <c r="C439" s="1" t="s">
+      <c r="F439" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G439" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A440" s="1" t="s">
         <v>1720</v>
       </c>
-      <c r="D439" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E439" s="3" t="s">
+      <c r="B440" s="1" t="s">
         <v>1721</v>
       </c>
-      <c r="F439" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A440" s="1" t="s">
+      <c r="C440" s="1" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E440" s="3" t="s">
         <v>1722</v>
       </c>
-      <c r="B440" s="1" t="s">
+      <c r="F440" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G440" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A441" s="1" t="s">
         <v>1723</v>
       </c>
-      <c r="C440" s="1" t="s">
+      <c r="B441" s="1" t="s">
         <v>1724</v>
       </c>
-      <c r="D440" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E440" s="3" t="s">
+      <c r="C441" s="1" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E441" s="3" t="s">
         <v>1725</v>
       </c>
-      <c r="F440" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A441" s="1" t="s">
+      <c r="F441" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G441" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A442" s="1" t="s">
         <v>1726</v>
       </c>
-      <c r="B441" s="1" t="s">
+      <c r="B442" s="1" t="s">
         <v>1727</v>
       </c>
-      <c r="C441" s="1" t="s">
+      <c r="C442" s="1" t="s">
         <v>1728</v>
       </c>
-      <c r="D441" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E441" s="3" t="s">
+      <c r="D442" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E442" s="3" t="s">
         <v>1729</v>
       </c>
-      <c r="F441" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A442" s="1" t="s">
+      <c r="F442" s="3" t="s">
+        <v>1559</v>
+      </c>
+      <c r="G442" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A443" s="1" t="s">
         <v>1730</v>
       </c>
-      <c r="B442" s="1" t="s">
+      <c r="B443" s="1" t="s">
         <v>1731</v>
       </c>
-      <c r="C442" s="1" t="s">
+      <c r="C443" s="1" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E443" s="3" t="s">
         <v>1732</v>
       </c>
-      <c r="D442" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E442" s="3" t="s">
+      <c r="F443" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="G443" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A444" s="1" t="s">
         <v>1733</v>
       </c>
-      <c r="F442" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A443" s="1" t="s">
+      <c r="B444" s="1" t="s">
         <v>1734</v>
       </c>
-      <c r="B443" s="1" t="s">
+      <c r="C444" s="1" t="s">
+        <v>1734</v>
+      </c>
+      <c r="D444" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E444" s="3" t="s">
         <v>1735</v>
       </c>
-      <c r="C443" s="1" t="s">
+      <c r="F444" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="G444" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A445" s="1" t="s">
         <v>1736</v>
       </c>
-      <c r="D443" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E443" s="3" t="s">
+      <c r="B445" s="1" t="s">
         <v>1737</v>
       </c>
-      <c r="F443" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A444" s="1" t="s">
+      <c r="C445" s="1" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D445" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E445" s="3" t="s">
         <v>1738</v>
       </c>
-      <c r="B444" s="1" t="s">
+      <c r="F445" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G445" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A446" s="1" t="s">
         <v>1739</v>
       </c>
-      <c r="C444" s="1" t="s">
+      <c r="B446" s="1" t="s">
         <v>1740</v>
       </c>
-      <c r="D444" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E444" s="3" t="s">
+      <c r="C446" s="1" t="s">
         <v>1741</v>
       </c>
-      <c r="F444" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A445" s="1" t="s">
+      <c r="D446" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E446" s="3" t="s">
         <v>1742</v>
       </c>
-      <c r="B445" s="1" t="s">
+      <c r="F446" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G446" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A447" s="1" t="s">
         <v>1743</v>
       </c>
-      <c r="C445" s="1" t="s">
+      <c r="B447" s="1" t="s">
         <v>1744</v>
       </c>
-      <c r="D445" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E445" s="3" t="s">
+      <c r="C447" s="1" t="s">
         <v>1745</v>
       </c>
-      <c r="F445" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G445" s="3" t="s">
+      <c r="D447" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E447" s="3" t="s">
         <v>1746</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A446" s="1" t="s">
+      <c r="F447" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G447" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A448" s="1" t="s">
         <v>1747</v>
       </c>
-      <c r="B446" s="1" t="s">
+      <c r="B448" s="1" t="s">
         <v>1748</v>
       </c>
-      <c r="C446" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E446" s="3" t="s">
+      <c r="C448" s="1" t="s">
         <v>1749</v>
       </c>
-      <c r="F446" s="3" t="s">
+      <c r="D448" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E448" s="3" t="s">
         <v>1750</v>
       </c>
-      <c r="G446" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A447" s="1" t="s">
+      <c r="F448" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="G448" s="3" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="449" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A449" s="1" t="s">
         <v>1751</v>
       </c>
-      <c r="B447" s="1" t="s">
+      <c r="B449" s="1" t="s">
         <v>1752</v>
       </c>
-      <c r="C447" s="1" t="s">
+      <c r="C449" s="1" t="s">
         <v>1753</v>
       </c>
-      <c r="D447" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E447" s="3" t="s">
+      <c r="D449" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E449" s="3" t="s">
         <v>1754</v>
       </c>
-      <c r="F447" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A448" s="1" t="s">
+      <c r="F449" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="G449" s="3" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="450" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A450" s="1" t="s">
         <v>1755</v>
       </c>
-      <c r="B448" s="1" t="s">
+      <c r="B450" s="1" t="s">
         <v>1756</v>
       </c>
-      <c r="C448" s="1" t="s">
+      <c r="C450" s="1" t="s">
         <v>1757</v>
       </c>
-      <c r="D448" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E448" s="3" t="s">
+      <c r="D450" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E450" s="3" t="s">
         <v>1758</v>
       </c>
-      <c r="F448" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A449" s="1" t="s">
+      <c r="F450" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G450" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="451" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A451" s="1" t="s">
         <v>1759</v>
       </c>
-      <c r="B449" s="1" t="s">
+      <c r="B451" s="1" t="s">
         <v>1760</v>
       </c>
-      <c r="C449" s="1" t="s">
+      <c r="C451" s="1" t="s">
         <v>1761</v>
       </c>
-      <c r="D449" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E449" s="3" t="s">
+      <c r="D451" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E451" s="3" t="s">
         <v>1762</v>
       </c>
-      <c r="F449" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A450" s="1" t="s">
+      <c r="F451" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G451" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="452" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A452" s="1" t="s">
         <v>1763</v>
       </c>
-      <c r="B450" s="1" t="s">
+      <c r="B452" s="1" t="s">
         <v>1764</v>
       </c>
-      <c r="C450" s="1" t="s">
+      <c r="C452" s="1" t="s">
         <v>1765</v>
       </c>
-      <c r="D450" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E450" s="3" t="s">
+      <c r="D452" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E452" s="3" t="s">
         <v>1766</v>
       </c>
-      <c r="F450" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A451" s="1" t="s">
+      <c r="F452" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G452" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="453" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A453" s="1" t="s">
         <v>1767</v>
       </c>
-      <c r="B451" s="1" t="s">
+      <c r="B453" s="1" t="s">
         <v>1768</v>
       </c>
-      <c r="C451" s="1" t="s">
+      <c r="C453" s="1" t="s">
         <v>1769</v>
       </c>
-      <c r="D451" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E451" s="3" t="s">
+      <c r="D453" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E453" s="3" t="s">
         <v>1770</v>
       </c>
-      <c r="F451" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A452" s="1" t="s">
+      <c r="F453" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G453" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="454" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A454" s="1" t="s">
         <v>1771</v>
       </c>
-      <c r="B452" s="1" t="s">
+      <c r="B454" s="1" t="s">
         <v>1772</v>
       </c>
-      <c r="C452" s="1" t="s">
+      <c r="C454" s="1" t="s">
         <v>1773</v>
       </c>
-      <c r="D452" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E452" s="3" t="s">
+      <c r="D454" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E454" s="3" t="s">
         <v>1774</v>
       </c>
-      <c r="F452" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A453" s="1" t="s">
+      <c r="F454" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G454" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="455" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A455" s="1" t="s">
         <v>1775</v>
       </c>
-      <c r="B453" s="1" t="s">
+      <c r="B455" s="1" t="s">
         <v>1776</v>
       </c>
-      <c r="C453" s="1" t="s">
+      <c r="C455" s="1" t="s">
         <v>1777</v>
       </c>
-      <c r="D453" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E453" s="3" t="s">
+      <c r="D455" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E455" s="3" t="s">
         <v>1778</v>
       </c>
-      <c r="F453" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A454" s="1" t="s">
+      <c r="F455" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G455" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="456" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A456" s="1" t="s">
         <v>1779</v>
       </c>
-      <c r="B454" s="1" t="s">
+      <c r="B456" s="1" t="s">
         <v>1780</v>
       </c>
-      <c r="C454" s="1" t="s">
+      <c r="C456" s="1" t="s">
         <v>1781</v>
       </c>
-      <c r="D454" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E454" s="3" t="s">
+      <c r="D456" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E456" s="3" t="s">
         <v>1782</v>
       </c>
-      <c r="F454" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A455" s="1" t="s">
+      <c r="F456" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G456" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="457" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A457" s="1" t="s">
         <v>1783</v>
       </c>
-      <c r="B455" s="1" t="s">
+      <c r="B457" s="1" t="s">
         <v>1784</v>
       </c>
-      <c r="C455" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E455" s="3" t="s">
+      <c r="C457" s="1" t="s">
         <v>1785</v>
       </c>
-      <c r="F455" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A456" s="1" t="s">
+      <c r="D457" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E457" s="3" t="s">
         <v>1786</v>
       </c>
-      <c r="B456" s="1" t="s">
+      <c r="F457" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G457" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="458" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A458" s="1" t="s">
         <v>1787</v>
       </c>
-      <c r="C456" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E456" s="3" t="s">
+      <c r="B458" s="1" t="s">
         <v>1788</v>
       </c>
-      <c r="F456" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A457" s="1" t="s">
+      <c r="C458" s="1" t="s">
         <v>1789</v>
       </c>
-      <c r="B457" s="1" t="s">
+      <c r="D458" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E458" s="3" t="s">
         <v>1790</v>
       </c>
-      <c r="C457" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E457" s="3" t="s">
+      <c r="F458" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G458" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="459" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A459" s="1" t="s">
         <v>1791</v>
       </c>
-      <c r="F457" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A458" s="1" t="s">
+      <c r="B459" s="1" t="s">
         <v>1792</v>
       </c>
-      <c r="B458" s="1" t="s">
+      <c r="C459" s="1" t="s">
         <v>1793</v>
       </c>
-      <c r="C458" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E458" s="3" t="s">
+      <c r="D459" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E459" s="3" t="s">
         <v>1794</v>
       </c>
-      <c r="F458" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A459" s="1" t="s">
+      <c r="F459" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G459" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="460" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A460" s="1" t="s">
         <v>1795</v>
       </c>
-      <c r="B459" s="1" t="s">
+      <c r="B460" s="1" t="s">
         <v>1796</v>
       </c>
-      <c r="C459" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E459" s="3" t="s">
+      <c r="C460" s="1" t="s">
         <v>1797</v>
       </c>
-      <c r="F459" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A460" s="1" t="s">
+      <c r="D460" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E460" s="3" t="s">
         <v>1798</v>
       </c>
-      <c r="B460" s="1" t="s">
+      <c r="F460" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G460" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="461" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A461" s="1" t="s">
         <v>1799</v>
       </c>
-      <c r="C460" s="1" t="s">
+      <c r="B461" s="1" t="s">
         <v>1800</v>
       </c>
-      <c r="D460" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E460" s="3" t="s">
+      <c r="C461" s="1" t="s">
         <v>1801</v>
       </c>
-      <c r="F460" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A461" s="1" t="s">
+      <c r="D461" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E461" s="3" t="s">
         <v>1802</v>
       </c>
-      <c r="B461" s="1" t="s">
+      <c r="F461" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G461" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="462" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A462" s="1" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B462" s="1" t="s">
         <v>1803</v>
       </c>
-      <c r="C461" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E461" s="3" t="s">
+      <c r="C462" s="1" t="s">
         <v>1804</v>
       </c>
-      <c r="F461" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A462" s="1" t="s">
+      <c r="D462" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E462" s="3" t="s">
         <v>1805</v>
       </c>
-      <c r="B462" s="1" t="s">
+      <c r="F462" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G462" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="463" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A463" s="1" t="s">
         <v>1806</v>
       </c>
-      <c r="C462" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E462" s="3" t="s">
+      <c r="B463" s="1" t="s">
         <v>1807</v>
       </c>
-      <c r="F462" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A463" s="1" t="s">
+      <c r="C463" s="1" t="s">
         <v>1808</v>
       </c>
-      <c r="B463" s="1" t="s">
+      <c r="D463" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E463" s="3" t="s">
         <v>1809</v>
       </c>
-      <c r="C463" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E463" s="3" t="s">
+      <c r="F463" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G463" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="464" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A464" s="1" t="s">
         <v>1810</v>
       </c>
-      <c r="F463" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A464" s="1" t="s">
+      <c r="B464" s="1" t="s">
         <v>1811</v>
       </c>
-      <c r="B464" s="1" t="s">
+      <c r="C464" s="1" t="s">
         <v>1812</v>
       </c>
-      <c r="C464" s="1" t="s">
+      <c r="D464" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E464" s="3" t="s">
         <v>1813</v>
       </c>
-      <c r="D464" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E464" s="3" t="s">
+      <c r="F464" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G464" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="465" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A465" s="1" t="s">
         <v>1814</v>
       </c>
-      <c r="F464" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A465" s="1" t="s">
+      <c r="B465" s="1" t="s">
         <v>1815</v>
       </c>
-      <c r="B465" s="1" t="s">
+      <c r="C465" s="1" t="s">
         <v>1816</v>
       </c>
-      <c r="C465" s="1" t="s">
+      <c r="D465" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E465" s="3" t="s">
         <v>1817</v>
       </c>
-      <c r="D465" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E465" s="3" t="s">
+      <c r="F465" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G465" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="466" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A466" s="1" t="s">
         <v>1818</v>
       </c>
-      <c r="F465" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A466" s="1" t="s">
+      <c r="B466" s="1" t="s">
         <v>1819</v>
       </c>
-      <c r="B466" s="1" t="s">
+      <c r="C466" s="1" t="s">
         <v>1820</v>
       </c>
-      <c r="C466" s="1" t="s">
+      <c r="D466" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E466" s="3" t="s">
         <v>1821</v>
       </c>
-      <c r="D466" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E466" s="3" t="s">
+      <c r="F466" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G466" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="467" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A467" s="1" t="s">
         <v>1822</v>
       </c>
-      <c r="F466" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A467" s="1" t="s">
+      <c r="B467" s="1" t="s">
         <v>1823</v>
       </c>
-      <c r="B467" s="1" t="s">
+      <c r="C467" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D467" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E467" s="3" t="s">
         <v>1824</v>
       </c>
-      <c r="C467" s="1" t="s">
+      <c r="F467" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G467" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="468" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A468" s="1" t="s">
         <v>1825</v>
       </c>
-      <c r="D467" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E467" s="3" t="s">
+      <c r="B468" s="1" t="s">
         <v>1826</v>
       </c>
-      <c r="F467" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A468" s="1" t="s">
+      <c r="C468" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D468" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E468" s="3" t="s">
         <v>1827</v>
       </c>
-      <c r="B468" s="1" t="s">
+      <c r="F468" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G468" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="469" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A469" s="1" t="s">
         <v>1828</v>
       </c>
-      <c r="C468" s="1" t="s">
+      <c r="B469" s="1" t="s">
         <v>1829</v>
       </c>
-      <c r="D468" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E468" s="3" t="s">
+      <c r="C469" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E469" s="3" t="s">
         <v>1830</v>
       </c>
-      <c r="F468" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A469" s="1" t="s">
+      <c r="F469" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G469" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="470" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A470" s="1" t="s">
         <v>1831</v>
       </c>
-      <c r="B469" s="1" t="s">
+      <c r="B470" s="1" t="s">
         <v>1832</v>
       </c>
-      <c r="C469" s="1" t="s">
+      <c r="C470" s="1" t="s">
         <v>1833</v>
       </c>
-      <c r="D469" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E469" s="3" t="s">
+      <c r="D470" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E470" s="3" t="s">
         <v>1834</v>
       </c>
-      <c r="F469" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A470" s="1" t="s">
+      <c r="F470" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G470" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="471" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A471" s="1" t="s">
         <v>1835</v>
       </c>
-      <c r="B470" s="1" t="s">
+      <c r="B471" s="1" t="s">
         <v>1836</v>
       </c>
-      <c r="C470" s="1" t="s">
+      <c r="C471" s="1" t="s">
         <v>1837</v>
       </c>
-      <c r="D470" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E470" s="3" t="s">
+      <c r="D471" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E471" s="3" t="s">
         <v>1838</v>
       </c>
-      <c r="F470" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A471" s="1" t="s">
+      <c r="F471" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G471" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="472" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A472" s="1" t="s">
         <v>1839</v>
       </c>
-      <c r="B471" s="1" t="s">
+      <c r="B472" s="1" t="s">
         <v>1840</v>
       </c>
-      <c r="C471" s="1" t="s">
+      <c r="C472" s="1" t="s">
         <v>1841</v>
       </c>
-      <c r="D471" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E471" s="3" t="s">
+      <c r="D472" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E472" s="3" t="s">
         <v>1842</v>
       </c>
-      <c r="F471" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A472" s="1" t="s">
+      <c r="F472" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G472" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="473" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A473" s="1" t="s">
         <v>1843</v>
       </c>
-      <c r="B472" s="1" t="s">
+      <c r="B473" s="1" t="s">
         <v>1844</v>
       </c>
-      <c r="C472" s="1" t="s">
+      <c r="C473" s="1" t="s">
         <v>1845</v>
       </c>
-      <c r="D472" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E472" s="3" t="s">
+      <c r="D473" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E473" s="3" t="s">
         <v>1846</v>
       </c>
-      <c r="F472" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A473" s="1" t="s">
+      <c r="F473" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G473" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="474" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A474" s="1" t="s">
         <v>1847</v>
       </c>
-      <c r="B473" s="1" t="s">
+      <c r="B474" s="1" t="s">
         <v>1848</v>
       </c>
-      <c r="C473" s="1" t="s">
+      <c r="C474" s="1" t="s">
         <v>1849</v>
       </c>
-      <c r="D473" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E473" s="3" t="s">
+      <c r="D474" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E474" s="3" t="s">
         <v>1850</v>
       </c>
-      <c r="F473" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A474" s="1" t="s">
+      <c r="F474" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G474" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="475" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A475" s="1" t="s">
         <v>1851</v>
       </c>
-      <c r="B474" s="1" t="s">
+      <c r="B475" s="1" t="s">
         <v>1852</v>
       </c>
-      <c r="C474" s="1" t="s">
+      <c r="C475" s="1" t="s">
         <v>1853</v>
       </c>
-      <c r="D474" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E474" s="3" t="s">
+      <c r="D475" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E475" s="3" t="s">
         <v>1854</v>
       </c>
-      <c r="F474" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A475" s="1" t="s">
+      <c r="F475" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G475" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="476" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A476" s="1" t="s">
         <v>1855</v>
       </c>
-      <c r="B475" s="1" t="s">
+      <c r="B476" s="1" t="s">
         <v>1856</v>
       </c>
-      <c r="C475" s="1" t="s">
+      <c r="C476" s="1" t="s">
         <v>1857</v>
       </c>
-      <c r="D475" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E475" s="3" t="s">
+      <c r="D476" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E476" s="3" t="s">
         <v>1858</v>
       </c>
-      <c r="F475" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A476" s="1" t="s">
+      <c r="F476" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G476" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="477" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A477" s="1" t="s">
         <v>1859</v>
       </c>
-      <c r="B476" s="1" t="s">
+      <c r="B477" s="1" t="s">
         <v>1860</v>
       </c>
-      <c r="C476" s="1" t="s">
+      <c r="C477" s="1" t="s">
         <v>1861</v>
       </c>
-      <c r="D476" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E476" s="3" t="s">
+      <c r="D477" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E477" s="3" t="s">
         <v>1862</v>
       </c>
-      <c r="F476" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A477" s="1" t="s">
+      <c r="F477" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G477" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="478" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A478" s="1" t="s">
         <v>1863</v>
       </c>
-      <c r="B477" s="1" t="s">
+      <c r="B478" s="1" t="s">
         <v>1864</v>
       </c>
-      <c r="C477" s="1" t="s">
+      <c r="C478" s="1" t="s">
         <v>1865</v>
       </c>
-      <c r="D477" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E477" s="3" t="s">
+      <c r="D478" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E478" s="3" t="s">
         <v>1866</v>
       </c>
-      <c r="F477" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A478" s="1" t="s">
+      <c r="F478" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G478" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="479" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A479" s="1" t="s">
         <v>1867</v>
       </c>
-      <c r="B478" s="1" t="s">
+      <c r="B479" s="1" t="s">
         <v>1868</v>
       </c>
-      <c r="C478" s="1" t="s">
+      <c r="C479" s="1" t="s">
         <v>1869</v>
       </c>
-      <c r="D478" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E478" s="3" t="s">
+      <c r="D479" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E479" s="3" t="s">
         <v>1870</v>
       </c>
-      <c r="F478" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A479" s="1" t="s">
+      <c r="F479" s="3" t="s">
         <v>1871</v>
       </c>
-      <c r="B479" s="1" t="s">
+      <c r="G479" s="3" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="480" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A480" s="1" t="s">
         <v>1872</v>
       </c>
-      <c r="C479" s="1" t="s">
+      <c r="B480" s="1" t="s">
         <v>1873</v>
       </c>
-      <c r="D479" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E479" s="3" t="s">
+      <c r="C480" s="1" t="s">
         <v>1874</v>
       </c>
-      <c r="F479" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A480" s="1" t="s">
+      <c r="D480" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E480" s="3" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F480" s="3" t="s">
         <v>1871</v>
       </c>
-      <c r="B480" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C480" s="1" t="s">
+      <c r="G480" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="481" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A481" s="1" t="s">
         <v>1876</v>
       </c>
-      <c r="D480" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E480" s="3" t="s">
+      <c r="B481" s="1" t="s">
         <v>1877</v>
       </c>
-      <c r="F480" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A481" s="1" t="s">
+      <c r="C481" s="1" t="s">
         <v>1878</v>
       </c>
-      <c r="B481" s="1" t="s">
+      <c r="D481" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E481" s="3" t="s">
         <v>1879</v>
       </c>
-      <c r="C481" s="1" t="s">
+      <c r="F481" s="3" t="s">
+        <v>1871</v>
+      </c>
+      <c r="G481" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="482" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A482" s="1" t="s">
         <v>1880</v>
       </c>
-      <c r="D481" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E481" s="3" t="s">
+      <c r="B482" s="1" t="s">
         <v>1881</v>
       </c>
-      <c r="F481" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A482" s="1" t="s">
+      <c r="C482" s="1" t="s">
         <v>1882</v>
       </c>
-      <c r="B482" s="1" t="s">
+      <c r="D482" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E482" s="3" t="s">
         <v>1883</v>
       </c>
-      <c r="C482" s="1" t="s">
+      <c r="F482" s="3" t="s">
+        <v>1871</v>
+      </c>
+      <c r="G482" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="483" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A483" s="1" t="s">
         <v>1884</v>
       </c>
-      <c r="D482" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E482" s="3" t="s">
+      <c r="B483" s="1" t="s">
         <v>1885</v>
       </c>
-      <c r="F482" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A483" s="1" t="s">
+      <c r="C483" s="1" t="s">
         <v>1886</v>
       </c>
-      <c r="B483" s="1" t="s">
+      <c r="D483" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E483" s="3" t="s">
         <v>1887</v>
       </c>
-      <c r="C483" s="1" t="s">
+      <c r="F483" s="3" t="s">
+        <v>1871</v>
+      </c>
+      <c r="G483" s="3" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="484" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A484" s="1" t="s">
         <v>1888</v>
       </c>
-      <c r="D483" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E483" s="3" t="s">
+      <c r="B484" s="1" t="s">
         <v>1889</v>
       </c>
-      <c r="F483" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A484" s="1" t="s">
+      <c r="C484" s="1" t="s">
         <v>1890</v>
       </c>
-      <c r="B484" s="1" t="s">
+      <c r="D484" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E484" s="3" t="s">
         <v>1891</v>
       </c>
-      <c r="C484" s="1" t="s">
+      <c r="F484" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G484" s="3" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="485" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A485" s="1" t="s">
         <v>1892</v>
       </c>
-      <c r="D484" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E484" s="3" t="s">
+      <c r="B485" s="1" t="s">
         <v>1893</v>
       </c>
-      <c r="F484" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A485" s="1" t="s">
+      <c r="C485" s="1" t="s">
         <v>1894</v>
       </c>
-      <c r="B485" s="1" t="s">
+      <c r="D485" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E485" s="3" t="s">
         <v>1895</v>
       </c>
-      <c r="C485" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E485" s="3" t="s">
+      <c r="F485" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G485" s="3" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="486" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A486" s="1" t="s">
         <v>1896</v>
       </c>
-      <c r="F485" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A486" s="1" t="s">
+      <c r="B486" s="1" t="s">
         <v>1897</v>
       </c>
-      <c r="B486" s="1" t="s">
+      <c r="C486" s="1" t="s">
         <v>1898</v>
       </c>
-      <c r="C486" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D486" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E486" s="3" t="s">
         <v>1899</v>
       </c>
       <c r="F486" s="3" t="s">
-        <v>1517</v>
+        <v>702</v>
       </c>
       <c r="G486" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="487" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="487" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A487" s="1" t="s">
         <v>1900</v>
       </c>
       <c r="B487" s="1" t="s">
         <v>1901</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1892</v>
+        <v>1902</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="F487" s="3" t="s">
-        <v>1517</v>
+        <v>702</v>
       </c>
       <c r="G487" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="488" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="488" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A488" s="1" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E488" s="3" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="F488" s="3" t="s">
-        <v>1517</v>
+        <v>702</v>
       </c>
       <c r="G488" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="489" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="489" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A489" s="1" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="F489" s="3" t="s">
-        <v>1517</v>
+        <v>702</v>
       </c>
       <c r="G489" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="490" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="490" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A490" s="1" t="s">
-        <v>1911</v>
+        <v>1912</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
       <c r="F490" s="3" t="s">
-        <v>1517</v>
+        <v>702</v>
       </c>
       <c r="G490" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="491" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="491" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A491" s="1" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="F491" s="3" t="s">
-        <v>1517</v>
+        <v>702</v>
       </c>
       <c r="G491" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="492" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="492" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A492" s="1" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="C492" s="1" t="s">
         <v>1921</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E492" s="3" t="s">
         <v>1922</v>
       </c>
       <c r="F492" s="3" t="s">
-        <v>1517</v>
+        <v>49</v>
       </c>
       <c r="G492" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="493" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="493" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A493" s="1" t="s">
         <v>1923</v>
       </c>
       <c r="B493" s="1" t="s">
         <v>1924</v>
       </c>
       <c r="C493" s="1" t="s">
         <v>1925</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E493" s="3" t="s">
         <v>1926</v>
       </c>
       <c r="F493" s="3" t="s">
-        <v>1517</v>
+        <v>702</v>
       </c>
       <c r="G493" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="494" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A494" s="1" t="s">
         <v>1927</v>
       </c>
       <c r="B494" s="1" t="s">
         <v>1928</v>
       </c>
       <c r="C494" s="1" t="s">
         <v>1929</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E494" s="3" t="s">
         <v>1930</v>
       </c>
       <c r="F494" s="3" t="s">
-        <v>1517</v>
+        <v>702</v>
       </c>
       <c r="G494" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="495" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="495" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A495" s="1" t="s">
         <v>1931</v>
       </c>
       <c r="B495" s="1" t="s">
         <v>1932</v>
       </c>
       <c r="C495" s="1" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D495" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E495" s="3" t="s">
         <v>1933</v>
       </c>
-      <c r="D495" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E495" s="3" t="s">
+      <c r="F495" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="G495" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="496" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A496" s="1" t="s">
         <v>1934</v>
       </c>
-      <c r="F495" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A496" s="1" t="s">
+      <c r="B496" s="1" t="s">
         <v>1935</v>
       </c>
-      <c r="B496" s="1" t="s">
+      <c r="C496" s="1" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D496" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E496" s="3" t="s">
         <v>1936</v>
       </c>
-      <c r="C496" s="1" t="s">
+      <c r="F496" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="G496" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="497" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A497" s="1" t="s">
         <v>1937</v>
       </c>
-      <c r="D496" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E496" s="3" t="s">
+      <c r="B497" s="1" t="s">
         <v>1938</v>
       </c>
-      <c r="F496" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A497" s="1" t="s">
+      <c r="C497" s="1" t="s">
         <v>1939</v>
       </c>
-      <c r="B497" s="1" t="s">
+      <c r="D497" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E497" s="3" t="s">
         <v>1940</v>
       </c>
-      <c r="C497" s="1" t="s">
+      <c r="F497" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G497" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="498" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A498" s="1" t="s">
         <v>1941</v>
       </c>
-      <c r="D497" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E497" s="3" t="s">
+      <c r="B498" s="1" t="s">
         <v>1942</v>
       </c>
-      <c r="F497" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A498" s="1" t="s">
+      <c r="C498" s="1" t="s">
         <v>1943</v>
       </c>
-      <c r="B498" s="1" t="s">
+      <c r="D498" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E498" s="3" t="s">
         <v>1944</v>
       </c>
-      <c r="C498" s="1" t="s">
+      <c r="F498" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G498" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="499" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A499" s="1" t="s">
         <v>1945</v>
       </c>
-      <c r="D498" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E498" s="3" t="s">
+      <c r="B499" s="1" t="s">
         <v>1946</v>
       </c>
-      <c r="F498" s="3" t="s">
+      <c r="C499" s="1" t="s">
         <v>1947</v>
       </c>
-      <c r="G498" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A499" s="1" t="s">
+      <c r="D499" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E499" s="3" t="s">
         <v>1948</v>
       </c>
-      <c r="B499" s="1" t="s">
+      <c r="F499" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G499" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="500" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A500" s="1" t="s">
         <v>1949</v>
       </c>
-      <c r="C499" s="1" t="s">
+      <c r="B500" s="1" t="s">
         <v>1950</v>
       </c>
-      <c r="D499" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E499" s="3" t="s">
+      <c r="C500" s="1" t="s">
         <v>1951</v>
       </c>
-      <c r="F499" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A500" s="1" t="s">
+      <c r="D500" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E500" s="3" t="s">
         <v>1952</v>
       </c>
-      <c r="B500" s="1" t="s">
+      <c r="F500" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G500" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="501" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A501" s="1" t="s">
         <v>1953</v>
       </c>
-      <c r="C500" s="1" t="s">
+      <c r="B501" s="1" t="s">
         <v>1954</v>
       </c>
-      <c r="D500" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E500" s="3" t="s">
+      <c r="C501" s="1" t="s">
         <v>1955</v>
       </c>
-      <c r="F500" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A501" s="1" t="s">
+      <c r="D501" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E501" s="3" t="s">
         <v>1956</v>
       </c>
-      <c r="B501" s="1" t="s">
+      <c r="F501" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G501" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="502" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A502" s="1" t="s">
         <v>1957</v>
       </c>
-      <c r="C501" s="1" t="s">
+      <c r="B502" s="1" t="s">
         <v>1958</v>
       </c>
-      <c r="D501" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E501" s="3" t="s">
+      <c r="C502" s="1" t="s">
         <v>1959</v>
       </c>
-      <c r="F501" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A502" s="1" t="s">
+      <c r="D502" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E502" s="3" t="s">
         <v>1960</v>
       </c>
-      <c r="B502" s="1" t="s">
+      <c r="F502" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G502" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="503" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A503" s="1" t="s">
         <v>1961</v>
       </c>
-      <c r="C502" s="1" t="s">
+      <c r="B503" s="1" t="s">
         <v>1962</v>
       </c>
-      <c r="D502" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E502" s="3" t="s">
+      <c r="C503" s="1" t="s">
         <v>1963</v>
       </c>
-      <c r="F502" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A503" s="1" t="s">
+      <c r="D503" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E503" s="3" t="s">
         <v>1964</v>
       </c>
-      <c r="B503" s="1" t="s">
+      <c r="F503" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G503" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="504" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A504" s="1" t="s">
         <v>1965</v>
       </c>
-      <c r="C503" s="1" t="s">
+      <c r="B504" s="1" t="s">
         <v>1966</v>
       </c>
-      <c r="D503" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E503" s="3" t="s">
+      <c r="C504" s="1" t="s">
         <v>1967</v>
       </c>
-      <c r="F503" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A504" s="1" t="s">
+      <c r="D504" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E504" s="3" t="s">
         <v>1968</v>
       </c>
-      <c r="B504" s="1" t="s">
+      <c r="F504" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G504" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="505" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A505" s="1" t="s">
         <v>1969</v>
       </c>
-      <c r="C504" s="1" t="s">
+      <c r="B505" s="1" t="s">
         <v>1970</v>
       </c>
-      <c r="D504" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E504" s="3" t="s">
+      <c r="C505" s="1" t="s">
         <v>1971</v>
       </c>
-      <c r="F504" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A505" s="1" t="s">
+      <c r="D505" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E505" s="3" t="s">
         <v>1972</v>
       </c>
-      <c r="B505" s="1" t="s">
+      <c r="F505" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G505" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="506" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A506" s="1" t="s">
         <v>1973</v>
       </c>
-      <c r="C505" s="1" t="s">
+      <c r="B506" s="1" t="s">
         <v>1974</v>
       </c>
-      <c r="D505" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E505" s="3" t="s">
+      <c r="C506" s="1" t="s">
         <v>1975</v>
       </c>
-      <c r="F505" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A506" s="1" t="s">
+      <c r="D506" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E506" s="3" t="s">
         <v>1976</v>
       </c>
-      <c r="B506" s="1" t="s">
+      <c r="F506" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G506" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="507" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A507" s="1" t="s">
         <v>1977</v>
       </c>
-      <c r="C506" s="1" t="s">
+      <c r="B507" s="1" t="s">
         <v>1978</v>
       </c>
-      <c r="D506" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E506" s="3" t="s">
+      <c r="C507" s="1" t="s">
         <v>1979</v>
       </c>
-      <c r="F506" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A507" s="1" t="s">
+      <c r="D507" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E507" s="3" t="s">
         <v>1980</v>
       </c>
-      <c r="B507" s="1" t="s">
+      <c r="F507" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G507" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="508" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A508" s="1" t="s">
         <v>1981</v>
       </c>
-      <c r="C507" s="1" t="s">
+      <c r="B508" s="1" t="s">
         <v>1982</v>
       </c>
-      <c r="D507" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E507" s="3" t="s">
+      <c r="C508" s="1" t="s">
         <v>1983</v>
       </c>
-      <c r="F507" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A508" s="1" t="s">
+      <c r="D508" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E508" s="3" t="s">
         <v>1984</v>
       </c>
-      <c r="B508" s="1" t="s">
+      <c r="F508" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G508" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="509" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A509" s="1" t="s">
         <v>1985</v>
       </c>
-      <c r="C508" s="1" t="s">
+      <c r="B509" s="1" t="s">
         <v>1986</v>
       </c>
-      <c r="D508" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E508" s="3" t="s">
+      <c r="C509" s="1" t="s">
         <v>1987</v>
       </c>
-      <c r="F508" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A509" s="1" t="s">
+      <c r="D509" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E509" s="3" t="s">
         <v>1988</v>
       </c>
-      <c r="B509" s="1" t="s">
+      <c r="F509" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G509" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="510" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A510" s="1" t="s">
         <v>1989</v>
       </c>
-      <c r="C509" s="1" t="s">
+      <c r="B510" s="1" t="s">
         <v>1990</v>
       </c>
-      <c r="D509" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E509" s="3" t="s">
+      <c r="C510" s="1" t="s">
         <v>1991</v>
       </c>
-      <c r="F509" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A510" s="1" t="s">
+      <c r="D510" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E510" s="3" t="s">
         <v>1992</v>
       </c>
-      <c r="B510" s="1" t="s">
+      <c r="F510" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G510" s="3" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="511" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A511" s="1" t="s">
         <v>1993</v>
       </c>
-      <c r="C510" s="1" t="s">
+      <c r="B511" s="1" t="s">
         <v>1994</v>
       </c>
-      <c r="D510" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E510" s="3" t="s">
+      <c r="C511" s="1" t="s">
         <v>1995</v>
       </c>
-      <c r="F510" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A511" s="1" t="s">
+      <c r="D511" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E511" s="3" t="s">
         <v>1996</v>
       </c>
-      <c r="B511" s="1" t="s">
+      <c r="F511" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G511" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="512" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A512" s="1" t="s">
         <v>1997</v>
       </c>
-      <c r="C511" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E511" s="3" t="s">
+      <c r="B512" s="1" t="s">
         <v>1998</v>
       </c>
-      <c r="F511" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A512" s="1" t="s">
+      <c r="C512" s="1" t="s">
         <v>1999</v>
       </c>
-      <c r="B512" s="1" t="s">
+      <c r="D512" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E512" s="3" t="s">
         <v>2000</v>
       </c>
-      <c r="C512" s="1" t="s">
+      <c r="F512" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G512" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="513" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A513" s="1" t="s">
         <v>2001</v>
       </c>
-      <c r="D512" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E512" s="3" t="s">
+      <c r="B513" s="1" t="s">
         <v>2002</v>
       </c>
-      <c r="F512" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A513" s="1" t="s">
+      <c r="C513" s="1" t="s">
         <v>2003</v>
       </c>
-      <c r="B513" s="1" t="s">
+      <c r="D513" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E513" s="3" t="s">
         <v>2004</v>
       </c>
-      <c r="C513" s="1" t="s">
+      <c r="F513" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G513" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="514" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A514" s="1" t="s">
         <v>2005</v>
       </c>
-      <c r="D513" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E513" s="3" t="s">
+      <c r="B514" s="1" t="s">
         <v>2006</v>
       </c>
-      <c r="F513" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A514" s="1" t="s">
+      <c r="C514" s="1" t="s">
         <v>2007</v>
       </c>
-      <c r="B514" s="1" t="s">
+      <c r="D514" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E514" s="3" t="s">
         <v>2008</v>
       </c>
-      <c r="C514" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E514" s="3" t="s">
+      <c r="F514" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G514" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="515" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A515" s="1" t="s">
         <v>2009</v>
       </c>
-      <c r="F514" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A515" s="1" t="s">
+      <c r="B515" s="1" t="s">
         <v>2010</v>
-      </c>
-[...1 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="C515" s="1" t="s">
         <v>2011</v>
       </c>
       <c r="D515" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E515" s="3" t="s">
         <v>2012</v>
       </c>
       <c r="F515" s="3" t="s">
-        <v>276</v>
+        <v>1163</v>
       </c>
       <c r="G515" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="516" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="516" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A516" s="1" t="s">
         <v>2013</v>
       </c>
       <c r="B516" s="1" t="s">
         <v>2014</v>
       </c>
       <c r="C516" s="1" t="s">
         <v>2015</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E516" s="3" t="s">
         <v>2016</v>
       </c>
       <c r="F516" s="3" t="s">
-        <v>1517</v>
+        <v>1456</v>
       </c>
       <c r="G516" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="517" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="517" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A517" s="1" t="s">
         <v>2017</v>
       </c>
       <c r="B517" s="1" t="s">
         <v>2018</v>
       </c>
       <c r="C517" s="1" t="s">
         <v>2019</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E517" s="3" t="s">
         <v>2020</v>
       </c>
       <c r="F517" s="3" t="s">
-        <v>1517</v>
+        <v>1456</v>
       </c>
       <c r="G517" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="518" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="518" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A518" s="1" t="s">
         <v>2021</v>
       </c>
       <c r="B518" s="1" t="s">
         <v>2022</v>
       </c>
       <c r="C518" s="1" t="s">
         <v>2023</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E518" s="3" t="s">
         <v>2024</v>
       </c>
       <c r="F518" s="3" t="s">
-        <v>1517</v>
+        <v>1456</v>
       </c>
       <c r="G518" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="519" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="519" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A519" s="1" t="s">
         <v>2025</v>
       </c>
       <c r="B519" s="1" t="s">
         <v>2026</v>
       </c>
       <c r="C519" s="1" t="s">
         <v>2027</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E519" s="3" t="s">
         <v>2028</v>
       </c>
       <c r="F519" s="3" t="s">
-        <v>1517</v>
+        <v>1456</v>
       </c>
       <c r="G519" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="520" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="520" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A520" s="1" t="s">
         <v>2029</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>2030</v>
       </c>
       <c r="C520" s="1" t="s">
         <v>2031</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E520" s="3" t="s">
         <v>2032</v>
       </c>
       <c r="F520" s="3" t="s">
-        <v>1189</v>
+        <v>1163</v>
       </c>
       <c r="G520" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="521" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="521" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A521" s="1" t="s">
         <v>2033</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>2034</v>
       </c>
       <c r="C521" s="1" t="s">
         <v>2035</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E521" s="3" t="s">
         <v>2036</v>
       </c>
       <c r="F521" s="3" t="s">
-        <v>1189</v>
+        <v>21</v>
       </c>
       <c r="G521" s="3" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="522" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="522" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A522" s="1" t="s">
         <v>2037</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>2038</v>
       </c>
       <c r="C522" s="1" t="s">
         <v>2039</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E522" s="3" t="s">
         <v>2040</v>
       </c>
       <c r="F522" s="3" t="s">
-        <v>1189</v>
+        <v>21</v>
       </c>
       <c r="G522" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="523" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="523" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A523" s="1" t="s">
         <v>2041</v>
       </c>
       <c r="B523" s="1" t="s">
         <v>2042</v>
       </c>
       <c r="C523" s="1" t="s">
         <v>2043</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E523" s="3" t="s">
         <v>2044</v>
       </c>
       <c r="F523" s="3" t="s">
-        <v>1189</v>
+        <v>1871</v>
       </c>
       <c r="G523" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="524" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="524" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A524" s="1" t="s">
         <v>2045</v>
       </c>
       <c r="B524" s="1" t="s">
         <v>2046</v>
       </c>
       <c r="C524" s="1" t="s">
         <v>2047</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E524" s="3" t="s">
         <v>2048</v>
       </c>
       <c r="F524" s="3" t="s">
-        <v>1189</v>
+        <v>1871</v>
       </c>
       <c r="G524" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="525" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="525" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A525" s="1" t="s">
         <v>2049</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>2050</v>
       </c>
       <c r="C525" s="1" t="s">
         <v>2051</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E525" s="3" t="s">
         <v>2052</v>
       </c>
       <c r="F525" s="3" t="s">
-        <v>1189</v>
+        <v>1456</v>
       </c>
       <c r="G525" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="526" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="526" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A526" s="1" t="s">
         <v>2053</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>2054</v>
       </c>
       <c r="C526" s="1" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D526" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E526" s="3" t="s">
         <v>2055</v>
       </c>
-      <c r="D526" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E526" s="3" t="s">
+      <c r="F526" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G526" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="527" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A527" s="1" t="s">
         <v>2056</v>
       </c>
-      <c r="F526" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A527" s="1" t="s">
+      <c r="B527" s="1" t="s">
         <v>2057</v>
       </c>
-      <c r="B527" s="1" t="s">
+      <c r="C527" s="1" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D527" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E527" s="3" t="s">
         <v>2058</v>
       </c>
-      <c r="C527" s="1" t="s">
+      <c r="F527" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G527" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="528" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A528" s="1" t="s">
         <v>2059</v>
       </c>
-      <c r="D527" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E527" s="3" t="s">
+      <c r="B528" s="1" t="s">
         <v>2060</v>
       </c>
-      <c r="F527" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A528" s="1" t="s">
+      <c r="C528" s="1" t="s">
         <v>2061</v>
       </c>
-      <c r="B528" s="1" t="s">
+      <c r="D528" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E528" s="3" t="s">
         <v>2062</v>
       </c>
-      <c r="C528" s="1" t="s">
+      <c r="F528" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G528" s="3" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="529" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A529" s="1" t="s">
         <v>2063</v>
       </c>
-      <c r="D528" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E528" s="3" t="s">
+      <c r="B529" s="1" t="s">
         <v>2064</v>
       </c>
-      <c r="F528" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A529" s="1" t="s">
+      <c r="C529" s="1" t="s">
+        <v>2061</v>
+      </c>
+      <c r="D529" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E529" s="3" t="s">
         <v>2065</v>
       </c>
-      <c r="B529" s="1" t="s">
+      <c r="F529" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G529" s="3" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="530" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A530" s="1" t="s">
         <v>2066</v>
       </c>
-      <c r="C529" s="1" t="s">
+      <c r="B530" s="1" t="s">
         <v>2067</v>
       </c>
-      <c r="D529" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E529" s="3" t="s">
+      <c r="C530" s="1" t="s">
+        <v>2061</v>
+      </c>
+      <c r="D530" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E530" s="3" t="s">
         <v>2068</v>
       </c>
-      <c r="F529" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A530" s="1" t="s">
+      <c r="F530" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G530" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="531" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A531" s="1" t="s">
         <v>2069</v>
       </c>
-      <c r="B530" s="1" t="s">
+      <c r="B531" s="1" t="s">
         <v>2070</v>
       </c>
-      <c r="C530" s="1" t="s">
+      <c r="C531" s="1" t="s">
         <v>2071</v>
       </c>
-      <c r="D530" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E530" s="3" t="s">
+      <c r="D531" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E531" s="3" t="s">
         <v>2072</v>
       </c>
-      <c r="F530" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A531" s="1" t="s">
+      <c r="F531" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G531" s="3" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="532" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A532" s="1" t="s">
         <v>2073</v>
       </c>
-      <c r="B531" s="1" t="s">
+      <c r="B532" s="1" t="s">
         <v>2074</v>
       </c>
-      <c r="C531" s="1" t="s">
+      <c r="C532" s="1" t="s">
+        <v>2071</v>
+      </c>
+      <c r="D532" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E532" s="3" t="s">
         <v>2075</v>
       </c>
-      <c r="D531" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E531" s="3" t="s">
+      <c r="F532" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G532" s="3" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="533" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A533" s="1" t="s">
         <v>2076</v>
       </c>
-      <c r="F531" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A532" s="1" t="s">
+      <c r="B533" s="1" t="s">
         <v>2077</v>
       </c>
-      <c r="B532" s="1" t="s">
+      <c r="C533" s="1" t="s">
         <v>2078</v>
       </c>
-      <c r="C532" s="1" t="s">
+      <c r="D533" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E533" s="3" t="s">
         <v>2079</v>
       </c>
-      <c r="D532" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E532" s="3" t="s">
+      <c r="F533" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G533" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="534" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A534" s="1" t="s">
         <v>2080</v>
       </c>
-      <c r="F532" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A533" s="1" t="s">
+      <c r="B534" s="1" t="s">
         <v>2081</v>
       </c>
-      <c r="B533" s="1" t="s">
+      <c r="C534" s="1" t="s">
+        <v>2081</v>
+      </c>
+      <c r="D534" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E534" s="3" t="s">
         <v>2082</v>
       </c>
-      <c r="C533" s="1" t="s">
+      <c r="F534" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="G534" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="535" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A535" s="1" t="s">
         <v>2083</v>
       </c>
-      <c r="D533" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E533" s="3" t="s">
+      <c r="B535" s="1" t="s">
         <v>2084</v>
       </c>
-      <c r="F533" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A534" s="1" t="s">
+      <c r="C535" s="1" t="s">
+        <v>2084</v>
+      </c>
+      <c r="D535" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E535" s="3" t="s">
         <v>2085</v>
       </c>
-      <c r="B534" s="1" t="s">
+      <c r="F535" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="G535" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="536" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A536" s="1" t="s">
         <v>2086</v>
       </c>
-      <c r="C534" s="1" t="s">
+      <c r="B536" s="1" t="s">
         <v>2087</v>
       </c>
-      <c r="D534" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E534" s="3" t="s">
+      <c r="C536" s="1" t="s">
         <v>2088</v>
       </c>
-      <c r="F534" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A535" s="1" t="s">
+      <c r="D536" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E536" s="3" t="s">
         <v>2089</v>
       </c>
-      <c r="B535" s="1" t="s">
+      <c r="F536" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G536" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="537" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A537" s="1" t="s">
         <v>2090</v>
       </c>
-      <c r="C535" s="1" t="s">
+      <c r="B537" s="1" t="s">
         <v>2091</v>
       </c>
-      <c r="D535" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E535" s="3" t="s">
+      <c r="C537" s="1" t="s">
         <v>2092</v>
       </c>
-      <c r="F535" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A536" s="1" t="s">
+      <c r="D537" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E537" s="3" t="s">
         <v>2093</v>
       </c>
-      <c r="B536" s="1" t="s">
+      <c r="F537" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G537" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="538" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A538" s="1" t="s">
         <v>2094</v>
       </c>
-      <c r="C536" s="1" t="s">
+      <c r="B538" s="1" t="s">
         <v>2095</v>
       </c>
-      <c r="D536" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E536" s="3" t="s">
+      <c r="C538" s="1" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D538" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E538" s="3" t="s">
         <v>2096</v>
       </c>
-      <c r="F536" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A537" s="1" t="s">
+      <c r="F538" s="3" t="s">
         <v>2097</v>
       </c>
-      <c r="B537" s="1" t="s">
+      <c r="G538" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="539" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A539" s="1" t="s">
         <v>2098</v>
       </c>
-      <c r="C537" s="1" t="s">
+      <c r="B539" s="1" t="s">
         <v>2099</v>
       </c>
-      <c r="D537" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E537" s="3" t="s">
+      <c r="C539" s="1" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D539" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E539" s="3" t="s">
         <v>2100</v>
       </c>
-      <c r="F537" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A538" s="1" t="s">
+      <c r="F539" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G539" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="540" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A540" s="1" t="s">
         <v>2101</v>
       </c>
-      <c r="B538" s="1" t="s">
+      <c r="B540" s="1" t="s">
         <v>2102</v>
       </c>
-      <c r="C538" s="1" t="s">
+      <c r="C540" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D540" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E540" s="3" t="s">
         <v>2103</v>
       </c>
-      <c r="D538" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E538" s="3" t="s">
+      <c r="F540" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G540" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="541" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A541" s="1" t="s">
         <v>2104</v>
       </c>
-      <c r="F538" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A539" s="1" t="s">
+      <c r="B541" s="1" t="s">
         <v>2105</v>
       </c>
-      <c r="B539" s="1" t="s">
+      <c r="C541" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D541" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E541" s="3" t="s">
         <v>2106</v>
       </c>
-      <c r="C539" s="1" t="s">
+      <c r="F541" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G541" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="542" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A542" s="1" t="s">
         <v>2107</v>
       </c>
-      <c r="D539" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E539" s="3" t="s">
+      <c r="B542" s="1" t="s">
         <v>2108</v>
       </c>
-      <c r="F539" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A540" s="1" t="s">
+      <c r="C542" s="1" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D542" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E542" s="3" t="s">
         <v>2109</v>
       </c>
-      <c r="B540" s="1" t="s">
+      <c r="F542" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G542" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="543" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A543" s="1" t="s">
         <v>2110</v>
       </c>
-      <c r="C540" s="1" t="s">
+      <c r="B543" s="1" t="s">
         <v>2111</v>
       </c>
-      <c r="D540" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E540" s="3" t="s">
+      <c r="C543" s="1" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D543" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E543" s="3" t="s">
         <v>2112</v>
       </c>
-      <c r="F540" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A541" s="1" t="s">
+      <c r="F543" s="3" t="s">
+        <v>932</v>
+      </c>
+      <c r="G543" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="544" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A544" s="1" t="s">
         <v>2113</v>
       </c>
-      <c r="B541" s="1" t="s">
+      <c r="B544" s="1" t="s">
         <v>2114</v>
       </c>
-      <c r="C541" s="1" t="s">
+      <c r="C544" s="1" t="s">
         <v>2115</v>
       </c>
-      <c r="D541" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E541" s="3" t="s">
+      <c r="D544" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E544" s="3" t="s">
         <v>2116</v>
       </c>
-      <c r="F541" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A542" s="1" t="s">
+      <c r="F544" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G544" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="545" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A545" s="1" t="s">
         <v>2117</v>
       </c>
-      <c r="B542" s="1" t="s">
+      <c r="B545" s="1" t="s">
         <v>2118</v>
       </c>
-      <c r="C542" s="1" t="s">
+      <c r="C545" s="1" t="s">
         <v>2119</v>
       </c>
-      <c r="D542" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E542" s="3" t="s">
+      <c r="D545" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E545" s="3" t="s">
         <v>2120</v>
       </c>
-      <c r="F542" s="3" t="s">
+      <c r="F545" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G545" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="546" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A546" s="1" t="s">
         <v>2121</v>
       </c>
-      <c r="G542" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A543" s="1" t="s">
+      <c r="B546" s="1" t="s">
         <v>2122</v>
       </c>
-      <c r="B543" s="1" t="s">
+      <c r="C546" s="1" t="s">
         <v>2123</v>
       </c>
-      <c r="C543" s="1" t="s">
+      <c r="D546" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E546" s="3" t="s">
         <v>2124</v>
       </c>
-      <c r="D543" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E543" s="3" t="s">
+      <c r="F546" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G546" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="547" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A547" s="1" t="s">
         <v>2125</v>
       </c>
-      <c r="F543" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A544" s="1" t="s">
+      <c r="B547" s="1" t="s">
         <v>2126</v>
       </c>
-      <c r="B544" s="1" t="s">
+      <c r="C547" s="1" t="s">
         <v>2127</v>
       </c>
-      <c r="C544" s="1" t="s">
+      <c r="D547" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E547" s="3" t="s">
         <v>2128</v>
       </c>
-      <c r="D544" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E544" s="3" t="s">
+      <c r="F547" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G547" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="548" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A548" s="1" t="s">
         <v>2129</v>
       </c>
-      <c r="F544" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A545" s="1" t="s">
+      <c r="B548" s="1" t="s">
         <v>2130</v>
       </c>
-      <c r="B545" s="1" t="s">
+      <c r="C548" s="1" t="s">
         <v>2131</v>
       </c>
-      <c r="C545" s="1" t="s">
+      <c r="D548" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E548" s="3" t="s">
         <v>2132</v>
       </c>
-      <c r="D545" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E545" s="3" t="s">
+      <c r="F548" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G548" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="549" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A549" s="1" t="s">
         <v>2133</v>
       </c>
-      <c r="F545" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A546" s="1" t="s">
+      <c r="B549" s="1" t="s">
         <v>2134</v>
       </c>
-      <c r="B546" s="1" t="s">
+      <c r="C549" s="1" t="s">
         <v>2135</v>
       </c>
-      <c r="C546" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E546" s="3" t="s">
+      <c r="D549" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E549" s="3" t="s">
         <v>2136</v>
       </c>
-      <c r="F546" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A547" s="1" t="s">
+      <c r="F549" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G549" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="550" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A550" s="1" t="s">
         <v>2137</v>
       </c>
-      <c r="B547" s="1" t="s">
+      <c r="B550" s="1" t="s">
         <v>2138</v>
       </c>
-      <c r="C547" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E547" s="3" t="s">
+      <c r="C550" s="1" t="s">
         <v>2139</v>
       </c>
-      <c r="F547" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A548" s="1" t="s">
+      <c r="D550" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E550" s="3" t="s">
         <v>2140</v>
       </c>
-      <c r="B548" s="1" t="s">
+      <c r="F550" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G550" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="551" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A551" s="1" t="s">
         <v>2141</v>
       </c>
-      <c r="C548" s="1" t="s">
+      <c r="B551" s="1" t="s">
         <v>2142</v>
       </c>
-      <c r="D548" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E548" s="3" t="s">
+      <c r="C551" s="1" t="s">
         <v>2143</v>
       </c>
-      <c r="F548" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A549" s="1" t="s">
+      <c r="D551" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E551" s="3" t="s">
         <v>2144</v>
       </c>
-      <c r="B549" s="1" t="s">
+      <c r="F551" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G551" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="552" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A552" s="1" t="s">
         <v>2145</v>
       </c>
-      <c r="C549" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E549" s="3" t="s">
+      <c r="B552" s="1" t="s">
         <v>2146</v>
       </c>
-      <c r="F549" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A550" s="1" t="s">
+      <c r="C552" s="1" t="s">
         <v>2147</v>
       </c>
-      <c r="B550" s="1" t="s">
+      <c r="D552" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E552" s="3" t="s">
         <v>2148</v>
       </c>
-      <c r="C550" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E550" s="3" t="s">
+      <c r="F552" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G552" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="553" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A553" s="1" t="s">
         <v>2149</v>
       </c>
-      <c r="F550" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A551" s="1" t="s">
+      <c r="B553" s="1" t="s">
         <v>2150</v>
       </c>
-      <c r="B551" s="1" t="s">
+      <c r="C553" s="1" t="s">
         <v>2151</v>
       </c>
-      <c r="C551" s="1" t="s">
+      <c r="D553" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E553" s="3" t="s">
         <v>2152</v>
       </c>
-      <c r="D551" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E551" s="3" t="s">
+      <c r="F553" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G553" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="554" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A554" s="1" t="s">
         <v>2153</v>
       </c>
-      <c r="F551" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A552" s="1" t="s">
+      <c r="B554" s="1" t="s">
         <v>2154</v>
       </c>
-      <c r="B552" s="1" t="s">
+      <c r="C554" s="1" t="s">
         <v>2155</v>
       </c>
-      <c r="C552" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E552" s="3" t="s">
+      <c r="D554" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E554" s="3" t="s">
         <v>2156</v>
       </c>
-      <c r="F552" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A553" s="1" t="s">
+      <c r="F554" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G554" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="555" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A555" s="1" t="s">
         <v>2157</v>
       </c>
-      <c r="B553" s="1" t="s">
+      <c r="B555" s="1" t="s">
         <v>2158</v>
       </c>
-      <c r="C553" s="1" t="s">
+      <c r="C555" s="1" t="s">
         <v>2159</v>
       </c>
-      <c r="D553" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E553" s="3" t="s">
+      <c r="D555" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E555" s="3" t="s">
         <v>2160</v>
       </c>
-      <c r="F553" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A554" s="1" t="s">
+      <c r="F555" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G555" s="3" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="556" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A556" s="1" t="s">
         <v>2161</v>
       </c>
-      <c r="B554" s="1" t="s">
+      <c r="B556" s="1" t="s">
         <v>2162</v>
       </c>
-      <c r="C554" s="1" t="s">
+      <c r="C556" s="1" t="s">
         <v>2163</v>
       </c>
-      <c r="D554" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E554" s="3" t="s">
+      <c r="D556" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E556" s="3" t="s">
         <v>2164</v>
       </c>
-      <c r="F554" s="3" t="s">
+      <c r="F556" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G556" s="3" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="557" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A557" s="1" t="s">
         <v>2165</v>
       </c>
-      <c r="G554" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A555" s="1" t="s">
+      <c r="B557" s="1" t="s">
         <v>2166</v>
       </c>
-      <c r="B555" s="1" t="s">
+      <c r="C557" s="1" t="s">
         <v>2167</v>
       </c>
-      <c r="C555" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E555" s="3" t="s">
+      <c r="D557" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E557" s="3" t="s">
         <v>2168</v>
       </c>
-      <c r="F555" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A556" s="1" t="s">
+      <c r="F557" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G557" s="3" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="558" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A558" s="1" t="s">
         <v>2169</v>
       </c>
-      <c r="B556" s="1" t="s">
+      <c r="B558" s="1" t="s">
         <v>2170</v>
       </c>
-      <c r="C556" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E556" s="3" t="s">
+      <c r="C558" s="1" t="s">
         <v>2171</v>
       </c>
-      <c r="F556" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A557" s="1" t="s">
+      <c r="D558" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E558" s="3" t="s">
         <v>2172</v>
       </c>
-      <c r="B557" s="1" t="s">
+      <c r="F558" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G558" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="559" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A559" s="1" t="s">
         <v>2173</v>
       </c>
-      <c r="C557" s="1" t="s">
+      <c r="B559" s="1" t="s">
         <v>2174</v>
       </c>
-      <c r="D557" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E557" s="3" t="s">
+      <c r="C559" s="1" t="s">
         <v>2175</v>
       </c>
-      <c r="F557" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A558" s="1" t="s">
+      <c r="D559" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E559" s="3" t="s">
         <v>2176</v>
       </c>
-      <c r="B558" s="1" t="s">
+      <c r="F559" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G559" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="560" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A560" s="1" t="s">
         <v>2177</v>
       </c>
-      <c r="C558" s="1" t="s">
+      <c r="B560" s="1" t="s">
         <v>2178</v>
       </c>
-      <c r="D558" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E558" s="3" t="s">
+      <c r="C560" s="1" t="s">
         <v>2179</v>
       </c>
-      <c r="F558" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A559" s="1" t="s">
+      <c r="D560" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E560" s="3" t="s">
         <v>2180</v>
       </c>
-      <c r="B559" s="1" t="s">
+      <c r="F560" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G560" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="561" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A561" s="1" t="s">
         <v>2181</v>
       </c>
-      <c r="C559" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E559" s="3" t="s">
+      <c r="B561" s="1" t="s">
         <v>2182</v>
       </c>
-      <c r="F559" s="3" t="s">
+      <c r="C561" s="1" t="s">
         <v>2183</v>
       </c>
-      <c r="G559" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A560" s="1" t="s">
+      <c r="D561" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E561" s="3" t="s">
         <v>2184</v>
       </c>
-      <c r="B560" s="1" t="s">
+      <c r="F561" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G561" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="562" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A562" s="1" t="s">
         <v>2185</v>
       </c>
-      <c r="C560" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E560" s="3" t="s">
+      <c r="B562" s="1" t="s">
         <v>2186</v>
       </c>
-      <c r="F560" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A561" s="1" t="s">
+      <c r="C562" s="1" t="s">
         <v>2187</v>
       </c>
-      <c r="B561" s="1" t="s">
+      <c r="D562" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E562" s="3" t="s">
         <v>2188</v>
       </c>
-      <c r="C561" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E561" s="3" t="s">
+      <c r="F562" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G562" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="563" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A563" s="1" t="s">
         <v>2189</v>
       </c>
-      <c r="F561" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A562" s="1" t="s">
+      <c r="B563" s="1" t="s">
         <v>2190</v>
       </c>
-      <c r="B562" s="1" t="s">
+      <c r="C563" s="1" t="s">
         <v>2191</v>
       </c>
-      <c r="C562" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E562" s="3" t="s">
+      <c r="D563" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E563" s="3" t="s">
         <v>2192</v>
       </c>
-      <c r="F562" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A563" s="1" t="s">
+      <c r="F563" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G563" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="564" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A564" s="1" t="s">
         <v>2193</v>
       </c>
-      <c r="B563" s="1" t="s">
+      <c r="B564" s="1" t="s">
         <v>2194</v>
       </c>
-      <c r="C563" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E563" s="3" t="s">
+      <c r="C564" s="1" t="s">
         <v>2195</v>
       </c>
-      <c r="F563" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A564" s="1" t="s">
+      <c r="D564" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E564" s="3" t="s">
         <v>2196</v>
       </c>
-      <c r="B564" s="1" t="s">
+      <c r="F564" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G564" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="565" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A565" s="1" t="s">
         <v>2197</v>
       </c>
-      <c r="C564" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E564" s="3" t="s">
+      <c r="B565" s="1" t="s">
         <v>2198</v>
       </c>
-      <c r="F564" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A565" s="1" t="s">
+      <c r="C565" s="1" t="s">
         <v>2199</v>
       </c>
-      <c r="B565" s="1" t="s">
+      <c r="D565" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E565" s="3" t="s">
         <v>2200</v>
       </c>
-      <c r="C565" s="1" t="s">
+      <c r="F565" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G565" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="566" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A566" s="1" t="s">
         <v>2201</v>
       </c>
-      <c r="D565" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E565" s="3" t="s">
+      <c r="B566" s="1" t="s">
         <v>2202</v>
       </c>
-      <c r="F565" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A566" s="1" t="s">
+      <c r="C566" s="1" t="s">
         <v>2203</v>
       </c>
-      <c r="B566" s="1" t="s">
+      <c r="D566" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E566" s="3" t="s">
         <v>2204</v>
       </c>
-      <c r="C566" s="1" t="s">
+      <c r="F566" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G566" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="567" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A567" s="1" t="s">
         <v>2205</v>
       </c>
-      <c r="D566" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E566" s="3" t="s">
+      <c r="B567" s="1" t="s">
         <v>2206</v>
       </c>
-      <c r="F566" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A567" s="1" t="s">
+      <c r="C567" s="1" t="s">
         <v>2207</v>
       </c>
-      <c r="B567" s="1" t="s">
+      <c r="D567" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E567" s="3" t="s">
         <v>2208</v>
       </c>
-      <c r="C567" s="1" t="s">
+      <c r="F567" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G567" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="568" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A568" s="1" t="s">
         <v>2209</v>
       </c>
-      <c r="D567" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E567" s="3" t="s">
+      <c r="B568" s="1" t="s">
         <v>2210</v>
       </c>
-      <c r="F567" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A568" s="1" t="s">
+      <c r="C568" s="1" t="s">
         <v>2211</v>
       </c>
-      <c r="B568" s="1" t="s">
+      <c r="D568" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E568" s="3" t="s">
         <v>2212</v>
       </c>
-      <c r="C568" s="1" t="s">
+      <c r="F568" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G568" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="569" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A569" s="1" t="s">
         <v>2213</v>
       </c>
-      <c r="D568" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E568" s="3" t="s">
+      <c r="B569" s="1" t="s">
         <v>2214</v>
       </c>
-      <c r="F568" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A569" s="1" t="s">
+      <c r="C569" s="1" t="s">
         <v>2215</v>
       </c>
-      <c r="B569" s="1" t="s">
+      <c r="D569" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E569" s="3" t="s">
         <v>2216</v>
       </c>
-      <c r="C569" s="1" t="s">
+      <c r="F569" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G569" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="570" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A570" s="1" t="s">
         <v>2217</v>
       </c>
-      <c r="D569" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E569" s="3" t="s">
+      <c r="B570" s="1" t="s">
         <v>2218</v>
       </c>
-      <c r="F569" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A570" s="1" t="s">
+      <c r="C570" s="1" t="s">
         <v>2219</v>
       </c>
-      <c r="B570" s="1" t="s">
+      <c r="D570" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E570" s="3" t="s">
         <v>2220</v>
       </c>
-      <c r="C570" s="1" t="s">
+      <c r="F570" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G570" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="571" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A571" s="1" t="s">
         <v>2221</v>
       </c>
-      <c r="D570" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E570" s="3" t="s">
+      <c r="B571" s="1" t="s">
         <v>2222</v>
       </c>
-      <c r="F570" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A571" s="1" t="s">
+      <c r="C571" s="1" t="s">
         <v>2223</v>
       </c>
-      <c r="B571" s="1" t="s">
+      <c r="D571" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E571" s="3" t="s">
         <v>2224</v>
       </c>
-      <c r="C571" s="1" t="s">
+      <c r="F571" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G571" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="572" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A572" s="1" t="s">
         <v>2225</v>
       </c>
-      <c r="D571" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E571" s="3" t="s">
+      <c r="B572" s="1" t="s">
         <v>2226</v>
       </c>
-      <c r="F571" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A572" s="1" t="s">
+      <c r="C572" s="1" t="s">
         <v>2227</v>
       </c>
-      <c r="B572" s="1" t="s">
+      <c r="D572" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E572" s="3" t="s">
         <v>2228</v>
       </c>
-      <c r="C572" s="1" t="s">
+      <c r="F572" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G572" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="573" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A573" s="1" t="s">
         <v>2229</v>
       </c>
-      <c r="D572" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E572" s="3" t="s">
+      <c r="B573" s="1" t="s">
         <v>2230</v>
       </c>
-      <c r="F572" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A573" s="1" t="s">
+      <c r="C573" s="1" t="s">
         <v>2231</v>
       </c>
-      <c r="B573" s="1" t="s">
+      <c r="D573" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E573" s="3" t="s">
         <v>2232</v>
       </c>
-      <c r="C573" s="1" t="s">
+      <c r="F573" s="3" t="s">
         <v>2233</v>
       </c>
-      <c r="D573" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E573" s="3" t="s">
+      <c r="G573" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="574" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A574" s="1" t="s">
         <v>2234</v>
       </c>
-      <c r="F573" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A574" s="1" t="s">
+      <c r="B574" s="1" t="s">
         <v>2235</v>
       </c>
-      <c r="B574" s="1" t="s">
+      <c r="C574" s="1" t="s">
         <v>2236</v>
       </c>
-      <c r="C574" s="1" t="s">
+      <c r="D574" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E574" s="3" t="s">
         <v>2237</v>
       </c>
-      <c r="D574" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E574" s="3" t="s">
+      <c r="F574" s="3" t="s">
+        <v>2233</v>
+      </c>
+      <c r="G574" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="575" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A575" s="1" t="s">
         <v>2238</v>
       </c>
-      <c r="F574" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A575" s="1" t="s">
+      <c r="B575" s="1" t="s">
         <v>2239</v>
       </c>
-      <c r="B575" s="1" t="s">
+      <c r="C575" s="1" t="s">
         <v>2240</v>
       </c>
-      <c r="C575" s="1" t="s">
+      <c r="D575" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E575" s="3" t="s">
         <v>2241</v>
       </c>
-      <c r="D575" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E575" s="3" t="s">
+      <c r="F575" s="3" t="s">
+        <v>2233</v>
+      </c>
+      <c r="G575" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="576" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A576" s="1" t="s">
         <v>2242</v>
       </c>
-      <c r="F575" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A576" s="1" t="s">
+      <c r="B576" s="1" t="s">
         <v>2243</v>
       </c>
-      <c r="B576" s="1" t="s">
+      <c r="C576" s="1" t="s">
         <v>2244</v>
       </c>
-      <c r="C576" s="1" t="s">
+      <c r="D576" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E576" s="3" t="s">
         <v>2245</v>
       </c>
-      <c r="D576" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E576" s="3" t="s">
+      <c r="F576" s="3" t="s">
+        <v>2233</v>
+      </c>
+      <c r="G576" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="577" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A577" s="1" t="s">
         <v>2246</v>
       </c>
-      <c r="F576" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A577" s="1" t="s">
+      <c r="B577" s="1" t="s">
         <v>2247</v>
       </c>
-      <c r="B577" s="1" t="s">
+      <c r="C577" s="1" t="s">
         <v>2248</v>
       </c>
-      <c r="C577" s="1" t="s">
+      <c r="D577" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E577" s="3" t="s">
         <v>2249</v>
       </c>
-      <c r="D577" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E577" s="3" t="s">
+      <c r="F577" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G577" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="578" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A578" s="1" t="s">
         <v>2250</v>
       </c>
-      <c r="F577" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A578" s="1" t="s">
+      <c r="B578" s="1" t="s">
         <v>2251</v>
       </c>
-      <c r="B578" s="1" t="s">
+      <c r="C578" s="1" t="s">
         <v>2252</v>
       </c>
-      <c r="C578" s="1" t="s">
+      <c r="D578" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E578" s="3" t="s">
         <v>2253</v>
       </c>
-      <c r="D578" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E578" s="3" t="s">
+      <c r="F578" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G578" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="579" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A579" s="1" t="s">
         <v>2254</v>
       </c>
-      <c r="F578" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A579" s="1" t="s">
+      <c r="B579" s="1" t="s">
         <v>2255</v>
       </c>
-      <c r="B579" s="1" t="s">
+      <c r="C579" s="1" t="s">
         <v>2256</v>
       </c>
-      <c r="C579" s="1" t="s">
+      <c r="D579" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E579" s="3" t="s">
         <v>2257</v>
       </c>
-      <c r="D579" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E579" s="3" t="s">
+      <c r="F579" s="3" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G579" s="3" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="580" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A580" s="1" t="s">
         <v>2258</v>
       </c>
-      <c r="F579" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A580" s="1" t="s">
+      <c r="B580" s="1" t="s">
         <v>2259</v>
       </c>
-      <c r="B580" s="1" t="s">
+      <c r="C580" s="1" t="s">
         <v>2260</v>
       </c>
-      <c r="C580" s="1" t="s">
+      <c r="D580" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E580" s="3" t="s">
         <v>2261</v>
       </c>
-      <c r="D580" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E580" s="3" t="s">
+      <c r="F580" s="3" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G580" s="3" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="581" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A581" s="1" t="s">
         <v>2262</v>
       </c>
-      <c r="F580" s="3" t="s">
-[...3 lines deleted...]
-        <v>999</v>
+      <c r="B581" s="1" t="s">
+        <v>2263</v>
+      </c>
+      <c r="C581" s="1" t="s">
+        <v>2264</v>
+      </c>
+      <c r="D581" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E581" s="3" t="s">
+        <v>2265</v>
+      </c>
+      <c r="F581" s="3" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G581" s="3" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="582" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A582" s="1" t="s">
+        <v>2266</v>
+      </c>
+      <c r="B582" s="1" t="s">
+        <v>2267</v>
+      </c>
+      <c r="C582" s="1" t="s">
+        <v>2268</v>
+      </c>
+      <c r="D582" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E582" s="3" t="s">
+        <v>2269</v>
+      </c>
+      <c r="F582" s="3" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G582" s="3" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="583" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A583" s="1" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B583" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C583" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="D583" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E583" s="3" t="s">
+        <v>2273</v>
+      </c>
+      <c r="F583" s="3" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G583" s="3" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="584" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A584" s="1" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B584" s="1" t="s">
+        <v>2275</v>
+      </c>
+      <c r="C584" s="1" t="s">
+        <v>2276</v>
+      </c>
+      <c r="D584" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E584" s="3" t="s">
+        <v>2277</v>
+      </c>
+      <c r="F584" s="3" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G584" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="585" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A585" s="1" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B585" s="1" t="s">
+        <v>2279</v>
+      </c>
+      <c r="C585" s="1" t="s">
+        <v>2280</v>
+      </c>
+      <c r="D585" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E585" s="3" t="s">
+        <v>2281</v>
+      </c>
+      <c r="F585" s="3" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G585" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="586" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A586" s="1" t="s">
+        <v>2282</v>
+      </c>
+      <c r="B586" s="1" t="s">
+        <v>2283</v>
+      </c>
+      <c r="C586" s="1" t="s">
+        <v>2284</v>
+      </c>
+      <c r="D586" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E586" s="3" t="s">
+        <v>2285</v>
+      </c>
+      <c r="F586" s="3" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G586" s="3" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="587" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A587" s="1" t="s">
+        <v>2286</v>
+      </c>
+      <c r="B587" s="1" t="s">
+        <v>2287</v>
+      </c>
+      <c r="C587" s="1" t="s">
+        <v>2288</v>
+      </c>
+      <c r="D587" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E587" s="3" t="s">
+        <v>2289</v>
+      </c>
+      <c r="F587" s="3" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G587" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="588" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A588" s="1" t="s">
+        <v>2290</v>
+      </c>
+      <c r="B588" s="1" t="s">
+        <v>2291</v>
+      </c>
+      <c r="C588" s="1" t="s">
+        <v>2292</v>
+      </c>
+      <c r="D588" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E588" s="3" t="s">
+        <v>2293</v>
+      </c>
+      <c r="F588" s="3" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G588" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="589" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A589" s="1" t="s">
+        <v>2294</v>
+      </c>
+      <c r="B589" s="1" t="s">
+        <v>2295</v>
+      </c>
+      <c r="C589" s="1" t="s">
+        <v>2296</v>
+      </c>
+      <c r="D589" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E589" s="3" t="s">
+        <v>2297</v>
+      </c>
+      <c r="F589" s="3" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G589" s="3" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="590" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A590" s="1" t="s">
+        <v>2298</v>
+      </c>
+      <c r="B590" s="1" t="s">
+        <v>2299</v>
+      </c>
+      <c r="C590" s="1" t="s">
+        <v>2300</v>
+      </c>
+      <c r="D590" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E590" s="3" t="s">
+        <v>2301</v>
+      </c>
+      <c r="F590" s="3" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G590" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="591" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A591" s="1" t="s">
+        <v>2302</v>
+      </c>
+      <c r="B591" s="1" t="s">
+        <v>2303</v>
+      </c>
+      <c r="C591" s="1" t="s">
+        <v>2304</v>
+      </c>
+      <c r="D591" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E591" s="3" t="s">
+        <v>2305</v>
+      </c>
+      <c r="F591" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G591" s="3" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="592" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A592" s="1" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B592" s="1" t="s">
+        <v>2307</v>
+      </c>
+      <c r="C592" s="1" t="s">
+        <v>2308</v>
+      </c>
+      <c r="D592" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E592" s="3" t="s">
+        <v>2309</v>
+      </c>
+      <c r="F592" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="G592" s="3" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="593" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A593" s="1" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B593" s="1" t="s">
+        <v>2311</v>
+      </c>
+      <c r="C593" s="1" t="s">
+        <v>2312</v>
+      </c>
+      <c r="D593" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E593" s="3" t="s">
+        <v>2313</v>
+      </c>
+      <c r="F593" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="G593" s="3" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="594" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A594" s="1" t="s">
+        <v>2314</v>
+      </c>
+      <c r="B594" s="1" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C594" s="1" t="s">
+        <v>2316</v>
+      </c>
+      <c r="D594" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E594" s="3" t="s">
+        <v>2317</v>
+      </c>
+      <c r="F594" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="G594" s="3" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="595" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A595" s="1" t="s">
+        <v>2318</v>
+      </c>
+      <c r="B595" s="1" t="s">
+        <v>2319</v>
+      </c>
+      <c r="C595" s="1" t="s">
+        <v>2320</v>
+      </c>
+      <c r="D595" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E595" s="3" t="s">
+        <v>2321</v>
+      </c>
+      <c r="F595" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G595" s="3" t="s">
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">