--- v0 (2026-01-15)
+++ v1 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4519">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4356">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -188,50 +188,62 @@
   <si>
     <t>Карандаш ч г  quot;Evolution quot; HB, с ластиком, заточен.: 880332 штр.:  3086123275133</t>
   </si>
   <si>
     <t>Карандаш ч/г &amp;quot;Evolution&amp;quot; HB, с ластиком, заточен.: 880332</t>
   </si>
   <si>
     <t>23242</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bic/"&gt;BIC&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/592/592915e552e5c193cbc76094cc257de2.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г  quot;ASTRA quot; HB, с ластиком, заточен.: 1380002017KSRV штр.:  8593539183167</t>
   </si>
   <si>
     <t>Карандаш ч/г &amp;quot;ASTRA&amp;quot; HB, с ластиком, заточен.: 1380002017KSRV</t>
   </si>
   <si>
     <t>23243</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/44c/44ccf4e9a408fa5cd35a144b7f9d2cbd.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш ч г  quot;ALPHA quot; HB серый корпус, заточен.: 1703002020KSRV штр.:  8593539181125</t>
+  </si>
+  <si>
+    <t>Карандаш ч/г &amp;quot;ALPHA&amp;quot; HB серый корпус, заточен.: 1703002020KSRV</t>
+  </si>
+  <si>
+    <t>23244</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d93/d93685e53653cc621ff4fe0dc4f449f8.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г  quot;ALPHA quot; 3B красный корпус, заточен.: 1703001020KSRV штр.:  8593539181118</t>
   </si>
   <si>
     <t>Карандаш ч/г &amp;quot;ALPHA&amp;quot; 3B красный корпус, заточен.: 1703001020KSRV</t>
   </si>
   <si>
     <t>23245</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f9b/d0hcubimiienyu6oro6hpda801awxddx.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BIC EVOLUTION НВ шестигранный с заточкой, устойчив к мех. возд.   880311</t>
   </si>
   <si>
     <t>Чернографитный шестигранный заточенный карандаш из пластика. Его можно ронять и сгибать, но стержень от этого не сломается. Абсолютно безопасный, так как острых краев на изломе не образует.</t>
   </si>
   <si>
     <t>105459</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b9d/tj3eg4ueycxa2md42dcsi4lpgu08j2av.jpg</t>
@@ -422,50 +434,59 @@
   <si>
     <t>http://anytos.ru//upload/iblock/df6/ri4j2ab3j3jz4cktf6v1z5m13dt1kt9u.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографит. KOH-I-NOOR 1500 F заточенный шестигранный: 1500-F штр.: 8593539092360</t>
   </si>
   <si>
     <t>105498</t>
   </si>
   <si>
     <t>Карандаш чернографит. KOH-I-NOOR 1500 Н заточенный шестигранный: 1500-H штр.: 8593539092377</t>
   </si>
   <si>
     <t>105499</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/169/8t2tdwmzx7jtb6dgxs1ym6xqzphecazi.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографит.  KOH-I-NOOR 1500 В заточенный шестигранный: 1500-B штр.: 8593539092353</t>
   </si>
   <si>
     <t>105500</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/274/n0dhs7v75gzaoqo0eo4sti10olzwwta7.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографит. KOH-I-NOOR 1500 НВ заточенный шестигранный: 1500-HB штр.: 8593539092537</t>
+  </si>
+  <si>
+    <t>105501</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6a5/h1lz5vhirj3wviw12t8wvrl3incyum43.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографит. KOH-I-NOOR 1602 НВ заточенный шестигранный: 1602 штр.: 8593539119241</t>
   </si>
   <si>
     <t>105502</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6c8/cg9ysqm0noc64u2sqfeqe7w3qfga3h7i.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографит. KOH-I-NOOR 1672 НВ заточенный шестигранный: 1672 штр.: 8593539121909</t>
   </si>
   <si>
     <t>Заточенный шестигранный чернографитный карандаш. Прочный стержень. Корпус карандаша может иметь разные цвета в стиле металлик.</t>
   </si>
   <si>
     <t>105504</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9fe/p1il27b415e8jl3sok184o0i91ii90ip.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографит. KOH-I-NOOR 1702 1 3В заточенный шестигранный: 1702 1 штр.: 8593539160120</t>
@@ -476,59 +497,50 @@
   <si>
     <t>105512</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/541/nn67wrylxfm9mjyz3soit2gbyy3dt04a.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографит. KOH-I-NOOR 1702 2 НВ заточенный шестигранный: 1702 2 штр.: 8593539160144</t>
   </si>
   <si>
     <t>105513</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed8/rzvld80bbk7qonplmkpdq216dekvjlfv.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографит. KOH-I-NOOR 1860 2В шестигранный с заточкой</t>
   </si>
   <si>
     <t>Карандаш чернографитный KOH-I-NOOR 1860 2В шестигранный с заточкой</t>
   </si>
   <si>
     <t>105522</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a3b/smhbc15lei73bik6w6equuebaslr9rot.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ac5/aj919grs7nvdt3r4by7pm1echti5cr9w.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографит. KOH-I-NOOR 1860 НВ заточенный шестигранный: 1860-HB штр.: 8593539093404</t>
   </si>
   <si>
     <t>105526</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1f7/4sl7mdjqbcqkoky0564g3a429h5ft530.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографит. KOH-I-NOOR Progresso Aquarell 4В круглый: 8912-4B штр.: 8593539004448</t>
   </si>
   <si>
     <t>105527</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a2/1xr1k3qifrphatp80vidk90291cpuvoy.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографит. ЧЕРЕПУШКИ НВ заточенный круглый, в тубусе 48 шт. уп.: КЧ-НВ-ЧЕР штр.: 4602723025634</t>
   </si>
   <si>
     <t>105548</t>
@@ -557,108 +569,69 @@
   <si>
     <t>105556</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/027/30ylo7eyroaam1tz1chpat0mlrdx8lw7.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографит. inФОРМАТ CONTOUR НВ с ластиком заточенный трехгранный, в тубусе 48 шт.: PTNBZT-HB штр.: 4602723036753</t>
   </si>
   <si>
     <t>Карандаш чернографитный CONTOUR. Корпус выполнен в класических цветах, с белыми полосками. Ластик белого цвета, надежно закреплён металлическим кольцом.Характеристики:- Ластик белого цвета- Трехгранный- ЗаточенныйПредлагаются карандаши в удобном пластиковом тубусе с цветной этикеткой по 48 шт.</t>
   </si>
   <si>
     <t>105557</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/446/nwop4ind1cda0bef0qothpxa71nn779n.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографит. inФОРМАТ DARK НВ с ластиком заточенный круглый, черный корпус: PCNBB-HB штр.: 4602723003403</t>
   </si>
   <si>
     <t>105558</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/560/oajno4g0dxozfe3nzqpsaxyyxli400hz.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/643/e02qw02s7km6of6fl150w0fhbg51g8pf.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографит. inФОРМАТ METALLIC НВ с ластиком заточенный круглый, серебристый корпус: PCNBM-HB штр.: 4602723003410</t>
   </si>
   <si>
     <t>105561</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/27f/pmgm6xn160ajt3gy8gau3d8xtcjr2ka5.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d1d/7tumgi2pq53pvv9q93p9m58m0aguxr6w.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографит. inФОРМАТ OFFICE НВ с ластиком заточенный шестигранный: PLNB-HB штр.: 4602723003441</t>
   </si>
   <si>
     <t>Карандаш чернографитный заточенный шестигранный. Корпус цвета металлик. Цвета в ассортименте. С белым ластиком.</t>
   </si>
   <si>
     <t>105563</t>
-  </si>
-[...10 lines deleted...]
-    <t>105564</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/57b/rpm5pa6r0bi5qk715my5r4ziwexyxxy6.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографит. inФОРМАТ ZEBRA НВ с ластиком заточенный шестигранный: PPNBZ-HB штр.: 4602723003434</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаш чернографитный Zebra. Корпус цветной, с белыми полосками. Надпись - тиснение золотого цвета. В ассортименте цвета: зеленый, синий, красный, желтый. &lt;br /&gt;
 Помимо стандартной упаковки предлагаются карандаши в удобном пластиковом тубусе с цветной этикеткой. Ластик белого цвета, надежно закреплён металлическим кольцом. </t>
   </si>
   <si>
     <t>105565</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4f/pqj3iwoj874fpyobo1b11qlzgsaxs18e.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографит. KOH-I-NOOR PUZZLE 1231 НВ с ластиком заточенный круглый: 1231 штр.: 8593539082064</t>
   </si>
   <si>
     <t>Карандаш чернографитный с ластиком. Твердость грифеля: HB. Материал корпуса: дерево.</t>
   </si>
   <si>
     <t>105566</t>
@@ -693,175 +666,124 @@
   <si>
     <t>105570</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dd0/auhl3vmx5j6ivt28ppr7mkpqdzwjtmtw.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографит. KOH-I-NOOR ТАБЛИЦА УМНОЖЕНИЯ НВ с ластиком заточенный круглый: 1231 77 штр.: 8593539194910</t>
   </si>
   <si>
     <t>105571</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be8/3um0hda2or1o1u1x2f4l32zwxc198n96.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографит. schoolФОРМАТ CLASSIC НВ с ластиком заточенный шестигранный: КЧ11-HB штр.: 4602723010876</t>
   </si>
   <si>
     <t>Карандаш чернографитный с ластиком заточенный. Модель Classic имеет шестигранный корпус.</t>
   </si>
   <si>
     <t>105573</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/667/nrx8r1kyojsojvvyj1t7fdf635bjau35.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2cd/jywinvoffsmnv12zlr62svy564izdoyc.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный EVOLUTION STRIPES НВ ластик шестигранный с заточкой   896034</t>
   </si>
   <si>
     <t>Чернографитный шестигранный заточенный карандаш из пластика, произведен без использования дерева. Его можно ронять и сгибать - стержень не сломается. Абсолютно безопасен, так как острых краев на изломе не образует, и не расщепляется при механическом воздействии. Цвет корпуса в ассортименте.&amp;lt;Br&amp;gt;&amp;lt;B&amp;gt;&amp;nbsp;&amp;nbsp;Характеристики:&amp;nbsp;&amp;nbsp; &amp;lt;/B&amp;gt;&amp;lt;Br&amp;gt;&amp;lt;table class=&amp;quot;char-table&amp;quot;&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Название дизайна, серии, модели, бренда: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;EVOLUTION STRIPES&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Материал: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;пластик&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Наличие ластика: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;Да&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Твердость: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;НВ&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Вид карандашей: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;Карандаш чернографит.&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Цвет корпуса: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;ассорти&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Наличие заточки: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;Да&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Профиль карандаша: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;шестигранный&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Спецификация карандаша: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;заточенный&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;/table&amp;gt;&amp;lt;/div&amp;gt;</t>
   </si>
   <si>
     <t>105581</t>
-  </si>
-[...19 lines deleted...]
-    <t>105590</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49a/fwyx6gohwgvz0uidmig6awsvtiiuwmn4.jpg</t>
   </si>
   <si>
     <t>Набор чернографит.каранд KOH-I-NOOR 1502 3 12 шт 5В-5Н заточенные мет к: 1502 III штр.: 8593539022220</t>
   </si>
   <si>
     <t>105591</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef4/0kwko41v4j7ilro8764i0fw6hnaivj91.jpg</t>
   </si>
   <si>
     <t>Набор чернографитных карандашей АРТформат 6 шт. уп. 6 оттенков серого трехгранные AF03-011-06</t>
   </si>
   <si>
     <t>Набор предназначен для выполнения различных графических работ: рисунков, чертежей, зарисовок, набросков и т. д. Такими карандашами можно делать контурный рисунок, штриховку, добиваясь разной напряженности тона в зависимости от выбранной степени твердости. &lt;br /&gt;
 Рисунки чернографитным карандашом имеют сероватый тон с легким блеском, в них не бывает интенсивной черноты. Карандаши хорошо поддаются стиранию или растушевке ластиком и держатся на бумаге без закрепления. Карандаши имеют эргономичную трехгранную форму. &lt;br /&gt;
 Основные преимущества набора: &lt;br /&gt;
 - Цвет корпуса, соответствует степени твердости грифеля карандаша. &lt;br /&gt;
 - Карандаши имеют стильный матовый дизайн корпуса. &lt;br /&gt;
 - Набор карандашей АРТформат может использоваться как любителями, так и профессиональными художниками.</t>
   </si>
   <si>
     <t>105594</t>
   </si>
   <si>
     <t>&lt;a href="/brands/artformat/"&gt;АРТформат&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/832/dyrde8m58zmj3pq0cpy98a5nfku7cyul.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/97b/nwh726q7ma2gec3sx7rm6u12bf9c2077.jpg</t>
   </si>
   <si>
     <t>Набор чернографит.каранд. KOH-I-NOOR 1696 шестигранные с заточкой, 10 шт. уп. 1696 10</t>
   </si>
   <si>
     <t>Набор заточенных конструкторских карандашей. Ластик отсутствует. В наборе идут карандаши с разной степенью твердости.</t>
   </si>
   <si>
     <t>105598</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e34/fj1u9ngy0z82p9ls357xiq8c32tp96ln.jpg</t>
   </si>
   <si>
     <t>Набор чернографитных карандашей. KOH-I-NOOR 1696 шестигранные с заточкой, 12 шт. уп.   1696 12</t>
   </si>
   <si>
     <t>105599</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a8e/69wtk11itcef5n2jzb9t25snut9kvbv4.jpg</t>
   </si>
   <si>
     <t>Набор чернографит.каранд KOH-I-NOOR 1696 3 шт. уп. В-Н заточенные шестигранные: 1696 03 штр.: 8593539101260</t>
   </si>
   <si>
     <t>105600</t>
   </si>
   <si>
+    <t>48</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f9d/yv7f6jl3sxguujhzk0int5cz4zjvrn2u.jpg</t>
   </si>
   <si>
     <t>Набор чернографит.каранд KOH-I-NOOR 1696 6 шт. уп. 2В-2Н заточенные шестигранные: 1696 06 штр.: 8593539275398</t>
   </si>
   <si>
     <t>105601</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9d7/9d761036e2cde6b891906407b9e56e32.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г  quot;Таблица умножения quot; HB, с ластиком, заточен.: 1231002477KSNV штр.:  8593539194910</t>
   </si>
   <si>
     <t>Карандаш ч/г &amp;quot;Таблица умножения&amp;quot; HB, с ластиком, заточен.: 1231002477KSNV Профессиональные высококачественные чернографитные карандаши из дерева подходят для чертежных и оформительских работ с ластиком. На корпус карандаша нанесено изображение таблицы умножения. Твердость грифеля - HB.</t>
   </si>
   <si>
     <t>213642</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d84/d840ced4ee16890d1e33fec2ab2ceff7.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г 1500 5Н, заточен.: 150005H01170 штр.:  8593539005957</t>
@@ -873,50 +795,62 @@
     <t>217405</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b1/9b1afef52c02e196c2d5638f74a403bb.jpg</t>
   </si>
   <si>
     <t>Набор карандашей ч г  quot;1500 ART quot; 12шт., 8B-2H, заточен., метал. пенал: 1502012008PL штр.:  8593539022213</t>
   </si>
   <si>
     <t>Набор карандашей ч/г &amp;quot;1500 ART&amp;quot; 12шт., 8B-2H, заточен., метал. пенал: 1502012008PL</t>
   </si>
   <si>
     <t>218381</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/428/428a36537a5a952f8c74ab9a30a98d84.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г 1500 F, заточен.: 150000F01170RU штр.:  8593539092360</t>
   </si>
   <si>
     <t>Карандаш ч/г 1500 F, заточен.: 150000F01170RU</t>
   </si>
   <si>
     <t>235159</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ca/2ca336f6a01716d442812c42f8f2e4b9.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш ч г  quot;ORIENTAL quot; HB, с ластиком, заточен.: 1372002012KSRV штр.:  8593539166757</t>
+  </si>
+  <si>
+    <t>Карандаш ч/г &amp;quot;ORIENTAL&amp;quot; HB, с ластиком, заточен.: 1372002012KSRV</t>
+  </si>
+  <si>
+    <t>235160</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/496/4965607b8b059734511a53fcd5172f1b.jpg</t>
   </si>
   <si>
     <t>Набор карандашей ч г 1696 10шт., 2H-2B, заточен., европодвес: 1696010042TE штр.:  8593539101307</t>
   </si>
   <si>
     <t>Набор карандашей ч/г 1696 10шт., 2H-2B, заточен., европодвес: 1696010042TE</t>
   </si>
   <si>
     <t>235163</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a4/2a4ad6242f83f20b87f8176022545c97.jpg</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных 1696 3шт., Н, HB, В, заточен., европодвес: 1696003040TE штр.:  8593539101277</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных 1696 3шт., Н, HB, В, заточен., европодвес: 1696003040TE штр.:&amp;nbsp;&amp;nbsp;8593539101277. &lt;br /&gt;
 Набор конструкторских чернографитных карандашей без ластика различной твердости, заточенные. Отлично подойдут для школы, офиса. Из натурального дерева. В наборе 3 штуки.</t>
@@ -1176,63 +1110,63 @@
   <si>
     <t>http://anytos.ru//upload/iblock/dc5/dc5aea1b782aaf56fdb1419fd6857edb/e20f5c252d279e297f7d4ddc365032cf.jpg</t>
   </si>
   <si>
     <t>Карандаш Attache Selection Megapolis, НВ, без ластика, заточенный</t>
   </si>
   <si>
     <t>Карандаш чернографитный Attache Selection Megapolis в круглом деревянном корпусе. Оригинальный неоновый корпус подчеркивается черным цветом. Многослойное лаковое покрытие с шелковистым эффектом. Поставляется заточенным, не снабжен ластиком. Твердость грифеля - HB. Легко затачивается.</t>
   </si>
   <si>
     <t>250304</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a1b/a1b277ef0cb8732013dd61518f865ba4/4590757745ed54dacf959f0805f6ea3f.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Attache selection Power заточ.,с ласт. штр.  2000200097792, 6935034610168</t>
   </si>
   <si>
     <t>Карандаш чернографитный Attache Selection Power в трехгранном деревянном корпусе. Многослойное лаковое покрытие с шелковистым эффектом. Простые карандаши с ластиком поставляются заточенными. Твердость грифеля - HB. Легко затачивается.&amp;lt;br /&amp;gt;</t>
   </si>
   <si>
     <t>250306</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f8b/f8b9a2d646bb7f2737116e16dc7e8fc0/065759b82181fc610cea80c406499e1d.jpg</t>
-[...11 lines deleted...]
-    <t>&lt;a href="/brands/stabilo/"&gt;Stabilo&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/767/7678aeeb50602c359c1db461192d6317/45be6d00f5d98e4ab4245bdc0d561e51.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный Attache с ластиком штр.  2000200046066, 4620004207722, 6953070936912, 6953070936929, 6953070936936</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный Attache в шестигранном деревянном корпусе. Поставляется незаточенным, снабжен ластиком. Твердость грифеля - HB.</t>
+  </si>
+  <si>
+    <t>250308</t>
+  </si>
+  <si>
+    <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33d/33d8ff39c0ef494b1d8f4da6738305f4/0cab23f948cb1383d4d80d225b65e53c.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный KOH-I-NOOR 1372 ORIENTAL с ластиком Чехия штр.  8593539008507, 8593539115373, 8593539121725, 8593539121732, 8593539121749, 8593539121756, 8593539121763, 8593539121770, 8593539166757, 8593539166764</t>
   </si>
   <si>
     <t>Карандаш чернографитный Koh-I-Noor 1372 Oriental в деревянном шестигранном корпусе. Оптимален для художественных работ и черчения. Простой карандаш с ластиком Koh-I-Noor поставляется заточенным. Твердость грифеля - НВ. Страна производства - Чехия.</t>
   </si>
   <si>
     <t>250323</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/326/326163b164b92f3bb1664662d21dae29/756a8dde1f895b24122e60fd31b1768e.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный KOH-I-NOOR 1380 ASTRA с ластиком Чехия штр.  8593539056683, 8593539106043, 8593539115380, 8593539121817, 8593539121824, 8593539121848</t>
   </si>
   <si>
     <t>Карандаш чернографитный Koh-I-Noor 1380 Astra в шестигранном деревянном корпусе. Оптимален для художественных работ и черчения. Простой карандаш с ластиком Koh-I-Noor поставляется заточенным. Твердость грифеля - НВ.&amp;lt;br /&amp;gt;</t>
   </si>
   <si>
     <t>250324</t>
   </si>
@@ -1333,50 +1267,62 @@
     <t>250333</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a8/1a8a54253bc66c13f8b21e1130f580a7/1210ba1f3a2ddb70c9e9abc0b8fef754.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный KOH-I-NOOR 1500 H Чехия штр.  8593539006053, 8593539092377</t>
   </si>
   <si>
     <t>Карандаш чернографитный Koh-I-Noor 1500 в шестигранном деревянном корпусе, покрытом двухцветным лаком на водной основе. Поставляется заточенным, не оснащен ластиком. Твердость грифеля - Н. Страна производства - Чехия.</t>
   </si>
   <si>
     <t>250334</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/64b/64b599b917277ef47d72b0027df1a87f/8bc45c3d019b1c73c3c54eeeadd24bbb.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный KOH-I-NOOR 1500 HB Чехия штр.  8593539006060, 8593539092537</t>
   </si>
   <si>
     <t>Карандаш чернографитный Koh-I-Noor 1500 в шестигранном деревянном корпусе, покрытом двухцветным лаком на водной основе. Поставляется заточенным, не оснащен ластиком. Твердость грифеля - НВ. Страна производства - Чехия.</t>
   </si>
   <si>
     <t>250335</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/31a/31a9f6c4ee5b73a603cce276ee548f13.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный KOH-I-NOOR 1502 III 5B-5H 12шт. наб.Чехия штр.  8593539022220, 8593539023463</t>
+  </si>
+  <si>
+    <t>Набор чернографитных карандашей Koh-I-Noor 1502/III в металлическом пенале с откидной крышкой. Предназначены для профессионального художественного творчества. Изготовлены из древесины калифорнийского кедра. Надпись на деревянном шестигранном корпусе нанесена методом тиснения. Карандаши поставляются заточенными, не снабжены ластиком. В наборе 12 карандашей разной степени твердости грифеля - от 5B до 5H. Графитовый стержень имеет высокую степень прочности, легко затачивается любой точилкой. Страна производства - Чехия.</t>
+  </si>
+  <si>
+    <t>250338</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/209/20965260773ba02d5338902b619748b9/3ece517d83248c1ce17936009b0b2da8.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный KOH-I-NOOR 1696 06 конструкторский Чехия штр.  8593539101291, 8593539248620</t>
   </si>
   <si>
     <t>Набор чернографитных карандашей Koh-I-Noor 1696/06 в упаковке в европодвесом. Оптимальны для чертежных работ. Шестигранный деревянный корпус имеет многослойное лаковое покрытие. В наборе 6 карандашей разной степени твердости - от 2В до 2Н. Карандаши поставляются заточенными, не оснащены ластиком. Страна производства - Чехия.</t>
   </si>
   <si>
     <t>250340</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e94/e94439d7921395b9b24dad3f5c58985b/beb46b8878a98a2a0b37ba4899bf7fbb.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный KORES трехгранный HB без ластика 92301 штр.  9023800923011</t>
   </si>
   <si>
     <t>Чернографитовый трехгранный карандаш KORES 92301, без ластика.Карандаш гарантирует гладкое и мягкое письмо.Обладает элегантным матовым черным корпусом.Выполнен из высококачественной древесины, что обеспечивает легкую заточку.Стержень приклеен по всей длине корпуса.Прочный ударостойкий грифель.Не царапает бумагу.Идеально подходит для дома, офиса и школы.Диаметр грифеля: 2,2мм.Мягкость грифеля: НВ.</t>
   </si>
   <si>
     <t>250345</t>
   </si>
@@ -1647,68 +1593,68 @@
   <si>
     <t>http://anytos.ru//upload/iblock/923/9234d922927beb2609a12836960d10f8.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Koh-I-Noor  quot;1500 quot; 8Н, заточен. 150008H01170</t>
   </si>
   <si>
     <t>Карандаш KOH-I-NOOR с обозначением &amp;quot;1500&amp;quot; — это самый известный графитный карандаш в мире.&amp;nbsp;&amp;nbsp;Профессиональные высококачественные чернографитные карандаши &amp;quot;1500&amp;quot; подходят для чертежных и оформительских работ. Твердость грифеля – 8Н.</t>
   </si>
   <si>
     <t>340921</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/77e/x6r9xpkabtrrtujr3udz72clkno55ove.jpg</t>
   </si>
   <si>
     <t>Карандаш пластиковый LITE НВ с ластиком PLNBPLL-HB</t>
   </si>
   <si>
     <t>342997</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/006/bwny0yiu1sq4bygz24bbgds99c87dedf.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш inФОРМАТ чернографитный MATE шестигранный корпус заточенный в тубусе 48 шт. HB без ластика PGNBLM-HB</t>
+  </si>
+  <si>
+    <t>343015</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c63/b497h7r5bq3e8eqlj0yc3fpixpg5g4uf.jpg</t>
   </si>
   <si>
     <t>Карандаш inФОРМАТ чернографитный NEON трехгранный корпус заточенный в тубусе 48 шт. HB с ластиком PGNBLN-HB</t>
   </si>
   <si>
     <t>343016</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d6a/ul54p2z7ditwzz1arfxfvq4qk20clqnv.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/811/nzd0jm92i7h5qc7wyg35h8tsmplydunx.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографит. LITE НВ с ластиком незаточенный шестигранный  PLNBYL-HB</t>
   </si>
   <si>
     <t>Поставляется незаточенным, оснащен мягким розовым ластиком. Чтобы грифель карандаша не ломался внутри корпуса, применяется специальная технология дополнительного проклеивания стержня специальной клеевой системой. Твердость грифеля — НВ.</t>
   </si>
   <si>
     <t>348893</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/684/4jme391loc0ow8sb36avhr1q6eg6yzs9.jpg</t>
   </si>
   <si>
     <t>Набор карандашей ч г ArtSpace  quot;Графика quot;, 6шт., 2H-2B, заточен., пакет, европодвес HY009_15113</t>
   </si>
   <si>
     <t>Набор чернографитных карандашей из натурального дерева различной твердости, 2H &amp;#40;2Т&amp;#41;, H &amp;#40;Т&amp;#41;, HB &amp;#40;ТМ&amp;#41;, B &amp;#40;М&amp;#41;, 2B &amp;#40;2М&amp;#41;. В наборе 6 карандашей, заточенные, шестигранный корпус. Отлично подходят для выполнения чертежных, технических, графических и художественных работ. Цвет корпуса - натуральное дерево, упаковка - пакет с европодвесом.</t>
   </si>
   <si>
     <t>350129</t>
   </si>
   <si>
     <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
@@ -1776,161 +1722,164 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a6f/a6ffecdce05632737d38b38f2a30ae73.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Мульти-Пульти  quot;Приключения Енота quot; HB, с ласт., круглый, заточ.,рисунок на корп. ассорти BP_16678</t>
   </si>
   <si>
     <t>Чернографитный карандаш из липы, с ластиком, с заточкой. Подходит для черчения и рисования. Диаметр грифеля 2,2мм, твердость HB, круглая форма, штрих-код на корпусе. Цветная печать на корпусе в трех исполнениях. Упаковка в тубу по 72шт. Для детей старше 3-х лет.</t>
   </si>
   <si>
     <t>350767</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/980/9800d73cfe8b1d72eb627cb72321c438.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Мульти-Пульти  quot;Приключения Енота quot; HB, с ластиком, трехгран., заточен., ассорти BP_16680</t>
   </si>
   <si>
     <t>Чернографитный карандаш из липы, с ластиком, с заточкой. Подходит для черчения и рисования. Диаметр грифеля 2,2мм, твердость HB, эргономичная трехгранная форма, штрих-код на корпусе. Цвета ассорти. Упаковка в тубу по 72шт. Для детей старше 3-х лет.</t>
   </si>
   <si>
     <t>350768</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8bf/8bfcc79fae51cbf67f59424e5c87b2c2.jpg</t>
-[...8 lines deleted...]
-    <t>351219</t>
+    <t>http://anytos.ru//upload/iblock/82c/82cee8de2a8e3f6436ca4f49cb13906b.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш ч г Berlingo  quot;Flexy Neon quot; HB, черное дерево, заточен., пластиковый, ассорти. BP00885</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный, пластиковый. Стильный неоновый корпус в сочетании с черным цветом пластика и лого. Индивидуальный ШК на каждом карандаше. 2мм грифель. Легко затачивается, максимально устойчивый к повреждениям.</t>
+  </si>
+  <si>
+    <t>355288</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c6/hcwlp5mqva31nqczgdqvu372u75imjy7.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный DAISY НВ с ластиком заточенный трехгранный. КЧ-DA-HB</t>
+  </si>
+  <si>
+    <t>Чернографитные карандаши – один из самых популярных канцелярских товаров. Новые чернографитные карандаши schoolФОРМАТ соответствуют высшим стандартам качества по всем параметрам: Мягкость грифелей всех чернографитных карандашей schoolФОРМАТ - HB, в каждом тубусе от 4 до 6 цветов корпуса. 1. Качественный крепкий грифель не крошится и не ломается при падении 2. Высококачественная древесина позволяет легко затачивать карандаши любой точилкой 3. Качественный пластиковый тубус с вместимостью 48 карандашей удобно размещать на полке и в прикассовой зоне 4. Широкий ассортимент чернографитных карандашей schoolФОРМАТ позволит подобрать оптимальный ассортимент для любой аудитории покупателей 5. Яркие дизайны тубусов и самих карандашей привлекут внимание покупателей любого возраста</t>
+  </si>
+  <si>
+    <t>367011</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eae/052aeaojxa5tk8r5h23kc3uvphwdkpmt.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный ERGONOMIC НВ с ластиком заточенный трехгранный. КЧ-ERG-HB</t>
+  </si>
+  <si>
+    <t>367013</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/945/mxuky3pbu3xl1kw5yhxuo4tcdk7a6w77.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный ТАБЛИЦА УМНОЖЕНИЯ НВ с ластиком заточенный круглый. КЧ-ТУ-HB</t>
+  </si>
+  <si>
+    <t>367017</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c3/4c3553ee64b2a1f1a86e0f6835df3404.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш ч г OfficeSpace, HB, трехгран., заточен., пластиковый, корпус ассорти с полоской. 269150</t>
+  </si>
+  <si>
+    <t>Пластиковый чернографитный карандаш. Полосатый корпус ассорти &amp;#40;зеленый, синий, красный&amp;#41;. Твердость HB. Заточенный.</t>
+  </si>
+  <si>
+    <t>367392</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
-    <t>132</t>
-[...67 lines deleted...]
-  <si>
     <t>108</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/509/509e76d57da409ca5418f86b3d35824f.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г OfficeSpace, HB, трехгран., заточен., пластиковый,с ластиком, корпус ассорти с полоской. 269151</t>
   </si>
   <si>
     <t>Пластиковый чернографитный карандаш с ластиком. Полосатый корпус ассорти &amp;#40;зеленый, синий, красный&amp;#41;. Твердость HB. Заточенный.</t>
   </si>
   <si>
     <t>367393</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/474/m9xm3o5mo21drhedqtxjs3vkck30thjp.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш ч г OfficeSpace, HB, черный корпус, заточен., пластиковый, с ластиком. 269153</t>
+  </si>
+  <si>
+    <t>Пластиковый чернографитный карандаш с ластиком. Черный корпус. Твердость HB. Заточенный.</t>
+  </si>
+  <si>
+    <t>367396</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/453/453f10070ef2fbe855a57f57ab4bc5ca.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Berlingo  quot;Green Series quot; HB, шестигран., заточен., пластик., ассорти. BP00860</t>
   </si>
   <si>
     <t>Чернографитный карандаш, с заточкой, пластиковый. Матовое покрытие с эко-дизайнами ассорти. Суперпрочный грифель, гнущийся корпус. Подходит для черчения и рисования. Диаметр грифеля 2,2мм, твердость HB, шестигранная форма, штрих-код на корпусе.&amp;nbsp;&amp;nbsp;Упаковка в прозрачную ПВХ-тубу с возможностью использования в качестве подставки.</t>
   </si>
   <si>
     <t>368633</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/5a9/5a9cbb6ad4fb0aa5601c6b8c411ce090.jpg</t>
+  </si>
+  <si>
+    <t>Набор карандашей ч г Воскресенская карандашная фабрика  quot;Инженер quot;, 12шт., 2Т-6М, заточен., карт. уп., европодвес. 12B-1240</t>
+  </si>
+  <si>
+    <t>Предназначен для графических работ любой сложности. Изготовлен из сырья и материалов природного происхождения и качественной химически необработанной древесины липы, выращенной в экологически чистых районах России. Проклейка стержня осуществлена по специальной технологии, которая увеличивает прочность и надежность заклейки стержня в карандаше, предохраняет стержень от повреждений при падении, ударе и намокании, не изменяет цвет, упругость, прочность и чиночные свойства древесины в местах склейки. В наборе карандаши девяти различных твердостей: 2Т, Т, ТМ, М, 2М, 3М, 4М, 5М и 6М</t>
+  </si>
+  <si>
+    <t>370249</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/voskresenskaja-karandashnaja-fabrika/"&gt;Воскресенская карандашная фабрика&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/47c/47cfc6e1b77dcb0f46f4ee90fc184dea.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Berlingo  quot;Hype quot; HB, черное дерево, круглый, заточен., с ластиком, ассорти. BP01190</t>
   </si>
   <si>
     <t>Чернографитный карандаш из черного дерева, с ластиком, с заточкой. Яркие дизайны ассорти. Специально обработанная древесина для идеальной заточки. Подходит для черчения и рисования. Диаметр грифеля 2,2мм, твердость HB, круглая форма, штрих-код на корпусе.&amp;nbsp;&amp;nbsp;Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки.</t>
   </si>
   <si>
     <t>370583</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/744/744761b7b16bac28f2bf557f35589d46.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Berlingo  quot;Riddle XS quot; HB, черное дерево, круглый, заточен., ассорти. BP01135</t>
   </si>
   <si>
     <t>Чернографитный карандаш из черного дерева, с заточкой. Яркие дизайны ассорти с матовым покрытием корпуса. Специально обработанная древесина для идеальной заточки. Подходит для черчения и рисования. Диаметр грифеля 2,2мм, твердость HB, круглая форма, штрих-код на корпусе.&amp;nbsp;&amp;nbsp;Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки.</t>
   </si>
   <si>
     <t>370586</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/379/3796ba0e9bbeb8950476c9f49b43587c.jpg</t>
@@ -2025,62 +1974,50 @@
   <si>
     <t>Чернографитный карандаш BIC &amp;quot;Evolution ECOlutions Graphite 650&amp;quot;. Пластиковый карандаш в классическом зеленом корпусе. Благодаря своей структуре не образует острых краев на изломе, карандаш легко затачивается. Не расщепляется при механическом воздействии. Поставляется с ластиком и заточенным. Твердость грифеля - HB.</t>
   </si>
   <si>
     <t>391581</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4a6/3zzviwokbhi1nv010kzm6i11kf99gss0.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG, 1 шт.,  quot;Alderida quot;, НВ, трехгранный, с резинкой, корпус розовый, заточенный, 180611</t>
   </si>
   <si>
     <t>Чернографитный карандаш BRAUBERG &amp;quot;Alderida&amp;quot; - первый помощник для выполнения проектно-конструкторских работ, позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Изготовлен из дерева высокого качества, оснащен ластиком. Имеет трехгранное сечение. Карандаш длиной 190 мм легко точится и не крошится. Обладает средней степенью твердости – HB. Диаметр грифеля - 2,05 мм. Выполнен в розовом цвете с серебристыми деталями. Поставляется заточенным.</t>
   </si>
   <si>
     <t>391582</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/75a/7566tuw5nvxn01jcvz2mxix35dz3zybi.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/45b/enf6s7dn3l0wvxzwr1qgipw91e6x2ka8.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG, 1 шт.,  quot;Black Jack quot;, НВ, черное дерево, с резинкой, корпус черный, заточенный, 180609</t>
   </si>
   <si>
     <t>Чернографитный карандаш BRAUBERG &amp;quot;Black Jack&amp;quot; - первый помощник для выполнения проектно-конструкторских работ, позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Изготовлен из черного дерева высокого качества, оснащен ластиком. Имеет шестигранное сечение. Карандаш длиной 190 мм легко точится и не крошится. Обладает средней степенью твердости – HB. Диаметр грифеля - 2,05 мм. Выполнен в черном цвете. Поставляется заточенным.</t>
   </si>
   <si>
     <t>391585</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/122/l0ecwop083ipyvc1ixswv88m51yaqm2n.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG, 1 шт.,  quot;Fluor quot;, НВ, с резинкой, корпус неоновый ассорти, заточенный, 180613</t>
   </si>
   <si>
     <t>Чернографитный карандаш BRAUBERG &amp;quot;Fluor&amp;quot; - первый помощник для выполнения проектно-конструкторских работ, позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Изготовлен из дерева высокого качества, оснащен ластиком. Имеет шестигранное сечение. Карандаш длиной 190 мм легко точится и не крошится. Обладает средней степенью твердости – HB. Диаметр грифеля - 2,05 мм. Выполнен в ярких цветах ассорти. Поставляется заточенным.</t>
   </si>
   <si>
     <t>391588</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5f5/eos8pa8407xnhlcmyz9cwqbdufj34icd.jpg</t>
@@ -2121,60 +2058,60 @@
   <si>
     <t>http://anytos.ru//upload/iblock/366/zvp6ph33z86l70lky65jxl2rvfqr800z.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG, 1 шт.,  quot;Touch line quot;, Н, без резинки, корпус черный, заточенный, 180625</t>
   </si>
   <si>
     <t>Чернографитный карандаш BRAUBERG &amp;quot;Touch line&amp;quot; - первый помощник для создания легкого наброска или быстрого стремительного рисунка, а может и полноценной картины! Также подходит для выполнения проектно-конструкторских работ. Карандаш изготовлен из дерева высокого качества. Имеет шестигранное сечение. Карандаш длиной 176 мм легко точится и не крошится. Твердость грифеля H. Диаметр грифеля - 2,05 мм. Выполнен в черном цвете. Поставляется заточенным.</t>
   </si>
   <si>
     <t>391594</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/961/u34e3gir5848sy9cx6g0qj79rixl93uw.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG, 1 шт.,  quot;Touch line quot;, НВ, без резинки, корпус черный, заточенный, 180621</t>
   </si>
   <si>
     <t>Чернографитный карандаш BRAUBERG &amp;quot;Touch line&amp;quot; - первый помощник для выполнения проектно-конструкторских работ, позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Изготовлен из дерева высокого качества. Имеет шестигранное сечение. Карандаш длиной 176 мм легко точится и не крошится. Обладает средней степенью твердости – HB. Диаметр грифеля - 2,05 мм. Выполнен в черном лакированном корпусе с серебристыми деталями. Поставляется заточенным.</t>
   </si>
   <si>
     <t>391595</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7c2/ld336ifywu0tzmgdbaudheuyaf2cisvi.jpg</t>
-[...8 lines deleted...]
-    <t>391597</t>
+    <t>http://anytos.ru//upload/iblock/6c8/10rzyfc6v1xysc5geqsw2hzlgecsvt5h.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный BRAUBERG, 1 шт.,  quot;Смайлики quot;, НВ, c резинкой, корпус желтый, заточенный, 180654</t>
+  </si>
+  <si>
+    <t>Чернографитный карандаш BRAUBERG &amp;quot;Смайлики&amp;quot; - первый помощник для выполнения проектно-конструкторских работ, позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Изготовлен из дерева высокого качества, оснащен ластиком. Имеет круглое сечение. Карандаш длиной 190 мм легко точится и не крошится. Обладает средней степенью твердости – HB. Диаметр грифеля - 2,05 мм. Выполнен в желтом цвете с черными деталями. Поставляется заточенным.</t>
+  </si>
+  <si>
+    <t>391596</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e95/braw8utu9eqr16glxezg6qz4fwzkxxr9.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный KOH-I-NOOR 1500, 1 шт., 2B, без резинки, корпус желтый, заточенный, 150002B01170RU</t>
   </si>
   <si>
     <t>Чернографитный карандаш KOH-I-NOOR серии &amp;quot;1500&amp;quot; отлично подходит для рисования, заметок и разнообразных чертежных работ. Карандаш KOH-I-NOOR - это традиционный продукт, который выпускается компанией уже более 120 лет без изменений в дизайне, в традиционном желтом шестигранном корпусе, который стал визитной карточкой KOH-I-NOOR. Имеет закругленную, специально обработанную верхнюю часть. Карандаш длиной 175 мм поставляется заточенным, без ластика. Грифель диаметром 2 мм и твердостью 2B.</t>
   </si>
   <si>
     <t>391615</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eed/1oys58lb3fy1d8gopr1o86flwwhy7395.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный KOH-I-NOOR 1500, 1 шт., 3H, без резинки, корпус желтый, заточенный, 150003H01170RU</t>
   </si>
   <si>
     <t>Чернографитный карандаш KOH-I-NOOR серии &amp;quot;1500&amp;quot; отлично подходит для рисования, заметок и разнообразных чертежных работ. Карандаш KOH-I-NOOR - это традиционный продукт, который выпускается компанией уже более 120 лет без изменений в дизайне, в традиционном желтом шестигранном корпусе, который стал визитной карточкой KOH-I-NOOR. Имеет закругленную, специально обработанную верхнюю часть. Карандаш длиной 175 мм поставляется заточенным, без ластика. Грифель диаметром 2 мм и твердостью 3H.</t>
   </si>
   <si>
     <t>391616</t>
   </si>
@@ -2364,50 +2301,65 @@
   <si>
     <t>Карандаш чернографитный KOH-I-NOOR, 1 шт.,  quot;Triograph quot;, B, трехгранный, без резинки, корпус красный, заточенный, 1802001001KSRU</t>
   </si>
   <si>
     <t>Чернографитный карандаш KOH-I-NOOR &amp;quot;Triograph&amp;quot; отлично подходит для черчения и различных художественных работ. Высококачественный чернографитный карандаш длиной 175 мм в эргономичном трехгранном корпусе красного цвета. Поставляется заточенным, без ластика. Твердость грифеля диаметром 2,5 мм - B.</t>
   </si>
   <si>
     <t>391640</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d53/9q2y1dfxsmek2whkfz6m41k8f9yagcid.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный STAFF, 1 шт., НВ, с резинкой, пластиковый, корпус зеленый, заточенный, 180963</t>
   </si>
   <si>
     <t>Карандаш чернографитный STAFF &amp;quot;EVERYDAY&amp;quot; - универсальный карандаш для дома, офиса и школы. Обладает средней жесткостью HB, подходит для чертежей, письма и рисования. Изготовлен из пластика, оснащен ластиком. Имеет шестигранное сечение. Карандаш длиной 185 мм легко точится и не крошится. Выполнен в зеленом цвете. Поставляется заточенным.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>391670</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/677/zpn7235e3gk4k0qk23ez1f691p43srvu.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный ПИФАГОР, 1 шт., НВ, с резинкой ассорти, фольгированный корпус  серебряный , заточенный, 180618</t>
+  </si>
+  <si>
+    <t>Чернографитный карандаш ПИФАГОР - первый помощник для создания легкого наброска или быстрого стремительного рисунка, а может и полноценной картины! Необычный блестящий корпус порадует как детей, так и их родителей! Карандаш изготовлен из дерева высокого качества и оснащен ластиком 4 цветов ассорти. Имеет круглое сечение. Карандаш длиной 190 мм легко точится и не крошится. Твердость грифеля HB. Диаметр грифеля - 2,05 мм. Корпус покрыт голографической фольгой. Поставляется заточенным.</t>
+  </si>
+  <si>
+    <t>391680</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pifagor/"&gt;ПИФАГОР&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ebb/zyiz4jqn3dp85p6rbv4y5y251dtsjrml.jpg</t>
   </si>
   <si>
     <t>Карандаши чернографитные BRAUBERG НАБОР 12 шт.,  quot;Black Jack quot;, 2Н-4В, без резинки, черные, дерево, заточенные, 180620</t>
   </si>
   <si>
     <t>Набор чернографитных карандашей BRAUBERG &amp;quot;Black Jack&amp;quot; - первый помощник для выполнения проектно-конструкторских работ, позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Карандаши изготовлены из дерева высокого качества. Имеют шестигранное сечение. Карандаши длиной 176 мм легко точатся и не крошатся. Набор состоит из карандашей различных степеней твердости – 2H - 1 штука, Н - 1 штука, НВ - 2 штуки, В - 1 штука и 2B - 1 штука, 3B - 2 штуки, 4B - 2 штуки. Диаметр грифеля - 2,05 мм. Выполнены в черном цвете. Поставляются заточенными.</t>
   </si>
   <si>
     <t>391687</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dda/xkt0e2o3yrfc5byq1xhs3h3ebq4u0nie.jpg</t>
   </si>
   <si>
     <t>Карандаши чернографитные BRAUBERG НАБОР 12 шт.,  quot;ZTX quot;, HB, с резинкой, красный корпус, картонная упаковка, 180671</t>
   </si>
   <si>
     <t>Набор чернографитных карандашей BRAUBERG &amp;quot;ZTX&amp;quot; - первый помощник для выполнения проектно-конструкторских работ, позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Изготовлены из дерева высокого качества, оснащены ластиком. Имеют шестигранное сечение. Карандаши длиной 190 мм легко точатся и не крошатся. Обладают средней степенью твердости – HB. Диаметр грифеля - 2,05 мм. Выполнены в красном цвете с белыми деталями. Поставляются заточенными.</t>
   </si>
   <si>
     <t>391688</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e8/mg8u1b618trdawt70ni8c7pscofz15st.jpg</t>
@@ -2556,68 +2508,68 @@
   <si>
     <t>391706</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/978/97888a4049525e7f8fb6da5a20dfa804.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Faber-Castell  quot;1111 quot; B, заточен. 111101</t>
   </si>
   <si>
     <t>393741</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/548/5488c7c522d2e7dac2fc75506bb9966e.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Faber-Castell  quot;Castell 9000 quot; 2B, заточенный. 119002</t>
   </si>
   <si>
     <t>Карандаш &amp;quot;Castell 9000&amp;quot; был выпущен графом Александром фон Фабер-Кастелл в 1905 году. Высокое качество и широкий ассортимент различных степеней твердости сделали его популярным среди художников и дизайнеров. Особая технология вклеивания грифеля предотвращает его поломку. Корпус карандаша покрыт экологически чистым лаком на водной основе</t>
   </si>
   <si>
     <t>393743</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/55f/55f7e249660c666a9007c06461d82543.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш ч г Faber-Castell  quot;Castell 9000 quot; 2H, заточенный. 119012</t>
+  </si>
+  <si>
+    <t>393744</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/476/476579cb89e606b3b5a245dc6f93ca0d.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Faber-Castell  quot;Castell 9000 quot; 3B, заточенный. 119003</t>
   </si>
   <si>
     <t>393745</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/024/0244522a3f02ef8b0be4de7bc0a8178b.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/276/2765454e490ec93eb84fe496ee8d4608.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Faber-Castell  quot;Castell 9000 quot; 4H, заточенный. 119014</t>
   </si>
   <si>
     <t>393747</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b81/b81907e971093cb2ed02f6bb717acce8.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Faber-Castell  quot;Castell 9000 quot; 5B, заточенный. 119005</t>
   </si>
   <si>
     <t>393748</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/75b/75baf858593233ccb9fbfa4e228828e1.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Faber-Castell  quot;Castell 9000 quot; 5H, заточенный. 119015</t>
   </si>
   <si>
     <t>393749</t>
@@ -2664,59 +2616,50 @@
   <si>
     <t>Карандаш ч г Faber-Castell  quot;Castell 9000 quot; B, заточенный. 119001</t>
   </si>
   <si>
     <t>393754</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3a4/3a419dbef4dd4a16cdc1e60fc1e481b0.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Faber-Castell  quot;Castell 9000 quot; F, заточенный. 119010</t>
   </si>
   <si>
     <t>393755</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd2/fd2cf94f2c872e1c28da7a5581cdb9b3.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Faber-Castell  quot;Castell 9000 quot; H, заточенный. 119011</t>
   </si>
   <si>
     <t>393756</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6fd/6fdfaed9b0e3fafc50bbfd433b295349.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/eb5/eb5703a9578344eec58b8f5029d337b5.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Faber-Castell  quot;Goldfaber 1221 quot; 3B, заточенный. 112503</t>
   </si>
   <si>
     <t>393760</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a7/0a797a509062b125e9e715eb43a0b313.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Faber-Castell  quot;Goldfaber 1221 quot; 4B, заточенный. 112504</t>
   </si>
   <si>
     <t>393761</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62c/62cce71bfb149331401fcfd47c8aa81f.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Faber-Castell  quot;Goldfaber 1221 quot; 5B, заточенный. 112505</t>
   </si>
   <si>
     <t>393763</t>
@@ -2850,68 +2793,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1cd/ynroa8ittv51x9q36a0hiluq89xyxys5.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG, 1 шт.,  quot;Lines quot;, HB, трехгранный, с резинкой, фиолетовый серебристый, 181295</t>
   </si>
   <si>
     <t>Чернографитный карандаш BRAUBERG &amp;quot;Lines&amp;quot; - первый помощник для выполнения проектно-конструкторских работ, позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Изготовлен из дерева высокого качества, оснащен ластиком. Имеет трехгранное сечение. Карандаш длиной 190 мм легко точится и не крошится. Обладает средней степенью твердости – HB. Диаметр грифеля - 2,8 мм. Выполнен в сиреневом цвете с серебристыми деталями. Поставляется заточенным.</t>
   </si>
   <si>
     <t>424093</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d66/gae2fb8oecfsnq30iwytzwbukkon3il7.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG, 1 шт.,  quot;Neon quot;, HB, трехгранный, с резинкой, корпус неоновый ассорти, заточенный, 181298</t>
   </si>
   <si>
     <t>Чернографитный карандаш BRAUBERG &amp;quot;Neon&amp;quot; - первый помощник для выполнения проектно-конструкторских работ, позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Используется повсеместно. Изготовлен из дерева высокого качества, оснащен ластиком в тон корпуса. Имеет трехгранное сечение. Карандаш длиной 190 мм легко точится и не крошится. Обладает средней степенью твердости – HB. Диаметр грифеля - 2,8 мм. Выполнен в неоновых цветах ассорти. Поставляется заточенным.</t>
   </si>
   <si>
     <t>424096</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/662/f6bukwt2wakvqjxjuz9s56aruxi6nxyt.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/003/003cea4951979490071425a386ccc8a8.jpeg</t>
   </si>
   <si>
     <t>Карандаш ч г Faber-Castell  quot;Grip 2001 quot; HB, трехгран., заточен.</t>
   </si>
   <si>
     <t>428126</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/70f/70f661f22368993ed7379deb64ebadaf.jpeg</t>
   </si>
   <si>
     <t>Карандаш ч г Faber-Castell  quot;Grip 2001 quot; В, трехгран., с ластиком, заточен.</t>
   </si>
   <si>
     <t>428127</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/182/18268334d9aa76e1b2e2dbbe29c8029a.jpeg</t>
   </si>
   <si>
     <t>Карандаш ч г Faber-Castell  quot;1111 quot; 2B, заточен.</t>
   </si>
   <si>
     <t>428132</t>
@@ -3102,113 +3027,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/907/90727154651f3f10001de47f36bf3809/4861c31e6d1a1f1169d173bb8eef7b3c.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Berlingo  quot;Street Art quot; HB, круглый, черное дерево, заточен</t>
   </si>
   <si>
     <t>Чернографитный ударопрочный карандаш Berlingo &amp;quot;Street Art&amp;quot; из черного дерева, с заточкой. Матовое покрытие корпуса, дизайны ассорти. Не ломается при падении. Безопасен для детей, в случае разлома, не оставляет мелких и острых фрагментов. Подходит для черчения и рисования. Диаметр грифеля 2,2 мм, твердость HB, круглая форма, штрих-код на корпусе.&amp;nbsp;&amp;nbsp;Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки.</t>
   </si>
   <si>
     <t>558554</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/720/7209ae8165b3b4b007e1dcac31225b1f/155b1dfdf927a9067eb9aa0388da9aef.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Berlingo  quot;Contrast quot; HB, круглый, двухцветное дерево, заточен</t>
   </si>
   <si>
     <t>Чернографитный ударопрочный карандаш Berlingo &amp;quot;Contrast&amp;quot;. Корпус составлен из двух контрастных цветов дерева, с заточкой. Матовое покрытие корпуса, узоры фольгой. Не ломается при падении. Безопасен для детей, в случае разлома, не оставляет мелких и острых фрагментов. Подходит для черчения и рисования. Диаметр грифеля 2,2 мм, твердость HB, круглая форма, штрих-код на корпусе.&amp;nbsp;&amp;nbsp;Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки.</t>
   </si>
   <si>
     <t>558556</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/736/736f36e6f916fadc34f5a18b8b16942b/3dd5da7c79520b919e3b5fa81291af11.jpg</t>
-[...37 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/063/063e94419d033bb65f547499b1e0e0cb/8d6d127ccedc7a35fa31249ee3ed12c1.jpg</t>
   </si>
   <si>
     <t>Набор карандашей ч г Faber-Castell  quot;Castell 9000 Design Set quot;, 12шт., 5H-5B, заточен., метал. кор.</t>
   </si>
   <si>
     <t>Первый чернографитный карандаш Castell 9000 от легендарного немецкого производителя Faber-Castell был выпущен в 1905 году и с тех пор считается одним из флагманов бренда. Карандаши Castell 9000 выпускаются в 16 различных степенях твердости, благодаря чему они стали фаворитами среди художников и иллюстраторов. Специальная технология проклеивания &amp;#40;SV&amp;#41; защищает грифель при падении и затачивании. Корпус карандаша покрыт экологически чистым лаком на водной основе и имеет эргономичную шестигранную форму, удобную для длительного использования. Набор состоит из 12 карандашей различной степени твердости: 5H-5B. Прочная металлическая коробка удобна для хранения и транспортировки.</t>
   </si>
   <si>
     <t>558595</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f0e/f0edb553400e0b214d7b0302f08b277a/b1607a286d711dd5d398b1e68e676c6d.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a21/a21e75b0f33a73312f4692315a9da4fc/b79412df78567615678c0624057fab13.jpg</t>
   </si>
   <si>
     <t>Набор карандашей ч г  Koh-I-Noor  quot;Progresso quot;, 6шт., в лаке без дерева, заточен., картон</t>
   </si>
   <si>
     <t>Карандаши Progresso - это карандаши, которые состоят только из толстого грифеля, покрытого лаком. Точатся обычными точилками, грифель яркий и мягкий. Карандаши не требуют сильного надавливания, а также позволяют рисовать всей заточенной поверхностью карандаша. Набор цельнографитных карандашей Progresso включает в себя карандаши 8В, 6В, 4В, 2В, НВ и акварельный.</t>
   </si>
   <si>
     <t>558598</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/011/696busaq39cpyd8fmh621suxf3q6vz0u.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный KOH-I-NOOR 1500, 1 шт., 2H, без резинки, корпус желтый, заточенный, 150002H01170RU</t>
   </si>
   <si>
     <t>Чернографитный карандаш KOH-I-NOOR серии &amp;quot;1500&amp;quot; отлично подходит для рисования, заметок и разнообразных чертежных работ. Карандаш KOH-I-NOOR - это традиционный продукт, который выпускается компанией уже более 120 лет без изменений в дизайне, в традиционном желтом шестигранном корпусе, который стал визитной карточкой KOH-I-NOOR. Имеет закругленную, специально обработанную верхнюю часть. Карандаш длиной 175 мм поставляется заточенным, без ластика. Грифель диаметром 2 мм и твердостью 2H.</t>
   </si>
   <si>
     <t>563978</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d9/sbahpw6h4ppugyts7c8nzzfz2s9pcl1e.jpg</t>
@@ -3240,62 +3114,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6b7/6b788ac67822387c7d6c75489ad968af/e1c1770ecccdd5ae1ed20259c42d756f.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Faber-Castell  quot;Goldfaber 1222 quot; B, с ластиком, заточен.</t>
   </si>
   <si>
     <t>Чернографитный карандаш с ластиком Goldfaber 1222 от немецкого производителя Faber-Castell идеально подходит для рисования и скетчинга. Благодаря специальной технологии проклеивания грифеля &amp;#40;SV&amp;#41;, грифель не ломается при падении и затачивании. Корпус карандаша имеет эргономичную шестигранную форму и удобен для длительного использования. Ластик не содержит ПВХ. Твердость: B.</t>
   </si>
   <si>
     <t>587684</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b7/4b7007eb528d04feaf11bebf498b9483/72bf249ddf1ebf6ca644d2c83c6bf078.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Faber-Castell  quot;1111 quot; HB, заточен.</t>
   </si>
   <si>
     <t>Высококачественный чернографитный карандаш 1111 от немецкого производителя с мировым именем Faber-Castell идеально подходит для письма, рисования и черчения. Благодаря специальной технологии проклеивания грифеля &amp;#40;SV&amp;#41;, грифель не ломается при падении и затачивании. Корпус карандаша покрыт черной краской на водной основе. Твердость: HB.</t>
   </si>
   <si>
     <t>587685</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/afe/afe28cfb6eeba448207178ec2349541a/19d6306b742d2d930247d3d46d15217a.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/514/5148cb1f06d5eb8cb0c9c6011e98274e/dda9e8dfb58b575dff7dffca902231fc.jpg</t>
   </si>
   <si>
     <t>Набор карандашей ч г Koh-I-Noor  quot;Toison D or quot;, 12шт., 8B-2H, заточен., метал. пенал</t>
   </si>
   <si>
     <t>Набор чернографитных карандашей Koh-i-Noor 1900 – это набор высококачественных карандашей из калифорнийского кедра с прочным грифелем. Набор абсолютно универсален, благодаря подбору твердости. Карандашами можно рисовать, чертить и писать, как детям, так и профессионалам. Карандаши легко затачиваются как точилками, так и ножом. Металлический пенал продлевает срок службы карандашей.</t>
   </si>
   <si>
     <t>587691</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a4e/a4ee939a2697f772d3a01b3d8b2be71a/a23b065306704a8230010f42785484a5.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Berlingo  quot;Double color quot; HB, трехгранный, заточен., ассорти</t>
   </si>
   <si>
     <t>Чернографитный карандаш из липы, с заточкой. Подходит для черчения и рисования. Диаметр грифеля 2,2мм, твердость HB, эргономичная трехгранная форма, штрих-код на корпусе. Печать на корпусе с математическими формулами, ассорти 4 цвета. Упаковка в тубу по 72шт.</t>
   </si>
   <si>
     <t>593357</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/295/29567b91e43bf044421297a59455bc3e/bd1a89f3ab69253208d7d5fb4178a54a.jpg</t>
@@ -3336,137 +3198,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ed0/8xog1aunsd4csntf6qiahrkli835bizx.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG  quot;PREMIUM TURKEY quot;, 1 шт.,  quot;Flowers quot;, НВ, ассорти, дисплее, 181562</t>
   </si>
   <si>
     <t>Чернографитный карандаш BRAUBERG &amp;quot;Flowers&amp;quot; - первый помощник для выполнения проектно-конструкторских работ, позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Используется повсеместно. Каждый карандаш имеет индивидуальный штрих-код. Легко затачивается, максимально устойчив к повреждениям. Изготовлен из чёрного дерева высокого качества, оснащен ластиком. Имеет круглое сечение. Карандаш длиной 190 мм обладает средней степенью твердости – HB. Выполнен в черном цвете с цветными дизайнами. Поставляется заточенным в пластиковом стакане по 72 штуки.</t>
   </si>
   <si>
     <t>601394</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a3/rklxh728m5bdo142cd6zdthbdyek9i6v.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG  quot;PREMIUM TURKEY quot;, 1 шт.,  quot;Hologram quot;, НВ, ассорти, дисплей, 181571</t>
   </si>
   <si>
     <t>Чернографитный карандаш BRAUBERG &amp;quot;Hologram&amp;quot; - первый помощник для выполнения проектно-конструкторских работ, позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Используется повсеместно. Каждый карандаш имеет индивидуальный штрих-код. Легко затачивается, максимально устойчив к повреждениям. Изготовлен из чёрного дерева высокого качества. Имеет круглое сечение. Карандаш длиной 190 мм обладает средней степенью твердости – HB. Цвет корпуса - ассорти. Поставляется заточенным в пластиковом стакане по 72 штуки.</t>
   </si>
   <si>
     <t>601396</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/138/nsbvilc89p4mja6fcn36vjnhvr5adv67.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/423/gew11onb1e3tm2oz46f019ggv2y141et.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG  quot;PREMIUM TURKEY quot;, 1 шт.,  quot;Platinum quot;, НВ, дисплей, 181561</t>
   </si>
   <si>
     <t>Чернографитный карандаш BRAUBERG &amp;quot;Platinum&amp;quot; - первый помощник для выполнения проектно-конструкторских работ, позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Используется повсеместно. Каждый карандаш имеет индивидуальный штрих-код. Легко затачивается, максимально устойчив к повреждениям. Изготовлен из чёрного дерева высокого качества. Имеет круглое сечение. Карандаш длиной 178 мм обладает средней степенью твердости – HB. Выполнен в серебристом цвете. Поставляется заточенным в пластиковом стакане по 72 штуки.</t>
   </si>
   <si>
     <t>601403</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/83e/ie5yrf3aodnxq6z78u1stny6v16l5ek6.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG  quot;PREMIUM TURKEY quot;, 1 шт.,  quot;Ultra quot;, НВ, ассорти, дисплей,181570</t>
   </si>
   <si>
     <t>Чернографитный карандаш BRAUBERG &amp;quot;Ultra&amp;quot; - первый помощник для выполнения проектно-конструкторских работ, позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Используется повсеместно. Каждый карандаш имеет индивидуальный штрих-код. Легко затачивается, максимально устойчив к повреждениям. Изготовлен из дерева высокого качества. Имеет круглое сечение. Карандаш длиной 178 мм обладает средней степенью твердости – HB. Цвет корпуса - ассорти. Поставляется заточенным в пластиковом стакане по 72 штуки.</t>
   </si>
   <si>
     <t>601406</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a4e/a4ecb57e0b6efd89f2e4c0d5dc81e3b8/d32ee8f56f1b9f9b6c8079f3c61bf66a.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Faber-Castell  quot;Goldfaber 1221 quot; B, заточен.</t>
   </si>
   <si>
     <t>Чернографитный карандаш Goldfaber 1221 от немецкого производителя Faber-Castell идеально подходит для рисования и скетчинга. Линейка Goldfaber включает в себя карандаши самых популярных степеней твердости и мягкости, необходимых для начинающих художников. Благодаря специальной технологии проклеивания грифеля &amp;#40;SV&amp;#41;, грифель не ломается при падении и затачивании. Корпус карандаша имеет эргономичную шестигранную форму и удобен для длительного использования. Твердость: B.</t>
   </si>
   <si>
     <t>607761</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/104/104aa6eb56f3a1a53442a88b3580e1a9/3306937b1805b9a65739edbb382cc907.jpg</t>
-[...37 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/30d/30d5423b195f97a703b75171758b4fa3/0dae1d78e4ce2fde79fdee1d9d83eb1d.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Kores Grafitos Neon трехгранный HB с ластиком</t>
   </si>
   <si>
     <t>611267</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e9/9e914525a01b9bb3d3d0e23b87822251.jpg</t>
   </si>
   <si>
     <t>Набор карандашей ч г Faber-Castell  quot;Castell 9000 Art Set quot;, 12шт., 2H-8B, заточен., метал. кор.</t>
   </si>
   <si>
     <t>Первый чернографитный карандаш Castell 9000 от легендарного немецкого производителя Faber-Castell был выпущен в 1905 году и с тех пор считается одним из флагманов бренда. Карандаши Castell 9000 выпускаются в 16 различных степенях твердости, благодаря чему они стали фаворитами среди художников и иллюстраторов. Специальная технология проклеивания &amp;#40;SV&amp;#41; защищает грифель при падении и затачивании. Корпус карандаша покрыт экологически чистым лаком на водной основе и имеет эргономичную шестигранную форму, удобную для длительного использования. Набор состоит из 12 карандашей различной степени твердости: 8B - 2H. Прочная металлическая коробка удобна для хранения и транспортировки.</t>
   </si>
   <si>
     <t>614282</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ed/o7ykoflujvwq3yilqafmwuzs8y8sywp9.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитные LITE НВ пластик черный</t>
@@ -3525,86 +3336,122 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1be/83nb7tylcvznqcttsbmxxjv05n7ab0vc.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный 9H KOH-I-NOOR, 1 шт.,  quot;1500 quot;, корпус желтый, 1500 9H, 150009H01170</t>
   </si>
   <si>
     <t>Высококачественный заточенный чернографитный карандаш для чертежных работ из натуральной древесины. Имеет закругленную, специально обработанную верхнюю часть. Карандаш KOH-I-NOOR - это традиционный продукт, который выпускается компанией уже более 120 лет без изменений в дизайне, в традиционном желтом шестигранном корпусе, который стал визитной карточкой KOH-I-NOOR. Имеет закругленную, специально обработанную верхнюю часть. Карандаш длиной 175 мм поставляется заточенным, без ластика. Грифель диаметром 2 мм и твердостью 9H.</t>
   </si>
   <si>
     <t>628506</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/857/8579074080a97626ffb8478f302205f1.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г OfficeSpace HB, с ластиком, заточен., пластиковый, полосатый</t>
   </si>
   <si>
     <t>Пластиковый чернографитный карандаш с ластиком. Полосатый корпус. Твердость HB. Заточен.</t>
   </si>
   <si>
     <t>630051</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/72d/72d515ef6e1bc5cf211174e18b8a9b2b.jpg</t>
+  </si>
+  <si>
+    <t>Набор карандашей ч г Faber-Castell  quot;Pitt Graphite quot;, 26 предметов, заточен., метал. кор.</t>
+  </si>
+  <si>
+    <t>Набор профессиональных художественных чернографитных письменных принадлежностей Pitt Graphite от легендарного немецкого производителя Faber-Castell.&amp;nbsp;&amp;nbsp;Набор состоит из 7 чернографитных карандашей Castell 9000 твердостью 2H, HB, B, 2B, 4B, 6B и 8B, 3 чернографитных карандашей в утолщенном корпусе Castell 9000 Jumbo твердостью 2B, 4B и 8B, 3 акварельных чернографитных карандашей Graphite Aquarelle твердостью 2B, 4B и 8B, 3 чернографитных карандашей Pitt Graphite Pure твердостью 3B, 6B и 9B, 3 чернографитных мелков Pitt Graphite crayon твердостью 2B, 6B и 9B, кисти, 3 ластиков, точилки, растушевки и деревянного бруска с наждачной бумагой.</t>
+  </si>
+  <si>
+    <t>630052</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff9/ff9e2e038362608348d5dc99aa359aa0.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш ч г Berlingo  quot;Color Zone quot;, трехгран., черное дерево, заточен., ассорти</t>
+  </si>
+  <si>
+    <t>Чернографитный ударопрочный карандаш Berlingo &amp;quot;Color Zone&amp;quot; из черного дерева с заточкой. Черный матовый корпус с яркими контрастными полосами. Не ломается при падении. Закругленный, обработанный срез. Безопасен для детей. Подходит для черчения и рисования. Диаметр грифеля 2,2 мм, твердость HB, трехгранная форма, штрих-код на корпусе.&amp;nbsp;&amp;nbsp;Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки.</t>
+  </si>
+  <si>
+    <t>630055</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/35e/35e4b68b7e56bd5f91224ef9b35cd1e5.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Berlingo  quot;Black Diamond quot;, трехгран., черное дерево, лазерная пленка, заточен., ассорти</t>
   </si>
   <si>
     <t>Чернографитный ударопрочный карандаш Berlingo &amp;quot;Black Diamond&amp;quot; из черного дерева, с заточкой. Уникальная голографическая лазерная пленка с переливом, в зависимости от освещения. 3 дизайна ассорти. Не ломается при падении. Закругленный, обработанный срез. Безопасен для детей. Подходит для черчения и рисования. Диаметр грифеля 2,2 мм, твердость HB, трехгранная форма, штрих-код на корпусе. Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки.</t>
   </si>
   <si>
     <t>630056</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8bc/8bc10c1546fad6952996ffe78352be1a.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Attache Selection Prime, б ласт, HB, сереб.кор. в точку</t>
   </si>
   <si>
     <t>Карандаш чернографитный Attache Selection Prime, б/ласт, HB, сереб.кор. в точку</t>
   </si>
   <si>
     <t>635421</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a4e/a4e450c78a1c3541d31c7a96e65b9fe9.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Attache Selection Prime, б ласт, HB, черн.корп. в точку</t>
   </si>
   <si>
     <t>Карандаш чернографитный Attache Selection Prime, б/ласт, HB, черн.корп. в точку</t>
   </si>
   <si>
     <t>635422</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cc5/cc533b70ef7b56f3ec16338cff68e109.jpg</t>
+  </si>
+  <si>
+    <t>Набор карандашей чернографитных Kores GRAFITOS, трехгр.12 шт.  2Н-8В  92162</t>
+  </si>
+  <si>
+    <t>Набор карандашей чернографитных Kores GRAFITOS, трехгр.12 шт. &amp;#40;2Н-8В&amp;#41; 92162</t>
+  </si>
+  <si>
+    <t>635426</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e0c/e0cb265c8814df30f0b190121777351a.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Koh-I-Noor  quot;1500 quot; 10Н, заточен</t>
   </si>
   <si>
     <t>Чернографитный карандаш наивысшего качества от всемирно известного канцелярского гиганта Koh-i-Noor. Класс твердости 10H, подходит для чертежных работ, заметок и рисования. Карандаш KOH-I-NOOR 1500 - это традиционный продукт, который выпускается компанией уже более 120 лет без всяких изменений в дизайне, в традиционном желтом корпусе, который стал визитной карточкой &amp;quot;KOH-I-NOOR&amp;quot;. Карандаш заточен.</t>
   </si>
   <si>
     <t>639595</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/88d/88d201302743e0e9fd1d22799829f3b9.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Koh-I-Noor  quot;1500 quot; 9Н, заточен</t>
   </si>
   <si>
     <t>Чернографитный карандаш наивысшего качества от всемирно известного канцелярского гиганта Koh-i-Noor. Класс твердости 9H, подходит для чертежных работ, заметок и рисования. Карандаш KOH-I-NOOR 1500 - это традиционный продукт, который выпускается компанией уже более 120 лет без всяких изменений в дизайне, в традиционном желтом корпусе, который стал визитной карточкой &amp;quot;KOH-I-NOOR&amp;quot;. Карандаш заточен.</t>
   </si>
   <si>
     <t>639596</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/395/395370a979c572d20220879bbf73da60.jpg</t>
@@ -3615,167 +3462,122 @@
   <si>
     <t>Карандаш чернографитный Attache Economy плаcтик, б/ластика, HB, черный корпус</t>
   </si>
   <si>
     <t>648017</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/39d/39d7621d5b66aa2b3dafcaeec11ae1c6.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Attache Economy плаcтик, с ластиком, HB, черный корпус</t>
   </si>
   <si>
     <t>648019</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7ef/7efc9c8572848f5aea6fe406a014bcb3.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Attache Economy плаcтик, с ластиком, HB, зеленый корпус</t>
   </si>
   <si>
     <t>648020</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aef/aef6d2500af2bf7888b19f0acc3ba2d8.jpg</t>
-[...23 lines deleted...]
-    <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/688/mjro9s7q91jis9z8feec2j614788wpes.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш ч г Faber-Castell  quot;Sparkle quot; В, трехгран., заточен., дымчато-розовый</t>
+  </si>
+  <si>
+    <t>Гламур до последней буквы. Новая серия карандашей Sparkle от Faber-Castell добавит сияние вашему рабочему столу. Ч/г карандаши Sparkle очаровывают своим искрящимся дизайном не только ценителей моды. Карандаши Sparkle имеют эргономичную трехгранную форму. Благодаря специальной технологии крепления грифеля SV предотвращает поломку при падении и затачивании. На карандаш нанесен характерный узор для серии Grip - фольгированные искрящиеся ряды точек, а торцевая часть карандаша украшена слоем глиттера. Корпус покрыт экологически чистым лаком на водной основе. Данный карандаш станет желанным подарком, для стильного и комфортного письма.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Цвет корпуса: дымчато-розовый.</t>
+  </si>
+  <si>
+    <t>684691</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cd8/4zeblwpm24xdo1zuuqjvz5g7dtfynl7z.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Koh-I-Noor  quot;Toison D or 1900 quot; 2B, заточен.</t>
   </si>
   <si>
     <t>Легендарный желтый карандаш в стильном черном корпусе с белым ободком и золотым тиснением. Обозначение твердости на каждой грани, поэтому как бы карандаш не лежал на столе, Вы всегда точно знаете какой он. Карандаш для профессиональных художников, художников-любителей и студентов.</t>
   </si>
   <si>
     <t>695296</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/191/4ehfre8bqcjmcaxmm37a7kfvuiepnwwu.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Koh-I-Noor  quot;Toison D or 1900 quot; 4B, заточен.</t>
   </si>
   <si>
     <t>695297</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/10e/46uecryqt4tzbm7z6ue64y3rkbrk7lpv.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/065/rzii5n79pwtp16mqh9gugow5j9xccndm.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Koh-I-Noor  quot;Toison D or 1900 quot; 8B, заточен.</t>
   </si>
   <si>
     <t>695299</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae6/0ghcu1t9ajfvdlegyzb7v17lzndq5li1.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Koh-I-Noor  quot;Toison D or 1900 quot; HB, заточен.</t>
   </si>
   <si>
     <t>695300</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/06b/nk8ud3rp5gq40x7myz2vhx4h0ljz6pe4.jpg</t>
-[...2 lines deleted...]
-    <t>Карандаш чернографитный для скетчинга Koh-I-Noor  quot;1538 quot; 2B, неокр. корпус, плоский, заточен.</t>
+    <t>http://anytos.ru//upload/iblock/c33/5pdwn87wpkq6w3qspnliukaq8qlt2fn4.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный для скетчинга Koh-I-Noor  quot;1538 quot; 4B, неокр. корпус, плоский, заточен.</t>
   </si>
   <si>
     <t>Карандаш для набросков и быстрых рисунков. Благодаря плоской форме карандаш удобно лежит в руке, а неокрашенный, идеально ошкуренный корпус не скользит между пальцев, создавая комфорт при рисовании. Не скатывается даже со слегка наклонных поверхностей. Плоский грифель удобно затачивать ножом или стамеской, поэтому карандаш такой формы заслужил любовь строителей.</t>
   </si>
   <si>
-    <t>695301</t>
-[...7 lines deleted...]
-  <si>
     <t>695302</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/344/vqacd5aja0ln08tc54eyylvo1oqo4whx.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный для скетчинга Koh-I-Noor  quot;1538 quot; 6B, неокр. корпус, плоский, заточен.</t>
   </si>
   <si>
     <t>695303</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/491/czpektnol8atqeaaai2yu53pqg8no1x0.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/948/2nuhba9pwfuxwzzvw1og51gdwud0abmc.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитные шестигранные карандаши ArtBerry Н, HB, B  в блистере 3 шт. </t>
   </si>
   <si>
     <t>Классические шестигранные чернографитные карандаши различной степени твердости. Рекомендуются для выполнения художественных работ, графических зарисовок и чертежей. Грифель диаметром 2,2мм не царапает бумагу и не крошится. Насыщенность каждого графитового оттенка зависит от степени его жёсткости. Специальная пропитка древесины и сплошная проклейка грифеля обеспечивает высокую ударопрочность. Мягкая древесина и идеальная центровка грифеля гарантируют легкую заточку с экономным расходом карандаша. В наборе Н, HB, B.</t>
   </si>
   <si>
     <t>696823</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/13a/r8t0cag1y9u2kht2vvykdnkgh0ae4yox.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитный шестигранный карандаш с ластиком Erich Krause Extra HB  в блистере по 3 шт. </t>
   </si>
   <si>
     <t>Классический шестигранный карандаш с ластиком из отборной древесины, твердость НВ. Специальная пропитка древесины и сплошная проклейка грифеля обеспечивает высокую ударопрочность. Мягкая древесина и идеальная центровка грифеля гарантируют легкую заточку с экономным расходом карандаша. Грифель диаметром 2.2 мм не царапает бумагу и не крошится. Ластик карандаша средней жесткости изготовлен из экологически чистого и гипоаллергенного материала термопластичной резины &amp;#40;TPR&amp;#41;. Не содержит ПВХ. Длина 188 мм.</t>
   </si>
   <si>
     <t>696824</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
@@ -3910,50 +3712,62 @@
     <t>696846</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/795/uylj9fxsisvrd725v1ua837sdm2kk7d7.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Пластиковый чернографитный круглый карандаш с ластиком Erich Krause JOY HB  в тубусе по 42 шт. </t>
   </si>
   <si>
     <t>Чернографитный круглый карандаш из биоразлагаемого пластика с ударопрочным грифелем, твёрдость HB. Благодаря специальной технологии изготовления карандаша методом экструзии грифель надежно фиксируется к корпусу. Идеальная центровка грифеля гарантирует легкую заточку с экономным расходом карандаша. Грифель диаметром 2.2 мм не царапает бумагу и не крошится при рисовании. Ластик карандаша средней жесткости изготовлен из экологически чистого и гипоаллергенного материала термопластичной резины &amp;#40;TPR&amp;#41;. Не содержит ПВХ. Длина 190 мм.</t>
   </si>
   <si>
     <t>696847</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/291/z6m6pb7lru8zghcetmqdm2n64ytt4tqu.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитный трехгранный карандаш с ластиком Erich Krause MEGAPOLIS HB  в тубусе по 42 шт. </t>
   </si>
   <si>
     <t>Эргономичный трехгранный арандаш с ластиком из отборной древесины, твердость НВ. Специальная пропитка древесины и сплошная проклейка грифеля обеспечивает высокую ударопрочность. Мягкая древесина и идеальная центровка грифеля гарантируют легкую заточку с экономным расходом карандаша. Грифель диаметром 2,2 мм не царапает бумагу и не крошится. Ластик карандаша средней жесткости изготовлен из экологически чистого и гипоаллергенного материала термопластичной резины &amp;#40;TPR&amp;#41;. Не содержит ПВХ.</t>
   </si>
   <si>
     <t>696848</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b34/kenniu96dgeo8x1mj7afk2lf1jjcgjca.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Чернографитный трехгранный карандаш с ластиком Erich Krause Extra HB  в блистер по 3 шт. </t>
+  </si>
+  <si>
+    <t>Эргономичный трехгранный карандаш с ластиком из отборной древесины, твердость НВ. Специальная пропитка древесины и сплошная проклейка грифеля обеспечивает высокую ударопрочность. Мягкая древесина и идеальная центровка грифеля гарантируют легкую заточку с экономным расходом карандаша. Грифель диаметром 2.2 мм не царапает бумагу и не крошится. Ластик карандаша средней жесткости изготовлен из экологически чистого и гипоаллергенного материала термопластичной резины &amp;#40;TPR&amp;#41;. Не содержит ПВХ. Длина 188 мм.</t>
+  </si>
+  <si>
+    <t>696849</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/df1/hysk8cliss9m43c4q9p56g07fn516c0u.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитный трехгранный карандаш с ластиком Erich Krause Sonata HB  в блистере по 4 шт. </t>
   </si>
   <si>
     <t>Эргономичный трехгранный чернографитный карандаш с ластиком из отборной древесины, твердость НВ. Специальная пропитка древесины и сплошная проклейка грифеля обеспечивает высокую ударопрочность. Мягкая древесина и идеальная центровка грифеля гарантируют легкую заточку с экономным расходом карандаша. Грифель диаметром 2,2мм не царапает бумагу и не крошится. Ластик карандаша средней жесткости изготовлен из экологически чистого и гипоаллергенного материала термопластичной резины &amp;#40;TPR&amp;#41;. Не содержит ПВХ.</t>
   </si>
   <si>
     <t>696852</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b62/12uyc3wj42lr02cu7cve83pwwecjlqj8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитный трехгранный карандаш с ластиком Erich Krause Sonata HB  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Эргономичный трехгранный чернографитный карандаш с ластиком из отборной древесины, твердость НВ. Специальная пропитка древесины и сплошная проклейка грифеля обеспечивает высокую ударопрочность. Мягкая древесина и идеальная центровка грифеля гарантируют легкую заточку с экономным расходом карандаша. Грифель диаметром 2.2 мм не царапает бумагу и не крошится. Ластик карандаша средней жесткости изготовлен из экологически чистого и гипоаллергенного материала термопластичной резины &amp;#40;TPR&amp;#41;. Не содержит ПВХ. Длина 188 мм.</t>
   </si>
   <si>
     <t>696853</t>
   </si>
@@ -4326,167 +4140,158 @@
     <t>http://anytos.ru//upload/iblock/759/u8r83ak1payl81rsutff9zz5ss7oiqmd.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Карандаши ч г 10шт уп  quot;Darvish quot; 2Н-Н-НВ-В-2В-3В-4В-5В-6В корпус черный шестигранный  набор </t>
   </si>
   <si>
     <t>Карандаши ч/г 10шт/уп &amp;quot;Darvish&amp;quot;2Н-Н-НВ-В-2В-3В-4В-5В-6В корпус черный шестигранный &amp;#40;набор&amp;#41;</t>
   </si>
   <si>
     <t>704508</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/08c/1q6nkkcdihlcnojte94d4w7n79xms999.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Насадка на карандаш  quot;Darvish quot; 4шт уп  набор </t>
   </si>
   <si>
     <t>Насадка на карандаш &amp;quot;Darvish&amp;quot; 4шт/уп &amp;#40;набор&amp;#41;&lt;br /&gt;
  Тренажер позволяет без усилий выработать правильную постановку пальцев при письме-ручку держать легко и удобно.</t>
   </si>
   <si>
     <t>704510</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/349/05yp4fafe61lckoxrd377nduq2myyrep.jpg</t>
+  </si>
+  <si>
+    <t>704511</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96e/871ft7uskcp7v6opohkhax7frc92j7ve.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш ч г Berlingo  quot;Sparkle quot; HB, черное дерево, трехгран., заточен., ассорти 12шт в картонной коробке</t>
+  </si>
+  <si>
+    <t>Набор из 12 чернографитных карандашей Berlingo &amp;quot;Sparkle&amp;quot; из черного дерева, с заточкой. 4 ярких дизайна, эргономичный трехгранный корпус. Специально обработанная древесина для идеальной заточки. Подходит для черчения и рисования. Диаметр грифеля 2,2мм, твердость HB, трехгранная форма, стикер с индивидуальным штрих-кодом.&amp;nbsp;&amp;nbsp;Упаковка в картонную коробку по 12шт. с европодвесом.</t>
+  </si>
+  <si>
+    <t>708475</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/dea/ukrqpwrux51hsunwgez9g36a46b566zy.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный ЮНЛАНДИЯ, 1 шт.,  quot;Неончики quot;, НВ, корпус ассорти, с резинкой, 181589</t>
   </si>
   <si>
     <t>Чернографитный карандаш ЮНЛАНДИЯ предназначен для детского и художественного творчества. Отлично подходит для выполнения чертежных, графических и художественных работ. Шестигранная форма сечения корпуса позволяет не скатываться карандашу с поверхности стола во время занятий. Имеет корпус из натурального дерева. Выполнен в ярких цветах ассорти. Грифель диаметром 2,05 мм имеет твердость HB и отличается высокой прочностью. Карандаш заточен, снабжен многоцветным ластиком и поставляется в картонной коробке.</t>
   </si>
   <si>
     <t>709058</t>
   </si>
   <si>
+    <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/888/qdwm875fn3athvkdt0sdzgugl0z7ye3r.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный ЮНЛАНДИЯ, 1 шт.,  quot;Трехгранная Серия quot;, НВ, корпус ассорти, с резинкой, 181591</t>
   </si>
   <si>
     <t>Чернографитный карандаш ЮНЛАНДИЯ предназначен для детского и художественного творчества. Отлично подходит для выполнения чертежных, графических и художественных работ. Трехгранная форма корпуса позволяет не скатываться карандашу с поверхности стола во время занятий. Корпус выполнен из натурального дерева. Яркие цвета корпуса ассорти со стильными полосками на гранях. Грифель диаметром 2,05 мм имеет твердость HB и отличается высокой прочностью. Карандаш заточен, снабжен ластиком в цвет корпуса и поставляется в картонной коробке.</t>
   </si>
   <si>
     <t>709059</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ab/16b214txuyov2e07duw27ifmkk68dql2.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный ЮНЛАНДИЯ, 1 шт.,  quot;Школьный quot;, НВ, корпус желтый, с резинкой, 181588</t>
   </si>
   <si>
     <t>Чернографитный карандаш ЮНЛАНДИЯ предназначен для детского и художественного творчества. Отлично подходит для выполнения чертежных, графических и художественных работ. Шестигранная форма сечения корпуса позволяет не скатываться карандашу с поверхности стола во время занятий. Имеет корпус из натурального дерева. Грифель диаметром 2,05 мм имеет твердость HB и отличается высокой прочностью. Карандаш заточен, снабжен ластиком и поставляется в картонной коробке.</t>
   </si>
   <si>
     <t>709060</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42a/b8hl4q9odx9te121t8bd95ft3atcypmn.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Berlingo  quot;Flexy Pastel quot; HB, с ластиком, трехгранный, заточен., пластиковый, ПВХ-бокс</t>
   </si>
   <si>
     <t>Чернографитный ударопрочный пластиковый карандаш Berlingo &amp;quot;Flexy Pastel&amp;quot; с цветным материалом копруса, с заточкой и ластиком. Стильный корпус в пастельных тонах в сочетании с цветным пластиком в тон корпуса карандаша и белым лого. Не ломается при падении. Безопасен для детей, в случае разлома, не оставляет мелких и острых фрагментов. Подходит для черчения и рисования. Диаметр грифеля 2 мм, твердость HB, трехгранная форма, штрих-код на корпусе. Упаковка в прозрачную ПВХ-коробку с печатью и европодвесом.</t>
   </si>
   <si>
     <t>710848</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb3/h1jarmkytciz5hbk227wd474hr5y6nun.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Berlingo  quot;Flexy Pastel quot; HB, трехгранный, заточен., пластиковый, ПВХ-бокс</t>
   </si>
   <si>
     <t>Чернографитный ударопрочный пластиковый карандаш Berlingo &amp;quot;Flexy Pastel&amp;quot; с цветным материалом копруса, с заточкой. Стильный корпус в пастельных тонах в сочетании с цветным пластиком в тон корпуса карандаша и белым лого. Не ломается при падении. Безопасен для детей, в случае разлома, не оставляет мелких и острых фрагментов. Подходит для черчения и рисования. Диаметр грифеля 2 мм, твердость HB, трехгранная форма, штрих-код на корпусе. Упаковка в прозрачную ПВХ-коробку с печатью и европодвесом.</t>
   </si>
   <si>
     <t>710849</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f3f/zf00qcmjo1aqh3v9lnyj3o2f75369lvw.jpg</t>
-[...2 lines deleted...]
-    <t>Карандаш чернографитный STABILO, 1 шт.,  quot;Schwan Pastel quot;, HB, корпус пастельный голубой, 421 HB-6</t>
+    <t>http://anytos.ru//upload/iblock/196/pc0utnisezhnwzu7l6pdo5bxs8mze3x4.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный STABILO, 1 шт.,  quot;Schwan Pastel quot;, HB, корпус пастельный желтый, 421 HB-1</t>
+  </si>
+  <si>
+    <t>Стильный карандаш STABILO &amp;quot;Schwan Pastel&amp;quot; выполнен в пастельных цветах корпуса. Грифель диаметром 2,2 мм мягко пишет, не царапает бумагу, оставляет яркие линии. Корпус из высококачественных пород древесины легко и аккуратно затачивается.</t>
+  </si>
+  <si>
+    <t>711917</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/stabilo/"&gt;Stabilo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c05/ybhfx8sd3tswshm5g4l8ikpxvdj2532m.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный STABILO, 1 шт.,  quot;Schwan Pastel quot;, HB, корпус пастельный зеленый, 421 HB-2</t>
   </si>
   <si>
     <t>Стильный карандаш STABILO &amp;quot;Schwan Pastel&amp;quot; выполнен в пастельных цветах корпуса. Грифель мягко пишет, не царапает бумагу, оставляет яркие линии. Корпус из высококачественных пород древесины легко и аккуратно затачивается.</t>
   </si>
   <si>
-    <t>711916</t>
-[...19 lines deleted...]
-  <si>
     <t>711918</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/32d/mhnpsymofeiy700cg3izacy2du6uxs1h.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d8b/otar2emd96rj8n8fqbhvm01dfayezh63.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;Jungle quot; HB, круглый, заточен., с ластиком, ассорти</t>
   </si>
   <si>
     <t>Чернографитный ударопрочный карандаш Berlingo &amp;quot;Jungle&amp;quot; из липы, с заточкой и ластиком. Матовое покрытие корпуса, дизайны ассорти. Не ломается при падении. Подходит для черчения и рисования. Диаметр грифеля 2,2 мм, твердость HB, круглая форма, штрих-код на корпусе. Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки.</t>
   </si>
   <si>
     <t>712694</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b79/7yhy2upnv7vhfk731ahxfh7wkeex9uvm.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;Neon Paradise quot; HB, черное дерево, круглый, заточен., с ластиком, ассорти</t>
   </si>
   <si>
     <t>Чернографитный ударопрочный карандаш Berlingo &amp;quot;Neon Paradise&amp;quot; из черного дерева, с заточкой и ластиком. Матовое покрытие корпуса, дизайны ассорти. Не ломается при падении. Подходит для черчения и рисования. Диаметр грифеля 2,2 мм, твердость HB, круглая форма, штрих-код на корпусе. Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки.</t>
   </si>
   <si>
     <t>712695</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d7/t7y2521io372htzzi5xeqgipmwduehbr.jpg</t>
@@ -4539,92 +4344,80 @@
   <si>
     <t>http://anytos.ru//upload/iblock/620/tdmsj8lywxkywhw9i34adx1xoq8louax.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;Universe quot; HB, черное дерево, круглый, заточен., ассорти</t>
   </si>
   <si>
     <t>Чернографитный ударопрочный карандаш Berlingo &amp;quot;Universe&amp;quot; из черного дерева, с заточкой. Матовое покрытие корпуса, дизайны ассорти. Не ломается при падении. Подходит для черчения и рисования. Диаметр грифеля 2,2 мм, твердость HB, круглая форма, штрих-код на корпусе. Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки.</t>
   </si>
   <si>
     <t>712700</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/21a/kjw0gs59ixb6x2jqodpdrwt12ujwftnt.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный  Koh-I-Noor Sudoku  quot;1350 quot; 2В, с затачиваемым ластиком, ассорти</t>
   </si>
   <si>
     <t>Чернографитный карандаш для любителей кроссвордов и художников-графиков. Ластик можно затачивать обычной точилкой, поэтому он всегда чистый и мягкий, им удобно стирать мелкие детали и корректировать надписи. Толщина корпуса 7 мм, толщина грифеля 2,0 мм, толщина ластика 3,8 мм. Цвета в ассортименте - золотой и серебряный. Твердость карандаша - 2В.</t>
   </si>
   <si>
     <t>770379</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/85c/w6b5tln6ww7bgedocngbdvnaouse4bsk.jpg</t>
-[...5 lines deleted...]
-    <t>770380</t>
+    <t>http://anytos.ru//upload/iblock/b3b/ajgb10gptp1718tfb1em39u79ibn6yw4.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный Berlingo  quot;Doubleblack quot; HB, черное дерево, круглый, заточен., ассорти</t>
+  </si>
+  <si>
+    <t>Чернографитный ударопрочный карандаш Berlingo &amp;quot;Doubleblack&amp;quot; из черного дерева, с заточкой. Глянцевое покрытие корпуса серебряной фольгой, дизайны ассорти. Не ломается при падении. Подходит для черчения и рисования. Диаметр грифеля 2,2 мм, твердость HB, круглая форма, штрих-код на корпусе.&amp;nbsp;&amp;nbsp;Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки.</t>
+  </si>
+  <si>
+    <t>770382</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f39/ru99xo20q81iv82dccn37na85f53jrqn.jpg</t>
   </si>
   <si>
-    <t>Карандаш чернографитный Berlingo  quot;Doubleblack quot; HB, черное дерево, круглый, заточен., ассорти</t>
-[...4 lines deleted...]
-  <si>
     <t>770383</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9a6/0o6j2r5sryl1zou623lrvsygzjkokvs2.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;Military quot; HB, круглый, с ластиком, черное дерево, заточен</t>
   </si>
   <si>
     <t>Чернографитный ударопрочный карандаш Berlingo &amp;quot;Military&amp;quot; из черного дерева, с ластиком, с заточкой. Матовое покрытие корпуса, дизайны ассорти. Не ломается при падении. Безопасен для детей, в случае разлома, не оставляет мелких и острых фрагментов. Подходит для черчения и рисования. Диаметр грифеля 2,2 мм, твердость HB, круглая форма, штрих-код на корпусе.&amp;nbsp;&amp;nbsp;Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки.</t>
   </si>
   <si>
     <t>770385</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/781/q397ik3gtyvel8km1hwh68s8cisti12o.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2f1/09390hou3ksz5fhpjlii5w2iy4md6lnd.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;Paper Pencil quot; HB, из переработанной бумаги, круглый, заточен</t>
   </si>
   <si>
     <t>Чернографитный ударопрочный карандаш Berlingo &amp;quot;Rainbow&amp;quot; из пресованной газетной бумаги, с заточкой. Уникальный дизайн каждого карандаша, с сохранением первоначальных типографических символов переработанной бумаги. Матовое покрытие корпуса. Не ломается при падении. Безопасен для детей, в случае разлома, не оставляет мелких и острых фрагментов. Подходит для черчения и рисования. Диаметр грифеля 2,4 мм, твердость HB, круглая форма, штрих-код на корпусе.&amp;nbsp;&amp;nbsp;Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки.</t>
   </si>
   <si>
     <t>770387</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/736/0ze4gutwzmqqv57xc5akv0af544lz7w8.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;Radiance quot; HB, трехгранный, черное дерево, заточен</t>
   </si>
   <si>
     <t>770388</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/92b/8tlv61wrd7dt6tq8pxb8hacgspvtzt7e.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;Rainbow quot; HB, из переработанной бумаги, радужное сечение, круглый, заточен., ассорти</t>
@@ -4650,62 +4443,50 @@
   <si>
     <t>Карандаш чернографитный Berlingo  quot;Street Art quot; HB, круглый, черное дерево, заточен</t>
   </si>
   <si>
     <t>770393</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5fa/9tdnny56iefwc9rqstpsvzkntqo6as1b.jpg</t>
   </si>
   <si>
     <t>Чернографитный ударопрочный карандаш Berlingo &amp;quot;Universe&amp;quot; из черного дерева, с заточкой. Матовое покрытие корпуса, дизайны ассорти. Не ломается при падении. Подходит для черчения и рисования. Диаметр грифеля 2,2 мм, твердость HB, круглая форма, штрих-код на корпусе.&amp;nbsp;&amp;nbsp;Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки.</t>
   </si>
   <si>
     <t>770394</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/73d/9r03d2uksn43welt5ar45fy6xd9uuk2c.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;Vortex quot; HB, круглый, черное дерево, заточен</t>
   </si>
   <si>
     <t>770395</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5ef/rrq31odmt4me8p4nw60330qgcatcjdcx.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a1d/r2qn8bilfu0701zkn3nmtf2ubn0z2tij.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитные шестигранные карандаши ArtBerry  2H, H, HB, HB, B, 2B  в коробке 6 шт. </t>
   </si>
   <si>
     <t>Чернографитные шестигранные карандаши ArtBerry® 2H, H, HB, HB, B, 2B &amp;#40;в коробке 6 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771691</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d5/1f9r0o1pt4dzfmjeh9jnr8o01sa197in.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG  quot;GX-100 quot;, 1 шт., HB, с ластиком, корпус синий, 181720</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG &amp;quot;GX-100&amp;quot; - первый помощник для выполнения различных заметок, позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Используется повсеместно. Каждый карандаш имеет индивидуальный штрих-код. Легко затачивается, максимально устойчив к повреждениям. Изготовлен из дерева высокого качества. Имеет шестигранное сечение и оснащен ластиком. Карандаш длиной 185 мм обладает средней степенью твердости – HB. Цвет корпуса - синий. Поставляется заточенным в пластиковой тубе по 72 штуки.</t>
   </si>
   <si>
     <t>774777</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ebc/0v03ziawk1pcmgft99q58yahjls86wrp.jpg</t>
@@ -5016,62 +4797,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/554/vanjaqoc8b5f53urinrdobiphdgbedz9.jpg</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных BRAUBERG  quot;ULTRA COLOR quot; 12 шт., HB, с ластиком, пластиковые, 181710</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных BRAUBERG &amp;quot;ULTRA COLOR&amp;quot; - первый помощник для выполнения различных заметок, позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Используется повсеместно. Набор упакован в стильный прозрачный ПВХ бокс с печатью. Карандаши легко затачиваются, максимально устойчивы к повреждениям. Изготовлены из чёрного пластика высокого качества. Имеют трехгранное сечение и оснащены ластиками. Карандаши длиной 185 мм обладают средней степенью твердости – HB. Цвета корпуса - ассорти. Поставляются заточенными.</t>
   </si>
   <si>
     <t>774806</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b44/xy5ns3njbc2j7cvd3oighcslt8ys151e.jpg</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных BRAUBERG  quot;ULTRA COLOR quot; 4 шт., HB, с ластиком, пластиковые, 181709</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных BRAUBERG &amp;quot;ULTRA COLOR&amp;quot; - первый помощник для выполнения различных заметок, позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Используется повсеместно. Набор упакован в яркий блистер с европодвесом. Карандаши легко затачиваются, максимально устойчивы к повреждениям. Изготовлены из чёрного пластика высокого качества. Имеют трехгранное сечение и оснащены ластиками. Карандаши длиной 185 мм обладают средней степенью твердости – HB. Цвета корпуса - ассорти. Поставляются заточенными.</t>
   </si>
   <si>
     <t>774807</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b98/l11ulhfzwvuh87z5ndiozpcr4vk3jsty.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c71/hexu583lismlucf5xlo2zos972xusdso.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;Squares quot;, круглый, с ластиком, заточен., пластиковый, ассорти</t>
   </si>
   <si>
     <t>Чернографитный ударопрочный карандаш Berlingo &amp;quot;Squares&amp;quot; из гибкого пластика, с ластиком, с заточкой. Уникальный яркий цветной материал пластика, использованного при изготовлении корпуса, сохраняется при заточке. Цвета: синий, фиолетовый, зеленый, красный. Матовое покрытие с дизайнами ассорти. Не ломается при падении. Безопасен для детей, в случае разлома, не оставляет мелких и острых фрагментов. Подходит для черчения и рисования. Диаметр грифеля 2,2 мм, твердость HB, круглая форма, штрих-код на корпусе.&amp;nbsp;&amp;nbsp;Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки.</t>
   </si>
   <si>
     <t>786606</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/60f/vifdd3vwwxyv1gevg97swktw3mv37rq7.jpg</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных Koh-I-Noor  quot;Toison D or 1902 Art quot; 12шт, 8B-8H, заточен., метал. пенал</t>
   </si>
   <si>
     <t>Легендарный желтый карандаш в стильном черном корпусе с белым ободком и золотым тиснением. Обозначение твердости на каждой грани, поэтому как бы карандаш не лежал на столе, Вы всегда точно знаете какой он. Карандаш для профессиональных художников, художников-любителей и студентов. В набор входят карандаши твердостей: 8B, 6B, 4B, 3B, 2B, B, HB, F, 2H, 4H, 6H и 8H.</t>
   </si>
   <si>
     <t>786608</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bbe/2iuhtxa7twu4lea7xpuph233nr2gae0o.jpg</t>
@@ -5109,86 +4878,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c40/pfdy09qeo737n8691x9877w5f3xk1o2a.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;Heat quot;, круглый, с ластиком, заточен., пластиковый, ассорти</t>
   </si>
   <si>
     <t>Чернографитный ударопрочный карандаш Berlingo &amp;quot;Heat&amp;quot; из гибкого пластика, с ластиком, с заточкой. Уникальный яркий цветной материал пластика, использованного при изготовлении корпуса, сохраняется при заточке. Цвета: синий, розовый, зеленый, фиолетовый, голубой. Матовое покрытие с дизайнами ассорти. Не ломается при падении. Безопасен для детей, в случае разлома, не оставляет мелких и острых фрагментов. Подходит для черчения и рисования. Диаметр грифеля 2,2 мм, твердость HB, круглая форма, штрих-код на корпусе.&amp;nbsp;&amp;nbsp;Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки.</t>
   </si>
   <si>
     <t>791180</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c51/iwd0pfafh2syxqal2g5w63ebavyr2lof.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитные шестигранные карандаши ArtBerry  5H, 4H, 3H, 2H, H, HB, HB, B, 2B, 3B, 4B, 5B  в коробке 12 шт. </t>
   </si>
   <si>
     <t>Чернографитные шестигранные карандаши ArtBerry® 5H, 4H, 3H, 2H, H, HB, HB, B, 2B, 3B, 4B, 5B &amp;#40;в коробке 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>792043</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ecf/zk9rgzvk3i7xq21kvzbz1p4vjz8dm9jo.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b98/bnivt4hj0rl1hclcrotr7baad30vf3dh.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитный трехгранный карандаш с ластиком Erich Krause  MEGAPOLIS HB  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Чернографитный трехгранный карандаш с ластиком Erich Krause® MEGAPOLIS HB &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>792045</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7d7/u9hvawmok86um8kqgzf9sp45q29z6i05.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/94a/f7uwg95cvkyxze83qnj9wev7y9526l5t.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный трехгр, Attache Bright colors, HB, голубой корпус</t>
   </si>
   <si>
     <t>795726</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/29e/s0cmhpfq27denby5rug51w3m9y98b0bt.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный трехгр, Attache Bright colors, HB, желтый корпус</t>
   </si>
   <si>
     <t>795727</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6c4/yqscul7wxfftl4w7ng4bhimsptk2odkc.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный трехгр, Attache Bright colors, HB, зеленый корпус</t>
   </si>
   <si>
     <t>795728</t>
@@ -5196,110 +4941,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/664/d17zbz6qqut74eywesj4v96aad8z8ikl.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG  quot;CALAVERAS quot;, 1 шт., HB, корпус ассорти, 181758</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG &amp;quot;CALAVERAS&amp;quot; - первый помощник для выполнения различных заметок. Позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Используется повсеместно. Каждый карандаш имеет индивидуальный штрих-код. Легко затачивается, максимально устойчив к повреждениям. Изготовлен из черного дерева высокого качества. Имеет круглое сечение. Карандаш длиной 172 мм обладает средней степенью твердости – HB. Корпус покрыт цветной печатью ассорти в 4 дизайнах. Поставляется заточенным в пластиковой тубе по 72 штуки.</t>
   </si>
   <si>
     <t>798814</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c16/ge1hhmxo6usu7u6lcxeh3f5i510o3vw8.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG  quot;COSMIC quot;, 1 шт., HB, корпус ассорти, 181766</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG &amp;quot;COSMIC&amp;quot; - первый помощник для выполнения различных заметок. Позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Используется повсеместно. Каждый карандаш имеет индивидуальный штрих-код. Легко затачивается, максимально устойчив к повреждениям. Изготовлен из дерева высокого качества. Имеет круглое сечение. Карандаш длиной 175 мм обладает средней степенью твердости – HB. Корпус покрыт фольгированной печатью. Поставляется заточенным в пластиковой тубе по 72 штуки.</t>
   </si>
   <si>
     <t>798815</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b4b/oxa3e4oy7nkpgi4urdkvp9tkyqkz5nmg.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/534/rb2n9yk1tushzy5kcojnxbvf4ucbg3hw.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG  quot;FRESH ZONE quot;, 1 шт., HB, корпус ассорти, 181759</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG &amp;quot;FRESH ZONE&amp;quot; - первый помощник для выполнения различных заметок. Позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Используется повсеместно. Каждый карандаш имеет индивидуальный штрих-код. Легко затачивается, максимально устойчив к повреждениям. Изготовлен из дерева высокого качества. Имеет круглое сечение. Карандаш длиной 172 мм обладает средней степенью твердости – HB. Корпус покрыт цветной печатью ассорти в 4 дизайнах. Поставляется заточенным в пластиковой тубе по 72 штуки.</t>
   </si>
   <si>
     <t>798817</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/25d/hm9i4d5ecltgyxsc48lbu7uj7xrfqslb.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/90f/bcvnp7y8j059c1ham2sf7c8x28zej0u5.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG  quot;GRAPHIC quot;, 1 шт., HB, корпус ассорти, 181763</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG &amp;quot;GRAPHIC&amp;quot; - первый помощник для выполнения различных заметок. Позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Используется повсеместно. Каждый карандаш имеет индивидуальный штрих-код. Легко затачивается, максимально устойчив к повреждениям. Изготовлен из черного дерева высокого качества. Имеет круглое сечение. Карандаш длиной 172 мм обладает средней степенью твердости – HB. Корпус покрыт цветной печатью ассорти в 4 дизайнах. Поставляется заточенным в пластиковой тубе по 72 штуки.</t>
   </si>
   <si>
     <t>798819</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f72/dxbtlb0jcul7gaixfooe79u5vy2fg5na.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7c0/78121cbtgb6ay6mw8lxvow9p7qvvqp17.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG  quot;GREEN quot;, 1 шт., HB, с ластиком, пластиковый, ассорти, 181746</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG &amp;quot;GREEN&amp;quot; - первый помощник для выполнения различных заметок. Позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Используется повсеместно. Каждый карандаш имеет индивидуальный штрих-код. Легко затачивается, максимально устойчив к повреждениям. Изготовлен из пластика высокого качества. Имеет шестигранное сечение и оснащен ластиком. Карандаш длиной 185 мм обладает средней степенью твердости – HB. Цвет корпуса - ассорти. Поставляется заточенным в пластиковой тубе по 72 штуки.</t>
   </si>
   <si>
     <t>798821</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/009/6ztkwri0u6aci5e8ghomnctp2d8tv14p.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG  quot;HEARTS quot;, 1 шт., HB, с ластиком, корпус ассорти, 181762</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG &amp;quot;HEARTS&amp;quot; - первый помощник для выполнения различных заметок. Позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Используется повсеместно. Каждый карандаш имеет индивидуальный штрих-код. Легко затачивается, максимально устойчив к повреждениям. Изготовлен из черного дерева высокого качества. Имеет круглое сечение и оснащен ластиком. Карандаш длиной 190 мм обладает средней степенью твердости – HB. Корпус покрыт цветной печатью ассорти в 4 дизайнах. Поставляется заточенным в пластиковой тубе по 72 штуки.</t>
   </si>
   <si>
     <t>798822</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b66/77d969oriyxkekjop6zhef2sdvsc7dzm.jpg</t>
@@ -5361,77 +5070,59 @@
   <si>
     <t>798828</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/048/hd1a6cewkwmlnfxp9valg535zbb2gymp.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Koh-I-Noor  quot;Jumbo 1820 quot;, 2B</t>
   </si>
   <si>
     <t>Отличный карандаш для работ большого формата. Грифель однородный, мягкий, прочный. Идеальны для любителей скетчей, художников-графиков, но также подходят и детям. В серии карандашей 1820 представлены только мягкие карандаши.</t>
   </si>
   <si>
     <t>800900</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d51/fkh5sw4i1je2idy7bdszzho6u8bop412.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Koh-I-Noor  quot;Jumbo 1820 quot;, 4B</t>
   </si>
   <si>
     <t>800901</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d3e/2gg2u8xt5xw9vxiwu3d15k4e0pzjelc3.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e65/juorpalefb8hepj4pfuwctcich22kudu.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Koh-I-Noor  quot;Jumbo 1820 quot;, 8B</t>
   </si>
   <si>
     <t>800903</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3f9/rc0gecbz66z0hse26zekrd324w7kbzt6.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ce3/x2jugp6s409q7bxv8fxnu5vicwiwtshb.jpg</t>
   </si>
   <si>
     <t>Набор карандашей ч г Koh-I-Noor  quot;1512 quot;, 8B-2H, 12шт, металл.пенал, с неокрашенным корпусом</t>
   </si>
   <si>
     <t>Популярный набор ART 1502, но с карандашами в неокрашенном корпусе. Карандаши не окрашены в привычный желтый цвет, но все остальные технические характеристики идентичны. В набор входят карандаши с самыми популярными у художников твердостями.</t>
   </si>
   <si>
     <t>800905</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a2/0p9v5ayhapynvw028v7wmjthvdc8sn1y.jpg</t>
   </si>
   <si>
     <t>Набор карандашей ч г Koh-I-Noor  quot;1580 quot;, 3шт., H, HB, B, трехгранный, заточен., блистер, европодвес</t>
   </si>
   <si>
     <t>Карандаш чернографитный Koh-i-Noor&amp;nbsp;&amp;nbsp;1580 – это легендарный карандаш 1500, но в треугольном корпусе. Им можно рисовать, чертить и писать как детям, так и профессионалам. Корпус выполнен из калифорнийского кедра и имеет неповторимый запах. Карандаш легко затачивается как точилками, так и ножом. В наборе три карандаша.</t>
   </si>
   <si>
     <t>800906</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce9/7qdd6g4b9b3x0j7kdd1bhl75v41f4dub.jpg</t>
@@ -5835,50 +5526,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c18/1rsfsnywp5h480d4en8ig185yao7cn5a.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ  quot;HappyGraphix quot; СОБАЧЬЯ ПЛОЩАДКА НВ</t>
   </si>
   <si>
     <t>КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ &amp;quot;HappyGraphix&amp;quot; СОБАЧЬЯ ПЛОЩАДКА НВ</t>
   </si>
   <si>
     <t>814301</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bed/vil7sx8bdu5l6ifmd7o9a4x8dfrucc6c.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ  quot;HappyGraphix quot; ЖИРАФЫ НВ</t>
   </si>
   <si>
     <t>КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ &amp;quot;HappyGraphix&amp;quot; ЖИРАФЫ НВ</t>
   </si>
   <si>
     <t>814303</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bbc/qo67vlcjq5u9cr53h2k348r0ge3rpold.jpeg</t>
+  </si>
+  <si>
+    <t>КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ  quot;HappyGraphix quot; БЕЛЬКИ НВ</t>
+  </si>
+  <si>
+    <t>КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ &amp;quot;HappyGraphix&amp;quot; БЕЛЬКИ НВ</t>
+  </si>
+  <si>
+    <t>814305</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d90/b7iglwg3loflse28cj7zhnuhgdrk6w4v.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ  quot;HappyGraphix quot; ЕДИНОРОГИ НВ</t>
   </si>
   <si>
     <t>КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ &amp;quot;HappyGraphix&amp;quot; ЕДИНОРОГИ НВ</t>
   </si>
   <si>
     <t>814306</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/15e/73g7ygyn176savhlqlan3pa902c0na1v.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ НЕЖНО-РОЗОВЫЙ  quot;Graphix Zefir quot; НВ</t>
   </si>
   <si>
     <t>КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ НЕЖНО-РОЗОВЫЙ &amp;quot;Graphix Zefir&amp;quot; НВ</t>
   </si>
   <si>
     <t>814307</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/92b/8wmtfmkfvhm9gzabcxd5mnmakdazaajg.jpeg</t>
@@ -7029,275 +6732,290 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f06/xonak5vc21hlcw6fe7juvs786rj7mwbi.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG  quot;AROUND THE WORLD quot;, 1 шт., HB, с ластиком, корпус ассорти, 181747</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG &amp;quot;AROUND THE WORLD&amp;quot; - первый помощник для выполнения различных заметок. Позволяет сделать легкий набросок, быстрый рисунок или нарисовать полноценную картину. Используется повсеместно. Каждый карандаш имеет индивидуальный штрих-код. Легко затачивается, максимально устойчив к повреждениям. Изготовлен из дерева высокого качества. Имеет круглое сечение и оснащен ластиком. Карандаш длиной 190 мм обладает средней степенью твердости – HB. Корпус покрыт цветной печатью ассорти в 4 дизайнах. Поставляется заточенным в пластиковой тубе по 72 штуки.</t>
   </si>
   <si>
     <t>829463</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b2f/dr8c9p4mq6vpv069b838ljimt1c2hcdt.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG  quot;HERITAGE quot;, 1 шт., HB, с ластиком, корпус ассорти, 181751</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG &amp;quot;HERITAGE&amp;quot; - первый помощник для выполнения различных заметок. Позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Используется повсеместно. Каждый карандаш имеет индивидуальный штрих-код. Легко затачивается, максимально устойчив к повреждениям. Изготовлен из дерева высокого качества. Имеет круглое сечение и оснащен ластиком. Карандаш длиной 190 мм обладает средней степенью твердости – HB. Корпус покрыт цветной печатью ассорти в 4 дизайнах. Поставляется заточенным в пластиковой тубе по 72 штуки.</t>
   </si>
   <si>
     <t>829465</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/31c/qibld018auh010tbjmxo7ei5h30ronho.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/330/7rajjjd4dz9ebk99d2fj7rhxp3vug410.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный ПИФАГОР  quot;ЭНИКИ-БЕНИКИ quot;, 1 шт., HB, с ластиком, корпус ассорти, 181787</t>
   </si>
   <si>
     <t>Чернографитный карандаш ПИФАГОР &amp;quot;ЭНИКИ-БЕНИКИ&amp;quot; — первый помощник для создания легкого наброска или быстрого стремительного рисунка, а может и полноценной картины! Необычный яркий корпус порадует как детей, так и их родителей. Карандаш изготовлен из дерева высокого качества и оснащен ластиком. Имеет круглое сечение. Карандаш длиной 190 мм легко точится и не крошится. Твердость грифеля - HB. Диаметр грифеля - 2,05 мм. Корпус покрыт ярким принтом ассорти в 3 дизайнах. Поставляется в картонной коробке.</t>
   </si>
   <si>
     <t>829468</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c97/q04ftfeclsay997b194wzm350iai34px.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный, матовый Faber-Castell  quot;Pitt Graphite Matt quot; 8В, заточен</t>
   </si>
   <si>
     <t>Новый матовый чернографитный карандаш Pitt Graphite Matt от легендарного немецкого производителя Faber-Castell идеально подходит для создания монохромных рисунков. Диаметр грифеля составляет 3,3 мм, а диаметр корпуса - 7,5 мм. Чернографитный карандаш уже заточен. Инновационный Pitt Graphite Matt специально разработан для уменьшения отражений света на бумаге и создания эффекта максимальной глубины за счёт изменения степени твёрдости. Благодаря технологии крепления грифеля &amp;#40;SV&amp;#41; он не ломается при падении и затачивании. Корпус карандаша покрыт экологически чистым лаком на водной основе и имеет классическую удобную шестигранную форму. Карандаши создаются из сертифицированных возобновляемых лесных хозяйств. Степь твёрдости данного карандаша: 8B. Доступны 8 степеней твёрдости: HB, 2B, 4B, 6B, 8B, 10B, 12B, 14B.&amp;nbsp;&amp;nbsp;• Диаметр грифеля: 3,3, • Твёрдость: 8B,&amp;nbsp;&amp;nbsp;• Заточенный грифель: да, • Форма корпуса: шестигранная, • Наличие ластика: нет, • Цвет дерева: светлый, • Цвет корпуса: чёрный, • Набор: нет, • Упаковка: картонная коробка.</t>
   </si>
   <si>
     <t>833745</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/da5/askhyxtop2nmhyfaed372d7qv49z17c2.jpg</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных ArtSpace  quot;Графика quot; 12шт., 2H-2B, заточен., пакет, европодвес</t>
   </si>
   <si>
     <t>Набор чернографитных карандашей из натурального дерева различной твердости, 2H &amp;#40;2Т&amp;#41;, H &amp;#40;Т&amp;#41;, HB &amp;#40;ТМ&amp;#41;, B &amp;#40;М&amp;#41;, 2B &amp;#40;2М&amp;#41;. В наборе 12 карандашей, заточенные, шестигранный корпус. Отлично подходят для выполнения чертежных, технических, графических и художественных работ. Цвет корпуса - натуральное дерево, упаковка - пакет с европодвесом.</t>
   </si>
   <si>
     <t>833746</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6da/1hqpfd6ls6zhcbnvnpgc12wdve4a7tu9.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e22/9zocpat5kse9hgb67mnz0ea90yw4v5zq.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ  quot;ArtGraphix. Zefir. My Sweet. Mакаруны quot; НВ  пластиковый корпус </t>
   </si>
   <si>
     <t>КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ &amp;quot;ArtGraphix. Zefir. My Sweet. Mакаруны&amp;quot; НВ &amp;#40;пластиковый корпус&amp;#41;</t>
   </si>
   <si>
     <t>840350</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9bb/zww8tiyl21lscg3pb7pnzdjsq43ilbqb.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ  quot;ArtGraphix. Шашечки quot; НВ  пластиковый корпус </t>
   </si>
   <si>
     <t>КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ &amp;quot;ArtGraphix. Шашечки&amp;quot; НВ &amp;#40;пластиковый корпус&amp;#41;</t>
   </si>
   <si>
     <t>840357</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d85/j9tyx7exao101ubs83viqhp912etkkuq.png</t>
   </si>
   <si>
     <t>НАБОР КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ  quot;SKETCH ART quot; 2H-9B, 12 ШТ. МЕТАЛЛИЧЕСКАЯ КОРОБКА С ЛОЖЕМЕНТОМ</t>
   </si>
   <si>
     <t>НАБОР КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ &amp;quot;SKETCH&amp;ART&amp;quot; 2H-9B, 12 ШТ. МЕТАЛЛИЧЕСКАЯ КОРОБКА С ЛОЖЕМЕНТОМ</t>
   </si>
   <si>
     <t>840361</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/371/9ju94u3gvygodphmxktuk8azhlhnd5av.png</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cd0/l3zx3qv2w1qp1ztdasoe1nivdsnynr7o.png</t>
   </si>
   <si>
     <t>НАБОР КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ JUMBO  quot;SKETCH ART quot; HB-14B, 9 ШТ. МЕТАЛЛИЧЕСКАЯ КОРОБКА С ЛОЖЕМЕНТОМ</t>
   </si>
   <si>
     <t>НАБОР КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ JUMBO &amp;quot;SKETCH&amp;ART&amp;quot; HB-14B, 9 ШТ. МЕТАЛЛИЧЕСКАЯ КОРОБКА С ЛОЖЕМЕНТОМ</t>
   </si>
   <si>
     <t>840363</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bbb/qewxwme8ns9kh59we29n9tqtumf2fit3.jpeg</t>
   </si>
   <si>
     <t>НАБОР КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ, 12 ШТ  quot;GraphixPro quot; 2H-9B</t>
   </si>
   <si>
     <t>НАБОР КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ, 12 ШТ &amp;quot;GraphixPro&amp;quot; 2H-9B</t>
   </si>
   <si>
     <t>840364</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6e3/dds9pmkqx9j09k3qqfumx1m3j3uodlsw.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный Berlingo  quot;Ad Astra quot; HB, черное дерево, круглый, заточен., ассорти</t>
+  </si>
+  <si>
+    <t>Чернографитные карандаши Berlingo &amp;quot;Ad Astra&amp;quot; из черного дерева с заточкой. Карандаш закруглен, срез обработан. Дизайны корпуса представлены в 2-х вариантах. Карандаш создан из специально обработанной древесины для идеальной заточки. Он подходит для черчения и рисования. Карандаш не ломается при падении и безопасен для детей. Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки. Индивидуальный ШК на стикере на корпусе. - Диаметр грифеля: 2,2 мм, - Твердость: HB, - Заточенный грифель: да, - Форма корпуса: круглая, - Наличие ластика: нет, - Цвет дерева: черный, - Цвет корпуса: микс из 2-х дизайнов, - Количество штук в упаковке: 36, - Тип упаковки: прозрачная ПВХ-туба.</t>
+  </si>
+  <si>
+    <t>842523</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/cb0/i6djkz1o3jya53llypvyummubw48c4fk.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;First in Space quot; HB, черное дерево, круглый, заточен., с ластиком</t>
   </si>
   <si>
     <t>Чернографитные карандаши Berlingo &amp;quot;First in Space&amp;quot; из черного дерева с заточкой и ластиком. Яркий дизайн в коллаборации с модным брендом одежды &amp;quot;First in Space&amp;quot;. Матовое покрытие корпуса добавляет особый комфорт при работе. Карандаш создан из специально обработанной древесины для идеальной заточки. Он подходит для черчения и рисования. Карандаш не ломается при падении и безопасен для детей. Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки. Индивидуальный ШК на корпусе. - Диаметр грифеля: 2,2 мм, - Твердость: HB, - Заточенный грифель: да, - Форма корпуса: круглая, - Наличие ластика: да, - Цвет дерева: черный, - Количество штук в упаковке: 36, - Тип упаковки: прозрачная ПВХ-туба.</t>
   </si>
   <si>
     <t>842526</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee0/s1ansly509afi7r8mrek0quui35r6xtq.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;Green series. Newspaper pencil quot;, HB, заточен.</t>
   </si>
   <si>
     <t>Чернографитный ударопрочный карандаш Berlingo &amp;quot;Green series. Newspaper pencil&amp;quot; из переработанной пресованной газетной бумаги, с заточкой. 1 рубль от продажи каждого продукта будет направлен на посадку деревьев. Матовое покрытие корпуса. Упаковка в картонную крафт коробку по 12шт с европодвесом. Не ломается при падении. Безопасен для детей, в случае разлома, не оставляет мелких и острых фрагментов. Подходит для черчения и рисования. Диаметр грифеля 2 мм, твердость HB, круглая форма, штрих-код на корпусе.</t>
   </si>
   <si>
     <t>842527</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/643/osmhqp1g0kgoot6yjtpz5h7k17cj8rgi.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;Liquid Wave quot; HB, черное дерево, круглый, заточен., ассорти</t>
   </si>
   <si>
     <t>Чернографитные карандаши Berlingo &amp;quot;Liquid Wave&amp;quot; из черного дерева с заточкой. Карандаш закруглен, срез обработан. Яркий дизайн коллекционной серии Berlingo &amp;quot;Liquid Wave&amp;quot;. Дизайны корпуса представлены в 3-х вариантах. Матовое покрытие корпуса добавляет особый комфорт при работе. Карандаш создан из специально обработанной древесины для идеальной заточки. Он подходит для черчения и рисования. Карандаш не ломается при падении и безопасен для детей. Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки. Индивидуальный ШК на корпусе. - Диаметр грифеля: 2,2 мм, - Твердость: HB, - Заточенный грифель: да, - Форма корпуса: круглая, - Наличие ластика: нет, - Цвет дерева: черный, - Цвет корпуса: микс из 3-х дизайнов, - Количество штук в упаковке: 36, - Тип упаковки: прозрачная ПВХ-туба</t>
   </si>
   <si>
     <t>842528</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1cb/ytcw47efnfd5fa2as0p2uirl3w3dzrqk.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/034/iid2m7t70yfu5ayxqdswo9seb9dgt1ce.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;Terrain quot; HB, черное дерево, круглый, заточен., ассорти</t>
   </si>
   <si>
     <t>Чернографитные карандаши Berlingo &amp;quot;Terrain&amp;quot; из черного дерева с заточкой. Карандаш закруглен, срез обработан. Яркий дизайн коллекционной серии Berlingo &amp;quot;Terrain&amp;quot;. Дизайны корпуса представлены в 3-х вариантах. Высокоглянцевое покрытие корпуса. Карандаш создан из специально обработанной древесины для идеальной заточки. Он подходит для черчения и рисования. Карандаш не ломается при падении и безопасен для детей. Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки. Индивидуальный ШК на корпусе. - Диаметр грифеля: 2,2 мм, - Твердость: HB, - Заточенный грифель: да, - Форма корпуса: круглая, - Наличие ластика: нет, - Цвет дерева: черный, - Цвет корпуса: микс из 3-х дизайнов, - Количество штук в упаковке: 36, - Тип упаковки: прозрачная ПВХ-туба</t>
   </si>
   <si>
     <t>842533</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f25/n7g3kvnr82qa4z8mg6ljvl8v7saqk7qy.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;Tribe quot; HB, черное дерево, круглый, заточен., с ластиком, ассорти</t>
   </si>
   <si>
     <t>Чернографитные карандаши Berlingo &amp;quot;Tribe&amp;quot; из черного дерева с заточкой и ластиком. Яркий дизайн коллекционной серии Berlingo &amp;quot;Tribe&amp;quot;. Дизайны корпуса представлены в 2-х вариантах. Матовое покрытие корпуса добавляет особый комфорт при работе. Карандаш создан из специально обработанной древесины для идеальной заточки. Он подходит для черчения и рисования. Карандаш не ломается при падении и безопасен для детей. Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки. Индивидуальный ШК на корпусе. - Диаметр грифеля: 2,2 мм, - Твердость: HB, - Заточенный грифель: да, - Форма корпуса: круглая, - Наличие ластика: да, - Цвет дерева: черный, - Цвет корпуса: микс из 2-х дизайнов, - Количество штук в упаковке: 36, - Тип упаковки: прозрачная ПВХ-туба.</t>
   </si>
   <si>
     <t>842534</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3a0/okutnzpfszuxflms8wtuucsrocxz82ay.jpg</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных Berlingo  quot;Ad Astra quot; HB, 12шт., черное дерево, круглый, заточен., ассорти, PET-бокс</t>
   </si>
   <si>
     <t>Набор чернографитных карандашей Berlingo &amp;quot;Ad Astra&amp;quot; из черного дерева с заточкой. Карандаш закруглен, срез обработан. Дизайны корпуса представлены в 2-х вариантах. Матовое покрытие корпуса добавляет особый комфорт при работе. Карандаш создан из специально обработанной древесины для идеальной заточки. Он подходит для черчения и рисования. Карандаш не ломается при падении и безопасен для детей. Упаковка в прозрачный PET-бокс с европодвесом по 12шт. - Диаметр грифеля: 2,2 мм, - Твердость: HB, - Заточенный грифель: да, - Форма корпуса: круглая, - Наличие ластика: нет, - Цвет дерева: черный, - Цвет корпуса: микс из 2-х дизайнов, - Количество штук в упаковке: 12, - Тип упаковки: прозрачная ПВХ-коробка с европодвесом.</t>
   </si>
   <si>
     <t>842539</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b72/udm324ujgkhogm5g1v3kdao411vgu9kr.jpg</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных Berlingo  quot;Collision quot; HB, 12шт., круглый, заточен., ассорти, PET-бокс</t>
   </si>
   <si>
     <t>Набор чернографитных карандашей Berlingo &amp;quot;Collision&amp;quot; из липы с заточкой. Карандаш закруглен, срез обработан. Дизайны корпуса представлены в 3-х вариантах. Матовое покрытие корпуса добавляет особый комфорт при работе. Карандаш создан из специально обработанной древесины для идеальной заточки. Он подходит для черчения и рисования. Карандаш не ломается при падении и безопасен для детей. Упаковка в прозрачный PET-бокс с европодвесом по 12шт. - Диаметр грифеля: 2,2 мм, - Твердость: HB, - Заточенный грифель: да, - Форма корпуса: круглая, - Наличие ластика: нет, - Цвет дерева: светлый, - Цвет корпуса: микс из 3-х дизайнов, - Количество штук в упаковке: 12, - Тип упаковки: прозрачная ПВХ-коробка с европодвесом.</t>
   </si>
   <si>
     <t>842540</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6d1/253r6u0pxzlrc4xy91wnuphxkm5djhlf.jpg</t>
+  </si>
+  <si>
+    <t>Набор карандашей чернографитных Berlingo  quot;Liquid Wave quot; HB, 12шт., черное дерево, круглый, заточен., ассорти, PET-бокс</t>
+  </si>
+  <si>
+    <t>Набор чернографитных карандашей Berlingo &amp;quot;Liquid Wave&amp;quot; из черного дерева с заточкой. Карандаш закруглен, срез обработан. Дизайны корпуса представлены в 3-х вариантах. Матовое покрытие корпуса добавляет особый комфорт при работе. Карандаш создан из специально обработанной древесины для идеальной заточки. Он подходит для черчения и рисования. Карандаш не ломается при падении и безопасен для детей. Упаковка в прозрачный PET-бокс с европодвесом по 12шт. - Диаметр грифеля: 2,2 мм, - Твердость: HB, - Заточенный грифель: да, - Форма корпуса: круглая, - Наличие ластика: нет, - Цвет дерева: черный, - Цвет корпуса: микс из 3-х дизайнов, - Количество штук в упаковке: 12, - Тип упаковки: прозрачная ПВХ-коробка с европодвесом.</t>
+  </si>
+  <si>
+    <t>842542</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/176/jmyc0zk6hhaa8sddcgl26mi51ge4bzsr.jpg</t>
+  </si>
+  <si>
+    <t>Набор карандашей чернографитных Berlingo  quot;Memphis quot; HB, 12шт., круглый, заточен., ассорти, PET-бокс</t>
+  </si>
+  <si>
+    <t>Набор чернографитных карандашей Berlingo &amp;quot;Memphis&amp;quot; из липы с заточкой. Карандаш закруглен, срез обработан. Дизайны корпуса представлены в 2-х вариантах. Матовое покрытие корпуса добавляет особый комфорт при работе. Карандаш создан из специально обработанной древесины для идеальной заточки. Он подходит для черчения и рисования. Карандаш не ломается при падении и безопасен для детей. Упаковка в прозрачный PET-бокс с европодвесом по 12шт. - Диаметр грифеля: 2,2 мм, - Твердость: HB, - Заточенный грифель: да, - Форма корпуса: круглая, - Наличие ластика: нет, - Цвет дерева: светлый, - Цвет корпуса: микс из 2-х дизайнов, - Количество штук в упаковке: 12, - Тип упаковки: прозрачная ПВХ-коробка с европодвесом.</t>
+  </si>
+  <si>
+    <t>842543</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba7/b4te3b2w9jhizsjhaedgd3ikxlxzbe5d.jpg</t>
+  </si>
+  <si>
+    <t>Набор карандашей чернографитных Berlingo  quot;Monochrome quot; HB, 12шт., черное дерево, круглый, заточен., с ластиком, ассорти, PET-бокс</t>
+  </si>
+  <si>
+    <t>Набор чернографитных карандашей Berlingo &amp;quot;Monochrome&amp;quot; из черного дерева с заточкой и ластиком. Дизайны корпуса представлены в 2-х вариантах. Матовое покрытие корпуса добавляет особый комфорт при работе. Карандаш создан из специально обработанной древесины для идеальной заточки. Он подходит для черчения и рисования. Карандаш не ломается при падении и безопасен для детей. Упаковка в прозрачный PET-бокс с европодвесом по 12шт. - Диаметр грифеля: 2,2 мм, - Твердость: HB, - Заточенный грифель: да, - Форма корпуса: круглая, - Наличие ластика: да, - Цвет дерева: черный, - Цвет корпуса: микс из 2-х дизайнов, - Количество штук в упаковке: 12, - Тип упаковки: прозрачная ПВХ-коробка с европодвесом.</t>
+  </si>
+  <si>
+    <t>842544</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be4/eughs9esmd9k0hkxxpxs4mn9sn2vvplt.jpg</t>
+  </si>
+  <si>
+    <t>Набор карандашей чернографитных Berlingo  quot;Tribe quot; HB, 12шт., черное дерево, круглый, заточен., с ластиком, ассорти, PET-бокс</t>
+  </si>
+  <si>
+    <t>Набор чернографитных карандашей Berlingo &amp;quot;Tribe&amp;quot; из черного дерева с заточкой и ластиком. Дизайны корпуса представлены в 2-х вариантах. Матовое покрытие корпуса добавляет особый комфорт при работе. Карандаш создан из специально обработанной древесины для идеальной заточки. Он подходит для черчения и рисования. Карандаш не ломается при падении и безопасен для детей. Упаковка в прозрачный PET-бокс с европодвесом по 12шт. - Диаметр грифеля: 2,2 мм, - Твердость: HB, - Заточенный грифель: да, - Форма корпуса: круглая, - Наличие ластика: да, - Цвет дерева: черный, - Цвет корпуса: микс из 2-х дизайнов, - Количество штук в упаковке: 12, - Тип упаковки: прозрачная ПВХ-коробка с европодвесом.</t>
+  </si>
+  <si>
+    <t>842550</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/839/pkvhjvajp8bp272pogg5k0xm2ar9047k.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;xGold quot; HB, черное дерево, трехгранный, заточен., ассорти</t>
   </si>
   <si>
     <t>Чернографитные карандаши Berlingo &amp;quot;xGold&amp;quot; из черного дерева с заточкой энергономичной трехгранной формы. Карандаш закруглен, срез обработан. Дизайны корпуса представлены в 7 цветах. Карандаш создан из специально обработанной древесины для идеальной заточки. Он подходит для черчения и рисования. Карандаш не ломается при падении и безопасен для детей. Упаковка в прозрачную разъемную ПВХ-тубу с возможностью использования в качестве подставки. Индивидуальный ШК на корпусе.&amp;nbsp;&amp;nbsp;- Диаметр грифеля: 2,2 мм, - Твердость: HB, - Заточенный грифель: да, - Форма корпуса: трехгранная, - Наличие ластика: нет, - Цвет дерева: черный, - Цвет корпуса: микс из 7 цветов, - Количество штук в упаковке: 36, - Тип упаковки: прозрачная ПВХ-туба.</t>
   </si>
   <si>
     <t>843388</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/773/puxun10aun3e17zams36rjup4z403mm2.jpg</t>
   </si>
   <si>
     <t>Карандаши чернографитные чертежные школьные разной твердости НАБОР 12 штук 2H-2B, ПИФАГОР, 181883</t>
   </si>
   <si>
     <t>Набор чернографитных карандашей разной твёрдости ПИФАГОР отлично подойдёт для выполнения чертежных, графических и художественных работ. Карандаши изготовлены из дерева высокого качества. Имеют шестигранное сечение. Карандаши длиной 175 мм легко точатся и не крошатся. Набор состоит из карандашей различных степеней твердости: 2H – 2 шт., Н – 2 шт., НВ – 4 шт., В – 2 шт.,2B – 2 шт. Диаметр грифеля – 2,2 мм. Корпус карандашей покрыт лаком. Поставляются заточенными.</t>
   </si>
   <si>
     <t>843469</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/26c/mmubpfuet2biae4e32eaz0xg1ui739t7.jpg</t>
@@ -7335,101 +7053,80 @@
   <si>
     <t>844482</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/02f/lougvjz7ha161n3y9851oyy0wkyqsr53.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитный трехгранный карандаш с ластиком ErichKrause  Dots HB  в тубусе по 42 штуки </t>
   </si>
   <si>
     <t>Эргономичный трехгранный чернографитный карандаш с ластиком из отборной древесины, твердость НВ. Три дизайна корпуса карандаша, ластик в цвет корпуса. Специальная пропитка древесины и сплошная проклейка грифеля обеспечивает высокую ударопрочность. Мягкая древесина и идеальная центровка грифеля гарантируют легкую заточку с экономным расходом карандаша. Грифель диаметром 2.2 мм не царапает бумагу и не крошится. Ластик карандаша средней жесткости изготовлен из экологически чистого и гипоаллергенного материала термопластичной резины &amp;#40;TPR&amp;#41;. Не содержит ПВХ. Длина 188 мм.</t>
   </si>
   <si>
     <t>844483</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dc4/cbe41k4g0k92bf7dujxkvoc6cwg627v1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитный трехгранный карандаш с ластиком ErichKrause  Tartan HB  в тубусе по 42 штуки </t>
   </si>
   <si>
     <t>844485</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2c5/8o4j2wytsyi2j3es2zjtgy4acmhluli5.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/391/3wysn6e1d4m172fyi7ojbyqukfp2ar02.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитный шестигранный карандаш ErichKrause  Amber 100 HB  в тубусе по 42 штуки </t>
   </si>
   <si>
     <t>844487</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d1a/py7m64a68akpmw2fpf5gmhzdlnb4acbx.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Каляка-Маляка Jumbo НВ с ластиком заточенный круглый</t>
   </si>
   <si>
     <t>846545</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kaljaka-maljaka/"&gt;Каляка-Маляка&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/367/gypqg4mtsuanoxjo17qtp9h8zqjjup52.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный, деревянный Koh-I-Noor Gold star 3В заточенный шестигранный картонная коробка</t>
   </si>
   <si>
     <t>847043</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0da/zn9ljfreqrzw12a7lcyjsx518n9sas96.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/242/4bnhu2842g4gaosr6eltf54jbd99lly9.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный, деревянный LOREX V-TYPE MONOCHROME FAUVISM НВ заточенный трехгранный тубус принт на корпусе</t>
   </si>
   <si>
     <t>847048</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d2/qcdc7mwox1hujgc7fgejube928ymhghn.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный, пластик LOREX WOOD DRAGON FRUIT НВ заточенный трехгранный тубус принт на корпусе</t>
   </si>
   <si>
     <t>847049</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ace/khy42j6tv30csevd845eiq2bsq3g70y7.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный, пластик LOREX WOOD FREE GRUNGE 4EVER НВ заточенный трехгранный тубус принт на корпусе</t>
   </si>
   <si>
     <t>847051</t>
@@ -7446,125 +7143,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/909/3agmf37i63765qgecb6fs7zlrlq10ctr.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный художественный 2B, 1 шт., BRAUBERG ART  quot;PREMIERE quot;, ВЫСШЕЕ КАЧЕСТВО, 181888</t>
   </si>
   <si>
     <t>Карандаш чернографитный художественный BRAUBERG ART &amp;quot;PREMIERE&amp;quot; универсален в рисовании и обладает огромными возможностями в передаче света и тени. Подходит для создания легкого наброска, быстрого рисунка или полноценной картины. Карандаш легко затачивается, максимально устойчив к повреждениям. Изготовлен из дерева высокого качества. Имеет шестигранное сечение. Карандаш длиной 176 мм обладает степенью твердости – 2B. Цвет корпуса - бордовый. Диаметр грифеля- 2,4 мм. Поставляется заточенным.</t>
   </si>
   <si>
     <t>852588</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f4e/jdnql1c1by0r6mq52f605y5cc3g2asdt.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный художественный 4B, 1 шт., BRAUBERG ART  quot;PREMIERE quot;, ВЫСШЕЕ КАЧЕСТВО, 181889</t>
   </si>
   <si>
     <t>Карандаш чернографитный художественный BRAUBERG ART &amp;quot;PREMIERE&amp;quot; универсален в рисовании и обладает огромными возможностями в передаче света и тени. Подходит для создания легкого наброска, быстрого рисунка или полноценной картины. Карандаш легко затачивается, максимально устойчив к повреждениям. Изготовлен из дерева высокого качества. Имеет шестигранное сечение. Карандаш длиной 176 мм обладает степенью твердости – 4B. Цвет корпуса - бордовый. Диаметр грифеля- 2,4 мм. Поставляется заточенным.</t>
   </si>
   <si>
     <t>852590</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e0a/hh2hxqyhhc3us95nvi0lgcagu9msk3hn.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8e5/ladrz35aljxqc3ve479x01rthatt4exb.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный художественный HB, 1 шт., BRAUBERG ART  quot;PREMIERE quot;, ВЫСШЕЕ КАЧЕСТВО, 181886</t>
   </si>
   <si>
     <t>Карандаш чернографитный художественный BRAUBERG ART &amp;quot;PREMIERE&amp;quot; универсален в рисовании и обладает огромными возможностями в передаче света и тени. Подходит для создания легкого наброска, быстрого рисунка или полноценной картины. Карандаш легко затачивается, максимально устойчив к повреждениям. Изготовлен из дерева высокого качества. Имеет шестигранное сечение. Карандаш длиной 176 мм обладает степенью твердости – HB. Цвет корпуса - бордовый. Диаметр грифеля- 2,4 мм. Поставляется заточенным.</t>
   </si>
   <si>
     <t>852595</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2cc/qgihzss33xv6jqhjz0wgh9ttb2kqjsvj.jpg</t>
   </si>
   <si>
     <t>Карандаши чернографитные BIC Evolution  quot;Stripes quot;, НАБОР 4 шт., HB, пластиковые, блистер, 918485</t>
   </si>
   <si>
     <t>Пластиковые чернографитные карандаши BIC &amp;quot;Evolution&amp;quot; имеют яркий и стильный дизайн. Карандаш легко затачивается, благодаря своей структуре не образует острых краев на изломе. Благодаря ударопрочному грифелю он не расщепляется при механическом воздействии. Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41;, без ластика, заточенным. Твердость - HB.</t>
   </si>
   <si>
     <t>852596</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7e7/l494yky34jol64a2x21hwsjgl6q92316.jpg</t>
   </si>
   <si>
     <t>Карандаши чернографитные профессиональные 8H-8B НАБОР 18 штук, BRAUBERG ART  quot;PREMIERE quot;, 181893</t>
   </si>
   <si>
     <t>Карандаши чернографитные художественные BRAUBERG ART &amp;quot;PREMIERE&amp;quot; универсальны в рисовании и обладают огромными возможностями в передаче света и тени. Подходят для создания легкого наброска, быстрого рисунка или полноценной картины. Карандаши легко затачиваются, максимально устойчивы к повреждениям. Изготовлены из дерева высокого качества. Имеют шестигранное сечение. Основной цвет корпуса - бордовый. Цвет кончика карандаша зависит от степени твёрдости - чем мягче, тем темнее. Набор состоит из карандашей различных степеней твердости: 8H - 1 штука &amp;#40;диаметр грифеля 2,0 мм&amp;#41;, 7H - 1 штука &amp;#40;диаметр грифеля 2,0 мм&amp;#41;, 6H - 1 штука &amp;#40;диаметр грифеля 2,0 мм&amp;#41;, 5H - 1 штука &amp;#40;диаметр грифеля 2,0 мм&amp;#41;, 4H - 1 штука &amp;#40;диаметр грифеля 2,0 мм&amp;#41;, 3H - 1 штука &amp;#40;диаметр грифеля 2,0 мм&amp;#41;, 2H - 1 штука &amp;#40;диаметр грифеля 2,4 мм&amp;#41;, H - 1 штука &amp;#40;диаметр грифеля 2,4 мм&amp;#41;, HB - 2 штуки &amp;#40;диаметр грифеля 2,4 мм&amp;#41;, B - 1 штука &amp;#40;диаметр грифеля 2,4 мм&amp;#41;, 2B - 1 штука &amp;#40;диаметр грифеля 2,4 мм&amp;#41;, 3B - 1 штука &amp;#40;диаметр грифеля 2,4 мм&amp;#41;, 4B - 1 штука &amp;#40;диаметр грифеля 2,4 мм&amp;#41;, 5B - 1 штука &amp;#40;диаметр грифеля 3,0 мм&amp;#41;, 6B - 1 штука &amp;#40;диаметр грифеля 3,0 мм&amp;#41;, 7B - 1 штука &amp;#40;диаметр грифеля 3,5 мм&amp;#41;, 8B - 1 штука &amp;#40;диаметр грифеля 3,5 мм&amp;#41;. Поставляются заточенными.</t>
   </si>
   <si>
     <t>852597</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/249/24kf5bjio3r8f9aieuh6fi0z7m85rh71.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8f9/s78r6hv3g2dtze1pvkj1fe0hm0vcrlkv.jpg</t>
   </si>
   <si>
     <t>Карандаши чернографитные художественные 4H-8B, НАБОР 12 шт., В ПЕНАЛЕ, BRAUBERG ART  quot;PREMIERE quot;, 181895</t>
   </si>
   <si>
     <t>Карандаши чернографитные художественные BRAUBERG ART &amp;quot;PREMIERE&amp;quot; универсальны в рисовании и обладают огромными возможностями в передаче света и тени. Подходят для создания легкого наброска, быстрого рисунка или полноценной картины. Карандаши легко затачиваются, максимально устойчивы к повреждениям. Изготовлены из дерева высокого качества. Имеют шестигранное сечение. Основной цвет корпуса - бордовый. Цвет кончика карандаша зависит от степени твёрдости - чем мягче, тем темнее. Набор состоит из карандашей различных степеней твердости: 4H - 1 штука &amp;#40;диаметр грифеля 2,0 мм&amp;#41;, 3H - 1 штука &amp;#40;диаметр грифеля 2,0 мм&amp;#41;, 2H - 1 штука &amp;#40;диаметр грифеля 2,4 мм&amp;#41;, H - 1 штука &amp;#40;диаметр грифеля 2,4 мм&amp;#41;, HB - 1 штука &amp;#40;диаметр грифеля 2,4 мм&amp;#41;, B - 1 штука &amp;#40;диаметр грифеля 2,4 мм&amp;#41;, 2B - 1 штука &amp;#40;диаметр грифеля 2,4 мм&amp;#41;, 3B - 1 штука &amp;#40;диаметр грифеля 2,4 мм&amp;#41;, 4B - 1 штука &amp;#40;диаметр грифеля 2,4 мм&amp;#41;, 5B - 1 штука &amp;#40;диаметр грифеля 3,0 мм&amp;#41;, 6B - 1 штука &amp;#40;диаметр грифеля 3,0 мм&amp;#41;, 8B - 1 штука &amp;#40;диаметр грифеля 3,5 мм&amp;#41;. Поставляются заточенными.</t>
   </si>
   <si>
     <t>852599</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/474/nyxzxjzklllpb2wun5omxtmpap1pbiol.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;Haze quot; HB, пластиковый, трехгранный, с выемками, заточен., с ластиком, PET-бокс</t>
   </si>
   <si>
     <t>Чернографитный ударопрочный карандаш Berlingo &amp;quot;Haze&amp;quot; из гибкого пластика, с ластиком, с заточкой. Трехгранный эргономичный корпус со специальными выемками в корпусе для более крепкого хвата. Уникальный яркий цветной материал пластика, использованного при изготовлении корпуса, сохраняется при заточке. Не ломается при падении. Безопасен для детей, в случае разлома, не оставляет мелких и острых фрагментов. Подходит для черчения и рисования. Диаметр грифеля 2мм, твердость HB, трехгранная форма, штрих-код на корпусе. Упаковка в прозрачную ПВХ-коробку по 12шт.</t>
   </si>
   <si>
     <t>852794</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d2b/s0mtuub6tiajjb343gqotr0mxsvbrl9d.jpg</t>
@@ -7662,116 +7320,116 @@
   <si>
     <t>Карандаш чернографитный KOH-I-NOOR 1500/8B, б/ласт, 150008B01170RU</t>
   </si>
   <si>
     <t>879710</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d66/lvxfs6moxbsbsf4zosjb0vkcd3qwrjvb.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный KOH-I-NOOR СТОЛЯРНЫЙ B красный корп. 153600100177</t>
   </si>
   <si>
     <t>879711</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/526/61d7okhxz8hqmn0b5kie0f9ctylifsnr.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный KOH-I-NOOR СТОЛЯРНЫЙ HB красный корп.153600200177</t>
   </si>
   <si>
     <t>879712</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c09/8ovkmlf810nfmxp7m0se39n2yc1eiazh.jpg</t>
+  </si>
+  <si>
+    <t>Набор карандашей чернографитных KOH-I-NOOR TECHNIC HB-10H 12шт мет.к.1502012007PLRU</t>
+  </si>
+  <si>
+    <t>879717</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/84c/2qk1nmqp08k3kodldirxy7f1yt7w8tg1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитный трехгранный карандаш с ластиком ErichKrause  Frozen Beauty HB  в тубусе по 42 штуки </t>
   </si>
   <si>
     <t>Эргономичный трехгранный чернографитный карандаш из отборной древесины с ластиком, твердость НВ. Четыре дизайна корпуса карандаша с фольгированными элементами, ластик в цвет корпуса. Специальная пропитка древесины и сплошная проклейка грифеля обеспечивает высокую ударопрочность. Мягкая древесина и идеальная центровка грифеля гарантируют легкую заточку с экономным расходом карандаша. Грифель диаметром 2.2 мм не царапает бумагу и не крошится. Ластик карандаша средней жесткости изготовлен из экологически чистого и гипоаллергенного материала термопластичной резины &amp;#40;TPR&amp;#41;. Не содержит ПВХ. Длина 188 мм.</t>
   </si>
   <si>
     <t>882643</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d0/84iy76kgthwelyr2tay866o32dgejx75.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Пластиковый чернографитный круглый карандаш с ластиком ErichKrause  Metallic HB  в тубусе по 42 штуки </t>
   </si>
   <si>
     <t>Чернографитный круглый карандаш из биоразлагаемого пластика с ударопрочным грифелем, твёрдость HB. Шесть металлик цветов корпуса. Благодаря специальной технологии изготовления карандаша методом экструзии грифель надежно фиксируется к корпусу. Идеальная центровка грифеля гарантирует легкую заточку с экономным расходом карандаша. Грифель диаметром 2.2 мм не царапает бумагу и не крошится при рисовании. Ластик карандаша средней жесткости изготовлен из экологически чистого и гипоаллергенного материала термопластичной резины &amp;#40;TPR&amp;#41;. Не содержит ПВХ. Длина 188 мм.</t>
   </si>
   <si>
     <t>883133</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/91f/v9fnphc18qt7lz4g19ur351c4nkytlb0.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Пластиковый чернографитный круглый карандаш с ластиком ErichKrause  Pastel HB  в тубусе по 42 штуки </t>
   </si>
   <si>
     <t>Чернографитный круглый карандаш из биоразлагаемого пластика с ударопрочным грифелем, твёрдость HB. Шесть пастельных цветов корпуса. Благодаря специальной технологии изготовления карандаша методом экструзии грифель надежно фиксируется к корпусу. Идеальная центровка грифеля гарантирует легкую заточку с экономным расходом карандаша. Грифель диаметром 2.2 мм не царапает бумагу и не крошится при рисовании. Ластик карандаша средней жесткости изготовлен из экологически чистого и гипоаллергенного материала термопластичной резины &amp;#40;TPR&amp;#41;. Не содержит ПВХ. Длина 188 мм.</t>
   </si>
   <si>
     <t>883134</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6e6/ymkox1cfkuaeb0rb1yn08mo0i7cn4qfc.jpg</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Пластиковый чернографитный трехгранный карандаш с ластиком ErichKrause  Camo HB  в тубусе по 42 штуки </t>
+    <t>http://anytos.ru//upload/iblock/99c/1rttd7v6m8o8zi22n78yi9kfn6b1d37d.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пластиковый чернографитный трехгранный карандаш с ластиком ErichKrause  Classic triangle 101 HB  в коробке 12 штук </t>
+  </si>
+  <si>
+    <t>Эргономичный трехгранный чернографитный карандаш из биоразлагаемого пластика с ударопрочным грифелем, твёрдость HB. Шесть цветов корпуса с белой полосой по граням. Благодаря специальной технологии изготовления карандаша методом экструзии грифель надежно фиксируется к корпусу. Идеальная центровка грифеля гарантирует легкую заточку с экономным расходом карандаша. Грифель диаметром 2.2 мм не царапает бумагу и не крошится при рисовании. Ластик карандаша средней жесткости изготовлен из экологически чистого и гипоаллергенного материала термопластичной резины &amp;#40;TPR&amp;#41;. Не содержит ПВХ. Длина 188 мм.</t>
+  </si>
+  <si>
+    <t>883136</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c3/4afqgs6wg1jvh83georyjjw2ulgx41f0.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пластиковый чернографитный трехгранный карандаш с ластиком ErichKrause  Dots HB  в тубусе по 42 штуки </t>
   </si>
   <si>
     <t>Эргономичный трехгранный чернографитный карандаш из биоразлагаемого пластика с ударопрочным грифелем, твёрдость HB. Три дизайна корпуса карандаша, ластик черного цвета. Благодаря специальной технологии изготовления карандаша методом экструзии грифель надежно фиксируется к корпусу. Идеальная центровка грифеля гарантирует легкую заточку с экономным расходом карандаша. Грифель диаметром 2.2 мм не царапает бумагу и не крошится при рисовании. Ластик карандаша средней жесткости изготовлен из экологически чистого и гипоаллергенного материала термопластичной резины &amp;#40;TPR&amp;#41;. Не содержит ПВХ. Длина 188 мм.</t>
   </si>
   <si>
-    <t>883135</t>
-[...19 lines deleted...]
-  <si>
     <t>883137</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e02/z3g5cwfjni40agkjhqoqs60jdgmoson4.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Пластиковый чернографитный шестигранный карандаш ErichKrause  Classic 100 HB  в коробке 12 штук </t>
   </si>
   <si>
     <t>Чернографитный шестигранный карандаш из биоразлагаемого пластика с ударопрочным грифелем, твёрдость HB. Шесть цветов корпуса. Благодаря специальной технологии изготовления карандаша методом экструзии грифель надежно фиксируется к корпусу. Идеальная центровка грифеля гарантирует легкую заточку с экономным расходом карандаша. Грифель диаметром 2.2 мм не царапает бумагу и не крошится при рисовании. Длина 175 мм.</t>
   </si>
   <si>
     <t>883141</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e78/ezym2qbd53y3164moouf217daws7b0yh.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитный трехгранный карандаш с ластиком ErichKrause  Avocado HB  в тубусе по 42 штуки </t>
   </si>
   <si>
     <t>Эргономичный трехгранный чернографитный карандаш из отборной древесины с ластиком, твердость НВ. Три дизайна корпуса карандаша, ластик в цвет корпуса. Специальная пропитка древесины и сплошная проклейка грифеля обеспечивает высокую ударопрочность. Мягкая древесина и идеальная центровка грифеля гарантируют легкую заточку с экономным расходом карандаша. Грифель диаметром 2.2 мм не царапает бумагу и не крошится. Ластик карандаша средней жесткости изготовлен из экологически чистого и гипоаллергенного материала термопластичной резины &amp;#40;TPR&amp;#41;. Не содержит ПВХ. Длина 188 мм.</t>
   </si>
   <si>
     <t>883145</t>
@@ -7968,59 +7626,50 @@
   <si>
     <t>Карандаш чернографитный Attache Selection /H, б/ласт</t>
   </si>
   <si>
     <t>898857</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d6/9ygnfjop84cofsxzbntrn3lr8tnuqv5k.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Deli EC011-HB шестигр., HB ластик, цвет АССОРТИ</t>
   </si>
   <si>
     <t>898859</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f4/jo63mmc1nluzq4vy7xwplmep7sfjevzj.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Deli Macaron EU54800 HB шестигр., корпус в ассорт</t>
   </si>
   <si>
     <t>898861</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/384/d9fye1j74drfylb9j5h770qkk09r271o.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/360/jltri0a1ln26rr5sud4r8fi2sa3dzqk0.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Kores CrackedStyleMetal трехгранный 92813</t>
   </si>
   <si>
     <t>898864</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c25/hck2x07n75j2ottr08sh3ndiqvyv6d6s.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ С ЛАСТИКОМ  quot;Graphix quot; 2В</t>
   </si>
   <si>
     <t>КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ С ЛАСТИКОМ &amp;quot;Graphix&amp;quot; 2В</t>
   </si>
   <si>
     <t>908226</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a9/0moarh24e60soj9yh7t9wo8y17aw9ale.jpeg</t>
   </si>
   <si>
     <t>КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ С ЛАСТИКОМ  quot;Graphix quot; НВ</t>
@@ -9174,62 +8823,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4ef/gnk6j82oyputppci8d44pqj7s8wvagp1.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-И КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ  quot;HappyGraphix. Футбол.Чемпионы. Англия quot; НВ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-И КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ &amp;quot;HappyGraphix. Футбол.Чемпионы. Англия&amp;quot; НВ</t>
   </si>
   <si>
     <t>908384</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/679/284lp59opw3rua93s1di3lryz7zvjocv.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-И КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ  quot;HappyGraphix. Футбол.Чемпионы. Испания quot; НВ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-И КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ &amp;quot;HappyGraphix. Футбол.Чемпионы. Испания&amp;quot; НВ</t>
   </si>
   <si>
     <t>908385</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ddb/bhaeqk2bbo4zi6bdzojlp6ypv0k1s7fq.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/025/a5ouleyl404xffrgkc5rwfckrb3i8zgj.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-И КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ  quot;HappyGraphix. Цирк. Зайка quot; НВ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-И КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ &amp;quot;HappyGraphix. Цирк. Зайка&amp;quot; НВ</t>
   </si>
   <si>
     <t>908389</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/400/1556slobkuakee3gw0cw1lco9g6qhz0v.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-И КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ  quot;HappyGraphix. Цирк. Ламы quot; НВ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-И КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ &amp;quot;HappyGraphix. Цирк. Ламы&amp;quot; НВ</t>
   </si>
   <si>
     <t>908390</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ccd/yurjftkxa4xwfy9x91nyaf1vi4zhqv0y.jpeg</t>
@@ -9393,182 +9030,110 @@
   <si>
     <t>Карандаш чернографитный Koh-I-Noor  quot;1860 quot; 6B, заточен.</t>
   </si>
   <si>
     <t>940941</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e33/kted9mkfkokl4hii2fibvjpboekb0fzs.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Koh-I-Noor  quot;1860 quot; B, заточен.</t>
   </si>
   <si>
     <t>940942</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3ef/w33thld372dan5i5i2skxisaeol84on5.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Koh-I-Noor  quot;1860 quot; HB, заточен.</t>
   </si>
   <si>
     <t>940943</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/197/lyfdwpg54xgxrzfd4j71wb6ykenx3xpf.jpg</t>
-[...8 lines deleted...]
-    <t>940944</t>
+    <t>http://anytos.ru//upload/iblock/6b8/v4l7t57fki9r58ivz6erle645y7mu8yw.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный Гамма  quot;Старый мастер quot;, 5B, заточен.</t>
+  </si>
+  <si>
+    <t>Чернографитные карандаши ГАММА предназначены для рисования, скетчинга и черчения на бумаге и картоне. Выпускаются в 16 различных степенях твердости: от 8H до 10B, поэтому идеально подойдут как для художников, иллюстраторов, так и для архитекторов и инженеров. В карандашах ГАММА используется японский грифель премиум-класса, который позволяет с легкостью получать равномерную и четкую штриховку, качественную прорисовку деталей. Разные степени твердости помогают с легкостью передать темные, средние и светлые тона, варьировать толщину линии. Благодаря специальной равномерной проклейке грифеля в несколько этапов карандаши не крошатся и не ломаются даже после падения. Карандаши ГАММА изготовлены из высококачественной натуральной древесины кедра. Кедр – это мягкая, но прочная древесина, долговечная и водонепроницаемая. Благодаря этому карандаши затачиваются легко без зазубрин и заноз. Карандаши эргономичной шестигранной формы с приятным матовым покрытием комфортно держать в руке. Диаметр грифеля – 2,8 мм.</t>
+  </si>
+  <si>
+    <t>940950</t>
   </si>
   <si>
     <t>&lt;a href="/brands/gamma_/"&gt;Гамма&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/786/nemcms1xhfd6lamnfedj8voeje4it3yp.jpg</t>
-[...2 lines deleted...]
-    <t>Карандаш чернографитный Гамма  quot;Старый мастер quot;, 3H, заточен.</t>
+    <t>http://anytos.ru//upload/iblock/bd1/l8xiunkezz0q8p8v92b2b7o03ukckw4a.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный Гамма  quot;Старый мастер quot;, 6H, заточен.</t>
   </si>
   <si>
     <t>Чернографитные карандаши ГАММА предназначены для рисования, скетчинга и черчения на бумаге и картоне. Выпускаются в 16 различных степенях твердости: от 8H до 10B, поэтому идеально подойдут как для художников, иллюстраторов, так и для архитекторов и инженеров. В карандашах ГАММА используется японский грифель премиум-класса, который позволяет с легкостью получать равномерную и четкую штриховку, качественную прорисовку деталей. Разные степени твердости помогают с легкостью передать темные, средние и светлые тона, варьировать толщину линии. Благодаря специальной равномерной проклейке грифеля в несколько этапов карандаши не крошатся и не ломаются даже после падения. Карандаши ГАММА изготовлены из высококачественной натуральной древесины кедра. Кедр – это мягкая, но прочная древесина, долговечная и водонепроницаемая. Благодаря этому карандаши затачиваются легко без зазубрин и заноз. Карандаши эргономичной шестигранной формы с приятным матовым покрытием комфортно держать в руке. Диаметр грифеля – 2,0 мм.</t>
   </si>
   <si>
-    <t>940947</t>
-[...37 lines deleted...]
-  <si>
     <t>940953</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c7b/4ikigb10ahg4ym7hd2jrqgfs8171lx1a.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Гамма  quot;Старый мастер quot;, 7B, заточен.</t>
   </si>
   <si>
     <t>940954</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9f7/ogdq8nsv5gc67fh6vmyqimbs9slrcdte.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/794/ifhamc6mcjlp54px3r93u9twheib87ve.jpg</t>
   </si>
   <si>
     <t>Карандаши чернографитные с ластиком STAFF EVERYDAY BLP-GRN, КОМПЛЕКТ 50 шт., НВ, корпус зеленый, 181941</t>
   </si>
   <si>
     <t>Карандаши чернографитные STAFF EVERYDAY – первые помощники для выполнения проектно-конструкторских работ. Позволяют сделать легкий набросок, быстрый рисунок или нарисовать полноценную картину. Карандаши изготовлены из прочного пластика. Ластик, расположенный на корпусе, обеспечивает мягкое и чистое стирание. Благодаря шестигранному сечению корпуса карандаши удобны в работе и менее подвержены скатыванию с поверхности стола.Корпус длиной 185 мм легко точится и не крошится, оставляя равномерную стружку. Грифель обладает средней степенью твердости – HB. Корпус выкрашен в классический зелёный цвет. Комплект упакован в картонную коробку, дополнительно защищенную термоусадочной плёнкой. Карандаши поставляются заточенными.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>946655</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a52/fz05reoftn1n1ve1pp7x8ql8kchmepnk.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный дерев. LOREX V-TYPE PASTEL PARSLEY НВ заточенный трехгранный</t>
   </si>
   <si>
     <t>Карандаш чернографитный дерев. LOREX V-TYPE PASTEL PARSLEY НВ заточенный трехгранный тубус принт на корпусе</t>
   </si>
   <si>
     <t>947789</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/519/vrri1wj1q3x0z5q5i6at3j6dda4n4zye.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b52/g28id4ivitbw5a1kb1r0j3zp3geuixbx.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный пластик LOREX FOREVER AND EVER НВ заточенный трехгранный</t>
   </si>
   <si>
     <t>Карандаш чернографитный пластик LOREX FOREVER AND EVER НВ заточенный трехгранный тубус принт на корпусе</t>
   </si>
   <si>
     <t>947793</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/da6/qtkbm7yptiv7tx7uw8msrqe4cgwwbtvw.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный пластик LOREX WOOD FREE FAUVISM V. 2.0 НВ заточенный трехгранный с ластиком</t>
   </si>
   <si>
     <t>Карандаш чернографитный пластик LOREX WOOD FREE FAUVISM V. 2.0 НВ заточенный трехгранный с ластиком тубус принт</t>
   </si>
   <si>
     <t>947795</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e3/ytgce6488rd505fdxjxxmrkceoso4yk6.jpg</t>
@@ -9651,140 +9216,125 @@
   <si>
     <t>Карандаш чернографитный с ластиком STAFF EVERYDAY BLP-GRN, 1 шт., НВ, пластик., корпус зеленый, 181939</t>
   </si>
   <si>
     <t>Карандаш чернографитный STAFF EVERYDAY – первый помощник для выполнения проектно-конструкторских работ. Позволяет сделать легкий набросок, быстрый рисунок или нарисовать полноценную картину. Карандаш изготовлен из прочного пластика. Ластик, расположенный в верхней части карандаша, обеспечивает мягкое и чистое стирание. Благодаря шестигранному сечению корпуса карандаш удобен в работе и менее подвержен скатыванию с поверхности стола.Корпус длиной 185 мм легко точится и не крошится, оставляя равномерную стружку. Грифель карандаша обладает средней степенью твердости – HB. Корпус выкрашен в классический зелёный цвет. Поставляется заточенным.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>949742</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d61/mdp4w53n3v60wiwv26cs7cvrj2yv54rq.jpg</t>
   </si>
   <si>
     <t>Карандаши чернографитные с ластиком STAFF EVERYDAY BLP-YLW, КОМПЛЕКТ 50 шт., НВ, пластиковые, корпус ж лтый, 181942</t>
   </si>
   <si>
     <t>Карандаши чернографитные STAFF EVERYDAY - первые помощники для выполнения проектно-конструкторских работ. Позволяют сделать легкий набросок, быстрый рисунок или нарисовать полноценную картину. Карандаши изготовлены из прочного пластика. Ластик, расположенный на корпусе, обеспечивает мягкое и чистое стирание. Благодаря шестигранному сечению корпуса карандаши удобны в работе и менее подвержены скатыванию с поверхности стола. Корпус длиной 185 мм легко точится и не крошится, оставляя равномерную стружку. Грифель обладает средней степенью твердости – HB. Корпус выкрашен в классический жёлтый цвет.Комплект упакован в картонную коробку, дополнительно защищенную термоусадочной плёнкой. Карандаши поставляются заточенными.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>949743</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8e6/1vaooupqoe9ax85b9bh84ojtg36h4avb.jpg</t>
-[...8 lines deleted...]
-    <t>950549</t>
+    <t>http://anytos.ru//upload/iblock/600/hytz1gboid6vf3pby69jvbdgk18piwho.jpg</t>
+  </si>
+  <si>
+    <t>Набор карандашей чернографитовых Deli 2H-12B c угольн.каранд. 27шт 58125</t>
+  </si>
+  <si>
+    <t>950551</t>
   </si>
   <si>
     <t>Карандаш чернографит. KOH-I-NOOR 1860 4В шестигранный с заточкой</t>
   </si>
   <si>
     <t>953163</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b2b/qj3h2ppdfnpfiw098s0ebz413fpgltb5.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный STAFF  quot;EVERYDAY quot; BLP-GRN, 1 шт., НВ, пластиковый, корпус зеленый, 181938</t>
   </si>
   <si>
     <t>Карандаш чернографитный STAFF EVERYDAY - первый помощник для выполнения проектно-конструкторских работ, позволяет сделать легкий набросок, быстрый рисунок или нарисовать полноценную картину. Карандаш изготовлен из прочного пластика. Благодаря шестигранному сечению корпуса карандаш удобен в работе и менее подвержен скатыванию с поверхности стола. Корпус длиной 176 мм легко точится и не крошится, оставляя равномерную стружку. Грифель карандаша обладает средней степенью твердости – HB. Корпус выкрашен в классический зелёный цвет. Поставляется заточенным.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>953641</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/723/bkc2nlrk7chm241hc0jgukybs20iimlb.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный с ластиком STAFF  quot;EVERYDAY quot; BLP-YLW, 1 шт., НВ, пластиковый, корпус ж лтый, 181940</t>
   </si>
   <si>
     <t>Карандаш чернографитный STAFF EVERYDAY - первый помощник для выполнения проектно-конструкторских работ, позволяет сделать легкий набросок, быстрый рисунок или нарисовать полноценную картину. Карандаш изготовлен из прочного пластика. Ластик, расположенный на корпусе, обеспечивает мягкое и чистое стирание. Благодаря шестигранному сечению корпуса карандаш удобен в работе и менее подвержен скатыванию с поверхности стола. Корпус длиной 176 мм легко точится и не крошится, оставляя равномерную стружку. Грифель карандаша обладает средней степенью твердости – HB. Корпус выкрашен в классический жёлтый цвет. Поставляется заточенным.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>953642</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/49d/j4qzwz0g7nf3g5k8g0gcaulf1u6ggm00.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/57b/gbo9o0npyak89okfypk7pltmzs3o7hxh.jpeg</t>
   </si>
   <si>
     <t>НАБОР ВОДОРАСТВОРИМЫХ  АКВАРЕЛЬНЫХ  ЧЕРНОГРАФИТОВЫХ КАРАНДАШЕЙ  quot;SKETCH ART quot;2B-4B-6B-8B-10B-12B, 6 штук</t>
   </si>
   <si>
     <t>НАБОР ВОДОРАСТВОРИМЫХ &amp;#40;АКВАРЕЛЬНЫХ&amp;#41; ЧЕРНОГРАФИТОВЫХ КАРАНДАШЕЙ &amp;quot;SKETCH&amp;ART&amp;quot;2B-4B-6B-8B-10B-12B, 6 штук</t>
   </si>
   <si>
     <t>955972</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c33/pz6oi5qw7awsr5dje0dljvmec4a8kvo7.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cbc/egk20n0b421rohtoqi31wfv25uwgtfbs.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Attache Vector HB б ласт трехгр черн. дерев в ассортименте</t>
   </si>
   <si>
     <t>Карандаш чернографитный Attache Vector HB б/ласт трехгр черн. дерев в ассортименте</t>
   </si>
   <si>
     <t>962851</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cb2/y8gdp9pdrogvumy7f5zcbqtpxxc5lmr7.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный Attache Romb HB б ласт трехгр черн. дерево, в ассортименте</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный Attache Romb HB б/ласт трехгр черн. дерево, в ассортименте</t>
+  </si>
+  <si>
+    <t>962852</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ab4/ubggqy3s9tqjq7jai81io8a71egf0uck.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Attache Soft HB, ласт, шестигр, дерево, в ассортименте</t>
   </si>
   <si>
     <t>962853</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/17b/yu29dutc10wxt49sv2i7848p7mxak05d.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Attache Ameli HB б ласт трехгр черн.дерево, в ассортименте</t>
   </si>
   <si>
     <t>Карандаш чернографитный Attache Ameli HB б/ласт трехгр черн.дерево, в ассортименте</t>
   </si>
   <si>
     <t>962855</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d08/ifnf6mdpvlz7c4qw540bpw8sy0ne4kfw.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Attache Selection Flash HB б ласт черн.дерево в ассортименте</t>
@@ -9837,62 +9387,50 @@
   <si>
     <t>962863</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/15e/2xnb5273q4enhl79z852gpbe026k7cb4.jpg</t>
   </si>
   <si>
     <t>Карандаш двухцветный Koh-I-Noor, синий-красный, желтый корпус</t>
   </si>
   <si>
     <t>966996</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a7/5bpd1hfne6vo43l4nd874qto6rzsowax.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Berlingo  quot;Envy quot; HB, круглый, заточен., ассорти</t>
   </si>
   <si>
     <t>Карандаш ч/г Berlingo &amp;quot;Envy&amp;quot; HB, круглый, заточен., ассорти</t>
   </si>
   <si>
     <t>966999</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c82/58s10d727zawrztv79bkz69bdoehlfhq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ab9/6q94s7ftjjc75wpka41ptf2txfm1f1bu.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Berlingo  quot;Glitch quot; HB, круглый, заточен., ассорти</t>
   </si>
   <si>
     <t>Карандаш ч/г Berlingo &amp;quot;Glitch&amp;quot; HB, круглый, заточен., ассорти</t>
   </si>
   <si>
     <t>967001</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9f/lkxhh71r0gv622nse8a0sjs07egth3wm.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Berlingo  quot;Glyph quot; HB, круглый, заточен., ассорти</t>
   </si>
   <si>
     <t>Карандаш ч/г Berlingo &amp;quot;Glyph&amp;quot; HB, круглый, заточен., ассорти</t>
   </si>
   <si>
     <t>967002</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/327/kz3tzl3444llr9k7qihl9am41ma0s3dk.jpg</t>
@@ -9945,125 +9483,104 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ab0/dde44itrq41p6pknxg9tq2o8oxj5umim.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Koh-I-Noor  quot;Toison D or 1900 quot; B, заточен.</t>
   </si>
   <si>
     <t>Карандаш ч/г Koh-I-Noor &amp;quot;Toison D`or 1900&amp;quot; B, заточен.</t>
   </si>
   <si>
     <t>967008</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/145/gq5exvcojuh2rotibhsxj70aayfh84qe.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Koh-I-Noor  quot;Toison D or 1900 quot; H, заточен.</t>
   </si>
   <si>
     <t>Карандаш ч/г Koh-I-Noor &amp;quot;Toison D`or 1900&amp;quot; H, заточен.</t>
   </si>
   <si>
     <t>967009</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a55/myj007x7sgrzjs8w2cqmtphso44si5n8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/be7/nhd0fxz2gejn0qmmvm7ou91wsas7pl41.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г MESHU  quot;Meowspace quot;, HB, заточен., c фольгированием, стразы на топе, без ластика, ассорти, туба</t>
   </si>
   <si>
     <t>Карандаш ч/г MESHU &amp;quot;Meowspace&amp;quot;, HB, заточен., c фольгированием, стразы на топе, без ластика, ассорти, туба</t>
   </si>
   <si>
     <t>967013</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/730/rh5wjwayfq1nrlhsl3gge2q32s71dey0.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/48b/m9uggr6bx3qr031nxy0tvfrybnfhczou.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Гамма  quot;Старый мастер quot;, 9B, заточен.</t>
   </si>
   <si>
     <t>Карандаш ч/г Гамма &amp;quot;Старый мастер&amp;quot;, 9B, заточен.</t>
   </si>
   <si>
     <t>967017</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b81/nyyi1zatiranz6m3c78b96rst7v4dwci.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Красин  quot;Конструктор quot; ТМ  HB  круглый, заточен.</t>
   </si>
   <si>
     <t>Карандаш ч/г Красин &amp;quot;Конструктор&amp;quot; ТМ &amp;#40;HB&amp;#41; круглый, заточен.</t>
   </si>
   <si>
     <t>967018</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4a/3ch65ird51w44q2t1lo2bas8xvjktfrn.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г Красин  quot;Конструктор quot; ТМ  HB  круглый, заточен., с ластиком</t>
   </si>
   <si>
     <t>Карандаш ч/г Красин &amp;quot;Конструктор&amp;quot; ТМ &amp;#40;HB&amp;#41; круглый, заточен., с ластиком</t>
   </si>
   <si>
     <t>967019</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f7e/l5qo7jp15jn5ezsy71zp21t2xu1g99u9.jpg</t>
   </si>
   <si>
+    <t>Карандаш ч г OfficeSpace HB, заточен., пластиковый</t>
+  </si>
+  <si>
     <t>Карандаш ч/г OfficeSpace HB, заточен., пластиковый</t>
   </si>
   <si>
     <t>967021</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ba/qlqqbqpv660gsta86crwshgpcxbjxrgt.jpg</t>
   </si>
   <si>
     <t>Карандаш ч г OfficeSpace HB, с ластиком, заточен., пластиковый</t>
   </si>
   <si>
     <t>Карандаш ч/г OfficeSpace HB, с ластиком, заточен., пластиковый</t>
   </si>
   <si>
     <t>967022</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7b2/unwlpf4p70h4alq49qk0juvib1xk87yt.jpg</t>
@@ -10092,89 +9609,71 @@
   <si>
     <t>http://anytos.ru//upload/iblock/392/pz1kum1lmjb8cdsolyybd5h2zlxc5atr.jpg</t>
   </si>
   <si>
     <t>Набор карандашей ч г Красин  quot;Конструктор quot; 6шт., 2Т  2H , T H , ТМ  HB -2, М  B , 2М  2B , шестигран., заточен., карт. упаковка, европодвес</t>
   </si>
   <si>
     <t>Набор карандашей ч/г Красин &amp;quot;Конструктор&amp;quot; 6шт., 2Т &amp;#40;2H&amp;#41;, T&amp;#40;H&amp;#41;, ТМ &amp;#40;HB&amp;#41;-2, М &amp;#40;B&amp;#41;, 2М &amp;#40;2B&amp;#41;, шестигран., заточен., карт. упаковка, европодвес</t>
   </si>
   <si>
     <t>967028</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae2/5gj1icx443gqta84gtioe9o9vt3o1li9.jpg</t>
   </si>
   <si>
     <t>Набор карандашей ч г Красин  quot;Конструктор quot; ТМ  HB  36шт., шестигр., заточен., картонная упаковка</t>
   </si>
   <si>
     <t>Набор карандашей ч/г Красин &amp;quot;Конструктор&amp;quot; ТМ &amp;#40;HB&amp;#41; 36шт., шестигр., заточен., картонная упаковка</t>
   </si>
   <si>
     <t>967029</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a3c/hy7nt8mzfwuv6ogorjfv88b86zvdibji.jpg</t>
-[...5 lines deleted...]
-    <t>975347</t>
+    <t>http://anytos.ru//upload/iblock/5b4/f23y0216qxo5e99wfbxbnqj20fiwpgb9.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный корпус дерев. INFORMAT Blackwood Illusion НВ заточенный трехгранный тубус принт на корпусе</t>
+  </si>
+  <si>
+    <t>975348</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5b4/f23y0216qxo5e99wfbxbnqj20fiwpgb9.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6ae/lr068uzd3x4dksjb2kl9oktjkf811b1w.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный корпус дерев. LOREX V-TYPE BLACK WOOD HEART GLIMPSE НВ заточенный трехгранный тубус принт на корпусе</t>
   </si>
   <si>
     <t>975349</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/545/vxk9ix7cmkgofkbzultnnooaric0ib3c.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4b9/wj5mt118v9rjqr22ocvyc6wfjc8zb0by.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный корпус дерев. INFORMAT Blackwood Orange НВ с ластиком заточенный трехгранный тубус принт на корпусе</t>
   </si>
   <si>
     <t>975351</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/837/dzabs4sy7zkq9fhmvv8eccxcja13jggq.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный корпус дерев. Каляка-Маляка ДЖАМБО МУЛЬТИКИ НВ с ластиком заточенный круглый тубус принт на корпусе</t>
   </si>
   <si>
     <t>Чернографитные карандаши, созданные для малышей имеют специально разработанный размер — 2/3 стандартного и утолщенный диаметр, чтобы его можно было удобно держать в ручке. Яркие персонажи и разноцветные ластики развеселят юных творцов. А круглая форма карандаша обеспечивает настоящую магию – поверни карандаш горизонтально и покрути его в пальцах, чтобы персонажи на корпусе начали двигаться.</t>
   </si>
   <si>
     <t>975352</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/882/ac1xtmqxtrf0vwjm25jddr2upmrxbl46.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный корпус дерев. Каляка-Маляка ДЖАМБО НВ с ластиком заточенный трехгранный тубус принт на корпусе</t>
@@ -10263,128 +9762,125 @@
   <si>
     <t>http://anytos.ru//upload/iblock/695/iq9wkuy4q95s5cuk4as8lpekul94j1vp.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 12 чернографитных карандашей Erich Krause Galaxy, трехгранных, с ластиком, HB  в пэт-боксе </t>
   </si>
   <si>
     <t>Эргономичный трехгранный чернографитный карандаш из отборной древесины с ластиком, твердость НВ. Три дизайна корпуса карандаша, цветные ластики. Специальная пропитка древесины и сплошная проклейка грифеля обеспечивает высокую ударопрочность. Мягкая древесина и идеальная центровка грифеля гарантируют легкую заточку с экономным расходом карандаша. Грифель диаметром 2.2 мм не царапает бумагу и не крошится. Ластик карандаша средней жесткости изготовлен из экологически чистого и гипоаллергенного материала термопластичной резины &amp;#40;TPR&amp;#41;. Не содержит ПВХ. Длина 188 мм.</t>
   </si>
   <si>
     <t>978786</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30c/qoj631sh5fcyb0q71udfhq8kwwh60q3o.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 12 чернографитных карандашей Erich Krause Manga, трехгранных, HB  в пэт-боксе </t>
   </si>
   <si>
     <t>Эргономичный трехгранный чернографитный карандаш из отборной древесины, твердость НВ. Четыре дизайна корпуса. Специальная пропитка древесины и сплошная проклейка грифеля обеспечивает высокую ударопрочность. Мягкая древесина и идеальная центровка грифеля гарантируют легкую заточку с экономным расходом карандаша. Грифель диаметром 2.2 мм не царапает бумагу и не крошится. Длина 175 мм.</t>
   </si>
   <si>
     <t>978787</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3cb/xeu4vmqfcve0t7f4n47wv4zsk6gqwhwk.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/05d/bqikzyg9uilry49uomgymqpylpog4phg.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 4 чернографитных карандашей Erich Krause Amber, шестигранных, HB  в пакете </t>
   </si>
   <si>
     <t>Набор из 4 классических шестигранных чернографитных карандашей из отборной древесины, твердость НВ. Специальная пропитка древесины и сплошная проклейка грифеля обеспечивает высокую ударопрочность. Мягкая древесина и идеальная центровка грифеля гарантируют легкую заточку с экономным расходом карандаша. Грифель диаметром 2.2 мм не царапает бумагу и не крошится. Длина 175 мм.</t>
   </si>
   <si>
     <t>978789</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7c3/a24alckn7m07uw3sbgf3f3e2ujsy2tp2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 4 чернографитных карандашей Erich Krause Amber, шестигранных, с ластиком, HB  в пакете </t>
   </si>
   <si>
     <t>Набор из 4 классических шестигранных чернографитных карандашей из отборной древесины с ластиком, твердость НВ. Специальная пропитка древесины и сплошная проклейка грифеля обеспечивает высокую ударопрочность. Мягкая древесина и идеальная центровка грифеля гарантируют легкую заточку с экономным расходом карандаша. Грифель диаметром 2.2 мм не царапает бумагу и не крошится. Ластик карандаша средней жесткости изготовлен из экологически чистого и гипоаллергенного материала термопластичной резины &amp;#40;TPR&amp;#41;. Не содержит ПВХ. Длина 188 мм.</t>
   </si>
   <si>
     <t>978790</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ae7/4fqbuwkbto4318u65gza0qeg7awrao8o.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b0e/1phred0g540e693lkfb20dx5q5mof64v.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 4 чернографитных карандашей Erich Krause Jet Black, шестигранных, с ластиком, HB  в пакете </t>
   </si>
   <si>
     <t>978794</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d92/hhpef4eolqx832j2b1rzh1cvomvxpcju.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 4 чернографитных карандашей пластиковых Erich Krause Classic triangle, трехгранных, HB  в пакете </t>
   </si>
   <si>
     <t>Набор из 4 чернографитный трехгранных карандашей из пластика с ударопрочным грифелем, твёрдость HB. Цвет корпуса- ассорти. Благодаря специальной технологии изготовления карандаша методом экструзии грифель надежно фиксируется к корпусу. Идеальная центровка грифеля гарантирует легкую заточку с экономным расходом карандаша. Грифель диаметром 2.2 мм не царапает бумагу и не крошится при рисовании. Длина 175 мм.</t>
   </si>
   <si>
     <t>978795</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/06a/1y4s37jfj2vwrc42sn68ryr6plov7sic.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор из 4 чернографитных карандашей пластиковых Erich Krause JOY  Metallic, круглых, с ластиком, HB  в пакете </t>
+  </si>
+  <si>
+    <t>Набор из 4 чернографитных круглых карандашей из пластика с ударопрочным грифелем, твёрдость HB. Благодаря специальной технологии изготовления карандаша методом экструзии грифель надежно фиксируется к корпусу. Идеальная центровка грифеля гарантирует легкую заточку с экономным расходом карандаша. Грифель диаметром 2.2 мм не царапает бумагу и не крошится при рисовании. Ластик карандаша средней жесткости изготовлен из экологически чистого и гипоаллергенного материала термопластичной резины &amp;#40;TPR&amp;#41;. Не содержит ПВХ. Длина 188 мм.</t>
+  </si>
+  <si>
+    <t>978797</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e3/a2k36e9o6subfik7v2u3triz7gz2qb25.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор из 4 чернографитных карандашей пластиковых Erich Krause JOY  Neon, круглых, с ластиком, HB  в пакете </t>
+  </si>
+  <si>
+    <t>978798</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da2/cyhsv5f6d4wz3x7ghayc10a313go9ka9.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор из 4 чернографитных карандашей пластиковых Erich Krause JOY  Pastel, круглых, с ластиком, HB  в пакете </t>
+  </si>
+  <si>
+    <t>978799</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6ef/n6h2v1906sl52z0gulllm8aec179rskz.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитный карандаш Erich Krause Blink, круглый, HB  в тубусе 42 штуки </t>
   </si>
   <si>
     <t>Круглый чернографитный карандаш из отборной древесины, твердость НВ. Три дизайна корпуса. Специальная пропитка древесины и сплошная проклейка грифеля обеспечивает высокую ударопрочность. Мягкая древесина и идеальная центровка грифеля гарантируют легкую заточку с экономным расходом карандаша. Грифель диаметром 2.2 мм не царапает бумагу и не крошится. Длина 175 мм.</t>
   </si>
   <si>
     <t>978801</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5c2/m9tptx0si8qzzzsffjk8158rdfxfzd14.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитный карандаш Erich Krause Caribbean Sunset, круглый, с ластиком, HB  в тубусе по 42 штуки </t>
   </si>
   <si>
     <t>Круглый чернографитный карандаш из отборной тонированной древесины с ластиком, твердость НВ. Специальная пропитка древесины и сплошная проклейка грифеля обеспечивает высокую ударопрочность. Мягкая древесина и идеальная центровка грифеля гарантируют легкую заточку с экономным расходом карандаша. Грифель диаметром 2,2 мм не царапает бумагу и не крошится. Ластик карандаша средней жесткости изготовлен из экологически чистого и гипоаллергенного материала термопластичной резины &amp;#40;TPR&amp;#41;. Не содержит ПВХ. Длина 188 мм.</t>
   </si>
   <si>
     <t>978802</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/44a/75f269m8z9ncb5os7h1eknc1ohattxil.jpg</t>
@@ -10860,62 +10356,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/650/f1q8mpbnrqa3bjqij3ucpyxu0rxevbth.jpg</t>
   </si>
   <si>
     <t>Карандаш сегментный Мульти-Пульти  quot;Енот в городе quot;, с ластиком, ассорти</t>
   </si>
   <si>
     <t>Карандаш сегментный Мульти-Пульти &amp;quot;Енот в городе&amp;quot;, с ластиком, ассорти</t>
   </si>
   <si>
     <t>982283</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6fb/kbjpanuxmmf3vsc1hg57qz678lf1ad4s.jpg</t>
   </si>
   <si>
     <t>Карандаш сегментный Мульти-Пульти  quot;Зверята quot;, с топпером, ассорти</t>
   </si>
   <si>
     <t>Карандаш сегментный Мульти-Пульти &amp;quot;Зверята&amp;quot;, с топпером, ассорти</t>
   </si>
   <si>
     <t>982284</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e7f/hisgg8j06cqnbmobigfz171t61zsesla.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный Berlingo  quot;Metallic Ergo quot; HB, пластиковый, трехгранный, с выемками, заточен., с ластиком, PET-бокс</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный Berlingo &amp;quot;Metallic Ergo&amp;quot; HB, пластиковый, трехгранный, с выемками, заточен., с ластиком, PET-бокс</t>
+  </si>
+  <si>
+    <t>982286</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f7e/e36cxzt1gsupd3vkq4lje8b8j9pjsc9m.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;Metallic quot; HB, черное дерево, трехгранный, заточен., ассорти</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo &amp;quot;Metallic&amp;quot; HB, черное дерево, трехгранный, заточен., ассорти</t>
   </si>
   <si>
     <t>982287</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/58e/zsqgp9jbs2c6kp0gdvzag8b20vqbek79.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный Berlingo  quot;Pure Gold quot; HB, черное дерево, трехгранный, заточен.</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный Berlingo &amp;quot;Pure Gold&amp;quot; HB, черное дерево, трехгранный, заточен.</t>
+  </si>
+  <si>
+    <t>982288</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/746/equ5mm6x0h3tewep4hbiv2hr64bchvqk.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;Sketch Pencil quot; 2B, шестигранный, заточен.</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo &amp;quot;Sketch Pencil&amp;quot; 2B, шестигранный, заточен.</t>
   </si>
   <si>
     <t>982289</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f2e/n7rfq4t79b07gauvbnemmvlyy2pgmnp2.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo  quot;Sketch Pencil quot; 3B, шестигранный, заточен.</t>
   </si>
   <si>
     <t>Карандаш чернографитный Berlingo &amp;quot;Sketch Pencil&amp;quot; 3B, шестигранный, заточен.</t>
   </si>
   <si>
     <t>982290</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f7/mvw8ctvgzo4u1xomeucqnjr861r1z9xn.jpg</t>
@@ -10977,86 +10497,62 @@
   <si>
     <t>982295</t>
   </si>
   <si>
     <t>Карандаш чернографитный Красин  quot;Графика quot; ТМ  НВ , заточен.</t>
   </si>
   <si>
     <t>Карандаш чернографитный Красин &amp;quot;Графика&amp;quot; ТМ &amp;#40;НВ&amp;#41;, заточен.</t>
   </si>
   <si>
     <t>982296</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/65b/zuyi11dhepczj8itehqflytz228z4esd.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Красин  quot;Эволюция quot; ТМ  HB , заточен., пластиковый</t>
   </si>
   <si>
     <t>Карандаш чернографитный Красин &amp;quot;Эволюция&amp;quot; ТМ &amp;#40;HB&amp;#41;, заточен., пластиковый</t>
   </si>
   <si>
     <t>982297</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/80e/vkxlmvgs9buq7m5j8s93wmmm9jye0scn.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5ef/z3j8mf9x4s4f0ate63zz5caczdkef4w2.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Красин  quot;Эволюция quot; ТМ  HB , черный корпус, заточен., пластиковый</t>
   </si>
   <si>
     <t>Карандаш чернографитный Красин &amp;quot;Эволюция&amp;quot; ТМ &amp;#40;HB&amp;#41;, черный корпус, заточен., пластиковый</t>
   </si>
   <si>
     <t>982299</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/82e/z3t3hjzmw6v8h4rjoutdil3kqxr1v4hd.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/58a/e3ryqj4qc46btw0mudnaw5x4q5wa7sss.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный матовый Faber-Castell  quot;Pitt Graphite Matt quot; 10В, заточен</t>
   </si>
   <si>
     <t>Карандаш чернографитный матовый Faber-Castell &amp;quot;Pitt Graphite Matt&amp;quot; 10В, заточен</t>
   </si>
   <si>
     <t>982301</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d63/p7kgc3h1095jolx3bymu7sxuo328k1qu.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный матовый Faber-Castell  quot;Pitt Graphite Matt quot; 12В, заточен</t>
   </si>
   <si>
     <t>Карандаш чернографитный матовый Faber-Castell &amp;quot;Pitt Graphite Matt&amp;quot; 12В, заточен</t>
   </si>
   <si>
     <t>982302</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aaa/vm205w2op5131dwwwne49iynulax3bv3.jpg</t>
@@ -11145,98 +10641,122 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f92/adyfam0cgbiyqmzru6qrhfet405z0dc8.jpg</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных Berlingo  quot;Sketch Pencil quot; 12 штук, 3H-3B, заточен., картон. упаковка, европодвес</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных Berlingo &amp;quot;Sketch Pencil&amp;quot; 12 штук, 3H-3B, заточен., картон. упаковка, европодвес</t>
   </si>
   <si>
     <t>982311</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1f2/11txk85klqpym5zu7jyqle7y3puek3jd.jpg</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных Berlingo  quot;Sketch Pencil quot; 3 штуки, H, HB, B, заточен., картон. упаковка, европодвес</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных Berlingo &amp;quot;Sketch Pencil&amp;quot; 3 штуки, H, HB, B, заточен., картон. упаковка, европодвес</t>
   </si>
   <si>
     <t>982312</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9d8/ko8x57ma2vwwfd9uhau1ebiqi1nh2h2o.jpg</t>
+  </si>
+  <si>
+    <t>Набор карандашей чернографитных Berlingo  quot;Sketch Pencil quot; 6 штук, 2H-2B, заточен., картон. упаковка, европодвес</t>
+  </si>
+  <si>
+    <t>Набор карандашей чернографитных Berlingo &amp;quot;Sketch Pencil&amp;quot; 6 штук, 2H-2B, заточен., картон. упаковка, европодвес</t>
+  </si>
+  <si>
+    <t>982313</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/efc/xcx4bhgqjcipjpukctxyuojsj2yncris.jpg</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных Koh-I-Noor  quot;1501 quot; 6 штук, HB-8B, заточен., картон. упак., европодвес</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных Koh-I-Noor &amp;quot;1501&amp;quot; 6 штук, HB-8B, заточен., картон. упак., европодвес</t>
   </si>
   <si>
     <t>982314</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1be/z4eya8c16wmu5r05hg5ewuqtwnwo4hpb.jpg</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных Красин  quot;Конструктор quot; ТМ  HB  36 штук, шестигр., заточен., с ластиком, картонная упаковка</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных Красин &amp;quot;Конструктор&amp;quot; ТМ &amp;#40;HB&amp;#41; 36 штук, шестигр., заточен., с ластиком, картонная упаковка</t>
   </si>
   <si>
     <t>982315</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/00d/hkzhwaohgg35vxj8yufh8w5rl3zs7p1e.jpg</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных Красин  quot;Конструктор quot; ТМ  HB  72 штуки, шестигр., заточен., картонная упаковка</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных Красин &amp;quot;Конструктор&amp;quot; ТМ &amp;#40;HB&amp;#41; 72 штуки, шестигр., заточен., картонная упаковка</t>
   </si>
   <si>
     <t>982316</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/997/nid6y3ew7otgvh38i9zimxfffya1u1lq.jpg</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных матовых Faber-Castell  quot;Pitt Graphite Matt quot; HB, 2B, 4B, 6B, 8B, 10B, 12B, 14B, заточ, ластик, метал.точилка, растушевка, метал.кор</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных матовых Faber-Castell &amp;quot;Pitt Graphite Matt&amp;quot; HB, 2B, 4B, 6B, 8B, 10B, 12B, 14B, заточ, ластик, метал.точилка, растушевка, метал.кор</t>
   </si>
   <si>
     <t>982317</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d20/dqq7m5wb4xek3eosoqxq7pgnaecq0o88.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор из 4 чернографитных карандашей пластиковых Erich Krause Prime, шестигранных, с ластиком, HB  в пакете </t>
+  </si>
+  <si>
+    <t>Набор из 4 чернографитных карандашей пластиковых Erich Krause Prime, шестигранных, с ластиком, HB &amp;#40;в пакете&amp;#41;</t>
+  </si>
+  <si>
+    <t>985494</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9d0/kwfqe0cvnrlokh49ib4cgdjb2ze54cwk.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный CollageStylePastel HB трехгр,заточ,с ластиком 92803</t>
   </si>
   <si>
     <t>987933</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b4a/8ysj45gr4rv5hnnkhaunl4yd7jz6rzo0.jpg</t>
   </si>
   <si>
     <t>Набор чернографитных карандашей Attache Selection Art,2xHB,H,B,2H,2B,6шт уп</t>
   </si>
   <si>
     <t>Набор чернографитных карандашей Attache Selection Art,2xHB,H,B,2H,2B,6шт/уп</t>
   </si>
   <si>
     <t>987934</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/206/qxr30fxsdnw305mz0ldtc47ln1f5wxs2.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Attache Selection Borealis HB трехг, с ластиком, в ассортименте</t>
@@ -11346,59 +10866,50 @@
   <si>
     <t>НАБОР ИЗ 5-ТИ КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ  quot;ArtGraphix. Cashmere pattern quot; НВ</t>
   </si>
   <si>
     <t>993000</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4cb/siupo713kf0x6u7gvha9vuoq4yn3iso5.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ  quot;ArtGraphix. Abstraction quot; НВ  пластиковый корпус </t>
   </si>
   <si>
     <t>993001</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/92c/6si948989c9wvz28pvclcwqpswksti2x.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-ТИ КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ  quot;ArtGraphix. Abstraction quot; НВ</t>
   </si>
   <si>
     <t>993002</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/edf/fb8pt72miiy40y145jso152978wyfuzp.jpeg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/000/r202v9pjis56w6qh7f8b40sj330bjtw3.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ  quot;ArtGraphix. Горох quot; НВ  пластиковый корпус </t>
   </si>
   <si>
     <t>993004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e59/jen9qafoqzk6dx111uz8wse8dnzs2tp6.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-ТИ КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ  quot;ArtGraphix. Горох quot; НВ</t>
   </si>
   <si>
     <t>993005</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/848/duu8hrnn1egwbg7619o920de3myf4b7m.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-ТИ КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ  quot;ArtGraphix. Zefir. My Sweet. ПОНЧИКИ quot; НВ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-ТИ КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ &amp;quot;ArtGraphix. Zefir. My Sweet. ПОНЧИКИ&amp;quot; НВ</t>
@@ -11739,60 +11250,60 @@
   <si>
     <t>993815</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2de/efrh51ktqd6o9em0n60gwdf6f6x3fne1.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-ТИ КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ  quot;TUTTI FRUTTI. Клубника quot; НВ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 5-ТИ КАРАНДАШЕЙ ЧЕРНОГРАФИТОВЫХ &amp;quot;TUTTI FRUTTI. Клубника&amp;quot; НВ</t>
   </si>
   <si>
     <t>993816</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7fb/wcfiea2j4w7hx8y25xh1d4olnrcl9424.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ  quot;ArtGraphix. Zefir. My Sweet. ПОНЧИКИ quot; НВ  пластиковый корпус </t>
   </si>
   <si>
     <t>993817</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8a3/57pe43t6ubet91xvtn3wbk90tiyaajwi.jpg</t>
-[...8 lines deleted...]
-    <t>995648</t>
+    <t>http://anytos.ru//upload/iblock/313/um38m82wp5ke7v0k8qz9zba76bk0gehy.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Чернографитный карандаш пластиковый ErichKrause Classic triangle, трехгранный, HB  в коробке по 12 штук </t>
+  </si>
+  <si>
+    <t>Чернографитный карандаш пластиковый ErichKrause Classic triangle, трехгранный, HB &amp;#40;в коробке по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>995649</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e2/49kzho5gvdixrfp7mladcs1xm5g4kngf.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитный карандаш пластиковый ErichKrause JOY  Pastel Bloom, круглый, с ластиком, HB  в тубусе по 42 штуки </t>
   </si>
   <si>
     <t>Чернографитный карандаш пластиковый ErichKrause JOY® Pastel Bloom, круглый, с ластиком, HB &amp;#40;в тубусе по 42 штуки&amp;#41;</t>
   </si>
   <si>
     <t>995650</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/073/5vc9a3v614axhsmomng6jin9rcyp687s.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный, корпус дерев. LOREX KIDS V-TYPE HAPPY FROG НВ с ластиком заточенный трехгранный тубус принт на корпусе</t>
   </si>
   <si>
     <t>996331</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/06e/tcl3h77jmvwcyy0yw0v5otr4bxkgxj4u.jpg</t>
   </si>
@@ -11886,68 +11397,68 @@
   <si>
     <t>Набор чернографитных карандашей, корпус дерево LOREX KIDS V-TYPE RUNAWAY 4 шт НВ с ластиком заточенный трехгранный ПВХ пенал принт на корпусе с европод</t>
   </si>
   <si>
     <t>996343</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0b/s075x87zoojbhgjkjjo2v8r3qas2ids7.jpg</t>
   </si>
   <si>
     <t>Набор чернографитных карандашей, корпус дерево LOREX V-TYPE HARMONY 4 шт НВ заточенный трехгранные ПВХ пенал принт на корпусе с европодвесом</t>
   </si>
   <si>
     <t>996344</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d3/87cy2wwy4s868y24amcnzxztkb8xdmnn.jpg</t>
   </si>
   <si>
     <t>Набор чернографитных карандашей, корпус пластик Schoolformat ГРАДИЕНТ 6 шт HB с ластиком заточенный круглый карт. упак. с европод тонир. масса корпуса</t>
   </si>
   <si>
     <t>996345</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d11/i9immsz61hzpwo9tgnmt7ry6sg5tv0nv.jpg</t>
+  </si>
+  <si>
+    <t>Набор чернографитных карандашей, корпус пластик Schoolformat МОТИВАЦИЯ ДНЯ 6 шт НВ с ластиком заточенный круглый цвет. коробка принт на корпусе с евро</t>
+  </si>
+  <si>
+    <t>996346</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2d8/tptbekz4lz90hlia6utp4nf9gm3x04av.jpg</t>
   </si>
   <si>
     <t>Набор чернографитных карандашей, корпус пластик Schoolformat МОЯ ВСЕЛЕННАЯ 6 шт HB заточ круглый карт. упак. с европ тонир. корпус, фольга, со стразом</t>
   </si>
   <si>
     <t>996347</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/68a/sioxr6l7o8i9q76tcwtp1x6nq3czwtkg.jpeg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8db/71r70uabnwlimu03carqkv90b6to6azm.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BIC, 1 шт.,  quot;Evolution Stripes quot;, HB, корпус ассорти, 918487</t>
   </si>
   <si>
     <t>Пластиковый чернографитный карандаш BIC &amp;quot;Evolution&amp;quot; имеет яркий и стильный дизайн. Благодаря своей структуре не образует острых краев на изломе, карандаш легко затачивается. Не расщепляется при механическом воздействии. Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41; без ластика, заточенным. Твердость – HB.</t>
   </si>
   <si>
     <t>996846</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1fa/01e2ux5b045vljatsoxpeceq2yemqotj.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный BIC, 1 шт.,  quot;Evolution Stripes quot;, HB, с ластиком, корпус ассорти, 8960342</t>
   </si>
   <si>
     <t>Пластиковый чернографитный карандаш BIC &amp;quot;Evolution&amp;quot; отличается стильным дизайном. Благодаря своей структуре не образует острых краев на изломе, карандаш легко затачивается. Не расщепляется при механическом воздействии. Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41; с ластиком, заточенным. Твердость – HB.</t>
   </si>
   <si>
     <t>996847</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/91a/6u0mfea1jaknznawm7gtg57en79u42zs.jpg</t>
@@ -12372,95 +11883,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/dce/q62g46xpkgzdbar9o67665yhz3reup5w.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный MESHU  quot;Girls and music quot;, HB, заточен., с печатью, с ластиком, ассорти, туба</t>
   </si>
   <si>
     <t>Карандаш чернографитный MESHU &amp;quot;Girls and music&amp;quot;, HB, заточен., с печатью, с ластиком, ассорти, туба</t>
   </si>
   <si>
     <t>1001434</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4db/6jqzvp3qwxv3r88uvdnhwaiwk2jpllhm.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный MESHU  quot;Kitsune quot;, HB, заточен., с печатью, с ластиком, ассорти, туба</t>
   </si>
   <si>
     <t>Карандаш чернографитный MESHU &amp;quot;Kitsune&amp;quot;, HB, заточен., с печатью, с ластиком, ассорти, туба</t>
   </si>
   <si>
     <t>1001435</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/62a/djcot7c3e73ev45jmphyvs8xhzlgl7vm.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/988/zl8uz2qn3dsl59q9mz32nki79dptwr8w.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный MESHU  quot;Moon cat quot;, HB, заточен., c фольгированием, стразы на топе, без ластика, ассорти, туба</t>
   </si>
   <si>
     <t>Карандаш чернографитный MESHU &amp;quot;Moon cat&amp;quot;, HB, заточен., c фольгированием, стразы на топе, без ластика, ассорти, туба</t>
   </si>
   <si>
     <t>1001437</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/195/wk873slgwjw6r83pa9unxpcezprub4n7.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный MESHU  quot;Robopets quot;, HB, заточен., с печатью, с ластиком, ассорти, туба</t>
   </si>
   <si>
     <t>Карандаш чернографитный MESHU &amp;quot;Robopets&amp;quot;, HB, заточен., с печатью, с ластиком, ассорти, туба</t>
   </si>
   <si>
     <t>1001438</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b10/0w25igx77al4gxxxou41fhhp81v0eavb.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный OfficeSpace, HB, черный корпус, заточен., пластиковый</t>
   </si>
   <si>
     <t>1001440</t>
   </si>
   <si>
+    <t>156</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/185/uevu8epcnhvf15fk8iybe17dyvqh5mz7.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Красин  quot;Эволюция quot; ТМ  HB , с полосами, заточен., пластиковый</t>
   </si>
   <si>
     <t>Карандаш чернографитный Красин &amp;quot;Эволюция&amp;quot; ТМ &amp;#40;HB&amp;#41;, с полосами, заточен., пластиковый</t>
   </si>
   <si>
     <t>1001441</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/28f/buybye1dzsrfs1sh69yzanbw9ls256px.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный Красин  quot;Эволюция quot; ТМ  HB , с полосами, с ластиком, заточен., пластиковый</t>
   </si>
   <si>
     <t>Карандаш чернографитный Красин &amp;quot;Эволюция&amp;quot; ТМ &amp;#40;HB&amp;#41;, с полосами, с ластиком, заточен., пластиковый</t>
   </si>
   <si>
     <t>1001442</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dfa/e2xrm6s34kaebjsj6zpp4svc0x2heltj.jpg</t>
@@ -12498,50 +12000,59 @@
   <si>
     <t>Набор из 48 чернографитных карандашей ОФИСМАГ - первый помощник для создания легкого наброска или быстрого стремительного рисунка, а может и полноценной картины! Карандаши изготовлены из дерева высокого качества. Имеют шестигранное сечение. Карандаши длиной 190 мм легко точатся и не крошатся. Обладают средней степенью твердости – HB. Диаметр грифеля - 2,05 мм. Выполнены в желтом цвете. Поставляются заточенными.</t>
   </si>
   <si>
     <t>1005262</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/843/8bc1fqu41uybf2mkmz8ouiwke6fqwab1.jpg</t>
   </si>
   <si>
     <t>Карандаш графит., корпус дерев. Schoolformat ЛЮБОВЬ НВ заточенный круглый дисплей подвеска</t>
   </si>
   <si>
     <t>1006907</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/428/3lejbyia8u7c2o3k83ti0redt3e3hceo.jpg</t>
   </si>
   <si>
     <t>Карандаш професс., корпус дерев. Koh-I-Noor 1536 НВ плоский картонная коробка</t>
   </si>
   <si>
     <t>1006908</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/832/7qnmifdh2lqeg5u81aisa835w81ol0xb.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный, деревянный LOREX V-TYPE NEON V. 2 НВ заточенный трехгранные дисплей принт на корпусе</t>
+  </si>
+  <si>
+    <t>1006909</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1e6/e5fk3pcojdp4vv94zcpv4l7zntb3jcs7.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный, деревянный LOREX V-TYPE PASTEL НВ заточенный трехгранные тубус принт на корпусе</t>
   </si>
   <si>
     <t>1006910</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/580/0upcelhpimwv15b3ht7acxwlg6egnead.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный пластик LITE НВ заточенный шестигранный</t>
   </si>
   <si>
     <t>1006911</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4c/fz1qny3w9k38f1a8y2w7wlddaji316q4.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный, корпус дерев. INFORMAT TOTAL BLACK BLACKWOOD НВ с ластиком заточенный трехгранный тубус</t>
   </si>
   <si>
     <t>1006913</t>
@@ -12954,62 +12465,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3db/qacra25edvix603b2har1f2qzhg9es4i.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ С ЛАСТИКОМ  quot;Kids.Панда quot; HB  пластиковый корпус </t>
   </si>
   <si>
     <t>КАРАНДАШ ЧЕРНОГРАФИТОВЫЙ С ЛАСТИКОМ &amp;quot;Kids.Панда&amp;quot; HB &amp;#40;пластиковый корпус&amp;#41;</t>
   </si>
   <si>
     <t>1007781</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/77d/1zda1prvlc2t0gzvayakju6h9y9lwg5k.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 12 чернографитных карандашей пластиковых ErichKrause JOY  Reef, суперстираемых, круглых, с ластиком, НВ  в пэт-боксе </t>
   </si>
   <si>
     <t>Набор из 12 чернографитных карандашей пластиковых ErichKrause JOY® Reef, суперстираемых, круглых, с ластиком, НВ &amp;#40;в пэт-боксе&amp;#41;</t>
   </si>
   <si>
     <t>1008870</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/793/ptuah45ojk3hvajdq6yq69zna1uedyjh.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d32/8o3rtxj4ewrnwaeybwwsnkqvpdl2ow73.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитный карандаш ErichKrause Ну, Погоди  Каникулы, трехгранный, с ластиком, HB  в тубусе по 42 штуки </t>
   </si>
   <si>
     <t>Чернографитный карандаш ErichKrause Ну, Погоди! Каникулы, трехгранный, с ластиком, HB &amp;#40;в тубусе по 42 штуки&amp;#41;</t>
   </si>
   <si>
     <t>1008872</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d35/d87xvtctldqbvhtf8qo2fr4c2ddbo32d.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитный карандаш пластиковый ErichKrause Adrenaline Speed, круглый, НВ  в тубусе по 42 штуки </t>
   </si>
   <si>
     <t>Чернографитный карандаш пластиковый ErichKrause Adrenaline Speed, круглый, НВ &amp;#40;в тубусе по 42 штуки&amp;#41;</t>
   </si>
   <si>
     <t>1008873</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/25a/cdobmpapow58lypahne6ibs1pn016plk.jpg</t>
@@ -13110,50 +12609,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/de3/fq4hfgakmmfvv9ezrmeyub60gpl69qny.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитный карандаш пластиковый ErichKrause Road Beast, трехгранный, с ластиком, НВ  в тубусе по 42 штуки </t>
   </si>
   <si>
     <t>Чернографитный карандаш пластиковый ErichKrause Road Beast, трехгранный, с ластиком, НВ &amp;#40;в тубусе по 42 штуки&amp;#41;</t>
   </si>
   <si>
     <t>1008882</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce8/x3ws7x6ri92xmabuic35ekgjybg3okap.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Чернографитный карандаш пластиковый ErichKrause Windows, трехгранный, с ластиком, НВ  в тубусе по 42 штуки </t>
   </si>
   <si>
     <t>Чернографитный карандаш пластиковый ErichKrause Windows, трехгранный, с ластиком, НВ &amp;#40;в тубусе по 42 штуки&amp;#41;</t>
   </si>
   <si>
     <t>1008883</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/49e/08br66lj0w92aj63h179gqtc6zk624qg.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш цанговый KOH-I-NOOR VERSATIL 5348 5,6мм пластик черн 5348PN1005KK</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный художественный 4B Koh-i-Noor Versatil заточенный трехгранный, корпус черный. Цанговый карандаш для стержней 5,6 мм в пластиковом трёхгранном корпусе с металлическими рабочими деталями идеален для рисования и черчения. Твёрдость грифеля 4B делает его универсальным инструментом. Подходит для всех стержней линейки Koh-i-Noor данной толщины. Карандаш имеет трёхгранный профиль и чёрный цвет корпуса. В кнопку встроена точилка, что добавляет удобства. Длина корпуса - 143 мм, диаметр - 5,6 мм. Грифель легко затачивается и не крошится при заточке. Упакован в индивидуальную картонную коробочку размером 16x15x160 мм. Производится в Чехии. Трёхгранный корпус обеспечивает удобство захвата. Подходит для профессионалов и любителей, выполняющих как технические, так и художественные задачи. Карандаш подходит для широкого круга пользователей благодаря своей универсальности и эргономичному дизайну. Отсутствие ластика делает его более компактным и удобным для переноски.</t>
+  </si>
+  <si>
+    <t>1009817</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bfe/7yo2l7q5569lbgeblm9ubsiy2axtojm3.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 4 чернографитных карандашей ErichKrause Big City Cats, трехгранных, с ластиком, НВ  в пакете </t>
   </si>
   <si>
     <t>Набор из 4 чернографитных карандашей ErichKrause Big City Cats, трехгранных, с ластиком, НВ &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011136</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f0/fgmwj582m1eei4s94lax77snvssj8a78.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 4 чернографитных карандашей ErichKrause Jolly Friends, трехгранных, с ластиком, HB  в пакете </t>
   </si>
   <si>
     <t>Набор из 4 чернографитных карандашей ErichKrause Jolly Friends, трехгранных, с ластиком, HB &amp;#40;в пакете&amp;#41;</t>
   </si>
   <si>
     <t>1011137</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/899/9g1k3zjpr2jyxombubr0kbs4aoo9bv97.jpg</t>
@@ -13350,50 +12861,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4a8/pe2kw0itpb8hlawfr60mkwzbs4blhxyw.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный с принтом кросс-серия МИЛЫЕ КОТЫ, 1 шт., HB, ластик, ассорти, BRAUBERG, 182107</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG &amp;quot;CUTE CATS&amp;quot; – первый помощник для выполнения различных заметок. Позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Используется повсеместно. Каждый карандаш имеет индивидуальный штрих-код. Легко затачивается, максимально устойчив к повреждениям. Изготовлен из пластика высокого качества. Имеет круглое сечение и оснащен цветным ластиком. Карандаш длиной 190 мм обладает средней степенью твердости – HB. Корпус представлен в трёх вариантах дизайна с изображением забавных котов. Поставляется заточенным в пластиковой тубе по 36 штук.</t>
   </si>
   <si>
     <t>1012195</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/263/9h69xszwprq70ftezonnssc1iujtf40g.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный с принтом кросс-серия МОНСТРИКИ, 1 шт., HB, ластик, ассорти, BRAUBERG, 182110</t>
   </si>
   <si>
     <t>Карандаш чернографитный BRAUBERG &amp;quot;CUTE MONSTERS&amp;quot; – первый помощник для выполнения различных заметок. Позволяет сделать легкий набросок, быстрый стремительный рисунок или нарисовать полноценную картину. Используется повсеместно. Каждый карандаш имеет индивидуальный штрих-код. Легко затачивается, максимально устойчив к повреждениям. Изготовлен из пластика высокого качества. Имеет круглое сечение и оснащен цветным ластиком. Карандаш длиной 190 мм обладает средней степенью твердости – HB. Корпус представлен в трёх ярких вариантах дизайна с изображением забавных монстриков. Поставляется заточенным в пластиковой тубе по 36 штук.</t>
   </si>
   <si>
     <t>1012196</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4b6/k7npnwd4hz6z8spnksxgi35x9g7gxly2.jpg</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный с принтом ЮНЛАНДИЯ КОРГИ, 1 шт., HB, с ластиком, корпус ассорти, 182009</t>
+  </si>
+  <si>
+    <t>Карандаш чернографитный ЮНЛАНДИЯ &amp;quot;КОРГИ&amp;quot; предназначен для детского и художественного творчества. Отлично подходит для выполнения чертежных, графических и художественных работ. Легко и ровно затачивается, максимально устойчив к повреждениям. Изготовлен из пластика высокого качества. Ударопрочный грифель диаметром 2 мм не царапает бумагу и не крошится. Карандаш длиной 190 мм обладает универсальной степенью твердости – HB. Имеет круглый корпус с яркой печатью, оснащен цветным ластиком. Каждый карандаш украшен забавным и милым принтом – корги поднимет настроение и вдохновит на создание шедевров &amp;#40;три варианта корпуса без возможности выбора&amp;#41;. Каждый карандаш имеет индивидуальный штрих-код. Поставляется заточенным в пластиковой тубе по 36 штук.</t>
+  </si>
+  <si>
+    <t>1012197</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4a5/9yebcey10uikpcbj17nvfweek3p4gdrx.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный с принтом ЮНЛАНДИЯ МОНСТРИКИ, 1 шт., HB, с ластиком, корпус ассорти, 182014</t>
   </si>
   <si>
     <t>Карандаш чернографитный ЮНЛАНДИЯ &amp;quot;МОНСТРИКИ&amp;quot; предназначен для детского и художественного творчества. Отлично подходит для выполнения чертежных, графических и художественных работ. Легко и ровно затачивается, максимально устойчив к повреждениям. Изготовлен из пластика высокого качества. Ударопрочный грифель диаметром 2 мм не царапает бумагу и не крошится. Карандаш длиной 190 мм обладает универсальной степенью твердости – HB. Имеет круглый корпус с яркой печатью, оснащен цветным ластиком. Каждый карандаш украшен ярким принтом – забавные монстрики поднимут настроение и вдохновят на создание шедевров &amp;#40;три варианта корпуса без возможности выбора&amp;#41;. Каждый карандаш имеет индивидуальный штрих-код. Поставляется заточенным в пластиковой тубе по 36 штук.</t>
   </si>
   <si>
     <t>1012198</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7b6/ar0tkxejt6315t8xh2b2e6nk8qkqpv01.jpg</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных с принтом BRAUBERG  quot;AVOCADO quot;, 12 штук, HB, с ластиком, корпус ассорти, 182032</t>
   </si>
   <si>
     <t>Карандаши чернографитные BRAUBERG &amp;quot;AVOCADO&amp;quot; – первые помощники для выполнения различных заметок. Позволяют сделать легкий набросок или даже нарисовать полноценную картину. Используются повсеместно. Карандаши чернографитные BRAUBERG &amp;quot;AVOCADO&amp;quot; изготовлены из пластика высокого качества. Легко и ровно затачиваются, максимально устойчивы к повреждениям. Ударопрочный грифель диаметром 2 мм не царапает бумагу и не крошится. Карандаши длиной 190 мм обладают универсальной степенью твердости – HB. Имеют круглый корпус с яркой печатью, оснащены цветными ластиками. Корпус выполнен в четырёх дизайнах ассорти c изображением забавного персонажа – авокадо. Набор карандашей чернографитных BRAUBERG &amp;quot;AVOCADO&amp;quot; поставляется в упаковке из ПВХ с европодвесом по 12 штук.</t>
   </si>
   <si>
     <t>1012199</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/41a/fpsn0pwmq38wry8pza7k6oxxlx8alwy3.jpg</t>
@@ -13420,62 +12943,50 @@
     <t>1012201</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8cf/wuqw304ipgtwkf2zeawltk0pfnv3d0xv.jpg</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных с принтом ЮНЛАНДИЯ  quot;FAT ANIMALS quot;, 12 штук, HB, с ластиком, корпус ассорти, 182035</t>
   </si>
   <si>
     <t>Набор карандашей чернографитных ЮНЛАНДИЯ &amp;quot;FAT ANIMALS&amp;quot; предназначен для детского и художественного творчества. Карандаши отлично подходят для выполнения чертежных, графических и художественных работ. Чернографитные карандаши ЮНЛАНДИЯ изготовлены из пластика высокого качества. Легко и ровно затачиваются, максимально устойчивы к повреждениям. Изготовлены из пластика высокого качества. Ударопрочный грифель диаметром 2 мм не царапает бумагу и не крошится. Карандаши длиной 190 мм обладают универсальной степенью твердости – HB. Имеют круглый корпус с яркой печатью, оснащены цветными ластикам. Каждый карандаш украшен забавным принтом – ламы, капибары и коты поднимут настроение и вдохновят на создание шедевров &amp;#40;три варианта корпуса без возможности выбора&amp;#41;. Набор карандашей чернографитных ЮНЛАНДИЯ &amp;quot;ЖИВОТНЫЕ поставляется в упаковке из ПВХ с европодвесом по 12 штук.</t>
   </si>
   <si>
     <t>1012202</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/89f/ejzkkb1hp238603rtc43h75tsz458gyp.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный FABER-CASTELL, 1 шт.,  quot;1112 quot;, НВ, с ластиком, корпус черный, 111200</t>
   </si>
   <si>
     <t>Чернографитный карандаш FABER-CASTELL &amp;quot;1112&amp;quot; предназначен для письма, черчения, рисования. Корпус классической шестигранной формы из качественной древесины в черном цвете. Изготовлен по специальной технологии, предохраняющей грифель от поломки.Поставляется с ластиком, заточенным. Твердость грифеля диаметром 2 мм - HB. Длина карандаша - 185 мм.</t>
   </si>
   <si>
     <t>1014408</t>
-  </si>
-[...10 lines deleted...]
-    <t>1014409</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e15/nh09jhjfy4g8pjo27k16ko1gx2dr23f8.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный FABER-CASTELL, 1 шт.,  quot;Grip 2001 quot;, НВ, трехгранный, 117000</t>
   </si>
   <si>
     <t>Чернографитный карандаш FABER-CASTELL &amp;quot;Grip 2001&amp;quot; поставляется в эргономичном трехгранном корпусе в серебристом цвете. Запатентованная зона захвата с малыми массажными шашечками не даст кисти устать. Качественная мягкая древесина для удобного затачивания и специальная SV-технология вклеивания грифеля предотвращает его поломку.Карандаш длиной 174 мм поставляется с грифелем твердости HB и диаметром 2 мм, без ластика, заточенным.</t>
   </si>
   <si>
     <t>1014410</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/57c/uerg0mmk1ijshtz7reb2zl3imcchlwym.jpg</t>
   </si>
   <si>
     <t>Карандаш чернографитный с ластиком STAFF EVERYDAY BLP-CLR, 1 шт., НВ, цвет корпуса ассорти, 182117</t>
   </si>
   <si>
     <t>Карандаш чернографитный STAFF EVERYDAY – первый помощник для выполнения проектно-конструкторских работ. Позволяет сделать легкий набросок, быстрый рисунок или нарисовать полноценную картину. Карандаш изготовлен из прочного пластика. Ластик, расположенный в верхней части карандаша, обеспечивает мягкое и чистое стирание. Благодаря шестигранному сечению корпуса карандаш удобен в работе и менее подвержен скатыванию с поверхности стола.Корпус длиной 185 мм легко точится и не крошится, оставляя равномерную стружку. Грифель карандаша обладает средней степенью твердости – HB. Корпус представлен в 10 вариантах цвета &amp;#40;без возможности выбора&amp;#41;. Поставляется заточенным.Карандаш чернографитный STAFF EVERYDAY – это универсальный практичный карандаш по привлекательной цене. Он обладает базовым набором характеристик и полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>1014411</t>
   </si>
@@ -13961,57 +13472,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M1177"/>
+  <dimension ref="A1:M1133"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G1177" sqref="G1177"/>
+      <selection pane="bottomRight" activeCell="G1133" sqref="G1133"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -14271,26405 +13782,25401 @@
       </c>
       <c r="F13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C15" s="1"/>
+      <c r="C15" s="1" t="s">
+        <v>68</v>
+      </c>
       <c r="D15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="C16" s="1"/>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="3" t="s">
+      <c r="F16" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="F16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="3" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="G18" s="3" t="s">
         <v>78</v>
-      </c>
-[...16 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>84</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>85</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="C20" s="1"/>
+      <c r="C20" s="1" t="s">
+        <v>87</v>
+      </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="C22" s="1" t="s">
         <v>93</v>
       </c>
+      <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="C23" s="1"/>
+        <v>96</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>97</v>
+      </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="C26" s="1" t="s">
         <v>104</v>
       </c>
+      <c r="C26" s="1"/>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>105</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>91</v>
+        <v>106</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>93</v>
+        <v>108</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>108</v>
+        <v>95</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="C29" s="1"/>
+        <v>113</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>108</v>
+      </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>113</v>
+        <v>95</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="C32" s="1"/>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="C33" s="1"/>
+        <v>124</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>108</v>
+      </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>91</v>
+        <v>132</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>133</v>
+        <v>95</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="C39" s="1" t="s">
         <v>141</v>
       </c>
+      <c r="C39" s="1"/>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>142</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>143</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="C40" s="1"/>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>149</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>150</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>151</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>153</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>154</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>155</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>156</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
         <v>157</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>158</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>145</v>
+        <v>159</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="C45" s="1"/>
+        <v>162</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>152</v>
+      </c>
       <c r="D45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>166</v>
+        <v>17</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
         <v>167</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="C47" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C47" s="1"/>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>169</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>53</v>
+        <v>170</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>172</v>
+        <v>68</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>173</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>174</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>175</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>176</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>177</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="C50" s="1"/>
+      <c r="C50" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="D50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="C51" s="1" t="s">
         <v>183</v>
       </c>
+      <c r="C51" s="1"/>
       <c r="D51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>184</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>185</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B52" s="1" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B53" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="C53" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F53" s="3" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>18</v>
+        <v>78</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B54" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="C54" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F54" s="3" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B55" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="C55" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="D55" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F55" s="3" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>185</v>
+        <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B56" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="C56" s="1"/>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="C56" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F56" s="3" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C57" s="1"/>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>205</v>
-      </c>
-[...10 lines deleted...]
-        <v>208</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>209</v>
-      </c>
-[...8 lines deleted...]
-        <v>211</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="C60" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F60" s="3" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="C61" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="F61" s="3" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B62" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="C62" s="1"/>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="C62" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F62" s="3" t="s">
-        <v>166</v>
+        <v>17</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="C63" s="1"/>
-[...3 lines deleted...]
-      <c r="E63" s="3" t="s">
+      <c r="F63" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="F63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G63" s="3" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
         <v>229</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>230</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>231</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>232</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>166</v>
+        <v>17</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
         <v>233</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>234</v>
       </c>
       <c r="C65" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="D65" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F65" s="3" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="B66" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="C66" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="F66" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G66" s="3" t="s">
         <v>239</v>
-      </c>
-[...10 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="B67" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="C67" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>242</v>
-      </c>
-[...5 lines deleted...]
-        <v>243</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B68" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="C68" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="C68" s="1"/>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>246</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
         <v>247</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>248</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>249</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>250</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>251</v>
+        <v>17</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B70" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="C70" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="D70" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F70" s="3" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B71" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="C71" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="C71" s="1" t="s">
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B72" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="C72" s="1" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>262</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
         <v>263</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>264</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>185</v>
+        <v>267</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>18</v>
+        <v>272</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>289</v>
+        <v>267</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>294</v>
+        <v>34</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>299</v>
+        <v>34</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>289</v>
+        <v>34</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>34</v>
+        <v>277</v>
       </c>
     </row>
     <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>17</v>
+        <v>354</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>34</v>
+        <v>239</v>
       </c>
     </row>
     <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C95" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="F95" s="3" t="s">
         <v>354</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>17</v>
+        <v>354</v>
       </c>
       <c r="G96" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>299</v>
+        <v>367</v>
       </c>
     </row>
     <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>376</v>
+        <v>17</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>185</v>
+        <v>34</v>
       </c>
     </row>
     <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>376</v>
+        <v>17</v>
       </c>
       <c r="G101" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>376</v>
+        <v>17</v>
       </c>
       <c r="G102" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>389</v>
+        <v>17</v>
       </c>
       <c r="G103" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G107" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G109" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>17</v>
+        <v>428</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="C113" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="F113" s="3" t="s">
         <v>428</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G113" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>17</v>
+        <v>428</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>17</v>
+        <v>428</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
     </row>
     <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>446</v>
+        <v>428</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>446</v>
+        <v>428</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>34</v>
+        <v>453</v>
       </c>
     </row>
     <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>446</v>
+        <v>17</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>446</v>
+        <v>462</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>34</v>
+        <v>277</v>
       </c>
     </row>
     <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="F121" s="3" t="s">
         <v>462</v>
       </c>
-      <c r="F121" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G121" s="3" t="s">
-        <v>74</v>
+        <v>467</v>
       </c>
     </row>
     <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>446</v>
+        <v>17</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>446</v>
+        <v>17</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>471</v>
+        <v>34</v>
       </c>
     </row>
     <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
     </row>
     <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>480</v>
+        <v>462</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>299</v>
+        <v>484</v>
       </c>
     </row>
     <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="G126" s="3" t="s">
         <v>484</v>
-      </c>
-[...4 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>17</v>
+        <v>462</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>34</v>
+        <v>484</v>
       </c>
     </row>
     <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>17</v>
+        <v>462</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>34</v>
+        <v>497</v>
       </c>
     </row>
     <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>17</v>
+        <v>462</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>23</v>
+        <v>484</v>
       </c>
     </row>
     <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>480</v>
+        <v>506</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
     </row>
     <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>504</v>
-[...3 lines deleted...]
-      </c>
+        <v>509</v>
+      </c>
+      <c r="C131" s="1"/>
       <c r="D131" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>480</v>
+        <v>511</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>502</v>
+        <v>34</v>
       </c>
     </row>
     <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>480</v>
+        <v>17</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>502</v>
+        <v>34</v>
       </c>
     </row>
     <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>480</v>
+        <v>519</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>515</v>
+        <v>18</v>
       </c>
     </row>
     <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>480</v>
+        <v>73</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>524</v>
+        <v>73</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>525</v>
+        <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
         <v>526</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="C136" s="1"/>
+      <c r="C136" s="1" t="s">
+        <v>528</v>
+      </c>
       <c r="D136" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>529</v>
+        <v>519</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
         <v>530</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>531</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>532</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>533</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>17</v>
+        <v>534</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>537</v>
+        <v>462</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>69</v>
+        <v>462</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>69</v>
+        <v>462</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>537</v>
+        <v>462</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>552</v>
+        <v>462</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>34</v>
+        <v>484</v>
       </c>
     </row>
     <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>480</v>
+        <v>506</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>502</v>
+        <v>484</v>
       </c>
     </row>
     <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>480</v>
+        <v>506</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>502</v>
+        <v>484</v>
       </c>
     </row>
     <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>480</v>
+        <v>462</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>502</v>
+        <v>567</v>
       </c>
     </row>
     <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>480</v>
+        <v>170</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>502</v>
+        <v>239</v>
       </c>
     </row>
     <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="B147" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="C147" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="C147" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D147" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>480</v>
+        <v>170</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>502</v>
+        <v>239</v>
       </c>
     </row>
     <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>575</v>
+        <v>570</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>524</v>
+        <v>170</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>502</v>
+        <v>239</v>
       </c>
     </row>
     <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>524</v>
+        <v>582</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>502</v>
+        <v>583</v>
       </c>
     </row>
     <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="B150" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="F150" s="3" t="s">
         <v>582</v>
       </c>
-      <c r="C150" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G150" s="3" t="s">
-        <v>586</v>
+        <v>567</v>
       </c>
     </row>
     <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>480</v>
+        <v>582</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>591</v>
+        <v>78</v>
       </c>
     </row>
     <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
         <v>592</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>593</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>594</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>595</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>166</v>
+        <v>462</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>185</v>
+        <v>484</v>
       </c>
     </row>
     <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
         <v>596</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>597</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>166</v>
+        <v>600</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>185</v>
+        <v>277</v>
       </c>
     </row>
     <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>594</v>
+        <v>603</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>166</v>
+        <v>462</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>185</v>
+        <v>484</v>
       </c>
     </row>
     <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>594</v>
+        <v>607</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>166</v>
+        <v>462</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>185</v>
+        <v>484</v>
       </c>
     </row>
     <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>585</v>
+        <v>462</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>609</v>
+        <v>484</v>
       </c>
     </row>
     <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>585</v>
+        <v>462</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>591</v>
+        <v>484</v>
       </c>
     </row>
     <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>480</v>
+        <v>621</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>502</v>
+        <v>44</v>
       </c>
     </row>
     <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="F159" s="3" t="s">
         <v>621</v>
       </c>
-      <c r="F159" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G159" s="3" t="s">
-        <v>502</v>
+        <v>44</v>
       </c>
     </row>
     <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>480</v>
+        <v>354</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>502</v>
+        <v>34</v>
       </c>
     </row>
     <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>480</v>
+        <v>33</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>502</v>
+        <v>34</v>
       </c>
     </row>
     <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>480</v>
+        <v>53</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>502</v>
+        <v>636</v>
       </c>
     </row>
     <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>638</v>
+        <v>53</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
     </row>
     <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>44</v>
+        <v>646</v>
       </c>
     </row>
     <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="F165" s="3" t="s">
         <v>645</v>
       </c>
-      <c r="F165" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G165" s="3" t="s">
-        <v>34</v>
+        <v>646</v>
       </c>
     </row>
     <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="G166" s="3" t="s">
         <v>646</v>
-      </c>
-[...16 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>53</v>
+        <v>645</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>653</v>
+        <v>646</v>
       </c>
     </row>
     <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>53</v>
+        <v>645</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>23</v>
+        <v>646</v>
       </c>
     </row>
     <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>663</v>
+        <v>646</v>
       </c>
     </row>
     <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>663</v>
+        <v>646</v>
       </c>
     </row>
     <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>663</v>
+        <v>646</v>
       </c>
     </row>
     <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>663</v>
+        <v>646</v>
       </c>
     </row>
     <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>662</v>
+        <v>17</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>663</v>
+        <v>44</v>
       </c>
     </row>
     <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>662</v>
+        <v>17</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>663</v>
+        <v>44</v>
       </c>
     </row>
     <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>662</v>
+        <v>17</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>663</v>
+        <v>44</v>
       </c>
     </row>
     <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>662</v>
+        <v>17</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>663</v>
+        <v>44</v>
       </c>
     </row>
     <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>662</v>
+        <v>17</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>663</v>
+        <v>44</v>
       </c>
     </row>
     <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>662</v>
+        <v>17</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>663</v>
+        <v>34</v>
       </c>
     </row>
     <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="F179" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G179" s="3" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="F180" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="F181" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="F182" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G182" s="3" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="F183" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G183" s="3" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="F184" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="F185" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G185" s="3" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="F186" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G186" s="3" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="F187" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
     </row>
     <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="F188" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
     </row>
     <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F189" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
     </row>
     <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="F190" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
     </row>
     <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>17</v>
+        <v>755</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
     </row>
     <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>17</v>
+        <v>760</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>44</v>
+        <v>646</v>
       </c>
     </row>
     <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>17</v>
+        <v>645</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>23</v>
+        <v>272</v>
       </c>
     </row>
     <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>17</v>
+        <v>645</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>23</v>
+        <v>453</v>
       </c>
     </row>
     <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>17</v>
+        <v>645</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>23</v>
+        <v>453</v>
       </c>
     </row>
     <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>17</v>
+        <v>645</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>776</v>
+        <v>645</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
     </row>
     <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>294</v>
+        <v>34</v>
       </c>
     </row>
     <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>471</v>
+        <v>44</v>
       </c>
     </row>
     <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>662</v>
+        <v>17</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>471</v>
+        <v>18</v>
       </c>
     </row>
     <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>662</v>
+        <v>17</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>662</v>
+        <v>17</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>662</v>
+        <v>17</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>662</v>
+        <v>17</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>44</v>
+        <v>277</v>
       </c>
     </row>
     <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>17</v>
+        <v>813</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>18</v>
+        <v>277</v>
       </c>
     </row>
     <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>17</v>
+        <v>813</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>28</v>
+        <v>277</v>
       </c>
     </row>
     <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>815</v>
+        <v>37</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>18</v>
+        <v>239</v>
       </c>
     </row>
     <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>823</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>299</v>
+        <v>34</v>
       </c>
     </row>
     <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>827</v>
+        <v>823</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>829</v>
+        <v>39</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>299</v>
+        <v>34</v>
       </c>
     </row>
     <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>832</v>
+        <v>823</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>833</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>829</v>
+        <v>39</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>299</v>
+        <v>34</v>
       </c>
     </row>
     <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
         <v>834</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>835</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>37</v>
+        <v>823</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>836</v>
       </c>
       <c r="F212" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>185</v>
+        <v>34</v>
       </c>
     </row>
     <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
         <v>837</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>838</v>
       </c>
       <c r="C213" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>839</v>
-      </c>
-[...4 lines deleted...]
-        <v>840</v>
       </c>
       <c r="F213" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G213" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="B214" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="B214" s="1" t="s">
+      <c r="C214" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>842</v>
-      </c>
-[...7 lines deleted...]
-        <v>843</v>
       </c>
       <c r="F214" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G214" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="B215" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="C215" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>845</v>
-      </c>
-[...7 lines deleted...]
-        <v>846</v>
       </c>
       <c r="F215" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G215" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="B216" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="C216" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>848</v>
-      </c>
-[...7 lines deleted...]
-        <v>849</v>
       </c>
       <c r="F216" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G216" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="B217" s="1" t="s">
         <v>850</v>
       </c>
-      <c r="B217" s="1" t="s">
+      <c r="C217" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E217" s="3" t="s">
         <v>851</v>
-      </c>
-[...7 lines deleted...]
-        <v>852</v>
       </c>
       <c r="F217" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G217" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="B218" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="B218" s="1" t="s">
+      <c r="C218" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>854</v>
-      </c>
-[...7 lines deleted...]
-        <v>855</v>
       </c>
       <c r="F218" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G218" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="B219" s="1" t="s">
         <v>856</v>
       </c>
-      <c r="B219" s="1" t="s">
+      <c r="C219" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E219" s="3" t="s">
         <v>857</v>
-      </c>
-[...7 lines deleted...]
-        <v>858</v>
       </c>
       <c r="F219" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G219" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="B220" s="1" t="s">
         <v>859</v>
       </c>
-      <c r="B220" s="1" t="s">
+      <c r="C220" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E220" s="3" t="s">
         <v>860</v>
-      </c>
-[...7 lines deleted...]
-        <v>861</v>
       </c>
       <c r="F220" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G220" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="B221" s="1" t="s">
         <v>862</v>
       </c>
-      <c r="B221" s="1" t="s">
+      <c r="C221" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="3" t="s">
         <v>863</v>
-      </c>
-[...7 lines deleted...]
-        <v>864</v>
       </c>
       <c r="F221" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="B222" s="1" t="s">
         <v>865</v>
       </c>
-      <c r="B222" s="1" t="s">
+      <c r="C222" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
         <v>866</v>
-      </c>
-[...7 lines deleted...]
-        <v>867</v>
       </c>
       <c r="F222" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="B223" s="1" t="s">
         <v>868</v>
       </c>
-      <c r="B223" s="1" t="s">
+      <c r="C223" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E223" s="3" t="s">
         <v>869</v>
-      </c>
-[...7 lines deleted...]
-        <v>870</v>
       </c>
       <c r="F223" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="B224" s="1" t="s">
         <v>871</v>
       </c>
-      <c r="B224" s="1" t="s">
+      <c r="C224" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E224" s="3" t="s">
         <v>872</v>
-      </c>
-[...7 lines deleted...]
-        <v>873</v>
       </c>
       <c r="F224" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="B225" s="1" t="s">
         <v>874</v>
       </c>
-      <c r="B225" s="1" t="s">
+      <c r="C225" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E225" s="3" t="s">
         <v>875</v>
-      </c>
-[...7 lines deleted...]
-        <v>876</v>
       </c>
       <c r="F225" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="B226" s="1" t="s">
         <v>877</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="C226" s="1" t="s">
         <v>878</v>
-      </c>
-[...1 lines deleted...]
-        <v>839</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>879</v>
       </c>
       <c r="F226" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G226" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
         <v>880</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>881</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>42</v>
+        <v>882</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="F227" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>42</v>
+        <v>882</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="F228" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>42</v>
+        <v>882</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="F229" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>42</v>
+        <v>892</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="F230" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>42</v>
+        <v>823</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="F231" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>897</v>
+        <v>882</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="F232" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G232" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="F233" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>34</v>
+        <v>484</v>
       </c>
     </row>
     <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
       <c r="D234" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>34</v>
+        <v>277</v>
       </c>
     </row>
     <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>901</v>
+        <v>910</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>39</v>
+        <v>645</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>34</v>
+        <v>636</v>
       </c>
     </row>
     <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>39</v>
+        <v>645</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>18</v>
+        <v>636</v>
       </c>
     </row>
     <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>839</v>
+        <v>918</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>39</v>
+        <v>645</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>34</v>
+        <v>484</v>
       </c>
     </row>
     <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>901</v>
+        <v>882</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="F238" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G238" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>921</v>
+        <v>882</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="F239" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>502</v>
+        <v>34</v>
       </c>
     </row>
     <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>925</v>
+        <v>37</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>299</v>
+        <v>239</v>
       </c>
     </row>
     <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>662</v>
+        <v>17</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>653</v>
+        <v>239</v>
       </c>
     </row>
     <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="C242" s="1" t="s">
         <v>931</v>
       </c>
-      <c r="B242" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D242" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>662</v>
+        <v>17</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>653</v>
+        <v>239</v>
       </c>
     </row>
     <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>662</v>
+        <v>462</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>502</v>
+        <v>484</v>
       </c>
     </row>
     <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>943</v>
+        <v>462</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>944</v>
+        <v>484</v>
       </c>
     </row>
     <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="B245" s="1" t="s">
         <v>945</v>
       </c>
-      <c r="B245" s="1" t="s">
+      <c r="C245" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>946</v>
-      </c>
-[...7 lines deleted...]
-        <v>947</v>
       </c>
       <c r="F245" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G245" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="B246" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="B246" s="1" t="s">
+      <c r="C246" s="1" t="s">
         <v>949</v>
-      </c>
-[...1 lines deleted...]
-        <v>901</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>950</v>
       </c>
       <c r="F246" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
         <v>951</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>952</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>37</v>
+        <v>953</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>39</v>
+        <v>955</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>185</v>
+        <v>239</v>
       </c>
     </row>
     <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="B248" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E248" s="3" t="s">
+        <v>958</v>
+      </c>
+      <c r="F248" s="3" t="s">
         <v>955</v>
       </c>
-      <c r="C248" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G248" s="3" t="s">
-        <v>185</v>
+        <v>239</v>
       </c>
     </row>
     <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>956</v>
+        <v>882</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>185</v>
+        <v>34</v>
       </c>
     </row>
     <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>480</v>
+        <v>39</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>502</v>
+        <v>78</v>
       </c>
     </row>
     <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>480</v>
+        <v>462</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>502</v>
+        <v>484</v>
       </c>
     </row>
     <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>839</v>
+        <v>972</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>39</v>
+        <v>462</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>34</v>
+        <v>484</v>
       </c>
     </row>
     <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>39</v>
+        <v>462</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>980</v>
+        <v>462</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>185</v>
+        <v>484</v>
       </c>
     </row>
     <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>978</v>
+        <v>984</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>980</v>
+        <v>462</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>185</v>
+        <v>484</v>
       </c>
     </row>
     <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>901</v>
+        <v>988</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>39</v>
+        <v>462</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>34</v>
+        <v>484</v>
       </c>
     </row>
     <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>39</v>
+        <v>462</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>74</v>
+        <v>484</v>
       </c>
     </row>
     <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>480</v>
+        <v>462</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>502</v>
+        <v>484</v>
       </c>
     </row>
     <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>480</v>
+        <v>39</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>480</v>
+        <v>17</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="D261" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>480</v>
+        <v>17</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>502</v>
+        <v>44</v>
       </c>
     </row>
     <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>480</v>
+        <v>755</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>502</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>1012</v>
+        <v>1016</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>1013</v>
+        <v>1017</v>
       </c>
       <c r="D263" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>480</v>
+        <v>39</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>502</v>
+        <v>44</v>
       </c>
     </row>
     <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>480</v>
+        <v>39</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>502</v>
+        <v>34</v>
       </c>
     </row>
     <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>480</v>
+        <v>39</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>502</v>
+        <v>239</v>
       </c>
     </row>
     <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>480</v>
+        <v>17</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>585</v>
+        <v>462</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>1031</v>
+        <v>484</v>
       </c>
     </row>
     <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>480</v>
+        <v>39</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>39</v>
+        <v>645</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>39</v>
+        <v>645</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>17</v>
+        <v>645</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>17</v>
+        <v>645</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>44</v>
+        <v>484</v>
       </c>
     </row>
     <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>776</v>
+        <v>645</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>1056</v>
+        <v>484</v>
       </c>
     </row>
     <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>39</v>
+        <v>645</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>44</v>
+        <v>484</v>
       </c>
     </row>
     <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="F275" s="3" t="s">
         <v>39</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>39</v>
+        <v>428</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>185</v>
+        <v>34</v>
       </c>
     </row>
     <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="G277" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>17</v>
+        <v>519</v>
       </c>
       <c r="G278" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>480</v>
+        <v>519</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>1084</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="G280" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="B281" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="C281" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>1088</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>662</v>
+        <v>17</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>502</v>
+        <v>28</v>
       </c>
     </row>
     <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
         <v>1089</v>
       </c>
       <c r="B282" s="1" t="s">
         <v>1090</v>
       </c>
       <c r="C282" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>1092</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>662</v>
+        <v>17</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>502</v>
+        <v>453</v>
       </c>
     </row>
     <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
         <v>1093</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>1094</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>1095</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>1096</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>662</v>
+        <v>17</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>502</v>
+        <v>34</v>
       </c>
     </row>
     <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
         <v>1097</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>1098</v>
       </c>
       <c r="C284" s="1" t="s">
         <v>1099</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>1100</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>662</v>
+        <v>582</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>502</v>
+        <v>583</v>
       </c>
     </row>
     <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
         <v>1101</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>1102</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>1103</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>1104</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>662</v>
+        <v>39</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
         <v>1105</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>1106</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>1108</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>662</v>
+        <v>462</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>502</v>
+        <v>484</v>
       </c>
     </row>
     <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="B287" s="1" t="s">
         <v>1110</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>1112</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>662</v>
+        <v>462</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>502</v>
+        <v>484</v>
       </c>
     </row>
     <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>1114</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>1115</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>1116</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>39</v>
+        <v>354</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="B289" s="1" t="s">
         <v>1118</v>
       </c>
       <c r="C289" s="1" t="s">
         <v>1119</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>1120</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>39</v>
+        <v>354</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
         <v>1121</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>1122</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>1123</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>1124</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>39</v>
+        <v>428</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>1128</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>1129</v>
+        <v>17</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>299</v>
+        <v>34</v>
       </c>
     </row>
     <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B292" s="1" t="s">
         <v>1130</v>
-      </c>
-[...1 lines deleted...]
-        <v>1131</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>1132</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>446</v>
+        <v>17</v>
       </c>
       <c r="G292" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>1134</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>1136</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>39</v>
+        <v>621</v>
       </c>
       <c r="G293" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>1138</v>
       </c>
       <c r="C294" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E294" s="3" t="s">
         <v>1139</v>
       </c>
-      <c r="D294" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F294" s="3" t="s">
-        <v>537</v>
+        <v>621</v>
       </c>
       <c r="G294" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B295" s="1" t="s">
         <v>1141</v>
       </c>
-      <c r="B295" s="1" t="s">
+      <c r="C295" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E295" s="3" t="s">
         <v>1142</v>
       </c>
-      <c r="C295" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F295" s="3" t="s">
-        <v>537</v>
+        <v>621</v>
       </c>
       <c r="G295" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C296" s="1" t="s">
         <v>1145</v>
       </c>
-      <c r="B296" s="1" t="s">
+      <c r="D296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E296" s="3" t="s">
         <v>1146</v>
       </c>
-      <c r="C296" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F296" s="3" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B297" s="1" t="s">
         <v>1148</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="C297" s="1" t="s">
         <v>1149</v>
       </c>
-      <c r="C297" s="1" t="s">
+      <c r="D297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E297" s="3" t="s">
         <v>1150</v>
-      </c>
-[...4 lines deleted...]
-        <v>1151</v>
       </c>
       <c r="F297" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
     </row>
     <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B298" s="1" t="s">
         <v>1152</v>
       </c>
-      <c r="B298" s="1" t="s">
+      <c r="C298" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="3" t="s">
         <v>1153</v>
-      </c>
-[...7 lines deleted...]
-        <v>1155</v>
       </c>
       <c r="F298" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>471</v>
+        <v>34</v>
       </c>
     </row>
     <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E299" s="3" t="s">
         <v>1156</v>
-      </c>
-[...10 lines deleted...]
-        <v>1159</v>
       </c>
       <c r="F299" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G299" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1160</v>
+        <v>1157</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1162</v>
+        <v>1149</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>1163</v>
+        <v>1159</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>585</v>
+        <v>17</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>609</v>
+        <v>34</v>
       </c>
     </row>
     <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
-        <v>1164</v>
+        <v>1160</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1165</v>
+        <v>1161</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1166</v>
+        <v>1162</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>1167</v>
+        <v>1163</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>480</v>
+        <v>17</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>502</v>
+        <v>34</v>
       </c>
     </row>
     <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
-        <v>1168</v>
+        <v>1164</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1169</v>
+        <v>1165</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1170</v>
+        <v>1162</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>1171</v>
+        <v>1166</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>376</v>
+        <v>17</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
-        <v>1172</v>
+        <v>1167</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1173</v>
+        <v>1168</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1174</v>
+        <v>1169</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>1175</v>
+        <v>1170</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
-        <v>1176</v>
+        <v>1171</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1178</v>
+        <v>1173</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>1179</v>
+        <v>1174</v>
       </c>
       <c r="F304" s="3" t="s">
-        <v>17</v>
+        <v>1175</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
-        <v>1180</v>
+        <v>1176</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1181</v>
+        <v>1177</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1182</v>
+        <v>1173</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>1183</v>
+        <v>1178</v>
       </c>
       <c r="F305" s="3" t="s">
-        <v>17</v>
+        <v>1175</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
-        <v>1184</v>
+        <v>1179</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1185</v>
+        <v>1180</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1186</v>
+        <v>1173</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>1187</v>
+        <v>1181</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>638</v>
+        <v>1175</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
-        <v>1188</v>
+        <v>1182</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1189</v>
+        <v>1183</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1189</v>
+        <v>1173</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>1190</v>
+        <v>1184</v>
       </c>
       <c r="F307" s="3" t="s">
-        <v>638</v>
+        <v>1175</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>18</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
-        <v>1191</v>
+        <v>1186</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1192</v>
+        <v>1187</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1192</v>
+        <v>1188</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1193</v>
+        <v>1189</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>638</v>
+        <v>1175</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
-        <v>1194</v>
+        <v>1190</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1196</v>
+        <v>1188</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>776</v>
+        <v>1175</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>74</v>
+        <v>44</v>
       </c>
     </row>
     <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
-        <v>1198</v>
+        <v>1193</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1199</v>
+        <v>1194</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1200</v>
+        <v>1195</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1201</v>
+        <v>1196</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>1202</v>
+        <v>1175</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>185</v>
+        <v>34</v>
       </c>
     </row>
     <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
-        <v>1203</v>
+        <v>1197</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1204</v>
+        <v>1198</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1205</v>
+        <v>1195</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1206</v>
+        <v>1199</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>17</v>
+        <v>1175</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>34</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
-        <v>1207</v>
+        <v>1200</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1208</v>
+        <v>1201</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="D312" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1209</v>
+        <v>1203</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>17</v>
+        <v>1175</v>
       </c>
       <c r="G312" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1210</v>
+        <v>1204</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1211</v>
+        <v>1205</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1205</v>
+        <v>1195</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1212</v>
+        <v>1206</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>17</v>
+        <v>1175</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>34</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1213</v>
+        <v>1207</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1214</v>
+        <v>1208</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1215</v>
+        <v>1210</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>17</v>
+        <v>1175</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>34</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1216</v>
+        <v>1212</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1217</v>
+        <v>1213</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1205</v>
+        <v>1214</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1218</v>
+        <v>1215</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>17</v>
+        <v>1175</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>34</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1219</v>
+        <v>1216</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1220</v>
+        <v>1217</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1221</v>
+        <v>1214</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1222</v>
+        <v>1218</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>17</v>
+        <v>1175</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>34</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1223</v>
+        <v>1219</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1224</v>
+        <v>1220</v>
       </c>
       <c r="C317" s="1" t="s">
         <v>1221</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1225</v>
+        <v>1222</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>17</v>
+        <v>1175</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>34</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C318" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E318" s="3" t="s">
         <v>1226</v>
       </c>
-      <c r="B318" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F318" s="3" t="s">
-        <v>17</v>
+        <v>1175</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>34</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C319" s="1" t="s">
         <v>1229</v>
       </c>
-      <c r="B319" s="1" t="s">
+      <c r="D319" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E319" s="3" t="s">
         <v>1230</v>
       </c>
-      <c r="C319" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F319" s="3" t="s">
-        <v>17</v>
+        <v>1175</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
     </row>
     <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C320" s="1" t="s">
         <v>1233</v>
       </c>
-      <c r="B320" s="1" t="s">
+      <c r="D320" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E320" s="3" t="s">
         <v>1234</v>
       </c>
-      <c r="C320" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F320" s="3" t="s">
-        <v>34</v>
+        <v>1175</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C321" s="1" t="s">
         <v>1237</v>
       </c>
-      <c r="B321" s="1" t="s">
+      <c r="D321" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E321" s="3" t="s">
         <v>1238</v>
       </c>
-      <c r="C321" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F321" s="3" t="s">
-        <v>1241</v>
+        <v>1175</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1242</v>
+        <v>1239</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1243</v>
+        <v>1240</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1239</v>
+        <v>1237</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1244</v>
+        <v>1241</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>1241</v>
+        <v>1175</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>44</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E323" s="3" t="s">
         <v>1245</v>
       </c>
-      <c r="B323" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F323" s="3" t="s">
-        <v>1241</v>
+        <v>1175</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E324" s="3" t="s">
         <v>1248</v>
       </c>
-      <c r="B324" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F324" s="3" t="s">
-        <v>1241</v>
+        <v>1175</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>1251</v>
+        <v>34</v>
       </c>
     </row>
     <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1254</v>
+        <v>1244</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1255</v>
+        <v>1251</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>1241</v>
+        <v>1175</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>34</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1256</v>
+        <v>1252</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1257</v>
+        <v>1253</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>1254</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C327" s="1" t="s">
         <v>1259</v>
       </c>
-      <c r="B327" s="1" t="s">
+      <c r="D327" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E327" s="3" t="s">
         <v>1260</v>
       </c>
-      <c r="C327" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F327" s="3" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="G327" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C328" s="1" t="s">
         <v>1263</v>
       </c>
-      <c r="B328" s="1" t="s">
+      <c r="D328" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E328" s="3" t="s">
         <v>1264</v>
       </c>
-      <c r="C328" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F328" s="3" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>1251</v>
+        <v>34</v>
       </c>
     </row>
     <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B329" s="1" t="s">
         <v>1266</v>
       </c>
-      <c r="B329" s="1" t="s">
+      <c r="C329" s="1" t="s">
         <v>1267</v>
       </c>
-      <c r="C329" s="1" t="s">
+      <c r="D329" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E329" s="3" t="s">
         <v>1268</v>
       </c>
-      <c r="D329" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F329" s="3" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="G329" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B330" s="1" t="s">
         <v>1270</v>
       </c>
-      <c r="B330" s="1" t="s">
+      <c r="C330" s="1" t="s">
         <v>1271</v>
-      </c>
-[...1 lines deleted...]
-        <v>1261</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E330" s="3" t="s">
         <v>1272</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>1251</v>
+        <v>34</v>
       </c>
     </row>
     <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
         <v>1273</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>1274</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>1275</v>
       </c>
       <c r="D331" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
         <v>1276</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>1277</v>
+        <v>78</v>
       </c>
     </row>
     <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B332" s="1" t="s">
         <v>1278</v>
       </c>
-      <c r="B332" s="1" t="s">
+      <c r="C332" s="1" t="s">
         <v>1279</v>
       </c>
-      <c r="C332" s="1" t="s">
+      <c r="D332" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E332" s="3" t="s">
         <v>1280</v>
       </c>
-      <c r="D332" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F332" s="3" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>1251</v>
+        <v>34</v>
       </c>
     </row>
     <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B333" s="1" t="s">
         <v>1282</v>
       </c>
-      <c r="B333" s="1" t="s">
+      <c r="C333" s="1" t="s">
         <v>1283</v>
-      </c>
-[...1 lines deleted...]
-        <v>1280</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
         <v>1284</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>1251</v>
+        <v>34</v>
       </c>
     </row>
     <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
         <v>1285</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>1287</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
         <v>1288</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>1251</v>
+        <v>78</v>
       </c>
     </row>
     <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
         <v>1289</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>1290</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>1291</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
         <v>1292</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>1251</v>
+        <v>18</v>
       </c>
     </row>
     <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>1295</v>
       </c>
       <c r="D336" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
         <v>1296</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
         <v>1297</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>1298</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>1299</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
         <v>1300</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>34</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E338" s="3" t="s">
+        <v>1305</v>
+      </c>
+      <c r="F338" s="3" t="s">
+        <v>1256</v>
+      </c>
+      <c r="G338" s="3" t="s">
         <v>1301</v>
-      </c>
-[...16 lines deleted...]
-        <v>1251</v>
       </c>
     </row>
     <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="D339" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>44</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="D340" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
     </row>
     <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1306</v>
+        <v>1316</v>
       </c>
       <c r="D341" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>1251</v>
+        <v>34</v>
       </c>
     </row>
     <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
       <c r="D342" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>1318</v>
+        <v>1256</v>
       </c>
       <c r="G342" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1319</v>
+        <v>1322</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="D343" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1322</v>
+        <v>1325</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>1318</v>
+        <v>1256</v>
       </c>
       <c r="G343" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1325</v>
+        <v>1328</v>
       </c>
       <c r="D344" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>1318</v>
+        <v>1256</v>
       </c>
       <c r="G344" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>1318</v>
+        <v>1256</v>
       </c>
       <c r="G345" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1331</v>
+        <v>1334</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1332</v>
+        <v>1335</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="D346" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1334</v>
+        <v>1337</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>1318</v>
+        <v>1256</v>
       </c>
       <c r="G346" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1337</v>
+        <v>1340</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1338</v>
+        <v>1341</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>1318</v>
+        <v>1256</v>
       </c>
       <c r="G347" s="3" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
     </row>
     <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
-        <v>1339</v>
+        <v>1342</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1340</v>
+        <v>1343</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
       <c r="D348" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>1318</v>
+        <v>1256</v>
       </c>
       <c r="G348" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1344</v>
+        <v>1347</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1345</v>
+        <v>1348</v>
       </c>
       <c r="D349" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1346</v>
+        <v>1349</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>1318</v>
+        <v>1256</v>
       </c>
       <c r="G349" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B350" s="1" t="s">
         <v>1347</v>
       </c>
-      <c r="B350" s="1" t="s">
+      <c r="C350" s="1" t="s">
         <v>1348</v>
       </c>
-      <c r="C350" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D350" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>1318</v>
+        <v>1256</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
     </row>
     <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="D351" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="F351" s="3" t="s">
-        <v>1318</v>
+        <v>1256</v>
       </c>
       <c r="G351" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="D352" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="F352" s="3" t="s">
-        <v>1318</v>
+        <v>1256</v>
       </c>
       <c r="G352" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="D353" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="F353" s="3" t="s">
-        <v>1318</v>
+        <v>1256</v>
       </c>
       <c r="G353" s="3" t="s">
-        <v>1363</v>
+        <v>18</v>
       </c>
     </row>
     <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
         <v>1364</v>
       </c>
       <c r="B354" s="1" t="s">
         <v>1365</v>
       </c>
       <c r="C354" s="1" t="s">
         <v>1366</v>
       </c>
       <c r="D354" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E354" s="3" t="s">
         <v>1367</v>
       </c>
       <c r="F354" s="3" t="s">
-        <v>1318</v>
+        <v>1256</v>
       </c>
       <c r="G354" s="3" t="s">
-        <v>1363</v>
+        <v>18</v>
       </c>
     </row>
     <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
         <v>1368</v>
       </c>
       <c r="B355" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E355" s="3" t="s">
         <v>1369</v>
       </c>
-      <c r="C355" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F355" s="3" t="s">
-        <v>1318</v>
+        <v>1256</v>
       </c>
       <c r="G355" s="3" t="s">
-        <v>1363</v>
+        <v>18</v>
       </c>
     </row>
     <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C356" s="1" t="s">
         <v>1372</v>
       </c>
-      <c r="B356" s="1" t="s">
+      <c r="D356" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E356" s="3" t="s">
         <v>1373</v>
       </c>
-      <c r="C356" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F356" s="3" t="s">
-        <v>1318</v>
+        <v>462</v>
       </c>
       <c r="G356" s="3" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
     </row>
     <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C357" s="1" t="s">
         <v>1376</v>
       </c>
-      <c r="B357" s="1" t="s">
+      <c r="D357" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E357" s="3" t="s">
         <v>1377</v>
       </c>
-      <c r="C357" s="1" t="s">
+      <c r="F357" s="3" t="s">
         <v>1378</v>
       </c>
-      <c r="D357" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G357" s="3" t="s">
-        <v>34</v>
+        <v>646</v>
       </c>
     </row>
     <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B358" s="1" t="s">
         <v>1380</v>
       </c>
-      <c r="B358" s="1" t="s">
+      <c r="C358" s="1" t="s">
         <v>1381</v>
       </c>
-      <c r="C358" s="1" t="s">
+      <c r="D358" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E358" s="3" t="s">
         <v>1382</v>
       </c>
-      <c r="D358" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F358" s="3" t="s">
-        <v>1318</v>
+        <v>1378</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>34</v>
+        <v>646</v>
       </c>
     </row>
     <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B359" s="1" t="s">
         <v>1384</v>
       </c>
-      <c r="B359" s="1" t="s">
+      <c r="C359" s="1" t="s">
         <v>1385</v>
       </c>
-      <c r="C359" s="1" t="s">
+      <c r="D359" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E359" s="3" t="s">
         <v>1386</v>
       </c>
-      <c r="D359" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F359" s="3" t="s">
-        <v>1318</v>
+        <v>1378</v>
       </c>
       <c r="G359" s="3" t="s">
-        <v>34</v>
+        <v>646</v>
       </c>
     </row>
     <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B360" s="1" t="s">
         <v>1388</v>
       </c>
-      <c r="B360" s="1" t="s">
+      <c r="C360" s="1" t="s">
         <v>1389</v>
       </c>
-      <c r="C360" s="1" t="s">
+      <c r="D360" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E360" s="3" t="s">
         <v>1390</v>
       </c>
-      <c r="D360" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F360" s="3" t="s">
-        <v>1318</v>
+        <v>462</v>
       </c>
       <c r="G360" s="3" t="s">
-        <v>34</v>
+        <v>484</v>
       </c>
     </row>
     <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B361" s="1" t="s">
         <v>1392</v>
       </c>
-      <c r="B361" s="1" t="s">
+      <c r="C361" s="1" t="s">
         <v>1393</v>
       </c>
-      <c r="C361" s="1" t="s">
+      <c r="D361" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E361" s="3" t="s">
         <v>1394</v>
       </c>
-      <c r="D361" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F361" s="3" t="s">
-        <v>1318</v>
+        <v>462</v>
       </c>
       <c r="G361" s="3" t="s">
-        <v>34</v>
+        <v>239</v>
       </c>
     </row>
     <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B362" s="1" t="s">
         <v>1396</v>
       </c>
-      <c r="B362" s="1" t="s">
+      <c r="C362" s="1" t="s">
         <v>1397</v>
       </c>
-      <c r="C362" s="1" t="s">
+      <c r="D362" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E362" s="3" t="s">
         <v>1398</v>
       </c>
-      <c r="D362" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E362" s="3" t="s">
+      <c r="F362" s="3" t="s">
         <v>1399</v>
-      </c>
-[...1 lines deleted...]
-        <v>1318</v>
       </c>
       <c r="G362" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
         <v>1400</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>1401</v>
       </c>
       <c r="C363" s="1" t="s">
         <v>1402</v>
       </c>
       <c r="D363" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E363" s="3" t="s">
         <v>1403</v>
       </c>
       <c r="F363" s="3" t="s">
-        <v>1318</v>
+        <v>1399</v>
       </c>
       <c r="G363" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A364" s="1" t="s">
         <v>1404</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>1405</v>
       </c>
       <c r="C364" s="1" t="s">
         <v>1406</v>
       </c>
       <c r="D364" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E364" s="3" t="s">
         <v>1407</v>
       </c>
       <c r="F364" s="3" t="s">
-        <v>1318</v>
+        <v>462</v>
       </c>
       <c r="G364" s="3" t="s">
-        <v>34</v>
+        <v>484</v>
       </c>
     </row>
     <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A365" s="1" t="s">
         <v>1408</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>1409</v>
       </c>
       <c r="C365" s="1" t="s">
         <v>1410</v>
       </c>
       <c r="D365" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E365" s="3" t="s">
         <v>1411</v>
       </c>
       <c r="F365" s="3" t="s">
-        <v>1318</v>
+        <v>462</v>
       </c>
       <c r="G365" s="3" t="s">
-        <v>34</v>
+        <v>484</v>
       </c>
     </row>
     <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A366" s="1" t="s">
         <v>1412</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1409</v>
+        <v>1413</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1410</v>
+        <v>1414</v>
       </c>
       <c r="D366" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="F366" s="3" t="s">
-        <v>1318</v>
+        <v>462</v>
       </c>
       <c r="G366" s="3" t="s">
-        <v>34</v>
+        <v>484</v>
       </c>
     </row>
     <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A367" s="1" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="D367" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="F367" s="3" t="s">
-        <v>1318</v>
+        <v>462</v>
       </c>
       <c r="G367" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="D368" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="F368" s="3" t="s">
-        <v>1318</v>
+        <v>462</v>
       </c>
       <c r="G368" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A369" s="1" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="D369" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="F369" s="3" t="s">
-        <v>1318</v>
+        <v>462</v>
       </c>
       <c r="G369" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A370" s="1" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="D370" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="F370" s="3" t="s">
-        <v>1318</v>
+        <v>462</v>
       </c>
       <c r="G370" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A371" s="1" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="D371" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="F371" s="3" t="s">
-        <v>1202</v>
+        <v>17</v>
       </c>
       <c r="G371" s="3" t="s">
-        <v>663</v>
+        <v>23</v>
       </c>
     </row>
     <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="D372" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="F372" s="3" t="s">
-        <v>1202</v>
+        <v>462</v>
       </c>
       <c r="G372" s="3" t="s">
-        <v>663</v>
+        <v>23</v>
       </c>
     </row>
     <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A373" s="1" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B373" s="1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C373" s="1" t="s">
         <v>1438</v>
-      </c>
-[...4 lines deleted...]
-        <v>1440</v>
       </c>
       <c r="D373" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E373" s="3" t="s">
         <v>1441</v>
       </c>
       <c r="F373" s="3" t="s">
-        <v>1202</v>
+        <v>462</v>
       </c>
       <c r="G373" s="3" t="s">
-        <v>663</v>
+        <v>484</v>
       </c>
     </row>
     <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A374" s="1" t="s">
         <v>1442</v>
       </c>
       <c r="B374" s="1" t="s">
         <v>1443</v>
       </c>
       <c r="C374" s="1" t="s">
         <v>1444</v>
       </c>
       <c r="D374" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E374" s="3" t="s">
         <v>1445</v>
       </c>
       <c r="F374" s="3" t="s">
-        <v>480</v>
+        <v>462</v>
       </c>
       <c r="G374" s="3" t="s">
-        <v>502</v>
+        <v>23</v>
       </c>
     </row>
     <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A375" s="1" t="s">
         <v>1446</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>1447</v>
       </c>
       <c r="C375" s="1" t="s">
         <v>1448</v>
       </c>
       <c r="D375" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E375" s="3" t="s">
         <v>1449</v>
       </c>
       <c r="F375" s="3" t="s">
-        <v>480</v>
+        <v>462</v>
       </c>
       <c r="G375" s="3" t="s">
-        <v>185</v>
+        <v>484</v>
       </c>
     </row>
     <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A376" s="1" t="s">
         <v>1450</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>1451</v>
       </c>
       <c r="C376" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E376" s="3" t="s">
         <v>1452</v>
       </c>
-      <c r="D376" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F376" s="3" t="s">
-        <v>389</v>
+        <v>462</v>
       </c>
       <c r="G376" s="3" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
     </row>
     <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A377" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B377" s="1" t="s">
         <v>1454</v>
       </c>
-      <c r="B377" s="1" t="s">
+      <c r="C377" s="1" t="s">
         <v>1455</v>
       </c>
-      <c r="C377" s="1" t="s">
+      <c r="D377" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E377" s="3" t="s">
         <v>1456</v>
       </c>
-      <c r="D377" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F377" s="3" t="s">
-        <v>389</v>
+        <v>462</v>
       </c>
       <c r="G377" s="3" t="s">
-        <v>34</v>
+        <v>484</v>
       </c>
     </row>
     <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A378" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B378" s="1" t="s">
         <v>1458</v>
       </c>
-      <c r="B378" s="1" t="s">
+      <c r="C378" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E378" s="3" t="s">
         <v>1459</v>
       </c>
-      <c r="C378" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F378" s="3" t="s">
-        <v>389</v>
+        <v>462</v>
       </c>
       <c r="G378" s="3" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
     </row>
     <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A379" s="1" t="s">
+        <v>1460</v>
+      </c>
+      <c r="B379" s="1" t="s">
         <v>1461</v>
       </c>
-      <c r="B379" s="1" t="s">
+      <c r="C379" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E379" s="3" t="s">
         <v>1462</v>
       </c>
-      <c r="C379" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F379" s="3" t="s">
-        <v>480</v>
+        <v>462</v>
       </c>
       <c r="G379" s="3" t="s">
-        <v>502</v>
+        <v>23</v>
       </c>
     </row>
     <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A380" s="1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>1464</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E380" s="3" t="s">
         <v>1465</v>
       </c>
-      <c r="B380" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F380" s="3" t="s">
-        <v>480</v>
+        <v>462</v>
       </c>
       <c r="G380" s="3" t="s">
-        <v>502</v>
+        <v>23</v>
       </c>
     </row>
     <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A381" s="1" t="s">
-        <v>1469</v>
+        <v>1466</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1470</v>
+        <v>1467</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1471</v>
+        <v>976</v>
       </c>
       <c r="D381" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>1472</v>
+        <v>1468</v>
       </c>
       <c r="F381" s="3" t="s">
-        <v>480</v>
+        <v>462</v>
       </c>
       <c r="G381" s="3" t="s">
-        <v>502</v>
+        <v>23</v>
       </c>
     </row>
     <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A382" s="1" t="s">
-        <v>1473</v>
+        <v>1469</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1474</v>
+        <v>1470</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1475</v>
+        <v>1471</v>
       </c>
       <c r="D382" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>1476</v>
+        <v>1472</v>
       </c>
       <c r="F382" s="3" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-        <v>502</v>
+        <v>44</v>
       </c>
     </row>
     <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A383" s="1" t="s">
-        <v>1477</v>
+        <v>1473</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1478</v>
+        <v>1474</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1479</v>
+        <v>1475</v>
       </c>
       <c r="D383" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>1480</v>
+        <v>1476</v>
       </c>
       <c r="F383" s="3" t="s">
-        <v>480</v>
+        <v>645</v>
       </c>
       <c r="G383" s="3" t="s">
-        <v>502</v>
+        <v>78</v>
       </c>
     </row>
     <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A384" s="1" t="s">
-        <v>1481</v>
+        <v>1477</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1482</v>
+        <v>1478</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1483</v>
+        <v>1479</v>
       </c>
       <c r="D384" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>1484</v>
+        <v>1480</v>
       </c>
       <c r="F384" s="3" t="s">
-        <v>480</v>
+        <v>645</v>
       </c>
       <c r="G384" s="3" t="s">
-        <v>502</v>
+        <v>78</v>
       </c>
     </row>
     <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A385" s="1" t="s">
-        <v>1485</v>
+        <v>1481</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1486</v>
+        <v>1482</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1487</v>
+        <v>1483</v>
       </c>
       <c r="D385" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>1488</v>
+        <v>1484</v>
       </c>
       <c r="F385" s="3" t="s">
-        <v>480</v>
+        <v>645</v>
       </c>
       <c r="G385" s="3" t="s">
-        <v>502</v>
+        <v>78</v>
       </c>
     </row>
     <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A386" s="1" t="s">
-        <v>1489</v>
+        <v>1485</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1490</v>
+        <v>1486</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1491</v>
+        <v>1487</v>
       </c>
       <c r="D386" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>1492</v>
+        <v>1488</v>
       </c>
       <c r="F386" s="3" t="s">
-        <v>480</v>
+        <v>645</v>
       </c>
       <c r="G386" s="3" t="s">
-        <v>502</v>
+        <v>78</v>
       </c>
     </row>
     <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A387" s="1" t="s">
-        <v>1493</v>
+        <v>1489</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1494</v>
+        <v>1490</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1495</v>
+        <v>1491</v>
       </c>
       <c r="D387" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>1496</v>
+        <v>1492</v>
       </c>
       <c r="F387" s="3" t="s">
-        <v>480</v>
+        <v>645</v>
       </c>
       <c r="G387" s="3" t="s">
-        <v>502</v>
+        <v>78</v>
       </c>
     </row>
     <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A388" s="1" t="s">
-        <v>1497</v>
+        <v>1493</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1498</v>
+        <v>1494</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1499</v>
+        <v>1495</v>
       </c>
       <c r="D388" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>1500</v>
+        <v>1496</v>
       </c>
       <c r="F388" s="3" t="s">
-        <v>17</v>
+        <v>645</v>
       </c>
       <c r="G388" s="3" t="s">
-        <v>23</v>
+        <v>484</v>
       </c>
     </row>
     <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A389" s="1" t="s">
-        <v>1501</v>
+        <v>1497</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1502</v>
+        <v>1498</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1166</v>
+        <v>1499</v>
       </c>
       <c r="D389" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>1503</v>
+        <v>1500</v>
       </c>
       <c r="F389" s="3" t="s">
-        <v>480</v>
+        <v>645</v>
       </c>
       <c r="G389" s="3" t="s">
-        <v>23</v>
+        <v>484</v>
       </c>
     </row>
     <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A390" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E390" s="3" t="s">
         <v>1504</v>
       </c>
-      <c r="B390" s="1" t="s">
+      <c r="F390" s="3" t="s">
+        <v>1378</v>
+      </c>
+      <c r="G390" s="3" t="s">
         <v>1505</v>
-      </c>
-[...13 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A391" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C391" s="1" t="s">
         <v>1508</v>
       </c>
-      <c r="B391" s="1" t="s">
+      <c r="D391" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E391" s="3" t="s">
         <v>1509</v>
       </c>
-      <c r="C391" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F391" s="3" t="s">
-        <v>480</v>
+        <v>1378</v>
       </c>
       <c r="G391" s="3" t="s">
-        <v>23</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A392" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C392" s="1" t="s">
         <v>1512</v>
       </c>
-      <c r="B392" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C392" s="1" t="s">
+      <c r="D392" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E392" s="3" t="s">
         <v>1513</v>
       </c>
-      <c r="D392" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E392" s="3" t="s">
+      <c r="F392" s="3" t="s">
+        <v>1378</v>
+      </c>
+      <c r="G392" s="3" t="s">
         <v>1514</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A393" s="1" t="s">
         <v>1515</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>1516</v>
       </c>
       <c r="C393" s="1" t="s">
         <v>1517</v>
       </c>
       <c r="D393" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E393" s="3" t="s">
         <v>1518</v>
       </c>
       <c r="F393" s="3" t="s">
-        <v>480</v>
+        <v>1378</v>
       </c>
       <c r="G393" s="3" t="s">
-        <v>502</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A394" s="1" t="s">
         <v>1519</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>1520</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>967</v>
+        <v>1521</v>
       </c>
       <c r="D394" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="F394" s="3" t="s">
-        <v>480</v>
+        <v>1378</v>
       </c>
       <c r="G394" s="3" t="s">
-        <v>23</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A395" s="1" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="D395" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="F395" s="3" t="s">
-        <v>480</v>
+        <v>1378</v>
       </c>
       <c r="G395" s="3" t="s">
-        <v>502</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A396" s="1" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>624</v>
+        <v>1529</v>
       </c>
       <c r="D396" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="F396" s="3" t="s">
-        <v>480</v>
+        <v>1378</v>
       </c>
       <c r="G396" s="3" t="s">
-        <v>23</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A397" s="1" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1017</v>
+        <v>1533</v>
       </c>
       <c r="D397" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
       <c r="F397" s="3" t="s">
-        <v>480</v>
+        <v>1378</v>
       </c>
       <c r="G397" s="3" t="s">
-        <v>23</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A398" s="1" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1494</v>
+        <v>1536</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
       <c r="D398" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>1534</v>
+        <v>1538</v>
       </c>
       <c r="F398" s="3" t="s">
-        <v>480</v>
+        <v>1378</v>
       </c>
       <c r="G398" s="3" t="s">
-        <v>23</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A399" s="1" t="s">
-        <v>1535</v>
+        <v>1539</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1536</v>
+        <v>1540</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1001</v>
+        <v>1541</v>
       </c>
       <c r="D399" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>1537</v>
+        <v>1542</v>
       </c>
       <c r="F399" s="3" t="s">
-        <v>480</v>
+        <v>1378</v>
       </c>
       <c r="G399" s="3" t="s">
-        <v>23</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A400" s="1" t="s">
-        <v>1538</v>
+        <v>1543</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1539</v>
+        <v>1544</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1540</v>
+        <v>1545</v>
       </c>
       <c r="D400" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
       <c r="F400" s="3" t="s">
-        <v>1241</v>
+        <v>1378</v>
       </c>
       <c r="G400" s="3" t="s">
-        <v>34</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A401" s="1" t="s">
-        <v>1542</v>
+        <v>1547</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1543</v>
+        <v>1548</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1544</v>
+        <v>1549</v>
       </c>
       <c r="D401" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>1545</v>
+        <v>1550</v>
       </c>
       <c r="F401" s="3" t="s">
-        <v>44</v>
+        <v>1378</v>
+      </c>
+      <c r="G401" s="3" t="s">
+        <v>1505</v>
       </c>
     </row>
     <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A402" s="1" t="s">
-        <v>1546</v>
+        <v>1551</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1547</v>
+        <v>1552</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1548</v>
+        <v>1553</v>
       </c>
       <c r="D402" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>1549</v>
+        <v>1554</v>
       </c>
       <c r="F402" s="3" t="s">
-        <v>662</v>
+        <v>1378</v>
       </c>
       <c r="G402" s="3" t="s">
-        <v>74</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A403" s="1" t="s">
-        <v>1550</v>
+        <v>1555</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1551</v>
+        <v>1556</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1552</v>
+        <v>1557</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>1553</v>
+        <v>1558</v>
       </c>
       <c r="F403" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G403" s="3" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
     </row>
     <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A404" s="1" t="s">
-        <v>1554</v>
+        <v>1559</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1555</v>
+        <v>1560</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1556</v>
+        <v>1561</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>1557</v>
+        <v>1562</v>
       </c>
       <c r="F404" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G404" s="3" t="s">
-        <v>74</v>
+        <v>44</v>
       </c>
     </row>
     <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A405" s="1" t="s">
-        <v>1558</v>
+        <v>1563</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1559</v>
+        <v>1564</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1560</v>
+        <v>1565</v>
       </c>
       <c r="D405" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>1561</v>
+        <v>1566</v>
       </c>
       <c r="F405" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G405" s="3" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
     </row>
     <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A406" s="1" t="s">
-        <v>1562</v>
+        <v>1567</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1563</v>
+        <v>1568</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1564</v>
+        <v>1569</v>
       </c>
       <c r="D406" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>1565</v>
+        <v>1570</v>
       </c>
       <c r="F406" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G406" s="3" t="s">
-        <v>74</v>
+        <v>44</v>
       </c>
     </row>
     <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A407" s="1" t="s">
-        <v>1566</v>
+        <v>1571</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1567</v>
+        <v>1572</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1568</v>
+        <v>1573</v>
       </c>
       <c r="D407" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>1569</v>
+        <v>1574</v>
       </c>
       <c r="F407" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G407" s="3" t="s">
-        <v>502</v>
+        <v>34</v>
       </c>
     </row>
     <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A408" s="1" t="s">
-        <v>1570</v>
+        <v>1575</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1572</v>
+        <v>1577</v>
       </c>
       <c r="D408" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>1573</v>
+        <v>1578</v>
       </c>
       <c r="F408" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G408" s="3" t="s">
-        <v>502</v>
+        <v>44</v>
       </c>
     </row>
     <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A409" s="1" t="s">
-        <v>1574</v>
+        <v>1579</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1575</v>
+        <v>1580</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1576</v>
+        <v>1581</v>
       </c>
       <c r="D409" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>1577</v>
+        <v>1582</v>
       </c>
       <c r="F409" s="3" t="s">
-        <v>1202</v>
+        <v>645</v>
       </c>
       <c r="G409" s="3" t="s">
-        <v>1578</v>
+        <v>34</v>
       </c>
     </row>
     <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A410" s="1" t="s">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1580</v>
+        <v>1584</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1581</v>
+        <v>1585</v>
       </c>
       <c r="D410" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>1582</v>
+        <v>1586</v>
       </c>
       <c r="F410" s="3" t="s">
-        <v>1202</v>
+        <v>645</v>
       </c>
       <c r="G410" s="3" t="s">
-        <v>1578</v>
+        <v>44</v>
       </c>
     </row>
     <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A411" s="1" t="s">
-        <v>1583</v>
+        <v>1587</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1584</v>
+        <v>1588</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1585</v>
+        <v>1589</v>
       </c>
       <c r="D411" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E411" s="3" t="s">
-        <v>1586</v>
+        <v>1590</v>
       </c>
       <c r="F411" s="3" t="s">
-        <v>1202</v>
+        <v>462</v>
       </c>
       <c r="G411" s="3" t="s">
-        <v>1587</v>
+        <v>484</v>
       </c>
     </row>
     <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A412" s="1" t="s">
-        <v>1588</v>
+        <v>1591</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
       <c r="D412" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="F412" s="3" t="s">
-        <v>1202</v>
+        <v>17</v>
       </c>
       <c r="G412" s="3" t="s">
-        <v>1578</v>
+        <v>18</v>
       </c>
     </row>
     <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A413" s="1" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="D413" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
       <c r="F413" s="3" t="s">
-        <v>1202</v>
+        <v>1598</v>
       </c>
       <c r="G413" s="3" t="s">
-        <v>1587</v>
+        <v>18</v>
       </c>
     </row>
     <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A414" s="1" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
       <c r="C414" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E414" s="3" t="s">
+        <v>1602</v>
+      </c>
+      <c r="F414" s="3" t="s">
         <v>1598</v>
       </c>
-      <c r="D414" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G414" s="3" t="s">
-        <v>1578</v>
+        <v>18</v>
       </c>
     </row>
     <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A415" s="1" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1601</v>
+        <v>1604</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="D415" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E415" s="3" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="F415" s="3" t="s">
-        <v>1202</v>
+        <v>1598</v>
       </c>
       <c r="G415" s="3" t="s">
-        <v>1578</v>
+        <v>18</v>
       </c>
     </row>
     <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A416" s="1" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="D416" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="F416" s="3" t="s">
-        <v>1202</v>
+        <v>462</v>
       </c>
       <c r="G416" s="3" t="s">
-        <v>1578</v>
+        <v>484</v>
       </c>
     </row>
     <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A417" s="1" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="D417" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E417" s="3" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="F417" s="3" t="s">
-        <v>1202</v>
-[...2 lines deleted...]
-        <v>1587</v>
+        <v>34</v>
       </c>
     </row>
     <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A418" s="1" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="D418" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E418" s="3" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="F418" s="3" t="s">
-        <v>1202</v>
+        <v>1175</v>
       </c>
       <c r="G418" s="3" t="s">
-        <v>1578</v>
+        <v>34</v>
       </c>
     </row>
     <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A419" s="1" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="D419" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="F419" s="3" t="s">
-        <v>1202</v>
+        <v>33</v>
       </c>
       <c r="G419" s="3" t="s">
-        <v>1578</v>
+        <v>18</v>
       </c>
     </row>
     <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A420" s="1" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="C420" s="1" t="s">
         <v>1622</v>
       </c>
       <c r="D420" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E420" s="3" t="s">
         <v>1623</v>
       </c>
       <c r="F420" s="3" t="s">
-        <v>1202</v>
+        <v>33</v>
       </c>
       <c r="G420" s="3" t="s">
-        <v>1578</v>
+        <v>18</v>
       </c>
     </row>
     <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A421" s="1" t="s">
         <v>1624</v>
       </c>
       <c r="B421" s="1" t="s">
         <v>1625</v>
       </c>
       <c r="C421" s="1" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E421" s="3" t="s">
         <v>1626</v>
       </c>
-      <c r="D421" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F421" s="3" t="s">
-        <v>1202</v>
+        <v>33</v>
       </c>
       <c r="G421" s="3" t="s">
-        <v>1578</v>
+        <v>18</v>
       </c>
     </row>
     <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A422" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B422" s="1" t="s">
         <v>1628</v>
       </c>
-      <c r="B422" s="1" t="s">
+      <c r="C422" s="1" t="s">
         <v>1629</v>
       </c>
-      <c r="C422" s="1" t="s">
+      <c r="D422" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E422" s="3" t="s">
         <v>1630</v>
       </c>
-      <c r="D422" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F422" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G422" s="3" t="s">
-        <v>34</v>
+        <v>484</v>
       </c>
     </row>
     <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A423" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B423" s="1" t="s">
         <v>1632</v>
       </c>
-      <c r="B423" s="1" t="s">
+      <c r="C423" s="1" t="s">
         <v>1633</v>
       </c>
-      <c r="C423" s="1" t="s">
+      <c r="D423" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E423" s="3" t="s">
         <v>1634</v>
       </c>
-      <c r="D423" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F423" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G423" s="3" t="s">
-        <v>44</v>
+        <v>484</v>
       </c>
     </row>
     <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A424" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B424" s="1" t="s">
         <v>1636</v>
       </c>
-      <c r="B424" s="1" t="s">
+      <c r="C424" s="1" t="s">
         <v>1637</v>
       </c>
-      <c r="C424" s="1" t="s">
+      <c r="D424" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E424" s="3" t="s">
         <v>1638</v>
       </c>
-      <c r="D424" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F424" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G424" s="3" t="s">
-        <v>34</v>
+        <v>484</v>
       </c>
     </row>
     <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A425" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B425" s="1" t="s">
         <v>1640</v>
       </c>
-      <c r="B425" s="1" t="s">
+      <c r="C425" s="1" t="s">
         <v>1641</v>
       </c>
-      <c r="C425" s="1" t="s">
+      <c r="D425" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E425" s="3" t="s">
         <v>1642</v>
       </c>
-      <c r="D425" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F425" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G425" s="3" t="s">
-        <v>44</v>
+        <v>484</v>
       </c>
     </row>
     <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A426" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B426" s="1" t="s">
         <v>1644</v>
       </c>
-      <c r="B426" s="1" t="s">
+      <c r="C426" s="1" t="s">
         <v>1645</v>
       </c>
-      <c r="C426" s="1" t="s">
+      <c r="D426" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E426" s="3" t="s">
         <v>1646</v>
       </c>
-      <c r="D426" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F426" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G426" s="3" t="s">
-        <v>34</v>
+        <v>484</v>
       </c>
     </row>
     <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A427" s="1" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B427" s="1" t="s">
         <v>1648</v>
       </c>
-      <c r="B427" s="1" t="s">
+      <c r="C427" s="1" t="s">
         <v>1649</v>
       </c>
-      <c r="C427" s="1" t="s">
+      <c r="D427" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E427" s="3" t="s">
         <v>1650</v>
       </c>
-      <c r="D427" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F427" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G427" s="3" t="s">
-        <v>44</v>
+        <v>484</v>
       </c>
     </row>
     <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A428" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B428" s="1" t="s">
         <v>1652</v>
       </c>
-      <c r="B428" s="1" t="s">
+      <c r="C428" s="1" t="s">
         <v>1653</v>
       </c>
-      <c r="C428" s="1" t="s">
+      <c r="D428" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E428" s="3" t="s">
         <v>1654</v>
       </c>
-      <c r="D428" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F428" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G428" s="3" t="s">
-        <v>34</v>
+        <v>484</v>
       </c>
     </row>
     <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A429" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B429" s="1" t="s">
         <v>1656</v>
       </c>
-      <c r="B429" s="1" t="s">
+      <c r="C429" s="1" t="s">
         <v>1657</v>
       </c>
-      <c r="C429" s="1" t="s">
+      <c r="D429" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E429" s="3" t="s">
         <v>1658</v>
       </c>
-      <c r="D429" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F429" s="3" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="G429" s="3" t="s">
-        <v>44</v>
+        <v>484</v>
       </c>
     </row>
     <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A430" s="1" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B430" s="1" t="s">
         <v>1660</v>
       </c>
-      <c r="B430" s="1" t="s">
+      <c r="C430" s="1" t="s">
         <v>1661</v>
       </c>
-      <c r="C430" s="1" t="s">
+      <c r="D430" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E430" s="3" t="s">
         <v>1662</v>
       </c>
-      <c r="D430" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F430" s="3" t="s">
-        <v>552</v>
+        <v>645</v>
       </c>
       <c r="G430" s="3" t="s">
-        <v>515</v>
+        <v>484</v>
       </c>
     </row>
     <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A431" s="1" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B431" s="1" t="s">
         <v>1664</v>
       </c>
-      <c r="B431" s="1" t="s">
+      <c r="C431" s="1" t="s">
         <v>1665</v>
       </c>
-      <c r="C431" s="1" t="s">
+      <c r="D431" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E431" s="3" t="s">
         <v>1666</v>
       </c>
-      <c r="D431" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F431" s="3" t="s">
-        <v>480</v>
+        <v>645</v>
       </c>
       <c r="G431" s="3" t="s">
-        <v>502</v>
+        <v>484</v>
       </c>
     </row>
     <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A432" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B432" s="1" t="s">
         <v>1668</v>
       </c>
-      <c r="B432" s="1" t="s">
+      <c r="C432" s="1" t="s">
         <v>1669</v>
       </c>
-      <c r="C432" s="1" t="s">
+      <c r="D432" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E432" s="3" t="s">
         <v>1670</v>
       </c>
-      <c r="D432" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F432" s="3" t="s">
-        <v>17</v>
+        <v>645</v>
       </c>
       <c r="G432" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A433" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B433" s="1" t="s">
         <v>1672</v>
-      </c>
-[...1 lines deleted...]
-        <v>1673</v>
       </c>
       <c r="C433" s="1" t="s">
         <v>1673</v>
       </c>
       <c r="D433" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E433" s="3" t="s">
         <v>1674</v>
       </c>
       <c r="F433" s="3" t="s">
-        <v>1675</v>
+        <v>17</v>
       </c>
       <c r="G433" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A434" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B434" s="1" t="s">
         <v>1676</v>
       </c>
-      <c r="B434" s="1" t="s">
+      <c r="C434" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E434" s="3" t="s">
         <v>1677</v>
       </c>
-      <c r="C434" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F434" s="3" t="s">
-        <v>1675</v>
+        <v>17</v>
       </c>
       <c r="G434" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A435" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B435" s="1" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E435" s="3" t="s">
         <v>1680</v>
       </c>
-      <c r="B435" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F435" s="3" t="s">
-        <v>1675</v>
+        <v>17</v>
       </c>
       <c r="G435" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A436" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B436" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C436" s="1" t="s">
         <v>1683</v>
       </c>
-      <c r="B436" s="1" t="s">
+      <c r="D436" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E436" s="3" t="s">
         <v>1684</v>
       </c>
-      <c r="C436" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F436" s="3" t="s">
-        <v>480</v>
+        <v>17</v>
       </c>
       <c r="G436" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A437" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B437" s="1" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C437" s="1" t="s">
         <v>1687</v>
       </c>
-      <c r="B437" s="1" t="s">
+      <c r="D437" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E437" s="3" t="s">
         <v>1688</v>
       </c>
-      <c r="C437" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F437" s="3" t="s">
-        <v>34</v>
+        <v>17</v>
+      </c>
+      <c r="G437" s="3" t="s">
+        <v>272</v>
       </c>
     </row>
     <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A438" s="1" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="C438" s="1" t="s">
         <v>1691</v>
       </c>
-      <c r="B438" s="1" t="s">
+      <c r="D438" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E438" s="3" t="s">
         <v>1692</v>
       </c>
-      <c r="C438" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F438" s="3" t="s">
-        <v>1241</v>
+        <v>17</v>
       </c>
       <c r="G438" s="3" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A439" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B439" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C439" s="1" t="s">
         <v>1695</v>
       </c>
-      <c r="B439" s="1" t="s">
+      <c r="D439" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E439" s="3" t="s">
         <v>1696</v>
       </c>
-      <c r="C439" s="1" t="s">
+      <c r="F439" s="3" t="s">
         <v>1697</v>
       </c>
-      <c r="D439" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G439" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A440" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B440" s="1" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C440" s="1" t="s">
         <v>1699</v>
       </c>
-      <c r="B440" s="1" t="s">
+      <c r="D440" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E440" s="3" t="s">
         <v>1700</v>
       </c>
-      <c r="C440" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F440" s="3" t="s">
-        <v>1241</v>
+        <v>1697</v>
       </c>
       <c r="G440" s="3" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A441" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B441" s="1" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E441" s="3" t="s">
         <v>1703</v>
       </c>
-      <c r="B441" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F441" s="3" t="s">
-        <v>33</v>
+        <v>1697</v>
       </c>
       <c r="G441" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A442" s="1" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B442" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C442" s="1" t="s">
         <v>1706</v>
       </c>
-      <c r="B442" s="1" t="s">
+      <c r="D442" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E442" s="3" t="s">
         <v>1707</v>
       </c>
-      <c r="C442" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F442" s="3" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="G442" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A443" s="1" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B443" s="1" t="s">
         <v>1709</v>
-      </c>
-[...1 lines deleted...]
-        <v>1710</v>
       </c>
       <c r="C443" s="1" t="s">
         <v>1710</v>
       </c>
       <c r="D443" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E443" s="3" t="s">
         <v>1711</v>
       </c>
       <c r="F443" s="3" t="s">
-        <v>33</v>
+        <v>1697</v>
       </c>
       <c r="G443" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A444" s="1" t="s">
         <v>1712</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>1713</v>
       </c>
       <c r="C444" s="1" t="s">
         <v>1714</v>
       </c>
       <c r="D444" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E444" s="3" t="s">
         <v>1715</v>
       </c>
       <c r="F444" s="3" t="s">
-        <v>662</v>
+        <v>1697</v>
       </c>
       <c r="G444" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A445" s="1" t="s">
         <v>1716</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>1717</v>
       </c>
       <c r="C445" s="1" t="s">
         <v>1718</v>
       </c>
       <c r="D445" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E445" s="3" t="s">
         <v>1719</v>
       </c>
       <c r="F445" s="3" t="s">
-        <v>662</v>
+        <v>1697</v>
       </c>
       <c r="G445" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="446" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A446" s="1" t="s">
         <v>1720</v>
       </c>
       <c r="B446" s="1" t="s">
         <v>1721</v>
       </c>
       <c r="C446" s="1" t="s">
         <v>1722</v>
       </c>
       <c r="D446" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E446" s="3" t="s">
         <v>1723</v>
       </c>
       <c r="F446" s="3" t="s">
-        <v>662</v>
+        <v>1697</v>
       </c>
       <c r="G446" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="447" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A447" s="1" t="s">
         <v>1724</v>
       </c>
       <c r="B447" s="1" t="s">
         <v>1725</v>
       </c>
       <c r="C447" s="1" t="s">
         <v>1726</v>
       </c>
       <c r="D447" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E447" s="3" t="s">
         <v>1727</v>
       </c>
       <c r="F447" s="3" t="s">
-        <v>662</v>
+        <v>1697</v>
       </c>
       <c r="G447" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="448" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A448" s="1" t="s">
         <v>1728</v>
       </c>
       <c r="B448" s="1" t="s">
         <v>1729</v>
       </c>
       <c r="C448" s="1" t="s">
         <v>1730</v>
       </c>
       <c r="D448" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E448" s="3" t="s">
         <v>1731</v>
       </c>
       <c r="F448" s="3" t="s">
-        <v>662</v>
+        <v>1697</v>
       </c>
       <c r="G448" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="449" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A449" s="1" t="s">
         <v>1732</v>
       </c>
       <c r="B449" s="1" t="s">
         <v>1733</v>
       </c>
       <c r="C449" s="1" t="s">
         <v>1734</v>
       </c>
       <c r="D449" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E449" s="3" t="s">
         <v>1735</v>
       </c>
       <c r="F449" s="3" t="s">
-        <v>662</v>
+        <v>1697</v>
       </c>
       <c r="G449" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="450" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A450" s="1" t="s">
         <v>1736</v>
       </c>
       <c r="B450" s="1" t="s">
         <v>1737</v>
       </c>
       <c r="C450" s="1" t="s">
         <v>1738</v>
       </c>
       <c r="D450" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E450" s="3" t="s">
         <v>1739</v>
       </c>
       <c r="F450" s="3" t="s">
-        <v>662</v>
+        <v>1697</v>
       </c>
       <c r="G450" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="451" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A451" s="1" t="s">
         <v>1740</v>
       </c>
       <c r="B451" s="1" t="s">
         <v>1741</v>
       </c>
       <c r="C451" s="1" t="s">
         <v>1742</v>
       </c>
       <c r="D451" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E451" s="3" t="s">
         <v>1743</v>
       </c>
       <c r="F451" s="3" t="s">
-        <v>662</v>
+        <v>1697</v>
       </c>
       <c r="G451" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="452" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A452" s="1" t="s">
         <v>1744</v>
       </c>
       <c r="B452" s="1" t="s">
         <v>1745</v>
       </c>
       <c r="C452" s="1" t="s">
         <v>1746</v>
       </c>
       <c r="D452" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E452" s="3" t="s">
         <v>1747</v>
       </c>
       <c r="F452" s="3" t="s">
-        <v>662</v>
+        <v>1697</v>
       </c>
       <c r="G452" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="453" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A453" s="1" t="s">
         <v>1748</v>
       </c>
       <c r="B453" s="1" t="s">
         <v>1749</v>
       </c>
       <c r="C453" s="1" t="s">
         <v>1750</v>
       </c>
       <c r="D453" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E453" s="3" t="s">
         <v>1751</v>
       </c>
       <c r="F453" s="3" t="s">
-        <v>662</v>
+        <v>1697</v>
       </c>
       <c r="G453" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="454" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A454" s="1" t="s">
         <v>1752</v>
       </c>
       <c r="B454" s="1" t="s">
         <v>1753</v>
       </c>
       <c r="C454" s="1" t="s">
         <v>1754</v>
       </c>
       <c r="D454" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E454" s="3" t="s">
         <v>1755</v>
       </c>
       <c r="F454" s="3" t="s">
-        <v>662</v>
+        <v>1697</v>
       </c>
       <c r="G454" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="455" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A455" s="1" t="s">
         <v>1756</v>
       </c>
       <c r="B455" s="1" t="s">
         <v>1757</v>
       </c>
       <c r="C455" s="1" t="s">
         <v>1758</v>
       </c>
       <c r="D455" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E455" s="3" t="s">
         <v>1759</v>
       </c>
       <c r="F455" s="3" t="s">
-        <v>662</v>
+        <v>1697</v>
       </c>
       <c r="G455" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="456" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A456" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B456" s="1" t="s">
         <v>1760</v>
       </c>
-      <c r="B456" s="1" t="s">
+      <c r="C456" s="1" t="s">
         <v>1761</v>
       </c>
-      <c r="C456" s="1" t="s">
+      <c r="D456" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E456" s="3" t="s">
         <v>1762</v>
       </c>
-      <c r="D456" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F456" s="3" t="s">
-        <v>662</v>
+        <v>1697</v>
       </c>
       <c r="G456" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="457" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A457" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B457" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C457" s="1" t="s">
         <v>1764</v>
       </c>
-      <c r="B457" s="1" t="s">
+      <c r="D457" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E457" s="3" t="s">
         <v>1765</v>
       </c>
-      <c r="C457" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F457" s="3" t="s">
-        <v>662</v>
+        <v>1697</v>
       </c>
       <c r="G457" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="458" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A458" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B458" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C458" s="1" t="s">
         <v>1768</v>
       </c>
-      <c r="B458" s="1" t="s">
+      <c r="D458" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E458" s="3" t="s">
         <v>1769</v>
       </c>
-      <c r="C458" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F458" s="3" t="s">
-        <v>17</v>
+        <v>1697</v>
       </c>
       <c r="G458" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="459" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A459" s="1" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B459" s="1" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C459" s="1" t="s">
         <v>1772</v>
       </c>
-      <c r="B459" s="1" t="s">
+      <c r="D459" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E459" s="3" t="s">
         <v>1773</v>
       </c>
-      <c r="C459" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F459" s="3" t="s">
-        <v>17</v>
+        <v>1697</v>
       </c>
       <c r="G459" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="460" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A460" s="1" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B460" s="1" t="s">
         <v>1775</v>
       </c>
-      <c r="B460" s="1" t="s">
+      <c r="C460" s="1" t="s">
         <v>1776</v>
-      </c>
-[...1 lines deleted...]
-        <v>1770</v>
       </c>
       <c r="D460" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E460" s="3" t="s">
         <v>1777</v>
       </c>
       <c r="F460" s="3" t="s">
-        <v>17</v>
+        <v>1697</v>
       </c>
       <c r="G460" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="461" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A461" s="1" t="s">
         <v>1778</v>
       </c>
       <c r="B461" s="1" t="s">
         <v>1779</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1770</v>
+        <v>1780</v>
       </c>
       <c r="D461" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="F461" s="3" t="s">
-        <v>17</v>
+        <v>1697</v>
       </c>
       <c r="G461" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="462" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A462" s="1" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1770</v>
+        <v>1784</v>
       </c>
       <c r="D462" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E462" s="3" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="F462" s="3" t="s">
-        <v>17</v>
+        <v>1697</v>
       </c>
       <c r="G462" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="463" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A463" s="1" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
       <c r="D463" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="F463" s="3" t="s">
-        <v>17</v>
+        <v>1697</v>
       </c>
       <c r="G463" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="464" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A464" s="1" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
       <c r="D464" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E464" s="3" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="F464" s="3" t="s">
-        <v>17</v>
+        <v>1697</v>
       </c>
       <c r="G464" s="3" t="s">
-        <v>294</v>
+        <v>18</v>
       </c>
     </row>
     <row r="465" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A465" s="1" t="s">
-        <v>1792</v>
+        <v>1794</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>1793</v>
+        <v>1795</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="D465" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E465" s="3" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="F465" s="3" t="s">
-        <v>17</v>
+        <v>1697</v>
       </c>
       <c r="G465" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="466" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A466" s="1" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>1797</v>
+        <v>1799</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1798</v>
+        <v>1800</v>
       </c>
       <c r="D466" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
       <c r="F466" s="3" t="s">
-        <v>1800</v>
-[...1 lines deleted...]
-      <c r="G466" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="467" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A467" s="1" t="s">
-        <v>1796</v>
+        <v>1802</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>1801</v>
+        <v>1803</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1802</v>
+        <v>1804</v>
       </c>
       <c r="D467" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E467" s="3" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="F467" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G467" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="468" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A468" s="1" t="s">
-        <v>1796</v>
+        <v>1806</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>1804</v>
+        <v>1807</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1805</v>
+        <v>1808</v>
       </c>
       <c r="D468" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E468" s="3" t="s">
-        <v>1806</v>
+        <v>1809</v>
       </c>
       <c r="F468" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G468" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="469" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A469" s="1" t="s">
-        <v>1807</v>
+        <v>1810</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>1808</v>
+        <v>1811</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1809</v>
+        <v>1812</v>
       </c>
       <c r="D469" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E469" s="3" t="s">
-        <v>1810</v>
+        <v>1813</v>
       </c>
       <c r="F469" s="3" t="s">
+        <v>1697</v>
+      </c>
+      <c r="G469" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="470" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A470" s="1" t="s">
-        <v>1811</v>
+        <v>1814</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>1812</v>
+        <v>1815</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
       <c r="D470" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E470" s="3" t="s">
-        <v>1814</v>
+        <v>1817</v>
       </c>
       <c r="F470" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G470" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="471" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A471" s="1" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>1816</v>
+        <v>1819</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1817</v>
+        <v>1820</v>
       </c>
       <c r="D471" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E471" s="3" t="s">
-        <v>1818</v>
+        <v>1821</v>
       </c>
       <c r="F471" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G471" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="472" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A472" s="1" t="s">
-        <v>1819</v>
+        <v>1822</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>1820</v>
+        <v>1823</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1821</v>
+        <v>1824</v>
       </c>
       <c r="D472" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E472" s="3" t="s">
-        <v>1822</v>
+        <v>1825</v>
       </c>
       <c r="F472" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G472" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="473" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A473" s="1" t="s">
-        <v>1823</v>
+        <v>1826</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>1824</v>
+        <v>1827</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="D473" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E473" s="3" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="F473" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G473" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="474" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A474" s="1" t="s">
-        <v>1827</v>
+        <v>1830</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="D474" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E474" s="3" t="s">
-        <v>1830</v>
+        <v>1833</v>
       </c>
       <c r="F474" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G474" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="475" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A475" s="1" t="s">
-        <v>1831</v>
+        <v>1834</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>1832</v>
+        <v>1835</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="D475" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E475" s="3" t="s">
-        <v>1834</v>
+        <v>1837</v>
       </c>
       <c r="F475" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G475" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="476" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A476" s="1" t="s">
-        <v>1835</v>
+        <v>1838</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>1836</v>
+        <v>1839</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1837</v>
+        <v>1840</v>
       </c>
       <c r="D476" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E476" s="3" t="s">
-        <v>1838</v>
+        <v>1841</v>
       </c>
       <c r="F476" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G476" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="477" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A477" s="1" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1841</v>
+        <v>1844</v>
       </c>
       <c r="D477" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E477" s="3" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="F477" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G477" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="478" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A478" s="1" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1844</v>
+        <v>1847</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1845</v>
+        <v>1848</v>
       </c>
       <c r="D478" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E478" s="3" t="s">
-        <v>1846</v>
+        <v>1849</v>
       </c>
       <c r="F478" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G478" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="479" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A479" s="1" t="s">
-        <v>1847</v>
+        <v>1850</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>1848</v>
+        <v>1851</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1849</v>
+        <v>1852</v>
       </c>
       <c r="D479" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>1850</v>
+        <v>1853</v>
       </c>
       <c r="F479" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G479" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="480" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A480" s="1" t="s">
-        <v>1851</v>
+        <v>1854</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>1852</v>
+        <v>1855</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1853</v>
+        <v>1856</v>
       </c>
       <c r="D480" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E480" s="3" t="s">
-        <v>1854</v>
+        <v>1857</v>
       </c>
       <c r="F480" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G480" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="481" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A481" s="1" t="s">
-        <v>1855</v>
+        <v>1858</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>1856</v>
+        <v>1859</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1857</v>
+        <v>1860</v>
       </c>
       <c r="D481" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E481" s="3" t="s">
-        <v>1858</v>
+        <v>1861</v>
       </c>
       <c r="F481" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G481" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="482" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A482" s="1" t="s">
-        <v>1859</v>
+        <v>1858</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="D482" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E482" s="3" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="F482" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G482" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="483" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A483" s="1" t="s">
-        <v>1859</v>
+        <v>1858</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="D483" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="F483" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G483" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="484" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A484" s="1" t="s">
-        <v>1859</v>
+        <v>1868</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1867</v>
+        <v>1870</v>
       </c>
       <c r="D484" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E484" s="3" t="s">
-        <v>1868</v>
+        <v>1871</v>
       </c>
       <c r="F484" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G484" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="485" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A485" s="1" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>1870</v>
+        <v>1873</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1871</v>
+        <v>1874</v>
       </c>
       <c r="D485" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E485" s="3" t="s">
-        <v>1872</v>
+        <v>1875</v>
       </c>
       <c r="F485" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G485" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="486" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A486" s="1" t="s">
-        <v>1873</v>
+        <v>1876</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>1874</v>
+        <v>1877</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1875</v>
+        <v>1878</v>
       </c>
       <c r="D486" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E486" s="3" t="s">
-        <v>1876</v>
+        <v>1879</v>
       </c>
       <c r="F486" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G486" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="487" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A487" s="1" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1878</v>
+        <v>1881</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1879</v>
+        <v>1882</v>
       </c>
       <c r="D487" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>1880</v>
+        <v>1883</v>
       </c>
       <c r="F487" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G487" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="488" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A488" s="1" t="s">
-        <v>1881</v>
+        <v>1884</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1883</v>
+        <v>1886</v>
       </c>
       <c r="D488" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E488" s="3" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
       <c r="F488" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G488" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="489" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A489" s="1" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="D489" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="F489" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G489" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="490" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A490" s="1" t="s">
-        <v>1889</v>
+        <v>1892</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1890</v>
+        <v>1893</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1891</v>
+        <v>1894</v>
       </c>
       <c r="D490" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>1892</v>
+        <v>1895</v>
       </c>
       <c r="F490" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G490" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="491" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A491" s="1" t="s">
-        <v>1893</v>
+        <v>1896</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1894</v>
+        <v>1897</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1895</v>
+        <v>1898</v>
       </c>
       <c r="D491" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>1896</v>
+        <v>1899</v>
       </c>
       <c r="F491" s="3" t="s">
-        <v>1800</v>
-[...1 lines deleted...]
-      <c r="G491" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="492" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A492" s="1" t="s">
-        <v>1897</v>
+        <v>1900</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>1898</v>
+        <v>1901</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1899</v>
+        <v>1902</v>
       </c>
       <c r="D492" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>1900</v>
+        <v>1903</v>
       </c>
       <c r="F492" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G492" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="493" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A493" s="1" t="s">
-        <v>1901</v>
+        <v>1904</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>1902</v>
+        <v>1905</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1903</v>
+        <v>1906</v>
       </c>
       <c r="D493" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E493" s="3" t="s">
-        <v>1904</v>
+        <v>1907</v>
       </c>
       <c r="F493" s="3" t="s">
+        <v>1697</v>
+      </c>
+      <c r="G493" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="494" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A494" s="1" t="s">
-        <v>1905</v>
+        <v>1908</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="D494" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E494" s="3" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="F494" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G494" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="495" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A495" s="1" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="D495" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E495" s="3" t="s">
-        <v>1912</v>
+        <v>1915</v>
       </c>
       <c r="F495" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G495" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="496" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A496" s="1" t="s">
-        <v>1913</v>
+        <v>1916</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>1914</v>
+        <v>1917</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1915</v>
+        <v>1918</v>
       </c>
       <c r="D496" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E496" s="3" t="s">
-        <v>1916</v>
+        <v>1919</v>
       </c>
       <c r="F496" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G496" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="497" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A497" s="1" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1918</v>
+        <v>1921</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1919</v>
+        <v>1922</v>
       </c>
       <c r="D497" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>1920</v>
+        <v>1923</v>
       </c>
       <c r="F497" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G497" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="498" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A498" s="1" t="s">
-        <v>1921</v>
+        <v>1924</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1922</v>
+        <v>1925</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1923</v>
+        <v>1926</v>
       </c>
       <c r="D498" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E498" s="3" t="s">
-        <v>1924</v>
+        <v>1927</v>
       </c>
       <c r="F498" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G498" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="499" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A499" s="1" t="s">
-        <v>1925</v>
+        <v>1928</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>1926</v>
+        <v>1929</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="D499" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>1928</v>
+        <v>1931</v>
       </c>
       <c r="F499" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G499" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="500" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A500" s="1" t="s">
-        <v>1929</v>
+        <v>1932</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>1930</v>
+        <v>1933</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1931</v>
+        <v>1934</v>
       </c>
       <c r="D500" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E500" s="3" t="s">
-        <v>1932</v>
+        <v>1935</v>
       </c>
       <c r="F500" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G500" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="501" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A501" s="1" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1934</v>
+        <v>1937</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1935</v>
+        <v>1938</v>
       </c>
       <c r="D501" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E501" s="3" t="s">
-        <v>1936</v>
+        <v>1939</v>
       </c>
       <c r="F501" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G501" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="502" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A502" s="1" t="s">
-        <v>1937</v>
+        <v>1940</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1938</v>
+        <v>1941</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1939</v>
+        <v>1942</v>
       </c>
       <c r="D502" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E502" s="3" t="s">
-        <v>1940</v>
+        <v>1943</v>
       </c>
       <c r="F502" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G502" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="503" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A503" s="1" t="s">
-        <v>1941</v>
+        <v>1944</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1942</v>
+        <v>1945</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1943</v>
+        <v>1946</v>
       </c>
       <c r="D503" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>1944</v>
+        <v>1947</v>
       </c>
       <c r="F503" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G503" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="504" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A504" s="1" t="s">
-        <v>1945</v>
+        <v>1948</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1946</v>
+        <v>1949</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1947</v>
+        <v>1950</v>
       </c>
       <c r="D504" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>1948</v>
+        <v>1951</v>
       </c>
       <c r="F504" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G504" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="505" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A505" s="1" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1951</v>
+        <v>1954</v>
       </c>
       <c r="D505" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E505" s="3" t="s">
-        <v>1952</v>
+        <v>1955</v>
       </c>
       <c r="F505" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G505" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="506" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A506" s="1" t="s">
-        <v>1953</v>
+        <v>1956</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1954</v>
+        <v>1957</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1955</v>
+        <v>1958</v>
       </c>
       <c r="D506" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>1956</v>
+        <v>1959</v>
       </c>
       <c r="F506" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G506" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="507" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A507" s="1" t="s">
-        <v>1957</v>
+        <v>1960</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1958</v>
+        <v>1961</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1959</v>
+        <v>1962</v>
       </c>
       <c r="D507" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E507" s="3" t="s">
-        <v>1960</v>
+        <v>1963</v>
       </c>
       <c r="F507" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G507" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="508" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A508" s="1" t="s">
-        <v>1957</v>
+        <v>1964</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>1961</v>
+        <v>1965</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>1962</v>
+        <v>1966</v>
       </c>
       <c r="D508" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E508" s="3" t="s">
-        <v>1963</v>
+        <v>1967</v>
       </c>
       <c r="F508" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G508" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="509" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A509" s="1" t="s">
-        <v>1957</v>
+        <v>1968</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>1964</v>
+        <v>1969</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1965</v>
+        <v>1970</v>
       </c>
       <c r="D509" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E509" s="3" t="s">
-        <v>1966</v>
+        <v>1971</v>
       </c>
       <c r="F509" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G509" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="510" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A510" s="1" t="s">
-        <v>1967</v>
+        <v>1972</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>1968</v>
+        <v>1973</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1969</v>
+        <v>1974</v>
       </c>
       <c r="D510" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E510" s="3" t="s">
-        <v>1970</v>
+        <v>1975</v>
       </c>
       <c r="F510" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G510" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="511" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A511" s="1" t="s">
-        <v>1971</v>
+        <v>1976</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1972</v>
+        <v>1977</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>1973</v>
+        <v>1978</v>
       </c>
       <c r="D511" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E511" s="3" t="s">
-        <v>1974</v>
+        <v>1979</v>
       </c>
       <c r="F511" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G511" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="512" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A512" s="1" t="s">
-        <v>1975</v>
+        <v>1980</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>1976</v>
+        <v>1981</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1977</v>
+        <v>1982</v>
       </c>
       <c r="D512" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E512" s="3" t="s">
-        <v>1978</v>
+        <v>1983</v>
       </c>
       <c r="F512" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G512" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="513" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A513" s="1" t="s">
-        <v>1979</v>
+        <v>1984</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>1980</v>
+        <v>1985</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1981</v>
+        <v>1986</v>
       </c>
       <c r="D513" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E513" s="3" t="s">
-        <v>1982</v>
+        <v>1987</v>
       </c>
       <c r="F513" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G513" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="514" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A514" s="1" t="s">
-        <v>1983</v>
+        <v>1988</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>1984</v>
+        <v>1989</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>1985</v>
+        <v>1990</v>
       </c>
       <c r="D514" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E514" s="3" t="s">
-        <v>1986</v>
+        <v>1991</v>
       </c>
       <c r="F514" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G514" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="515" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A515" s="1" t="s">
-        <v>1987</v>
+        <v>1992</v>
       </c>
       <c r="B515" s="1" t="s">
-        <v>1988</v>
+        <v>1993</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="D515" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E515" s="3" t="s">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="F515" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G515" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="516" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A516" s="1" t="s">
-        <v>1991</v>
+        <v>1996</v>
       </c>
       <c r="B516" s="1" t="s">
-        <v>1992</v>
+        <v>1997</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>1993</v>
+        <v>1998</v>
       </c>
       <c r="D516" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E516" s="3" t="s">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="F516" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G516" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="517" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A517" s="1" t="s">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>1996</v>
+        <v>2001</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="D517" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E517" s="3" t="s">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="F517" s="3" t="s">
+        <v>1697</v>
+      </c>
+      <c r="G517" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="518" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A518" s="1" t="s">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>2001</v>
+        <v>2006</v>
       </c>
       <c r="D518" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E518" s="3" t="s">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="F518" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G518" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="519" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A519" s="1" t="s">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="D519" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E519" s="3" t="s">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="F519" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G519" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="520" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A520" s="1" t="s">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="D520" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E520" s="3" t="s">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="F520" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G520" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="521" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A521" s="1" t="s">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="B521" s="1" t="s">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="D521" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E521" s="3" t="s">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="F521" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G521" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="522" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A522" s="1" t="s">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="B522" s="1" t="s">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="D522" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E522" s="3" t="s">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="F522" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G522" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="523" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A523" s="1" t="s">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="D523" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E523" s="3" t="s">
-        <v>2022</v>
+        <v>2027</v>
       </c>
       <c r="F523" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G523" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="524" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A524" s="1" t="s">
-        <v>2023</v>
+        <v>2028</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>2024</v>
+        <v>2029</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>2025</v>
+        <v>2030</v>
       </c>
       <c r="D524" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E524" s="3" t="s">
-        <v>2026</v>
+        <v>2031</v>
       </c>
       <c r="F524" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G524" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="525" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A525" s="1" t="s">
-        <v>2027</v>
+        <v>2032</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>2028</v>
+        <v>2033</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>2029</v>
+        <v>2034</v>
       </c>
       <c r="D525" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E525" s="3" t="s">
-        <v>2030</v>
+        <v>2035</v>
       </c>
       <c r="F525" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G525" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="526" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A526" s="1" t="s">
-        <v>2031</v>
+        <v>2036</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>2032</v>
+        <v>2037</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>2033</v>
+        <v>2038</v>
       </c>
       <c r="D526" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E526" s="3" t="s">
-        <v>2034</v>
+        <v>2039</v>
       </c>
       <c r="F526" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G526" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="527" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A527" s="1" t="s">
-        <v>2035</v>
+        <v>2040</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>2036</v>
+        <v>2041</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>2037</v>
+        <v>2042</v>
       </c>
       <c r="D527" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E527" s="3" t="s">
-        <v>2038</v>
+        <v>2043</v>
       </c>
       <c r="F527" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G527" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="528" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A528" s="1" t="s">
-        <v>2039</v>
+        <v>2044</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>2040</v>
+        <v>2045</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>2041</v>
+        <v>2046</v>
       </c>
       <c r="D528" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E528" s="3" t="s">
-        <v>2042</v>
+        <v>2047</v>
       </c>
       <c r="F528" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G528" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="529" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A529" s="1" t="s">
-        <v>2043</v>
+        <v>2048</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>2044</v>
+        <v>2049</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>2045</v>
+        <v>2050</v>
       </c>
       <c r="D529" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E529" s="3" t="s">
-        <v>2046</v>
+        <v>2051</v>
       </c>
       <c r="F529" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G529" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="530" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A530" s="1" t="s">
-        <v>2047</v>
+        <v>2052</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>2048</v>
+        <v>2053</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>2049</v>
+        <v>2054</v>
       </c>
       <c r="D530" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E530" s="3" t="s">
-        <v>2050</v>
+        <v>2055</v>
       </c>
       <c r="F530" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G530" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="531" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A531" s="1" t="s">
-        <v>2051</v>
+        <v>2056</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>2052</v>
+        <v>2057</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>2053</v>
+        <v>2058</v>
       </c>
       <c r="D531" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E531" s="3" t="s">
-        <v>2054</v>
+        <v>2059</v>
       </c>
       <c r="F531" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G531" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="532" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A532" s="1" t="s">
-        <v>2055</v>
+        <v>2060</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>2056</v>
+        <v>2061</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>2057</v>
+        <v>2062</v>
       </c>
       <c r="D532" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E532" s="3" t="s">
-        <v>2058</v>
+        <v>2063</v>
       </c>
       <c r="F532" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G532" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="533" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A533" s="1" t="s">
-        <v>2059</v>
+        <v>2064</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>2060</v>
+        <v>2065</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>2061</v>
+        <v>2066</v>
       </c>
       <c r="D533" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E533" s="3" t="s">
-        <v>2062</v>
+        <v>2067</v>
       </c>
       <c r="F533" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G533" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="534" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A534" s="1" t="s">
-        <v>2063</v>
+        <v>2068</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>2064</v>
+        <v>2069</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>2065</v>
+        <v>2070</v>
       </c>
       <c r="D534" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E534" s="3" t="s">
-        <v>2066</v>
+        <v>2071</v>
       </c>
       <c r="F534" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G534" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="535" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A535" s="1" t="s">
-        <v>2067</v>
+        <v>2072</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>2068</v>
+        <v>2073</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>2069</v>
+        <v>2074</v>
       </c>
       <c r="D535" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E535" s="3" t="s">
-        <v>2070</v>
+        <v>2075</v>
       </c>
       <c r="F535" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G535" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="536" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A536" s="1" t="s">
-        <v>2071</v>
+        <v>2076</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>2072</v>
+        <v>2077</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>2073</v>
+        <v>2078</v>
       </c>
       <c r="D536" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E536" s="3" t="s">
-        <v>2074</v>
+        <v>2079</v>
       </c>
       <c r="F536" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G536" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="537" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A537" s="1" t="s">
-        <v>2075</v>
+        <v>2080</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>2076</v>
+        <v>2081</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>2077</v>
+        <v>2082</v>
       </c>
       <c r="D537" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E537" s="3" t="s">
-        <v>2078</v>
+        <v>2083</v>
       </c>
       <c r="F537" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G537" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="538" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A538" s="1" t="s">
-        <v>2079</v>
+        <v>2084</v>
       </c>
       <c r="B538" s="1" t="s">
-        <v>2080</v>
+        <v>2085</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>2081</v>
+        <v>2086</v>
       </c>
       <c r="D538" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E538" s="3" t="s">
-        <v>2082</v>
+        <v>2087</v>
       </c>
       <c r="F538" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G538" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="539" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A539" s="1" t="s">
-        <v>2083</v>
+        <v>2088</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>2084</v>
+        <v>2089</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>2085</v>
+        <v>2090</v>
       </c>
       <c r="D539" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E539" s="3" t="s">
-        <v>2086</v>
+        <v>2091</v>
       </c>
       <c r="F539" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G539" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="540" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A540" s="1" t="s">
-        <v>2087</v>
+        <v>2092</v>
       </c>
       <c r="B540" s="1" t="s">
-        <v>2088</v>
+        <v>2093</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>2089</v>
+        <v>2094</v>
       </c>
       <c r="D540" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E540" s="3" t="s">
-        <v>2090</v>
+        <v>2095</v>
       </c>
       <c r="F540" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G540" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="541" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A541" s="1" t="s">
-        <v>2091</v>
+        <v>2096</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>2092</v>
+        <v>2097</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>2093</v>
+        <v>2098</v>
       </c>
       <c r="D541" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E541" s="3" t="s">
-        <v>2094</v>
+        <v>2099</v>
       </c>
       <c r="F541" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G541" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="542" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A542" s="1" t="s">
-        <v>2095</v>
+        <v>2100</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>2096</v>
+        <v>2101</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>2097</v>
+        <v>2102</v>
       </c>
       <c r="D542" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E542" s="3" t="s">
-        <v>2098</v>
+        <v>2103</v>
       </c>
       <c r="F542" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G542" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="543" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A543" s="1" t="s">
-        <v>2099</v>
+        <v>2104</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>2100</v>
+        <v>2105</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>2101</v>
+        <v>2106</v>
       </c>
       <c r="D543" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E543" s="3" t="s">
-        <v>2102</v>
+        <v>2107</v>
       </c>
       <c r="F543" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G543" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="544" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A544" s="1" t="s">
-        <v>2103</v>
+        <v>2108</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>2104</v>
+        <v>2109</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>2105</v>
+        <v>2110</v>
       </c>
       <c r="D544" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E544" s="3" t="s">
-        <v>2106</v>
+        <v>2111</v>
       </c>
       <c r="F544" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G544" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="545" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A545" s="1" t="s">
-        <v>2107</v>
+        <v>2112</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>2108</v>
+        <v>2113</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>2109</v>
+        <v>2114</v>
       </c>
       <c r="D545" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E545" s="3" t="s">
-        <v>2110</v>
+        <v>2115</v>
       </c>
       <c r="F545" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G545" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="546" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A546" s="1" t="s">
-        <v>2111</v>
+        <v>2116</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>2112</v>
+        <v>2117</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>2113</v>
+        <v>2118</v>
       </c>
       <c r="D546" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E546" s="3" t="s">
-        <v>2114</v>
+        <v>2119</v>
       </c>
       <c r="F546" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G546" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="547" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A547" s="1" t="s">
-        <v>2115</v>
+        <v>2120</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>2116</v>
+        <v>2121</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>2117</v>
+        <v>2122</v>
       </c>
       <c r="D547" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E547" s="3" t="s">
-        <v>2118</v>
+        <v>2123</v>
       </c>
       <c r="F547" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G547" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="548" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A548" s="1" t="s">
-        <v>2119</v>
+        <v>2124</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>2120</v>
+        <v>2125</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>2121</v>
+        <v>2126</v>
       </c>
       <c r="D548" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>2122</v>
+        <v>2127</v>
       </c>
       <c r="F548" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G548" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="549" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A549" s="1" t="s">
-        <v>2123</v>
+        <v>2128</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>2124</v>
+        <v>2129</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>2125</v>
+        <v>2130</v>
       </c>
       <c r="D549" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E549" s="3" t="s">
-        <v>2126</v>
+        <v>2131</v>
       </c>
       <c r="F549" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G549" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="550" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A550" s="1" t="s">
-        <v>2127</v>
+        <v>2132</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>2128</v>
+        <v>2133</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>2129</v>
+        <v>2134</v>
       </c>
       <c r="D550" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E550" s="3" t="s">
-        <v>2130</v>
+        <v>2135</v>
       </c>
       <c r="F550" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G550" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="551" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A551" s="1" t="s">
-        <v>2131</v>
+        <v>2136</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>2132</v>
+        <v>2137</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>2133</v>
+        <v>2138</v>
       </c>
       <c r="D551" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E551" s="3" t="s">
-        <v>2134</v>
+        <v>2139</v>
       </c>
       <c r="F551" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G551" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="552" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A552" s="1" t="s">
-        <v>2135</v>
+        <v>2140</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>2136</v>
+        <v>2141</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>2137</v>
+        <v>2142</v>
       </c>
       <c r="D552" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E552" s="3" t="s">
-        <v>2138</v>
+        <v>2143</v>
       </c>
       <c r="F552" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G552" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="553" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A553" s="1" t="s">
-        <v>2139</v>
+        <v>2144</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>2140</v>
+        <v>2145</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>2141</v>
+        <v>2146</v>
       </c>
       <c r="D553" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E553" s="3" t="s">
-        <v>2142</v>
+        <v>2147</v>
       </c>
       <c r="F553" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G553" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="554" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A554" s="1" t="s">
-        <v>2143</v>
+        <v>2148</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>2144</v>
+        <v>2149</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>2145</v>
+        <v>2150</v>
       </c>
       <c r="D554" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E554" s="3" t="s">
-        <v>2146</v>
+        <v>2151</v>
       </c>
       <c r="F554" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G554" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="555" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A555" s="1" t="s">
-        <v>2147</v>
+        <v>2152</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>2148</v>
+        <v>2153</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>2149</v>
+        <v>2154</v>
       </c>
       <c r="D555" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E555" s="3" t="s">
-        <v>2150</v>
+        <v>2155</v>
       </c>
       <c r="F555" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G555" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="556" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A556" s="1" t="s">
-        <v>2151</v>
+        <v>2156</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>2152</v>
+        <v>2157</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>2153</v>
+        <v>2158</v>
       </c>
       <c r="D556" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E556" s="3" t="s">
-        <v>2154</v>
+        <v>2159</v>
       </c>
       <c r="F556" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G556" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="557" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A557" s="1" t="s">
-        <v>2155</v>
+        <v>2160</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>2156</v>
+        <v>2161</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>2157</v>
+        <v>2162</v>
       </c>
       <c r="D557" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E557" s="3" t="s">
-        <v>2158</v>
+        <v>2163</v>
       </c>
       <c r="F557" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G557" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="558" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A558" s="1" t="s">
-        <v>2159</v>
+        <v>2164</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>2160</v>
+        <v>2165</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>2161</v>
+        <v>2166</v>
       </c>
       <c r="D558" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E558" s="3" t="s">
-        <v>2162</v>
+        <v>2167</v>
       </c>
       <c r="F558" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G558" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="559" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A559" s="1" t="s">
-        <v>2163</v>
+        <v>2168</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>2164</v>
+        <v>2169</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>2165</v>
+        <v>2170</v>
       </c>
       <c r="D559" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E559" s="3" t="s">
-        <v>2166</v>
+        <v>2171</v>
       </c>
       <c r="F559" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G559" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="560" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A560" s="1" t="s">
-        <v>2167</v>
+        <v>2172</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>2168</v>
+        <v>2173</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>2169</v>
+        <v>2174</v>
       </c>
       <c r="D560" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E560" s="3" t="s">
-        <v>2170</v>
+        <v>2175</v>
       </c>
       <c r="F560" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G560" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="561" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A561" s="1" t="s">
-        <v>2171</v>
+        <v>2176</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>2172</v>
+        <v>2177</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>2173</v>
+        <v>2178</v>
       </c>
       <c r="D561" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E561" s="3" t="s">
-        <v>2174</v>
+        <v>2179</v>
       </c>
       <c r="F561" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G561" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="562" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A562" s="1" t="s">
-        <v>2175</v>
+        <v>2180</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>2176</v>
+        <v>2181</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>2177</v>
+        <v>2182</v>
       </c>
       <c r="D562" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E562" s="3" t="s">
-        <v>2178</v>
+        <v>2183</v>
       </c>
       <c r="F562" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G562" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="563" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A563" s="1" t="s">
-        <v>2179</v>
+        <v>2184</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>2180</v>
+        <v>2185</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>2181</v>
+        <v>2186</v>
       </c>
       <c r="D563" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E563" s="3" t="s">
-        <v>2182</v>
+        <v>2187</v>
       </c>
       <c r="F563" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G563" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="564" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A564" s="1" t="s">
-        <v>2183</v>
+        <v>2188</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>2184</v>
+        <v>2189</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>2185</v>
+        <v>2190</v>
       </c>
       <c r="D564" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E564" s="3" t="s">
-        <v>2186</v>
+        <v>2191</v>
       </c>
       <c r="F564" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G564" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="565" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A565" s="1" t="s">
-        <v>2187</v>
+        <v>2192</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>2188</v>
+        <v>2193</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>2189</v>
+        <v>2194</v>
       </c>
       <c r="D565" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E565" s="3" t="s">
-        <v>2190</v>
+        <v>2195</v>
       </c>
       <c r="F565" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G565" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="566" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A566" s="1" t="s">
-        <v>2191</v>
+        <v>2196</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>2192</v>
+        <v>2197</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>2193</v>
+        <v>2198</v>
       </c>
       <c r="D566" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E566" s="3" t="s">
-        <v>2194</v>
+        <v>2199</v>
       </c>
       <c r="F566" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G566" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="567" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A567" s="1" t="s">
-        <v>2195</v>
+        <v>2200</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>2196</v>
+        <v>2201</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>2197</v>
+        <v>2202</v>
       </c>
       <c r="D567" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E567" s="3" t="s">
-        <v>2198</v>
+        <v>2203</v>
       </c>
       <c r="F567" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G567" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="568" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A568" s="1" t="s">
-        <v>2199</v>
+        <v>2204</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>2200</v>
+        <v>2205</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>2201</v>
+        <v>2206</v>
       </c>
       <c r="D568" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E568" s="3" t="s">
-        <v>2202</v>
+        <v>2207</v>
       </c>
       <c r="F568" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G568" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="569" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A569" s="1" t="s">
-        <v>2203</v>
+        <v>2208</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>2204</v>
+        <v>2209</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>2205</v>
+        <v>2210</v>
       </c>
       <c r="D569" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E569" s="3" t="s">
-        <v>2206</v>
+        <v>2211</v>
       </c>
       <c r="F569" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G569" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="570" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A570" s="1" t="s">
-        <v>2207</v>
+        <v>2212</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>2208</v>
+        <v>2213</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>2209</v>
+        <v>2214</v>
       </c>
       <c r="D570" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E570" s="3" t="s">
-        <v>2210</v>
+        <v>2215</v>
       </c>
       <c r="F570" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G570" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="571" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A571" s="1" t="s">
-        <v>2211</v>
+        <v>2216</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>2212</v>
+        <v>2217</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>2213</v>
+        <v>2218</v>
       </c>
       <c r="D571" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E571" s="3" t="s">
-        <v>2214</v>
+        <v>2219</v>
       </c>
       <c r="F571" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G571" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="572" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A572" s="1" t="s">
-        <v>2215</v>
+        <v>2220</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>2216</v>
+        <v>2221</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>2217</v>
+        <v>2222</v>
       </c>
       <c r="D572" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E572" s="3" t="s">
-        <v>2218</v>
+        <v>2223</v>
       </c>
       <c r="F572" s="3" t="s">
-        <v>1800</v>
+        <v>645</v>
       </c>
       <c r="G572" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="573" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A573" s="1" t="s">
-        <v>2219</v>
+        <v>2224</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>2220</v>
+        <v>2225</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>2221</v>
+        <v>2226</v>
       </c>
       <c r="D573" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E573" s="3" t="s">
-        <v>2222</v>
+        <v>2227</v>
       </c>
       <c r="F573" s="3" t="s">
-        <v>1800</v>
+        <v>645</v>
       </c>
       <c r="G573" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="574" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A574" s="1" t="s">
-        <v>2223</v>
+        <v>2228</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>2224</v>
+        <v>2229</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>2225</v>
+        <v>2230</v>
       </c>
       <c r="D574" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E574" s="3" t="s">
-        <v>2226</v>
+        <v>2231</v>
       </c>
       <c r="F574" s="3" t="s">
-        <v>1800</v>
+        <v>645</v>
       </c>
       <c r="G574" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="575" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A575" s="1" t="s">
-        <v>2227</v>
+        <v>2232</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>2228</v>
+        <v>2233</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>2229</v>
+        <v>2234</v>
       </c>
       <c r="D575" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E575" s="3" t="s">
-        <v>2230</v>
+        <v>2235</v>
       </c>
       <c r="F575" s="3" t="s">
-        <v>1800</v>
+        <v>760</v>
       </c>
       <c r="G575" s="3" t="s">
-        <v>18</v>
+        <v>646</v>
       </c>
     </row>
     <row r="576" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A576" s="1" t="s">
-        <v>2231</v>
+        <v>2236</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>2232</v>
+        <v>2237</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>2233</v>
+        <v>2238</v>
       </c>
       <c r="D576" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E576" s="3" t="s">
-        <v>2234</v>
+        <v>2239</v>
       </c>
       <c r="F576" s="3" t="s">
-        <v>1800</v>
+        <v>39</v>
       </c>
       <c r="G576" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="577" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A577" s="1" t="s">
-        <v>2235</v>
+        <v>2240</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>2236</v>
+        <v>2241</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>2237</v>
+        <v>2242</v>
       </c>
       <c r="D577" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E577" s="3" t="s">
-        <v>2238</v>
+        <v>2243</v>
       </c>
       <c r="F577" s="3" t="s">
-        <v>1800</v>
+        <v>534</v>
       </c>
       <c r="G577" s="3" t="s">
-        <v>18</v>
+        <v>453</v>
       </c>
     </row>
     <row r="578" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A578" s="1" t="s">
-        <v>2239</v>
+        <v>2244</v>
       </c>
       <c r="B578" s="1" t="s">
-        <v>2240</v>
+        <v>2245</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>2241</v>
+        <v>2246</v>
       </c>
       <c r="D578" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E578" s="3" t="s">
-        <v>2242</v>
+        <v>2247</v>
       </c>
       <c r="F578" s="3" t="s">
-        <v>1800</v>
-[...1 lines deleted...]
-      <c r="G578" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="579" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A579" s="1" t="s">
-        <v>2243</v>
+        <v>2248</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>2244</v>
+        <v>2249</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>2245</v>
+        <v>2250</v>
       </c>
       <c r="D579" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E579" s="3" t="s">
-        <v>2246</v>
+        <v>2251</v>
       </c>
       <c r="F579" s="3" t="s">
-        <v>1800</v>
-[...1 lines deleted...]
-      <c r="G579" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="580" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A580" s="1" t="s">
-        <v>2247</v>
+        <v>2252</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>2248</v>
+        <v>2253</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>2249</v>
+        <v>2254</v>
       </c>
       <c r="D580" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E580" s="3" t="s">
-        <v>2250</v>
+        <v>2255</v>
       </c>
       <c r="F580" s="3" t="s">
-        <v>1800</v>
-[...1 lines deleted...]
-      <c r="G580" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="581" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A581" s="1" t="s">
-        <v>2251</v>
+        <v>2256</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>2252</v>
+        <v>2257</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>2253</v>
+        <v>2258</v>
       </c>
       <c r="D581" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E581" s="3" t="s">
-        <v>2254</v>
+        <v>2259</v>
       </c>
       <c r="F581" s="3" t="s">
-        <v>1800</v>
-[...1 lines deleted...]
-      <c r="G581" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="582" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A582" s="1" t="s">
-        <v>2255</v>
+        <v>2260</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>2256</v>
+        <v>2261</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>2257</v>
+        <v>2262</v>
       </c>
       <c r="D582" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E582" s="3" t="s">
-        <v>2258</v>
+        <v>2263</v>
       </c>
       <c r="F582" s="3" t="s">
-        <v>1800</v>
-[...1 lines deleted...]
-      <c r="G582" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="583" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A583" s="1" t="s">
-        <v>2259</v>
+        <v>2264</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>2260</v>
+        <v>2265</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>2261</v>
+        <v>2266</v>
       </c>
       <c r="D583" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E583" s="3" t="s">
-        <v>2262</v>
+        <v>2267</v>
       </c>
       <c r="F583" s="3" t="s">
-        <v>1800</v>
+        <v>462</v>
       </c>
       <c r="G583" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="584" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A584" s="1" t="s">
-        <v>2263</v>
+        <v>2268</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>2264</v>
+        <v>2269</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>2265</v>
+        <v>2270</v>
       </c>
       <c r="D584" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E584" s="3" t="s">
-        <v>2266</v>
+        <v>2271</v>
       </c>
       <c r="F584" s="3" t="s">
-        <v>1800</v>
+        <v>462</v>
       </c>
       <c r="G584" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="585" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A585" s="1" t="s">
-        <v>2267</v>
+        <v>2272</v>
       </c>
       <c r="B585" s="1" t="s">
-        <v>2268</v>
+        <v>2273</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>2269</v>
+        <v>2274</v>
       </c>
       <c r="D585" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E585" s="3" t="s">
-        <v>2270</v>
+        <v>2275</v>
       </c>
       <c r="F585" s="3" t="s">
-        <v>1800</v>
+        <v>462</v>
       </c>
       <c r="G585" s="3" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
     </row>
     <row r="586" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A586" s="1" t="s">
-        <v>2271</v>
+        <v>2276</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>2272</v>
+        <v>2277</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>2273</v>
+        <v>2278</v>
       </c>
       <c r="D586" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E586" s="3" t="s">
-        <v>2274</v>
+        <v>2279</v>
       </c>
       <c r="F586" s="3" t="s">
-        <v>1800</v>
+        <v>462</v>
       </c>
       <c r="G586" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="587" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A587" s="1" t="s">
-        <v>2275</v>
+        <v>2280</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>2276</v>
+        <v>2281</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>2277</v>
+        <v>2282</v>
       </c>
       <c r="D587" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E587" s="3" t="s">
-        <v>2278</v>
+        <v>2283</v>
       </c>
       <c r="F587" s="3" t="s">
-        <v>1800</v>
+        <v>462</v>
       </c>
       <c r="G587" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="588" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A588" s="1" t="s">
-        <v>2279</v>
+        <v>2284</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>2280</v>
+        <v>2285</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>2281</v>
+        <v>2286</v>
       </c>
       <c r="D588" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E588" s="3" t="s">
-        <v>2282</v>
+        <v>2287</v>
       </c>
       <c r="F588" s="3" t="s">
-        <v>1800</v>
+        <v>462</v>
       </c>
       <c r="G588" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="589" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A589" s="1" t="s">
-        <v>2283</v>
+        <v>2288</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>2284</v>
+        <v>2289</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>2285</v>
+        <v>2290</v>
       </c>
       <c r="D589" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E589" s="3" t="s">
-        <v>2286</v>
+        <v>2291</v>
       </c>
       <c r="F589" s="3" t="s">
-        <v>1800</v>
+        <v>462</v>
       </c>
       <c r="G589" s="3" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="590" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A590" s="1" t="s">
-        <v>2287</v>
+        <v>2292</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>2288</v>
+        <v>2293</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>2289</v>
+        <v>2294</v>
       </c>
       <c r="D590" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E590" s="3" t="s">
-        <v>2290</v>
+        <v>2295</v>
       </c>
       <c r="F590" s="3" t="s">
-        <v>1800</v>
+        <v>462</v>
       </c>
       <c r="G590" s="3" t="s">
-        <v>18</v>
+        <v>267</v>
       </c>
     </row>
     <row r="591" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A591" s="1" t="s">
-        <v>2291</v>
+        <v>2296</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>2292</v>
+        <v>2297</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>2293</v>
+        <v>2298</v>
       </c>
       <c r="D591" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E591" s="3" t="s">
-        <v>2294</v>
+        <v>2299</v>
       </c>
       <c r="F591" s="3" t="s">
-        <v>1800</v>
+        <v>462</v>
       </c>
       <c r="G591" s="3" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="592" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A592" s="1" t="s">
-        <v>2295</v>
+        <v>2300</v>
       </c>
       <c r="B592" s="1" t="s">
-        <v>2296</v>
+        <v>2301</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>2297</v>
+        <v>2302</v>
       </c>
       <c r="D592" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E592" s="3" t="s">
-        <v>2298</v>
+        <v>2303</v>
       </c>
       <c r="F592" s="3" t="s">
-        <v>1800</v>
+        <v>462</v>
       </c>
       <c r="G592" s="3" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="593" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A593" s="1" t="s">
-        <v>2299</v>
+        <v>2304</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>2300</v>
+        <v>2305</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>2301</v>
+        <v>2306</v>
       </c>
       <c r="D593" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E593" s="3" t="s">
-        <v>2302</v>
+        <v>2307</v>
       </c>
       <c r="F593" s="3" t="s">
-        <v>1800</v>
+        <v>462</v>
       </c>
       <c r="G593" s="3" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="594" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A594" s="1" t="s">
-        <v>2303</v>
+        <v>2308</v>
       </c>
       <c r="B594" s="1" t="s">
-        <v>2304</v>
+        <v>2309</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>2305</v>
+        <v>2310</v>
       </c>
       <c r="D594" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E594" s="3" t="s">
-        <v>2306</v>
+        <v>2311</v>
       </c>
       <c r="F594" s="3" t="s">
-        <v>1800</v>
+        <v>462</v>
       </c>
       <c r="G594" s="3" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="595" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A595" s="1" t="s">
-        <v>2307</v>
+        <v>2312</v>
       </c>
       <c r="B595" s="1" t="s">
-        <v>2308</v>
+        <v>2313</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>2309</v>
+        <v>2314</v>
       </c>
       <c r="D595" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E595" s="3" t="s">
-        <v>2310</v>
+        <v>2315</v>
       </c>
       <c r="F595" s="3" t="s">
-        <v>1800</v>
+        <v>462</v>
       </c>
       <c r="G595" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="596" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A596" s="1" t="s">
-        <v>2311</v>
+        <v>2316</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>2312</v>
+        <v>2317</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>2313</v>
+        <v>2318</v>
       </c>
       <c r="D596" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E596" s="3" t="s">
-        <v>2314</v>
+        <v>2319</v>
       </c>
       <c r="F596" s="3" t="s">
-        <v>1800</v>
+        <v>760</v>
       </c>
       <c r="G596" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="597" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A597" s="1" t="s">
-        <v>2315</v>
+        <v>2320</v>
       </c>
       <c r="B597" s="1" t="s">
-        <v>2316</v>
+        <v>2321</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>2317</v>
+        <v>2322</v>
       </c>
       <c r="D597" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E597" s="3" t="s">
-        <v>2318</v>
+        <v>2323</v>
       </c>
       <c r="F597" s="3" t="s">
-        <v>1800</v>
+        <v>2324</v>
       </c>
       <c r="G597" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="598" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A598" s="1" t="s">
-        <v>2319</v>
+        <v>2325</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>2320</v>
+        <v>2326</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>2321</v>
+        <v>2322</v>
       </c>
       <c r="D598" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E598" s="3" t="s">
-        <v>2322</v>
+        <v>2327</v>
       </c>
       <c r="F598" s="3" t="s">
-        <v>662</v>
+        <v>2324</v>
       </c>
       <c r="G598" s="3" t="s">
-        <v>502</v>
+        <v>44</v>
       </c>
     </row>
     <row r="599" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A599" s="1" t="s">
-        <v>2323</v>
+        <v>2328</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>2324</v>
+        <v>2329</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>2325</v>
+        <v>2330</v>
       </c>
       <c r="D599" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E599" s="3" t="s">
-        <v>2326</v>
+        <v>2331</v>
       </c>
       <c r="F599" s="3" t="s">
-        <v>662</v>
+        <v>1175</v>
       </c>
       <c r="G599" s="3" t="s">
-        <v>502</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="600" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A600" s="1" t="s">
-        <v>2327</v>
+        <v>2332</v>
       </c>
       <c r="B600" s="1" t="s">
-        <v>2328</v>
+        <v>2333</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>2329</v>
+        <v>2334</v>
       </c>
       <c r="D600" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E600" s="3" t="s">
-        <v>2330</v>
+        <v>2335</v>
       </c>
       <c r="F600" s="3" t="s">
-        <v>662</v>
+        <v>1175</v>
       </c>
       <c r="G600" s="3" t="s">
-        <v>502</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="601" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A601" s="1" t="s">
-        <v>2331</v>
+        <v>2336</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>2332</v>
+        <v>2337</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
       <c r="D601" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E601" s="3" t="s">
-        <v>2334</v>
+        <v>2338</v>
       </c>
       <c r="F601" s="3" t="s">
-        <v>662</v>
+        <v>1175</v>
       </c>
       <c r="G601" s="3" t="s">
-        <v>502</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="602" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A602" s="1" t="s">
-        <v>2335</v>
+        <v>2339</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>2336</v>
+        <v>2340</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>2337</v>
+        <v>1188</v>
       </c>
       <c r="D602" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E602" s="3" t="s">
-        <v>2338</v>
+        <v>2341</v>
       </c>
       <c r="F602" s="3" t="s">
-        <v>943</v>
+        <v>1175</v>
       </c>
       <c r="G602" s="3" t="s">
-        <v>663</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="603" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A603" s="1" t="s">
-        <v>2339</v>
+        <v>2342</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>2340</v>
+        <v>2343</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>2341</v>
+        <v>2343</v>
       </c>
       <c r="D603" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E603" s="3" t="s">
-        <v>2342</v>
+        <v>2344</v>
       </c>
       <c r="F603" s="3" t="s">
-        <v>39</v>
+        <v>2345</v>
       </c>
       <c r="G603" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="604" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A604" s="1" t="s">
-        <v>2343</v>
+        <v>2346</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>2344</v>
+        <v>2347</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>2345</v>
+        <v>2347</v>
       </c>
       <c r="D604" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E604" s="3" t="s">
-        <v>2346</v>
+        <v>2348</v>
       </c>
       <c r="F604" s="3" t="s">
-        <v>552</v>
+        <v>17</v>
       </c>
       <c r="G604" s="3" t="s">
-        <v>471</v>
+        <v>18</v>
       </c>
     </row>
     <row r="605" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A605" s="1" t="s">
-        <v>2347</v>
+        <v>2349</v>
       </c>
       <c r="B605" s="1" t="s">
-        <v>2348</v>
+        <v>2350</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>550</v>
+        <v>2350</v>
       </c>
       <c r="D605" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E605" s="3" t="s">
-        <v>2349</v>
+        <v>2351</v>
       </c>
       <c r="F605" s="3" t="s">
-        <v>552</v>
+        <v>955</v>
       </c>
       <c r="G605" s="3" t="s">
-        <v>1056</v>
+        <v>18</v>
       </c>
     </row>
     <row r="606" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A606" s="1" t="s">
-        <v>2350</v>
+        <v>2352</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>2351</v>
+        <v>2353</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="D606" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E606" s="3" t="s">
-        <v>2353</v>
+        <v>2354</v>
       </c>
       <c r="F606" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="G606" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="607" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A607" s="1" t="s">
-        <v>2354</v>
+        <v>2355</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="C607" s="1" t="s">
         <v>2356</v>
       </c>
       <c r="D607" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E607" s="3" t="s">
         <v>2357</v>
       </c>
       <c r="F607" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="G607" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="608" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A608" s="1" t="s">
         <v>2358</v>
       </c>
       <c r="B608" s="1" t="s">
         <v>2359</v>
       </c>
       <c r="C608" s="1" t="s">
+        <v>2359</v>
+      </c>
+      <c r="D608" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E608" s="3" t="s">
         <v>2360</v>
       </c>
-      <c r="D608" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F608" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="G608" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="609" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A609" s="1" t="s">
+        <v>2361</v>
+      </c>
+      <c r="B609" s="1" t="s">
         <v>2362</v>
       </c>
-      <c r="B609" s="1" t="s">
+      <c r="C609" s="1" t="s">
         <v>2363</v>
       </c>
-      <c r="C609" s="1" t="s">
+      <c r="D609" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E609" s="3" t="s">
         <v>2364</v>
       </c>
-      <c r="D609" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F609" s="3" t="s">
-        <v>18</v>
+        <v>645</v>
+      </c>
+      <c r="G609" s="3" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="610" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A610" s="1" t="s">
+        <v>2365</v>
+      </c>
+      <c r="B610" s="1" t="s">
         <v>2366</v>
       </c>
-      <c r="B610" s="1" t="s">
+      <c r="C610" s="1" t="s">
         <v>2367</v>
       </c>
-      <c r="C610" s="1" t="s">
+      <c r="D610" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E610" s="3" t="s">
         <v>2368</v>
       </c>
-      <c r="D610" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F610" s="3" t="s">
-        <v>18</v>
+        <v>645</v>
+      </c>
+      <c r="G610" s="3" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="611" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A611" s="1" t="s">
+        <v>2369</v>
+      </c>
+      <c r="B611" s="1" t="s">
         <v>2370</v>
       </c>
-      <c r="B611" s="1" t="s">
+      <c r="C611" s="1" t="s">
         <v>2371</v>
       </c>
-      <c r="C611" s="1" t="s">
+      <c r="D611" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E611" s="3" t="s">
         <v>2372</v>
       </c>
-      <c r="D611" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F611" s="3" t="s">
-        <v>18</v>
+        <v>645</v>
+      </c>
+      <c r="G611" s="3" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="612" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A612" s="1" t="s">
+        <v>2373</v>
+      </c>
+      <c r="B612" s="1" t="s">
         <v>2374</v>
       </c>
-      <c r="B612" s="1" t="s">
+      <c r="C612" s="1" t="s">
         <v>2375</v>
       </c>
-      <c r="C612" s="1" t="s">
+      <c r="D612" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E612" s="3" t="s">
         <v>2376</v>
       </c>
-      <c r="D612" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F612" s="3" t="s">
-        <v>480</v>
+        <v>53</v>
       </c>
       <c r="G612" s="3" t="s">
-        <v>23</v>
+        <v>367</v>
       </c>
     </row>
     <row r="613" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A613" s="1" t="s">
+        <v>2377</v>
+      </c>
+      <c r="B613" s="1" t="s">
         <v>2378</v>
       </c>
-      <c r="B613" s="1" t="s">
+      <c r="C613" s="1" t="s">
         <v>2379</v>
       </c>
-      <c r="C613" s="1" t="s">
+      <c r="D613" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E613" s="3" t="s">
         <v>2380</v>
       </c>
-      <c r="D613" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F613" s="3" t="s">
-        <v>480</v>
+        <v>645</v>
       </c>
       <c r="G613" s="3" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
     </row>
     <row r="614" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A614" s="1" t="s">
+        <v>2381</v>
+      </c>
+      <c r="B614" s="1" t="s">
         <v>2382</v>
       </c>
-      <c r="B614" s="1" t="s">
+      <c r="C614" s="1" t="s">
         <v>2383</v>
       </c>
-      <c r="C614" s="1" t="s">
+      <c r="D614" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E614" s="3" t="s">
         <v>2384</v>
       </c>
-      <c r="D614" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F614" s="3" t="s">
-        <v>480</v>
+        <v>645</v>
       </c>
       <c r="G614" s="3" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="615" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A615" s="1" t="s">
+        <v>2385</v>
+      </c>
+      <c r="B615" s="1" t="s">
         <v>2386</v>
       </c>
-      <c r="B615" s="1" t="s">
+      <c r="C615" s="1" t="s">
         <v>2387</v>
       </c>
-      <c r="C615" s="1" t="s">
+      <c r="D615" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E615" s="3" t="s">
         <v>2388</v>
       </c>
-      <c r="D615" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F615" s="3" t="s">
-        <v>480</v>
+        <v>462</v>
       </c>
       <c r="G615" s="3" t="s">
-        <v>23</v>
+        <v>636</v>
       </c>
     </row>
     <row r="616" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A616" s="1" t="s">
+        <v>2389</v>
+      </c>
+      <c r="B616" s="1" t="s">
         <v>2390</v>
       </c>
-      <c r="B616" s="1" t="s">
+      <c r="C616" s="1" t="s">
         <v>2391</v>
       </c>
-      <c r="C616" s="1" t="s">
+      <c r="D616" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E616" s="3" t="s">
         <v>2392</v>
       </c>
-      <c r="D616" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F616" s="3" t="s">
-        <v>480</v>
+        <v>755</v>
       </c>
       <c r="G616" s="3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="617" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A617" s="1" t="s">
+        <v>2393</v>
+      </c>
+      <c r="B617" s="1" t="s">
         <v>2394</v>
       </c>
-      <c r="B617" s="1" t="s">
+      <c r="C617" s="1" t="s">
         <v>2395</v>
       </c>
-      <c r="C617" s="1" t="s">
+      <c r="D617" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E617" s="3" t="s">
         <v>2396</v>
       </c>
-      <c r="D617" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E617" s="3" t="s">
+      <c r="F617" s="3" t="s">
+        <v>755</v>
+      </c>
+      <c r="G617" s="3" t="s">
         <v>2397</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="618" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A618" s="1" t="s">
         <v>2398</v>
       </c>
       <c r="B618" s="1" t="s">
         <v>2399</v>
       </c>
       <c r="C618" s="1" t="s">
+        <v>2395</v>
+      </c>
+      <c r="D618" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E618" s="3" t="s">
         <v>2400</v>
       </c>
-      <c r="D618" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F618" s="3" t="s">
-        <v>480</v>
+        <v>755</v>
       </c>
       <c r="G618" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="619" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A619" s="1" t="s">
+        <v>2401</v>
+      </c>
+      <c r="B619" s="1" t="s">
         <v>2402</v>
       </c>
-      <c r="B619" s="1" t="s">
+      <c r="C619" s="1" t="s">
         <v>2403</v>
       </c>
-      <c r="C619" s="1" t="s">
+      <c r="D619" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E619" s="3" t="s">
         <v>2404</v>
       </c>
-      <c r="D619" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F619" s="3" t="s">
-        <v>480</v>
+        <v>755</v>
       </c>
       <c r="G619" s="3" t="s">
-        <v>289</v>
+        <v>34</v>
       </c>
     </row>
     <row r="620" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A620" s="1" t="s">
+        <v>2405</v>
+      </c>
+      <c r="B620" s="1" t="s">
         <v>2406</v>
       </c>
-      <c r="B620" s="1" t="s">
+      <c r="C620" s="1" t="s">
         <v>2407</v>
       </c>
-      <c r="C620" s="1" t="s">
+      <c r="D620" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E620" s="3" t="s">
         <v>2408</v>
       </c>
-      <c r="D620" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F620" s="3" t="s">
-        <v>480</v>
+        <v>354</v>
       </c>
       <c r="G620" s="3" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="621" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A621" s="1" t="s">
+        <v>2409</v>
+      </c>
+      <c r="B621" s="1" t="s">
         <v>2410</v>
       </c>
-      <c r="B621" s="1" t="s">
+      <c r="C621" s="1" t="s">
         <v>2411</v>
       </c>
-      <c r="C621" s="1" t="s">
+      <c r="D621" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E621" s="3" t="s">
         <v>2412</v>
       </c>
-      <c r="D621" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F621" s="3" t="s">
-        <v>943</v>
+        <v>17</v>
       </c>
       <c r="G621" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="622" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A622" s="1" t="s">
+        <v>2409</v>
+      </c>
+      <c r="B622" s="1" t="s">
+        <v>2413</v>
+      </c>
+      <c r="C622" s="1" t="s">
         <v>2414</v>
       </c>
-      <c r="B622" s="1" t="s">
+      <c r="D622" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E622" s="3" t="s">
         <v>2415</v>
       </c>
-      <c r="C622" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F622" s="3" t="s">
-        <v>2418</v>
+        <v>17</v>
       </c>
       <c r="G622" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="623" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A623" s="1" t="s">
-        <v>2419</v>
+        <v>2409</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>2420</v>
+        <v>2416</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>2416</v>
+        <v>2417</v>
       </c>
       <c r="D623" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E623" s="3" t="s">
-        <v>2421</v>
+        <v>2418</v>
       </c>
       <c r="F623" s="3" t="s">
-        <v>2418</v>
+        <v>17</v>
       </c>
       <c r="G623" s="3" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="624" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A624" s="1" t="s">
-        <v>2422</v>
+        <v>2409</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>2423</v>
+        <v>2419</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>2424</v>
+        <v>2420</v>
       </c>
       <c r="D624" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E624" s="3" t="s">
-        <v>2425</v>
+        <v>2421</v>
       </c>
       <c r="F624" s="3" t="s">
-        <v>1241</v>
+        <v>17</v>
       </c>
       <c r="G624" s="3" t="s">
-        <v>1251</v>
+        <v>18</v>
       </c>
     </row>
     <row r="625" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A625" s="1" t="s">
-        <v>2426</v>
+        <v>2422</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>2427</v>
+        <v>2423</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>2428</v>
+        <v>2423</v>
       </c>
       <c r="D625" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E625" s="3" t="s">
-        <v>2429</v>
+        <v>2424</v>
       </c>
       <c r="F625" s="3" t="s">
-        <v>1241</v>
+        <v>17</v>
       </c>
       <c r="G625" s="3" t="s">
-        <v>1251</v>
+        <v>18</v>
       </c>
     </row>
     <row r="626" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A626" s="1" t="s">
-        <v>2430</v>
+        <v>2425</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>2431</v>
+        <v>2426</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>2428</v>
+        <v>2426</v>
       </c>
       <c r="D626" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E626" s="3" t="s">
-        <v>2432</v>
+        <v>2427</v>
       </c>
       <c r="F626" s="3" t="s">
-        <v>1241</v>
+        <v>17</v>
       </c>
       <c r="G626" s="3" t="s">
-        <v>1251</v>
+        <v>18</v>
       </c>
     </row>
     <row r="627" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A627" s="1" t="s">
-        <v>2433</v>
+        <v>2428</v>
       </c>
       <c r="B627" s="1" t="s">
-        <v>2434</v>
+        <v>2429</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>2435</v>
+        <v>2429</v>
       </c>
       <c r="D627" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E627" s="3" t="s">
-        <v>2436</v>
+        <v>2430</v>
       </c>
       <c r="F627" s="3" t="s">
-        <v>1241</v>
+        <v>17</v>
       </c>
       <c r="G627" s="3" t="s">
-        <v>1251</v>
+        <v>18</v>
       </c>
     </row>
     <row r="628" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A628" s="1" t="s">
-        <v>2437</v>
+        <v>2431</v>
       </c>
       <c r="B628" s="1" t="s">
-        <v>2438</v>
+        <v>2432</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>1254</v>
+        <v>2433</v>
       </c>
       <c r="D628" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E628" s="3" t="s">
-        <v>2439</v>
+        <v>2434</v>
       </c>
       <c r="F628" s="3" t="s">
-        <v>1241</v>
+        <v>1175</v>
       </c>
       <c r="G628" s="3" t="s">
-        <v>1251</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="629" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A629" s="1" t="s">
-        <v>2440</v>
+        <v>2435</v>
       </c>
       <c r="B629" s="1" t="s">
-        <v>2441</v>
+        <v>2436</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>2441</v>
+        <v>2437</v>
       </c>
       <c r="D629" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E629" s="3" t="s">
-        <v>2442</v>
+        <v>2438</v>
       </c>
       <c r="F629" s="3" t="s">
-        <v>2443</v>
+        <v>1175</v>
       </c>
       <c r="G629" s="3" t="s">
-        <v>18</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="630" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A630" s="1" t="s">
-        <v>2444</v>
+        <v>2439</v>
       </c>
       <c r="B630" s="1" t="s">
-        <v>2445</v>
+        <v>2440</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>2445</v>
+        <v>2441</v>
       </c>
       <c r="D630" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E630" s="3" t="s">
-        <v>2446</v>
+        <v>2442</v>
       </c>
       <c r="F630" s="3" t="s">
-        <v>17</v>
+        <v>1175</v>
       </c>
       <c r="G630" s="3" t="s">
-        <v>18</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="631" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A631" s="1" t="s">
-        <v>2447</v>
+        <v>2443</v>
       </c>
       <c r="B631" s="1" t="s">
-        <v>2448</v>
+        <v>2444</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>2448</v>
+        <v>2445</v>
       </c>
       <c r="D631" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E631" s="3" t="s">
-        <v>2449</v>
+        <v>2446</v>
       </c>
       <c r="F631" s="3" t="s">
-        <v>980</v>
+        <v>1175</v>
       </c>
       <c r="G631" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="632" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A632" s="1" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B632" s="1" t="s">
+        <v>2448</v>
+      </c>
+      <c r="C632" s="1" t="s">
+        <v>2449</v>
+      </c>
+      <c r="D632" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E632" s="3" t="s">
         <v>2450</v>
       </c>
-      <c r="B632" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F632" s="3" t="s">
-        <v>980</v>
+        <v>1175</v>
       </c>
       <c r="G632" s="3" t="s">
-        <v>18</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="633" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A633" s="1" t="s">
+        <v>2451</v>
+      </c>
+      <c r="B633" s="1" t="s">
+        <v>2452</v>
+      </c>
+      <c r="C633" s="1" t="s">
         <v>2453</v>
       </c>
-      <c r="B633" s="1" t="s">
+      <c r="D633" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E633" s="3" t="s">
         <v>2454</v>
       </c>
-      <c r="C633" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F633" s="3" t="s">
-        <v>980</v>
+        <v>1175</v>
       </c>
       <c r="G633" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="634" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A634" s="1" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B634" s="1" t="s">
         <v>2456</v>
-      </c>
-[...1 lines deleted...]
-        <v>2457</v>
       </c>
       <c r="C634" s="1" t="s">
         <v>2457</v>
       </c>
       <c r="D634" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E634" s="3" t="s">
         <v>2458</v>
       </c>
       <c r="F634" s="3" t="s">
-        <v>980</v>
+        <v>1175</v>
       </c>
       <c r="G634" s="3" t="s">
-        <v>18</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="635" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A635" s="1" t="s">
         <v>2459</v>
       </c>
       <c r="B635" s="1" t="s">
         <v>2460</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="D635" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E635" s="3" t="s">
-        <v>2461</v>
+        <v>2462</v>
       </c>
       <c r="F635" s="3" t="s">
-        <v>980</v>
+        <v>1175</v>
       </c>
       <c r="G635" s="3" t="s">
-        <v>18</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="636" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A636" s="1" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
       <c r="B636" s="1" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
       <c r="D636" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E636" s="3" t="s">
-        <v>2465</v>
+        <v>2466</v>
       </c>
       <c r="F636" s="3" t="s">
-        <v>662</v>
+        <v>2467</v>
       </c>
       <c r="G636" s="3" t="s">
-        <v>185</v>
+        <v>636</v>
       </c>
     </row>
     <row r="637" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A637" s="1" t="s">
-        <v>2466</v>
+        <v>2468</v>
       </c>
       <c r="B637" s="1" t="s">
+        <v>2469</v>
+      </c>
+      <c r="C637" s="1" t="s">
+        <v>2470</v>
+      </c>
+      <c r="D637" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E637" s="3" t="s">
+        <v>2471</v>
+      </c>
+      <c r="F637" s="3" t="s">
         <v>2467</v>
       </c>
-      <c r="C637" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G637" s="3" t="s">
-        <v>185</v>
+        <v>636</v>
       </c>
     </row>
     <row r="638" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A638" s="1" t="s">
-        <v>2470</v>
+        <v>2472</v>
       </c>
       <c r="B638" s="1" t="s">
-        <v>2471</v>
+        <v>2473</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>2472</v>
+        <v>2474</v>
       </c>
       <c r="D638" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E638" s="3" t="s">
-        <v>2473</v>
+        <v>2475</v>
       </c>
       <c r="F638" s="3" t="s">
-        <v>662</v>
+        <v>2467</v>
       </c>
       <c r="G638" s="3" t="s">
-        <v>185</v>
+        <v>636</v>
       </c>
     </row>
     <row r="639" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A639" s="1" t="s">
-        <v>2474</v>
+        <v>2476</v>
       </c>
       <c r="B639" s="1" t="s">
-        <v>2475</v>
+        <v>2477</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="D639" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E639" s="3" t="s">
-        <v>2477</v>
+        <v>2479</v>
       </c>
       <c r="F639" s="3" t="s">
-        <v>662</v>
+        <v>2467</v>
       </c>
       <c r="G639" s="3" t="s">
-        <v>185</v>
+        <v>636</v>
       </c>
     </row>
     <row r="640" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A640" s="1" t="s">
-        <v>2478</v>
+        <v>2480</v>
       </c>
       <c r="B640" s="1" t="s">
-        <v>2479</v>
+        <v>2481</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>2480</v>
+        <v>2482</v>
       </c>
       <c r="D640" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E640" s="3" t="s">
-        <v>2481</v>
+        <v>2483</v>
       </c>
       <c r="F640" s="3" t="s">
-        <v>662</v>
+        <v>2467</v>
       </c>
       <c r="G640" s="3" t="s">
-        <v>185</v>
+        <v>239</v>
       </c>
     </row>
     <row r="641" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A641" s="1" t="s">
-        <v>2482</v>
+        <v>2484</v>
       </c>
       <c r="B641" s="1" t="s">
-        <v>2483</v>
+        <v>2485</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>2484</v>
+        <v>2486</v>
       </c>
       <c r="D641" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E641" s="3" t="s">
-        <v>2485</v>
+        <v>2487</v>
       </c>
       <c r="F641" s="3" t="s">
-        <v>53</v>
+        <v>2467</v>
       </c>
       <c r="G641" s="3" t="s">
-        <v>2486</v>
+        <v>636</v>
       </c>
     </row>
     <row r="642" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A642" s="1" t="s">
-        <v>2487</v>
+        <v>2488</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>2488</v>
+        <v>2489</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>2489</v>
+        <v>2490</v>
       </c>
       <c r="D642" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E642" s="3" t="s">
-        <v>2490</v>
+        <v>2491</v>
       </c>
       <c r="F642" s="3" t="s">
-        <v>662</v>
+        <v>2467</v>
       </c>
       <c r="G642" s="3" t="s">
-        <v>28</v>
+        <v>636</v>
       </c>
     </row>
     <row r="643" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A643" s="1" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="B643" s="1" t="s">
-        <v>2492</v>
+        <v>2493</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>2493</v>
+        <v>2494</v>
       </c>
       <c r="D643" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E643" s="3" t="s">
-        <v>2494</v>
+        <v>2495</v>
       </c>
       <c r="F643" s="3" t="s">
-        <v>662</v>
+        <v>2467</v>
       </c>
       <c r="G643" s="3" t="s">
-        <v>299</v>
+        <v>239</v>
       </c>
     </row>
     <row r="644" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A644" s="1" t="s">
-        <v>2495</v>
+        <v>2496</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>2496</v>
+        <v>2497</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>2497</v>
+        <v>2498</v>
       </c>
       <c r="D644" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E644" s="3" t="s">
-        <v>2498</v>
+        <v>2499</v>
       </c>
       <c r="F644" s="3" t="s">
-        <v>662</v>
+        <v>2467</v>
       </c>
       <c r="G644" s="3" t="s">
-        <v>299</v>
+        <v>636</v>
       </c>
     </row>
     <row r="645" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A645" s="1" t="s">
-        <v>2499</v>
+        <v>2500</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>2500</v>
+        <v>2501</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>2501</v>
+        <v>2502</v>
       </c>
       <c r="D645" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E645" s="3" t="s">
-        <v>2502</v>
+        <v>2503</v>
       </c>
       <c r="F645" s="3" t="s">
-        <v>480</v>
+        <v>506</v>
       </c>
       <c r="G645" s="3" t="s">
-        <v>653</v>
+        <v>646</v>
       </c>
     </row>
     <row r="646" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A646" s="1" t="s">
-        <v>2503</v>
+        <v>2504</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>2504</v>
+        <v>2505</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
       <c r="D646" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E646" s="3" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
       <c r="F646" s="3" t="s">
-        <v>776</v>
+        <v>506</v>
       </c>
       <c r="G646" s="3" t="s">
-        <v>28</v>
+        <v>646</v>
       </c>
     </row>
     <row r="647" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A647" s="1" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="B647" s="1" t="s">
-        <v>2508</v>
+        <v>2509</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>2509</v>
+        <v>2510</v>
       </c>
       <c r="D647" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E647" s="3" t="s">
-        <v>2510</v>
+        <v>2511</v>
       </c>
       <c r="F647" s="3" t="s">
-        <v>776</v>
+        <v>1175</v>
       </c>
       <c r="G647" s="3" t="s">
-        <v>2511</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="648" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A648" s="1" t="s">
         <v>2512</v>
       </c>
       <c r="B648" s="1" t="s">
         <v>2513</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>2509</v>
+        <v>2514</v>
       </c>
       <c r="D648" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E648" s="3" t="s">
-        <v>2514</v>
+        <v>2515</v>
       </c>
       <c r="F648" s="3" t="s">
-        <v>776</v>
+        <v>354</v>
       </c>
       <c r="G648" s="3" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="649" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A649" s="1" t="s">
-        <v>2515</v>
+        <v>2516</v>
       </c>
       <c r="B649" s="1" t="s">
-        <v>2516</v>
+        <v>2517</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>2517</v>
+        <v>2518</v>
       </c>
       <c r="D649" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E649" s="3" t="s">
-        <v>2518</v>
+        <v>2519</v>
       </c>
       <c r="F649" s="3" t="s">
-        <v>776</v>
+        <v>354</v>
       </c>
       <c r="G649" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="650" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A650" s="1" t="s">
-        <v>2519</v>
+        <v>2520</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>2520</v>
+        <v>2521</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>2521</v>
+        <v>2522</v>
       </c>
       <c r="D650" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E650" s="3" t="s">
-        <v>2522</v>
+        <v>2523</v>
       </c>
       <c r="F650" s="3" t="s">
-        <v>376</v>
+        <v>354</v>
       </c>
       <c r="G650" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="651" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A651" s="1" t="s">
-        <v>2523</v>
+        <v>2524</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>2524</v>
+        <v>2525</v>
       </c>
       <c r="C651" s="1" t="s">
         <v>2525</v>
       </c>
       <c r="D651" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E651" s="3" t="s">
         <v>2526</v>
       </c>
       <c r="F651" s="3" t="s">
-        <v>17</v>
+        <v>1598</v>
       </c>
       <c r="G651" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="652" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A652" s="1" t="s">
-        <v>2523</v>
+        <v>2527</v>
       </c>
       <c r="B652" s="1" t="s">
-        <v>2527</v>
+        <v>2528</v>
       </c>
       <c r="C652" s="1" t="s">
         <v>2528</v>
       </c>
       <c r="D652" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E652" s="3" t="s">
         <v>2529</v>
       </c>
       <c r="F652" s="3" t="s">
-        <v>17</v>
+        <v>1598</v>
       </c>
       <c r="G652" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="653" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A653" s="1" t="s">
-        <v>2523</v>
+        <v>2530</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>2530</v>
+        <v>2531</v>
       </c>
       <c r="C653" s="1" t="s">
         <v>2531</v>
       </c>
       <c r="D653" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E653" s="3" t="s">
         <v>2532</v>
       </c>
       <c r="F653" s="3" t="s">
-        <v>17</v>
+        <v>428</v>
       </c>
       <c r="G653" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="654" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A654" s="1" t="s">
-        <v>2523</v>
+        <v>2533</v>
       </c>
       <c r="B654" s="1" t="s">
-        <v>2533</v>
+        <v>2534</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>2534</v>
+        <v>2535</v>
       </c>
       <c r="D654" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E654" s="3" t="s">
-        <v>2535</v>
+        <v>2536</v>
       </c>
       <c r="F654" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="G654" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="655" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A655" s="1" t="s">
-        <v>2536</v>
+        <v>2537</v>
       </c>
       <c r="B655" s="1" t="s">
-        <v>2537</v>
+        <v>2538</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>2537</v>
+        <v>2539</v>
       </c>
       <c r="D655" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E655" s="3" t="s">
-        <v>2538</v>
+        <v>2540</v>
       </c>
       <c r="F655" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="G655" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="656" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A656" s="1" t="s">
-        <v>2539</v>
+        <v>2541</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>2540</v>
+        <v>2542</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>2540</v>
+        <v>2543</v>
       </c>
       <c r="D656" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E656" s="3" t="s">
-        <v>2541</v>
+        <v>2544</v>
       </c>
       <c r="F656" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="G656" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="657" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A657" s="1" t="s">
-        <v>2542</v>
+        <v>2545</v>
       </c>
       <c r="B657" s="1" t="s">
-        <v>2543</v>
+        <v>2546</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>2544</v>
+        <v>2547</v>
       </c>
       <c r="D657" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E657" s="3" t="s">
-        <v>2545</v>
+        <v>2548</v>
       </c>
       <c r="F657" s="3" t="s">
-        <v>1241</v>
-[...2 lines deleted...]
-        <v>1251</v>
+        <v>18</v>
       </c>
     </row>
     <row r="658" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A658" s="1" t="s">
-        <v>2546</v>
+        <v>2549</v>
       </c>
       <c r="B658" s="1" t="s">
-        <v>2547</v>
+        <v>2550</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="D658" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E658" s="3" t="s">
-        <v>2549</v>
+        <v>2552</v>
       </c>
       <c r="F658" s="3" t="s">
-        <v>1241</v>
-[...2 lines deleted...]
-        <v>1251</v>
+        <v>18</v>
       </c>
     </row>
     <row r="659" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A659" s="1" t="s">
-        <v>2550</v>
+        <v>2553</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>2551</v>
+        <v>2554</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>2552</v>
+        <v>2555</v>
       </c>
       <c r="D659" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E659" s="3" t="s">
-        <v>2553</v>
+        <v>2556</v>
       </c>
       <c r="F659" s="3" t="s">
-        <v>1241</v>
-[...2 lines deleted...]
-        <v>1251</v>
+        <v>18</v>
       </c>
     </row>
     <row r="660" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A660" s="1" t="s">
-        <v>2554</v>
+        <v>2557</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>2555</v>
+        <v>2558</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>2556</v>
+        <v>2559</v>
       </c>
       <c r="D660" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E660" s="3" t="s">
-        <v>2557</v>
+        <v>2560</v>
       </c>
       <c r="F660" s="3" t="s">
-        <v>1241</v>
-[...2 lines deleted...]
-        <v>1251</v>
+        <v>18</v>
       </c>
     </row>
     <row r="661" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A661" s="1" t="s">
-        <v>2558</v>
+        <v>2561</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="D661" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E661" s="3" t="s">
-        <v>2561</v>
+        <v>2564</v>
       </c>
       <c r="F661" s="3" t="s">
-        <v>1241</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="662" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A662" s="1" t="s">
-        <v>2562</v>
+        <v>2565</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>2563</v>
+        <v>2566</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>2556</v>
+        <v>2567</v>
       </c>
       <c r="D662" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E662" s="3" t="s">
-        <v>2564</v>
+        <v>2568</v>
       </c>
       <c r="F662" s="3" t="s">
-        <v>1241</v>
-[...2 lines deleted...]
-        <v>1251</v>
+        <v>18</v>
       </c>
     </row>
     <row r="663" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A663" s="1" t="s">
-        <v>2565</v>
+        <v>2569</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>2566</v>
+        <v>2570</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>2567</v>
+        <v>2571</v>
       </c>
       <c r="D663" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E663" s="3" t="s">
-        <v>2568</v>
+        <v>2572</v>
       </c>
       <c r="F663" s="3" t="s">
-        <v>1241</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="664" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A664" s="1" t="s">
-        <v>2569</v>
+        <v>2573</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>2570</v>
+        <v>2574</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>2571</v>
+        <v>2575</v>
       </c>
       <c r="D664" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E664" s="3" t="s">
-        <v>2572</v>
+        <v>2576</v>
       </c>
       <c r="F664" s="3" t="s">
-        <v>1241</v>
-[...2 lines deleted...]
-        <v>1251</v>
+        <v>18</v>
       </c>
     </row>
     <row r="665" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A665" s="1" t="s">
-        <v>2573</v>
+        <v>2577</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>2574</v>
+        <v>2578</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>2575</v>
+        <v>2579</v>
       </c>
       <c r="D665" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E665" s="3" t="s">
-        <v>2576</v>
+        <v>2580</v>
       </c>
       <c r="F665" s="3" t="s">
-        <v>1241</v>
-[...2 lines deleted...]
-        <v>1251</v>
+        <v>18</v>
       </c>
     </row>
     <row r="666" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A666" s="1" t="s">
-        <v>2577</v>
+        <v>2581</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>2578</v>
+        <v>2582</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>2579</v>
+        <v>2583</v>
       </c>
       <c r="D666" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E666" s="3" t="s">
-        <v>2580</v>
+        <v>2584</v>
       </c>
       <c r="F666" s="3" t="s">
-        <v>2581</v>
-[...2 lines deleted...]
-        <v>653</v>
+        <v>18</v>
       </c>
     </row>
     <row r="667" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A667" s="1" t="s">
-        <v>2582</v>
+        <v>2585</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>2583</v>
+        <v>2586</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>2584</v>
+        <v>2587</v>
       </c>
       <c r="D667" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E667" s="3" t="s">
-        <v>2585</v>
+        <v>2588</v>
       </c>
       <c r="F667" s="3" t="s">
-        <v>2581</v>
-[...2 lines deleted...]
-        <v>653</v>
+        <v>18</v>
       </c>
     </row>
     <row r="668" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A668" s="1" t="s">
-        <v>2586</v>
+        <v>2589</v>
       </c>
       <c r="B668" s="1" t="s">
-        <v>2587</v>
+        <v>2590</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>2588</v>
+        <v>2591</v>
       </c>
       <c r="D668" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E668" s="3" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="F668" s="3" t="s">
-        <v>2581</v>
-[...2 lines deleted...]
-        <v>653</v>
+        <v>18</v>
       </c>
     </row>
     <row r="669" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A669" s="1" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>2591</v>
+        <v>2594</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>2592</v>
+        <v>2595</v>
       </c>
       <c r="D669" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E669" s="3" t="s">
-        <v>2593</v>
+        <v>2596</v>
       </c>
       <c r="F669" s="3" t="s">
-        <v>2581</v>
-[...2 lines deleted...]
-        <v>653</v>
+        <v>18</v>
       </c>
     </row>
     <row r="670" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A670" s="1" t="s">
-        <v>2594</v>
+        <v>2597</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>2595</v>
+        <v>2598</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>2596</v>
+        <v>2599</v>
       </c>
       <c r="D670" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E670" s="3" t="s">
-        <v>2597</v>
+        <v>2600</v>
       </c>
       <c r="F670" s="3" t="s">
-        <v>2581</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>18</v>
       </c>
     </row>
     <row r="671" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A671" s="1" t="s">
-        <v>2598</v>
+        <v>2601</v>
       </c>
       <c r="B671" s="1" t="s">
-        <v>2599</v>
+        <v>2602</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>2600</v>
+        <v>2603</v>
       </c>
       <c r="D671" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E671" s="3" t="s">
-        <v>2601</v>
+        <v>2604</v>
       </c>
       <c r="F671" s="3" t="s">
-        <v>2581</v>
-[...2 lines deleted...]
-        <v>653</v>
+        <v>18</v>
       </c>
     </row>
     <row r="672" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A672" s="1" t="s">
-        <v>2602</v>
+        <v>2605</v>
       </c>
       <c r="B672" s="1" t="s">
-        <v>2603</v>
+        <v>2606</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>2604</v>
+        <v>2607</v>
       </c>
       <c r="D672" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E672" s="3" t="s">
-        <v>2605</v>
+        <v>2608</v>
       </c>
       <c r="F672" s="3" t="s">
-        <v>2581</v>
-[...2 lines deleted...]
-        <v>653</v>
+        <v>18</v>
       </c>
     </row>
     <row r="673" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A673" s="1" t="s">
-        <v>2606</v>
+        <v>2609</v>
       </c>
       <c r="B673" s="1" t="s">
-        <v>2607</v>
+        <v>2610</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>2608</v>
+        <v>2611</v>
       </c>
       <c r="D673" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E673" s="3" t="s">
-        <v>2609</v>
+        <v>2612</v>
       </c>
       <c r="F673" s="3" t="s">
-        <v>2581</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>18</v>
       </c>
     </row>
     <row r="674" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A674" s="1" t="s">
-        <v>2610</v>
+        <v>2613</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>2611</v>
+        <v>2614</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>2612</v>
+        <v>2615</v>
       </c>
       <c r="D674" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E674" s="3" t="s">
-        <v>2613</v>
+        <v>2616</v>
       </c>
       <c r="F674" s="3" t="s">
-        <v>2581</v>
-[...2 lines deleted...]
-        <v>653</v>
+        <v>18</v>
       </c>
     </row>
     <row r="675" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A675" s="1" t="s">
-        <v>2614</v>
+        <v>2617</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>2615</v>
+        <v>2618</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>2616</v>
+        <v>2619</v>
       </c>
       <c r="D675" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E675" s="3" t="s">
-        <v>2617</v>
+        <v>2620</v>
       </c>
       <c r="F675" s="3" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>663</v>
+        <v>18</v>
       </c>
     </row>
     <row r="676" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A676" s="1" t="s">
-        <v>2618</v>
+        <v>2621</v>
       </c>
       <c r="B676" s="1" t="s">
-        <v>2619</v>
+        <v>2622</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>2620</v>
+        <v>2623</v>
       </c>
       <c r="D676" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E676" s="3" t="s">
-        <v>2621</v>
+        <v>2624</v>
       </c>
       <c r="F676" s="3" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>663</v>
+        <v>18</v>
       </c>
     </row>
     <row r="677" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A677" s="1" t="s">
-        <v>2622</v>
+        <v>2625</v>
       </c>
       <c r="B677" s="1" t="s">
-        <v>2623</v>
+        <v>2626</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>2624</v>
+        <v>2627</v>
       </c>
       <c r="D677" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E677" s="3" t="s">
-        <v>2625</v>
+        <v>2628</v>
       </c>
       <c r="F677" s="3" t="s">
-        <v>1241</v>
-[...2 lines deleted...]
-        <v>1251</v>
+        <v>18</v>
       </c>
     </row>
     <row r="678" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A678" s="1" t="s">
-        <v>2626</v>
+        <v>2629</v>
       </c>
       <c r="B678" s="1" t="s">
-        <v>2627</v>
+        <v>2630</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>2628</v>
+        <v>2631</v>
       </c>
       <c r="D678" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E678" s="3" t="s">
-        <v>2629</v>
+        <v>2632</v>
       </c>
       <c r="F678" s="3" t="s">
-        <v>376</v>
-[...1 lines deleted...]
-      <c r="G678" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="679" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A679" s="1" t="s">
-        <v>2630</v>
+        <v>2633</v>
       </c>
       <c r="B679" s="1" t="s">
-        <v>2631</v>
+        <v>2634</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>2632</v>
+        <v>2635</v>
       </c>
       <c r="D679" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E679" s="3" t="s">
-        <v>2633</v>
+        <v>2636</v>
       </c>
       <c r="F679" s="3" t="s">
-        <v>376</v>
-[...1 lines deleted...]
-      <c r="G679" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="680" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A680" s="1" t="s">
-        <v>2634</v>
+        <v>2637</v>
       </c>
       <c r="B680" s="1" t="s">
-        <v>2635</v>
+        <v>2638</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>2636</v>
+        <v>2639</v>
       </c>
       <c r="D680" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E680" s="3" t="s">
-        <v>2637</v>
+        <v>2640</v>
       </c>
       <c r="F680" s="3" t="s">
-        <v>376</v>
-[...1 lines deleted...]
-      <c r="G680" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="681" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A681" s="1" t="s">
-        <v>2638</v>
+        <v>2641</v>
       </c>
       <c r="B681" s="1" t="s">
-        <v>2639</v>
+        <v>2642</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>2639</v>
+        <v>2643</v>
       </c>
       <c r="D681" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E681" s="3" t="s">
-        <v>2640</v>
+        <v>2644</v>
       </c>
       <c r="F681" s="3" t="s">
-        <v>1675</v>
-[...1 lines deleted...]
-      <c r="G681" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="682" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A682" s="1" t="s">
-        <v>2641</v>
+        <v>2645</v>
       </c>
       <c r="B682" s="1" t="s">
-        <v>2642</v>
+        <v>2646</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>2642</v>
+        <v>2647</v>
       </c>
       <c r="D682" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E682" s="3" t="s">
-        <v>2643</v>
+        <v>2648</v>
       </c>
       <c r="F682" s="3" t="s">
-        <v>1675</v>
-[...1 lines deleted...]
-      <c r="G682" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="683" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A683" s="1" t="s">
-        <v>2644</v>
+        <v>2649</v>
       </c>
       <c r="B683" s="1" t="s">
-        <v>2645</v>
+        <v>2650</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>2645</v>
+        <v>2651</v>
       </c>
       <c r="D683" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E683" s="3" t="s">
-        <v>2646</v>
+        <v>2652</v>
       </c>
       <c r="F683" s="3" t="s">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="G683" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="684" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A684" s="1" t="s">
-        <v>2647</v>
+        <v>2653</v>
       </c>
       <c r="B684" s="1" t="s">
-        <v>2648</v>
+        <v>2654</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>2648</v>
+        <v>2655</v>
       </c>
       <c r="D684" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E684" s="3" t="s">
-        <v>2649</v>
+        <v>2656</v>
       </c>
       <c r="F684" s="3" t="s">
-        <v>446</v>
-[...1 lines deleted...]
-      <c r="G684" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="685" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A685" s="1" t="s">
-        <v>2650</v>
+        <v>2657</v>
       </c>
       <c r="B685" s="1" t="s">
-        <v>2651</v>
+        <v>2658</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>2652</v>
+        <v>2659</v>
       </c>
       <c r="D685" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E685" s="3" t="s">
-        <v>2653</v>
+        <v>2660</v>
       </c>
       <c r="F685" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="686" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A686" s="1" t="s">
-        <v>2654</v>
+        <v>2661</v>
       </c>
       <c r="B686" s="1" t="s">
-        <v>2655</v>
+        <v>2662</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>2656</v>
+        <v>2663</v>
       </c>
       <c r="D686" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E686" s="3" t="s">
-        <v>2657</v>
+        <v>2664</v>
       </c>
       <c r="F686" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="687" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A687" s="1" t="s">
-        <v>2658</v>
+        <v>2665</v>
       </c>
       <c r="B687" s="1" t="s">
-        <v>2659</v>
+        <v>2666</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>2660</v>
+        <v>2667</v>
       </c>
       <c r="D687" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E687" s="3" t="s">
-        <v>2661</v>
+        <v>2668</v>
       </c>
       <c r="F687" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="688" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A688" s="1" t="s">
-        <v>2662</v>
+        <v>2669</v>
       </c>
       <c r="B688" s="1" t="s">
-        <v>2663</v>
+        <v>2670</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>2664</v>
+        <v>2671</v>
       </c>
       <c r="D688" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E688" s="3" t="s">
-        <v>2665</v>
+        <v>2672</v>
       </c>
       <c r="F688" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="689" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A689" s="1" t="s">
-        <v>2666</v>
+        <v>2673</v>
       </c>
       <c r="B689" s="1" t="s">
-        <v>2667</v>
+        <v>2674</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>2668</v>
+        <v>2675</v>
       </c>
       <c r="D689" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E689" s="3" t="s">
-        <v>2669</v>
+        <v>2676</v>
       </c>
       <c r="F689" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="690" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A690" s="1" t="s">
-        <v>2670</v>
+        <v>2677</v>
       </c>
       <c r="B690" s="1" t="s">
-        <v>2671</v>
+        <v>2678</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>2672</v>
+        <v>2679</v>
       </c>
       <c r="D690" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E690" s="3" t="s">
-        <v>2673</v>
+        <v>2680</v>
       </c>
       <c r="F690" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="691" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A691" s="1" t="s">
-        <v>2674</v>
+        <v>2681</v>
       </c>
       <c r="B691" s="1" t="s">
-        <v>2675</v>
+        <v>2682</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>2676</v>
+        <v>2683</v>
       </c>
       <c r="D691" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E691" s="3" t="s">
-        <v>2677</v>
+        <v>2684</v>
       </c>
       <c r="F691" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="692" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A692" s="1" t="s">
-        <v>2678</v>
+        <v>2685</v>
       </c>
       <c r="B692" s="1" t="s">
-        <v>2679</v>
+        <v>2686</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>2680</v>
+        <v>2687</v>
       </c>
       <c r="D692" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E692" s="3" t="s">
-        <v>2681</v>
+        <v>2688</v>
       </c>
       <c r="F692" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="693" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A693" s="1" t="s">
-        <v>2682</v>
+        <v>2689</v>
       </c>
       <c r="B693" s="1" t="s">
-        <v>2683</v>
+        <v>2690</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>2684</v>
+        <v>2691</v>
       </c>
       <c r="D693" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E693" s="3" t="s">
-        <v>2685</v>
+        <v>2692</v>
       </c>
       <c r="F693" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="694" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A694" s="1" t="s">
-        <v>2686</v>
+        <v>2693</v>
       </c>
       <c r="B694" s="1" t="s">
-        <v>2687</v>
+        <v>2694</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>2688</v>
+        <v>2695</v>
       </c>
       <c r="D694" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E694" s="3" t="s">
-        <v>2689</v>
+        <v>2696</v>
       </c>
       <c r="F694" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="695" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A695" s="1" t="s">
-        <v>2690</v>
+        <v>2697</v>
       </c>
       <c r="B695" s="1" t="s">
-        <v>2691</v>
+        <v>2698</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>2692</v>
+        <v>2699</v>
       </c>
       <c r="D695" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E695" s="3" t="s">
-        <v>2693</v>
+        <v>2700</v>
       </c>
       <c r="F695" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="696" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A696" s="1" t="s">
-        <v>2694</v>
+        <v>2701</v>
       </c>
       <c r="B696" s="1" t="s">
-        <v>2695</v>
+        <v>2702</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>2696</v>
+        <v>2703</v>
       </c>
       <c r="D696" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E696" s="3" t="s">
-        <v>2697</v>
+        <v>2704</v>
       </c>
       <c r="F696" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="697" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A697" s="1" t="s">
-        <v>2698</v>
+        <v>2705</v>
       </c>
       <c r="B697" s="1" t="s">
-        <v>2699</v>
+        <v>2706</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>2700</v>
+        <v>2707</v>
       </c>
       <c r="D697" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E697" s="3" t="s">
-        <v>2701</v>
+        <v>2708</v>
       </c>
       <c r="F697" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="698" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A698" s="1" t="s">
-        <v>2702</v>
+        <v>2709</v>
       </c>
       <c r="B698" s="1" t="s">
-        <v>2703</v>
+        <v>2710</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>2704</v>
+        <v>2711</v>
       </c>
       <c r="D698" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E698" s="3" t="s">
-        <v>2705</v>
+        <v>2712</v>
       </c>
       <c r="F698" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="699" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A699" s="1" t="s">
-        <v>2706</v>
+        <v>2713</v>
       </c>
       <c r="B699" s="1" t="s">
-        <v>2707</v>
+        <v>2714</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>2708</v>
+        <v>2715</v>
       </c>
       <c r="D699" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E699" s="3" t="s">
-        <v>2709</v>
+        <v>2716</v>
       </c>
       <c r="F699" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="700" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A700" s="1" t="s">
-        <v>2710</v>
+        <v>2717</v>
       </c>
       <c r="B700" s="1" t="s">
-        <v>2711</v>
+        <v>2718</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>2712</v>
+        <v>2719</v>
       </c>
       <c r="D700" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E700" s="3" t="s">
-        <v>2713</v>
+        <v>2720</v>
       </c>
       <c r="F700" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="701" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A701" s="1" t="s">
-        <v>2714</v>
+        <v>2721</v>
       </c>
       <c r="B701" s="1" t="s">
-        <v>2715</v>
+        <v>2722</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>2716</v>
+        <v>2723</v>
       </c>
       <c r="D701" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E701" s="3" t="s">
-        <v>2717</v>
+        <v>2724</v>
       </c>
       <c r="F701" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="702" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A702" s="1" t="s">
-        <v>2718</v>
+        <v>2725</v>
       </c>
       <c r="B702" s="1" t="s">
-        <v>2719</v>
+        <v>2726</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>2720</v>
+        <v>2727</v>
       </c>
       <c r="D702" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E702" s="3" t="s">
-        <v>2721</v>
+        <v>2728</v>
       </c>
       <c r="F702" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="703" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A703" s="1" t="s">
-        <v>2722</v>
+        <v>2729</v>
       </c>
       <c r="B703" s="1" t="s">
-        <v>2723</v>
+        <v>2730</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>2724</v>
+        <v>2731</v>
       </c>
       <c r="D703" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E703" s="3" t="s">
-        <v>2725</v>
+        <v>2732</v>
       </c>
       <c r="F703" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="704" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A704" s="1" t="s">
-        <v>2726</v>
+        <v>2733</v>
       </c>
       <c r="B704" s="1" t="s">
-        <v>2727</v>
+        <v>2734</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>2728</v>
+        <v>2735</v>
       </c>
       <c r="D704" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E704" s="3" t="s">
-        <v>2729</v>
+        <v>2736</v>
       </c>
       <c r="F704" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="705" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A705" s="1" t="s">
-        <v>2730</v>
+        <v>2737</v>
       </c>
       <c r="B705" s="1" t="s">
-        <v>2731</v>
+        <v>2738</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>2732</v>
+        <v>2739</v>
       </c>
       <c r="D705" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E705" s="3" t="s">
-        <v>2733</v>
+        <v>2740</v>
       </c>
       <c r="F705" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="706" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A706" s="1" t="s">
-        <v>2734</v>
+        <v>2741</v>
       </c>
       <c r="B706" s="1" t="s">
-        <v>2735</v>
+        <v>2742</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>2736</v>
+        <v>2743</v>
       </c>
       <c r="D706" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E706" s="3" t="s">
-        <v>2737</v>
+        <v>2744</v>
       </c>
       <c r="F706" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="707" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A707" s="1" t="s">
-        <v>2738</v>
+        <v>2745</v>
       </c>
       <c r="B707" s="1" t="s">
-        <v>2739</v>
+        <v>2746</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>2740</v>
+        <v>2747</v>
       </c>
       <c r="D707" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E707" s="3" t="s">
-        <v>2741</v>
+        <v>2748</v>
       </c>
       <c r="F707" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="708" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A708" s="1" t="s">
-        <v>2742</v>
+        <v>2749</v>
       </c>
       <c r="B708" s="1" t="s">
-        <v>2743</v>
+        <v>2750</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>2744</v>
+        <v>2751</v>
       </c>
       <c r="D708" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E708" s="3" t="s">
-        <v>2745</v>
+        <v>2752</v>
       </c>
       <c r="F708" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="709" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A709" s="1" t="s">
-        <v>2746</v>
+        <v>2753</v>
       </c>
       <c r="B709" s="1" t="s">
-        <v>2747</v>
+        <v>2754</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>2748</v>
+        <v>2755</v>
       </c>
       <c r="D709" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E709" s="3" t="s">
-        <v>2749</v>
+        <v>2756</v>
       </c>
       <c r="F709" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="710" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A710" s="1" t="s">
-        <v>2750</v>
+        <v>2757</v>
       </c>
       <c r="B710" s="1" t="s">
-        <v>2751</v>
+        <v>2758</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>2752</v>
+        <v>2759</v>
       </c>
       <c r="D710" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E710" s="3" t="s">
-        <v>2753</v>
+        <v>2760</v>
       </c>
       <c r="F710" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="711" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A711" s="1" t="s">
-        <v>2754</v>
+        <v>2761</v>
       </c>
       <c r="B711" s="1" t="s">
-        <v>2755</v>
+        <v>2762</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>2756</v>
+        <v>2763</v>
       </c>
       <c r="D711" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E711" s="3" t="s">
-        <v>2757</v>
+        <v>2764</v>
       </c>
       <c r="F711" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="712" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A712" s="1" t="s">
-        <v>2758</v>
+        <v>2765</v>
       </c>
       <c r="B712" s="1" t="s">
-        <v>2759</v>
+        <v>2766</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>2760</v>
+        <v>2767</v>
       </c>
       <c r="D712" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E712" s="3" t="s">
-        <v>2761</v>
+        <v>2768</v>
       </c>
       <c r="F712" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="713" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A713" s="1" t="s">
-        <v>2762</v>
+        <v>2769</v>
       </c>
       <c r="B713" s="1" t="s">
-        <v>2763</v>
+        <v>2770</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>2764</v>
+        <v>2771</v>
       </c>
       <c r="D713" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E713" s="3" t="s">
-        <v>2765</v>
+        <v>2772</v>
       </c>
       <c r="F713" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="714" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A714" s="1" t="s">
-        <v>2766</v>
+        <v>2773</v>
       </c>
       <c r="B714" s="1" t="s">
-        <v>2767</v>
+        <v>2774</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>2768</v>
+        <v>2775</v>
       </c>
       <c r="D714" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E714" s="3" t="s">
-        <v>2769</v>
+        <v>2776</v>
       </c>
       <c r="F714" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="715" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A715" s="1" t="s">
-        <v>2770</v>
+        <v>2777</v>
       </c>
       <c r="B715" s="1" t="s">
-        <v>2771</v>
+        <v>2778</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>2772</v>
+        <v>2779</v>
       </c>
       <c r="D715" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E715" s="3" t="s">
-        <v>2773</v>
+        <v>2780</v>
       </c>
       <c r="F715" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="716" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A716" s="1" t="s">
-        <v>2774</v>
+        <v>2781</v>
       </c>
       <c r="B716" s="1" t="s">
-        <v>2775</v>
+        <v>2782</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>2776</v>
+        <v>2783</v>
       </c>
       <c r="D716" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E716" s="3" t="s">
-        <v>2777</v>
+        <v>2784</v>
       </c>
       <c r="F716" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="717" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A717" s="1" t="s">
-        <v>2778</v>
+        <v>2785</v>
       </c>
       <c r="B717" s="1" t="s">
-        <v>2779</v>
+        <v>2786</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>2780</v>
+        <v>2787</v>
       </c>
       <c r="D717" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E717" s="3" t="s">
-        <v>2781</v>
+        <v>2788</v>
       </c>
       <c r="F717" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="718" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A718" s="1" t="s">
-        <v>2782</v>
+        <v>2789</v>
       </c>
       <c r="B718" s="1" t="s">
-        <v>2783</v>
+        <v>2790</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>2784</v>
+        <v>2791</v>
       </c>
       <c r="D718" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E718" s="3" t="s">
-        <v>2785</v>
+        <v>2792</v>
       </c>
       <c r="F718" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="719" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A719" s="1" t="s">
-        <v>2786</v>
+        <v>2793</v>
       </c>
       <c r="B719" s="1" t="s">
-        <v>2787</v>
+        <v>2794</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>2788</v>
+        <v>2795</v>
       </c>
       <c r="D719" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E719" s="3" t="s">
-        <v>2789</v>
+        <v>2796</v>
       </c>
       <c r="F719" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="720" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A720" s="1" t="s">
-        <v>2790</v>
+        <v>2797</v>
       </c>
       <c r="B720" s="1" t="s">
-        <v>2791</v>
+        <v>2798</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>2792</v>
+        <v>2799</v>
       </c>
       <c r="D720" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E720" s="3" t="s">
-        <v>2793</v>
+        <v>2800</v>
       </c>
       <c r="F720" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="721" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A721" s="1" t="s">
-        <v>2794</v>
+        <v>2801</v>
       </c>
       <c r="B721" s="1" t="s">
-        <v>2795</v>
+        <v>2802</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>2796</v>
+        <v>2803</v>
       </c>
       <c r="D721" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E721" s="3" t="s">
-        <v>2797</v>
+        <v>2804</v>
       </c>
       <c r="F721" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="722" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A722" s="1" t="s">
-        <v>2798</v>
+        <v>2805</v>
       </c>
       <c r="B722" s="1" t="s">
-        <v>2799</v>
+        <v>2806</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>2800</v>
+        <v>2807</v>
       </c>
       <c r="D722" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E722" s="3" t="s">
-        <v>2801</v>
+        <v>2808</v>
       </c>
       <c r="F722" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="723" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A723" s="1" t="s">
-        <v>2802</v>
+        <v>2809</v>
       </c>
       <c r="B723" s="1" t="s">
-        <v>2803</v>
+        <v>2810</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>2804</v>
+        <v>2811</v>
       </c>
       <c r="D723" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E723" s="3" t="s">
-        <v>2805</v>
+        <v>2812</v>
       </c>
       <c r="F723" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="724" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A724" s="1" t="s">
-        <v>2806</v>
+        <v>2813</v>
       </c>
       <c r="B724" s="1" t="s">
-        <v>2807</v>
+        <v>2814</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>2808</v>
+        <v>2815</v>
       </c>
       <c r="D724" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E724" s="3" t="s">
-        <v>2809</v>
+        <v>2816</v>
       </c>
       <c r="F724" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="725" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A725" s="1" t="s">
-        <v>2810</v>
+        <v>2817</v>
       </c>
       <c r="B725" s="1" t="s">
-        <v>2811</v>
+        <v>2818</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>2812</v>
+        <v>2819</v>
       </c>
       <c r="D725" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E725" s="3" t="s">
-        <v>2813</v>
+        <v>2820</v>
       </c>
       <c r="F725" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="726" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A726" s="1" t="s">
-        <v>2814</v>
+        <v>2821</v>
       </c>
       <c r="B726" s="1" t="s">
-        <v>2815</v>
+        <v>2822</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>2816</v>
+        <v>2823</v>
       </c>
       <c r="D726" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E726" s="3" t="s">
-        <v>2817</v>
+        <v>2824</v>
       </c>
       <c r="F726" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="727" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A727" s="1" t="s">
-        <v>2818</v>
+        <v>2825</v>
       </c>
       <c r="B727" s="1" t="s">
-        <v>2819</v>
+        <v>2826</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>2820</v>
+        <v>2827</v>
       </c>
       <c r="D727" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E727" s="3" t="s">
-        <v>2821</v>
+        <v>2828</v>
       </c>
       <c r="F727" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="728" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A728" s="1" t="s">
-        <v>2822</v>
+        <v>2829</v>
       </c>
       <c r="B728" s="1" t="s">
-        <v>2823</v>
+        <v>2830</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>2824</v>
+        <v>2831</v>
       </c>
       <c r="D728" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E728" s="3" t="s">
-        <v>2825</v>
+        <v>2832</v>
       </c>
       <c r="F728" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="729" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A729" s="1" t="s">
-        <v>2826</v>
+        <v>2833</v>
       </c>
       <c r="B729" s="1" t="s">
-        <v>2827</v>
+        <v>2834</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>2828</v>
+        <v>2835</v>
       </c>
       <c r="D729" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E729" s="3" t="s">
-        <v>2829</v>
+        <v>2836</v>
       </c>
       <c r="F729" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="730" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A730" s="1" t="s">
-        <v>2830</v>
+        <v>2837</v>
       </c>
       <c r="B730" s="1" t="s">
-        <v>2831</v>
+        <v>2838</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>2832</v>
+        <v>2839</v>
       </c>
       <c r="D730" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E730" s="3" t="s">
-        <v>2833</v>
+        <v>2840</v>
       </c>
       <c r="F730" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="731" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A731" s="1" t="s">
-        <v>2834</v>
+        <v>2841</v>
       </c>
       <c r="B731" s="1" t="s">
-        <v>2835</v>
+        <v>2842</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>2836</v>
+        <v>2843</v>
       </c>
       <c r="D731" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E731" s="3" t="s">
-        <v>2837</v>
+        <v>2844</v>
       </c>
       <c r="F731" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="732" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A732" s="1" t="s">
-        <v>2838</v>
+        <v>2845</v>
       </c>
       <c r="B732" s="1" t="s">
-        <v>2839</v>
+        <v>2846</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>2840</v>
+        <v>2847</v>
       </c>
       <c r="D732" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E732" s="3" t="s">
-        <v>2841</v>
+        <v>2848</v>
       </c>
       <c r="F732" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="733" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A733" s="1" t="s">
-        <v>2842</v>
+        <v>2849</v>
       </c>
       <c r="B733" s="1" t="s">
-        <v>2843</v>
+        <v>2850</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>2844</v>
+        <v>2851</v>
       </c>
       <c r="D733" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E733" s="3" t="s">
-        <v>2845</v>
+        <v>2852</v>
       </c>
       <c r="F733" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="734" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A734" s="1" t="s">
-        <v>2846</v>
+        <v>2853</v>
       </c>
       <c r="B734" s="1" t="s">
-        <v>2847</v>
+        <v>2854</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>2848</v>
+        <v>2855</v>
       </c>
       <c r="D734" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E734" s="3" t="s">
-        <v>2849</v>
+        <v>2856</v>
       </c>
       <c r="F734" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="735" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A735" s="1" t="s">
-        <v>2850</v>
+        <v>2857</v>
       </c>
       <c r="B735" s="1" t="s">
-        <v>2851</v>
+        <v>2858</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>2852</v>
+        <v>2859</v>
       </c>
       <c r="D735" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E735" s="3" t="s">
-        <v>2853</v>
+        <v>2860</v>
       </c>
       <c r="F735" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="736" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A736" s="1" t="s">
-        <v>2854</v>
+        <v>2861</v>
       </c>
       <c r="B736" s="1" t="s">
-        <v>2855</v>
+        <v>2862</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>2856</v>
+        <v>2863</v>
       </c>
       <c r="D736" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E736" s="3" t="s">
-        <v>2857</v>
+        <v>2864</v>
       </c>
       <c r="F736" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="737" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A737" s="1" t="s">
-        <v>2858</v>
+        <v>2865</v>
       </c>
       <c r="B737" s="1" t="s">
-        <v>2859</v>
+        <v>2866</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>2860</v>
+        <v>2867</v>
       </c>
       <c r="D737" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E737" s="3" t="s">
-        <v>2861</v>
+        <v>2868</v>
       </c>
       <c r="F737" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="738" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A738" s="1" t="s">
-        <v>2862</v>
+        <v>2869</v>
       </c>
       <c r="B738" s="1" t="s">
-        <v>2863</v>
+        <v>2870</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>2864</v>
+        <v>2871</v>
       </c>
       <c r="D738" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E738" s="3" t="s">
-        <v>2865</v>
+        <v>2872</v>
       </c>
       <c r="F738" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="739" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A739" s="1" t="s">
-        <v>2866</v>
+        <v>2873</v>
       </c>
       <c r="B739" s="1" t="s">
-        <v>2867</v>
+        <v>2874</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>2868</v>
+        <v>2875</v>
       </c>
       <c r="D739" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E739" s="3" t="s">
-        <v>2869</v>
+        <v>2876</v>
       </c>
       <c r="F739" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="740" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A740" s="1" t="s">
-        <v>2870</v>
+        <v>2877</v>
       </c>
       <c r="B740" s="1" t="s">
-        <v>2871</v>
+        <v>2878</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>2872</v>
+        <v>2879</v>
       </c>
       <c r="D740" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E740" s="3" t="s">
-        <v>2873</v>
+        <v>2880</v>
       </c>
       <c r="F740" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="741" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A741" s="1" t="s">
-        <v>2874</v>
+        <v>2881</v>
       </c>
       <c r="B741" s="1" t="s">
-        <v>2875</v>
+        <v>2882</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>2876</v>
+        <v>2883</v>
       </c>
       <c r="D741" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E741" s="3" t="s">
-        <v>2877</v>
+        <v>2884</v>
       </c>
       <c r="F741" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="742" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A742" s="1" t="s">
-        <v>2878</v>
+        <v>2885</v>
       </c>
       <c r="B742" s="1" t="s">
-        <v>2879</v>
+        <v>2886</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>2880</v>
+        <v>2887</v>
       </c>
       <c r="D742" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E742" s="3" t="s">
-        <v>2881</v>
+        <v>2888</v>
       </c>
       <c r="F742" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="743" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A743" s="1" t="s">
-        <v>2882</v>
+        <v>2889</v>
       </c>
       <c r="B743" s="1" t="s">
-        <v>2883</v>
+        <v>2890</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>2884</v>
+        <v>2891</v>
       </c>
       <c r="D743" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E743" s="3" t="s">
-        <v>2885</v>
+        <v>2892</v>
       </c>
       <c r="F743" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="744" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A744" s="1" t="s">
-        <v>2886</v>
+        <v>2893</v>
       </c>
       <c r="B744" s="1" t="s">
-        <v>2887</v>
+        <v>2894</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>2888</v>
+        <v>2895</v>
       </c>
       <c r="D744" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E744" s="3" t="s">
-        <v>2889</v>
+        <v>2896</v>
       </c>
       <c r="F744" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="745" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A745" s="1" t="s">
-        <v>2890</v>
+        <v>2897</v>
       </c>
       <c r="B745" s="1" t="s">
-        <v>2891</v>
+        <v>2898</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>2892</v>
+        <v>2899</v>
       </c>
       <c r="D745" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E745" s="3" t="s">
-        <v>2893</v>
+        <v>2900</v>
       </c>
       <c r="F745" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="746" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A746" s="1" t="s">
-        <v>2894</v>
+        <v>2901</v>
       </c>
       <c r="B746" s="1" t="s">
-        <v>2895</v>
+        <v>2902</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>2896</v>
+        <v>2903</v>
       </c>
       <c r="D746" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E746" s="3" t="s">
-        <v>2897</v>
+        <v>2904</v>
       </c>
       <c r="F746" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="747" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A747" s="1" t="s">
-        <v>2898</v>
+        <v>2905</v>
       </c>
       <c r="B747" s="1" t="s">
-        <v>2899</v>
+        <v>2906</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>2900</v>
+        <v>2907</v>
       </c>
       <c r="D747" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E747" s="3" t="s">
-        <v>2901</v>
+        <v>2908</v>
       </c>
       <c r="F747" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="748" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A748" s="1" t="s">
-        <v>2902</v>
+        <v>2909</v>
       </c>
       <c r="B748" s="1" t="s">
-        <v>2903</v>
+        <v>2910</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>2904</v>
+        <v>2911</v>
       </c>
       <c r="D748" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E748" s="3" t="s">
-        <v>2905</v>
+        <v>2912</v>
       </c>
       <c r="F748" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="749" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A749" s="1" t="s">
-        <v>2906</v>
+        <v>2913</v>
       </c>
       <c r="B749" s="1" t="s">
-        <v>2907</v>
+        <v>2914</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>2908</v>
+        <v>2915</v>
       </c>
       <c r="D749" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E749" s="3" t="s">
-        <v>2909</v>
+        <v>2916</v>
       </c>
       <c r="F749" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="750" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A750" s="1" t="s">
-        <v>2910</v>
+        <v>2917</v>
       </c>
       <c r="B750" s="1" t="s">
-        <v>2911</v>
+        <v>2918</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>2912</v>
+        <v>2919</v>
       </c>
       <c r="D750" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E750" s="3" t="s">
-        <v>2913</v>
+        <v>2920</v>
       </c>
       <c r="F750" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="751" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A751" s="1" t="s">
-        <v>2914</v>
+        <v>2921</v>
       </c>
       <c r="B751" s="1" t="s">
-        <v>2915</v>
+        <v>2922</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>2916</v>
+        <v>2923</v>
       </c>
       <c r="D751" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E751" s="3" t="s">
-        <v>2917</v>
+        <v>2924</v>
       </c>
       <c r="F751" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="752" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A752" s="1" t="s">
-        <v>2918</v>
+        <v>2925</v>
       </c>
       <c r="B752" s="1" t="s">
-        <v>2919</v>
+        <v>2926</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>2920</v>
+        <v>2927</v>
       </c>
       <c r="D752" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E752" s="3" t="s">
-        <v>2921</v>
+        <v>2928</v>
       </c>
       <c r="F752" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="753" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A753" s="1" t="s">
-        <v>2922</v>
+        <v>2929</v>
       </c>
       <c r="B753" s="1" t="s">
-        <v>2923</v>
+        <v>2930</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>2924</v>
+        <v>2931</v>
       </c>
       <c r="D753" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E753" s="3" t="s">
-        <v>2925</v>
+        <v>2932</v>
       </c>
       <c r="F753" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="754" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A754" s="1" t="s">
-        <v>2926</v>
+        <v>2933</v>
       </c>
       <c r="B754" s="1" t="s">
-        <v>2927</v>
+        <v>2934</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>2928</v>
+        <v>2935</v>
       </c>
       <c r="D754" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E754" s="3" t="s">
-        <v>2929</v>
+        <v>2936</v>
       </c>
       <c r="F754" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="755" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A755" s="1" t="s">
-        <v>2930</v>
+        <v>2937</v>
       </c>
       <c r="B755" s="1" t="s">
-        <v>2931</v>
+        <v>2938</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>2932</v>
+        <v>2939</v>
       </c>
       <c r="D755" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E755" s="3" t="s">
-        <v>2933</v>
+        <v>2940</v>
       </c>
       <c r="F755" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="756" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A756" s="1" t="s">
-        <v>2934</v>
+        <v>2941</v>
       </c>
       <c r="B756" s="1" t="s">
-        <v>2935</v>
+        <v>2942</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>2936</v>
+        <v>2943</v>
       </c>
       <c r="D756" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E756" s="3" t="s">
-        <v>2937</v>
+        <v>2944</v>
       </c>
       <c r="F756" s="3" t="s">
-        <v>18</v>
+        <v>2467</v>
+      </c>
+      <c r="G756" s="3" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="757" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A757" s="1" t="s">
-        <v>2938</v>
+        <v>2945</v>
       </c>
       <c r="B757" s="1" t="s">
-        <v>2939</v>
+        <v>2946</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>2940</v>
+        <v>2947</v>
       </c>
       <c r="D757" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E757" s="3" t="s">
-        <v>2941</v>
+        <v>2948</v>
       </c>
       <c r="F757" s="3" t="s">
-        <v>18</v>
+        <v>2467</v>
+      </c>
+      <c r="G757" s="3" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="758" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A758" s="1" t="s">
-        <v>2942</v>
+        <v>2949</v>
       </c>
       <c r="B758" s="1" t="s">
-        <v>2943</v>
+        <v>2950</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>2944</v>
+        <v>2951</v>
       </c>
       <c r="D758" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E758" s="3" t="s">
-        <v>2945</v>
+        <v>2952</v>
       </c>
       <c r="F758" s="3" t="s">
-        <v>18</v>
+        <v>2467</v>
+      </c>
+      <c r="G758" s="3" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="759" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A759" s="1" t="s">
-        <v>2946</v>
+        <v>2953</v>
       </c>
       <c r="B759" s="1" t="s">
-        <v>2947</v>
+        <v>2954</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>2948</v>
+        <v>2955</v>
       </c>
       <c r="D759" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E759" s="3" t="s">
-        <v>2949</v>
+        <v>2956</v>
       </c>
       <c r="F759" s="3" t="s">
-        <v>18</v>
+        <v>2467</v>
+      </c>
+      <c r="G759" s="3" t="s">
+        <v>272</v>
       </c>
     </row>
     <row r="760" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A760" s="1" t="s">
-        <v>2950</v>
+        <v>2957</v>
       </c>
       <c r="B760" s="1" t="s">
-        <v>2951</v>
+        <v>2958</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>2952</v>
+        <v>2959</v>
       </c>
       <c r="D760" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E760" s="3" t="s">
-        <v>2953</v>
+        <v>2960</v>
       </c>
       <c r="F760" s="3" t="s">
-        <v>18</v>
+        <v>2467</v>
+      </c>
+      <c r="G760" s="3" t="s">
+        <v>2961</v>
       </c>
     </row>
     <row r="761" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A761" s="1" t="s">
-        <v>2954</v>
+        <v>2962</v>
       </c>
       <c r="B761" s="1" t="s">
-        <v>2955</v>
+        <v>2963</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>2956</v>
+        <v>2964</v>
       </c>
       <c r="D761" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E761" s="3" t="s">
-        <v>2957</v>
+        <v>2965</v>
       </c>
       <c r="F761" s="3" t="s">
-        <v>18</v>
+        <v>2467</v>
+      </c>
+      <c r="G761" s="3" t="s">
+        <v>367</v>
       </c>
     </row>
     <row r="762" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A762" s="1" t="s">
-        <v>2958</v>
+        <v>2966</v>
       </c>
       <c r="B762" s="1" t="s">
-        <v>2959</v>
+        <v>2967</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>2960</v>
+        <v>2967</v>
       </c>
       <c r="D762" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E762" s="3" t="s">
-        <v>2961</v>
+        <v>2968</v>
       </c>
       <c r="F762" s="3" t="s">
+        <v>1598</v>
+      </c>
+      <c r="G762" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="763" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A763" s="1" t="s">
-        <v>2962</v>
+        <v>2969</v>
       </c>
       <c r="B763" s="1" t="s">
-        <v>2963</v>
+        <v>2970</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>2964</v>
+        <v>2970</v>
       </c>
       <c r="D763" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E763" s="3" t="s">
-        <v>2965</v>
+        <v>2971</v>
       </c>
       <c r="F763" s="3" t="s">
+        <v>1598</v>
+      </c>
+      <c r="G763" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="764" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A764" s="1" t="s">
-        <v>2966</v>
+        <v>2972</v>
       </c>
       <c r="B764" s="1" t="s">
-        <v>2967</v>
+        <v>2973</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>2968</v>
+        <v>2973</v>
       </c>
       <c r="D764" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E764" s="3" t="s">
-        <v>2969</v>
+        <v>2974</v>
       </c>
       <c r="F764" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G764" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="765" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A765" s="1" t="s">
-        <v>2970</v>
+        <v>2975</v>
       </c>
       <c r="B765" s="1" t="s">
-        <v>2971</v>
+        <v>2976</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>2972</v>
+        <v>2977</v>
       </c>
       <c r="D765" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E765" s="3" t="s">
-        <v>2973</v>
+        <v>2978</v>
       </c>
       <c r="F765" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
+      </c>
+      <c r="G765" s="3" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="766" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A766" s="1" t="s">
-        <v>2974</v>
+        <v>2979</v>
       </c>
       <c r="B766" s="1" t="s">
-        <v>2975</v>
+        <v>2980</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>2976</v>
+        <v>2981</v>
       </c>
       <c r="D766" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E766" s="3" t="s">
-        <v>2977</v>
+        <v>2982</v>
       </c>
       <c r="F766" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
+      </c>
+      <c r="G766" s="3" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="767" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A767" s="1" t="s">
-        <v>2978</v>
+        <v>2983</v>
       </c>
       <c r="B767" s="1" t="s">
-        <v>2979</v>
+        <v>2984</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>2980</v>
+        <v>2981</v>
       </c>
       <c r="D767" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E767" s="3" t="s">
-        <v>2981</v>
+        <v>2985</v>
       </c>
       <c r="F767" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
+      </c>
+      <c r="G767" s="3" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="768" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A768" s="1" t="s">
-        <v>2982</v>
+        <v>2986</v>
       </c>
       <c r="B768" s="1" t="s">
-        <v>2983</v>
+        <v>2987</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>2984</v>
+        <v>2981</v>
       </c>
       <c r="D768" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E768" s="3" t="s">
-        <v>2985</v>
+        <v>2988</v>
       </c>
       <c r="F768" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
+      </c>
+      <c r="G768" s="3" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="769" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A769" s="1" t="s">
-        <v>2986</v>
+        <v>2989</v>
       </c>
       <c r="B769" s="1" t="s">
-        <v>2987</v>
+        <v>2990</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>2988</v>
+        <v>2981</v>
       </c>
       <c r="D769" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E769" s="3" t="s">
-        <v>2989</v>
+        <v>2991</v>
       </c>
       <c r="F769" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
+      </c>
+      <c r="G769" s="3" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="770" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A770" s="1" t="s">
-        <v>2990</v>
+        <v>2992</v>
       </c>
       <c r="B770" s="1" t="s">
-        <v>2991</v>
+        <v>2993</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>2992</v>
+        <v>2977</v>
       </c>
       <c r="D770" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E770" s="3" t="s">
-        <v>2993</v>
+        <v>2994</v>
       </c>
       <c r="F770" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
+      </c>
+      <c r="G770" s="3" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="771" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A771" s="1" t="s">
-        <v>2994</v>
+        <v>2995</v>
       </c>
       <c r="B771" s="1" t="s">
-        <v>2995</v>
+        <v>2996</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>2996</v>
+        <v>2977</v>
       </c>
       <c r="D771" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E771" s="3" t="s">
         <v>2997</v>
       </c>
       <c r="F771" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
+      </c>
+      <c r="G771" s="3" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="772" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A772" s="1" t="s">
         <v>2998</v>
       </c>
       <c r="B772" s="1" t="s">
         <v>2999</v>
       </c>
       <c r="C772" s="1" t="s">
         <v>3000</v>
       </c>
       <c r="D772" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E772" s="3" t="s">
         <v>3001</v>
       </c>
       <c r="F772" s="3" t="s">
-        <v>18</v>
+        <v>3002</v>
+      </c>
+      <c r="G772" s="3" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="773" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A773" s="1" t="s">
+        <v>3003</v>
+      </c>
+      <c r="B773" s="1" t="s">
+        <v>3004</v>
+      </c>
+      <c r="C773" s="1" t="s">
+        <v>3005</v>
+      </c>
+      <c r="D773" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E773" s="3" t="s">
+        <v>3006</v>
+      </c>
+      <c r="F773" s="3" t="s">
         <v>3002</v>
       </c>
-      <c r="B773" s="1" t="s">
-[...12 lines deleted...]
-        <v>18</v>
+      <c r="G773" s="3" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="774" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A774" s="1" t="s">
-        <v>3006</v>
+        <v>3007</v>
       </c>
       <c r="B774" s="1" t="s">
-        <v>3007</v>
+        <v>3008</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>3008</v>
+        <v>3000</v>
       </c>
       <c r="D774" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E774" s="3" t="s">
         <v>3009</v>
       </c>
       <c r="F774" s="3" t="s">
-        <v>18</v>
+        <v>3002</v>
+      </c>
+      <c r="G774" s="3" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="775" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A775" s="1" t="s">
         <v>3010</v>
       </c>
       <c r="B775" s="1" t="s">
         <v>3011</v>
       </c>
       <c r="C775" s="1" t="s">
         <v>3012</v>
       </c>
       <c r="D775" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E775" s="3" t="s">
         <v>3013</v>
       </c>
       <c r="F775" s="3" t="s">
-        <v>18</v>
+        <v>755</v>
+      </c>
+      <c r="G775" s="3" t="s">
+        <v>277</v>
       </c>
     </row>
     <row r="776" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A776" s="1" t="s">
         <v>3014</v>
       </c>
       <c r="B776" s="1" t="s">
         <v>3015</v>
       </c>
       <c r="C776" s="1" t="s">
         <v>3016</v>
       </c>
       <c r="D776" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E776" s="3" t="s">
         <v>3017</v>
       </c>
       <c r="F776" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="G776" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="777" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A777" s="1" t="s">
         <v>3018</v>
       </c>
       <c r="B777" s="1" t="s">
         <v>3019</v>
       </c>
       <c r="C777" s="1" t="s">
         <v>3020</v>
       </c>
       <c r="D777" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E777" s="3" t="s">
         <v>3021</v>
       </c>
       <c r="F777" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="G777" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="778" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A778" s="1" t="s">
         <v>3022</v>
       </c>
       <c r="B778" s="1" t="s">
         <v>3023</v>
       </c>
       <c r="C778" s="1" t="s">
         <v>3024</v>
       </c>
       <c r="D778" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E778" s="3" t="s">
         <v>3025</v>
       </c>
       <c r="F778" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="G778" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="779" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A779" s="1" t="s">
         <v>3026</v>
       </c>
       <c r="B779" s="1" t="s">
         <v>3027</v>
       </c>
       <c r="C779" s="1" t="s">
         <v>3028</v>
       </c>
       <c r="D779" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E779" s="3" t="s">
         <v>3029</v>
       </c>
       <c r="F779" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="G779" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="780" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A780" s="1" t="s">
         <v>3030</v>
       </c>
       <c r="B780" s="1" t="s">
         <v>3031</v>
       </c>
       <c r="C780" s="1" t="s">
         <v>3032</v>
       </c>
       <c r="D780" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E780" s="3" t="s">
         <v>3033</v>
       </c>
       <c r="F780" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="G780" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="781" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A781" s="1" t="s">
         <v>3034</v>
       </c>
       <c r="B781" s="1" t="s">
         <v>3035</v>
       </c>
       <c r="C781" s="1" t="s">
         <v>3036</v>
       </c>
       <c r="D781" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E781" s="3" t="s">
         <v>3037</v>
       </c>
       <c r="F781" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="G781" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="782" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A782" s="1" t="s">
         <v>3038</v>
       </c>
       <c r="B782" s="1" t="s">
         <v>3039</v>
       </c>
       <c r="C782" s="1" t="s">
+        <v>3039</v>
+      </c>
+      <c r="D782" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E782" s="3" t="s">
         <v>3040</v>
       </c>
-      <c r="D782" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F782" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G782" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="783" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A783" s="1" t="s">
+        <v>3041</v>
+      </c>
+      <c r="B783" s="1" t="s">
         <v>3042</v>
       </c>
-      <c r="B783" s="1" t="s">
+      <c r="C783" s="1" t="s">
         <v>3043</v>
       </c>
-      <c r="C783" s="1" t="s">
+      <c r="D783" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E783" s="3" t="s">
         <v>3044</v>
       </c>
-      <c r="D783" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E783" s="3" t="s">
+      <c r="F783" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="G783" s="3" t="s">
         <v>3045</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="784" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A784" s="1" t="s">
         <v>3046</v>
       </c>
       <c r="B784" s="1" t="s">
         <v>3047</v>
       </c>
       <c r="C784" s="1" t="s">
         <v>3048</v>
       </c>
       <c r="D784" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E784" s="3" t="s">
         <v>3049</v>
       </c>
       <c r="F784" s="3" t="s">
-        <v>18</v>
+        <v>3050</v>
+      </c>
+      <c r="G784" s="3" t="s">
+        <v>567</v>
       </c>
     </row>
     <row r="785" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A785" s="1" t="s">
-        <v>3050</v>
+        <v>3051</v>
       </c>
       <c r="B785" s="1" t="s">
-        <v>3051</v>
+        <v>3052</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>3052</v>
+        <v>3053</v>
       </c>
       <c r="D785" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E785" s="3" t="s">
-        <v>3053</v>
+        <v>3054</v>
       </c>
       <c r="F785" s="3" t="s">
-        <v>18</v>
+        <v>755</v>
+      </c>
+      <c r="G785" s="3" t="s">
+        <v>3055</v>
       </c>
     </row>
     <row r="786" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A786" s="1" t="s">
-        <v>3054</v>
+        <v>3056</v>
       </c>
       <c r="B786" s="1" t="s">
-        <v>3055</v>
+        <v>3057</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>3056</v>
+        <v>3058</v>
       </c>
       <c r="D786" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E786" s="3" t="s">
-        <v>3057</v>
+        <v>3059</v>
       </c>
       <c r="F786" s="3" t="s">
-        <v>18</v>
+        <v>755</v>
+      </c>
+      <c r="G786" s="3" t="s">
+        <v>277</v>
       </c>
     </row>
     <row r="787" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A787" s="1" t="s">
-        <v>3058</v>
+        <v>3060</v>
       </c>
       <c r="B787" s="1" t="s">
-        <v>3059</v>
+        <v>3061</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>3060</v>
+        <v>3061</v>
       </c>
       <c r="D787" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E787" s="3" t="s">
-        <v>3061</v>
+        <v>3062</v>
       </c>
       <c r="F787" s="3" t="s">
+        <v>1598</v>
+      </c>
+      <c r="G787" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="788" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A788" s="1" t="s">
-        <v>3062</v>
+        <v>2972</v>
       </c>
       <c r="B788" s="1" t="s">
         <v>3063</v>
       </c>
       <c r="C788" s="1" t="s">
+        <v>3063</v>
+      </c>
+      <c r="D788" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E788" s="3" t="s">
         <v>3064</v>
       </c>
-      <c r="D788" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F788" s="3" t="s">
-        <v>2581</v>
+        <v>17</v>
       </c>
       <c r="G788" s="3" t="s">
-        <v>185</v>
+        <v>18</v>
       </c>
     </row>
     <row r="789" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A789" s="1" t="s">
+        <v>3065</v>
+      </c>
+      <c r="B789" s="1" t="s">
         <v>3066</v>
       </c>
-      <c r="B789" s="1" t="s">
+      <c r="C789" s="1" t="s">
         <v>3067</v>
       </c>
-      <c r="C789" s="1" t="s">
+      <c r="D789" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E789" s="3" t="s">
         <v>3068</v>
       </c>
-      <c r="D789" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F789" s="3" t="s">
-        <v>2581</v>
+        <v>755</v>
       </c>
       <c r="G789" s="3" t="s">
-        <v>185</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="790" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A790" s="1" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B790" s="1" t="s">
         <v>3070</v>
       </c>
-      <c r="B790" s="1" t="s">
+      <c r="C790" s="1" t="s">
         <v>3071</v>
       </c>
-      <c r="C790" s="1" t="s">
+      <c r="D790" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E790" s="3" t="s">
         <v>3072</v>
       </c>
-      <c r="D790" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F790" s="3" t="s">
-        <v>2581</v>
+        <v>755</v>
       </c>
       <c r="G790" s="3" t="s">
-        <v>185</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="791" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A791" s="1" t="s">
+        <v>3073</v>
+      </c>
+      <c r="B791" s="1" t="s">
         <v>3074</v>
       </c>
-      <c r="B791" s="1" t="s">
+      <c r="C791" s="1" t="s">
         <v>3075</v>
       </c>
-      <c r="C791" s="1" t="s">
+      <c r="D791" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E791" s="3" t="s">
         <v>3076</v>
       </c>
-      <c r="D791" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F791" s="3" t="s">
-        <v>2581</v>
+        <v>1697</v>
       </c>
       <c r="G791" s="3" t="s">
-        <v>294</v>
+        <v>18</v>
       </c>
     </row>
     <row r="792" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A792" s="1" t="s">
+        <v>3077</v>
+      </c>
+      <c r="B792" s="1" t="s">
         <v>3078</v>
       </c>
-      <c r="B792" s="1" t="s">
+      <c r="C792" s="1" t="s">
         <v>3079</v>
       </c>
-      <c r="C792" s="1" t="s">
+      <c r="D792" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E792" s="3" t="s">
         <v>3080</v>
       </c>
-      <c r="D792" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F792" s="3" t="s">
-        <v>2581</v>
+        <v>33</v>
       </c>
       <c r="G792" s="3" t="s">
-        <v>3082</v>
+        <v>239</v>
       </c>
     </row>
     <row r="793" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A793" s="1" t="s">
+        <v>3081</v>
+      </c>
+      <c r="B793" s="1" t="s">
+        <v>3082</v>
+      </c>
+      <c r="C793" s="1" t="s">
         <v>3083</v>
       </c>
-      <c r="B793" s="1" t="s">
+      <c r="D793" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E793" s="3" t="s">
         <v>3084</v>
       </c>
-      <c r="C793" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F793" s="3" t="s">
-        <v>2581</v>
+        <v>33</v>
       </c>
       <c r="G793" s="3" t="s">
-        <v>2486</v>
+        <v>239</v>
       </c>
     </row>
     <row r="794" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A794" s="1" t="s">
+        <v>3085</v>
+      </c>
+      <c r="B794" s="1" t="s">
+        <v>3086</v>
+      </c>
+      <c r="C794" s="1" t="s">
+        <v>3086</v>
+      </c>
+      <c r="D794" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E794" s="3" t="s">
         <v>3087</v>
       </c>
-      <c r="B794" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F794" s="3" t="s">
-        <v>1675</v>
+        <v>33</v>
       </c>
       <c r="G794" s="3" t="s">
-        <v>18</v>
+        <v>239</v>
       </c>
     </row>
     <row r="795" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A795" s="1" t="s">
+        <v>3088</v>
+      </c>
+      <c r="B795" s="1" t="s">
+        <v>3089</v>
+      </c>
+      <c r="C795" s="1" t="s">
         <v>3090</v>
       </c>
-      <c r="B795" s="1" t="s">
+      <c r="D795" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E795" s="3" t="s">
         <v>3091</v>
       </c>
-      <c r="C795" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F795" s="3" t="s">
-        <v>1675</v>
+        <v>33</v>
       </c>
       <c r="G795" s="3" t="s">
-        <v>18</v>
+        <v>239</v>
       </c>
     </row>
     <row r="796" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A796" s="1" t="s">
+        <v>3092</v>
+      </c>
+      <c r="B796" s="1" t="s">
         <v>3093</v>
-      </c>
-[...1 lines deleted...]
-        <v>3094</v>
       </c>
       <c r="C796" s="1" t="s">
         <v>3094</v>
       </c>
       <c r="D796" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E796" s="3" t="s">
         <v>3095</v>
       </c>
       <c r="F796" s="3" t="s">
-        <v>17</v>
+        <v>354</v>
       </c>
       <c r="G796" s="3" t="s">
-        <v>18</v>
+        <v>239</v>
       </c>
     </row>
     <row r="797" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A797" s="1" t="s">
         <v>3096</v>
       </c>
       <c r="B797" s="1" t="s">
         <v>3097</v>
       </c>
       <c r="C797" s="1" t="s">
         <v>3098</v>
       </c>
       <c r="D797" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E797" s="3" t="s">
         <v>3099</v>
       </c>
       <c r="F797" s="3" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="G797" s="3" t="s">
-        <v>44</v>
+        <v>239</v>
       </c>
     </row>
     <row r="798" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A798" s="1" t="s">
         <v>3100</v>
       </c>
       <c r="B798" s="1" t="s">
         <v>3101</v>
       </c>
       <c r="C798" s="1" t="s">
         <v>3102</v>
       </c>
       <c r="D798" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E798" s="3" t="s">
         <v>3103</v>
       </c>
       <c r="F798" s="3" t="s">
-        <v>17</v>
+        <v>354</v>
       </c>
       <c r="G798" s="3" t="s">
-        <v>44</v>
+        <v>239</v>
       </c>
     </row>
     <row r="799" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A799" s="1" t="s">
         <v>3104</v>
       </c>
       <c r="B799" s="1" t="s">
         <v>3105</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>3102</v>
+        <v>3105</v>
       </c>
       <c r="D799" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E799" s="3" t="s">
         <v>3106</v>
       </c>
       <c r="F799" s="3" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="G799" s="3" t="s">
-        <v>34</v>
+        <v>239</v>
       </c>
     </row>
     <row r="800" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A800" s="1" t="s">
         <v>3107</v>
       </c>
       <c r="B800" s="1" t="s">
         <v>3108</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>3102</v>
+        <v>3108</v>
       </c>
       <c r="D800" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E800" s="3" t="s">
         <v>3109</v>
       </c>
       <c r="F800" s="3" t="s">
-        <v>17</v>
+        <v>1598</v>
       </c>
       <c r="G800" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="801" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A801" s="1" t="s">
         <v>3110</v>
       </c>
       <c r="B801" s="1" t="s">
         <v>3111</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>3102</v>
+        <v>3111</v>
       </c>
       <c r="D801" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E801" s="3" t="s">
         <v>3112</v>
       </c>
       <c r="F801" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G801" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="802" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A802" s="1" t="s">
         <v>3113</v>
       </c>
       <c r="B802" s="1" t="s">
         <v>3114</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>3098</v>
+        <v>3115</v>
       </c>
       <c r="D802" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E802" s="3" t="s">
-        <v>3115</v>
+        <v>3116</v>
       </c>
       <c r="F802" s="3" t="s">
-        <v>17</v>
+        <v>462</v>
       </c>
       <c r="G802" s="3" t="s">
-        <v>44</v>
+        <v>484</v>
       </c>
     </row>
     <row r="803" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A803" s="1" t="s">
-        <v>3116</v>
+        <v>3117</v>
       </c>
       <c r="B803" s="1" t="s">
-        <v>3117</v>
+        <v>3118</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>3098</v>
+        <v>3119</v>
       </c>
       <c r="D803" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E803" s="3" t="s">
-        <v>3118</v>
+        <v>3120</v>
       </c>
       <c r="F803" s="3" t="s">
-        <v>17</v>
+        <v>462</v>
       </c>
       <c r="G803" s="3" t="s">
-        <v>44</v>
+        <v>484</v>
       </c>
     </row>
     <row r="804" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A804" s="1" t="s">
-        <v>3119</v>
+        <v>3121</v>
       </c>
       <c r="B804" s="1" t="s">
-        <v>3120</v>
+        <v>3122</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>3121</v>
+        <v>3123</v>
       </c>
       <c r="D804" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E804" s="3" t="s">
-        <v>3122</v>
+        <v>3124</v>
       </c>
       <c r="F804" s="3" t="s">
-        <v>3123</v>
+        <v>462</v>
       </c>
       <c r="G804" s="3" t="s">
-        <v>44</v>
+        <v>484</v>
       </c>
     </row>
     <row r="805" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A805" s="1" t="s">
-        <v>3124</v>
+        <v>3125</v>
       </c>
       <c r="B805" s="1" t="s">
-        <v>3125</v>
+        <v>3126</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>3126</v>
+        <v>3127</v>
       </c>
       <c r="D805" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E805" s="3" t="s">
-        <v>3127</v>
+        <v>3128</v>
       </c>
       <c r="F805" s="3" t="s">
-        <v>3123</v>
+        <v>462</v>
       </c>
       <c r="G805" s="3" t="s">
-        <v>44</v>
+        <v>484</v>
       </c>
     </row>
     <row r="806" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A806" s="1" t="s">
-        <v>3128</v>
+        <v>3129</v>
       </c>
       <c r="B806" s="1" t="s">
-        <v>3129</v>
+        <v>3130</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>3130</v>
+        <v>3131</v>
       </c>
       <c r="D806" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E806" s="3" t="s">
-        <v>3131</v>
+        <v>3132</v>
       </c>
       <c r="F806" s="3" t="s">
-        <v>3123</v>
+        <v>462</v>
       </c>
       <c r="G806" s="3" t="s">
-        <v>44</v>
+        <v>484</v>
       </c>
     </row>
     <row r="807" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A807" s="1" t="s">
-        <v>3132</v>
+        <v>3133</v>
       </c>
       <c r="B807" s="1" t="s">
-        <v>3133</v>
+        <v>3134</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>3126</v>
+        <v>3135</v>
       </c>
       <c r="D807" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E807" s="3" t="s">
-        <v>3134</v>
+        <v>3136</v>
       </c>
       <c r="F807" s="3" t="s">
-        <v>3123</v>
+        <v>17</v>
       </c>
       <c r="G807" s="3" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="808" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A808" s="1" t="s">
-        <v>3135</v>
+        <v>3137</v>
       </c>
       <c r="B808" s="1" t="s">
-        <v>3136</v>
+        <v>3138</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>3130</v>
+        <v>3139</v>
       </c>
       <c r="D808" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E808" s="3" t="s">
-        <v>3137</v>
+        <v>3140</v>
       </c>
       <c r="F808" s="3" t="s">
-        <v>3123</v>
+        <v>17</v>
       </c>
       <c r="G808" s="3" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="809" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A809" s="1" t="s">
-        <v>3138</v>
+        <v>3141</v>
       </c>
       <c r="B809" s="1" t="s">
-        <v>3139</v>
+        <v>3142</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>3126</v>
+        <v>3143</v>
       </c>
       <c r="D809" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E809" s="3" t="s">
-        <v>3140</v>
+        <v>3144</v>
       </c>
       <c r="F809" s="3" t="s">
-        <v>3123</v>
+        <v>17</v>
       </c>
       <c r="G809" s="3" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="810" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A810" s="1" t="s">
-        <v>3141</v>
+        <v>3145</v>
       </c>
       <c r="B810" s="1" t="s">
-        <v>3142</v>
+        <v>3146</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>3130</v>
+        <v>3147</v>
       </c>
       <c r="D810" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E810" s="3" t="s">
-        <v>3143</v>
+        <v>3148</v>
       </c>
       <c r="F810" s="3" t="s">
-        <v>3123</v>
+        <v>17</v>
       </c>
       <c r="G810" s="3" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="811" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A811" s="1" t="s">
-        <v>3144</v>
+        <v>3149</v>
       </c>
       <c r="B811" s="1" t="s">
-        <v>3145</v>
+        <v>3150</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>3126</v>
+        <v>3151</v>
       </c>
       <c r="D811" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E811" s="3" t="s">
-        <v>3146</v>
+        <v>3152</v>
       </c>
       <c r="F811" s="3" t="s">
-        <v>3123</v>
+        <v>3050</v>
       </c>
       <c r="G811" s="3" t="s">
-        <v>44</v>
+        <v>636</v>
       </c>
     </row>
     <row r="812" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A812" s="1" t="s">
-        <v>3147</v>
+        <v>3153</v>
       </c>
       <c r="B812" s="1" t="s">
-        <v>3148</v>
+        <v>3154</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>3149</v>
+        <v>3155</v>
       </c>
       <c r="D812" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E812" s="3" t="s">
-        <v>3150</v>
+        <v>3156</v>
       </c>
       <c r="F812" s="3" t="s">
-        <v>776</v>
+        <v>3002</v>
       </c>
       <c r="G812" s="3" t="s">
-        <v>299</v>
+        <v>44</v>
       </c>
     </row>
     <row r="813" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A813" s="1" t="s">
-        <v>3151</v>
+        <v>3157</v>
       </c>
       <c r="B813" s="1" t="s">
-        <v>3152</v>
+        <v>3158</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>3153</v>
+        <v>3159</v>
       </c>
       <c r="D813" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E813" s="3" t="s">
-        <v>3154</v>
+        <v>3160</v>
       </c>
       <c r="F813" s="3" t="s">
-        <v>980</v>
+        <v>2467</v>
       </c>
       <c r="G813" s="3" t="s">
-        <v>18</v>
+        <v>636</v>
       </c>
     </row>
     <row r="814" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A814" s="1" t="s">
-        <v>3155</v>
+        <v>3161</v>
       </c>
       <c r="B814" s="1" t="s">
-        <v>3156</v>
+        <v>3162</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>3157</v>
+        <v>3163</v>
       </c>
       <c r="D814" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E814" s="3" t="s">
-        <v>3158</v>
+        <v>3164</v>
       </c>
       <c r="F814" s="3" t="s">
-        <v>829</v>
+        <v>2467</v>
       </c>
       <c r="G814" s="3" t="s">
-        <v>18</v>
+        <v>636</v>
       </c>
     </row>
     <row r="815" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A815" s="1" t="s">
-        <v>3159</v>
+        <v>3165</v>
       </c>
       <c r="B815" s="1" t="s">
-        <v>3160</v>
+        <v>3166</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>3161</v>
+        <v>3167</v>
       </c>
       <c r="D815" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E815" s="3" t="s">
-        <v>3162</v>
+        <v>3168</v>
       </c>
       <c r="F815" s="3" t="s">
-        <v>829</v>
+        <v>582</v>
       </c>
       <c r="G815" s="3" t="s">
-        <v>18</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="816" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A816" s="1" t="s">
-        <v>3163</v>
+        <v>3170</v>
       </c>
       <c r="B816" s="1" t="s">
-        <v>3164</v>
+        <v>3171</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>3165</v>
+        <v>3172</v>
       </c>
       <c r="D816" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E816" s="3" t="s">
-        <v>3166</v>
+        <v>3173</v>
       </c>
       <c r="F816" s="3" t="s">
-        <v>980</v>
+        <v>582</v>
       </c>
       <c r="G816" s="3" t="s">
-        <v>18</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="817" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A817" s="1" t="s">
-        <v>3167</v>
+        <v>3175</v>
       </c>
       <c r="B817" s="1" t="s">
-        <v>3168</v>
+        <v>3176</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>3169</v>
+        <v>3177</v>
       </c>
       <c r="D817" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E817" s="3" t="s">
-        <v>3170</v>
+        <v>3178</v>
       </c>
       <c r="F817" s="3" t="s">
-        <v>980</v>
+        <v>3002</v>
       </c>
       <c r="G817" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="818" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A818" s="1" t="s">
-        <v>3171</v>
+        <v>3179</v>
       </c>
       <c r="B818" s="1" t="s">
-        <v>3172</v>
+        <v>3180</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>3173</v>
+        <v>3181</v>
       </c>
       <c r="D818" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E818" s="3" t="s">
-        <v>3174</v>
+        <v>3182</v>
       </c>
       <c r="F818" s="3" t="s">
-        <v>980</v>
+        <v>2467</v>
       </c>
       <c r="G818" s="3" t="s">
-        <v>18</v>
+        <v>272</v>
       </c>
     </row>
     <row r="819" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A819" s="1" t="s">
-        <v>3175</v>
+        <v>3183</v>
       </c>
       <c r="B819" s="1" t="s">
-        <v>3176</v>
+        <v>3184</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>3177</v>
+        <v>3185</v>
       </c>
       <c r="D819" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E819" s="3" t="s">
-        <v>3178</v>
+        <v>3186</v>
       </c>
       <c r="F819" s="3" t="s">
-        <v>980</v>
+        <v>2467</v>
       </c>
       <c r="G819" s="3" t="s">
-        <v>18</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="820" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A820" s="1" t="s">
-        <v>3179</v>
+        <v>3187</v>
       </c>
       <c r="B820" s="1" t="s">
-        <v>3180</v>
+        <v>3188</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>3181</v>
+        <v>3189</v>
       </c>
       <c r="D820" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E820" s="3" t="s">
-        <v>3182</v>
+        <v>3190</v>
       </c>
       <c r="F820" s="3" t="s">
-        <v>980</v>
+        <v>2467</v>
       </c>
       <c r="G820" s="3" t="s">
-        <v>18</v>
+        <v>277</v>
       </c>
     </row>
     <row r="821" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A821" s="1" t="s">
-        <v>3183</v>
+        <v>3191</v>
       </c>
       <c r="B821" s="1" t="s">
-        <v>3184</v>
+        <v>3192</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>3184</v>
+        <v>3192</v>
       </c>
       <c r="D821" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E821" s="3" t="s">
-        <v>3185</v>
+        <v>3193</v>
       </c>
       <c r="F821" s="3" t="s">
-        <v>17</v>
+        <v>3194</v>
       </c>
       <c r="G821" s="3" t="s">
-        <v>18</v>
+        <v>239</v>
       </c>
     </row>
     <row r="822" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A822" s="1" t="s">
-        <v>3186</v>
+        <v>3195</v>
       </c>
       <c r="B822" s="1" t="s">
-        <v>3187</v>
+        <v>3196</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>3188</v>
+        <v>3196</v>
       </c>
       <c r="D822" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E822" s="3" t="s">
-        <v>3189</v>
+        <v>3197</v>
       </c>
       <c r="F822" s="3" t="s">
-        <v>524</v>
+        <v>955</v>
       </c>
       <c r="G822" s="3" t="s">
-        <v>3190</v>
+        <v>239</v>
       </c>
     </row>
     <row r="823" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A823" s="1" t="s">
-        <v>3191</v>
+        <v>3198</v>
       </c>
       <c r="B823" s="1" t="s">
-        <v>3192</v>
+        <v>3199</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>3193</v>
+        <v>3199</v>
       </c>
       <c r="D823" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E823" s="3" t="s">
+        <v>3200</v>
+      </c>
+      <c r="F823" s="3" t="s">
         <v>3194</v>
       </c>
-      <c r="F823" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G823" s="3" t="s">
-        <v>591</v>
+        <v>239</v>
       </c>
     </row>
     <row r="824" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A824" s="1" t="s">
-        <v>3196</v>
+        <v>3201</v>
       </c>
       <c r="B824" s="1" t="s">
-        <v>3197</v>
+        <v>3202</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>3198</v>
+        <v>3203</v>
       </c>
       <c r="D824" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E824" s="3" t="s">
-        <v>3199</v>
+        <v>3204</v>
       </c>
       <c r="F824" s="3" t="s">
-        <v>776</v>
+        <v>2345</v>
       </c>
       <c r="G824" s="3" t="s">
-        <v>3200</v>
+        <v>44</v>
       </c>
     </row>
     <row r="825" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A825" s="1" t="s">
-        <v>3201</v>
+        <v>3205</v>
       </c>
       <c r="B825" s="1" t="s">
-        <v>3202</v>
+        <v>3206</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>3203</v>
+        <v>3207</v>
       </c>
       <c r="D825" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E825" s="3" t="s">
-        <v>3204</v>
+        <v>3208</v>
       </c>
       <c r="F825" s="3" t="s">
-        <v>776</v>
+        <v>2345</v>
       </c>
       <c r="G825" s="3" t="s">
-        <v>299</v>
+        <v>44</v>
       </c>
     </row>
     <row r="826" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A826" s="1" t="s">
-        <v>3205</v>
+        <v>3209</v>
       </c>
       <c r="B826" s="1" t="s">
-        <v>3206</v>
+        <v>3210</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>3207</v>
+        <v>3211</v>
       </c>
       <c r="D826" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E826" s="3" t="s">
-        <v>3208</v>
+        <v>3212</v>
       </c>
       <c r="F826" s="3" t="s">
-        <v>1675</v>
+        <v>2345</v>
       </c>
       <c r="G826" s="3" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
     </row>
     <row r="827" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A827" s="1" t="s">
-        <v>3093</v>
+        <v>3213</v>
       </c>
       <c r="B827" s="1" t="s">
-        <v>3209</v>
+        <v>3214</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>3209</v>
+        <v>3214</v>
       </c>
       <c r="D827" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E827" s="3" t="s">
-        <v>3210</v>
+        <v>3215</v>
       </c>
       <c r="F827" s="3" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="G827" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="828" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A828" s="1" t="s">
-        <v>3211</v>
+        <v>3216</v>
       </c>
       <c r="B828" s="1" t="s">
-        <v>3212</v>
+        <v>3217</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>3213</v>
+        <v>3218</v>
       </c>
       <c r="D828" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E828" s="3" t="s">
-        <v>3214</v>
+        <v>3219</v>
       </c>
       <c r="F828" s="3" t="s">
-        <v>776</v>
+        <v>170</v>
       </c>
       <c r="G828" s="3" t="s">
-        <v>3200</v>
+        <v>18</v>
       </c>
     </row>
     <row r="829" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A829" s="1" t="s">
-        <v>3215</v>
+        <v>3220</v>
       </c>
       <c r="B829" s="1" t="s">
-        <v>3216</v>
+        <v>3221</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>3217</v>
+        <v>3221</v>
       </c>
       <c r="D829" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E829" s="3" t="s">
-        <v>3218</v>
+        <v>3222</v>
       </c>
       <c r="F829" s="3" t="s">
-        <v>776</v>
+        <v>170</v>
       </c>
       <c r="G829" s="3" t="s">
-        <v>3200</v>
+        <v>18</v>
       </c>
     </row>
     <row r="830" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A830" s="1" t="s">
-        <v>3219</v>
+        <v>3223</v>
       </c>
       <c r="B830" s="1" t="s">
-        <v>3220</v>
+        <v>3224</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>3221</v>
+        <v>3225</v>
       </c>
       <c r="D830" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E830" s="3" t="s">
-        <v>3222</v>
+        <v>3226</v>
       </c>
       <c r="F830" s="3" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="G830" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="831" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A831" s="1" t="s">
-        <v>3223</v>
+        <v>3227</v>
       </c>
       <c r="B831" s="1" t="s">
-        <v>3224</v>
+        <v>3228</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>3225</v>
+        <v>3229</v>
       </c>
       <c r="D831" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E831" s="3" t="s">
-        <v>3226</v>
+        <v>3230</v>
       </c>
       <c r="F831" s="3" t="s">
-        <v>1800</v>
+        <v>170</v>
       </c>
       <c r="G831" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="832" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A832" s="1" t="s">
-        <v>3227</v>
+        <v>3231</v>
       </c>
       <c r="B832" s="1" t="s">
-        <v>3228</v>
+        <v>3232</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>3229</v>
+        <v>3232</v>
       </c>
       <c r="D832" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E832" s="3" t="s">
-        <v>3230</v>
+        <v>3233</v>
       </c>
       <c r="F832" s="3" t="s">
-        <v>1202</v>
+        <v>170</v>
       </c>
       <c r="G832" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="833" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A833" s="1" t="s">
-        <v>3231</v>
+        <v>3234</v>
       </c>
       <c r="B833" s="1" t="s">
-        <v>3232</v>
+        <v>3235</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>3233</v>
+        <v>3236</v>
       </c>
       <c r="D833" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E833" s="3" t="s">
-        <v>3234</v>
+        <v>3237</v>
       </c>
       <c r="F833" s="3" t="s">
-        <v>33</v>
+        <v>1175</v>
       </c>
       <c r="G833" s="3" t="s">
-        <v>185</v>
+        <v>34</v>
       </c>
     </row>
     <row r="834" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A834" s="1" t="s">
-        <v>3235</v>
+        <v>3238</v>
       </c>
       <c r="B834" s="1" t="s">
-        <v>3236</v>
+        <v>3239</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>3236</v>
+        <v>3240</v>
       </c>
       <c r="D834" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E834" s="3" t="s">
-        <v>3237</v>
+        <v>3241</v>
       </c>
       <c r="F834" s="3" t="s">
-        <v>33</v>
+        <v>1175</v>
       </c>
       <c r="G834" s="3" t="s">
-        <v>185</v>
+        <v>34</v>
       </c>
     </row>
     <row r="835" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A835" s="1" t="s">
-        <v>3238</v>
+        <v>3242</v>
       </c>
       <c r="B835" s="1" t="s">
-        <v>3239</v>
+        <v>3243</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>3240</v>
+        <v>3244</v>
       </c>
       <c r="D835" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E835" s="3" t="s">
-        <v>3241</v>
+        <v>3245</v>
       </c>
       <c r="F835" s="3" t="s">
-        <v>33</v>
+        <v>1175</v>
       </c>
       <c r="G835" s="3" t="s">
-        <v>185</v>
+        <v>23</v>
       </c>
     </row>
     <row r="836" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A836" s="1" t="s">
-        <v>3242</v>
+        <v>3246</v>
       </c>
       <c r="B836" s="1" t="s">
-        <v>3243</v>
+        <v>3247</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>3244</v>
+        <v>3248</v>
       </c>
       <c r="D836" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E836" s="3" t="s">
-        <v>3245</v>
+        <v>3249</v>
       </c>
       <c r="F836" s="3" t="s">
-        <v>376</v>
+        <v>1175</v>
       </c>
       <c r="G836" s="3" t="s">
-        <v>185</v>
+        <v>23</v>
       </c>
     </row>
     <row r="837" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A837" s="1" t="s">
-        <v>3246</v>
+        <v>3250</v>
       </c>
       <c r="B837" s="1" t="s">
-        <v>3247</v>
+        <v>3251</v>
       </c>
       <c r="C837" s="1" t="s">
         <v>3248</v>
       </c>
       <c r="D837" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E837" s="3" t="s">
-        <v>3249</v>
+        <v>3252</v>
       </c>
       <c r="F837" s="3" t="s">
-        <v>33</v>
+        <v>1175</v>
       </c>
       <c r="G837" s="3" t="s">
-        <v>185</v>
+        <v>23</v>
       </c>
     </row>
     <row r="838" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A838" s="1" t="s">
-        <v>3250</v>
+        <v>3253</v>
       </c>
       <c r="B838" s="1" t="s">
-        <v>3251</v>
+        <v>3254</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>3252</v>
+        <v>3255</v>
       </c>
       <c r="D838" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E838" s="3" t="s">
-        <v>3253</v>
+        <v>3256</v>
       </c>
       <c r="F838" s="3" t="s">
-        <v>376</v>
+        <v>1175</v>
       </c>
       <c r="G838" s="3" t="s">
-        <v>185</v>
+        <v>23</v>
       </c>
     </row>
     <row r="839" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A839" s="1" t="s">
-        <v>3254</v>
+        <v>3257</v>
       </c>
       <c r="B839" s="1" t="s">
-        <v>3255</v>
+        <v>3258</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>3255</v>
+        <v>3259</v>
       </c>
       <c r="D839" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E839" s="3" t="s">
-        <v>3256</v>
+        <v>3260</v>
       </c>
       <c r="F839" s="3" t="s">
-        <v>33</v>
+        <v>1175</v>
       </c>
       <c r="G839" s="3" t="s">
-        <v>185</v>
+        <v>23</v>
       </c>
     </row>
     <row r="840" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A840" s="1" t="s">
-        <v>3257</v>
+        <v>3261</v>
       </c>
       <c r="B840" s="1" t="s">
-        <v>3258</v>
+        <v>3262</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>3258</v>
+        <v>3259</v>
       </c>
       <c r="D840" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E840" s="3" t="s">
-        <v>3259</v>
+        <v>3263</v>
       </c>
       <c r="F840" s="3" t="s">
-        <v>1675</v>
+        <v>1175</v>
       </c>
       <c r="G840" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="841" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A841" s="1" t="s">
-        <v>3260</v>
+        <v>3264</v>
       </c>
       <c r="B841" s="1" t="s">
-        <v>3261</v>
+        <v>3265</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>3261</v>
+        <v>3259</v>
       </c>
       <c r="D841" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E841" s="3" t="s">
-        <v>3262</v>
+        <v>3266</v>
       </c>
       <c r="F841" s="3" t="s">
-        <v>17</v>
+        <v>1175</v>
       </c>
       <c r="G841" s="3" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
     </row>
     <row r="842" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A842" s="1" t="s">
-        <v>3263</v>
+        <v>3267</v>
       </c>
       <c r="B842" s="1" t="s">
-        <v>3264</v>
+        <v>3268</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>3265</v>
+        <v>3269</v>
       </c>
       <c r="D842" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E842" s="3" t="s">
-        <v>3266</v>
+        <v>3270</v>
       </c>
       <c r="F842" s="3" t="s">
-        <v>480</v>
+        <v>1175</v>
       </c>
       <c r="G842" s="3" t="s">
-        <v>502</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="843" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A843" s="1" t="s">
-        <v>3267</v>
+        <v>3271</v>
       </c>
       <c r="B843" s="1" t="s">
-        <v>3268</v>
+        <v>3272</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>3269</v>
+        <v>3273</v>
       </c>
       <c r="D843" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E843" s="3" t="s">
-        <v>3270</v>
+        <v>3274</v>
       </c>
       <c r="F843" s="3" t="s">
-        <v>480</v>
+        <v>1175</v>
       </c>
       <c r="G843" s="3" t="s">
-        <v>502</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="844" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A844" s="1" t="s">
-        <v>3271</v>
+        <v>3275</v>
       </c>
       <c r="B844" s="1" t="s">
-        <v>3272</v>
+        <v>3276</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>3273</v>
+        <v>3277</v>
       </c>
       <c r="D844" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E844" s="3" t="s">
-        <v>3274</v>
+        <v>3278</v>
       </c>
       <c r="F844" s="3" t="s">
-        <v>480</v>
+        <v>1175</v>
       </c>
       <c r="G844" s="3" t="s">
-        <v>502</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="845" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A845" s="1" t="s">
-        <v>3275</v>
+        <v>3279</v>
       </c>
       <c r="B845" s="1" t="s">
-        <v>3276</v>
+        <v>3280</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>3277</v>
+        <v>3281</v>
       </c>
       <c r="D845" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E845" s="3" t="s">
-        <v>3278</v>
+        <v>3282</v>
       </c>
       <c r="F845" s="3" t="s">
-        <v>480</v>
+        <v>1175</v>
       </c>
       <c r="G845" s="3" t="s">
-        <v>502</v>
+        <v>34</v>
       </c>
     </row>
     <row r="846" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A846" s="1" t="s">
-        <v>3279</v>
+        <v>3283</v>
       </c>
       <c r="B846" s="1" t="s">
-        <v>3280</v>
+        <v>3284</v>
       </c>
       <c r="C846" s="1" t="s">
         <v>3281</v>
       </c>
       <c r="D846" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E846" s="3" t="s">
-        <v>3282</v>
+        <v>3285</v>
       </c>
       <c r="F846" s="3" t="s">
-        <v>480</v>
+        <v>1175</v>
       </c>
       <c r="G846" s="3" t="s">
-        <v>502</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="847" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A847" s="1" t="s">
-        <v>3283</v>
+        <v>3286</v>
       </c>
       <c r="B847" s="1" t="s">
-        <v>3284</v>
+        <v>3287</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>3285</v>
+        <v>3236</v>
       </c>
       <c r="D847" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E847" s="3" t="s">
-        <v>3286</v>
+        <v>3288</v>
       </c>
       <c r="F847" s="3" t="s">
-        <v>480</v>
+        <v>1175</v>
       </c>
       <c r="G847" s="3" t="s">
-        <v>502</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="848" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A848" s="1" t="s">
-        <v>3287</v>
+        <v>3289</v>
       </c>
       <c r="B848" s="1" t="s">
-        <v>3288</v>
+        <v>3290</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>3289</v>
+        <v>3291</v>
       </c>
       <c r="D848" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E848" s="3" t="s">
-        <v>3290</v>
+        <v>3292</v>
       </c>
       <c r="F848" s="3" t="s">
-        <v>17</v>
+        <v>1175</v>
       </c>
       <c r="G848" s="3" t="s">
-        <v>34</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="849" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A849" s="1" t="s">
-        <v>3291</v>
+        <v>3293</v>
       </c>
       <c r="B849" s="1" t="s">
-        <v>3292</v>
+        <v>3294</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>3293</v>
+        <v>3295</v>
       </c>
       <c r="D849" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E849" s="3" t="s">
-        <v>3294</v>
+        <v>3296</v>
       </c>
       <c r="F849" s="3" t="s">
-        <v>17</v>
+        <v>1175</v>
       </c>
       <c r="G849" s="3" t="s">
-        <v>34</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="850" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A850" s="1" t="s">
-        <v>3295</v>
+        <v>3297</v>
       </c>
       <c r="B850" s="1" t="s">
-        <v>3296</v>
+        <v>3298</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>3297</v>
+        <v>3299</v>
       </c>
       <c r="D850" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E850" s="3" t="s">
-        <v>3298</v>
+        <v>3300</v>
       </c>
       <c r="F850" s="3" t="s">
-        <v>17</v>
+        <v>1175</v>
       </c>
       <c r="G850" s="3" t="s">
-        <v>34</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="851" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A851" s="1" t="s">
-        <v>3299</v>
+        <v>3301</v>
       </c>
       <c r="B851" s="1" t="s">
-        <v>3300</v>
+        <v>3302</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>3301</v>
+        <v>3303</v>
       </c>
       <c r="D851" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E851" s="3" t="s">
-        <v>3302</v>
+        <v>3304</v>
       </c>
       <c r="F851" s="3" t="s">
-        <v>17</v>
+        <v>1175</v>
       </c>
       <c r="G851" s="3" t="s">
-        <v>34</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="852" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A852" s="1" t="s">
-        <v>3303</v>
+        <v>3305</v>
       </c>
       <c r="B852" s="1" t="s">
-        <v>3304</v>
+        <v>3306</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>3305</v>
+        <v>3307</v>
       </c>
       <c r="D852" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E852" s="3" t="s">
-        <v>3306</v>
+        <v>3308</v>
       </c>
       <c r="F852" s="3" t="s">
-        <v>3195</v>
+        <v>1175</v>
       </c>
       <c r="G852" s="3" t="s">
-        <v>653</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="853" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A853" s="1" t="s">
-        <v>3307</v>
+        <v>3309</v>
       </c>
       <c r="B853" s="1" t="s">
-        <v>3308</v>
+        <v>3310</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>3309</v>
+        <v>3311</v>
       </c>
       <c r="D853" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E853" s="3" t="s">
-        <v>3310</v>
+        <v>3312</v>
       </c>
       <c r="F853" s="3" t="s">
-        <v>3195</v>
+        <v>1175</v>
       </c>
       <c r="G853" s="3" t="s">
-        <v>653</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="854" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A854" s="1" t="s">
-        <v>3311</v>
+        <v>3313</v>
       </c>
       <c r="B854" s="1" t="s">
-        <v>3312</v>
+        <v>3314</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>3313</v>
+        <v>3315</v>
       </c>
       <c r="D854" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E854" s="3" t="s">
-        <v>3314</v>
+        <v>3316</v>
       </c>
       <c r="F854" s="3" t="s">
-        <v>3123</v>
+        <v>1175</v>
       </c>
       <c r="G854" s="3" t="s">
-        <v>44</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="855" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A855" s="1" t="s">
-        <v>3315</v>
+        <v>3317</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>3316</v>
+        <v>3318</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>3317</v>
+        <v>3319</v>
       </c>
       <c r="D855" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E855" s="3" t="s">
-        <v>3318</v>
+        <v>3320</v>
       </c>
       <c r="F855" s="3" t="s">
-        <v>3123</v>
+        <v>1175</v>
       </c>
       <c r="G855" s="3" t="s">
-        <v>44</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="856" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A856" s="1" t="s">
-        <v>3319</v>
+        <v>3321</v>
       </c>
       <c r="B856" s="1" t="s">
-        <v>3320</v>
+        <v>3322</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>3321</v>
+        <v>3323</v>
       </c>
       <c r="D856" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E856" s="3" t="s">
-        <v>3322</v>
+        <v>3324</v>
       </c>
       <c r="F856" s="3" t="s">
-        <v>2581</v>
+        <v>1175</v>
       </c>
       <c r="G856" s="3" t="s">
-        <v>653</v>
+        <v>34</v>
       </c>
     </row>
     <row r="857" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A857" s="1" t="s">
-        <v>3323</v>
+        <v>3325</v>
       </c>
       <c r="B857" s="1" t="s">
-        <v>3324</v>
+        <v>3326</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>3325</v>
+        <v>3327</v>
       </c>
       <c r="D857" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E857" s="3" t="s">
-        <v>3326</v>
+        <v>3328</v>
       </c>
       <c r="F857" s="3" t="s">
-        <v>2581</v>
+        <v>1175</v>
       </c>
       <c r="G857" s="3" t="s">
-        <v>653</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="858" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A858" s="1" t="s">
-        <v>3327</v>
+        <v>3329</v>
       </c>
       <c r="B858" s="1" t="s">
-        <v>1028</v>
+        <v>3330</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>3328</v>
+        <v>3331</v>
       </c>
       <c r="D858" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E858" s="3" t="s">
-        <v>3329</v>
+        <v>3332</v>
       </c>
       <c r="F858" s="3" t="s">
-        <v>585</v>
+        <v>621</v>
       </c>
       <c r="G858" s="3" t="s">
-        <v>3330</v>
+        <v>34</v>
       </c>
     </row>
     <row r="859" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A859" s="1" t="s">
-        <v>3331</v>
+        <v>3333</v>
       </c>
       <c r="B859" s="1" t="s">
-        <v>3332</v>
+        <v>3334</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>3333</v>
+        <v>3335</v>
       </c>
       <c r="D859" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E859" s="3" t="s">
-        <v>3334</v>
+        <v>3336</v>
       </c>
       <c r="F859" s="3" t="s">
-        <v>585</v>
+        <v>1175</v>
       </c>
       <c r="G859" s="3" t="s">
-        <v>3335</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="860" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A860" s="1" t="s">
-        <v>3336</v>
+        <v>3337</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>3337</v>
+        <v>3338</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>3338</v>
+        <v>3339</v>
       </c>
       <c r="D860" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E860" s="3" t="s">
-        <v>3339</v>
+        <v>3340</v>
       </c>
       <c r="F860" s="3" t="s">
-        <v>3123</v>
+        <v>1175</v>
       </c>
       <c r="G860" s="3" t="s">
-        <v>18</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="861" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A861" s="1" t="s">
-        <v>3340</v>
+        <v>3341</v>
       </c>
       <c r="B861" s="1" t="s">
-        <v>3341</v>
+        <v>3342</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>3342</v>
+        <v>3343</v>
       </c>
       <c r="D861" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E861" s="3" t="s">
-        <v>3343</v>
+        <v>3344</v>
       </c>
       <c r="F861" s="3" t="s">
-        <v>2581</v>
+        <v>1175</v>
       </c>
       <c r="G861" s="3" t="s">
-        <v>294</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="862" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A862" s="1" t="s">
-        <v>3344</v>
+        <v>3345</v>
       </c>
       <c r="B862" s="1" t="s">
-        <v>3345</v>
+        <v>3346</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>3346</v>
+        <v>3347</v>
       </c>
       <c r="D862" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E862" s="3" t="s">
-        <v>3347</v>
+        <v>3348</v>
       </c>
       <c r="F862" s="3" t="s">
-        <v>2581</v>
+        <v>1175</v>
       </c>
       <c r="G862" s="3" t="s">
-        <v>1056</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="863" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A863" s="1" t="s">
-        <v>3348</v>
+        <v>3349</v>
       </c>
       <c r="B863" s="1" t="s">
-        <v>3349</v>
+        <v>3350</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>3350</v>
+        <v>3351</v>
       </c>
       <c r="D863" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E863" s="3" t="s">
-        <v>3351</v>
+        <v>3352</v>
       </c>
       <c r="F863" s="3" t="s">
-        <v>2581</v>
+        <v>1697</v>
       </c>
       <c r="G863" s="3" t="s">
-        <v>299</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="864" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A864" s="1" t="s">
-        <v>3352</v>
+        <v>3354</v>
       </c>
       <c r="B864" s="1" t="s">
+        <v>3355</v>
+      </c>
+      <c r="C864" s="1" t="s">
+        <v>3356</v>
+      </c>
+      <c r="D864" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E864" s="3" t="s">
+        <v>3357</v>
+      </c>
+      <c r="F864" s="3" t="s">
+        <v>1697</v>
+      </c>
+      <c r="G864" s="3" t="s">
         <v>3353</v>
-      </c>
-[...13 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="865" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A865" s="1" t="s">
-        <v>3356</v>
+        <v>3358</v>
       </c>
       <c r="B865" s="1" t="s">
-        <v>3357</v>
+        <v>3359</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>3357</v>
+        <v>3360</v>
       </c>
       <c r="D865" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E865" s="3" t="s">
-        <v>3358</v>
+        <v>3361</v>
       </c>
       <c r="F865" s="3" t="s">
-        <v>3355</v>
+        <v>1697</v>
       </c>
       <c r="G865" s="3" t="s">
-        <v>185</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="866" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A866" s="1" t="s">
-        <v>3359</v>
+        <v>3362</v>
       </c>
       <c r="B866" s="1" t="s">
-        <v>3360</v>
+        <v>3363</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>3360</v>
+        <v>3364</v>
       </c>
       <c r="D866" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E866" s="3" t="s">
-        <v>3361</v>
+        <v>3365</v>
       </c>
       <c r="F866" s="3" t="s">
-        <v>980</v>
+        <v>1697</v>
       </c>
       <c r="G866" s="3" t="s">
-        <v>185</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="867" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A867" s="1" t="s">
-        <v>3362</v>
+        <v>3366</v>
       </c>
       <c r="B867" s="1" t="s">
-        <v>3363</v>
+        <v>3367</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>3363</v>
+        <v>3368</v>
       </c>
       <c r="D867" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E867" s="3" t="s">
-        <v>3364</v>
+        <v>3369</v>
       </c>
       <c r="F867" s="3" t="s">
-        <v>3355</v>
+        <v>1697</v>
       </c>
       <c r="G867" s="3" t="s">
-        <v>185</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="868" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A868" s="1" t="s">
-        <v>3365</v>
+        <v>3370</v>
       </c>
       <c r="B868" s="1" t="s">
-        <v>3366</v>
+        <v>3371</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>3366</v>
+        <v>3368</v>
       </c>
       <c r="D868" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E868" s="3" t="s">
-        <v>3367</v>
+        <v>3372</v>
       </c>
       <c r="F868" s="3" t="s">
-        <v>3355</v>
+        <v>1697</v>
       </c>
       <c r="G868" s="3" t="s">
-        <v>185</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="869" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A869" s="1" t="s">
+        <v>3373</v>
+      </c>
+      <c r="B869" s="1" t="s">
+        <v>3374</v>
+      </c>
+      <c r="C869" s="1" t="s">
         <v>3368</v>
       </c>
-      <c r="B869" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D869" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E869" s="3" t="s">
-        <v>3371</v>
+        <v>3375</v>
       </c>
       <c r="F869" s="3" t="s">
-        <v>2443</v>
+        <v>1697</v>
       </c>
       <c r="G869" s="3" t="s">
-        <v>44</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="870" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A870" s="1" t="s">
-        <v>3372</v>
+        <v>3376</v>
       </c>
       <c r="B870" s="1" t="s">
-        <v>3373</v>
+        <v>3377</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>3374</v>
+        <v>3368</v>
       </c>
       <c r="D870" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E870" s="3" t="s">
-        <v>3375</v>
+        <v>3378</v>
       </c>
       <c r="F870" s="3" t="s">
-        <v>2443</v>
+        <v>1697</v>
       </c>
       <c r="G870" s="3" t="s">
-        <v>44</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="871" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A871" s="1" t="s">
-        <v>3376</v>
+        <v>3379</v>
       </c>
       <c r="B871" s="1" t="s">
-        <v>3377</v>
+        <v>3380</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>3378</v>
+        <v>3368</v>
       </c>
       <c r="D871" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E871" s="3" t="s">
-        <v>3379</v>
+        <v>3381</v>
       </c>
       <c r="F871" s="3" t="s">
-        <v>2443</v>
+        <v>1697</v>
       </c>
       <c r="G871" s="3" t="s">
-        <v>44</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="872" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A872" s="1" t="s">
-        <v>3380</v>
+        <v>3382</v>
       </c>
       <c r="B872" s="1" t="s">
-        <v>3381</v>
+        <v>3383</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>3381</v>
+        <v>3368</v>
       </c>
       <c r="D872" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E872" s="3" t="s">
-        <v>3382</v>
+        <v>3384</v>
       </c>
       <c r="F872" s="3" t="s">
-        <v>166</v>
+        <v>1697</v>
       </c>
       <c r="G872" s="3" t="s">
-        <v>18</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="873" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A873" s="1" t="s">
-        <v>3383</v>
+        <v>3385</v>
       </c>
       <c r="B873" s="1" t="s">
-        <v>3384</v>
+        <v>3386</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>3385</v>
+        <v>3368</v>
       </c>
       <c r="D873" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E873" s="3" t="s">
-        <v>3386</v>
+        <v>3387</v>
       </c>
       <c r="F873" s="3" t="s">
-        <v>166</v>
+        <v>1697</v>
       </c>
       <c r="G873" s="3" t="s">
-        <v>18</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="874" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A874" s="1" t="s">
-        <v>3387</v>
+        <v>3388</v>
       </c>
       <c r="B874" s="1" t="s">
-        <v>3388</v>
+        <v>3389</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>3388</v>
+        <v>3368</v>
       </c>
       <c r="D874" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E874" s="3" t="s">
-        <v>3389</v>
+        <v>3390</v>
       </c>
       <c r="F874" s="3" t="s">
-        <v>166</v>
+        <v>1697</v>
       </c>
       <c r="G874" s="3" t="s">
-        <v>18</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="875" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A875" s="1" t="s">
-        <v>3390</v>
+        <v>3391</v>
       </c>
       <c r="B875" s="1" t="s">
-        <v>3391</v>
+        <v>3392</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>3392</v>
+        <v>3393</v>
       </c>
       <c r="D875" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E875" s="3" t="s">
-        <v>3393</v>
+        <v>3394</v>
       </c>
       <c r="F875" s="3" t="s">
-        <v>166</v>
+        <v>1697</v>
       </c>
       <c r="G875" s="3" t="s">
-        <v>18</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="876" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A876" s="1" t="s">
-        <v>3394</v>
+        <v>3395</v>
       </c>
       <c r="B876" s="1" t="s">
-        <v>3395</v>
+        <v>3396</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>3396</v>
+        <v>3393</v>
       </c>
       <c r="D876" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E876" s="3" t="s">
         <v>3397</v>
       </c>
       <c r="F876" s="3" t="s">
-        <v>166</v>
+        <v>1697</v>
       </c>
       <c r="G876" s="3" t="s">
-        <v>18</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="877" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A877" s="1" t="s">
         <v>3398</v>
       </c>
       <c r="B877" s="1" t="s">
         <v>3399</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>3399</v>
+        <v>3393</v>
       </c>
       <c r="D877" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E877" s="3" t="s">
         <v>3400</v>
       </c>
       <c r="F877" s="3" t="s">
-        <v>166</v>
+        <v>1697</v>
       </c>
       <c r="G877" s="3" t="s">
-        <v>18</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="878" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A878" s="1" t="s">
         <v>3401</v>
       </c>
       <c r="B878" s="1" t="s">
         <v>3402</v>
       </c>
       <c r="C878" s="1" t="s">
+        <v>3393</v>
+      </c>
+      <c r="D878" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E878" s="3" t="s">
         <v>3403</v>
       </c>
-      <c r="D878" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F878" s="3" t="s">
-        <v>1241</v>
+        <v>1697</v>
       </c>
       <c r="G878" s="3" t="s">
-        <v>34</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="879" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A879" s="1" t="s">
+        <v>3404</v>
+      </c>
+      <c r="B879" s="1" t="s">
         <v>3405</v>
       </c>
-      <c r="B879" s="1" t="s">
+      <c r="C879" s="1" t="s">
         <v>3406</v>
       </c>
-      <c r="C879" s="1" t="s">
+      <c r="D879" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E879" s="3" t="s">
         <v>3407</v>
       </c>
-      <c r="D879" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F879" s="3" t="s">
-        <v>1241</v>
+        <v>1697</v>
       </c>
       <c r="G879" s="3" t="s">
-        <v>34</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="880" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A880" s="1" t="s">
+        <v>3408</v>
+      </c>
+      <c r="B880" s="1" t="s">
         <v>3409</v>
       </c>
-      <c r="B880" s="1" t="s">
+      <c r="C880" s="1" t="s">
         <v>3410</v>
       </c>
-      <c r="C880" s="1" t="s">
+      <c r="D880" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E880" s="3" t="s">
         <v>3411</v>
       </c>
-      <c r="D880" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F880" s="3" t="s">
-        <v>1241</v>
+        <v>1697</v>
       </c>
       <c r="G880" s="3" t="s">
-        <v>34</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="881" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A881" s="1" t="s">
+        <v>3412</v>
+      </c>
+      <c r="B881" s="1" t="s">
         <v>3413</v>
       </c>
-      <c r="B881" s="1" t="s">
+      <c r="C881" s="1" t="s">
         <v>3414</v>
       </c>
-      <c r="C881" s="1" t="s">
+      <c r="D881" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E881" s="3" t="s">
         <v>3415</v>
       </c>
-      <c r="D881" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F881" s="3" t="s">
-        <v>1241</v>
+        <v>1697</v>
       </c>
       <c r="G881" s="3" t="s">
-        <v>23</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="882" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A882" s="1" t="s">
+        <v>3416</v>
+      </c>
+      <c r="B882" s="1" t="s">
         <v>3417</v>
       </c>
-      <c r="B882" s="1" t="s">
+      <c r="C882" s="1" t="s">
         <v>3418</v>
       </c>
-      <c r="C882" s="1" t="s">
+      <c r="D882" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E882" s="3" t="s">
         <v>3419</v>
       </c>
-      <c r="D882" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F882" s="3" t="s">
-        <v>1241</v>
+        <v>1697</v>
       </c>
       <c r="G882" s="3" t="s">
-        <v>23</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="883" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A883" s="1" t="s">
+        <v>3420</v>
+      </c>
+      <c r="B883" s="1" t="s">
         <v>3421</v>
       </c>
-      <c r="B883" s="1" t="s">
+      <c r="C883" s="1" t="s">
         <v>3422</v>
       </c>
-      <c r="C883" s="1" t="s">
+      <c r="D883" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E883" s="3" t="s">
         <v>3423</v>
       </c>
-      <c r="D883" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F883" s="3" t="s">
-        <v>1241</v>
+        <v>1697</v>
       </c>
       <c r="G883" s="3" t="s">
-        <v>23</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="884" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A884" s="1" t="s">
+        <v>3424</v>
+      </c>
+      <c r="B884" s="1" t="s">
         <v>3425</v>
       </c>
-      <c r="B884" s="1" t="s">
+      <c r="C884" s="1" t="s">
         <v>3426</v>
-      </c>
-[...1 lines deleted...]
-        <v>3415</v>
       </c>
       <c r="D884" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E884" s="3" t="s">
         <v>3427</v>
       </c>
       <c r="F884" s="3" t="s">
-        <v>1241</v>
+        <v>534</v>
       </c>
       <c r="G884" s="3" t="s">
-        <v>23</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="885" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A885" s="1" t="s">
         <v>3428</v>
       </c>
       <c r="B885" s="1" t="s">
         <v>3429</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>3419</v>
+        <v>3430</v>
       </c>
       <c r="D885" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E885" s="3" t="s">
-        <v>3430</v>
+        <v>3431</v>
       </c>
       <c r="F885" s="3" t="s">
-        <v>1241</v>
+        <v>534</v>
       </c>
       <c r="G885" s="3" t="s">
-        <v>23</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="886" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A886" s="1" t="s">
-        <v>3431</v>
+        <v>3432</v>
       </c>
       <c r="B886" s="1" t="s">
-        <v>3432</v>
+        <v>3433</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>3433</v>
+        <v>3434</v>
       </c>
       <c r="D886" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E886" s="3" t="s">
-        <v>3434</v>
+        <v>3435</v>
       </c>
       <c r="F886" s="3" t="s">
-        <v>1241</v>
+        <v>506</v>
       </c>
       <c r="G886" s="3" t="s">
-        <v>23</v>
+        <v>239</v>
       </c>
     </row>
     <row r="887" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A887" s="1" t="s">
-        <v>3435</v>
+        <v>3436</v>
       </c>
       <c r="B887" s="1" t="s">
-        <v>3436</v>
+        <v>3437</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>3437</v>
+        <v>3438</v>
       </c>
       <c r="D887" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E887" s="3" t="s">
-        <v>3438</v>
+        <v>3439</v>
       </c>
       <c r="F887" s="3" t="s">
-        <v>1241</v>
+        <v>506</v>
       </c>
       <c r="G887" s="3" t="s">
-        <v>1251</v>
+        <v>239</v>
       </c>
     </row>
     <row r="888" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A888" s="1" t="s">
-        <v>3439</v>
+        <v>3440</v>
       </c>
       <c r="B888" s="1" t="s">
-        <v>3440</v>
+        <v>3441</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>3441</v>
+        <v>3442</v>
       </c>
       <c r="D888" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E888" s="3" t="s">
-        <v>3442</v>
+        <v>3443</v>
       </c>
       <c r="F888" s="3" t="s">
-        <v>1241</v>
+        <v>462</v>
       </c>
       <c r="G888" s="3" t="s">
-        <v>1251</v>
+        <v>484</v>
       </c>
     </row>
     <row r="889" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A889" s="1" t="s">
-        <v>3443</v>
+        <v>3444</v>
       </c>
       <c r="B889" s="1" t="s">
-        <v>3444</v>
+        <v>3445</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>3445</v>
+        <v>3446</v>
       </c>
       <c r="D889" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E889" s="3" t="s">
-        <v>3446</v>
+        <v>3447</v>
       </c>
       <c r="F889" s="3" t="s">
-        <v>1241</v>
+        <v>462</v>
       </c>
       <c r="G889" s="3" t="s">
-        <v>1251</v>
+        <v>484</v>
       </c>
     </row>
     <row r="890" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A890" s="1" t="s">
-        <v>3447</v>
+        <v>3448</v>
       </c>
       <c r="B890" s="1" t="s">
-        <v>3448</v>
+        <v>3449</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>3449</v>
+        <v>3450</v>
       </c>
       <c r="D890" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E890" s="3" t="s">
-        <v>3450</v>
+        <v>3451</v>
       </c>
       <c r="F890" s="3" t="s">
-        <v>1241</v>
+        <v>462</v>
       </c>
       <c r="G890" s="3" t="s">
-        <v>34</v>
+        <v>484</v>
       </c>
     </row>
     <row r="891" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A891" s="1" t="s">
-        <v>3451</v>
+        <v>3452</v>
       </c>
       <c r="B891" s="1" t="s">
-        <v>3452</v>
+        <v>3453</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>3449</v>
+        <v>3454</v>
       </c>
       <c r="D891" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E891" s="3" t="s">
-        <v>3453</v>
+        <v>3455</v>
       </c>
       <c r="F891" s="3" t="s">
-        <v>1241</v>
+        <v>462</v>
       </c>
       <c r="G891" s="3" t="s">
-        <v>1251</v>
+        <v>23</v>
       </c>
     </row>
     <row r="892" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A892" s="1" t="s">
-        <v>3454</v>
+        <v>3456</v>
       </c>
       <c r="B892" s="1" t="s">
-        <v>3455</v>
+        <v>3457</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>3403</v>
+        <v>3458</v>
       </c>
       <c r="D892" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E892" s="3" t="s">
-        <v>3456</v>
+        <v>3459</v>
       </c>
       <c r="F892" s="3" t="s">
-        <v>1241</v>
+        <v>462</v>
       </c>
       <c r="G892" s="3" t="s">
-        <v>1251</v>
+        <v>23</v>
       </c>
     </row>
     <row r="893" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A893" s="1" t="s">
-        <v>3457</v>
+        <v>3460</v>
       </c>
       <c r="B893" s="1" t="s">
-        <v>3458</v>
+        <v>3461</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>3459</v>
+        <v>3462</v>
       </c>
       <c r="D893" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E893" s="3" t="s">
-        <v>3460</v>
+        <v>3463</v>
       </c>
       <c r="F893" s="3" t="s">
-        <v>1241</v>
+        <v>462</v>
       </c>
       <c r="G893" s="3" t="s">
-        <v>1251</v>
+        <v>23</v>
       </c>
     </row>
     <row r="894" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A894" s="1" t="s">
-        <v>3461</v>
+        <v>3464</v>
       </c>
       <c r="B894" s="1" t="s">
-        <v>3462</v>
+        <v>3465</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>3463</v>
+        <v>3466</v>
       </c>
       <c r="D894" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E894" s="3" t="s">
-        <v>3464</v>
+        <v>3467</v>
       </c>
       <c r="F894" s="3" t="s">
-        <v>1241</v>
+        <v>462</v>
       </c>
       <c r="G894" s="3" t="s">
-        <v>1251</v>
+        <v>23</v>
       </c>
     </row>
     <row r="895" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A895" s="1" t="s">
-        <v>3465</v>
+        <v>3468</v>
       </c>
       <c r="B895" s="1" t="s">
-        <v>3466</v>
+        <v>3469</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>3467</v>
+        <v>3470</v>
       </c>
       <c r="D895" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E895" s="3" t="s">
-        <v>3468</v>
+        <v>3471</v>
       </c>
       <c r="F895" s="3" t="s">
-        <v>1241</v>
+        <v>462</v>
       </c>
       <c r="G895" s="3" t="s">
-        <v>1251</v>
+        <v>23</v>
       </c>
     </row>
     <row r="896" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A896" s="1" t="s">
-        <v>3469</v>
+        <v>3472</v>
       </c>
       <c r="B896" s="1" t="s">
-        <v>3470</v>
+        <v>3473</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>3471</v>
+        <v>3474</v>
       </c>
       <c r="D896" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E896" s="3" t="s">
-        <v>3472</v>
+        <v>3475</v>
       </c>
       <c r="F896" s="3" t="s">
-        <v>1241</v>
+        <v>2467</v>
       </c>
       <c r="G896" s="3" t="s">
-        <v>1251</v>
+        <v>484</v>
       </c>
     </row>
     <row r="897" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A897" s="1" t="s">
-        <v>3473</v>
+        <v>3476</v>
       </c>
       <c r="B897" s="1" t="s">
-        <v>3474</v>
+        <v>3477</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>3475</v>
+        <v>3478</v>
       </c>
       <c r="D897" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E897" s="3" t="s">
-        <v>3476</v>
+        <v>3479</v>
       </c>
       <c r="F897" s="3" t="s">
-        <v>1241</v>
+        <v>2467</v>
       </c>
       <c r="G897" s="3" t="s">
-        <v>1251</v>
+        <v>484</v>
       </c>
     </row>
     <row r="898" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A898" s="1" t="s">
-        <v>3477</v>
+        <v>3476</v>
       </c>
       <c r="B898" s="1" t="s">
-        <v>3478</v>
+        <v>3480</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>3479</v>
+        <v>3481</v>
       </c>
       <c r="D898" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E898" s="3" t="s">
-        <v>3480</v>
+        <v>3482</v>
       </c>
       <c r="F898" s="3" t="s">
-        <v>1241</v>
+        <v>2467</v>
       </c>
       <c r="G898" s="3" t="s">
-        <v>1251</v>
+        <v>484</v>
       </c>
     </row>
     <row r="899" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A899" s="1" t="s">
-        <v>3481</v>
+        <v>3483</v>
       </c>
       <c r="B899" s="1" t="s">
-        <v>3482</v>
+        <v>3484</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>3483</v>
+        <v>3485</v>
       </c>
       <c r="D899" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E899" s="3" t="s">
-        <v>3484</v>
+        <v>3486</v>
       </c>
       <c r="F899" s="3" t="s">
-        <v>1241</v>
+        <v>2467</v>
       </c>
       <c r="G899" s="3" t="s">
-        <v>1251</v>
+        <v>567</v>
       </c>
     </row>
     <row r="900" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A900" s="1" t="s">
-        <v>3485</v>
+        <v>3487</v>
       </c>
       <c r="B900" s="1" t="s">
-        <v>3486</v>
+        <v>3488</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>3487</v>
+        <v>3489</v>
       </c>
       <c r="D900" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E900" s="3" t="s">
-        <v>3488</v>
+        <v>3490</v>
       </c>
       <c r="F900" s="3" t="s">
-        <v>1241</v>
+        <v>2467</v>
       </c>
       <c r="G900" s="3" t="s">
-        <v>1251</v>
+        <v>34</v>
       </c>
     </row>
     <row r="901" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A901" s="1" t="s">
-        <v>3489</v>
+        <v>3491</v>
       </c>
       <c r="B901" s="1" t="s">
-        <v>3490</v>
+        <v>3492</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>3491</v>
+        <v>3493</v>
       </c>
       <c r="D901" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E901" s="3" t="s">
-        <v>3492</v>
+        <v>3494</v>
       </c>
       <c r="F901" s="3" t="s">
-        <v>1241</v>
+        <v>39</v>
       </c>
       <c r="G901" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="902" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A902" s="1" t="s">
-        <v>3493</v>
+        <v>3495</v>
       </c>
       <c r="B902" s="1" t="s">
-        <v>3494</v>
+        <v>3496</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>3495</v>
+        <v>3497</v>
       </c>
       <c r="D902" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E902" s="3" t="s">
-        <v>3496</v>
+        <v>3498</v>
       </c>
       <c r="F902" s="3" t="s">
-        <v>1241</v>
+        <v>39</v>
       </c>
       <c r="G902" s="3" t="s">
-        <v>1251</v>
+        <v>34</v>
       </c>
     </row>
     <row r="903" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A903" s="1" t="s">
-        <v>3497</v>
+        <v>3499</v>
       </c>
       <c r="B903" s="1" t="s">
-        <v>3498</v>
+        <v>3500</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>3499</v>
+        <v>3501</v>
       </c>
       <c r="D903" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E903" s="3" t="s">
-        <v>3500</v>
+        <v>3502</v>
       </c>
       <c r="F903" s="3" t="s">
-        <v>638</v>
+        <v>39</v>
       </c>
       <c r="G903" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="904" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A904" s="1" t="s">
-        <v>3501</v>
+        <v>3503</v>
       </c>
       <c r="B904" s="1" t="s">
-        <v>3502</v>
+        <v>3504</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>3503</v>
+        <v>3505</v>
       </c>
       <c r="D904" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E904" s="3" t="s">
-        <v>3504</v>
+        <v>3506</v>
       </c>
       <c r="F904" s="3" t="s">
-        <v>1241</v>
+        <v>39</v>
       </c>
       <c r="G904" s="3" t="s">
-        <v>1251</v>
+        <v>34</v>
       </c>
     </row>
     <row r="905" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A905" s="1" t="s">
-        <v>3505</v>
+        <v>3507</v>
       </c>
       <c r="B905" s="1" t="s">
-        <v>3506</v>
+        <v>3508</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>3507</v>
+        <v>3509</v>
       </c>
       <c r="D905" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E905" s="3" t="s">
-        <v>3508</v>
+        <v>3510</v>
       </c>
       <c r="F905" s="3" t="s">
-        <v>1241</v>
+        <v>39</v>
       </c>
       <c r="G905" s="3" t="s">
-        <v>1251</v>
+        <v>34</v>
       </c>
     </row>
     <row r="906" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A906" s="1" t="s">
-        <v>3509</v>
+        <v>3511</v>
       </c>
       <c r="B906" s="1" t="s">
-        <v>3510</v>
+        <v>3512</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>3511</v>
+        <v>3513</v>
       </c>
       <c r="D906" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E906" s="3" t="s">
-        <v>3512</v>
+        <v>3514</v>
       </c>
       <c r="F906" s="3" t="s">
-        <v>1241</v>
+        <v>39</v>
       </c>
       <c r="G906" s="3" t="s">
-        <v>1251</v>
+        <v>34</v>
       </c>
     </row>
     <row r="907" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A907" s="1" t="s">
-        <v>3513</v>
+        <v>3515</v>
       </c>
       <c r="B907" s="1" t="s">
-        <v>3514</v>
+        <v>3516</v>
       </c>
       <c r="C907" s="1" t="s">
-        <v>3515</v>
+        <v>3517</v>
       </c>
       <c r="D907" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E907" s="3" t="s">
-        <v>3516</v>
+        <v>3518</v>
       </c>
       <c r="F907" s="3" t="s">
-        <v>1241</v>
+        <v>506</v>
       </c>
       <c r="G907" s="3" t="s">
-        <v>1251</v>
+        <v>636</v>
       </c>
     </row>
     <row r="908" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A908" s="1" t="s">
-        <v>3517</v>
+        <v>3519</v>
       </c>
       <c r="B908" s="1" t="s">
-        <v>3518</v>
+        <v>3520</v>
       </c>
       <c r="C908" s="1" t="s">
-        <v>3519</v>
+        <v>3521</v>
       </c>
       <c r="D908" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E908" s="3" t="s">
-        <v>3520</v>
+        <v>3522</v>
       </c>
       <c r="F908" s="3" t="s">
-        <v>1800</v>
+        <v>506</v>
       </c>
       <c r="G908" s="3" t="s">
-        <v>3521</v>
+        <v>484</v>
       </c>
     </row>
     <row r="909" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A909" s="1" t="s">
-        <v>3522</v>
+        <v>3523</v>
       </c>
       <c r="B909" s="1" t="s">
-        <v>3523</v>
+        <v>3524</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>3524</v>
+        <v>3525</v>
       </c>
       <c r="D909" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E909" s="3" t="s">
-        <v>3525</v>
+        <v>3526</v>
       </c>
       <c r="F909" s="3" t="s">
-        <v>1800</v>
+        <v>462</v>
       </c>
       <c r="G909" s="3" t="s">
-        <v>3521</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="910" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A910" s="1" t="s">
-        <v>3526</v>
+        <v>3527</v>
       </c>
       <c r="B910" s="1" t="s">
-        <v>3527</v>
+        <v>3528</v>
       </c>
       <c r="C910" s="1" t="s">
-        <v>3528</v>
+        <v>3529</v>
       </c>
       <c r="D910" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E910" s="3" t="s">
-        <v>3529</v>
+        <v>3530</v>
       </c>
       <c r="F910" s="3" t="s">
-        <v>1800</v>
+        <v>462</v>
       </c>
       <c r="G910" s="3" t="s">
-        <v>3521</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="911" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A911" s="1" t="s">
-        <v>3530</v>
+        <v>3531</v>
       </c>
       <c r="B911" s="1" t="s">
-        <v>3531</v>
+        <v>3532</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>3532</v>
+        <v>3533</v>
       </c>
       <c r="D911" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E911" s="3" t="s">
-        <v>3533</v>
+        <v>3534</v>
       </c>
       <c r="F911" s="3" t="s">
-        <v>1800</v>
+        <v>462</v>
       </c>
       <c r="G911" s="3" t="s">
-        <v>3521</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="912" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A912" s="1" t="s">
-        <v>3534</v>
+        <v>3535</v>
       </c>
       <c r="B912" s="1" t="s">
-        <v>3535</v>
+        <v>3536</v>
       </c>
       <c r="C912" s="1" t="s">
-        <v>3536</v>
+        <v>3537</v>
       </c>
       <c r="D912" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E912" s="3" t="s">
-        <v>3537</v>
+        <v>3538</v>
       </c>
       <c r="F912" s="3" t="s">
-        <v>1800</v>
+        <v>462</v>
       </c>
       <c r="G912" s="3" t="s">
-        <v>3521</v>
+        <v>453</v>
       </c>
     </row>
     <row r="913" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A913" s="1" t="s">
-        <v>3538</v>
+        <v>3539</v>
       </c>
       <c r="B913" s="1" t="s">
-        <v>3539</v>
+        <v>3540</v>
       </c>
       <c r="C913" s="1" t="s">
-        <v>3536</v>
+        <v>3541</v>
       </c>
       <c r="D913" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E913" s="3" t="s">
-        <v>3540</v>
+        <v>3542</v>
       </c>
       <c r="F913" s="3" t="s">
-        <v>1800</v>
+        <v>17</v>
       </c>
       <c r="G913" s="3" t="s">
-        <v>3521</v>
+        <v>28</v>
       </c>
     </row>
     <row r="914" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A914" s="1" t="s">
-        <v>3541</v>
+        <v>3543</v>
       </c>
       <c r="B914" s="1" t="s">
-        <v>3542</v>
+        <v>3544</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>3536</v>
+        <v>3545</v>
       </c>
       <c r="D914" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E914" s="3" t="s">
-        <v>3543</v>
+        <v>3546</v>
       </c>
       <c r="F914" s="3" t="s">
-        <v>1800</v>
+        <v>2467</v>
       </c>
       <c r="G914" s="3" t="s">
-        <v>3521</v>
+        <v>267</v>
       </c>
     </row>
     <row r="915" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A915" s="1" t="s">
-        <v>3544</v>
+        <v>3547</v>
       </c>
       <c r="B915" s="1" t="s">
-        <v>3545</v>
+        <v>3548</v>
       </c>
       <c r="C915" s="1" t="s">
-        <v>3536</v>
+        <v>3549</v>
       </c>
       <c r="D915" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E915" s="3" t="s">
-        <v>3546</v>
+        <v>3550</v>
       </c>
       <c r="F915" s="3" t="s">
-        <v>1800</v>
+        <v>2467</v>
       </c>
       <c r="G915" s="3" t="s">
-        <v>3521</v>
+        <v>28</v>
       </c>
     </row>
     <row r="916" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A916" s="1" t="s">
-        <v>3547</v>
+        <v>3551</v>
       </c>
       <c r="B916" s="1" t="s">
-        <v>3548</v>
+        <v>3552</v>
       </c>
       <c r="C916" s="1" t="s">
-        <v>3536</v>
+        <v>3553</v>
       </c>
       <c r="D916" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E916" s="3" t="s">
-        <v>3549</v>
+        <v>3554</v>
       </c>
       <c r="F916" s="3" t="s">
-        <v>1800</v>
+        <v>39</v>
       </c>
       <c r="G916" s="3" t="s">
-        <v>3082</v>
+        <v>18</v>
       </c>
     </row>
     <row r="917" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A917" s="1" t="s">
-        <v>3550</v>
+        <v>3555</v>
       </c>
       <c r="B917" s="1" t="s">
-        <v>3551</v>
+        <v>3556</v>
       </c>
       <c r="C917" s="1" t="s">
-        <v>3536</v>
+        <v>3557</v>
       </c>
       <c r="D917" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E917" s="3" t="s">
-        <v>3552</v>
+        <v>3558</v>
       </c>
       <c r="F917" s="3" t="s">
-        <v>1800</v>
+        <v>1175</v>
       </c>
       <c r="G917" s="3" t="s">
-        <v>3082</v>
+        <v>23</v>
       </c>
     </row>
     <row r="918" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A918" s="1" t="s">
-        <v>3553</v>
+        <v>3559</v>
       </c>
       <c r="B918" s="1" t="s">
-        <v>3554</v>
+        <v>3560</v>
       </c>
       <c r="C918" s="1" t="s">
-        <v>3536</v>
+        <v>3560</v>
       </c>
       <c r="D918" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E918" s="3" t="s">
-        <v>3555</v>
+        <v>3561</v>
       </c>
       <c r="F918" s="3" t="s">
-        <v>1800</v>
+        <v>428</v>
       </c>
       <c r="G918" s="3" t="s">
-        <v>3082</v>
+        <v>272</v>
       </c>
     </row>
     <row r="919" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A919" s="1" t="s">
-        <v>3556</v>
+        <v>3562</v>
       </c>
       <c r="B919" s="1" t="s">
-        <v>3557</v>
+        <v>3563</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>3536</v>
+        <v>3564</v>
       </c>
       <c r="D919" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E919" s="3" t="s">
-        <v>3558</v>
+        <v>3565</v>
       </c>
       <c r="F919" s="3" t="s">
-        <v>1800</v>
+        <v>354</v>
       </c>
       <c r="G919" s="3" t="s">
-        <v>3082</v>
+        <v>44</v>
       </c>
     </row>
     <row r="920" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A920" s="1" t="s">
-        <v>3559</v>
+        <v>3566</v>
       </c>
       <c r="B920" s="1" t="s">
-        <v>3560</v>
+        <v>3567</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>3561</v>
+        <v>3567</v>
       </c>
       <c r="D920" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E920" s="3" t="s">
-        <v>3562</v>
+        <v>3568</v>
       </c>
       <c r="F920" s="3" t="s">
-        <v>1800</v>
+        <v>354</v>
       </c>
       <c r="G920" s="3" t="s">
-        <v>3521</v>
+        <v>239</v>
       </c>
     </row>
     <row r="921" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A921" s="1" t="s">
-        <v>3563</v>
+        <v>3569</v>
       </c>
       <c r="B921" s="1" t="s">
-        <v>3564</v>
+        <v>3570</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>3561</v>
+        <v>3570</v>
       </c>
       <c r="D921" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E921" s="3" t="s">
-        <v>3565</v>
+        <v>3571</v>
       </c>
       <c r="F921" s="3" t="s">
-        <v>1800</v>
+        <v>354</v>
       </c>
       <c r="G921" s="3" t="s">
-        <v>3521</v>
+        <v>239</v>
       </c>
     </row>
     <row r="922" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A922" s="1" t="s">
-        <v>3566</v>
+        <v>3572</v>
       </c>
       <c r="B922" s="1" t="s">
-        <v>3567</v>
+        <v>3573</v>
       </c>
       <c r="C922" s="1" t="s">
-        <v>3561</v>
+        <v>3573</v>
       </c>
       <c r="D922" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E922" s="3" t="s">
-        <v>3568</v>
+        <v>3574</v>
       </c>
       <c r="F922" s="3" t="s">
-        <v>1800</v>
+        <v>354</v>
       </c>
       <c r="G922" s="3" t="s">
-        <v>3521</v>
+        <v>239</v>
       </c>
     </row>
     <row r="923" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A923" s="1" t="s">
-        <v>3569</v>
+        <v>3575</v>
       </c>
       <c r="B923" s="1" t="s">
-        <v>3570</v>
+        <v>3576</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>3561</v>
+        <v>3577</v>
       </c>
       <c r="D923" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E923" s="3" t="s">
-        <v>3571</v>
+        <v>3578</v>
       </c>
       <c r="F923" s="3" t="s">
-        <v>1800</v>
+        <v>1175</v>
       </c>
       <c r="G923" s="3" t="s">
-        <v>3521</v>
+        <v>34</v>
       </c>
     </row>
     <row r="924" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A924" s="1" t="s">
-        <v>3572</v>
+        <v>3579</v>
       </c>
       <c r="B924" s="1" t="s">
-        <v>3573</v>
+        <v>3580</v>
       </c>
       <c r="C924" s="1" t="s">
-        <v>3574</v>
+        <v>3581</v>
       </c>
       <c r="D924" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E924" s="3" t="s">
-        <v>3575</v>
+        <v>3582</v>
       </c>
       <c r="F924" s="3" t="s">
-        <v>1800</v>
+        <v>1175</v>
       </c>
       <c r="G924" s="3" t="s">
-        <v>3190</v>
+        <v>34</v>
       </c>
     </row>
     <row r="925" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A925" s="1" t="s">
-        <v>3576</v>
+        <v>3583</v>
       </c>
       <c r="B925" s="1" t="s">
-        <v>3577</v>
+        <v>3584</v>
       </c>
       <c r="C925" s="1" t="s">
-        <v>3578</v>
+        <v>3585</v>
       </c>
       <c r="D925" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E925" s="3" t="s">
-        <v>3579</v>
+        <v>3586</v>
       </c>
       <c r="F925" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G925" s="3" t="s">
-        <v>3082</v>
+        <v>239</v>
       </c>
     </row>
     <row r="926" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A926" s="1" t="s">
-        <v>3580</v>
+        <v>3587</v>
       </c>
       <c r="B926" s="1" t="s">
-        <v>3581</v>
+        <v>3588</v>
       </c>
       <c r="C926" s="1" t="s">
-        <v>3582</v>
+        <v>3589</v>
       </c>
       <c r="D926" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E926" s="3" t="s">
-        <v>3583</v>
+        <v>3590</v>
       </c>
       <c r="F926" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G926" s="3" t="s">
-        <v>3082</v>
+        <v>18</v>
       </c>
     </row>
     <row r="927" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A927" s="1" t="s">
-        <v>3584</v>
+        <v>3591</v>
       </c>
       <c r="B927" s="1" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C927" s="1" t="s">
         <v>3585</v>
       </c>
-      <c r="C927" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D927" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E927" s="3" t="s">
-        <v>3587</v>
+        <v>3593</v>
       </c>
       <c r="F927" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G927" s="3" t="s">
-        <v>3082</v>
+        <v>239</v>
       </c>
     </row>
     <row r="928" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A928" s="1" t="s">
-        <v>3588</v>
+        <v>3594</v>
       </c>
       <c r="B928" s="1" t="s">
-        <v>3589</v>
+        <v>3595</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>3590</v>
+        <v>3596</v>
       </c>
       <c r="D928" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E928" s="3" t="s">
-        <v>3591</v>
+        <v>3597</v>
       </c>
       <c r="F928" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G928" s="3" t="s">
-        <v>3082</v>
+        <v>18</v>
       </c>
     </row>
     <row r="929" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A929" s="1" t="s">
-        <v>3592</v>
+        <v>3598</v>
       </c>
       <c r="B929" s="1" t="s">
-        <v>3593</v>
+        <v>3599</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>3594</v>
+        <v>3585</v>
       </c>
       <c r="D929" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E929" s="3" t="s">
-        <v>3595</v>
+        <v>3600</v>
       </c>
       <c r="F929" s="3" t="s">
-        <v>552</v>
+        <v>1697</v>
       </c>
       <c r="G929" s="3" t="s">
-        <v>3521</v>
+        <v>239</v>
       </c>
     </row>
     <row r="930" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A930" s="1" t="s">
-        <v>3596</v>
+        <v>3601</v>
       </c>
       <c r="B930" s="1" t="s">
-        <v>3597</v>
+        <v>3602</v>
       </c>
       <c r="C930" s="1" t="s">
-        <v>3598</v>
+        <v>3585</v>
       </c>
       <c r="D930" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E930" s="3" t="s">
-        <v>3599</v>
+        <v>3603</v>
       </c>
       <c r="F930" s="3" t="s">
-        <v>552</v>
+        <v>1697</v>
       </c>
       <c r="G930" s="3" t="s">
-        <v>3521</v>
+        <v>18</v>
       </c>
     </row>
     <row r="931" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A931" s="1" t="s">
-        <v>3600</v>
+        <v>3604</v>
       </c>
       <c r="B931" s="1" t="s">
-        <v>3601</v>
+        <v>3605</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>3602</v>
+        <v>3585</v>
       </c>
       <c r="D931" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E931" s="3" t="s">
-        <v>3603</v>
+        <v>3606</v>
       </c>
       <c r="F931" s="3" t="s">
-        <v>524</v>
+        <v>1697</v>
       </c>
       <c r="G931" s="3" t="s">
-        <v>185</v>
+        <v>239</v>
       </c>
     </row>
     <row r="932" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A932" s="1" t="s">
-        <v>3604</v>
+        <v>3607</v>
       </c>
       <c r="B932" s="1" t="s">
-        <v>3605</v>
+        <v>3608</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>3606</v>
+        <v>3585</v>
       </c>
       <c r="D932" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E932" s="3" t="s">
-        <v>3607</v>
+        <v>3609</v>
       </c>
       <c r="F932" s="3" t="s">
-        <v>524</v>
+        <v>1697</v>
       </c>
       <c r="G932" s="3" t="s">
-        <v>185</v>
+        <v>18</v>
       </c>
     </row>
     <row r="933" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A933" s="1" t="s">
-        <v>3608</v>
+        <v>3610</v>
       </c>
       <c r="B933" s="1" t="s">
-        <v>3609</v>
+        <v>3611</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>3610</v>
+        <v>3585</v>
       </c>
       <c r="D933" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E933" s="3" t="s">
-        <v>3611</v>
+        <v>3612</v>
       </c>
       <c r="F933" s="3" t="s">
-        <v>480</v>
+        <v>1697</v>
       </c>
       <c r="G933" s="3" t="s">
-        <v>502</v>
+        <v>239</v>
       </c>
     </row>
     <row r="934" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A934" s="1" t="s">
-        <v>3612</v>
+        <v>3613</v>
       </c>
       <c r="B934" s="1" t="s">
-        <v>3613</v>
+        <v>3614</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>3614</v>
+        <v>3589</v>
       </c>
       <c r="D934" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E934" s="3" t="s">
         <v>3615</v>
       </c>
       <c r="F934" s="3" t="s">
-        <v>480</v>
+        <v>1697</v>
       </c>
       <c r="G934" s="3" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="935" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A935" s="1" t="s">
         <v>3616</v>
       </c>
       <c r="B935" s="1" t="s">
         <v>3617</v>
       </c>
       <c r="C935" s="1" t="s">
         <v>3618</v>
       </c>
       <c r="D935" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E935" s="3" t="s">
         <v>3619</v>
       </c>
       <c r="F935" s="3" t="s">
-        <v>480</v>
+        <v>1697</v>
       </c>
       <c r="G935" s="3" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="936" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A936" s="1" t="s">
         <v>3620</v>
       </c>
       <c r="B936" s="1" t="s">
         <v>3621</v>
       </c>
       <c r="C936" s="1" t="s">
         <v>3622</v>
       </c>
       <c r="D936" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E936" s="3" t="s">
         <v>3623</v>
       </c>
       <c r="F936" s="3" t="s">
-        <v>480</v>
+        <v>1697</v>
       </c>
       <c r="G936" s="3" t="s">
-        <v>23</v>
+        <v>239</v>
       </c>
     </row>
     <row r="937" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A937" s="1" t="s">
         <v>3624</v>
       </c>
       <c r="B937" s="1" t="s">
         <v>3625</v>
       </c>
       <c r="C937" s="1" t="s">
+        <v>3622</v>
+      </c>
+      <c r="D937" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E937" s="3" t="s">
         <v>3626</v>
       </c>
-      <c r="D937" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F937" s="3" t="s">
-        <v>480</v>
+        <v>1697</v>
       </c>
       <c r="G937" s="3" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="938" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A938" s="1" t="s">
+        <v>3627</v>
+      </c>
+      <c r="B938" s="1" t="s">
         <v>3628</v>
       </c>
-      <c r="B938" s="1" t="s">
+      <c r="C938" s="1" t="s">
         <v>3629</v>
       </c>
-      <c r="C938" s="1" t="s">
+      <c r="D938" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E938" s="3" t="s">
         <v>3630</v>
       </c>
-      <c r="D938" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F938" s="3" t="s">
-        <v>480</v>
+        <v>1697</v>
       </c>
       <c r="G938" s="3" t="s">
-        <v>23</v>
+        <v>239</v>
       </c>
     </row>
     <row r="939" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A939" s="1" t="s">
+        <v>3631</v>
+      </c>
+      <c r="B939" s="1" t="s">
         <v>3632</v>
       </c>
-      <c r="B939" s="1" t="s">
+      <c r="C939" s="1" t="s">
+        <v>3629</v>
+      </c>
+      <c r="D939" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E939" s="3" t="s">
         <v>3633</v>
       </c>
-      <c r="C939" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F939" s="3" t="s">
-        <v>2581</v>
+        <v>1697</v>
       </c>
       <c r="G939" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="940" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A940" s="1" t="s">
+        <v>3634</v>
+      </c>
+      <c r="B940" s="1" t="s">
+        <v>3635</v>
+      </c>
+      <c r="C940" s="1" t="s">
         <v>3636</v>
       </c>
-      <c r="B940" s="1" t="s">
+      <c r="D940" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E940" s="3" t="s">
         <v>3637</v>
       </c>
-      <c r="C940" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F940" s="3" t="s">
-        <v>2581</v>
+        <v>1697</v>
       </c>
       <c r="G940" s="3" t="s">
-        <v>502</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="941" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A941" s="1" t="s">
+        <v>3638</v>
+      </c>
+      <c r="B941" s="1" t="s">
+        <v>3639</v>
+      </c>
+      <c r="C941" s="1" t="s">
         <v>3636</v>
       </c>
-      <c r="B941" s="1" t="s">
+      <c r="D941" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E941" s="3" t="s">
         <v>3640</v>
       </c>
-      <c r="C941" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F941" s="3" t="s">
-        <v>2581</v>
+        <v>1697</v>
       </c>
       <c r="G941" s="3" t="s">
-        <v>502</v>
+        <v>18</v>
       </c>
     </row>
     <row r="942" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A942" s="1" t="s">
+        <v>3641</v>
+      </c>
+      <c r="B942" s="1" t="s">
+        <v>3642</v>
+      </c>
+      <c r="C942" s="1" t="s">
+        <v>3636</v>
+      </c>
+      <c r="D942" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E942" s="3" t="s">
         <v>3643</v>
       </c>
-      <c r="B942" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F942" s="3" t="s">
-        <v>2581</v>
+        <v>1697</v>
       </c>
       <c r="G942" s="3" t="s">
-        <v>591</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="943" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A943" s="1" t="s">
+        <v>3644</v>
+      </c>
+      <c r="B943" s="1" t="s">
+        <v>3645</v>
+      </c>
+      <c r="C943" s="1" t="s">
+        <v>3646</v>
+      </c>
+      <c r="D943" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E943" s="3" t="s">
         <v>3647</v>
       </c>
-      <c r="B943" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F943" s="3" t="s">
-        <v>2581</v>
+        <v>1697</v>
       </c>
       <c r="G943" s="3" t="s">
-        <v>34</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="944" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A944" s="1" t="s">
+        <v>3648</v>
+      </c>
+      <c r="B944" s="1" t="s">
+        <v>3649</v>
+      </c>
+      <c r="C944" s="1" t="s">
+        <v>3650</v>
+      </c>
+      <c r="D944" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E944" s="3" t="s">
         <v>3651</v>
       </c>
-      <c r="B944" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F944" s="3" t="s">
-        <v>2581</v>
+        <v>1697</v>
       </c>
       <c r="G944" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="945" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A945" s="1" t="s">
+        <v>3652</v>
+      </c>
+      <c r="B945" s="1" t="s">
+        <v>3653</v>
+      </c>
+      <c r="C945" s="1" t="s">
+        <v>3654</v>
+      </c>
+      <c r="D945" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E945" s="3" t="s">
         <v>3655</v>
       </c>
-      <c r="B945" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F945" s="3" t="s">
-        <v>2581</v>
+        <v>1697</v>
       </c>
       <c r="G945" s="3" t="s">
-        <v>34</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="946" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A946" s="1" t="s">
+        <v>3656</v>
+      </c>
+      <c r="B946" s="1" t="s">
+        <v>3657</v>
+      </c>
+      <c r="C946" s="1" t="s">
+        <v>3658</v>
+      </c>
+      <c r="D946" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E946" s="3" t="s">
         <v>3659</v>
       </c>
-      <c r="B946" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F946" s="3" t="s">
-        <v>39</v>
+        <v>1697</v>
       </c>
       <c r="G946" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="947" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A947" s="1" t="s">
+        <v>3660</v>
+      </c>
+      <c r="B947" s="1" t="s">
+        <v>3661</v>
+      </c>
+      <c r="C947" s="1" t="s">
+        <v>3662</v>
+      </c>
+      <c r="D947" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E947" s="3" t="s">
         <v>3663</v>
       </c>
-      <c r="B947" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F947" s="3" t="s">
-        <v>39</v>
+        <v>1697</v>
       </c>
       <c r="G947" s="3" t="s">
-        <v>34</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="948" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A948" s="1" t="s">
-        <v>3667</v>
+        <v>3664</v>
       </c>
       <c r="B948" s="1" t="s">
-        <v>3668</v>
+        <v>3665</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>3669</v>
+        <v>3662</v>
       </c>
       <c r="D948" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E948" s="3" t="s">
-        <v>3670</v>
+        <v>3666</v>
       </c>
       <c r="F948" s="3" t="s">
-        <v>39</v>
+        <v>1697</v>
       </c>
       <c r="G948" s="3" t="s">
-        <v>34</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="949" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A949" s="1" t="s">
-        <v>3671</v>
+        <v>3667</v>
       </c>
       <c r="B949" s="1" t="s">
-        <v>3672</v>
+        <v>3668</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>3673</v>
+        <v>3662</v>
       </c>
       <c r="D949" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E949" s="3" t="s">
-        <v>3674</v>
+        <v>3669</v>
       </c>
       <c r="F949" s="3" t="s">
-        <v>39</v>
+        <v>1697</v>
       </c>
       <c r="G949" s="3" t="s">
-        <v>34</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="950" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A950" s="1" t="s">
-        <v>3675</v>
+        <v>3670</v>
       </c>
       <c r="B950" s="1" t="s">
-        <v>3676</v>
+        <v>3671</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>3677</v>
+        <v>3662</v>
       </c>
       <c r="D950" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E950" s="3" t="s">
-        <v>3678</v>
+        <v>3672</v>
       </c>
       <c r="F950" s="3" t="s">
-        <v>39</v>
+        <v>1697</v>
       </c>
       <c r="G950" s="3" t="s">
-        <v>34</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="951" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A951" s="1" t="s">
-        <v>3679</v>
+        <v>3673</v>
       </c>
       <c r="B951" s="1" t="s">
-        <v>3680</v>
+        <v>3674</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>3681</v>
+        <v>3675</v>
       </c>
       <c r="D951" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E951" s="3" t="s">
-        <v>3682</v>
+        <v>3676</v>
       </c>
       <c r="F951" s="3" t="s">
-        <v>39</v>
+        <v>1697</v>
       </c>
       <c r="G951" s="3" t="s">
-        <v>34</v>
+        <v>239</v>
       </c>
     </row>
     <row r="952" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A952" s="1" t="s">
-        <v>3683</v>
+        <v>3677</v>
       </c>
       <c r="B952" s="1" t="s">
-        <v>3684</v>
+        <v>3678</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>3685</v>
+        <v>3675</v>
       </c>
       <c r="D952" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E952" s="3" t="s">
-        <v>3686</v>
+        <v>3679</v>
       </c>
       <c r="F952" s="3" t="s">
-        <v>524</v>
+        <v>1697</v>
       </c>
       <c r="G952" s="3" t="s">
-        <v>653</v>
+        <v>18</v>
       </c>
     </row>
     <row r="953" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A953" s="1" t="s">
-        <v>3687</v>
+        <v>3680</v>
       </c>
       <c r="B953" s="1" t="s">
-        <v>3688</v>
+        <v>3681</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>3689</v>
+        <v>3675</v>
       </c>
       <c r="D953" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E953" s="3" t="s">
-        <v>3690</v>
+        <v>3682</v>
       </c>
       <c r="F953" s="3" t="s">
-        <v>524</v>
+        <v>1697</v>
       </c>
       <c r="G953" s="3" t="s">
-        <v>502</v>
+        <v>239</v>
       </c>
     </row>
     <row r="954" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A954" s="1" t="s">
-        <v>3691</v>
+        <v>3683</v>
       </c>
       <c r="B954" s="1" t="s">
-        <v>3692</v>
+        <v>3684</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>3693</v>
+        <v>3675</v>
       </c>
       <c r="D954" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E954" s="3" t="s">
-        <v>3694</v>
+        <v>3685</v>
       </c>
       <c r="F954" s="3" t="s">
-        <v>480</v>
+        <v>1697</v>
       </c>
       <c r="G954" s="3" t="s">
-        <v>2511</v>
+        <v>18</v>
       </c>
     </row>
     <row r="955" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A955" s="1" t="s">
-        <v>3695</v>
+        <v>3686</v>
       </c>
       <c r="B955" s="1" t="s">
-        <v>3696</v>
+        <v>3687</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>3697</v>
+        <v>3675</v>
       </c>
       <c r="D955" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E955" s="3" t="s">
-        <v>3698</v>
+        <v>3688</v>
       </c>
       <c r="F955" s="3" t="s">
-        <v>480</v>
+        <v>1697</v>
       </c>
       <c r="G955" s="3" t="s">
-        <v>2511</v>
+        <v>239</v>
       </c>
     </row>
     <row r="956" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A956" s="1" t="s">
-        <v>3699</v>
+        <v>3689</v>
       </c>
       <c r="B956" s="1" t="s">
-        <v>3700</v>
+        <v>3690</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>3701</v>
+        <v>3675</v>
       </c>
       <c r="D956" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E956" s="3" t="s">
-        <v>3702</v>
+        <v>3691</v>
       </c>
       <c r="F956" s="3" t="s">
-        <v>480</v>
+        <v>1697</v>
       </c>
       <c r="G956" s="3" t="s">
-        <v>1056</v>
+        <v>18</v>
       </c>
     </row>
     <row r="957" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A957" s="1" t="s">
-        <v>3703</v>
+        <v>3692</v>
       </c>
       <c r="B957" s="1" t="s">
-        <v>3704</v>
+        <v>3693</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>3705</v>
+        <v>3675</v>
       </c>
       <c r="D957" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E957" s="3" t="s">
-        <v>3706</v>
+        <v>3694</v>
       </c>
       <c r="F957" s="3" t="s">
-        <v>17</v>
+        <v>1697</v>
       </c>
       <c r="G957" s="3" t="s">
-        <v>28</v>
+        <v>239</v>
       </c>
     </row>
     <row r="958" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A958" s="1" t="s">
-        <v>3707</v>
+        <v>3695</v>
       </c>
       <c r="B958" s="1" t="s">
-        <v>3708</v>
+        <v>3696</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>3709</v>
+        <v>3675</v>
       </c>
       <c r="D958" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E958" s="3" t="s">
-        <v>3710</v>
+        <v>3697</v>
       </c>
       <c r="F958" s="3" t="s">
-        <v>2581</v>
+        <v>1697</v>
       </c>
       <c r="G958" s="3" t="s">
-        <v>289</v>
+        <v>18</v>
       </c>
     </row>
     <row r="959" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A959" s="1" t="s">
-        <v>3711</v>
+        <v>3698</v>
       </c>
       <c r="B959" s="1" t="s">
-        <v>3712</v>
+        <v>3699</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>3713</v>
+        <v>3700</v>
       </c>
       <c r="D959" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E959" s="3" t="s">
-        <v>3714</v>
+        <v>3701</v>
       </c>
       <c r="F959" s="3" t="s">
-        <v>2581</v>
+        <v>1697</v>
       </c>
       <c r="G959" s="3" t="s">
-        <v>28</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="960" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A960" s="1" t="s">
-        <v>3715</v>
+        <v>3702</v>
       </c>
       <c r="B960" s="1" t="s">
-        <v>3716</v>
+        <v>3703</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>3717</v>
+        <v>3700</v>
       </c>
       <c r="D960" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E960" s="3" t="s">
-        <v>3718</v>
+        <v>3704</v>
       </c>
       <c r="F960" s="3" t="s">
-        <v>39</v>
+        <v>1697</v>
       </c>
       <c r="G960" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="961" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A961" s="1" t="s">
-        <v>3719</v>
+        <v>3705</v>
       </c>
       <c r="B961" s="1" t="s">
-        <v>3720</v>
+        <v>3706</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>3720</v>
+        <v>3700</v>
       </c>
       <c r="D961" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E961" s="3" t="s">
-        <v>3721</v>
+        <v>3707</v>
       </c>
       <c r="F961" s="3" t="s">
-        <v>446</v>
+        <v>1697</v>
       </c>
       <c r="G961" s="3" t="s">
-        <v>294</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="962" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A962" s="1" t="s">
-        <v>3722</v>
+        <v>3708</v>
       </c>
       <c r="B962" s="1" t="s">
-        <v>3723</v>
+        <v>3709</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>3724</v>
+        <v>3700</v>
       </c>
       <c r="D962" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E962" s="3" t="s">
-        <v>3725</v>
+        <v>3710</v>
       </c>
       <c r="F962" s="3" t="s">
-        <v>376</v>
+        <v>1697</v>
       </c>
       <c r="G962" s="3" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="963" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A963" s="1" t="s">
-        <v>3726</v>
+        <v>3711</v>
       </c>
       <c r="B963" s="1" t="s">
-        <v>3727</v>
+        <v>3712</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>3727</v>
+        <v>3700</v>
       </c>
       <c r="D963" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E963" s="3" t="s">
-        <v>3728</v>
+        <v>3713</v>
       </c>
       <c r="F963" s="3" t="s">
-        <v>376</v>
+        <v>1697</v>
       </c>
       <c r="G963" s="3" t="s">
-        <v>185</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="964" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A964" s="1" t="s">
-        <v>3729</v>
+        <v>3714</v>
       </c>
       <c r="B964" s="1" t="s">
-        <v>3730</v>
+        <v>3715</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>3730</v>
+        <v>3700</v>
       </c>
       <c r="D964" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E964" s="3" t="s">
-        <v>3731</v>
+        <v>3716</v>
       </c>
       <c r="F964" s="3" t="s">
-        <v>376</v>
+        <v>1697</v>
       </c>
       <c r="G964" s="3" t="s">
-        <v>185</v>
+        <v>18</v>
       </c>
     </row>
     <row r="965" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A965" s="1" t="s">
-        <v>3732</v>
+        <v>3717</v>
       </c>
       <c r="B965" s="1" t="s">
-        <v>3733</v>
+        <v>3718</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>3733</v>
+        <v>3700</v>
       </c>
       <c r="D965" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E965" s="3" t="s">
-        <v>3734</v>
+        <v>3719</v>
       </c>
       <c r="F965" s="3" t="s">
-        <v>376</v>
+        <v>1697</v>
       </c>
       <c r="G965" s="3" t="s">
-        <v>185</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="966" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A966" s="1" t="s">
-        <v>3735</v>
+        <v>3720</v>
       </c>
       <c r="B966" s="1" t="s">
-        <v>3736</v>
+        <v>3721</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>3737</v>
+        <v>3700</v>
       </c>
       <c r="D966" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E966" s="3" t="s">
-        <v>3738</v>
+        <v>3722</v>
       </c>
       <c r="F966" s="3" t="s">
-        <v>1241</v>
+        <v>1697</v>
       </c>
       <c r="G966" s="3" t="s">
-        <v>34</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="967" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A967" s="1" t="s">
-        <v>3739</v>
+        <v>3723</v>
       </c>
       <c r="B967" s="1" t="s">
-        <v>3740</v>
+        <v>3724</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>3741</v>
+        <v>3725</v>
       </c>
       <c r="D967" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E967" s="3" t="s">
-        <v>3742</v>
+        <v>3726</v>
       </c>
       <c r="F967" s="3" t="s">
-        <v>1241</v>
+        <v>1697</v>
       </c>
       <c r="G967" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="968" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A968" s="1" t="s">
-        <v>3743</v>
+        <v>3727</v>
       </c>
       <c r="B968" s="1" t="s">
-        <v>3744</v>
+        <v>3728</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>3745</v>
+        <v>3729</v>
       </c>
       <c r="D968" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E968" s="3" t="s">
-        <v>3746</v>
+        <v>3730</v>
       </c>
       <c r="F968" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G968" s="3" t="s">
-        <v>185</v>
+        <v>18</v>
       </c>
     </row>
     <row r="969" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A969" s="1" t="s">
-        <v>3747</v>
+        <v>3731</v>
       </c>
       <c r="B969" s="1" t="s">
-        <v>3748</v>
+        <v>3732</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>3749</v>
+        <v>3733</v>
       </c>
       <c r="D969" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E969" s="3" t="s">
-        <v>3750</v>
+        <v>3734</v>
       </c>
       <c r="F969" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G969" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="970" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A970" s="1" t="s">
-        <v>3751</v>
+        <v>3735</v>
       </c>
       <c r="B970" s="1" t="s">
-        <v>3752</v>
+        <v>3736</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>3745</v>
+        <v>3585</v>
       </c>
       <c r="D970" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E970" s="3" t="s">
-        <v>3753</v>
+        <v>3737</v>
       </c>
       <c r="F970" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G970" s="3" t="s">
-        <v>185</v>
+        <v>239</v>
       </c>
     </row>
     <row r="971" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A971" s="1" t="s">
-        <v>3754</v>
+        <v>3738</v>
       </c>
       <c r="B971" s="1" t="s">
-        <v>3755</v>
+        <v>3739</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>3756</v>
+        <v>3740</v>
       </c>
       <c r="D971" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E971" s="3" t="s">
-        <v>3757</v>
+        <v>3741</v>
       </c>
       <c r="F971" s="3" t="s">
-        <v>1800</v>
+        <v>1175</v>
       </c>
       <c r="G971" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="972" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A972" s="1" t="s">
-        <v>3758</v>
+        <v>3742</v>
       </c>
       <c r="B972" s="1" t="s">
-        <v>3759</v>
+        <v>3743</v>
       </c>
       <c r="C972" s="1" t="s">
+        <v>3744</v>
+      </c>
+      <c r="D972" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E972" s="3" t="s">
         <v>3745</v>
       </c>
-      <c r="D972" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F972" s="3" t="s">
-        <v>1800</v>
+        <v>1175</v>
       </c>
       <c r="G972" s="3" t="s">
-        <v>185</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="973" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A973" s="1" t="s">
-        <v>3761</v>
+        <v>3746</v>
       </c>
       <c r="B973" s="1" t="s">
-        <v>3762</v>
+        <v>3747</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>3745</v>
+        <v>3747</v>
       </c>
       <c r="D973" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E973" s="3" t="s">
-        <v>3763</v>
+        <v>3748</v>
       </c>
       <c r="F973" s="3" t="s">
-        <v>1800</v>
+        <v>955</v>
       </c>
       <c r="G973" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="974" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A974" s="1" t="s">
-        <v>3764</v>
+        <v>3749</v>
       </c>
       <c r="B974" s="1" t="s">
-        <v>3765</v>
+        <v>3750</v>
       </c>
       <c r="C974" s="1" t="s">
-        <v>3745</v>
+        <v>3750</v>
       </c>
       <c r="D974" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E974" s="3" t="s">
-        <v>3766</v>
+        <v>3751</v>
       </c>
       <c r="F974" s="3" t="s">
-        <v>1800</v>
+        <v>955</v>
       </c>
       <c r="G974" s="3" t="s">
-        <v>185</v>
+        <v>18</v>
       </c>
     </row>
     <row r="975" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A975" s="1" t="s">
-        <v>3767</v>
+        <v>3752</v>
       </c>
       <c r="B975" s="1" t="s">
-        <v>3768</v>
+        <v>3753</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>3745</v>
+        <v>3753</v>
       </c>
       <c r="D975" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E975" s="3" t="s">
-        <v>3769</v>
+        <v>3754</v>
       </c>
       <c r="F975" s="3" t="s">
-        <v>1800</v>
+        <v>955</v>
       </c>
       <c r="G975" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="976" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A976" s="1" t="s">
-        <v>3770</v>
+        <v>3755</v>
       </c>
       <c r="B976" s="1" t="s">
-        <v>3771</v>
+        <v>3756</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>3745</v>
+        <v>3757</v>
       </c>
       <c r="D976" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E976" s="3" t="s">
-        <v>3772</v>
+        <v>3758</v>
       </c>
       <c r="F976" s="3" t="s">
-        <v>1800</v>
+        <v>955</v>
       </c>
       <c r="G976" s="3" t="s">
-        <v>185</v>
+        <v>18</v>
       </c>
     </row>
     <row r="977" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A977" s="1" t="s">
-        <v>3773</v>
+        <v>3759</v>
       </c>
       <c r="B977" s="1" t="s">
-        <v>3774</v>
+        <v>3760</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>3745</v>
+        <v>3760</v>
       </c>
       <c r="D977" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E977" s="3" t="s">
-        <v>3775</v>
+        <v>3761</v>
       </c>
       <c r="F977" s="3" t="s">
-        <v>1800</v>
+        <v>955</v>
       </c>
       <c r="G977" s="3" t="s">
-        <v>185</v>
+        <v>18</v>
       </c>
     </row>
     <row r="978" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A978" s="1" t="s">
-        <v>3776</v>
+        <v>3762</v>
       </c>
       <c r="B978" s="1" t="s">
-        <v>3777</v>
+        <v>3763</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>3749</v>
+        <v>3763</v>
       </c>
       <c r="D978" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E978" s="3" t="s">
-        <v>3778</v>
+        <v>3764</v>
       </c>
       <c r="F978" s="3" t="s">
-        <v>1800</v>
+        <v>955</v>
       </c>
       <c r="G978" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="979" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A979" s="1" t="s">
-        <v>3779</v>
+        <v>3765</v>
       </c>
       <c r="B979" s="1" t="s">
-        <v>3780</v>
+        <v>3766</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>3781</v>
+        <v>3766</v>
       </c>
       <c r="D979" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E979" s="3" t="s">
-        <v>3782</v>
+        <v>3767</v>
       </c>
       <c r="F979" s="3" t="s">
-        <v>1800</v>
+        <v>955</v>
       </c>
       <c r="G979" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="980" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A980" s="1" t="s">
-        <v>3783</v>
+        <v>3768</v>
       </c>
       <c r="B980" s="1" t="s">
-        <v>3784</v>
+        <v>3769</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>3785</v>
+        <v>3770</v>
       </c>
       <c r="D980" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E980" s="3" t="s">
-        <v>3786</v>
+        <v>3771</v>
       </c>
       <c r="F980" s="3" t="s">
-        <v>1800</v>
+        <v>170</v>
       </c>
       <c r="G980" s="3" t="s">
-        <v>185</v>
+        <v>18</v>
       </c>
     </row>
     <row r="981" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A981" s="1" t="s">
-        <v>3787</v>
+        <v>3772</v>
       </c>
       <c r="B981" s="1" t="s">
-        <v>3788</v>
+        <v>3773</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>3785</v>
+        <v>3773</v>
       </c>
       <c r="D981" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E981" s="3" t="s">
-        <v>3789</v>
+        <v>3774</v>
       </c>
       <c r="F981" s="3" t="s">
-        <v>1800</v>
+        <v>170</v>
       </c>
       <c r="G981" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="982" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A982" s="1" t="s">
-        <v>3790</v>
+        <v>3775</v>
       </c>
       <c r="B982" s="1" t="s">
-        <v>3791</v>
+        <v>3776</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>3792</v>
+        <v>3776</v>
       </c>
       <c r="D982" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E982" s="3" t="s">
-        <v>3793</v>
+        <v>3777</v>
       </c>
       <c r="F982" s="3" t="s">
-        <v>1800</v>
+        <v>170</v>
       </c>
       <c r="G982" s="3" t="s">
-        <v>185</v>
+        <v>18</v>
       </c>
     </row>
     <row r="983" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A983" s="1" t="s">
-        <v>3794</v>
+        <v>3778</v>
       </c>
       <c r="B983" s="1" t="s">
-        <v>3795</v>
+        <v>3779</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>3792</v>
+        <v>3779</v>
       </c>
       <c r="D983" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E983" s="3" t="s">
-        <v>3796</v>
+        <v>3780</v>
       </c>
       <c r="F983" s="3" t="s">
-        <v>1800</v>
+        <v>955</v>
       </c>
       <c r="G983" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="984" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A984" s="1" t="s">
-        <v>3797</v>
+        <v>3781</v>
       </c>
       <c r="B984" s="1" t="s">
-        <v>3798</v>
+        <v>3782</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>3799</v>
+        <v>3782</v>
       </c>
       <c r="D984" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E984" s="3" t="s">
-        <v>3800</v>
+        <v>3783</v>
       </c>
       <c r="F984" s="3" t="s">
-        <v>1800</v>
+        <v>955</v>
       </c>
       <c r="G984" s="3" t="s">
-        <v>1251</v>
+        <v>18</v>
       </c>
     </row>
     <row r="985" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A985" s="1" t="s">
-        <v>3801</v>
+        <v>3784</v>
       </c>
       <c r="B985" s="1" t="s">
-        <v>3802</v>
+        <v>3785</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>3799</v>
+        <v>3785</v>
       </c>
       <c r="D985" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E985" s="3" t="s">
-        <v>3803</v>
+        <v>3786</v>
       </c>
       <c r="F985" s="3" t="s">
-        <v>1800</v>
+        <v>170</v>
       </c>
       <c r="G985" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="986" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A986" s="1" t="s">
-        <v>3804</v>
+        <v>3787</v>
       </c>
       <c r="B986" s="1" t="s">
-        <v>3805</v>
+        <v>3788</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>3799</v>
+        <v>3788</v>
       </c>
       <c r="D986" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E986" s="3" t="s">
-        <v>3806</v>
+        <v>3789</v>
       </c>
       <c r="F986" s="3" t="s">
-        <v>1800</v>
+        <v>170</v>
       </c>
       <c r="G986" s="3" t="s">
-        <v>1251</v>
+        <v>18</v>
       </c>
     </row>
     <row r="987" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A987" s="1" t="s">
-        <v>3807</v>
+        <v>3790</v>
       </c>
       <c r="B987" s="1" t="s">
-        <v>3808</v>
+        <v>3791</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>3809</v>
+        <v>3791</v>
       </c>
       <c r="D987" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E987" s="3" t="s">
-        <v>3810</v>
+        <v>3792</v>
       </c>
       <c r="F987" s="3" t="s">
-        <v>1800</v>
+        <v>170</v>
       </c>
       <c r="G987" s="3" t="s">
-        <v>1251</v>
+        <v>18</v>
       </c>
     </row>
     <row r="988" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A988" s="1" t="s">
-        <v>3811</v>
+        <v>3793</v>
       </c>
       <c r="B988" s="1" t="s">
-        <v>3812</v>
+        <v>3794</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>3813</v>
+        <v>3795</v>
       </c>
       <c r="D988" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E988" s="3" t="s">
-        <v>3814</v>
+        <v>3796</v>
       </c>
       <c r="F988" s="3" t="s">
-        <v>1800</v>
+        <v>53</v>
       </c>
       <c r="G988" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="989" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A989" s="1" t="s">
-        <v>3815</v>
+        <v>3797</v>
       </c>
       <c r="B989" s="1" t="s">
-        <v>3816</v>
+        <v>3798</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>3817</v>
+        <v>3799</v>
       </c>
       <c r="D989" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E989" s="3" t="s">
-        <v>3818</v>
+        <v>3800</v>
       </c>
       <c r="F989" s="3" t="s">
-        <v>1800</v>
+        <v>53</v>
       </c>
       <c r="G989" s="3" t="s">
-        <v>1251</v>
+        <v>44</v>
       </c>
     </row>
     <row r="990" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A990" s="1" t="s">
-        <v>3819</v>
+        <v>3801</v>
       </c>
       <c r="B990" s="1" t="s">
-        <v>3820</v>
+        <v>3802</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>3821</v>
+        <v>3803</v>
       </c>
       <c r="D990" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E990" s="3" t="s">
-        <v>3822</v>
+        <v>3804</v>
       </c>
       <c r="F990" s="3" t="s">
-        <v>1800</v>
+        <v>645</v>
       </c>
       <c r="G990" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="991" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A991" s="1" t="s">
-        <v>3823</v>
+        <v>3805</v>
       </c>
       <c r="B991" s="1" t="s">
-        <v>3824</v>
+        <v>3806</v>
       </c>
       <c r="C991" s="1" t="s">
-        <v>3825</v>
+        <v>3807</v>
       </c>
       <c r="D991" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E991" s="3" t="s">
-        <v>3826</v>
+        <v>3808</v>
       </c>
       <c r="F991" s="3" t="s">
-        <v>1800</v>
+        <v>3809</v>
       </c>
       <c r="G991" s="3" t="s">
-        <v>1251</v>
+        <v>484</v>
       </c>
     </row>
     <row r="992" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A992" s="1" t="s">
-        <v>3827</v>
+        <v>3810</v>
       </c>
       <c r="B992" s="1" t="s">
-        <v>3828</v>
+        <v>3811</v>
       </c>
       <c r="C992" s="1" t="s">
-        <v>3825</v>
+        <v>3812</v>
       </c>
       <c r="D992" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E992" s="3" t="s">
-        <v>3829</v>
+        <v>3813</v>
       </c>
       <c r="F992" s="3" t="s">
-        <v>1800</v>
+        <v>760</v>
       </c>
       <c r="G992" s="3" t="s">
-        <v>1251</v>
+        <v>44</v>
       </c>
     </row>
     <row r="993" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A993" s="1" t="s">
-        <v>3830</v>
+        <v>3814</v>
       </c>
       <c r="B993" s="1" t="s">
-        <v>3831</v>
+        <v>3815</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>3825</v>
+        <v>3816</v>
       </c>
       <c r="D993" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E993" s="3" t="s">
-        <v>3832</v>
+        <v>3817</v>
       </c>
       <c r="F993" s="3" t="s">
-        <v>1800</v>
+        <v>760</v>
       </c>
       <c r="G993" s="3" t="s">
-        <v>1251</v>
+        <v>34</v>
       </c>
     </row>
     <row r="994" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A994" s="1" t="s">
-        <v>3833</v>
+        <v>3818</v>
       </c>
       <c r="B994" s="1" t="s">
-        <v>3834</v>
+        <v>3819</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>3825</v>
+        <v>3820</v>
       </c>
       <c r="D994" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E994" s="3" t="s">
-        <v>3835</v>
+        <v>3821</v>
       </c>
       <c r="F994" s="3" t="s">
-        <v>1800</v>
+        <v>645</v>
       </c>
       <c r="G994" s="3" t="s">
-        <v>1251</v>
+        <v>272</v>
       </c>
     </row>
     <row r="995" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A995" s="1" t="s">
-        <v>3836</v>
+        <v>3822</v>
       </c>
       <c r="B995" s="1" t="s">
-        <v>3837</v>
+        <v>3823</v>
       </c>
       <c r="C995" s="1" t="s">
-        <v>3838</v>
+        <v>3824</v>
       </c>
       <c r="D995" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E995" s="3" t="s">
-        <v>3839</v>
+        <v>3825</v>
       </c>
       <c r="F995" s="3" t="s">
-        <v>1800</v>
+        <v>1175</v>
       </c>
       <c r="G995" s="3" t="s">
-        <v>185</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="996" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A996" s="1" t="s">
-        <v>3840</v>
+        <v>3826</v>
       </c>
       <c r="B996" s="1" t="s">
-        <v>3841</v>
+        <v>3827</v>
       </c>
       <c r="C996" s="1" t="s">
-        <v>3838</v>
+        <v>3393</v>
       </c>
       <c r="D996" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E996" s="3" t="s">
-        <v>3842</v>
+        <v>3828</v>
       </c>
       <c r="F996" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G996" s="3" t="s">
-        <v>18</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="997" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A997" s="1" t="s">
-        <v>3843</v>
+        <v>3829</v>
       </c>
       <c r="B997" s="1" t="s">
-        <v>3844</v>
+        <v>3830</v>
       </c>
       <c r="C997" s="1" t="s">
-        <v>3838</v>
+        <v>3831</v>
       </c>
       <c r="D997" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E997" s="3" t="s">
-        <v>3845</v>
+        <v>3832</v>
       </c>
       <c r="F997" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G997" s="3" t="s">
-        <v>185</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="998" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A998" s="1" t="s">
-        <v>3846</v>
+        <v>3833</v>
       </c>
       <c r="B998" s="1" t="s">
-        <v>3847</v>
+        <v>3834</v>
       </c>
       <c r="C998" s="1" t="s">
-        <v>3838</v>
+        <v>3835</v>
       </c>
       <c r="D998" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E998" s="3" t="s">
-        <v>3848</v>
+        <v>3836</v>
       </c>
       <c r="F998" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G998" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="999" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A999" s="1" t="s">
-        <v>3849</v>
+        <v>3837</v>
       </c>
       <c r="B999" s="1" t="s">
-        <v>3850</v>
+        <v>3838</v>
       </c>
       <c r="C999" s="1" t="s">
-        <v>3838</v>
+        <v>3839</v>
       </c>
       <c r="D999" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E999" s="3" t="s">
-        <v>3851</v>
+        <v>3840</v>
       </c>
       <c r="F999" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G999" s="3" t="s">
-        <v>185</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1000" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1000" s="1" t="s">
-        <v>3852</v>
+        <v>3841</v>
       </c>
       <c r="B1000" s="1" t="s">
-        <v>3853</v>
+        <v>3842</v>
       </c>
       <c r="C1000" s="1" t="s">
-        <v>3838</v>
+        <v>3843</v>
       </c>
       <c r="D1000" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1000" s="3" t="s">
-        <v>3854</v>
+        <v>3844</v>
       </c>
       <c r="F1000" s="3" t="s">
-        <v>1800</v>
+        <v>1697</v>
       </c>
       <c r="G1000" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="1001" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1001" s="1" t="s">
-        <v>3855</v>
+        <v>3845</v>
       </c>
       <c r="B1001" s="1" t="s">
-        <v>3856</v>
+        <v>3846</v>
       </c>
       <c r="C1001" s="1" t="s">
-        <v>3838</v>
+        <v>3847</v>
       </c>
       <c r="D1001" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1001" s="3" t="s">
-        <v>3857</v>
+        <v>3848</v>
       </c>
       <c r="F1001" s="3" t="s">
-        <v>1800</v>
+        <v>17</v>
       </c>
       <c r="G1001" s="3" t="s">
-        <v>185</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1002" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1002" s="1" t="s">
-        <v>3858</v>
+        <v>3845</v>
       </c>
       <c r="B1002" s="1" t="s">
-        <v>3859</v>
+        <v>3849</v>
       </c>
       <c r="C1002" s="1" t="s">
-        <v>3838</v>
+        <v>3850</v>
       </c>
       <c r="D1002" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1002" s="3" t="s">
-        <v>3860</v>
+        <v>3851</v>
       </c>
       <c r="F1002" s="3" t="s">
-        <v>1800</v>
+        <v>17</v>
       </c>
       <c r="G1002" s="3" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1003" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1003" s="1" t="s">
-        <v>3861</v>
+        <v>3845</v>
       </c>
       <c r="B1003" s="1" t="s">
-        <v>3862</v>
+        <v>3852</v>
       </c>
       <c r="C1003" s="1" t="s">
-        <v>3863</v>
+        <v>3853</v>
       </c>
       <c r="D1003" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1003" s="3" t="s">
-        <v>3864</v>
+        <v>3854</v>
       </c>
       <c r="F1003" s="3" t="s">
-        <v>1800</v>
+        <v>17</v>
       </c>
       <c r="G1003" s="3" t="s">
-        <v>1251</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1004" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1004" s="1" t="s">
-        <v>3865</v>
+        <v>3845</v>
       </c>
       <c r="B1004" s="1" t="s">
-        <v>3866</v>
+        <v>3855</v>
       </c>
       <c r="C1004" s="1" t="s">
-        <v>3863</v>
+        <v>3856</v>
       </c>
       <c r="D1004" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1004" s="3" t="s">
-        <v>3867</v>
+        <v>3857</v>
       </c>
       <c r="F1004" s="3" t="s">
-        <v>1800</v>
+        <v>17</v>
       </c>
       <c r="G1004" s="3" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1005" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1005" s="1" t="s">
-        <v>3868</v>
+        <v>3858</v>
       </c>
       <c r="B1005" s="1" t="s">
-        <v>3869</v>
+        <v>3859</v>
       </c>
       <c r="C1005" s="1" t="s">
-        <v>3863</v>
+        <v>3860</v>
       </c>
       <c r="D1005" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1005" s="3" t="s">
-        <v>3870</v>
+        <v>3861</v>
       </c>
       <c r="F1005" s="3" t="s">
-        <v>1800</v>
+        <v>17</v>
       </c>
       <c r="G1005" s="3" t="s">
-        <v>1251</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1006" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1006" s="1" t="s">
-        <v>3871</v>
+        <v>3862</v>
       </c>
       <c r="B1006" s="1" t="s">
-        <v>3872</v>
+        <v>3863</v>
       </c>
       <c r="C1006" s="1" t="s">
         <v>3863</v>
       </c>
       <c r="D1006" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1006" s="3" t="s">
-        <v>3873</v>
+        <v>3864</v>
       </c>
       <c r="F1006" s="3" t="s">
-        <v>1800</v>
+        <v>3002</v>
       </c>
       <c r="G1006" s="3" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1007" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1007" s="1" t="s">
-        <v>3874</v>
+        <v>3865</v>
       </c>
       <c r="B1007" s="1" t="s">
-        <v>3875</v>
+        <v>3866</v>
       </c>
       <c r="C1007" s="1" t="s">
-        <v>3863</v>
+        <v>3866</v>
       </c>
       <c r="D1007" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1007" s="3" t="s">
-        <v>3876</v>
+        <v>3867</v>
       </c>
       <c r="F1007" s="3" t="s">
-        <v>1800</v>
+        <v>3002</v>
       </c>
       <c r="G1007" s="3" t="s">
-        <v>1251</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1008" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1008" s="1" t="s">
-        <v>3877</v>
+        <v>3868</v>
       </c>
       <c r="B1008" s="1" t="s">
-        <v>3878</v>
+        <v>3869</v>
       </c>
       <c r="C1008" s="1" t="s">
-        <v>3863</v>
+        <v>3870</v>
       </c>
       <c r="D1008" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1008" s="3" t="s">
-        <v>3879</v>
+        <v>3871</v>
       </c>
       <c r="F1008" s="3" t="s">
-        <v>1800</v>
+        <v>2467</v>
       </c>
       <c r="G1008" s="3" t="s">
-        <v>18</v>
+        <v>453</v>
       </c>
     </row>
     <row r="1009" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1009" s="1" t="s">
-        <v>3880</v>
+        <v>3872</v>
       </c>
       <c r="B1009" s="1" t="s">
-        <v>3881</v>
+        <v>3873</v>
       </c>
       <c r="C1009" s="1" t="s">
-        <v>3863</v>
+        <v>3874</v>
       </c>
       <c r="D1009" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1009" s="3" t="s">
-        <v>3882</v>
+        <v>3875</v>
       </c>
       <c r="F1009" s="3" t="s">
-        <v>1800</v>
+        <v>2467</v>
       </c>
       <c r="G1009" s="3" t="s">
-        <v>1251</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="1010" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1010" s="1" t="s">
-        <v>3883</v>
+        <v>3876</v>
       </c>
       <c r="B1010" s="1" t="s">
-        <v>3884</v>
+        <v>3877</v>
       </c>
       <c r="C1010" s="1" t="s">
-        <v>3863</v>
+        <v>3878</v>
       </c>
       <c r="D1010" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1010" s="3" t="s">
-        <v>3885</v>
+        <v>3879</v>
       </c>
       <c r="F1010" s="3" t="s">
-        <v>1800</v>
+        <v>2467</v>
       </c>
       <c r="G1010" s="3" t="s">
-        <v>3082</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="1011" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1011" s="1" t="s">
-        <v>3886</v>
+        <v>3880</v>
       </c>
       <c r="B1011" s="1" t="s">
-        <v>3887</v>
+        <v>3881</v>
       </c>
       <c r="C1011" s="1" t="s">
-        <v>3888</v>
+        <v>3882</v>
       </c>
       <c r="D1011" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1011" s="3" t="s">
-        <v>3889</v>
+        <v>3883</v>
       </c>
       <c r="F1011" s="3" t="s">
-        <v>1800</v>
+        <v>645</v>
       </c>
       <c r="G1011" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1012" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1012" s="1" t="s">
-        <v>3890</v>
+        <v>3884</v>
       </c>
       <c r="B1012" s="1" t="s">
-        <v>3891</v>
+        <v>3885</v>
       </c>
       <c r="C1012" s="1" t="s">
-        <v>3892</v>
+        <v>3886</v>
       </c>
       <c r="D1012" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1012" s="3" t="s">
-        <v>3893</v>
+        <v>3887</v>
       </c>
       <c r="F1012" s="3" t="s">
-        <v>1800</v>
+        <v>3002</v>
       </c>
       <c r="G1012" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1013" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1013" s="1" t="s">
-        <v>3894</v>
+        <v>3888</v>
       </c>
       <c r="B1013" s="1" t="s">
-        <v>3895</v>
+        <v>3889</v>
       </c>
       <c r="C1013" s="1" t="s">
-        <v>3896</v>
+        <v>3890</v>
       </c>
       <c r="D1013" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1013" s="3" t="s">
-        <v>3897</v>
+        <v>3891</v>
       </c>
       <c r="F1013" s="3" t="s">
-        <v>1800</v>
+        <v>534</v>
       </c>
       <c r="G1013" s="3" t="s">
-        <v>18</v>
+        <v>78</v>
       </c>
     </row>
     <row r="1014" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1014" s="1" t="s">
-        <v>3898</v>
+        <v>3892</v>
       </c>
       <c r="B1014" s="1" t="s">
-        <v>3899</v>
+        <v>3893</v>
       </c>
       <c r="C1014" s="1" t="s">
-        <v>3745</v>
+        <v>3894</v>
       </c>
       <c r="D1014" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1014" s="3" t="s">
-        <v>3900</v>
+        <v>3895</v>
       </c>
       <c r="F1014" s="3" t="s">
-        <v>1800</v>
+        <v>462</v>
       </c>
       <c r="G1014" s="3" t="s">
-        <v>185</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1015" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1015" s="1" t="s">
-        <v>3901</v>
+        <v>3896</v>
       </c>
       <c r="B1015" s="1" t="s">
-        <v>3902</v>
+        <v>3897</v>
       </c>
       <c r="C1015" s="1" t="s">
-        <v>3903</v>
+        <v>3898</v>
       </c>
       <c r="D1015" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1015" s="3" t="s">
-        <v>3904</v>
+        <v>3899</v>
       </c>
       <c r="F1015" s="3" t="s">
-        <v>1241</v>
+        <v>462</v>
       </c>
       <c r="G1015" s="3" t="s">
-        <v>23</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1016" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1016" s="1" t="s">
-        <v>3905</v>
+        <v>3900</v>
       </c>
       <c r="B1016" s="1" t="s">
-        <v>3906</v>
+        <v>3901</v>
       </c>
       <c r="C1016" s="1" t="s">
-        <v>3907</v>
+        <v>3902</v>
       </c>
       <c r="D1016" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1016" s="3" t="s">
-        <v>3908</v>
+        <v>3903</v>
       </c>
       <c r="F1016" s="3" t="s">
-        <v>1241</v>
+        <v>462</v>
       </c>
       <c r="G1016" s="3" t="s">
-        <v>1251</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1017" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1017" s="1" t="s">
-        <v>3909</v>
+        <v>3904</v>
       </c>
       <c r="B1017" s="1" t="s">
-        <v>3910</v>
+        <v>3905</v>
       </c>
       <c r="C1017" s="1" t="s">
-        <v>3910</v>
+        <v>3906</v>
       </c>
       <c r="D1017" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1017" s="3" t="s">
-        <v>3911</v>
+        <v>3907</v>
       </c>
       <c r="F1017" s="3" t="s">
-        <v>980</v>
+        <v>462</v>
       </c>
       <c r="G1017" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1018" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1018" s="1" t="s">
-        <v>3912</v>
+        <v>3908</v>
       </c>
       <c r="B1018" s="1" t="s">
-        <v>3913</v>
+        <v>3909</v>
       </c>
       <c r="C1018" s="1" t="s">
-        <v>3913</v>
+        <v>3910</v>
       </c>
       <c r="D1018" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1018" s="3" t="s">
-        <v>3914</v>
+        <v>3911</v>
       </c>
       <c r="F1018" s="3" t="s">
-        <v>980</v>
+        <v>462</v>
       </c>
       <c r="G1018" s="3" t="s">
-        <v>18</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1019" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1019" s="1" t="s">
+        <v>3912</v>
+      </c>
+      <c r="B1019" s="1" t="s">
+        <v>3913</v>
+      </c>
+      <c r="C1019" s="1" t="s">
+        <v>3914</v>
+      </c>
+      <c r="D1019" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1019" s="3" t="s">
         <v>3915</v>
       </c>
-      <c r="B1019" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F1019" s="3" t="s">
-        <v>980</v>
+        <v>39</v>
       </c>
       <c r="G1019" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1020" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1020" s="1" t="s">
+        <v>3916</v>
+      </c>
+      <c r="B1020" s="1" t="s">
+        <v>3917</v>
+      </c>
+      <c r="C1020" s="1" t="s">
         <v>3918</v>
       </c>
-      <c r="B1020" s="1" t="s">
+      <c r="D1020" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1020" s="3" t="s">
         <v>3919</v>
       </c>
-      <c r="C1020" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F1020" s="3" t="s">
-        <v>980</v>
+        <v>39</v>
       </c>
       <c r="G1020" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1021" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1021" s="1" t="s">
+        <v>3920</v>
+      </c>
+      <c r="B1021" s="1" t="s">
+        <v>3921</v>
+      </c>
+      <c r="C1021" s="1" t="s">
         <v>3922</v>
       </c>
-      <c r="B1021" s="1" t="s">
+      <c r="D1021" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1021" s="3" t="s">
         <v>3923</v>
       </c>
-      <c r="C1021" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F1021" s="3" t="s">
-        <v>980</v>
+        <v>39</v>
       </c>
       <c r="G1021" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1022" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1022" s="1" t="s">
+        <v>3924</v>
+      </c>
+      <c r="B1022" s="1" t="s">
         <v>3925</v>
-      </c>
-[...1 lines deleted...]
-        <v>3926</v>
       </c>
       <c r="C1022" s="1" t="s">
         <v>3926</v>
       </c>
       <c r="D1022" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1022" s="3" t="s">
         <v>3927</v>
       </c>
       <c r="F1022" s="3" t="s">
-        <v>980</v>
+        <v>39</v>
       </c>
       <c r="G1022" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1023" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1023" s="1" t="s">
         <v>3928</v>
       </c>
       <c r="B1023" s="1" t="s">
         <v>3929</v>
       </c>
       <c r="C1023" s="1" t="s">
-        <v>3929</v>
+        <v>3930</v>
       </c>
       <c r="D1023" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1023" s="3" t="s">
-        <v>3930</v>
+        <v>3931</v>
       </c>
       <c r="F1023" s="3" t="s">
-        <v>980</v>
+        <v>39</v>
       </c>
       <c r="G1023" s="3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1024" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1024" s="1" t="s">
-        <v>3931</v>
+        <v>3932</v>
       </c>
       <c r="B1024" s="1" t="s">
-        <v>3932</v>
+        <v>3933</v>
       </c>
       <c r="C1024" s="1" t="s">
-        <v>3933</v>
+        <v>3934</v>
       </c>
       <c r="D1024" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1024" s="3" t="s">
-        <v>3934</v>
+        <v>3935</v>
       </c>
       <c r="F1024" s="3" t="s">
-        <v>166</v>
+        <v>3050</v>
       </c>
       <c r="G1024" s="3" t="s">
-        <v>18</v>
+        <v>3936</v>
       </c>
     </row>
     <row r="1025" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1025" s="1" t="s">
-        <v>3935</v>
+        <v>3937</v>
       </c>
       <c r="B1025" s="1" t="s">
-        <v>3936</v>
+        <v>3938</v>
       </c>
       <c r="C1025" s="1" t="s">
-        <v>3936</v>
+        <v>3939</v>
       </c>
       <c r="D1025" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1025" s="3" t="s">
-        <v>3937</v>
+        <v>3940</v>
       </c>
       <c r="F1025" s="3" t="s">
-        <v>166</v>
+        <v>3050</v>
       </c>
       <c r="G1025" s="3" t="s">
-        <v>18</v>
+        <v>567</v>
       </c>
     </row>
     <row r="1026" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1026" s="1" t="s">
-        <v>3938</v>
+        <v>3941</v>
       </c>
       <c r="B1026" s="1" t="s">
-        <v>3939</v>
+        <v>3942</v>
       </c>
       <c r="C1026" s="1" t="s">
-        <v>3939</v>
+        <v>3943</v>
       </c>
       <c r="D1026" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1026" s="3" t="s">
-        <v>3940</v>
+        <v>3944</v>
       </c>
       <c r="F1026" s="3" t="s">
-        <v>166</v>
+        <v>3050</v>
       </c>
       <c r="G1026" s="3" t="s">
-        <v>18</v>
+        <v>567</v>
       </c>
     </row>
     <row r="1027" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1027" s="1" t="s">
-        <v>3941</v>
+        <v>3945</v>
       </c>
       <c r="B1027" s="1" t="s">
-        <v>3942</v>
+        <v>3946</v>
       </c>
       <c r="C1027" s="1" t="s">
-        <v>3942</v>
+        <v>3947</v>
       </c>
       <c r="D1027" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1027" s="3" t="s">
-        <v>3943</v>
+        <v>3948</v>
       </c>
       <c r="F1027" s="3" t="s">
-        <v>980</v>
+        <v>3050</v>
       </c>
       <c r="G1027" s="3" t="s">
-        <v>18</v>
+        <v>567</v>
       </c>
     </row>
     <row r="1028" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1028" s="1" t="s">
-        <v>3944</v>
+        <v>3949</v>
       </c>
       <c r="B1028" s="1" t="s">
-        <v>3945</v>
+        <v>3950</v>
       </c>
       <c r="C1028" s="1" t="s">
-        <v>3945</v>
+        <v>3951</v>
       </c>
       <c r="D1028" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1028" s="3" t="s">
-        <v>3946</v>
+        <v>3952</v>
       </c>
       <c r="F1028" s="3" t="s">
-        <v>980</v>
+        <v>3050</v>
       </c>
       <c r="G1028" s="3" t="s">
-        <v>18</v>
+        <v>636</v>
       </c>
     </row>
     <row r="1029" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1029" s="1" t="s">
-        <v>3947</v>
+        <v>3953</v>
       </c>
       <c r="B1029" s="1" t="s">
-        <v>3948</v>
+        <v>3954</v>
       </c>
       <c r="C1029" s="1" t="s">
-        <v>3948</v>
+        <v>3955</v>
       </c>
       <c r="D1029" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1029" s="3" t="s">
-        <v>3949</v>
+        <v>3956</v>
       </c>
       <c r="F1029" s="3" t="s">
-        <v>166</v>
+        <v>3050</v>
       </c>
       <c r="G1029" s="3" t="s">
-        <v>18</v>
+        <v>567</v>
       </c>
     </row>
     <row r="1030" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1030" s="1" t="s">
-        <v>3950</v>
+        <v>3957</v>
       </c>
       <c r="B1030" s="1" t="s">
-        <v>3951</v>
+        <v>3958</v>
       </c>
       <c r="C1030" s="1" t="s">
-        <v>3951</v>
+        <v>3958</v>
       </c>
       <c r="D1030" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1030" s="3" t="s">
-        <v>3952</v>
+        <v>3959</v>
       </c>
       <c r="F1030" s="3" t="s">
-        <v>166</v>
+        <v>582</v>
       </c>
       <c r="G1030" s="3" t="s">
-        <v>18</v>
+        <v>3960</v>
       </c>
     </row>
     <row r="1031" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1031" s="1" t="s">
-        <v>3953</v>
+        <v>3961</v>
       </c>
       <c r="B1031" s="1" t="s">
-        <v>3954</v>
+        <v>3962</v>
       </c>
       <c r="C1031" s="1" t="s">
-        <v>3749</v>
+        <v>3963</v>
       </c>
       <c r="D1031" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1031" s="3" t="s">
-        <v>3955</v>
+        <v>3964</v>
       </c>
       <c r="F1031" s="3" t="s">
-        <v>1800</v>
+        <v>2467</v>
       </c>
       <c r="G1031" s="3" t="s">
-        <v>18</v>
+        <v>567</v>
       </c>
     </row>
     <row r="1032" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1032" s="1" t="s">
-        <v>3956</v>
+        <v>3965</v>
       </c>
       <c r="B1032" s="1" t="s">
-        <v>3957</v>
+        <v>3966</v>
       </c>
       <c r="C1032" s="1" t="s">
-        <v>3958</v>
+        <v>3967</v>
       </c>
       <c r="D1032" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1032" s="3" t="s">
-        <v>3959</v>
+        <v>3968</v>
       </c>
       <c r="F1032" s="3" t="s">
-        <v>53</v>
+        <v>2467</v>
       </c>
       <c r="G1032" s="3" t="s">
-        <v>23</v>
+        <v>636</v>
       </c>
     </row>
     <row r="1033" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1033" s="1" t="s">
-        <v>3960</v>
+        <v>3969</v>
       </c>
       <c r="B1033" s="1" t="s">
-        <v>3961</v>
+        <v>3970</v>
       </c>
       <c r="C1033" s="1" t="s">
-        <v>3962</v>
+        <v>3971</v>
       </c>
       <c r="D1033" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1033" s="3" t="s">
-        <v>3963</v>
+        <v>3972</v>
       </c>
       <c r="F1033" s="3" t="s">
-        <v>53</v>
+        <v>3002</v>
       </c>
       <c r="G1033" s="3" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1034" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1034" s="1" t="s">
-        <v>3964</v>
+        <v>3973</v>
       </c>
       <c r="B1034" s="1" t="s">
-        <v>3965</v>
+        <v>3974</v>
       </c>
       <c r="C1034" s="1" t="s">
-        <v>3966</v>
+        <v>3975</v>
       </c>
       <c r="D1034" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1034" s="3" t="s">
-        <v>3967</v>
+        <v>3976</v>
       </c>
       <c r="F1034" s="3" t="s">
-        <v>662</v>
+        <v>3977</v>
       </c>
       <c r="G1034" s="3" t="s">
-        <v>502</v>
+        <v>272</v>
       </c>
     </row>
     <row r="1035" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1035" s="1" t="s">
-        <v>3968</v>
+        <v>3978</v>
       </c>
       <c r="B1035" s="1" t="s">
-        <v>3969</v>
+        <v>3979</v>
       </c>
       <c r="C1035" s="1" t="s">
-        <v>3970</v>
+        <v>3980</v>
       </c>
       <c r="D1035" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1035" s="3" t="s">
-        <v>3971</v>
+        <v>3981</v>
       </c>
       <c r="F1035" s="3" t="s">
-        <v>3972</v>
+        <v>3977</v>
       </c>
       <c r="G1035" s="3" t="s">
-        <v>502</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1036" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1036" s="1" t="s">
-        <v>3973</v>
+        <v>3982</v>
       </c>
       <c r="B1036" s="1" t="s">
-        <v>3974</v>
+        <v>3983</v>
       </c>
       <c r="C1036" s="1" t="s">
-        <v>3975</v>
+        <v>3983</v>
       </c>
       <c r="D1036" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1036" s="3" t="s">
-        <v>3976</v>
+        <v>3984</v>
       </c>
       <c r="F1036" s="3" t="s">
-        <v>943</v>
+        <v>170</v>
       </c>
       <c r="G1036" s="3" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1037" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1037" s="1" t="s">
-        <v>3977</v>
+        <v>3985</v>
       </c>
       <c r="B1037" s="1" t="s">
-        <v>3978</v>
+        <v>3986</v>
       </c>
       <c r="C1037" s="1" t="s">
-        <v>3979</v>
+        <v>3986</v>
       </c>
       <c r="D1037" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1037" s="3" t="s">
-        <v>3980</v>
+        <v>3987</v>
       </c>
       <c r="F1037" s="3" t="s">
-        <v>943</v>
+        <v>17</v>
       </c>
       <c r="G1037" s="3" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1038" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1038" s="1" t="s">
-        <v>3981</v>
+        <v>3988</v>
       </c>
       <c r="B1038" s="1" t="s">
-        <v>3982</v>
+        <v>3989</v>
       </c>
       <c r="C1038" s="1" t="s">
-        <v>3983</v>
+        <v>3989</v>
       </c>
       <c r="D1038" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1038" s="3" t="s">
-        <v>3984</v>
+        <v>3990</v>
       </c>
       <c r="F1038" s="3" t="s">
-        <v>662</v>
+        <v>955</v>
       </c>
       <c r="G1038" s="3" t="s">
-        <v>294</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1039" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1039" s="1" t="s">
-        <v>3985</v>
+        <v>3991</v>
       </c>
       <c r="B1039" s="1" t="s">
-        <v>3986</v>
+        <v>3992</v>
       </c>
       <c r="C1039" s="1" t="s">
-        <v>3987</v>
+        <v>3992</v>
       </c>
       <c r="D1039" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1039" s="3" t="s">
-        <v>3988</v>
+        <v>3993</v>
       </c>
       <c r="F1039" s="3" t="s">
-        <v>1241</v>
+        <v>955</v>
       </c>
       <c r="G1039" s="3" t="s">
-        <v>1251</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1040" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1040" s="1" t="s">
-        <v>3989</v>
+        <v>3994</v>
       </c>
       <c r="B1040" s="1" t="s">
-        <v>3990</v>
+        <v>3995</v>
       </c>
       <c r="C1040" s="1" t="s">
-        <v>3561</v>
+        <v>3995</v>
       </c>
       <c r="D1040" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1040" s="3" t="s">
-        <v>3991</v>
+        <v>3996</v>
       </c>
       <c r="F1040" s="3" t="s">
-        <v>1800</v>
+        <v>519</v>
       </c>
       <c r="G1040" s="3" t="s">
-        <v>3521</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1041" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1041" s="1" t="s">
-        <v>3992</v>
+        <v>3997</v>
       </c>
       <c r="B1041" s="1" t="s">
-        <v>3993</v>
+        <v>3998</v>
       </c>
       <c r="C1041" s="1" t="s">
-        <v>3994</v>
+        <v>3998</v>
       </c>
       <c r="D1041" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1041" s="3" t="s">
-        <v>3995</v>
+        <v>3999</v>
       </c>
       <c r="F1041" s="3" t="s">
-        <v>1800</v>
+        <v>3194</v>
       </c>
       <c r="G1041" s="3" t="s">
-        <v>3521</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1042" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1042" s="1" t="s">
-        <v>3996</v>
+        <v>4000</v>
       </c>
       <c r="B1042" s="1" t="s">
-        <v>3997</v>
+        <v>4001</v>
       </c>
       <c r="C1042" s="1" t="s">
-        <v>3998</v>
+        <v>4001</v>
       </c>
       <c r="D1042" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1042" s="3" t="s">
-        <v>3999</v>
+        <v>4002</v>
       </c>
       <c r="F1042" s="3" t="s">
-        <v>1800</v>
+        <v>2345</v>
       </c>
       <c r="G1042" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="1043" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1043" s="1" t="s">
-        <v>4000</v>
+        <v>4003</v>
       </c>
       <c r="B1043" s="1" t="s">
-        <v>4001</v>
+        <v>4004</v>
       </c>
       <c r="C1043" s="1" t="s">
-        <v>4002</v>
+        <v>4004</v>
       </c>
       <c r="D1043" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1043" s="3" t="s">
-        <v>4003</v>
+        <v>4005</v>
       </c>
       <c r="F1043" s="3" t="s">
-        <v>1800</v>
+        <v>3194</v>
       </c>
       <c r="G1043" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="1044" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1044" s="1" t="s">
-        <v>4004</v>
+        <v>4006</v>
       </c>
       <c r="B1044" s="1" t="s">
-        <v>4005</v>
+        <v>4007</v>
       </c>
       <c r="C1044" s="1" t="s">
-        <v>4006</v>
+        <v>4007</v>
       </c>
       <c r="D1044" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1044" s="3" t="s">
-        <v>4007</v>
+        <v>4008</v>
       </c>
       <c r="F1044" s="3" t="s">
-        <v>1800</v>
+        <v>3194</v>
       </c>
       <c r="G1044" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="1045" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1045" s="1" t="s">
-        <v>4008</v>
+        <v>4009</v>
       </c>
       <c r="B1045" s="1" t="s">
-        <v>4009</v>
+        <v>4010</v>
       </c>
       <c r="C1045" s="1" t="s">
         <v>4010</v>
       </c>
       <c r="D1045" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1045" s="3" t="s">
         <v>4011</v>
       </c>
       <c r="F1045" s="3" t="s">
-        <v>17</v>
+        <v>955</v>
       </c>
       <c r="G1045" s="3" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1046" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1046" s="1" t="s">
-        <v>4008</v>
+        <v>4012</v>
       </c>
       <c r="B1046" s="1" t="s">
-        <v>4012</v>
+        <v>4013</v>
       </c>
       <c r="C1046" s="1" t="s">
         <v>4013</v>
       </c>
       <c r="D1046" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1046" s="3" t="s">
         <v>4014</v>
       </c>
       <c r="F1046" s="3" t="s">
-        <v>17</v>
+        <v>955</v>
       </c>
       <c r="G1046" s="3" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1047" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1047" s="1" t="s">
-        <v>4008</v>
+        <v>4015</v>
       </c>
       <c r="B1047" s="1" t="s">
-        <v>4015</v>
+        <v>4016</v>
       </c>
       <c r="C1047" s="1" t="s">
         <v>4016</v>
       </c>
       <c r="D1047" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1047" s="3" t="s">
         <v>4017</v>
       </c>
       <c r="F1047" s="3" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="G1047" s="3" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1048" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1048" s="1" t="s">
-        <v>4008</v>
+        <v>4018</v>
       </c>
       <c r="B1048" s="1" t="s">
-        <v>4018</v>
+        <v>4019</v>
       </c>
       <c r="C1048" s="1" t="s">
         <v>4019</v>
       </c>
       <c r="D1048" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1048" s="3" t="s">
         <v>4020</v>
       </c>
       <c r="F1048" s="3" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="G1048" s="3" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1049" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1049" s="1" t="s">
         <v>4021</v>
       </c>
       <c r="B1049" s="1" t="s">
         <v>4022</v>
       </c>
       <c r="C1049" s="1" t="s">
+        <v>4022</v>
+      </c>
+      <c r="D1049" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1049" s="3" t="s">
         <v>4023</v>
       </c>
-      <c r="D1049" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F1049" s="3" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="G1049" s="3" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1050" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1050" s="1" t="s">
+        <v>4024</v>
+      </c>
+      <c r="B1050" s="1" t="s">
         <v>4025</v>
       </c>
-      <c r="B1050" s="1" t="s">
+      <c r="C1050" s="1" t="s">
+        <v>4025</v>
+      </c>
+      <c r="D1050" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1050" s="3" t="s">
         <v>4026</v>
       </c>
-      <c r="C1050" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F1050" s="3" t="s">
-        <v>3123</v>
+        <v>170</v>
       </c>
       <c r="G1050" s="3" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1051" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1051" s="1" t="s">
+        <v>4027</v>
+      </c>
+      <c r="B1051" s="1" t="s">
         <v>4028</v>
-      </c>
-[...1 lines deleted...]
-        <v>4029</v>
       </c>
       <c r="C1051" s="1" t="s">
         <v>4029</v>
       </c>
       <c r="D1051" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1051" s="3" t="s">
         <v>4030</v>
       </c>
       <c r="F1051" s="3" t="s">
-        <v>3123</v>
+        <v>1697</v>
       </c>
       <c r="G1051" s="3" t="s">
-        <v>28</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1052" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1052" s="1" t="s">
         <v>4031</v>
       </c>
       <c r="B1052" s="1" t="s">
         <v>4032</v>
       </c>
       <c r="C1052" s="1" t="s">
         <v>4033</v>
       </c>
       <c r="D1052" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1052" s="3" t="s">
         <v>4034</v>
       </c>
       <c r="F1052" s="3" t="s">
-        <v>2581</v>
+        <v>1697</v>
       </c>
       <c r="G1052" s="3" t="s">
-        <v>471</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1053" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1053" s="1" t="s">
         <v>4035</v>
       </c>
       <c r="B1053" s="1" t="s">
         <v>4036</v>
       </c>
       <c r="C1053" s="1" t="s">
         <v>4037</v>
       </c>
       <c r="D1053" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1053" s="3" t="s">
         <v>4038</v>
       </c>
       <c r="F1053" s="3" t="s">
-        <v>2581</v>
+        <v>1697</v>
       </c>
       <c r="G1053" s="3" t="s">
-        <v>3082</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1054" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1054" s="1" t="s">
         <v>4039</v>
       </c>
       <c r="B1054" s="1" t="s">
         <v>4040</v>
       </c>
       <c r="C1054" s="1" t="s">
         <v>4041</v>
       </c>
       <c r="D1054" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1054" s="3" t="s">
         <v>4042</v>
       </c>
       <c r="F1054" s="3" t="s">
-        <v>2581</v>
+        <v>1697</v>
       </c>
       <c r="G1054" s="3" t="s">
-        <v>1056</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1055" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1055" s="1" t="s">
         <v>4043</v>
       </c>
       <c r="B1055" s="1" t="s">
         <v>4044</v>
       </c>
       <c r="C1055" s="1" t="s">
         <v>4045</v>
       </c>
       <c r="D1055" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1055" s="3" t="s">
         <v>4046</v>
       </c>
       <c r="F1055" s="3" t="s">
-        <v>662</v>
+        <v>1697</v>
       </c>
       <c r="G1055" s="3" t="s">
-        <v>502</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1056" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1056" s="1" t="s">
         <v>4047</v>
       </c>
       <c r="B1056" s="1" t="s">
         <v>4048</v>
       </c>
       <c r="C1056" s="1" t="s">
         <v>4049</v>
       </c>
       <c r="D1056" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1056" s="3" t="s">
         <v>4050</v>
       </c>
       <c r="F1056" s="3" t="s">
-        <v>3123</v>
+        <v>1697</v>
       </c>
       <c r="G1056" s="3" t="s">
-        <v>34</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1057" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1057" s="1" t="s">
         <v>4051</v>
       </c>
       <c r="B1057" s="1" t="s">
         <v>4052</v>
       </c>
       <c r="C1057" s="1" t="s">
         <v>4053</v>
       </c>
       <c r="D1057" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1057" s="3" t="s">
         <v>4054</v>
       </c>
       <c r="F1057" s="3" t="s">
-        <v>552</v>
+        <v>1697</v>
       </c>
       <c r="G1057" s="3" t="s">
-        <v>74</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1058" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1058" s="1" t="s">
         <v>4055</v>
       </c>
       <c r="B1058" s="1" t="s">
         <v>4056</v>
       </c>
       <c r="C1058" s="1" t="s">
         <v>4057</v>
       </c>
       <c r="D1058" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1058" s="3" t="s">
         <v>4058</v>
       </c>
       <c r="F1058" s="3" t="s">
-        <v>480</v>
+        <v>1697</v>
       </c>
       <c r="G1058" s="3" t="s">
-        <v>502</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1059" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1059" s="1" t="s">
         <v>4059</v>
       </c>
       <c r="B1059" s="1" t="s">
         <v>4060</v>
       </c>
       <c r="C1059" s="1" t="s">
         <v>4061</v>
       </c>
       <c r="D1059" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1059" s="3" t="s">
         <v>4062</v>
       </c>
       <c r="F1059" s="3" t="s">
-        <v>480</v>
+        <v>1697</v>
       </c>
       <c r="G1059" s="3" t="s">
-        <v>502</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1060" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1060" s="1" t="s">
         <v>4063</v>
       </c>
       <c r="B1060" s="1" t="s">
         <v>4064</v>
       </c>
       <c r="C1060" s="1" t="s">
         <v>4065</v>
       </c>
       <c r="D1060" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1060" s="3" t="s">
         <v>4066</v>
       </c>
       <c r="F1060" s="3" t="s">
-        <v>480</v>
+        <v>1697</v>
       </c>
       <c r="G1060" s="3" t="s">
-        <v>502</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1061" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1061" s="1" t="s">
         <v>4067</v>
       </c>
       <c r="B1061" s="1" t="s">
         <v>4068</v>
       </c>
       <c r="C1061" s="1" t="s">
         <v>4069</v>
       </c>
       <c r="D1061" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1061" s="3" t="s">
         <v>4070</v>
       </c>
       <c r="F1061" s="3" t="s">
-        <v>480</v>
+        <v>1697</v>
       </c>
       <c r="G1061" s="3" t="s">
-        <v>502</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1062" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1062" s="1" t="s">
         <v>4071</v>
       </c>
       <c r="B1062" s="1" t="s">
         <v>4072</v>
       </c>
       <c r="C1062" s="1" t="s">
         <v>4073</v>
       </c>
       <c r="D1062" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1062" s="3" t="s">
         <v>4074</v>
       </c>
       <c r="F1062" s="3" t="s">
-        <v>480</v>
+        <v>1697</v>
       </c>
       <c r="G1062" s="3" t="s">
-        <v>502</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1063" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1063" s="1" t="s">
         <v>4075</v>
       </c>
       <c r="B1063" s="1" t="s">
         <v>4076</v>
       </c>
       <c r="C1063" s="1" t="s">
         <v>4077</v>
       </c>
       <c r="D1063" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1063" s="3" t="s">
         <v>4078</v>
       </c>
       <c r="F1063" s="3" t="s">
-        <v>39</v>
+        <v>1697</v>
       </c>
       <c r="G1063" s="3" t="s">
-        <v>34</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1064" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1064" s="1" t="s">
         <v>4079</v>
       </c>
       <c r="B1064" s="1" t="s">
         <v>4080</v>
       </c>
       <c r="C1064" s="1" t="s">
         <v>4081</v>
       </c>
       <c r="D1064" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1064" s="3" t="s">
         <v>4082</v>
       </c>
       <c r="F1064" s="3" t="s">
-        <v>39</v>
+        <v>1697</v>
       </c>
       <c r="G1064" s="3" t="s">
-        <v>34</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1065" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1065" s="1" t="s">
         <v>4083</v>
       </c>
       <c r="B1065" s="1" t="s">
         <v>4084</v>
       </c>
       <c r="C1065" s="1" t="s">
         <v>4085</v>
       </c>
       <c r="D1065" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1065" s="3" t="s">
         <v>4086</v>
       </c>
       <c r="F1065" s="3" t="s">
-        <v>39</v>
+        <v>1697</v>
       </c>
       <c r="G1065" s="3" t="s">
-        <v>34</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1066" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1066" s="1" t="s">
         <v>4087</v>
       </c>
       <c r="B1066" s="1" t="s">
         <v>4088</v>
       </c>
       <c r="C1066" s="1" t="s">
         <v>4089</v>
       </c>
       <c r="D1066" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1066" s="3" t="s">
         <v>4090</v>
       </c>
       <c r="F1066" s="3" t="s">
-        <v>39</v>
+        <v>1697</v>
       </c>
       <c r="G1066" s="3" t="s">
-        <v>34</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1067" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1067" s="1" t="s">
         <v>4091</v>
       </c>
       <c r="B1067" s="1" t="s">
         <v>4092</v>
       </c>
       <c r="C1067" s="1" t="s">
         <v>4093</v>
       </c>
       <c r="D1067" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1067" s="3" t="s">
         <v>4094</v>
       </c>
       <c r="F1067" s="3" t="s">
-        <v>39</v>
+        <v>1697</v>
       </c>
       <c r="G1067" s="3" t="s">
-        <v>34</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1068" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1068" s="1" t="s">
         <v>4095</v>
       </c>
       <c r="B1068" s="1" t="s">
         <v>4096</v>
       </c>
       <c r="C1068" s="1" t="s">
         <v>4097</v>
       </c>
       <c r="D1068" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1068" s="3" t="s">
         <v>4098</v>
       </c>
       <c r="F1068" s="3" t="s">
-        <v>3195</v>
+        <v>1697</v>
       </c>
       <c r="G1068" s="3" t="s">
-        <v>4099</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1069" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1069" s="1" t="s">
+        <v>4099</v>
+      </c>
+      <c r="B1069" s="1" t="s">
         <v>4100</v>
       </c>
-      <c r="B1069" s="1" t="s">
+      <c r="C1069" s="1" t="s">
         <v>4101</v>
       </c>
-      <c r="C1069" s="1" t="s">
+      <c r="D1069" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1069" s="3" t="s">
         <v>4102</v>
       </c>
-      <c r="D1069" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F1069" s="3" t="s">
-        <v>3195</v>
+        <v>1697</v>
       </c>
       <c r="G1069" s="3" t="s">
-        <v>591</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1070" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1070" s="1" t="s">
+        <v>4103</v>
+      </c>
+      <c r="B1070" s="1" t="s">
         <v>4104</v>
       </c>
-      <c r="B1070" s="1" t="s">
+      <c r="C1070" s="1" t="s">
         <v>4105</v>
       </c>
-      <c r="C1070" s="1" t="s">
+      <c r="D1070" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1070" s="3" t="s">
         <v>4106</v>
       </c>
-      <c r="D1070" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F1070" s="3" t="s">
-        <v>3195</v>
+        <v>1697</v>
       </c>
       <c r="G1070" s="3" t="s">
-        <v>591</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1071" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1071" s="1" t="s">
+        <v>4107</v>
+      </c>
+      <c r="B1071" s="1" t="s">
         <v>4108</v>
       </c>
-      <c r="B1071" s="1" t="s">
+      <c r="C1071" s="1" t="s">
         <v>4109</v>
       </c>
-      <c r="C1071" s="1" t="s">
+      <c r="D1071" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1071" s="3" t="s">
         <v>4110</v>
       </c>
-      <c r="D1071" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F1071" s="3" t="s">
-        <v>3195</v>
+        <v>1697</v>
       </c>
       <c r="G1071" s="3" t="s">
-        <v>591</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1072" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1072" s="1" t="s">
+        <v>4111</v>
+      </c>
+      <c r="B1072" s="1" t="s">
         <v>4112</v>
       </c>
-      <c r="B1072" s="1" t="s">
+      <c r="C1072" s="1" t="s">
         <v>4113</v>
       </c>
-      <c r="C1072" s="1" t="s">
+      <c r="D1072" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1072" s="3" t="s">
         <v>4114</v>
       </c>
-      <c r="D1072" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F1072" s="3" t="s">
-        <v>3195</v>
+        <v>1697</v>
       </c>
       <c r="G1072" s="3" t="s">
-        <v>591</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1073" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1073" s="1" t="s">
+        <v>4115</v>
+      </c>
+      <c r="B1073" s="1" t="s">
         <v>4116</v>
       </c>
-      <c r="B1073" s="1" t="s">
+      <c r="C1073" s="1" t="s">
         <v>4117</v>
       </c>
-      <c r="C1073" s="1" t="s">
+      <c r="D1073" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1073" s="3" t="s">
         <v>4118</v>
       </c>
-      <c r="D1073" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F1073" s="3" t="s">
-        <v>3195</v>
+        <v>1697</v>
       </c>
       <c r="G1073" s="3" t="s">
-        <v>653</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1074" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1074" s="1" t="s">
+        <v>4119</v>
+      </c>
+      <c r="B1074" s="1" t="s">
         <v>4120</v>
       </c>
-      <c r="B1074" s="1" t="s">
+      <c r="C1074" s="1" t="s">
         <v>4121</v>
       </c>
-      <c r="C1074" s="1" t="s">
+      <c r="D1074" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1074" s="3" t="s">
         <v>4122</v>
       </c>
-      <c r="D1074" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F1074" s="3" t="s">
-        <v>3195</v>
+        <v>1697</v>
       </c>
       <c r="G1074" s="3" t="s">
-        <v>591</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1075" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1075" s="1" t="s">
+        <v>4123</v>
+      </c>
+      <c r="B1075" s="1" t="s">
         <v>4124</v>
-      </c>
-[...1 lines deleted...]
-        <v>4125</v>
       </c>
       <c r="C1075" s="1" t="s">
         <v>4125</v>
       </c>
       <c r="D1075" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1075" s="3" t="s">
         <v>4126</v>
       </c>
       <c r="F1075" s="3" t="s">
-        <v>585</v>
+        <v>1697</v>
       </c>
       <c r="G1075" s="3" t="s">
-        <v>1031</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1076" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1076" s="1" t="s">
         <v>4127</v>
       </c>
       <c r="B1076" s="1" t="s">
         <v>4128</v>
       </c>
       <c r="C1076" s="1" t="s">
         <v>4129</v>
       </c>
       <c r="D1076" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1076" s="3" t="s">
         <v>4130</v>
       </c>
       <c r="F1076" s="3" t="s">
-        <v>2581</v>
+        <v>1697</v>
       </c>
       <c r="G1076" s="3" t="s">
-        <v>591</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1077" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1077" s="1" t="s">
         <v>4131</v>
       </c>
       <c r="B1077" s="1" t="s">
         <v>4132</v>
       </c>
       <c r="C1077" s="1" t="s">
         <v>4133</v>
       </c>
       <c r="D1077" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1077" s="3" t="s">
         <v>4134</v>
       </c>
       <c r="F1077" s="3" t="s">
-        <v>2581</v>
+        <v>1697</v>
       </c>
       <c r="G1077" s="3" t="s">
-        <v>653</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1078" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1078" s="1" t="s">
         <v>4135</v>
       </c>
       <c r="B1078" s="1" t="s">
         <v>4136</v>
       </c>
       <c r="C1078" s="1" t="s">
         <v>4137</v>
       </c>
       <c r="D1078" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1078" s="3" t="s">
         <v>4138</v>
       </c>
       <c r="F1078" s="3" t="s">
-        <v>3123</v>
+        <v>1697</v>
       </c>
       <c r="G1078" s="3" t="s">
-        <v>18</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1079" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1079" s="1" t="s">
         <v>4139</v>
       </c>
       <c r="B1079" s="1" t="s">
         <v>4140</v>
       </c>
       <c r="C1079" s="1" t="s">
         <v>4141</v>
       </c>
       <c r="D1079" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1079" s="3" t="s">
         <v>4142</v>
       </c>
       <c r="F1079" s="3" t="s">
-        <v>4143</v>
+        <v>1175</v>
       </c>
       <c r="G1079" s="3" t="s">
-        <v>294</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1080" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1080" s="1" t="s">
+        <v>4143</v>
+      </c>
+      <c r="B1080" s="1" t="s">
         <v>4144</v>
       </c>
-      <c r="B1080" s="1" t="s">
+      <c r="C1080" s="1" t="s">
         <v>4145</v>
       </c>
-      <c r="C1080" s="1" t="s">
+      <c r="D1080" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1080" s="3" t="s">
         <v>4146</v>
       </c>
-      <c r="D1080" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F1080" s="3" t="s">
-        <v>4143</v>
+        <v>1175</v>
       </c>
       <c r="G1080" s="3" t="s">
-        <v>28</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1081" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1081" s="1" t="s">
+        <v>4147</v>
+      </c>
+      <c r="B1081" s="1" t="s">
         <v>4148</v>
-      </c>
-[...1 lines deleted...]
-        <v>4149</v>
       </c>
       <c r="C1081" s="1" t="s">
         <v>4149</v>
       </c>
       <c r="D1081" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1081" s="3" t="s">
         <v>4150</v>
       </c>
       <c r="F1081" s="3" t="s">
-        <v>166</v>
+        <v>1175</v>
       </c>
       <c r="G1081" s="3" t="s">
-        <v>18</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1082" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1082" s="1" t="s">
         <v>4151</v>
       </c>
       <c r="B1082" s="1" t="s">
         <v>4152</v>
       </c>
       <c r="C1082" s="1" t="s">
-        <v>4152</v>
+        <v>4153</v>
       </c>
       <c r="D1082" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1082" s="3" t="s">
-        <v>4153</v>
+        <v>4154</v>
       </c>
       <c r="F1082" s="3" t="s">
-        <v>17</v>
+        <v>1175</v>
       </c>
       <c r="G1082" s="3" t="s">
-        <v>18</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1083" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1083" s="1" t="s">
-        <v>4154</v>
+        <v>4155</v>
       </c>
       <c r="B1083" s="1" t="s">
-        <v>4155</v>
+        <v>4156</v>
       </c>
       <c r="C1083" s="1" t="s">
-        <v>4155</v>
+        <v>4157</v>
       </c>
       <c r="D1083" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1083" s="3" t="s">
-        <v>4156</v>
+        <v>4158</v>
       </c>
       <c r="F1083" s="3" t="s">
-        <v>980</v>
+        <v>1175</v>
       </c>
       <c r="G1083" s="3" t="s">
-        <v>18</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1084" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1084" s="1" t="s">
-        <v>4157</v>
+        <v>4159</v>
       </c>
       <c r="B1084" s="1" t="s">
-        <v>4158</v>
+        <v>4160</v>
       </c>
       <c r="C1084" s="1" t="s">
-        <v>4158</v>
+        <v>4161</v>
       </c>
       <c r="D1084" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1084" s="3" t="s">
-        <v>4159</v>
+        <v>4162</v>
       </c>
       <c r="F1084" s="3" t="s">
-        <v>537</v>
+        <v>1175</v>
       </c>
       <c r="G1084" s="3" t="s">
-        <v>18</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1085" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1085" s="1" t="s">
-        <v>4160</v>
+        <v>4163</v>
       </c>
       <c r="B1085" s="1" t="s">
-        <v>4161</v>
+        <v>4164</v>
       </c>
       <c r="C1085" s="1" t="s">
-        <v>4161</v>
+        <v>4165</v>
       </c>
       <c r="D1085" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1085" s="3" t="s">
-        <v>4162</v>
+        <v>4166</v>
       </c>
       <c r="F1085" s="3" t="s">
-        <v>3355</v>
+        <v>1175</v>
       </c>
       <c r="G1085" s="3" t="s">
-        <v>18</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1086" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1086" s="1" t="s">
-        <v>4163</v>
+        <v>4167</v>
       </c>
       <c r="B1086" s="1" t="s">
-        <v>4164</v>
+        <v>4168</v>
       </c>
       <c r="C1086" s="1" t="s">
-        <v>4164</v>
+        <v>4169</v>
       </c>
       <c r="D1086" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1086" s="3" t="s">
-        <v>4165</v>
+        <v>4170</v>
       </c>
       <c r="F1086" s="3" t="s">
-        <v>2443</v>
+        <v>1175</v>
       </c>
       <c r="G1086" s="3" t="s">
-        <v>18</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1087" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1087" s="1" t="s">
-        <v>4166</v>
+        <v>4171</v>
       </c>
       <c r="B1087" s="1" t="s">
-        <v>4167</v>
+        <v>4172</v>
       </c>
       <c r="C1087" s="1" t="s">
-        <v>4167</v>
+        <v>4173</v>
       </c>
       <c r="D1087" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1087" s="3" t="s">
-        <v>4168</v>
+        <v>4174</v>
       </c>
       <c r="F1087" s="3" t="s">
-        <v>3355</v>
+        <v>1175</v>
       </c>
       <c r="G1087" s="3" t="s">
-        <v>18</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1088" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1088" s="1" t="s">
-        <v>4169</v>
+        <v>4175</v>
       </c>
       <c r="B1088" s="1" t="s">
-        <v>4170</v>
+        <v>4176</v>
       </c>
       <c r="C1088" s="1" t="s">
-        <v>4170</v>
+        <v>4177</v>
       </c>
       <c r="D1088" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1088" s="3" t="s">
-        <v>4171</v>
+        <v>4178</v>
       </c>
       <c r="F1088" s="3" t="s">
-        <v>3355</v>
+        <v>1175</v>
       </c>
       <c r="G1088" s="3" t="s">
-        <v>18</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1089" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1089" s="1" t="s">
-        <v>4172</v>
+        <v>4179</v>
       </c>
       <c r="B1089" s="1" t="s">
-        <v>4173</v>
+        <v>4180</v>
       </c>
       <c r="C1089" s="1" t="s">
-        <v>4173</v>
+        <v>4181</v>
       </c>
       <c r="D1089" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1089" s="3" t="s">
-        <v>4174</v>
+        <v>4182</v>
       </c>
       <c r="F1089" s="3" t="s">
-        <v>980</v>
+        <v>1175</v>
       </c>
       <c r="G1089" s="3" t="s">
-        <v>18</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1090" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1090" s="1" t="s">
-        <v>4175</v>
+        <v>4183</v>
       </c>
       <c r="B1090" s="1" t="s">
-        <v>4176</v>
+        <v>4184</v>
       </c>
       <c r="C1090" s="1" t="s">
-        <v>4176</v>
+        <v>4185</v>
       </c>
       <c r="D1090" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1090" s="3" t="s">
-        <v>4177</v>
+        <v>4186</v>
       </c>
       <c r="F1090" s="3" t="s">
-        <v>980</v>
+        <v>1175</v>
       </c>
       <c r="G1090" s="3" t="s">
-        <v>18</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1091" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1091" s="1" t="s">
-        <v>4178</v>
+        <v>4187</v>
       </c>
       <c r="B1091" s="1" t="s">
-        <v>4179</v>
+        <v>4188</v>
       </c>
       <c r="C1091" s="1" t="s">
-        <v>4179</v>
+        <v>4189</v>
       </c>
       <c r="D1091" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1091" s="3" t="s">
-        <v>4180</v>
+        <v>4190</v>
       </c>
       <c r="F1091" s="3" t="s">
-        <v>166</v>
+        <v>1175</v>
       </c>
       <c r="G1091" s="3" t="s">
-        <v>18</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1092" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1092" s="1" t="s">
-        <v>4181</v>
+        <v>4191</v>
       </c>
       <c r="B1092" s="1" t="s">
-        <v>4182</v>
+        <v>4192</v>
       </c>
       <c r="C1092" s="1" t="s">
-        <v>4182</v>
+        <v>4193</v>
       </c>
       <c r="D1092" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1092" s="3" t="s">
-        <v>4183</v>
+        <v>4194</v>
       </c>
       <c r="F1092" s="3" t="s">
-        <v>166</v>
+        <v>17</v>
       </c>
       <c r="G1092" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="1093" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1093" s="1" t="s">
-        <v>4184</v>
+        <v>4195</v>
       </c>
       <c r="B1093" s="1" t="s">
-        <v>4185</v>
+        <v>4196</v>
       </c>
       <c r="C1093" s="1" t="s">
-        <v>4185</v>
+        <v>4197</v>
       </c>
       <c r="D1093" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1093" s="3" t="s">
-        <v>4186</v>
+        <v>4198</v>
       </c>
       <c r="F1093" s="3" t="s">
-        <v>166</v>
+        <v>1175</v>
       </c>
       <c r="G1093" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1094" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1094" s="1" t="s">
-        <v>4187</v>
+        <v>4199</v>
       </c>
       <c r="B1094" s="1" t="s">
-        <v>4188</v>
+        <v>4200</v>
       </c>
       <c r="C1094" s="1" t="s">
-        <v>4188</v>
+        <v>4201</v>
       </c>
       <c r="D1094" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1094" s="3" t="s">
-        <v>4189</v>
+        <v>4202</v>
       </c>
       <c r="F1094" s="3" t="s">
-        <v>166</v>
+        <v>1175</v>
       </c>
       <c r="G1094" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1095" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1095" s="1" t="s">
-        <v>4190</v>
+        <v>4203</v>
       </c>
       <c r="B1095" s="1" t="s">
-        <v>4191</v>
+        <v>4204</v>
       </c>
       <c r="C1095" s="1" t="s">
-        <v>4192</v>
+        <v>4205</v>
       </c>
       <c r="D1095" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1095" s="3" t="s">
-        <v>4193</v>
+        <v>4206</v>
       </c>
       <c r="F1095" s="3" t="s">
-        <v>1800</v>
+        <v>1175</v>
       </c>
       <c r="G1095" s="3" t="s">
-        <v>3521</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1096" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1096" s="1" t="s">
-        <v>4194</v>
+        <v>4207</v>
       </c>
       <c r="B1096" s="1" t="s">
-        <v>4195</v>
+        <v>4208</v>
       </c>
       <c r="C1096" s="1" t="s">
-        <v>4196</v>
+        <v>4209</v>
       </c>
       <c r="D1096" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1096" s="3" t="s">
-        <v>4197</v>
+        <v>4210</v>
       </c>
       <c r="F1096" s="3" t="s">
-        <v>1800</v>
+        <v>1175</v>
       </c>
       <c r="G1096" s="3" t="s">
-        <v>3521</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1097" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1097" s="1" t="s">
-        <v>4198</v>
+        <v>4211</v>
       </c>
       <c r="B1097" s="1" t="s">
-        <v>4199</v>
+        <v>4212</v>
       </c>
       <c r="C1097" s="1" t="s">
-        <v>4200</v>
+        <v>4213</v>
       </c>
       <c r="D1097" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1097" s="3" t="s">
-        <v>4201</v>
+        <v>4214</v>
       </c>
       <c r="F1097" s="3" t="s">
-        <v>1800</v>
+        <v>1175</v>
       </c>
       <c r="G1097" s="3" t="s">
-        <v>3521</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1098" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1098" s="1" t="s">
-        <v>4202</v>
+        <v>4215</v>
       </c>
       <c r="B1098" s="1" t="s">
-        <v>4203</v>
+        <v>4216</v>
       </c>
       <c r="C1098" s="1" t="s">
-        <v>4204</v>
+        <v>4217</v>
       </c>
       <c r="D1098" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1098" s="3" t="s">
-        <v>4205</v>
+        <v>4218</v>
       </c>
       <c r="F1098" s="3" t="s">
-        <v>1800</v>
+        <v>1175</v>
       </c>
       <c r="G1098" s="3" t="s">
-        <v>3521</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1099" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1099" s="1" t="s">
-        <v>4206</v>
+        <v>4219</v>
       </c>
       <c r="B1099" s="1" t="s">
-        <v>4207</v>
+        <v>4220</v>
       </c>
       <c r="C1099" s="1" t="s">
-        <v>4208</v>
+        <v>4221</v>
       </c>
       <c r="D1099" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1099" s="3" t="s">
-        <v>4209</v>
+        <v>4222</v>
       </c>
       <c r="F1099" s="3" t="s">
-        <v>1800</v>
+        <v>1175</v>
       </c>
       <c r="G1099" s="3" t="s">
-        <v>3521</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1100" s="1" t="s">
-        <v>4210</v>
+        <v>4223</v>
       </c>
       <c r="B1100" s="1" t="s">
-        <v>4211</v>
+        <v>4224</v>
       </c>
       <c r="C1100" s="1" t="s">
-        <v>4212</v>
+        <v>4225</v>
       </c>
       <c r="D1100" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1100" s="3" t="s">
-        <v>4213</v>
+        <v>4226</v>
       </c>
       <c r="F1100" s="3" t="s">
-        <v>1800</v>
+        <v>1175</v>
       </c>
       <c r="G1100" s="3" t="s">
-        <v>3521</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1101" s="1" t="s">
-        <v>4214</v>
+        <v>4227</v>
       </c>
       <c r="B1101" s="1" t="s">
-        <v>4215</v>
+        <v>4228</v>
       </c>
       <c r="C1101" s="1" t="s">
-        <v>4216</v>
+        <v>4229</v>
       </c>
       <c r="D1101" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1101" s="3" t="s">
-        <v>4217</v>
+        <v>4230</v>
       </c>
       <c r="F1101" s="3" t="s">
-        <v>1800</v>
+        <v>1175</v>
       </c>
       <c r="G1101" s="3" t="s">
-        <v>3521</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1102" s="1" t="s">
-        <v>4218</v>
+        <v>4231</v>
       </c>
       <c r="B1102" s="1" t="s">
-        <v>4219</v>
+        <v>4232</v>
       </c>
       <c r="C1102" s="1" t="s">
-        <v>4220</v>
+        <v>4233</v>
       </c>
       <c r="D1102" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1102" s="3" t="s">
-        <v>4221</v>
+        <v>4234</v>
       </c>
       <c r="F1102" s="3" t="s">
-        <v>1800</v>
+        <v>1175</v>
       </c>
       <c r="G1102" s="3" t="s">
-        <v>3521</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1103" s="1" t="s">
-        <v>4222</v>
+        <v>4235</v>
       </c>
       <c r="B1103" s="1" t="s">
-        <v>4223</v>
+        <v>4236</v>
       </c>
       <c r="C1103" s="1" t="s">
-        <v>4224</v>
+        <v>4237</v>
       </c>
       <c r="D1103" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1103" s="3" t="s">
-        <v>4225</v>
+        <v>4238</v>
       </c>
       <c r="F1103" s="3" t="s">
-        <v>1800</v>
+        <v>645</v>
       </c>
       <c r="G1103" s="3" t="s">
-        <v>3521</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1104" s="1" t="s">
-        <v>4226</v>
+        <v>4239</v>
       </c>
       <c r="B1104" s="1" t="s">
-        <v>4227</v>
+        <v>4240</v>
       </c>
       <c r="C1104" s="1" t="s">
-        <v>4228</v>
+        <v>4241</v>
       </c>
       <c r="D1104" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1104" s="3" t="s">
-        <v>4229</v>
+        <v>4242</v>
       </c>
       <c r="F1104" s="3" t="s">
-        <v>1800</v>
+        <v>645</v>
       </c>
       <c r="G1104" s="3" t="s">
-        <v>3521</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1105" s="1" t="s">
-        <v>4230</v>
+        <v>4243</v>
       </c>
       <c r="B1105" s="1" t="s">
-        <v>4231</v>
+        <v>4244</v>
       </c>
       <c r="C1105" s="1" t="s">
-        <v>4232</v>
+        <v>4245</v>
       </c>
       <c r="D1105" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1105" s="3" t="s">
-        <v>4233</v>
+        <v>4246</v>
       </c>
       <c r="F1105" s="3" t="s">
-        <v>1800</v>
+        <v>645</v>
       </c>
       <c r="G1105" s="3" t="s">
-        <v>185</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1106" s="1" t="s">
-        <v>4234</v>
+        <v>4247</v>
       </c>
       <c r="B1106" s="1" t="s">
-        <v>4235</v>
+        <v>4248</v>
       </c>
       <c r="C1106" s="1" t="s">
-        <v>4236</v>
+        <v>4249</v>
       </c>
       <c r="D1106" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1106" s="3" t="s">
-        <v>4237</v>
+        <v>4250</v>
       </c>
       <c r="F1106" s="3" t="s">
-        <v>1800</v>
+        <v>645</v>
       </c>
       <c r="G1106" s="3" t="s">
-        <v>185</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1107" s="1" t="s">
-        <v>4238</v>
+        <v>4251</v>
       </c>
       <c r="B1107" s="1" t="s">
-        <v>4239</v>
+        <v>4252</v>
       </c>
       <c r="C1107" s="1" t="s">
-        <v>4240</v>
+        <v>4253</v>
       </c>
       <c r="D1107" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1107" s="3" t="s">
-        <v>4241</v>
+        <v>4254</v>
       </c>
       <c r="F1107" s="3" t="s">
-        <v>1800</v>
+        <v>645</v>
       </c>
       <c r="G1107" s="3" t="s">
-        <v>185</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1108" s="1" t="s">
-        <v>4242</v>
+        <v>4255</v>
       </c>
       <c r="B1108" s="1" t="s">
-        <v>4243</v>
+        <v>4256</v>
       </c>
       <c r="C1108" s="1" t="s">
-        <v>4244</v>
+        <v>4257</v>
       </c>
       <c r="D1108" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1108" s="3" t="s">
-        <v>4245</v>
+        <v>4258</v>
       </c>
       <c r="F1108" s="3" t="s">
-        <v>1800</v>
+        <v>645</v>
       </c>
       <c r="G1108" s="3" t="s">
-        <v>185</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1109" s="1" t="s">
-        <v>4246</v>
+        <v>4259</v>
       </c>
       <c r="B1109" s="1" t="s">
-        <v>4247</v>
+        <v>4260</v>
       </c>
       <c r="C1109" s="1" t="s">
-        <v>4248</v>
+        <v>4261</v>
       </c>
       <c r="D1109" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1109" s="3" t="s">
-        <v>4249</v>
+        <v>4262</v>
       </c>
       <c r="F1109" s="3" t="s">
-        <v>1800</v>
+        <v>645</v>
       </c>
       <c r="G1109" s="3" t="s">
-        <v>3521</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1110" s="1" t="s">
-        <v>4250</v>
+        <v>4263</v>
       </c>
       <c r="B1110" s="1" t="s">
-        <v>4251</v>
+        <v>4264</v>
       </c>
       <c r="C1110" s="1" t="s">
-        <v>4252</v>
+        <v>4265</v>
       </c>
       <c r="D1110" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1110" s="3" t="s">
-        <v>4253</v>
+        <v>4266</v>
       </c>
       <c r="F1110" s="3" t="s">
-        <v>1800</v>
+        <v>3809</v>
       </c>
       <c r="G1110" s="3" t="s">
-        <v>3521</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1111" s="1" t="s">
-        <v>4254</v>
+        <v>4267</v>
       </c>
       <c r="B1111" s="1" t="s">
-        <v>4255</v>
+        <v>4268</v>
       </c>
       <c r="C1111" s="1" t="s">
-        <v>4256</v>
+        <v>4269</v>
       </c>
       <c r="D1111" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1111" s="3" t="s">
-        <v>4257</v>
+        <v>4270</v>
       </c>
       <c r="F1111" s="3" t="s">
-        <v>1800</v>
+        <v>645</v>
       </c>
       <c r="G1111" s="3" t="s">
-        <v>3521</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1112" s="1" t="s">
-        <v>4258</v>
+        <v>4271</v>
       </c>
       <c r="B1112" s="1" t="s">
-        <v>4259</v>
+        <v>4272</v>
       </c>
       <c r="C1112" s="1" t="s">
-        <v>4260</v>
+        <v>4273</v>
       </c>
       <c r="D1112" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1112" s="3" t="s">
-        <v>4261</v>
+        <v>4274</v>
       </c>
       <c r="F1112" s="3" t="s">
-        <v>1800</v>
+        <v>645</v>
       </c>
       <c r="G1112" s="3" t="s">
-        <v>3521</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1113" s="1" t="s">
-        <v>4262</v>
+        <v>4275</v>
       </c>
       <c r="B1113" s="1" t="s">
-        <v>4263</v>
+        <v>4276</v>
       </c>
       <c r="C1113" s="1" t="s">
-        <v>4264</v>
+        <v>4277</v>
       </c>
       <c r="D1113" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1113" s="3" t="s">
-        <v>4265</v>
+        <v>4278</v>
       </c>
       <c r="F1113" s="3" t="s">
-        <v>1800</v>
+        <v>1378</v>
       </c>
       <c r="G1113" s="3" t="s">
-        <v>3521</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1114" s="1" t="s">
-        <v>4266</v>
+        <v>4279</v>
       </c>
       <c r="B1114" s="1" t="s">
-        <v>4267</v>
+        <v>4280</v>
       </c>
       <c r="C1114" s="1" t="s">
-        <v>4268</v>
+        <v>4281</v>
       </c>
       <c r="D1114" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1114" s="3" t="s">
-        <v>4269</v>
+        <v>4282</v>
       </c>
       <c r="F1114" s="3" t="s">
-        <v>1800</v>
+        <v>1378</v>
       </c>
       <c r="G1114" s="3" t="s">
-        <v>3521</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1115" s="1" t="s">
-        <v>4270</v>
+        <v>4283</v>
       </c>
       <c r="B1115" s="1" t="s">
-        <v>4271</v>
+        <v>4284</v>
       </c>
       <c r="C1115" s="1" t="s">
-        <v>4272</v>
+        <v>4285</v>
       </c>
       <c r="D1115" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1115" s="3" t="s">
-        <v>4273</v>
+        <v>4286</v>
       </c>
       <c r="F1115" s="3" t="s">
-        <v>1800</v>
+        <v>645</v>
       </c>
       <c r="G1115" s="3" t="s">
-        <v>3521</v>
+        <v>272</v>
       </c>
     </row>
     <row r="1116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1116" s="1" t="s">
-        <v>4274</v>
+        <v>4287</v>
       </c>
       <c r="B1116" s="1" t="s">
-        <v>4275</v>
+        <v>4288</v>
       </c>
       <c r="C1116" s="1" t="s">
-        <v>4276</v>
+        <v>4289</v>
       </c>
       <c r="D1116" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1116" s="3" t="s">
-        <v>4277</v>
+        <v>4290</v>
       </c>
       <c r="F1116" s="3" t="s">
-        <v>1800</v>
+        <v>645</v>
       </c>
       <c r="G1116" s="3" t="s">
-        <v>1251</v>
+        <v>272</v>
       </c>
     </row>
     <row r="1117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1117" s="1" t="s">
-        <v>4278</v>
+        <v>4291</v>
       </c>
       <c r="B1117" s="1" t="s">
-        <v>4279</v>
+        <v>4292</v>
       </c>
       <c r="C1117" s="1" t="s">
-        <v>4280</v>
+        <v>4293</v>
       </c>
       <c r="D1117" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1117" s="3" t="s">
-        <v>4281</v>
+        <v>4294</v>
       </c>
       <c r="F1117" s="3" t="s">
-        <v>1800</v>
+        <v>645</v>
       </c>
       <c r="G1117" s="3" t="s">
-        <v>1251</v>
+        <v>272</v>
       </c>
     </row>
     <row r="1118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1118" s="1" t="s">
-        <v>4282</v>
+        <v>4295</v>
       </c>
       <c r="B1118" s="1" t="s">
-        <v>4283</v>
+        <v>4296</v>
       </c>
       <c r="C1118" s="1" t="s">
-        <v>4284</v>
+        <v>4297</v>
       </c>
       <c r="D1118" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1118" s="3" t="s">
-        <v>4285</v>
+        <v>4298</v>
       </c>
       <c r="F1118" s="3" t="s">
-        <v>1800</v>
+        <v>1378</v>
       </c>
       <c r="G1118" s="3" t="s">
-        <v>1251</v>
+        <v>272</v>
       </c>
     </row>
     <row r="1119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1119" s="1" t="s">
-        <v>4286</v>
+        <v>4299</v>
       </c>
       <c r="B1119" s="1" t="s">
-        <v>4287</v>
+        <v>4300</v>
       </c>
       <c r="C1119" s="1" t="s">
-        <v>4288</v>
+        <v>4301</v>
       </c>
       <c r="D1119" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1119" s="3" t="s">
-        <v>4289</v>
+        <v>4302</v>
       </c>
       <c r="F1119" s="3" t="s">
-        <v>1800</v>
+        <v>39</v>
       </c>
       <c r="G1119" s="3" t="s">
-        <v>1251</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1120" s="1" t="s">
-        <v>4290</v>
+        <v>4303</v>
       </c>
       <c r="B1120" s="1" t="s">
-        <v>4291</v>
+        <v>4304</v>
       </c>
       <c r="C1120" s="1" t="s">
-        <v>4292</v>
+        <v>4305</v>
       </c>
       <c r="D1120" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1120" s="3" t="s">
-        <v>4293</v>
+        <v>4306</v>
       </c>
       <c r="F1120" s="3" t="s">
-        <v>1800</v>
+        <v>39</v>
       </c>
       <c r="G1120" s="3" t="s">
-        <v>1251</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1121" s="1" t="s">
-        <v>4294</v>
+        <v>4307</v>
       </c>
       <c r="B1121" s="1" t="s">
-        <v>4295</v>
+        <v>4308</v>
       </c>
       <c r="C1121" s="1" t="s">
-        <v>4296</v>
+        <v>4309</v>
       </c>
       <c r="D1121" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1121" s="3" t="s">
-        <v>4297</v>
+        <v>4310</v>
       </c>
       <c r="F1121" s="3" t="s">
-        <v>1800</v>
+        <v>755</v>
       </c>
       <c r="G1121" s="3" t="s">
-        <v>1251</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="1122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1122" s="1" t="s">
-        <v>4298</v>
+        <v>4311</v>
       </c>
       <c r="B1122" s="1" t="s">
-        <v>4299</v>
+        <v>4312</v>
       </c>
       <c r="C1122" s="1" t="s">
-        <v>4300</v>
+        <v>4313</v>
       </c>
       <c r="D1122" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1122" s="3" t="s">
-        <v>4301</v>
+        <v>4314</v>
       </c>
       <c r="F1122" s="3" t="s">
-        <v>1800</v>
+        <v>1378</v>
       </c>
       <c r="G1122" s="3" t="s">
-        <v>1251</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1123" s="1" t="s">
-        <v>4302</v>
+        <v>4315</v>
       </c>
       <c r="B1123" s="1" t="s">
-        <v>4303</v>
+        <v>4316</v>
       </c>
       <c r="C1123" s="1" t="s">
-        <v>4304</v>
+        <v>4317</v>
       </c>
       <c r="D1123" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1123" s="3" t="s">
-        <v>4305</v>
+        <v>4318</v>
       </c>
       <c r="F1123" s="3" t="s">
-        <v>1241</v>
+        <v>4319</v>
       </c>
       <c r="G1123" s="3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="1124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1124" s="1" t="s">
-        <v>4306</v>
+        <v>4320</v>
       </c>
       <c r="B1124" s="1" t="s">
-        <v>4307</v>
+        <v>4321</v>
       </c>
       <c r="C1124" s="1" t="s">
-        <v>4308</v>
+        <v>4322</v>
       </c>
       <c r="D1124" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1124" s="3" t="s">
-        <v>4309</v>
+        <v>4323</v>
       </c>
       <c r="F1124" s="3" t="s">
-        <v>1241</v>
+        <v>4319</v>
       </c>
       <c r="G1124" s="3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1125" s="1" t="s">
-        <v>4310</v>
+        <v>4324</v>
       </c>
       <c r="B1125" s="1" t="s">
-        <v>4311</v>
+        <v>4325</v>
       </c>
       <c r="C1125" s="1" t="s">
-        <v>4312</v>
+        <v>4326</v>
       </c>
       <c r="D1125" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1125" s="3" t="s">
-        <v>4313</v>
+        <v>4327</v>
       </c>
       <c r="F1125" s="3" t="s">
-        <v>1241</v>
+        <v>4319</v>
       </c>
       <c r="G1125" s="3" t="s">
-        <v>1251</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1126" s="1" t="s">
-        <v>4314</v>
+        <v>4328</v>
       </c>
       <c r="B1126" s="1" t="s">
-        <v>4315</v>
+        <v>4329</v>
       </c>
       <c r="C1126" s="1" t="s">
-        <v>4316</v>
+        <v>4330</v>
       </c>
       <c r="D1126" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1126" s="3" t="s">
-        <v>4317</v>
+        <v>4331</v>
       </c>
       <c r="F1126" s="3" t="s">
-        <v>1241</v>
+        <v>1697</v>
       </c>
       <c r="G1126" s="3" t="s">
-        <v>1251</v>
+        <v>272</v>
       </c>
     </row>
     <row r="1127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1127" s="1" t="s">
-        <v>4318</v>
+        <v>4328</v>
       </c>
       <c r="B1127" s="1" t="s">
-        <v>4319</v>
+        <v>4332</v>
       </c>
       <c r="C1127" s="1" t="s">
-        <v>4320</v>
+        <v>4333</v>
       </c>
       <c r="D1127" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1127" s="3" t="s">
-        <v>4321</v>
+        <v>4334</v>
       </c>
       <c r="F1127" s="3" t="s">
-        <v>1241</v>
+        <v>1697</v>
       </c>
       <c r="G1127" s="3" t="s">
-        <v>1251</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1128" s="1" t="s">
-        <v>4322</v>
+        <v>4335</v>
       </c>
       <c r="B1128" s="1" t="s">
-        <v>4323</v>
+        <v>4336</v>
       </c>
       <c r="C1128" s="1" t="s">
-        <v>4324</v>
+        <v>4337</v>
       </c>
       <c r="D1128" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1128" s="3" t="s">
-        <v>4325</v>
+        <v>4338</v>
       </c>
       <c r="F1128" s="3" t="s">
-        <v>1241</v>
+        <v>1697</v>
       </c>
       <c r="G1128" s="3" t="s">
-        <v>1251</v>
+        <v>272</v>
       </c>
     </row>
     <row r="1129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1129" s="1" t="s">
-        <v>4326</v>
+        <v>4335</v>
       </c>
       <c r="B1129" s="1" t="s">
-        <v>4327</v>
+        <v>4339</v>
       </c>
       <c r="C1129" s="1" t="s">
-        <v>4328</v>
+        <v>4340</v>
       </c>
       <c r="D1129" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1129" s="3" t="s">
-        <v>4329</v>
+        <v>4341</v>
       </c>
       <c r="F1129" s="3" t="s">
-        <v>1241</v>
+        <v>1697</v>
       </c>
       <c r="G1129" s="3" t="s">
-        <v>1251</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1130" s="1" t="s">
-        <v>4330</v>
+        <v>4342</v>
       </c>
       <c r="B1130" s="1" t="s">
-        <v>4331</v>
+        <v>4343</v>
       </c>
       <c r="C1130" s="1" t="s">
-        <v>4332</v>
+        <v>4344</v>
       </c>
       <c r="D1130" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1130" s="3" t="s">
-        <v>4333</v>
+        <v>4345</v>
       </c>
       <c r="F1130" s="3" t="s">
-        <v>1241</v>
+        <v>1697</v>
       </c>
       <c r="G1130" s="3" t="s">
-        <v>1251</v>
+        <v>272</v>
       </c>
     </row>
     <row r="1131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1131" s="1" t="s">
-        <v>4334</v>
+        <v>4342</v>
       </c>
       <c r="B1131" s="1" t="s">
-        <v>4335</v>
+        <v>4346</v>
       </c>
       <c r="C1131" s="1" t="s">
-        <v>4336</v>
+        <v>4347</v>
       </c>
       <c r="D1131" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1131" s="3" t="s">
-        <v>4337</v>
+        <v>4348</v>
       </c>
       <c r="F1131" s="3" t="s">
-        <v>1241</v>
+        <v>1697</v>
       </c>
       <c r="G1131" s="3" t="s">
-        <v>1251</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1132" s="1" t="s">
-        <v>4338</v>
+        <v>4349</v>
       </c>
       <c r="B1132" s="1" t="s">
-        <v>4339</v>
+        <v>4350</v>
       </c>
       <c r="C1132" s="1" t="s">
-        <v>4340</v>
+        <v>4351</v>
       </c>
       <c r="D1132" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1132" s="3" t="s">
-        <v>4341</v>
+        <v>4352</v>
       </c>
       <c r="F1132" s="3" t="s">
-        <v>1241</v>
+        <v>1697</v>
       </c>
       <c r="G1132" s="3" t="s">
-        <v>1251</v>
+        <v>272</v>
       </c>
     </row>
     <row r="1133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1133" s="1" t="s">
-        <v>4342</v>
+        <v>4349</v>
       </c>
       <c r="B1133" s="1" t="s">
-        <v>4343</v>
+        <v>4353</v>
       </c>
       <c r="C1133" s="1" t="s">
-        <v>4344</v>
+        <v>4354</v>
       </c>
       <c r="D1133" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E1133" s="3" t="s">
-        <v>4345</v>
+        <v>4355</v>
       </c>
       <c r="F1133" s="3" t="s">
-        <v>1241</v>
+        <v>1697</v>
       </c>
       <c r="G1133" s="3" t="s">
-        <v>1251</v>
-[...1010 lines deleted...]
-      <c r="G1177" s="3" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>