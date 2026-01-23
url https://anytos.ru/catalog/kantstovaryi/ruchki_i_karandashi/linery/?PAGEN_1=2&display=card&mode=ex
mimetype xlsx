--- v0 (2025-10-11)
+++ v1 (2026-01-23)
@@ -12,112 +12,109 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="326">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="314">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bd4/xeqwg3stoo229tpx8rprls0bkobz9z8s.jpg</t>
-[...5 lines deleted...]
-    <t>Линер - это универсальный пишущий инструмент для письма, рисования и черчения. Классический линер предназначен для ежедневного использования. Оснащён тонким пластмассовым остриём, чернила красного цвета обеспечивают нанесения четких и ярких линий толщиной 0,3 мм. Линер позволяет непрерывно писать до 1500 м.&amp;nbsp;&amp;nbsp;Пишущий узел - 0,8 мм. Толщина линии- 0,3 мм.</t>
+    <t>http://anytos.ru//upload/iblock/d84/crr78kmrjrj9w665p71nimdwvlayw2gl.jpg</t>
+  </si>
+  <si>
+    <t>Линер CENTROPEN 0,3 мм синий: 2811 01-06 штр.: 8595013601730</t>
+  </si>
+  <si>
+    <t>Линер - это универсальный пишущий инструмент для письма, рисования и черчения. Классический линер предназначен для ежедневного использования. Оснащён тонким пластмассовым остриём, чернила синего цвета обеспечивают нанесения четких и ярких линий толщиной 0,3 мм. Линер позволяет непрерывно писать до 1500 м.&amp;nbsp;&amp;nbsp;Пишущий узел - 0,8 мм. Толщина линии- 0,3 мм.</t>
   </si>
   <si>
     <t>Линеры</t>
   </si>
   <si>
-    <t>105035</t>
+    <t>105036</t>
   </si>
   <si>
     <t>&lt;a href="/brands/centropen/"&gt;Centropen&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d84/crr78kmrjrj9w665p71nimdwvlayw2gl.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cdf/m3zxaae2fg8w33tvl1zr2o22g8q9zy3d.jpg</t>
   </si>
   <si>
     <t>Линер CENTROPEN 0,3 мм черный: 2811 01-12 штр.: 8595013600979</t>
   </si>
   <si>
     <t>Линер - это универсальный пишущий инструмент для письма, рисования и черчения. Классический линер предназначен для ежедневного использования. Оснащён тонким пластмассовым остриём, чернила черного цвета обеспечивают нанесения четких и ярких линий. Линер позволяет непрерывно писать до 1500 м.&amp;nbsp;&amp;nbsp;Пишущий узел - 0,8 мм. Толщина линии- 0,3 мм.</t>
   </si>
   <si>
     <t>105037</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/681/f16sdi8p63vqec03bn5q07cuch3ri7f3.jpg</t>
   </si>
   <si>
     <t>Линер CENTROPEN DOCUMENT 0,1 мм черный: 2631 01-12 1  штр.: 8595013612040</t>
   </si>
   <si>
     <t>Линер - это универсальный пишущий инструмент для письма, рисования и черчения. Линер используют для создания технических чертежей и эскизов. В трубочке из металла находится пластиковое острие, которое заполнено водо- и светостойкими документными чернилами черного цвета, которые подходят для ксерокопирования. Данный линер предназначен не только для повседневного письма, но и для использования в работе конструкторов, художников, дизайнеров и модельеров. Линер позволяет непрервыно писать до 500 - 600 м. Толщина линии - 0,1 мм.</t>
   </si>
   <si>
     <t>105038</t>
@@ -125,113 +122,92 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f80/lhn5i8f0te7sxw6ztsb9w03s0t4a3inz.jpg</t>
   </si>
   <si>
     <t>Линер CENTROPEN DOCUMENT 0,3 мм черный: 2631 01-12 2  штр.: 8595013612057</t>
   </si>
   <si>
     <t>105039</t>
   </si>
   <si>
     <t>Линер CENTROPEN DOCUMENT 0,5 мм черный: 2631 01-12 3  штр.: 8595013612064</t>
   </si>
   <si>
     <t>105041</t>
   </si>
   <si>
     <t>Линер CENTROPEN DOCUMENT 0,7 мм черный: 2631 01-12 4  штр.: 8595013612071</t>
   </si>
   <si>
     <t>Линер - это универсальный пишущий инструмент для письма, рисования и черчения. Линер используют для создания технических чертежей и эскизов. В трубочке из металла находится пластиковое острие, которое заполнено водо- и светостойкими документными чернилами черного цвета, которые подходят для ксерокопирования. Данный линер предназначен не только для повседневного письма, но и для использования в работе конструкторов, художников, дизайнеров и модельеров. Линер позволяет непрервыно писать до 500 - 600 м. Толщина линии - 0,7 мм.</t>
   </si>
   <si>
     <t>105042</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/142/360sxat6ypcg04fxmhvncoeu8kkos0rl.jpg</t>
-[...2 lines deleted...]
-    <t>Линер CENTROPEN ERGO Cap off 0,3 мм синий: 4621 01-06 штр.: 8595013628577</t>
+    <t>http://anytos.ru//upload/iblock/bdf/jnhldlgdrwap98ix8lqbh60vb74olqwv.jpg</t>
+  </si>
+  <si>
+    <t>Линер CENTROPEN ERGO Cap off 0,3 мм черный: 4621 01-12 штр.: 8595013628591</t>
   </si>
   <si>
     <t>Линер - это универсальный пишущий инструмент для письма, рисования и черчения. Линер имеет трехгранный корпус, тонкий пластмассовый пишущий узел в металлической оправе. Эргономичная зона захвата делает письмо более комфортным, а также снижает напряжение в мышцах. Чернила не высыхают, если оставить открытый колпачок даже в течение 14-ти дней. Линер позволяет непрервыно писать до 1500 м. Пишущий узел - 0,8 мм. Толщина линии - 0,3 мм.</t>
   </si>
   <si>
-    <t>105045</t>
-[...7 lines deleted...]
-  <si>
     <t>105046</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/964/964860aecb9b7771c40cfbb6f9f11392.jpg</t>
   </si>
   <si>
     <t>Ручка-линер  quot;CMP-5000 quot; синяя, 0,5мм: CMP-5000</t>
   </si>
   <si>
     <t>Ручка-линер &amp;quot;CMP-5000&amp;quot; синяя, 0,5мм: CMP-5000 Фибронаконечник в пластиковой обойме. Тонкая равномерная линия письма. Четкий контрастный след. Диаметр пишущего узла 0,5 мм.</t>
   </si>
   <si>
     <t>212302</t>
   </si>
   <si>
     <t>&lt;a href="/brands/crown/"&gt;Crown&lt;/a&gt;</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/310/3109be287b9e1903b1f3e8ea70189fec.jpg</t>
   </si>
   <si>
     <t>Ручка-линер  quot;Document quot; черная, 0,1мм: 2631 1ч штр.:  8595013612040</t>
   </si>
   <si>
     <t>Ручка-линер &amp;quot;Document&amp;quot; черная, 0,1мм: 2631/1ч Ручка-линер. Эргономичная зона обхвата. Светостойкие, водостойкие чернила для документов. Пластмассовый пишущий узел в металлической оправе.Длина линии 500 - 600 м, толщина линии 0,1мм</t>
   </si>
   <si>
     <t>214779</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ba8/ba891ceb5c8fcb97796578aee1cda8d8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/664/6642e117c3aeb3177ae431fb6e55ec8b.jpg</t>
   </si>
   <si>
     <t>Ручка капиллярная синяя, 0,4мм: CK_40682 штр.:  4260107472735</t>
   </si>
   <si>
     <t>Капиллярная ручка с колпачком и пластиковым клипом. Высокое качество письма, быстросохнущие чернила на водной основе. Мягкое письмо. Вентилируемый колпачок. Диаметр пишещего узла 0,4 мм. Цвет чернил - синий. Упаковка в картонную коробку по 12 шт.</t>
   </si>
   <si>
     <t>217790</t>
   </si>
   <si>
     <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a0/1a077726546dd2292819aa7210a2ec1d.jpg</t>
   </si>
   <si>
     <t>Ручка-линер  quot;Document quot; синяя, 0,1мм: 2631 1с штр.:  8595013624890</t>
   </si>
   <si>
     <t>Ручка-линер &amp;quot;Document&amp;quot; синяя, 0,1мм: 2631/1с</t>
@@ -299,153 +275,117 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c32/c320f5d90aa2cb0d8bf859bf0d88e572/1dde0b589b0eace4fdba90c7eee2ddcf.jpg</t>
   </si>
   <si>
     <t>Линер EDDING E-89 001 0,3мм черный Германия штр.  4004764041114, 4004764433469</t>
   </si>
   <si>
     <t>Ручка-линер Edding в пластиковом корпусе с колпачком. Заправлена чернилами черного цвета на водной основе, которые обеспечивают четкие, тонкие и яркие линии, при этом не просачиваясь сквозь бумагу. Толщина линии письма - 0,3 мм. Линер оптимален для черчения и графических работ. Не требует усилий при письме.</t>
   </si>
   <si>
     <t>250841</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/907/907cd7771e410fd73edd1749f19de936/908abfb7f5f6cd6a225d40043ce42fa1.jpg</t>
   </si>
   <si>
     <t>Линер EDDING E-89 003 0,3мм синий Германия штр.  4004764041138</t>
   </si>
   <si>
     <t>Ручка-линер Edding в пластиковом корпусе с колпачком. Заправлена чернилами синего цвета на водной основе, которые обеспечивают четкие, тонкие и яркие линии, при этом не просачиваясь сквозь бумагу. Толщина линии письма - 0,3 мм. Линер оптимален для черчения и графических работ. Не требует усилий при письме.</t>
   </si>
   <si>
     <t>250842</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b46/b46c2cbb4c946f3a785a2cd70e3b20d2/96eced4d8dba097f3f71f13a8a0892b1.jpg</t>
-[...35 lines deleted...]
-    <t>250852</t>
+    <t>http://anytos.ru//upload/iblock/233/2337cfad74646e588ff3f1d0b56a96e2/795a3d2b5efbe76c06288c8b11c50512.jpg</t>
+  </si>
+  <si>
+    <t>Линер STABILO Point 88 46 0,4мм черный Германия штр.  4006381105316, 4006381217477</t>
+  </si>
+  <si>
+    <t>Ручка-линер Stabilo Point в пластиковом корпусе желтого цвета с колпачком и износостойким наконечником. Чернила черного цвета на водной основе обеспечивают четкие, тонкие и яркие линии, не просачиваясь сквозь бумагу. Толщина линии - 0,4 мм. Линер оптимален для черчения и графических работ, не требует усилий при работе. Не оставляет следов на линейках и трафаретах благодаря металлическому стержню.</t>
+  </si>
+  <si>
+    <t>250853</t>
   </si>
   <si>
     <t>&lt;a href="/brands/stabilo/"&gt;Stabilo&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/233/2337cfad74646e588ff3f1d0b56a96e2/795a3d2b5efbe76c06288c8b11c50512.jpg</t>
-[...14 lines deleted...]
-    <t>Линер CENTROPEN ERGOLINE Cap off 0,3 мм зелен.: 4611 01-10 штр.: 8595013628188</t>
+    <t>http://anytos.ru//upload/iblock/e00/e001da7a27de8ff0b11a6d5d58323970/6ed0e728eb07bd836dbc7ddb2a18e5e9.jpg</t>
+  </si>
+  <si>
+    <t>Линер STABILO Point 88 6 0,4мм набор 6цв. Германия штр.  4006381316132</t>
+  </si>
+  <si>
+    <t>Набор ручек-линеров Stabilo, шесть штук. Выполнены в пластиковом корпусе с колпачком. Цвета - синий, красный, зеленый, черный, фиолетовый, сиреневый. Чернила на водной основе обеспечивают четкие, тонкие и яркие линии, при этом не просачиваясь сквозь бумагу. Толщина линии письма - 0,4 мм. Износостойкий пишущий узел. Линеры оптимальны для черчения и графических работ.</t>
+  </si>
+  <si>
+    <t>250854</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a40/ay1kb1mc9ql3vbm3gqgiy96bwo8uvxsv.jpg</t>
+  </si>
+  <si>
+    <t>Линер CENTROPEN ERGOLINE Cap off 0,3 мм черный: 4611 01-12 штр.: 8595013628195</t>
   </si>
   <si>
     <t>Линер - это универсальный пишущий инструмент для письма, рисования и черчения. Линер с тонким пластмассовым пишущим узлом позволяет наносить четкие, яркие и тонкие линии. Эргономичная зона захвата делает письмо более комфортным, а также снижает напряжение в мышцах. Чернила не высыхают, если оставить открытый колпачок даже в течение 14-ти дней. Линер позволяет непрервыно писать до 1500 м. Пишущий узел - 0,8 мм. Толщина линии - 0,3 мм.</t>
   </si>
   <si>
-    <t>277975</t>
-[...7 lines deleted...]
-  <si>
     <t>277978</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/404/4048162fc8cd43198987588fe2d22ede/3f77d9e296043861192ff946193c6b3d.jpg</t>
   </si>
   <si>
     <t>Линер Attache Selection корпус soft touch 0,5мм синий</t>
   </si>
   <si>
     <t>376398</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8cb/8cbbe20ccd501070b63c5332b8355cc6/e2310a63d17897b0b5c53384e84c78fe.jpg</t>
   </si>
   <si>
     <t>Линер Attache Selection корпус soft touch 0,5мм черный</t>
   </si>
   <si>
     <t>376399</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/492/4920ece75171d35f6db598cd634de912/5f5fca7d0bc4ddfa0b9c45502d3ba019.jpg</t>
-[...5 lines deleted...]
-    <t>583869</t>
+    <t>http://anytos.ru//upload/iblock/771/771fc34b834d62aa0cd1a0ca61d70435/de19d3ce3485fa31d4f05e580bd223b3.jpg</t>
+  </si>
+  <si>
+    <t>Линер Attache металл.клип 0,5мм синий</t>
+  </si>
+  <si>
+    <t>376400</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/908/9080d33b572fd7fc3bac2347aeaec9fc.jpg</t>
   </si>
   <si>
     <t>Линер KORES K Liner 0,4 мм набор 24шт</t>
   </si>
   <si>
     <t>619411</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kores/"&gt;KORES&lt;/a&gt;</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/403/40360945957aa5492ca9c91b6a33a6ef.jpg</t>
   </si>
   <si>
     <t>Линер KORES K Liner 0,4 мм набор 4шт.</t>
   </si>
   <si>
     <t>627331</t>
   </si>
@@ -614,77 +554,65 @@
   <si>
     <t>http://anytos.ru//upload/iblock/50d/0oe2xr1aibku3dgb0nz8ytl2h7ef3bv5.jpg</t>
   </si>
   <si>
     <t>Линер неавтоматический PENSAN FINE GREEN 6500 10</t>
   </si>
   <si>
     <t>Линер неавтоматический PENSAN FINE GREEN 6500/10</t>
   </si>
   <si>
     <t>880238</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/93a/2qqs9c8lyuei6a2ozxh9enb9o41h7prj.jpg</t>
   </si>
   <si>
     <t>Линер неавтоматический PENSAN FINE RED 6500 10</t>
   </si>
   <si>
     <t>Линер неавтоматический PENSAN FINE RED 6500/10</t>
   </si>
   <si>
     <t>880239</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/53f/ncr2whpqpzu5bawikmcixiued8f6fcr6.jpg</t>
-[...8 lines deleted...]
-    <t>880246</t>
+    <t>http://anytos.ru//upload/iblock/a20/cinehm44k22m4ayk2ec2vks1qb1rn958.jpg</t>
+  </si>
+  <si>
+    <t>Набор линеров для скетчинга SKETCH ART В ПВХ кармане 0.4 мм 24 цв 36-0013</t>
+  </si>
+  <si>
+    <t>Набор линеров для скетчинга SKETCH&amp;ART В ПВХ кармане 0.4 мм 24 цв 36-0013</t>
+  </si>
+  <si>
+    <t>880249</t>
   </si>
   <si>
     <t>&lt;a href="/brands/sketch-art/"&gt;SKETCH&amp;ART&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a20/cinehm44k22m4ayk2ec2vks1qb1rn958.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e39/gbxg3xa14tgiyhpdj5k93q0spoiwlw3y.png</t>
   </si>
   <si>
     <t>НАБОР СКЕТЧ - ЛИНЕРОВ  quot;SKETCH ART. BLACK EDITION quot; 0.36 ММ, 12 ЦВ.</t>
   </si>
   <si>
     <t>НАБОР СКЕТЧ - ЛИНЕРОВ &amp;quot;SKETCH&amp;ART. BLACK EDITION&amp;quot; 0.36 ММ, 12 ЦВ.</t>
   </si>
   <si>
     <t>908483</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b3f/vo7va8482wk71v168hus8xhcl6a32mkz.png</t>
   </si>
   <si>
     <t>НАБОР СКЕТЧ - ЛИНЕРОВ  quot;SKETCH ART. BLACK EDITION quot; 0.36 ММ, 18 ЦВ.</t>
   </si>
   <si>
     <t>НАБОР СКЕТЧ - ЛИНЕРОВ &amp;quot;SKETCH&amp;ART. BLACK EDITION&amp;quot; 0.36 ММ, 18 ЦВ.</t>
   </si>
   <si>
     <t>908486</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33c/5oo7jl8a8bwt45em0s6bqum2c7yewjvt.jpg</t>
@@ -725,243 +653,279 @@
   <si>
     <t>Капиллярные ручки линеры 6 шт. черные, 0,2 0,25 0,3 0,35 0,45 0,7 мм, BRAUBERG ART CLASSIC, 143942</t>
   </si>
   <si>
     <t>Капиллярные ручки &amp;#40;линеры&amp;#41; BRAUBERG ART CLASSIC - профессиональная серия. Идеально подходят для работы как в графических техниках, так и совместно с акварелью. В наборе 6 черных капиллярных ручек с типом наконечника &amp;quot;линер&amp;quot;: № 0.2, 0.25, 0.3, 0.35, 0.45, 0.7. Номер ручки на колпачке соответствует толщине линии письма в миллиметрах.Предназначены для работы в различных художественных техниках, каллиграфии, леттеринга, черчения и письма. Изготовлены с применением высококачественных японских чернил и наконечников. Чернила на водной основе, без кислот. Отличаются высокой светостойкостью, быстрым высыханием и устойчивостью к воздействию воды - идеальный вариант для создания скетчей под акварельную заливку. Подходят для работы совместно со спиртовыми маркерами. Капиллярные ручки в черном корпусе, форма корпуса - круглая. Поставляются в прозрачном ПЭТ-боксе с европодвесом.Художественные капиллярные ручки линеры пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма размеров и видов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти капиллярные ручки линеры используют любители в качестве хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41;, Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
   </si>
   <si>
     <t>953758</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f4d/jrqqzai2vkt9btmb1y2oopmcbjdtae1u.jpeg</t>
   </si>
   <si>
     <t>НАБОР ЛИНЕРОВ  quot;SKETCH ART quot; ЧЕРНОГО ЦВЕТА, 9 ШТУК</t>
   </si>
   <si>
     <t>НАБОР ЛИНЕРОВ &amp;quot;SKETCH&amp;ART&amp;quot; ЧЕРНОГО ЦВЕТА, 9 ШТУК</t>
   </si>
   <si>
     <t>955993</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fc0/bdcvxfcidxh25l4xuox7ou1kuqar8cmk.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6eb/b0g8tz1ltrkoci9wsf87ej701j1hzyhf.jpeg</t>
   </si>
   <si>
     <t>НАБОР ЛИНЕРОВ УТОЛЩЕННЫХ  quot;SKETCH ART quot; ЧЕРНОГО ЦВЕТА, 4 ШТУКИ</t>
   </si>
   <si>
     <t>НАБОР ЛИНЕРОВ УТОЛЩЕННЫХ &amp;quot;SKETCH&amp;ART&amp;quot; ЧЕРНОГО ЦВЕТА, 4 ШТУКИ</t>
   </si>
   <si>
     <t>955995</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a02/t54yhj34o0brknc5as3o7uhf72ey5f8q.jpg</t>
   </si>
   <si>
     <t>Линер Комус Ultra Fine 0.4 мм, черный</t>
   </si>
   <si>
     <t>963265</t>
   </si>
   <si>
     <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ff6/8jle6knc7827pchxi9cu0i1a0fcbtqie.jpg</t>
+  </si>
+  <si>
+    <t>Линер Комус Ultra Fine 0.4 мм, синий</t>
+  </si>
+  <si>
+    <t>963266</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f99/15502xv02xr1etf3in002084dqrf7n39.jpg</t>
+  </si>
+  <si>
+    <t>Линер Гамма  quot;Студия quot; черный, пишущий узел  quot;кисть quot; 1,0мм, пластик. уп., европодвес</t>
+  </si>
+  <si>
+    <t>Линер Гамма &amp;quot;Студия&amp;quot; черный, пишущий узел &amp;quot;кисть&amp;quot; 1,0мм, пластик. уп., европодвес</t>
+  </si>
+  <si>
+    <t>982651</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/gamma_/"&gt;Гамма&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/848/lxlknf5ba18birl41tbavyq8g9jwjyxr.jpg</t>
   </si>
   <si>
     <t>Линер Гамма  quot;Студия quot; черный, 0,05мм, пластик. уп., европодвес</t>
   </si>
   <si>
     <t>Линер Гамма &amp;quot;Студия&amp;quot; черный, 0,05мм, пластик. уп., европодвес</t>
   </si>
   <si>
     <t>982652</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/gamma_/"&gt;Гамма&lt;/a&gt;</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/036/u9cob26snnm1g7wdxbood9n31r58kudb.jpg</t>
   </si>
   <si>
     <t>Линер Гамма  quot;Студия quot; черный, 0,2мм, пластик. уп., европодвес</t>
   </si>
   <si>
     <t>Линер Гамма &amp;quot;Студия&amp;quot; черный, 0,2мм, пластик. уп., европодвес</t>
   </si>
   <si>
     <t>982654</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/532/0imadj2mgphz1zxr44m6b3vv6bv33bdr.jpg</t>
-[...8 lines deleted...]
-    <t>982655</t>
+    <t>http://anytos.ru//upload/iblock/acb/ygm043rvxejh873bpmewpwunaxibzqd5.jpg</t>
+  </si>
+  <si>
+    <t>Линер Гамма  quot;Студия quot; черный, 0,4мм, пластик. уп., европодвес</t>
+  </si>
+  <si>
+    <t>Линер Гамма &amp;quot;Студия&amp;quot; черный, 0,4мм, пластик. уп., европодвес</t>
+  </si>
+  <si>
+    <t>982656</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efc/mdo7jsatvjd7ase4am970i7gavfgjnzt.jpg</t>
+  </si>
+  <si>
+    <t>Линер Гамма  quot;Студия quot; черный, 0,5мм, пластик. уп., европодвес</t>
+  </si>
+  <si>
+    <t>Линер Гамма &amp;quot;Студия&amp;quot; черный, 0,5мм, пластик. уп., европодвес</t>
+  </si>
+  <si>
+    <t>982657</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/996/6ioo4pk7m6gotudiwger9ypjqch9tzmm.jpg</t>
   </si>
   <si>
     <t>Линер Гамма  quot;Студия quot; черный, 0,6мм, пластик. уп., европодвес</t>
   </si>
   <si>
     <t>Линер Гамма &amp;quot;Студия&amp;quot; черный, 0,6мм, пластик. уп., европодвес</t>
   </si>
   <si>
     <t>982658</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4fa/xeun5w2xfp2dv33p5gt58ciy2tubx96e.jpg</t>
   </si>
   <si>
     <t>Линер Гамма  quot;Студия quot; черный, 0,8мм, пластик. уп., европодвес</t>
   </si>
   <si>
     <t>Линер Гамма &amp;quot;Студия&amp;quot; черный, 0,8мм, пластик. уп., европодвес</t>
   </si>
   <si>
     <t>982659</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c7b/5g46t8p82p2jf00eec7nzbwohnh71hdx.jpg</t>
   </si>
   <si>
     <t>Набор линеров Гамма  quot;Студия quot; черные, 4шт., 0,3 0,5 0,8 1,0мм</t>
   </si>
   <si>
     <t>Набор линеров Гамма &amp;quot;Студия&amp;quot; черные, 4шт., 0,3/0,5/0,8/1,0мм</t>
   </si>
   <si>
     <t>982660</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6af/ltwsglrlc8td98gnr1wdds50rqr2wodk.jpg</t>
+  </si>
+  <si>
+    <t>Набор линеров Гамма  quot;Студия quot; черные, 6шт., 0,05 0,1 0,2 0,3 0,5 0,8мм</t>
+  </si>
+  <si>
+    <t>Набор линеров Гамма &amp;quot;Студия&amp;quot; черные, 6шт., 0,05/0,1/0,2/0,3/0,5/0,8мм</t>
+  </si>
+  <si>
+    <t>982661</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/331/6dq3ysit9rgnmu0wq2o4tm8behwa3ef6.jpg</t>
+  </si>
+  <si>
+    <t>Набор линеров Гамма  quot;Студия quot; черные, 6шт., 0,05 0,1 0,3  0,5 0,8 1,0мм</t>
+  </si>
+  <si>
+    <t>Набор линеров Гамма &amp;quot;Студия&amp;quot; черные, 6шт., 0,05/0,1/0,3/ 0,5/0,8/1,0мм</t>
+  </si>
+  <si>
+    <t>982662</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b4e/s3w0tbqhbe3wvtfel40lqn44o0guofeu.jpg</t>
   </si>
   <si>
     <t>Набор линеров Гамма  quot;Студия quot; черные, 9шт., 0,05 0,1 0,2 0,3 0,4 0,5 0,6 0,8 1,0мм</t>
   </si>
   <si>
     <t>Набор линеров Гамма &amp;quot;Студия&amp;quot; черные, 9шт., 0,05/0,1/0,2/0,3/0,4/0,5/0,6/0,8/1,0мм</t>
   </si>
   <si>
     <t>982663</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/702/8e93vv3ie4rsqngulzht5o5cuz82fcoj.jpg</t>
-[...8 lines deleted...]
-    <t>986111</t>
+    <t>http://anytos.ru//upload/iblock/806/ds3spkozh750kjrcaxyfnmtnbooulzs0.jpg</t>
+  </si>
+  <si>
+    <t>Набор линеров Гамма  quot;Студия quot; черные, 3шт., 0,2 0,5 0,8мм.</t>
+  </si>
+  <si>
+    <t>Набор линеров Гамма &amp;quot;Студия&amp;quot; черные, 3шт., 0,2/0,5/0,8мм.</t>
+  </si>
+  <si>
+    <t>986112</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ec5/g4xk1amsda6l6fvjsrh6t1w0u2go0u2y.jpg</t>
   </si>
   <si>
     <t>Линер пигментный Berlingo  quot;Precision quot; черный,  12, 0,9мм</t>
   </si>
   <si>
     <t>Линер пигментный Berlingo &amp;quot;Precision&amp;quot; черный, #12, 0,9мм</t>
   </si>
   <si>
     <t>1001610</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f4/vpk3me5hg2jbdhu182go03qasje35c2j.jpg</t>
   </si>
   <si>
     <t>Набор линеров пигментных Berlingo  quot;Precision quot; черные, 11шт., европодвес</t>
   </si>
   <si>
     <t>Набор линеров пигментных Berlingo &amp;quot;Precision&amp;quot; черные, 11шт., европодвес</t>
   </si>
   <si>
     <t>1001611</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a70/8mmuqi16k0bfb7hurlkb1quip0ru7fqr.jpg</t>
+  </si>
+  <si>
+    <t>Набор линеров пигментных Berlingo  quot;Precision quot; черные, 3шт., 0,25 0,35 0,6мм, европодвес</t>
+  </si>
+  <si>
+    <t>Набор линеров пигментных Berlingo &amp;quot;Precision&amp;quot; черные, 3шт., 0,25/0,35/0,6мм, европодвес</t>
+  </si>
+  <si>
+    <t>1001612</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d50/2kaqnzpy62jj3beduuzmg65q348ipj3s.jpg</t>
   </si>
   <si>
     <t>Набор линеров пигментных Berlingo  quot;Precision quot; черные, 3шт., 0,3 0,45 0,9мм, европодвес</t>
   </si>
   <si>
     <t>Набор линеров пигментных Berlingo &amp;quot;Precision&amp;quot; черные, 3шт., 0,3/0,45/0,9мм, европодвес</t>
   </si>
   <si>
     <t>1001613</t>
-  </si>
-[...10 lines deleted...]
-    <t>1007052</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7b5/wm4t4xl3u005ga6la0dteteayvmf9bu9.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Линеры ErichKrause Art Spirit 12 цветов  в футляре с европодвесом 12 штук </t>
   </si>
   <si>
     <t>Линеры ErichKrause Art Spirit 12 цветов &amp;#40;в футляре с европодвесом 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>1011014</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f57/e52d26tu72s0ollu0wm0hf19rqco36ri.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Линеры ErichKrause Art Spirit 18 цветов  в футляре с европодвесом 18 штук </t>
   </si>
   <si>
     <t>Линеры ErichKrause Art Spirit 18 цветов &amp;#40;в футляре с европодвесом 18 штук&amp;#41;</t>
   </si>
   <si>
     <t>1011015</t>
   </si>
@@ -1360,1857 +1324,1780 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J80"/>
+  <dimension ref="A1:M76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G80" sqref="G80"/>
+      <selection pane="bottomRight" activeCell="G76" sqref="G76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...35 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="F7" s="3" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="B8" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="C9" s="1"/>
+        <v>33</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>34</v>
+      </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="B15" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G17" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...39 lines deleted...]
-      <c r="A17" s="1" t="s">
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F26" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B17" s="1" t="s">
-[...220 lines deleted...]
-      </c>
       <c r="G26" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>112</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F28" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B28" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G28" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>14</v>
+        <v>122</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="F32" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="B32" s="1" t="s">
-[...15 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G32" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>133</v>
+        <v>113</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>142</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="F42" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="B42" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G42" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>162</v>
+        <v>184</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>162</v>
-[...5 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>187</v>
-[...5 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>187</v>
+        <v>113</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>187</v>
+        <v>113</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>187</v>
+        <v>203</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="F50" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="F50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G50" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="G62" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="F51" s="3" t="s">
-[...116 lines deleted...]
-      <c r="A57" s="1" t="s">
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F63" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="B57" s="1" t="s">
-[...151 lines deleted...]
-      </c>
       <c r="G63" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>253</v>
+        <v>228</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>253</v>
+        <v>228</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>253</v>
+        <v>228</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>253</v>
+        <v>54</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>253</v>
+        <v>54</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>253</v>
+        <v>54</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G70" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="F70" s="3" t="s">
-[...6 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>62</v>
+        <v>127</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>62</v>
+        <v>127</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>62</v>
+        <v>127</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>14</v>
+        <v>127</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>147</v>
+        <v>127</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>147</v>
+        <v>127</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>63</v>
-[...91 lines deleted...]
-        <v>49</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">