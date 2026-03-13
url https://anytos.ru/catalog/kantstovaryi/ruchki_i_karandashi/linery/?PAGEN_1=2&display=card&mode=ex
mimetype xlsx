--- v1 (2026-01-23)
+++ v2 (2026-03-13)
@@ -12,136 +12,124 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="314">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="286">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d84/crr78kmrjrj9w665p71nimdwvlayw2gl.jpg</t>
-[...5 lines deleted...]
-    <t>Линер - это универсальный пишущий инструмент для письма, рисования и черчения. Классический линер предназначен для ежедневного использования. Оснащён тонким пластмассовым остриём, чернила синего цвета обеспечивают нанесения четких и ярких линий толщиной 0,3 мм. Линер позволяет непрерывно писать до 1500 м.&amp;nbsp;&amp;nbsp;Пишущий узел - 0,8 мм. Толщина линии- 0,3 мм.</t>
+    <t>http://anytos.ru//upload/iblock/cdf/m3zxaae2fg8w33tvl1zr2o22g8q9zy3d.jpg</t>
+  </si>
+  <si>
+    <t>Линер CENTROPEN 0,3 мм черный: 2811 01-12 штр.: 8595013600979</t>
+  </si>
+  <si>
+    <t>Линер - это универсальный пишущий инструмент для письма, рисования и черчения. Классический линер предназначен для ежедневного использования. Оснащён тонким пластмассовым остриём, чернила черного цвета обеспечивают нанесения четких и ярких линий. Линер позволяет непрерывно писать до 1500 м.&amp;nbsp;&amp;nbsp;Пишущий узел - 0,8 мм. Толщина линии- 0,3 мм.</t>
   </si>
   <si>
     <t>Линеры</t>
   </si>
   <si>
-    <t>105036</t>
+    <t>105037</t>
   </si>
   <si>
     <t>&lt;a href="/brands/centropen/"&gt;Centropen&lt;/a&gt;</t>
   </si>
   <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/681/f16sdi8p63vqec03bn5q07cuch3ri7f3.jpg</t>
+  </si>
+  <si>
+    <t>Линер CENTROPEN DOCUMENT 0,1 мм черный: 2631 01-12 1  штр.: 8595013612040</t>
+  </si>
+  <si>
+    <t>Линер - это универсальный пишущий инструмент для письма, рисования и черчения. Линер используют для создания технических чертежей и эскизов. В трубочке из металла находится пластиковое острие, которое заполнено водо- и светостойкими документными чернилами черного цвета, которые подходят для ксерокопирования. Данный линер предназначен не только для повседневного письма, но и для использования в работе конструкторов, художников, дизайнеров и модельеров. Линер позволяет непрервыно писать до 500 - 600 м. Толщина линии - 0,1 мм.</t>
+  </si>
+  <si>
+    <t>105038</t>
+  </si>
+  <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cdf/m3zxaae2fg8w33tvl1zr2o22g8q9zy3d.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f80/lhn5i8f0te7sxw6ztsb9w03s0t4a3inz.jpg</t>
   </si>
   <si>
     <t>Линер CENTROPEN DOCUMENT 0,3 мм черный: 2631 01-12 2  штр.: 8595013612057</t>
   </si>
   <si>
     <t>105039</t>
   </si>
   <si>
     <t>Линер CENTROPEN DOCUMENT 0,5 мм черный: 2631 01-12 3  штр.: 8595013612064</t>
   </si>
   <si>
     <t>105041</t>
   </si>
   <si>
     <t>Линер CENTROPEN DOCUMENT 0,7 мм черный: 2631 01-12 4  штр.: 8595013612071</t>
   </si>
   <si>
     <t>Линер - это универсальный пишущий инструмент для письма, рисования и черчения. Линер используют для создания технических чертежей и эскизов. В трубочке из металла находится пластиковое острие, которое заполнено водо- и светостойкими документными чернилами черного цвета, которые подходят для ксерокопирования. Данный линер предназначен не только для повседневного письма, но и для использования в работе конструкторов, художников, дизайнеров и модельеров. Линер позволяет непрервыно писать до 500 - 600 м. Толщина линии - 0,7 мм.</t>
   </si>
   <si>
     <t>105042</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bdf/jnhldlgdrwap98ix8lqbh60vb74olqwv.jpg</t>
@@ -773,231 +761,159 @@
   <si>
     <t>http://anytos.ru//upload/iblock/996/6ioo4pk7m6gotudiwger9ypjqch9tzmm.jpg</t>
   </si>
   <si>
     <t>Линер Гамма  quot;Студия quot; черный, 0,6мм, пластик. уп., европодвес</t>
   </si>
   <si>
     <t>Линер Гамма &amp;quot;Студия&amp;quot; черный, 0,6мм, пластик. уп., европодвес</t>
   </si>
   <si>
     <t>982658</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4fa/xeun5w2xfp2dv33p5gt58ciy2tubx96e.jpg</t>
   </si>
   <si>
     <t>Линер Гамма  quot;Студия quot; черный, 0,8мм, пластик. уп., европодвес</t>
   </si>
   <si>
     <t>Линер Гамма &amp;quot;Студия&amp;quot; черный, 0,8мм, пластик. уп., европодвес</t>
   </si>
   <si>
     <t>982659</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c7b/5g46t8p82p2jf00eec7nzbwohnh71hdx.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6af/ltwsglrlc8td98gnr1wdds50rqr2wodk.jpg</t>
   </si>
   <si>
     <t>Набор линеров Гамма  quot;Студия quot; черные, 6шт., 0,05 0,1 0,2 0,3 0,5 0,8мм</t>
   </si>
   <si>
     <t>Набор линеров Гамма &amp;quot;Студия&amp;quot; черные, 6шт., 0,05/0,1/0,2/0,3/0,5/0,8мм</t>
   </si>
   <si>
     <t>982661</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/331/6dq3ysit9rgnmu0wq2o4tm8behwa3ef6.jpg</t>
   </si>
   <si>
     <t>Набор линеров Гамма  quot;Студия quot; черные, 6шт., 0,05 0,1 0,3  0,5 0,8 1,0мм</t>
   </si>
   <si>
     <t>Набор линеров Гамма &amp;quot;Студия&amp;quot; черные, 6шт., 0,05/0,1/0,3/ 0,5/0,8/1,0мм</t>
   </si>
   <si>
     <t>982662</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b4e/s3w0tbqhbe3wvtfel40lqn44o0guofeu.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ec5/g4xk1amsda6l6fvjsrh6t1w0u2go0u2y.jpg</t>
   </si>
   <si>
     <t>Линер пигментный Berlingo  quot;Precision quot; черный,  12, 0,9мм</t>
   </si>
   <si>
     <t>Линер пигментный Berlingo &amp;quot;Precision&amp;quot; черный, #12, 0,9мм</t>
   </si>
   <si>
     <t>1001610</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f4/vpk3me5hg2jbdhu182go03qasje35c2j.jpg</t>
   </si>
   <si>
     <t>Набор линеров пигментных Berlingo  quot;Precision quot; черные, 11шт., европодвес</t>
   </si>
   <si>
     <t>Набор линеров пигментных Berlingo &amp;quot;Precision&amp;quot; черные, 11шт., европодвес</t>
   </si>
   <si>
     <t>1001611</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a70/8mmuqi16k0bfb7hurlkb1quip0ru7fqr.jpg</t>
-[...8 lines deleted...]
-    <t>1001612</t>
+    <t>http://anytos.ru//upload/iblock/d50/2kaqnzpy62jj3beduuzmg65q348ipj3s.jpg</t>
+  </si>
+  <si>
+    <t>Набор линеров пигментных Berlingo  quot;Precision quot; черные, 3шт., 0,3 0,45 0,9мм, европодвес</t>
+  </si>
+  <si>
+    <t>Набор линеров пигментных Berlingo &amp;quot;Precision&amp;quot; черные, 3шт., 0,3/0,45/0,9мм, европодвес</t>
+  </si>
+  <si>
+    <t>1001613</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d50/2kaqnzpy62jj3beduuzmg65q348ipj3s.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7b5/wm4t4xl3u005ga6la0dteteayvmf9bu9.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Линеры ErichKrause Art Spirit 12 цветов  в футляре с европодвесом 12 штук </t>
   </si>
   <si>
     <t>Линеры ErichKrause Art Spirit 12 цветов &amp;#40;в футляре с европодвесом 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>1011014</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f57/e52d26tu72s0ollu0wm0hf19rqco36ri.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Линеры ErichKrause Art Spirit 18 цветов  в футляре с европодвесом 18 штук </t>
   </si>
   <si>
     <t>Линеры ErichKrause Art Spirit 18 цветов &amp;#40;в футляре с европодвесом 18 штук&amp;#41;</t>
   </si>
   <si>
     <t>1011015</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0c/27p4pbhb2fn0us6i0wtw48yewnkd3qqf.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Линеры ErichKrause Art Spirit 24 цвета  в футляре с европодвесом 24 штуки </t>
   </si>
   <si>
     <t>Линеры ErichKrause Art Spirit 24 цвета &amp;#40;в футляре с европодвесом 24 штуки&amp;#41;</t>
   </si>
   <si>
     <t>1011016</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/62a/099r0l4z21uvezmq5mrpv5cqku1561pu.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f82/te2xhg23hxoc1t48dqgkw3c3y88konr6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Линеры ErichKrause Art Spirit Neon 6 цветов  в футляре с европодвесом 6 штук </t>
   </si>
   <si>
     <t>Линеры ErichKrause Art Spirit Neon 6 цветов &amp;#40;в футляре с европодвесом 6 штук&amp;#41;</t>
   </si>
   <si>
     <t>1011018</t>
-  </si>
-[...10 lines deleted...]
-    <t>1011019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1324,57 +1240,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M76"/>
+  <dimension ref="A1:M69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G76" sqref="G76"/>
+      <selection pane="bottomRight" activeCell="G69" sqref="G69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -1440,1664 +1356,1503 @@
         <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="C6" s="1"/>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>31</v>
-      </c>
-[...5 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>39</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>57</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="G15" s="3" t="s">
         <v>61</v>
-      </c>
-[...13 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>67</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>69</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>71</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>73</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F18" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B18" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G18" s="3" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>82</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>84</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>86</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F21" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B21" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G21" s="3" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>93</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>95</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>91</v>
+        <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>97</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="3" t="s">
+      <c r="F23" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="F23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="3" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>101</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>102</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C25" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="C25" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F25" s="3" t="s">
-        <v>103</v>
+        <v>60</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="C26" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E26" s="3" t="s">
+      <c r="F26" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="F26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" s="3" t="s">
-        <v>55</v>
+        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>114</v>
+        <v>41</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>117</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>126</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F31" s="3" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>133</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>127</v>
+        <v>109</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>135</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>137</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F34" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="B34" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G34" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
         <v>143</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>144</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>146</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>147</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>148</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
         <v>151</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>152</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>153</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>154</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
         <v>155</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>158</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>159</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>161</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>162</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>142</v>
+        <v>163</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F40" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="B40" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G40" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
         <v>168</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>169</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>173</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>174</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>175</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>176</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>177</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>178</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>179</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
         <v>185</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>186</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>187</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>188</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
         <v>189</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>190</v>
       </c>
       <c r="C46" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="D46" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F46" s="3" t="s">
-        <v>18</v>
+        <v>109</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B47" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="C47" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="C47" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F47" s="3" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B48" s="1" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>197</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>198</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>113</v>
+        <v>199</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="F49" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="B49" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G49" s="3" t="s">
-        <v>18</v>
+        <v>204</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>203</v>
+        <v>138</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>208</v>
+        <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
         <v>209</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>210</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>211</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>212</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>213</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>214</v>
       </c>
       <c r="C52" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="3" t="s">
+      <c r="F52" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="F52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G52" s="3" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>217</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>218</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>218</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>219</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B54" s="1" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>222</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>223</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>55</v>
+        <v>110</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="F55" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="B55" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G55" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
         <v>229</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>230</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>231</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>232</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
         <v>233</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>234</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>235</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>236</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>237</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>238</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>239</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>240</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>242</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>243</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>244</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
         <v>245</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>246</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>247</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>248</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
         <v>249</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>250</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>251</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>252</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>114</v>
+        <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
         <v>253</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>254</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>255</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>256</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>208</v>
+        <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
         <v>257</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>258</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>259</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>260</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>228</v>
+        <v>50</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
         <v>261</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>262</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>263</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>264</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>228</v>
+        <v>50</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
         <v>265</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>266</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>267</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>268</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>228</v>
+        <v>50</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>18</v>
+        <v>269</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>228</v>
+        <v>123</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>208</v>
+        <v>51</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>54</v>
+        <v>123</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>54</v>
+        <v>123</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>54</v>
+        <v>123</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>285</v>
-[...160 lines deleted...]
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">