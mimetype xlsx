--- v0 (2025-12-16)
+++ v1 (2026-02-09)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="913">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="869">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d2/ujq3t3fejnn3xjr8qb84rfj3b1vhw1cl.jpg</t>
   </si>
   <si>
     <t>Ручка маслянная BERKLY OIL PEN 0,5 мм синий   РШ 165-01</t>
   </si>
   <si>
     <t>Масляная ручка с ярким оранжевым корпусом изготовлена из полистирола. Высококачественные чернила на масляной основе Oil based Thixofluid обеспечивают ровное и мягкое письмо, быстро сохнут и не размазываются. Рифленый корпус в области захвата создает дополнительное удобство при письме. Цвет деталей корпуса соответствуют цвету чернил. Пишущий узел - 0,5 мм. Длина стержня - 145 мм.Сменный стержень: 037866</t>
   </si>
   <si>
     <t>Ручки масляные</t>
@@ -107,107 +116,104 @@
   <si>
     <t>http://anytos.ru//upload/iblock/055/3lyhq77n87xinp2vfxn3pu8m8rd6mspe.jpg</t>
   </si>
   <si>
     <t>Ручка маслян. inФОРМАТ 0,5 мм синий: OPR04-01-B штр.: 4602723004578</t>
   </si>
   <si>
     <t>104960</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ad/ac315cj70jq7dfxza3vazbuuqov5q0qm.jpg</t>
   </si>
   <si>
     <t>Ручка масляная с упором, 0,5 мм, синяя   OPR04-02-B</t>
   </si>
   <si>
     <t>104967</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9a0/6r9eqwurig0uq6yfqsxyceqj3136xd5a.jpg</t>
+  </si>
+  <si>
+    <t>Ручка масляная с упором, 0,5 мм, черная   OPR04-02-K</t>
+  </si>
+  <si>
+    <t>104968</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/662/jntbvr20irb3q37s2toxhxnyhhc2qil6.jpg</t>
   </si>
   <si>
     <t>Ручка шарик. BEIFA A-PLUS 0,7 мм синий резин.грип: TA317800 штр.: 6953070988928</t>
   </si>
   <si>
     <t>Шариковая ручка с чернилами на масляной основе обеспечивает легкое и мягкое письмо. Резиновый гри обеспечивает комфортный захват. Пишущий узел - 0,7 мм. Длина стержня - 128 мм.</t>
   </si>
   <si>
     <t>272186</t>
   </si>
   <si>
     <t>&lt;a href="/brands/beifa/"&gt;Beifa&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cdc/45f8kykk7tonj9uv65u6pam1ewsto4sv.jpg</t>
   </si>
   <si>
     <t>Ручка масляная inФОРМАТ SKY 0,50 мм синий OPSK05-B</t>
   </si>
   <si>
     <t>355015</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eae/cmq4eeond4pkn8twyi5gb6tn5cm5rb5k.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная BRAUBERG  quot;Black Tone quot;, СИНЯЯ, корпус тонированный, узел 0,7 мм, линия письма 0,35 мм, OBP223</t>
   </si>
   <si>
     <t>Шариковая масляная ручка BRAUBERG &amp;quot;Black Tone&amp;quot; - стильная деталь для работы и учебы! Шариковая масляная ручка в тонированном корпусе с резиновым держателем в зоне захвата. Чернила пониженной вязкости и надежный пишущий узел обеспечивают мягкое и комфортное письмо. Сменный стержень длиной 140 мм. Диаметр пишущего узла 0,7 мм создает тонкую линию письма 0,35 мм. Цвет чернил - синий. Лаконичный дизайн соответствует офисному стилю.</t>
   </si>
   <si>
     <t>390124</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/128/fq6qbmjqooypkd4c9x8xzqp5ftb50qrr.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a92/5x722umfmgl50no5has4320l26mztabl.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная BRAUBERG  quot;Extra Glide GT quot;, ЗЕЛЕНАЯ, трехгранная, узел 0,7 мм, линия письма 0,35 мм, OBP139</t>
   </si>
   <si>
     <t>Шариковая масляная ручка с грипом BRAUBERG &amp;quot;Extra Glide GT&amp;quot; - самая необходимая ручка для Вашего офиса! Трехгранная одноразовая шариковая масляная ручка в прозрачном корпусе с резиновым держателем в области захвата. Чернила ультрапониженной вязкости и надежный пишущий узел обеспечивают мягкое и комфортное письмо. Диаметр пишущего узла 0,7 мм создает тонкую линию письма&amp;nbsp;&amp;nbsp;0,35 мм. Цвет чернил - зеленый. Лаконичный дизайн соответствует офисному стилю.</t>
   </si>
   <si>
     <t>390127</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c64/6cwoknv97mkrxr97da7351qeq4pi1k03.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная BRAUBERG  quot;Extra Glide GT quot;, КРАСНАЯ, трехгранная, узел 0,7 мм, линия письма 0,35 мм, OBP138</t>
   </si>
   <si>
     <t>Шариковая масляная ручка с грипом BRAUBERG &amp;quot;Extra Glide GT&amp;quot; - самая необходимая ручка для Вашего офиса! Трехгранная одноразовая шариковая масляная ручка в прозрачном корпусе с резиновым держателем в области захвата. Чернила ультрапониженной вязкости и надежный пишущий узел обеспечивают мягкое и комфортное письмо. Диаметр пишущего узла 0,7 мм создает тонкую линию письма&amp;nbsp;&amp;nbsp;0,35 мм. Цвет чернил - красный. Лаконичный дизайн соответствует офисному стилю.</t>
   </si>
   <si>
     <t>390128</t>
@@ -359,60 +365,60 @@
   <si>
     <t>http://anytos.ru//upload/iblock/424/hh2704dbafvkrtrb9bf0gv9snfivdvx8.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная автоматическая BRAUBERG  quot;Extra Glide R quot;, СИНЯЯ, тр хгранный корпус, узел 0,7 мм, линия письма 0,35 мм, OBPR165</t>
   </si>
   <si>
     <t>Автоматическая шариковая масляная ручка BRAUBERG &amp;quot;Extra Glide R&amp;quot; - это предмет ежедневного обихода каждого офиса. Ручка с трехгранным корпусом и рифлением в зоне захвата для удобства письма. Снабжена сменным стерженем 118 мм, что позволяет увеличить срок службы. Диаметр пишущего узла 0,7 мм создает линию письма, равную 0,35 мм. Специальные масляные чернила ультрапониженной вязкости FEEL INK и надежный пишущий узел обеспечивают непревзойденно мягкое и комфортное письмо. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>390145</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e40/1a0s204i1nyu4noxhymqt2bj2x985mc5.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная автоматическая BRAUBERG  quot;Extra Glide R-Grip quot;, СИНЯЯ, узел 0,7 мм, линия письма 0,35 мм, OBPR158</t>
   </si>
   <si>
     <t>Шариковая масляная автоматическая ручка BRAUBERG &amp;quot;Extra Glide R-Grip&amp;quot; идеально подойдет для работы и учебы. Имеет трёхгранный прозрачный корпус и резиновый грип в зоне захвата для удобства письма. Специальные масляные чернила ультрапониженной вязкости FEEL INK и надежный пишущий узел обеспечивают непревзойденно мягкое и комфортное письмо. Сменный стержень длиной 118 мм с игольчатым наконечником. Диаметр пишущего узла 0,7 мм создает тонкую линию письма 0,35 мм. Детали выполнены в цвет чернил, синего цвета. Лаконичный дизайн соответствует офисному стилю.</t>
   </si>
   <si>
     <t>390148</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/843/yagyj6fazj1r2inzsbk0mi29x42kax3k.jpg</t>
-[...8 lines deleted...]
-    <t>390149</t>
+    <t>http://anytos.ru//upload/iblock/651/qq1dac7fuzjt4ae7fd9sy3vp6vbxi9ds.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая масляная автоматическая BRAUBERG  quot;Sky Blue quot;, СИНЯЯ, soft-touch, узел 0,7 мм, линия письма 0,35 мм, BPR173</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая масляная ручка BRAUBERG &amp;quot;Sky Blue&amp;quot; идельна для работы и учебы. Ручка с прорезиненным корпусом &amp;quot;soft touch&amp;quot; в цвет чернил. Сменный стержень длиной 115 мм с игольчатым наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла 0,7 мм создает тонкую линию письма 0,35 мм. Цвет чернил - синий. Специальные масляные чернила ультрапониженной вязкости и надежный пишущий узел обеспечивают непревзойденно мягкое и комфортное письмо. Лаконичный дизайн соответствует офисному стилю.</t>
+  </si>
+  <si>
+    <t>390150</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/59f/pxn4x6wb7p70i3v9jylfcn4fsqjf7mw1.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная автоматическая BRAUBERG  quot;Trios quot;, СИНЯЯ, корпус синий, узел 0,7 мм, линия письма 0,35 мм, OBPR205</t>
   </si>
   <si>
     <t>Автоматическая шариковая масляная ручка BRAUBERG &amp;quot;Trios&amp;quot; выполнена из высококачественных материалов, что обеспечивает надежность и долговечность в использовании. Модель со сменным стержнем длиной 107 мм, заправлен немецкими чернилами на масляной основе DOKUMENTAL синего цвета. Удобная рифленная зона захвата. Специальная технология &amp;quot;FEEL INK&amp;quot; гарантирует легкое и четкое письмо без каких-либо усилий. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм. Цвет чернил - черный. Стильный корпус с печатью.</t>
   </si>
   <si>
     <t>390151</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27f/tty1kqkhbs21tgkq2o2llral635cijor.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная автоматическая с грипом BRAUBERG  quot;Click quot;, СИНЯЯ, узел 1 мм, линия письма 0,5 мм, OBPR123</t>
   </si>
   <si>
     <t>Шариковая масляная автоматическая ручка с грипом BRAUBERG &amp;quot;Click&amp;quot; - идеально подойдет для работы и учебы. Имеет круглый прозрачный корпус и резиновый грип в зоне захвата для удобства письма. Специальные масляные чернила ультрапониженной вязкости FEEL INK и надежный пишущий узел обеспечивают непревзойденно мягкое и комфортное письмо. Сменный стержень длиной 118 мм с евронаконечником. Диаметр пишущего узла 1 мм создает тонкую линию письма 0,5 мм. Детали выполнены в цвет чернил, синего цвета. Лаконичный дизайн соответствует офисному стилю.</t>
   </si>
   <si>
     <t>390152</t>
   </si>
@@ -476,50 +482,59 @@
   <si>
     <t>390158</t>
   </si>
   <si>
     <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3b8/3b8ba63bc97a35487ceb207402a933d2/5384105c9bb3ab427d2596a6a15ab55e.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Attache Goldy, 0,3мм, синий, маслян.,неавт., б манж.</t>
   </si>
   <si>
     <t>Ручка шариковая Attache Goldy, 0,3мм, синий, маслян.,неавт., б/манж.</t>
   </si>
   <si>
     <t>415531</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d4f/d4f90b315e199c8172fc8b7fe1f7e8cd/4d193574917234fc2cb1f9bfcbee259b.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая Attache Goldy, 0,3мм, черный, маслян.,неавт., с манж.</t>
+  </si>
+  <si>
+    <t>415533</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7ce/2i7rp2zto816udtbvvvgfej702qcg3rp.jpg</t>
   </si>
   <si>
     <t>Ручка масляная LOREX ILLEGALLY CUTE.CAT-MERMAID серия Slim Soft 0,50 мм, синий. LXOPSS-IC4</t>
   </si>
   <si>
     <t>Тонкий элегантный корпус изготовленный по технологии &amp;quot;Ultra-soft touch&amp;quot;. Чернила на масляной основе. Корпус с яркими принтами. Характеристики: • Прорезиненный корпус с яркими принтами. • Металлизированный наконечник. • Чернила на масляной основе. • Цвет чернил – синие. • Диаметр пишущего узла 0,5 мм. • Игловидная форма ПУ. • Длина стержня -140 мм. • Индивидуальный штрих код на корпусе каждой ручки. • Упаковка - 24 ручки в прозрачном пластиковом тубусе &amp;#40;1/24/288/1728&amp;#41;</t>
   </si>
   <si>
     <t>417348</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/53b/c1wkn69e8texvvq1l0v5rb9nk8mphjux.jpg</t>
   </si>
   <si>
     <t>Ручка масляная LOREX B W.STRAPS серия Slim Soft 0,50 мм, синий. LXOPSS-BW2</t>
   </si>
   <si>
     <t>417350</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2db/h1rjo5esx1h7a0xc59m4telz0nuogb26.jpg</t>
@@ -569,62 +584,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a89/e9tfm608cu88c5g1x33lcg76sf5fzr2b.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная автоматическая BRAUBERG  quot;FRUITY RS quot;, СИНЯЯ, узел 0,7 мм, линия письма 0,35 мм, 142652</t>
   </si>
   <si>
     <t>Автоматическая шариковая ручка BRAUBERG &amp;quot;FRUITY RS&amp;quot; - яркая и функциональная ручка для работы и учебы! Имеет круглый корпус из ассорти цветов с печатью на корпусе. Сменный стержень длиной 107 мм с игольчатым наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,7 мм, создает тонкую линию письма, равную 0,35 мм. Специальные масляные чернила синего цвета ультрапониженной вязкости и надежный пишущий узел обеспечивают непревзойденно мягкое и комфортное письмо.</t>
   </si>
   <si>
     <t>424821</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eb8/6guklhc8dzap4f4nrsv91w5nunptsksi.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная BRAUBERG  quot;FRUITY SF quot;, СИНЯЯ, с узором, узел 1 мм, линия письма 0,5 мм, 142653</t>
   </si>
   <si>
     <t>Шариковая ручка BRAUBERG &amp;quot;FRUITY SF&amp;quot; – это яркая серия качественных ручек с современным дизайном. Яркие и броские цвета корпуса ручки привлекут внимание как школьников, так и людей постарше. Шариковая ручка с корпусом из ассорти ярких цветов. Уникальные чернила ультрапониженной вязкости и надежный пишущий узел обеспечивают непревзойденно мягкое и комфортное письмо. Диаметр пишущего узла 1 мм создает ровную линию письма, равную 0,5 мм. Еще одним преимуществом данной модели является наличие сменного стержня, что делает е экономически привлекательной. Длина стержня составляет 135 мм. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>424822</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/739/p8z1bwb9gj3eoqniwd5efuaxksdsc67r.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая масляная автоматическая с грипом BRAUBERG  quot;FRUITY RG quot;, СИНЯЯ, узел 0,7 мм, линия письма 0,35 мм, 142655</t>
+  </si>
+  <si>
+    <t>Шариковая масляная автоматическая с грипом BRAUBERG &amp;quot;FRUITY RG&amp;quot; - яркая и функциональная ручка для работы и учебы! Имеет круглый корпус с печатью и резиновым грипом из ассорти цветов в зоне захвата для удобства письма. Сменный стержень длиной 107 мм с игольчатым наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,7 мм, создает тонкую линию письма, равную 0,35 мм. Специальные масляные чернила синего цвета ультрапониженной вязкости и надежный пишущий узел обеспечивают непревзойденно мягкое и комфортное письмо.</t>
+  </si>
+  <si>
+    <t>424824</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5df/dynroerd9y7rhj6n9yk7j5huxeg6rq90.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная автоматическая BRAUBERG  quot;FRUITY RX quot;, СИНЯЯ, soft-touch, узел 0,7 мм, линия письма 0,35 мм, 142656</t>
   </si>
   <si>
     <t>Автоматическая шариковая ручка BRAUBERG &amp;quot;FRUITY RX&amp;quot; - яркая и функциональная ручка для работы и учебы! Имеет круглый прорезиненный корпус &amp;quot;soft touch&amp;quot; в нескольких вариантах цвета. Сменный стержень длиной 107 мм с игольчатым наконечником позволит использовать ручку максимально долго. Диаметр пишущего узла, равный 0,7 мм, создает тонкую линию письма, равную 0,35 мм. Специальные масляные чернила синего цвета ультрапониженной вязкости и надежный пишущий узел обеспечивают непревзойденно мягкое и комфортное письмо.</t>
   </si>
   <si>
     <t>424825</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/385/k1f91bf65fajifahoyvty3cy45g193sc.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая масляная автоматическая BRAUBERG BLACK WHITE  quot;Coffee quot;, СИНЯЯ, узел 0,7 мм, линия письма 0,35 мм, 142659</t>
+  </si>
+  <si>
+    <t>Автоматическая шариковая масляная ручка BRAUBERG BLACK&amp;WHITE &amp;quot;Coffee&amp;quot; - яркая и функциональная ручка для работы и учебы! Ручка с печатью на корпусе. Специальные масляные чернила ультрапониженной вязкости и надежный пишущий узел обеспечивают непревзойденно мягкое и комфортное письмо. Ручка скользит по бумаге без каких-либо усилий. Ручка снабжена сменным стерженем 107 мм, что позволяет увеличить срок службы. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм. Цвет чернил - синий. Стильный дизайн в нескольких вариантах цвета корпуса.</t>
+  </si>
+  <si>
+    <t>424828</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/326/y2rn3o9lol7l96voit4q17ms2awp5wy5.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная с грипом BRAUBERG  quot;Extra Glide GT quot;, СИНЯЯ, трехгранная, узел 0,7 мм, линия письма 0,35 мм, 142681</t>
   </si>
   <si>
     <t>Шариковая ручка BRAUBERG &amp;quot;Extra Glide&amp;quot; - незаменимая и повсеместно используемая канцелярская принадлежность. Шариковая ручка с прозрачным трехгранным&amp;nbsp;&amp;nbsp;корпусом и удобным резиновым держателем, препятствующим скольжению пальцев при письме. Специальные масляные чернила ультрапониженной вязкости синего цвета и надежный пишущий узел обеспечивают непревзойденно мягкое и комфортное письмо. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>424832</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/672/exbm35zc6zou12b0qadk4o46uzizfkk3.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная с грипом BRAUBERG  quot;Active quot;, СИНЯЯ, узел 0,7 мм, линия письма 0,35 мм, 142683</t>
   </si>
   <si>
     <t>Шариковая ручка BRAUBERG &amp;quot;Time2rite&amp;quot; - надежный и долговечный предмет для ежедневного использования. Шариковая ручка с прозрачным корпусом и резиновым грипом для удобства письма, исключающим скольжение пальцев.&amp;nbsp;&amp;nbsp;Ручка снабжена сменным стержнем 131 мм, что позволяет увеличить срок службы. Чернила ультрапониженной вязкости синего цвета обеспечивают мягкое и комфортное письмо. Надежный пишущий узел диаметром 0,7 мм создает тонкую линию, равную 0,35 мм. Стильный корпус соответствует офисному стилю.</t>
   </si>
   <si>
     <t>424834</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b7b/lbyb05wt2b7c5plkpr9sv1owjk0rw9l3.jpg</t>
@@ -632,77 +671,65 @@
   <si>
     <t>Ручка шариковая масляная ПИФАГОР, СИНЯЯ, безопасный корпус ассорти, узел 0,6 мм, линия письма 0,3 мм, 142685</t>
   </si>
   <si>
     <t>Шариковая ручка ПИФАГОР - яркий аксессуар для ежедневного использования. Яркие и броские цвета корпуса ручки привлекут внимание как школьников, так и людей постарше. Шариковая ручка обладает безопасным, гибким корпусом в ярких цветах. Корпус на 90&amp;#37; меньше подвержен излому, образующему острые края по сравнению с обычными ручками. Уникальные чернила синего цвета ультрапониженной вязкости и надежный пишущий узел обеспечивают непревзойденно мягкое и комфортное письмо. Диаметр пишущего узла 0,6 мм создает тонкую линию письма, равную 0,3 мм.</t>
   </si>
   <si>
     <t>424836</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pifagor/"&gt;ПИФАГОР&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/031/ybdjc32j1wfqpavhpcx6zz4fic9b4ssd.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная BRAUBERG  quot;Ice quot;, СИНЯЯ, корпус прозрачный, узел 0,6 мм, линия письма 0,3 мм, 142686</t>
   </si>
   <si>
     <t>Ручка шариковая масляная BRAUBERG &amp;quot;Ice&amp;quot;- это предмет ежедневного обихода каждого офиса. Шариковая ручка снабжена чернилами на масляной основе, обеспечивает мягкое и комфортное письмо. Надежный пишущий узел диаметром 0,6 мм&amp;nbsp;&amp;nbsp;создает линию письма, равную 0,3 мм. Ручка обладает увеличенной длиной письма более 1000 м, что обеспечивает более длительный срок службы по сравнению с другими ручками. Прозрачный корпус с синими деталями соответствует офисному стилю.</t>
   </si>
   <si>
     <t>424837</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e25/wa622i4695s08lx5czvivtefl35aui1v.jpg</t>
-[...8 lines deleted...]
-    <t>424843</t>
+    <t>http://anytos.ru//upload/iblock/d8c/n11bgmpmpan0ru1yko4tp0jden3vvb57.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая масляная PENSAN  quot;Global-21 quot;, КРАСНАЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,3 мм, 2221 12</t>
+  </si>
+  <si>
+    <t>Шариковая ручка PENSAN &amp;quot;Global-21&amp;quot; с масляными чернилами в классическом круглом корпусе из прозрачного пластика. Швейцарский никелево-серебряный стандартный наконечник PREMEC &amp;#40;Швейцария&amp;#41; с пишущим узлом 0,7 мм и качественные масляные чернила пониженной вязкости обеспечивают тонкую и аккуратную линию письма 0,3 мм.Стержень возможно заменить. Цвет чернил - красный.Ручка PENSAN &amp;quot;Global-21&amp;quot; - это ручка, знакомая каждому.</t>
+  </si>
+  <si>
+    <t>424844</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pensan/"&gt;PENSAN&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d8c/n11bgmpmpan0ru1yko4tp0jden3vvb57.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/58c/jz6op520nidukhvhzyq0yrspg3xw5jaf.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная PENSAN  quot;Global-21 quot;, ЗЕЛЕНАЯ, корпус прозрачный, узел 0,5 мм, линия письма 0,3 мм, 2221, 2221 12</t>
   </si>
   <si>
     <t>Шариковая ручка PENSAN &amp;quot;Global-21&amp;quot; с масляными чернилами в классическом круглом корпусе из прозрачного пластика. Швейцарский никелево-серебряный стандартный наконечник PREMEC &amp;#40;Швейцария&amp;#41; с пишущим узлом 0,7 мм и качественные масляные чернила пониженной вязкости обеспечивают тонкую и аккуратную линию письма 0,3 мм.Стержень возможно заменить. Цвет чернил - зеленый.Ручка PENSAN &amp;quot;Global-21&amp;quot; - это ручка, знакомая каждому.</t>
   </si>
   <si>
     <t>424845</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f83/njxh083j2ktop2f0szkqapmrait13xje.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная BRAUBERG  quot;Marine quot;, СИНЯЯ, корпус тонированный синий, узел 0,7 мм, линия письма 0,35 мм, 142709</t>
   </si>
   <si>
     <t>Шариковая ручка BRAUBERG &amp;quot;Marine&amp;quot; - незаменимая и повсеместно используемая канцелярская принадлежность. Шариковая ручка имеет трехгранный корпус, что&amp;nbsp;&amp;nbsp;создает удобство при длительном письме. Заправлена высококачественными чернилами на масляной основе, гарантирует лёгкое и аккуратное письмо без каких-либо усилий. Надежный пишущий узел диаметром 0,7 мм создает линию письма, равную 0,35 мм. Цвет чернил - синий. Тонированный корпус с синими деталями соответствует офисному стилю.</t>
   </si>
   <si>
     <t>424847</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/80c/dns2vhl1cxuolgpxapodmah8zwfugnsn.jpg</t>
@@ -848,74 +875,50 @@
   <si>
     <t>434392</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1b4/ijzv5ok1ls6b0zs9dibu2j5ab3zapnvg.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная BRAUBERG  quot;SoarInk quot;, СИНЯЯ, корпус синий, узел 0,7 мм, линия письма 0,35 мм, 143343, OBP369</t>
   </si>
   <si>
     <t>Шариковая ручка BRAUBERG &amp;quot;Flight&amp;quot; с технологией письма FEEL INK, которая гарантирует лёгкое и четкое письмо без каких-либо усилий. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм. Специальное рифление на корпусе в зоне захвата для удобства письма. Сменный стержень длиной 128 мм заправлен высококачественными чернилами синего цвета.</t>
   </si>
   <si>
     <t>565334</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7cd/keuv59asjo7hifsr3cia439hqquucoxm.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная PENSAN  quot;My-Tech quot;, КРАСНАЯ, игольчатый узел 0,7 мм, линия письма 0,35 мм, 2240 25</t>
   </si>
   <si>
     <t>565337</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/92e/btxi4nmqdrsluygameeh7y2imk3d70bs.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ed6/il4krbl3dff6kmgqdglw5bqumnz3lieu.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная автоматическая BRAUBERG  quot;Delta Mix quot;, СИНЯЯ, корпус soft-touch ассорти, узел 0,7 мм, линия письма 0,35 мм, 143340, OBPR366</t>
   </si>
   <si>
     <t>Автоматическая трехгранная ручка с технологией письма FEEL INK. Чернила ультрапониженной вязкости, покрытие корпуса SOFT-TOUCH и рифление в зоне захвата обеспечивают мягкое и комфортное письмо. Стильный и яркий корпус ассорти. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм.Сменный стержень 107 мм заправлен высококачественными чернилами синего цвета.Поставляется в нескольких вариантах цвета корпуса &amp;#40;без возможности выбора&amp;#41;.</t>
   </si>
   <si>
     <t>565352</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b62/sp1ipm0s97gezray3174upor8q5gfrrx.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная автоматическая BRAUBERG  quot;Delta quot;, СИНЯЯ, soft-touch, 0,7 мм, линия 0,5 мм, 143339, OBPR365</t>
   </si>
   <si>
     <t>Автоматическая трехгранная ручка BRAUBERG &amp;quot;Delta&amp;quot; с технологией письма FEEL INK. Чернила ультрапониженной вязкости, покрытие корпуса SOFT-TOUCH и рифление в зоне захвата обеспечивают мягкое и комфортное письмо. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм.Сменный стержень 107 мм заправлен высококачественными чернилами синего цвета.</t>
   </si>
   <si>
     <t>565353</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d0/4dw02f3smb1dumx9wkx6jl5ztj40on4o.jpg</t>
@@ -935,50 +938,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/da4/nvly1bf15ugvu45xu30114ed5rsg1894.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная автоматическая с грипом BRAUBERG  quot;Booster quot;, СИНЯЯ, трехгранная, узел 0,7 мм, линия письма 0,35 мм, 142483</t>
   </si>
   <si>
     <t>Шариковая масляная автоматическая ручка BRAUBERG &amp;quot;Booster&amp;quot; идеально подойдет для работы и учебы. Имеет трехгранный корпус синего цвета и удобную зону захвата с резиновым держателем, препятствующим скольжению пальцев при письме. Сменный стержень длиной 107 мм с игольчатым наконечником. Диаметр пишущего узла 0,7 мм создает тонкую линию письма 0,35 мм. Цвет чернил - синий. Лаконичный дизайн соответствует офисному стилю.</t>
   </si>
   <si>
     <t>565355</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/208/bv1jzuwphaujf7q813ftyduh82f903p0.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная с грипом BRAUBERG  quot;i-Rite GT GLD quot;, СИНЯЯ, корпус тонированный синий, узел 0,7 мм, 143302</t>
   </si>
   <si>
     <t>ЭКСКЛЮЗИВНАЯ СЕРИЯ шариковых масляных ручек BRAUBERG &amp;quot;&amp;quot;i-Rite GT&amp;quot;! Смелые дизайнерские решения в классическом исполнении и непревзойдённое качество письма делают ручки из данной серии поистине уникальными! Модель изготовлена из высококачественных материалов. Сменный стержень длиной 140 мм. Удобная прорезиненная зона захвата. Специальная технология &amp;quot;FEEL INK&amp;quot; гарантирует лёгкое и четкое письмо без каких-либо усилий. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Синий тонированный цвет корпуса с золотистыми деталями.</t>
   </si>
   <si>
     <t>565357</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f20/0xfl82hsc0om5qrp937g4a0ni681uhle.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая масляная с грипом BRAUBERG  quot;i-Rite GT SKY quot;, СИНЯЯ, голубые детали, узел 0,4 мм, 143299</t>
+  </si>
+  <si>
+    <t>ЭКСКЛЮЗИВНАЯ СЕРИЯ шариковых масляных ручек BRAUBERG &amp;quot;&amp;quot;i-Rite GT&amp;quot;! Смелые дизайнерские решения в классическом исполнении и непревзойденное качество письма делают ручки из данной серии поистине уникальными! Модель изготовлена из высококачественных материалов. Cменный стержень длиной 140 мм. Удобная прорезиненная зона захвата. Специальная технология &amp;quot;FEEL INK&amp;quot; гарантирует лёгкое и четкое письмо без каких-либо усилий. Диаметр пишущего узла 0,4 мм создает тонкую линию письма, равную 0,2 мм. Прозрачный цвет корпуса с голубыми деталями.</t>
+  </si>
+  <si>
+    <t>565359</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2a7/jgu5ju6ln2hs0kwqpb77r6p0drbl3cps.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная с грипом BRAUBERG  quot;i-Rite GT Solid quot;, СИНЯЯ, корпус синий, узел 0,7 мм,1 43305, 143305</t>
   </si>
   <si>
     <t>ЭКСКЛЮЗИВНАЯ СЕРИЯ шариковых масляных ручек BRAUBERG &amp;quot;&amp;quot;i-Rite GT&amp;quot;! Смелые дизайнерские решения в классическом исполнении и непревзойдённое качество письма делают ручки из данной серии поистине уникальными! Модель изготовлена из высококачественных материалов. Сменный стержень длиной 140 мм. Удобная прорезиненная зона захвата. Специальная технология &amp;quot;FEEL INK&amp;quot; гарантирует лёгкое и четкое письмо без каких-либо усилий. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Синий цвет корпуса с хромированными деталями.</t>
   </si>
   <si>
     <t>565360</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/038/79yga0plmikk1k8efpl54maud8f3bh28.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная с грипом BRAUBERG  quot;i-Rite GT Vanilla quot;, СИНЯЯ, корпус кремовый, узел 1 мм, 143304</t>
   </si>
   <si>
     <t>ЭКСКЛЮЗИВНАЯ СЕРИЯ шариковых масляных ручек BRAUBERG &amp;quot;&amp;quot;i-Rite GT&amp;quot;! Смелые дизайнерские решения в классическом исполнении и непревзойдённое качество письма делают ручки из данной серии поистине уникальными! Модель изготовлена из высококачественных материалов. Сменный стержень длиной 140 мм. Удобная прорезиненная зона захвата. Специальная технология &amp;quot;FEEL INK&amp;quot; гарантирует лёгкое и четкое письмо без каких-либо усилий. Диаметр пишущего узла 1 мм создает ровную линию письма, равную 0,5 мм. Бежевый цвет корпуса с синими деталями.</t>
   </si>
   <si>
     <t>565361</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf8/kzclhmcupxay8e50l4yrl4ohk0m3lm3d.jpg</t>
@@ -1112,113 +1127,95 @@
   <si>
     <t>601438</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/636/x38whncky3bjvbkv29zu7ql7iluh17ld.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная BRAUBERG  quot;BOMB GT quot;, СИНЯЯ, прорезиненный сине-черный корпус, узел 0,7 мм, линия письма 0,35 мм, 143345</t>
   </si>
   <si>
     <t>Серия шариковых масляных ручек BRAUBERG &amp;quot;BOMB&amp;quot; - это эксклюзивный дизайн и непревзойденно мягкое и удобное письмо. Модель изготовлена из высококачественных материалов, сменный стержень заправлен немецкими чернилами на масляной основе DOKUMENTAL синего цвета. Удобный прорезиненный корпус - double injection technology. Диаметр пишущего узла 0,7 мм создает ровную линию письма 0,35 мм. Корпус выполнен в сочетании синего и черного цветов.</t>
   </si>
   <si>
     <t>601439</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0f0/kdsv4bimoqrm68hpl2logefw1fb8gj4d.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная PENSAN  quot;My-Tech quot;, ЗЕЛЕНАЯ, игольчатый узел 0,7 мм, линия 0,35 мм, 2240 25</t>
   </si>
   <si>
     <t>601443</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7c4/1005z7elci0tnhaj8aghe5t5oqyvbjhp.jpg</t>
-[...8 lines deleted...]
-    <t>601445</t>
+    <t>http://anytos.ru//upload/iblock/1c4/311w39jdh5od8l1r0t4ts9mequemb47m.jpg</t>
+  </si>
+  <si>
+    <t>Ручка шариковая масляная STAFF  quot;Office quot;, СИНЯЯ, корпус тонированный синий, узел 1 мм, линия письма 0,7 мм, 142962</t>
+  </si>
+  <si>
+    <t>Шариковая ручка STAFF &amp;quot;Office&amp;quot; - это необходимый предмет для ежедневного использования. Шариковая ручка с шестигранным корпусом из прозрачного пластика в сочетании с масляными чернилами - классика на все времена. Надёжный пишущий узел обеспечивают мягкое письмо на различных типах бумаги. Сменный стержень длиной 132 мм. Диаметр пишущего узла 1 мм создает ровную линию письма 0,7 мм. Цвет чернил - синий. Самая необходимая ручка для повседневного использования в офисе!</t>
+  </si>
+  <si>
+    <t>601446</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cc0/m6h5cshsya5qzmrrt7hef1a35xfpb8z0.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная автоматическая с грипом UNI  Япония   quot;JetStream quot;, СИНЯЯ, узел 0,7 мм, линия письма 0,35 мм, SXN-101-07 BLUE</t>
   </si>
   <si>
     <t>Стильная шариковая автоматическая ручка UNI &amp;quot;JetStream&amp;quot; с масляными чернилами поставляется в круглом корпусе, тонированном в цвет чернил. Новые гибридные чернила обладают повышенной вязкостью, что обеспечивает быстрое скольжение во время письма.Автоматическая шариковая ручка - это ручка из серии &amp;quot;JetStream&amp;quot; - новое поколение ручек с быстро сохнущими чернилами и обновленным механизмом пишущего узла. Чернила Jetsream синего цвета легко проникают в бумагу и мгновенно высыхают.Заменяемый стержень длиной 121 мм снабжен пишущим узлом 0,7 мм и стандартным типом наконечника. Проводимая линяя письма - 0,35 мм.</t>
   </si>
   <si>
     <t>601450</t>
   </si>
   <si>
     <t>&lt;a href="/brands/uni/"&gt;Uni&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/63b/u0n2dnop450e5vu69h3o3lkbadannxpz.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая настольная BRAUBERG  quot;SMILE quot;, СИНЯЯ, корпус желтый, узел 0,7 мм, линия письма 0,35 мм, 143376</t>
   </si>
   <si>
     <t>Настольная шариковая ручка BRAUBERG &amp;quot;Smile&amp;quot; с ярким дизайном отлично подойдет для школьных учреждений, а также всегда поднимет настроение и не потеряется в детской комнате. Корпус ручки и подставки выполнен из пластика желтого цвета. Ручка крепится к подставке с помощью надежной пружинки и фиксируется на любой ровной поверхности с помощью клейкого основания. Длина стержня составляет 142 мм. Создает линию письма толщиной 0,35 мм.</t>
   </si>
   <si>
     <t>601453</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/582/582188dafa40d26f638545edbb003ad8/41c50c8384c4f878016ea72a40fd89ca.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e7c/e7ca70d13aa4d9dfc59b5f86b1fd97ce/e36796899a97a081bc574ab03920417d.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Unimax Top Tek RT 0,7мм, син,масл, автом.</t>
   </si>
   <si>
     <t>612954</t>
   </si>
   <si>
     <t>&lt;a href="/brands/unimax/"&gt;Unimax&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a2/0a2463105de69d9248b9445c8a1fa95d/5e094182fa8a2a1a05fcbbcdd50da058.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая Unimax Top Tek Top Tek RT Gold DC 1мм, син, масл, авт.</t>
   </si>
   <si>
     <t>612955</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a6f/4htqj2hy5c64bx3nssw8btph8y78eer8.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная BRAUBERG  quot;Orient quot;, СИНЯЯ, корпус синий, узел 0,7 мм, линия письма 0,35 мм, 142999</t>
@@ -1295,62 +1292,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f0a/63823b0lk37rnnml73p8rta9uod7cts0.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная ПИФАГОР  quot;Softy quot;, СИНЯЯ, корпус ассорти, узел 0,7 мм, линия письма 0,35 мм, 143020</t>
   </si>
   <si>
     <t>Шариковая масляная ручка ПИФАГОР &amp;quot;Softy&amp;quot; - яркий аксессуар для ежедневного использования. Шариковая ручка обладает безопасным, гибким корпусом в ярких цветах. Корпус на 90&amp;#37; меньше подвержен излому, образующему острые края по сравнению с обычными ручками. Корпус в ярких цветах, а также рифлением в зоне захвата для удобства в письме. Уникальные чернила синего цвета ультрапониженной вязкости и надежный пишущий узел 0,7 мм обеспечивают непревзойденно мягкое и комфортное письмо. Линия письма составляет 0,35 мм. Яркие цвета корпуса ручки привлекут внимание как школьников, так и сотрудников офиса и студентов.</t>
   </si>
   <si>
     <t>617331</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e05/rkq2h5rdcmz5gwf12ibsm7ynt1l747pn.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная с грипом BRAUBERG  quot;Roll quot;, СИНЯЯ, корпус синий, узел 0,7 мм, линия письма 0,35 мм, 143005</t>
   </si>
   <si>
     <t>Ручка шариковая масляная BRAUBERG &amp;quot;Roll&amp;quot; - это необходимый предмет для ежедневного использования. Ручка шариковая масляная имеет круглый синий корпус и резиновый грип в зоне захвата для удобства письма. Ручка снабжена сменным игольчатым стержнем 130 мм, что позволяет увеличить срок службы. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм.&amp;nbsp;&amp;nbsp;Цвет чернил - синий. Специальные чернила на масляной основе и надежный пишущий узел обеспечивают мягкое и аккуратное письмо с первого касания.</t>
   </si>
   <si>
     <t>617332</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1f8/yd7sejtt3xd06x22rwqs3sx8qj15h9cx.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dc6/kbd55oobxyqivyteo1p14cyu8v6yni7f.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная с грипом STAFF  quot;Profit quot;, СИНЯЯ, игольчатый узел 0,7 мм, линия письма 0,35 мм, 142988</t>
   </si>
   <si>
     <t>Ручка шариковая масляная с грипом STAFF &amp;quot;OBP-279&amp;quot; - это необходимый предмет для ежедневного использования! Ручка с прозрачным круглым корпусом и резиновым грипом для удобства письма, исключающим скольжение пальцев. Заправлена высококачественными чернилами на масляной основе, что гарантирует лёгкое и аккуратное письмо без каких-либо усилий. Сменный стержень 130 мм в сочетании с игольчатым наконечником обеспечивают мягкое и тонкое письмо. Толщина линии письма 0,35 мм, диаметр пишущего узла 0,7 мм. Цвет чернил - синий. Прозрачный корпус с синими деталями соответствует офисному стилю.</t>
   </si>
   <si>
     <t>617340</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19f/2hqdruawb36szmbmh27e5va4j7eq5kf7.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная ЮНЛАНДИЯ  quot;CANDY quot;, СИНЯЯ, корпус ассорти, узел 0,6 мм, линия письма 0,3 мм, 143019</t>
   </si>
   <si>
     <t>Ручка шариковая масляная ЮНЛАНДИЯ &amp;quot;CANDY&amp;quot; - яркая серия качественных ручек с безопасно гнущимся корпусом. Шариковая масляная ручка с корпусом из ассорти ярких цветов. Специальные масляные чернила ультрапониженной вязкости и надежный пишущий узел 0,6 мм обеспечивают непревзойденно мягкое и комфортное письмо, а также ровную тонкую линию 0,3 мм. Цвет чернил - синий. Яркие цвета и безопасно гнущийся корпус привлекут внимание как детей, так и взрослых!</t>
   </si>
   <si>
     <t>617343</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/184/wj9w1o607o4t5s9q4ke8cd9hkbiblpl7.jpg</t>
@@ -1382,69 +1367,66 @@
   <si>
     <t>http://anytos.ru//upload/iblock/da7/6qh0wlroq31y0x590z5yhvio8ywmrx28.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная ЮНЛАНДИЯ TRIANGLE, СИНЯЯ, корпус ассорти, 0,7 мм, линия письма 0,35 мм, 143238</t>
   </si>
   <si>
     <t>Трехгранные ручки ЮНЛАНДИЯ - это яркая серия качественных ручек, которые обеспечивают мягкое и комфортное письмо Шариковая ручка с корпусом ярких цветов ассорти. Специальные масляные чернила ультрапониженной вязкости и надежный пишущий узел 0,7 мм обеспечивают непревзойденно мягкое и комфортное письмо, а также ровную линию письма 0,35 мм. Эргономичный трехгранный прорезиненный корпус соответствует естественному захвату и способствует уменьшению напряжения на кисть руки. Ручка скользит по бумаге без каких-либо усилий. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>626999</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a3/kj54uk4twlcpaqfj23g15m0k87l7528o.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная BRAUBERG Stick Medium, СИНЯЯ, узел 1 мм, линия письма 0,5 мм, 143419</t>
   </si>
   <si>
     <t>Шариковая ручка BRAUBERG &amp;quot;Stick Medium&amp;quot; - это необходимый предмет ежедневного обихода каждого офиса, школы, дома. Шариковая ручка с белым корпусом и синими деталями. Уникальные чернила ультрапониженной вязкости и надежный пишущий узел обеспечивают непревзойденно мягкое и комфортное письмо. Сменный стержень. Диаметр пишущего узла 1 мм создает ровную линию письма, равную 0,5 мм.</t>
   </si>
   <si>
     <t>629840</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f80/1936ihqh4s6c3t7jru9wwjdxil5vjy0i.jpg</t>
-[...8 lines deleted...]
-    <t>636970</t>
+    <t>http://anytos.ru//upload/iblock/e5a/m2ifntyf6qq6jiqufm53iqu6tmjh1k61.jpg</t>
+  </si>
+  <si>
+    <t>Ручка масляная PENSAN GLOBAL-21 красн. 0,5 мм.</t>
+  </si>
+  <si>
+    <t>Шариковая ручка со сменным стержнем изготовлена из высокопрочного прозрачного полистирола. Увеличенный диаметр корпуса для удобства письма. Чернила на маслянной основе&amp;#40;LOW VISCOSITY INK&amp;#41; в сочетании высокоточным хромированным пишущим узлом 0,5мм гарантируют легкость и мягкость письма, длинной 3000м. Каждая ручка снабжена штриховым кодом.</t>
+  </si>
+  <si>
+    <t>696093</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a4/otg5s2bs4j2d3ta0lxv74j0z49esb0sm.jpg</t>
   </si>
   <si>
     <t>Ручка масляная PENSAN GLOBAL-21 синий 0,5 мм.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Шариковая ручка со сменным стержнем изготовлена из высокопрочного прозрачного полистирола. Увеличенный диаметр корпуса для удобства письма. Чернила на маслянной основе&amp;#40;LOW VISCOSITY INK&amp;#41; в сочетании высокоточным хромированным пишущим узлом 0,5мм гарантируют легкость и мягкость письма, длинной 3000м. Каждая ручка снабжена штриховым кодом.</t>
   </si>
   <si>
     <t>696094</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/058/6entb139m4leemv86q0gt88pzhsyzkj0.jpg</t>
   </si>
   <si>
     <t>Ручка масляная PENSAN MY-PEN синий 1 мм.</t>
   </si>
   <si>
     <t>Шариковая ручка со сменным стержнем изготовлена из высокопрочного прозрачного полистирола. Цвет корпуса и колпачка тонированны в цвет чернил.Рельефный держатель для удобства письма. Чернила на маслянной основе&amp;#40;LOW VISCOSITY INK&amp;#41; в сочетании высокоточным хромированным пишущим узлом 1,0мм гарантируют легкость и мягкость письма, длинной 2000м. Каждая ручка снабжена штриховым кодом.</t>
   </si>
   <si>
     <t>696096</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/87a/qtj7emh3nn20k2av7maep902jv6yvcn9.jpg</t>
   </si>
   <si>
     <t>Ручка масляная PENSAN MY-TECH черный 0,7 мм.</t>
   </si>
   <si>
     <t>Шариковая ручка со сменным стержнем изготовлена из высокопрочного прозрачного полистирола. Рельефный держатель для удобства письма. Чернила на маслянной основе&amp;#40;LOW VISCOSITY INK&amp;#41; в сочетании высокоточным хромированным пишущим узлом 0,7мм гарантируют легкость и мягкость письма, длинной 2000м.Каждая ручка снабжена штриховым кодом.</t>
   </si>
@@ -1551,94 +1533,69 @@
   <si>
     <t>http://anytos.ru//upload/iblock/702/rvyk036tv8on4ae97awe3k887h65doqp.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая синяя на масляной основе  quot;Darvish quot; корпус прозрачный с резиновым держателем</t>
   </si>
   <si>
     <t>Ручка шар. синяя на масляной основе &amp;quot;Darvish&amp;quot; корпус прозрачный с резиновым держателем</t>
   </si>
   <si>
     <t>707287</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/36a/v4fvquf4i3gwyp20lhk23ttxh6hb0mmh.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая синяя на масляной основе  quot;Darvish quot; корпус прозрачный синий</t>
   </si>
   <si>
     <t>Ручка шар. синяя на масляной основе &amp;quot;Darvish&amp;quot; корпус прозрачный синий</t>
   </si>
   <si>
     <t>707288</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7fb/6hpcyxko2em2rt3zufi2afagbwua9qb8.jpg</t>
-[...11 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f1b/2rdsxquocy0gpipiu94xy8r53ml4ndpt.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая синяя на масляной основе  quot;Darvish quot; корпус тр хгранный серый</t>
   </si>
   <si>
     <t>Ручка шар. синяя на масляной основе &amp;quot;Darvish&amp;quot; корпус трёхгранный серый</t>
   </si>
   <si>
     <t>707291</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/319/mcb5ad9h3023v7imjlpprhcjxsaa0p7z.jpg</t>
   </si>
   <si>
     <t>Ручка шар. синяя на масляной основе &amp;quot;Darvish&amp;quot; корпус цветной</t>
   </si>
   <si>
     <t>707293</t>
-  </si>
-[...10 lines deleted...]
-    <t>707295</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a04/vsje64ejbhy6r47bus692wa2sg9zqk9w.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая синяя на масляной основе  quot;Darvish quot; с брелоком</t>
   </si>
   <si>
     <t>Ручка шар. синяя на масляной основе &amp;quot;Darvish&amp;quot; с брелоком</t>
   </si>
   <si>
     <t>707298</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/22f/909cl2faf88t0hr45j82upf1hgk9z0q4.jpg</t>
   </si>
   <si>
     <t>Ручка шар. синяя на масляной основе &amp;quot;Darvish&amp;quot;.&lt;br /&gt;
  Размер упаковки &amp;#40;цветная картонная коробка&amp;#41;: 10*15,7*5,5 см</t>
   </si>
   <si>
     <t>707300</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/004/ggdu6dv1w1t0zfyfuxdo9e1v3i3y4fqk.jpg</t>
@@ -1658,137 +1615,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a7b/4brax60kpcb1sinqrweckmf7nifs20x6.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая синяя на масляной основе  quot;Piano quot; корпус прозрачный с рисунком</t>
   </si>
   <si>
     <t>Ручка шар. синяя на масляной основе &amp;quot;Piano&amp;quot; корпус с рисунком</t>
   </si>
   <si>
     <t>707315</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe6/2i1uppqi6man6mrctzu1r65cryyw3kjz.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая синяя на масляной основе  quot;Darvish quot; корпус полупрозрачный цветной</t>
   </si>
   <si>
     <t>Ручка шариковая на масляной основе. Корпус цветной полупрозрачный. Длина стержня 142 мм.</t>
   </si>
   <si>
     <t>707324</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c61/9itz1cjn4r56thhcrbfvgtbsq35f95xu.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/67d/dy37ybj7q6zeegtwn71eu57pxtwp0kkd.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная STAFF  quot;College OBP-13 quot;, СИНЯЯ, узел 0,5 мм, линия письма 0,35 мм, 143746</t>
   </si>
   <si>
     <t>Шариковая масляная ручка STAFF &amp;quot;College OBP-13&amp;quot; - это предмет ежедневного обихода каждого офиса. Шариковая ручка с тонированным восьмигранным корпусом и деталями в цвет чернил. В зоне захвата расположено рифление, благодаря которому использовать ручку будет комфортно на протяжении долгого времени. Длина сменного стержня составляет 138 мм, что позволит использовать ручку дольше. Диаметр пишущего узла, равный 0,5 мм, создает тонкую четкую линию письма, равную 0,35 мм. Цвет чернил - синий. </t>
   </si>
   <si>
     <t>778859</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ff0/290w31j52sa4u0301hx6wslnt39h8wsd.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/739/fl8363fvjbj4g97qqaujt7sfitn2rf03.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная с грипом STAFF  quot;Manager OBP-10 quot;, СИНЯЯ, узел 0,7 мм, линия письма 0,35 мм, 143743</t>
   </si>
   <si>
     <t>Шариковая ручка STAFF &amp;quot;Manager OBP-10&amp;quot; - это предмет ежедневного обихода каждого офиса. Шариковая ручка с необычным квадратным корпусом тонированного синего цвета. В зоне захвата расположен мягкий резиновый держатель, благодаря которому использовать ручку будет комфортно на протяжении долгого времени. Длина сменного стержня составляет 138 мм, что позволит использовать ручку дольше. Диаметр пишущего узла, равный 0,7 мм, создает тонкую четкую линию письма, равную 0,35 мм. Цвет чернил - синий. </t>
   </si>
   <si>
     <t>778861</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/94e/ql2xx13q3h2g2sj2lq0ciismokjrro10.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная PENSAN 1005, СИНЯЯ, корпус прозрачный, 0,7мм, линия 0,5мм, 1005 ш к 0128</t>
   </si>
   <si>
     <t>Шариковая ручка PENSAN 1005 с масляными чернилами в корпусе из прозрачного матового пластика с деталями в цвет чернил. Швейцарский никелево-серебряный игольчатый наконечник PREMEC &amp;#40;Швейцария&amp;#41; толщиной 0,7 мм обеспечит более качественное и долговечное письмо, а в совокупности с масляными чернилами пониженной вязкости гарантирует письмо без пропусков. Ширина линии письма - 0,5 мм. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>789169</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/665/wheu22ghkpij1xvmm37wjzgwg61al06a.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная PENSAN 2021, СИНЯЯ, трехгранная, узел 1мм, линия 0,8мм, 2021 S50 ш к 2207</t>
   </si>
   <si>
     <t>Ручки PENSAN 2021 поставляется в стильном удобном трехгранном прозрачном корпусе с деталями в цвет чернил. Швейцарский никелево-серебряный игольчатый наконечник PREMEC &amp;#40;Швейцария&amp;#41; толщиной 1 мм обеспечит более качественное и долговечное письмо, а в совокупности с масляными чернилами пониженной вязкости гарантирует письмо без пропусков. Ширина линии письма - 0,8 мм. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>789171</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/faf/wrvny40tvyh8tnsnbvk64oc7frop1zz4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9f5/dnoae5ee2ccfzkrkwl5uvfnhqrdudb6w.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">РУЧКА  quot;SoftWrite.ORIGINAL quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 0.5 ММ, СИНЯЯ  3 цвета корпуса </t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;SoftWrite.ORIGINAL&amp;quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 0.5 ММ, СИНЯЯ &amp;#40;3 цвета корпуса&amp;#41;</t>
   </si>
   <si>
     <t>817877</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/164/9eyk4kij1ycv9a70oeh8esa42rgloh8b.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">РУЧКА  quot;SoftWrite.SPECIAL quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 0.5 ММ, СИНЯЯ  4 цвета корпуса </t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;SoftWrite.SPECIAL&amp;quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 0.5 ММ, СИНЯЯ &amp;#40;4 цвета корпуса&amp;#41;</t>
   </si>
   <si>
     <t>817878</t>
@@ -2108,140 +2026,101 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a2b/z16ckd86dtq3hy7rtg69bbvg81t4fq34.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная STAFF Basic  quot;OBP-320 quot;, СИНЯЯ, корпус голубой, игольчатый узел 0,7 мм, линия письма 0,35 мм, 143023</t>
   </si>
   <si>
     <t>Ручка шариковая масляная STAFF Basic &amp;quot;OBP-320&amp;quot; - это экономный расход чернил и мягкое письмо. Самая необходимая ручка для повседневного использования в офисе! Шариковая масляная ручка имеет трехгранный корпус голубого цвета. Снабжена стержнем с чернилами на масляной основе, обеспечивающим мягкое письмо, и игольчатым наконечником, обеспечивающим равномерный расход чернил. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>842315</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ee/jkc8tsw8k2grgvpla3tduidrk5izs0tg.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная STAFF EVERYDAY, СИНЯЯ, трехгранная, корпус серый, узел 0,7 мм, линия письма 0,35 мм, 142996</t>
   </si>
   <si>
     <t>Ручка шариковая масляная STAFF EVERYDAY - это экономный расход чернил и мягкое письмо. Самая необходимая ручка для повседневного использования в офисе! Шариковая масляная ручка имеет трехгранный корпус серого цвета. Снабжена стержнем с чернилами на масляной основе, обеспечивающим мягкое письмо, и игольчатым наконечником, обеспечивающим равномерный расход чернил. Диаметр пишущего узла 0,7 мм создает ровную линию письма, равную 0,35 мм. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>842317</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/073/umgk9xn01n8odnkj612orq5su5eh7exw.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8ab/vpu13u5jsx13j332ah7zk4dgqtiw95hf.jpg</t>
   </si>
   <si>
     <t>Ручка масляная LOREX GRANDE SOFT синий 0,7 мм ассорти прорез. корп. рез. грип золот. фольга</t>
   </si>
   <si>
     <t>847479</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4fc/pm8atz1edmf9fr70o2zzvn4huhwx92t9.jpg</t>
   </si>
   <si>
     <t>Ручка масляная LOREX HOROSCOPE SLIM SOFT GRIP синий 0,5 мм ассорти прорез. корп. золот. фольга</t>
   </si>
   <si>
     <t>847480</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/214/lwtyec6i1bzupbmch18wizeosssksjjb.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/81b/batzlv2x6e4nuox6srtnmvge1rjlu7c4.jpg</t>
   </si>
   <si>
     <t>Ручка масляная Schoolformat FROSTY с принтом синий 0,7 мм ассорти</t>
   </si>
   <si>
     <t>847493</t>
   </si>
   <si>
     <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4f/rsfk0mm2gd699fw4fad08liqs3hkbss2.jpg</t>
   </si>
   <si>
     <t>Ручка масляная Schoolformat TWIST синий 0,7 мм ассорти</t>
   </si>
   <si>
     <t>847495</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/588/qwsnkc9073o4d4oxpx9hxi0qkdaxmhuv.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/889/k7x4272tr30uto9cikdijpf9keoi9ohx.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная с грипом UNI  quot;JetStream quot;, СИНЯЯ, корпус бирюзовый, линия 0,35 мм, ш к 03743</t>
   </si>
   <si>
     <t>Шариковая ручка Uni SX-101 – это ручка из серии Jetstream. Относится к новому поколению ручек с быстро сохнущими чернилами и обновленным механизмом пишущего узла. Снабжена резиновым держателем, защитным колпачком и клипсой. Новые гибридные чернила обладают повышенной вязкостью, что обеспечивает супербыстрое скольжение во время письма. Чернила Jetsream легко проникают в бумагу и мгновенно высыхают. Шариковой ручкой Uni JetstreamSX-101 будет удобно пользоваться как правше, так и левше.Пишущий узел диаметром 0,7 мм проводит аккуратную линию толщиной 0,35 мм. Длина сменного стержня – 140 мм.</t>
   </si>
   <si>
     <t>945924</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/486/kuocu39ojek531jithwtvchy3576fx75.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4ad/ygjrd4xvh131e323n4jkvk9ga6ta0ahs.jpg</t>
   </si>
   <si>
     <t>Ручка масляная LOREX FOREVER AND EVER Slim Soft Grip синий 0,5 мм дизайн кругл. корп. ultra-soft touch грип игольчатый наконечник</t>
   </si>
   <si>
     <t>955318</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/085/6bcl0e4l51392qoo11vgnqi297gf8xnu.jpg</t>
   </si>
   <si>
     <t>Ручка масляная LOREX SO RAMENTIC Slim Soft Grip синий 0,5 мм дизайн кругл. корп. ultra-soft touch грип игольчатый наконечник</t>
   </si>
   <si>
     <t>955320</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/055/tbwchhvitphoken243lrr30wwe336kyh.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная с грипом BRAUBERG GLASSY MIX, СИНЯЯ, корпус ассорти, линия письма 0,35 мм, 144106</t>
   </si>
   <si>
     <t>Шариковая ручка BRAUBERG &amp;quot;GLASSY MIX&amp;quot; - это предмет постоянного использования в каждом офисе. Шариковая имеет резиновый грип для удобства письма, исключающий скольжение пальцев. Корпус выполнен в ярких неоновых оттенках. Ручка снабжена сменным стержнем 138 мм, что позволяет увеличить срок службы. Специальная технология &amp;quot;FEEL INK&amp;quot; гарантирует лёгкое и четкое письмо. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм.</t>
@@ -2315,59 +2194,50 @@
   <si>
     <t>980649</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/81c/v7bwkuhl2hgz8hvihtvntnc5or0pq9ae.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;UrbanWrite.Summer quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 0.7 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>980650</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf1/vqrwp9mieq8ymp2568k84q4cmqvafkjk.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;UrbanWrite quot; С ЧЕРНИЛАМИ НА МАСЛЯНОЙ ОСНОВЕ 0.7 ММ, КРАСНАЯ</t>
   </si>
   <si>
     <t>Легкая, прозрачная ручка UrbanWrite с диаметром пишущего узла 0,7 мм и тонким корпусом 9 мм – абсолютно новая концепция в широкой линейке ручек Bruno Visconti. И как всегда - никаких компромиссов: · масляные чернила красного цвета, гарантирующие мягкое скольжение ручки по поверхности бумаги; · износостойкий пишущий узел обеспечивающий равномерную подачу чернил и четкую линию письма; · прорезиненный рифленый грип, снижающий напряжение кисти, создающий дополнительный комфорт во время работы; · изящный дизайн - визитная карточка ТМ. Но главное – то, что характерно отличает ручку Urban Write - защитное покрытие CounterSlip, подчеркивающее, с одной стороны, узнаваемый дизайн Bruno Visconti, а с другой - предохраняющее ручку от царапин и увеличивающее ударопрочность корпуса, добавляющее блеск его поверхности.</t>
   </si>
   <si>
     <t>980651</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/548/ik1r1xruzgyny891vkx127evuryap8o0.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/16c/db4hvfbdjfwf3rmutc7mqov3mjai1h6x.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная BRAUBERG  quot;Techno-X 925 quot;, СИНЯЯ, корпус черный, серебристые детали, линия 0,5 мм, 144224</t>
   </si>
   <si>
     <t>Шариковая ручка BRAUBERG &amp;quot;Techno-X 925&amp;quot; – функциональный аксессуар для ежедневного комфортного письма. Ручка имеет многогранный корпус, что позволяет ей удобно располагаться в руке. Рифление в зоне захвата с фактурными деталями для комфортного, долгого письма исключает скольжение пальцев. Серебристые детали ручки выделяют ее на фоне остальных.Масляные чернила гарантируют лёгкое и четкое письмо без усилий. Диаметр игольчатого пишущего узла 0,7 мм позволяет писать тонко и четко. Длина сменного стержня - 135 мм. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>986860</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/efc/3ami8qy33rsijz6owt50su28r94ey3st.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная BRAUBERG  quot;Techno-X GLD quot;, СИНЯЯ, корпус синий, золотистые детали, линия 0,5 мм, 144223</t>
   </si>
   <si>
     <t>Шариковая ручка BRAUBERG &amp;quot;Techno-X GLD&amp;quot; – функциональный аксессуар для ежедневного комфортного письма. Ручка имеет многогранный корпус позволяет ручке комфортно располагаться в руке. Рифление в зоне захвата с фактурными деталями для комфортного долгого письма исключает скольжение пальцев. Золотистые детали ручки выделяют ее на фоне остальных.Масляные чернила гарантируют лёгкое и четкое письмо без усилий. Диаметр игольчатого пишущего узла 0,7 мм позволяет писать тонко и четко. Длина сменного стержня - 135 мм. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>986861</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c4/nvibly8h9qdgmr96vy89t7cn3hob993d.jpg</t>
@@ -2468,50 +2338,59 @@
   <si>
     <t>Ручка шариковая масляная ОФИСМАГ, СИНЯЯ, корпус оранжевый, узел 0,7 мм, линия письма 0,35 мм, 143221</t>
   </si>
   <si>
     <t>Шариковая ручка ОФИСМАГ с чернилами ультрапониженной вязкости, которые обеспечивают лёгкое, чёткое и ровное письмо без усилий. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм, Яркий оранжевый корпус с колпачком и деталями синего цвета. Рифление в зоне захвата для дополнительного комфорта при письме. Сменный стержень длиной 140 мм заправлен высококачественными чернилами синего цвета.</t>
   </si>
   <si>
     <t>1005482</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c9f/ic1tyzj147jyummj9awt5fc3qp6t4g2u.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная ОФИСМАГ, СИНЯЯ, корпус прозрачный, узел 0,7 мм, линия письма 0,35 мм, 142151</t>
   </si>
   <si>
     <t>Шариковая ручка ОФИСМАГ - это необходимый предмет для ежедневного использования. Шариковая ручка с прозрачным корпусом и удобной рифленной зоной захвата. Специальные масляные синие чернила ультрапониженной вязкости гарантируют лёгкое и четкое письмо без каких-либо усилий, а надежный пишущий узел обеспечивает непревзойденно мягкое и комфортное письмо. Сменный стержень длиной 140 мм. Диаметр пишущего узла 0,7 мм создает тонкую линию письма, равную 0,35 мм.</t>
   </si>
   <si>
     <t>1005483</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4df/0i4hqscpxj8hywuymvers83pl3n5804p.jpg</t>
+  </si>
+  <si>
+    <t>Ручка масляная INFORMAT Office Gold синий 0,5 мм прозр. кругл. корп. грип игольчатый наконечник</t>
+  </si>
+  <si>
+    <t>1007370</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/00d/fg4pp7ogsazuac2zvaxka2rck91lgdfy.jpg</t>
   </si>
   <si>
     <t>Ручка масляная LOREX ILLEGALLY CUTE.UNICORN Slim Soft синий 0,5 мм бежев. кругл. корп. ultra-soft touch игольчатый наконечник</t>
   </si>
   <si>
     <t>1007374</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e8/c1fl3p1fawapjqrf0jmsfo12e3j5no85.jpg</t>
   </si>
   <si>
     <t>Ручка масляная LOREX LOREX GRADIENT TOUCH SLIM SOFT синий 0,5 мм роз.-голубой кругл. корп. ultra-soft touch игольчатый наконечник</t>
   </si>
   <si>
     <t>1007376</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/903/583lwq84tin6ntnkjdzx36bfm9gdk7hc.jpg</t>
   </si>
   <si>
     <t>Ручка масляная LOREX LOREX PASTEL FAUVISM SLIM SOFT синий 0,5 мм ассорти кругл. корп. ultra-soft touch игольчатый наконечник</t>
   </si>
   <si>
     <t>1007377</t>
@@ -2661,62 +2540,50 @@
     <t>Ручка шариковая масляная MAPED  Франция   quot;Green Ice quot;, СИНЯЯ, трехгранная, узел 1 мм, линия письма 0,6 мм, 224430</t>
   </si>
   <si>
     <t>Ручка MAPED &amp;quot;Green Ice&amp;quot; – трехгранная одноразовая шариковая ручка с масляными чернилами. Имеет стандартный тип пишущего узла и наконечник, проводящий линию письма 0,6 мм. Трехгранный корпус из экологичного пластика с 3D-покрытием корпуса под карбон имеет удобную профилированную грип-зону и вентилируемый колпачок. Цвет колпачка и заглушки соответствует цвету чернил. Пишущий узел с диаметром шарика 1 мм в сочетании с низкотекущими чернилами обеспечивает мягкое и комфортное письмо.</t>
   </si>
   <si>
     <t>1015327</t>
   </si>
   <si>
     <t>&lt;a href="/brands/maped/"&gt;Maped&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b99/iyvi7f181odfr34zyrwn3s8xvzi1vwle.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная MUNHWA  quot;Option quot;, СИНЯЯ, узел 0,5 мм, линия 0,3 мм, OP-02</t>
   </si>
   <si>
     <t>MUNHWA &amp;quot;Option&amp;quot;– функциональная шариковая ручка с узнаваемым дизайном корпуса отлично подходит для ежедневного использования. Уникальные чернила синего цвета на масляной основе обеспечивают мягкое, ровное письмо и уверенное скольжение по бумаге. Рифленая зона захвата не даёт руке уставать от длительного письма. Диаметр пишущего узла составляет 0,5 мм. Толщина линии письма – 0,3 мм, а длина линии письма – 1200 м.</t>
   </si>
   <si>
     <t>1015328</t>
   </si>
   <si>
     <t>&lt;a href="/brands/munhwa/"&gt;MunHwa&lt;/a&gt;</t>
-  </si>
-[...10 lines deleted...]
-    <t>1015329</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f1/hz3anm7caq4brf5o3nmmwpopnzwfz7zl.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная с грипом BRAUBERG  quot;Extra Glide GT Color quot;, СИНЯЯ, трехгранная, игольчатый наконечник 0,7 мм, линия 0,5 мм, 144264</t>
   </si>
   <si>
     <t>Шариковая ручка BRAUBERG &amp;quot;Extra Glide GT Color&amp;quot; – универсальный помощник для решения повседневных задач и ведения записей на ежедневной основе. Корпус ручки имеет трехгранную форму и выполнен в ярких оттенках, которые в сочетании с деталями фиолетового цвета создают стильную композицию оттенков. Резиновый держатель в зоне захвата обеспечивает комфортный процесс письма, снижая нагрузку на руку. Технология мягкого письма &amp;quot;FEEL INK&amp;quot;. Специальные чернила ультрапониженной вязкости на масляной основе мягко и плавно ложатся на бумагу, а ручка скользит по бумаге без каких-либо усилий. Игольчатый наконечник диаметром 0,7 мм создает тонкую линию письма толщиной 0,5 мм. Цвет чернил – синий.</t>
   </si>
   <si>
     <t>1015330</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f5/5hwho2crzw4x1ydufaq6oxhqk64k4fz9.jpg</t>
   </si>
   <si>
     <t>Ручка шариковая масляная с грипом MUNHWA  quot;MC Gold LE quot;, СИНЯЯ, корпус ассорти, узел 0,5 мм, MCL-02</t>
   </si>
   <si>
     <t>Классический корпус с мягкой резиновой грип-зоной. Стабильная яркая непрерывная линия письма. В ассортименте 4 цвета корпуса: голубой, зеленый, оранжевый и фиолетовый</t>
   </si>
   <si>
     <t>1015331</t>
   </si>
@@ -3124,5334 +2991,5071 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J231"/>
+  <dimension ref="A1:M219"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G231" sqref="G231"/>
+      <selection pane="bottomRight" activeCell="G219" sqref="G219"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="F5" s="3" t="s">
-[...6 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G11" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...12 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="G13" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G14" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...19 lines deleted...]
-      <c r="B14" s="1" t="s">
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G16" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...61 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B22" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G33" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...268 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B37" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="F37" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="C37" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G37" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
         <v>159</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="F38" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B39" s="1" t="s">
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F39" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="C39" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G39" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>179</v>
+        <v>161</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>44</v>
+        <v>163</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>201</v>
+        <v>50</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>202</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>203</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>204</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>205</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
         <v>206</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>207</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>208</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>209</v>
       </c>
       <c r="F51" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="G51" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A52" s="1" t="s">
+      <c r="B52" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="C52" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="3" t="s">
+      <c r="F52" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="F52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G52" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>215</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>216</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>217</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>218</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>210</v>
+        <v>50</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
         <v>219</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>220</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>221</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>222</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>44</v>
+        <v>223</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F55" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="B55" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G55" s="3" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>210</v>
+        <v>50</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>210</v>
+        <v>50</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>44</v>
+        <v>223</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>44</v>
+        <v>223</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>210</v>
+        <v>50</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>210</v>
+        <v>50</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="F66" s="3" t="s">
-[...84 lines deleted...]
-      </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="B80" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>210</v>
+        <v>50</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
         <v>351</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>352</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>354</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>44</v>
+        <v>223</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>261</v>
+        <v>366</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>210</v>
+        <v>50</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>368</v>
+        <v>270</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>370</v>
+        <v>223</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
         <v>371</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>372</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>374</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>375</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
         <v>376</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>377</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>378</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>379</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>44</v>
+        <v>380</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
         <v>381</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>382</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>50</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>153</v>
+        <v>389</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="F96" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="F96" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G96" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>44</v>
+        <v>375</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="G106" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="F103" s="3" t="s">
-[...75 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>370</v>
+        <v>149</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>147</v>
+        <v>50</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>147</v>
+        <v>223</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B112" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="C112" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="C112" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>44</v>
+        <v>223</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="B117" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="F116" s="3" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="C117" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="F117" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G117" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
         <v>481</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="C119" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="B128" s="1" t="s">
         <v>482</v>
-      </c>
-[...202 lines deleted...]
-        <v>517</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>518</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>519</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
         <v>520</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>477</v>
+        <v>521</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>480</v>
+        <v>524</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B130" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="F130" s="3" t="s">
         <v>524</v>
       </c>
-      <c r="C130" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G130" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>488</v>
+        <v>534</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>480</v>
+        <v>375</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>538</v>
+        <v>375</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>538</v>
+        <v>223</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>480</v>
+        <v>223</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>480</v>
+        <v>553</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="C137" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="F137" s="3" t="s">
         <v>553</v>
       </c>
-      <c r="D137" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G137" s="3" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>370</v>
+        <v>553</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>559</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>370</v>
+        <v>553</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>210</v>
+        <v>553</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>210</v>
+        <v>553</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>210</v>
+        <v>553</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>580</v>
+        <v>553</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>580</v>
+        <v>50</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>580</v>
+        <v>375</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>580</v>
+        <v>375</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>580</v>
+        <v>375</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>671</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>672</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>580</v>
+        <v>163</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
         <v>673</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>674</v>
       </c>
       <c r="C167" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>675</v>
       </c>
-      <c r="D167" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E167" s="3" t="s">
+      <c r="F167" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
         <v>676</v>
       </c>
-      <c r="F167" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A168" s="1" t="s">
+      <c r="B168" s="1" t="s">
         <v>677</v>
       </c>
-      <c r="B168" s="1" t="s">
+      <c r="C168" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E168" s="3" t="s">
         <v>678</v>
       </c>
-      <c r="C168" s="1" t="s">
+      <c r="F168" s="3" t="s">
         <v>679</v>
       </c>
-      <c r="D168" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E168" s="3" t="s">
+      <c r="G168" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
         <v>680</v>
       </c>
-      <c r="F168" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A169" s="1" t="s">
+      <c r="B169" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="B169" s="1" t="s">
+      <c r="C169" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E169" s="3" t="s">
         <v>682</v>
       </c>
-      <c r="C169" s="1" t="s">
+      <c r="F169" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="D169" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E169" s="3" t="s">
+      <c r="B170" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="F169" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A170" s="1" t="s">
+      <c r="C170" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="B170" s="1" t="s">
+      <c r="D170" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E170" s="3" t="s">
         <v>686</v>
       </c>
-      <c r="C170" s="1" t="s">
+      <c r="F170" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
         <v>687</v>
       </c>
-      <c r="D170" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E170" s="3" t="s">
+      <c r="B171" s="1" t="s">
         <v>688</v>
       </c>
-      <c r="F170" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A171" s="1" t="s">
+      <c r="C171" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>689</v>
       </c>
-      <c r="B171" s="1" t="s">
+      <c r="F171" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="C171" s="1" t="s">
+      <c r="B172" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="D171" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E171" s="3" t="s">
+      <c r="C172" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>692</v>
       </c>
-      <c r="F171" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A172" s="1" t="s">
+      <c r="F172" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
         <v>693</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="B173" s="1" t="s">
         <v>694</v>
       </c>
-      <c r="C172" s="1" t="s">
+      <c r="C173" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="D172" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E172" s="3" t="s">
+      <c r="D173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>696</v>
       </c>
-      <c r="F172" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A173" s="1" t="s">
+      <c r="F173" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="B174" s="1" t="s">
         <v>698</v>
       </c>
-      <c r="C173" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E173" s="3" t="s">
+      <c r="C174" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="F173" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A174" s="1" t="s">
+      <c r="D174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>700</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="F174" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
         <v>701</v>
       </c>
-      <c r="C174" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E174" s="3" t="s">
+      <c r="B175" s="1" t="s">
         <v>702</v>
       </c>
-      <c r="F174" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A175" s="1" t="s">
+      <c r="C175" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="B175" s="1" t="s">
+      <c r="D175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>704</v>
       </c>
-      <c r="C175" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E175" s="3" t="s">
+      <c r="F175" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="F175" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A176" s="1" t="s">
+      <c r="B176" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="C176" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>707</v>
       </c>
-      <c r="C176" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E176" s="3" t="s">
+      <c r="F176" s="3" t="s">
         <v>708</v>
       </c>
-      <c r="F176" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G176" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
         <v>709</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>710</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>710</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>711</v>
       </c>
       <c r="F177" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="G177" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A178" s="1" t="s">
+      <c r="B178" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="C178" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>714</v>
       </c>
-      <c r="C178" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E178" s="3" t="s">
+      <c r="F178" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="F178" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A179" s="1" t="s">
+      <c r="B179" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="C179" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="C179" s="1" t="s">
+      <c r="D179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>718</v>
       </c>
-      <c r="D179" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E179" s="3" t="s">
+      <c r="F179" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="F179" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A180" s="1" t="s">
+      <c r="B180" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="C180" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>721</v>
       </c>
-      <c r="C180" s="1" t="s">
+      <c r="F180" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
         <v>722</v>
       </c>
-      <c r="D180" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E180" s="3" t="s">
+      <c r="B181" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="F180" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A181" s="1" t="s">
+      <c r="C181" s="1" t="s">
         <v>724</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="D181" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>725</v>
       </c>
-      <c r="C181" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E181" s="3" t="s">
+      <c r="F181" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="F181" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A182" s="1" t="s">
+      <c r="B182" s="1" t="s">
         <v>727</v>
-      </c>
-[...1 lines deleted...]
-        <v>728</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>728</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>729</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>158</v>
+        <v>50</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
         <v>730</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>731</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>158</v>
+        <v>50</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>735</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>736</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>44</v>
+        <v>163</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
         <v>737</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>738</v>
       </c>
       <c r="C185" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>739</v>
       </c>
-      <c r="D185" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E185" s="3" t="s">
+      <c r="F185" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
         <v>740</v>
       </c>
-      <c r="F185" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A186" s="1" t="s">
+      <c r="B186" s="1" t="s">
         <v>741</v>
       </c>
-      <c r="B186" s="1" t="s">
+      <c r="C186" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>742</v>
       </c>
-      <c r="C186" s="1" t="s">
+      <c r="F186" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
         <v>743</v>
       </c>
-      <c r="D186" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E186" s="3" t="s">
+      <c r="B187" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A187" s="1" t="s">
+      <c r="C187" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="B187" s="1" t="s">
+      <c r="D187" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E187" s="3" t="s">
         <v>746</v>
       </c>
-      <c r="C187" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E187" s="3" t="s">
+      <c r="F187" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="F187" s="3" t="s">
+      <c r="B188" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="G187" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A188" s="1" t="s">
+      <c r="C188" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E188" s="3" t="s">
         <v>749</v>
       </c>
-      <c r="B188" s="1" t="s">
+      <c r="F188" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
         <v>750</v>
       </c>
-      <c r="C188" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E188" s="3" t="s">
+      <c r="B189" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="F188" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A189" s="1" t="s">
+      <c r="C189" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E189" s="3" t="s">
         <v>752</v>
       </c>
-      <c r="B189" s="1" t="s">
+      <c r="F189" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
         <v>753</v>
       </c>
-      <c r="C189" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E189" s="3" t="s">
+      <c r="B190" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="F189" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A190" s="1" t="s">
+      <c r="C190" s="1" t="s">
         <v>755</v>
       </c>
-      <c r="B190" s="1" t="s">
+      <c r="D190" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E190" s="3" t="s">
         <v>756</v>
       </c>
-      <c r="C190" s="1" t="s">
+      <c r="F190" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="D190" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E190" s="3" t="s">
+      <c r="B191" s="1" t="s">
         <v>758</v>
       </c>
-      <c r="F190" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A191" s="1" t="s">
+      <c r="C191" s="1" t="s">
         <v>759</v>
       </c>
-      <c r="B191" s="1" t="s">
+      <c r="D191" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>760</v>
       </c>
-      <c r="C191" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E191" s="3" t="s">
+      <c r="F191" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="F191" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A192" s="1" t="s">
+      <c r="B192" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="B192" s="1" t="s">
+      <c r="C192" s="1" t="s">
         <v>763</v>
       </c>
-      <c r="C192" s="1" t="s">
+      <c r="D192" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E192" s="3" t="s">
         <v>764</v>
       </c>
-      <c r="D192" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E192" s="3" t="s">
+      <c r="F192" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="F192" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A193" s="1" t="s">
+      <c r="B193" s="1" t="s">
         <v>766</v>
-      </c>
-[...1 lines deleted...]
-        <v>767</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>767</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>768</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>158</v>
+        <v>769</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="F194" s="3" t="s">
         <v>769</v>
       </c>
-      <c r="B194" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G194" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>775</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>776</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>44</v>
+        <v>708</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
         <v>777</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>778</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>778</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>779</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
         <v>780</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>781</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>781</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>782</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
         <v>783</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>784</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>784</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>785</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
         <v>786</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>787</v>
       </c>
       <c r="C199" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>788</v>
       </c>
-      <c r="D199" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E199" s="3" t="s">
+      <c r="F199" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="F199" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A200" s="1" t="s">
+      <c r="B200" s="1" t="s">
         <v>790</v>
       </c>
-      <c r="B200" s="1" t="s">
+      <c r="C200" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>791</v>
       </c>
-      <c r="C200" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E200" s="3" t="s">
+      <c r="F200" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
         <v>792</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A201" s="1" t="s">
+      <c r="B201" s="1" t="s">
         <v>793</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="C201" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>794</v>
       </c>
-      <c r="C201" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E201" s="3" t="s">
+      <c r="F201" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
         <v>795</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A202" s="1" t="s">
+      <c r="B202" s="1" t="s">
         <v>796</v>
       </c>
-      <c r="B202" s="1" t="s">
+      <c r="C202" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
         <v>797</v>
       </c>
-      <c r="C202" s="1" t="s">
+      <c r="F202" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="D202" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E202" s="3" t="s">
+      <c r="B203" s="1" t="s">
         <v>799</v>
       </c>
-      <c r="F202" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A203" s="1" t="s">
+      <c r="C203" s="1" t="s">
         <v>800</v>
       </c>
-      <c r="B203" s="1" t="s">
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>801</v>
       </c>
-      <c r="C203" s="1" t="s">
+      <c r="F203" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="D203" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E203" s="3" t="s">
+      <c r="B204" s="1" t="s">
         <v>803</v>
       </c>
-      <c r="F203" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A204" s="1" t="s">
+      <c r="C204" s="1" t="s">
         <v>804</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>805</v>
       </c>
-      <c r="C204" s="1" t="s">
+      <c r="F204" s="3" t="s">
         <v>806</v>
       </c>
-      <c r="D204" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E204" s="3" t="s">
+      <c r="G204" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
         <v>807</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A205" s="1" t="s">
+      <c r="B205" s="1" t="s">
         <v>808</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="C205" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="C205" s="1" t="s">
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>810</v>
       </c>
-      <c r="D205" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E205" s="3" t="s">
+      <c r="F205" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
         <v>811</v>
       </c>
-      <c r="F205" s="3" t="s">
+      <c r="B206" s="1" t="s">
         <v>812</v>
       </c>
-      <c r="G205" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A206" s="1" t="s">
+      <c r="C206" s="1" t="s">
         <v>813</v>
       </c>
-      <c r="B206" s="1" t="s">
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
         <v>814</v>
       </c>
-      <c r="C206" s="1" t="s">
+      <c r="F206" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
         <v>815</v>
       </c>
-      <c r="D206" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E206" s="3" t="s">
+      <c r="B207" s="1" t="s">
         <v>816</v>
       </c>
-      <c r="F206" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A207" s="1" t="s">
+      <c r="C207" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="B207" s="1" t="s">
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>818</v>
       </c>
-      <c r="C207" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E207" s="3" t="s">
+      <c r="F207" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
         <v>819</v>
       </c>
-      <c r="F207" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A208" s="1" t="s">
+      <c r="B208" s="1" t="s">
         <v>820</v>
-      </c>
-[...1 lines deleted...]
-        <v>821</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>821</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>822</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>158</v>
+        <v>50</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
         <v>823</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>824</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>158</v>
+        <v>827</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>158</v>
+        <v>50</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>158</v>
+        <v>836</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>158</v>
+        <v>841</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>835</v>
+        <v>842</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>158</v>
+        <v>50</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>839</v>
+        <v>847</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>840</v>
+        <v>848</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
+        <v>849</v>
+      </c>
+      <c r="F214" s="3" t="s">
         <v>841</v>
       </c>
-      <c r="F214" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G214" s="3" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>842</v>
+        <v>850</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>843</v>
+        <v>851</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>845</v>
+        <v>853</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>846</v>
+        <v>841</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>846</v>
+        <v>841</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
       <c r="B217" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="F217" s="3" t="s">
+        <v>841</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>865</v>
+      </c>
+      <c r="F218" s="3" t="s">
+        <v>841</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="C219" s="1" t="s">
         <v>852</v>
       </c>
-      <c r="C217" s="1" t="s">
-[...47 lines deleted...]
-      </c>
       <c r="D219" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>44</v>
+        <v>841</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>45</v>
-[...275 lines deleted...]
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">