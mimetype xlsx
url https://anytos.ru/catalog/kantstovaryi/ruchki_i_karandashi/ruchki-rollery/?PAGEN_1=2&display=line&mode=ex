--- v0 (2025-11-05)
+++ v1 (2026-01-09)
@@ -12,115 +12,154 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="313">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="303">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cd4/cd453a530aa6d7cf505aa9e555faa33d.jpg</t>
   </si>
   <si>
     <t>Роллер Attache selection Turbo 0,7мм черный штр.  6953070966315</t>
   </si>
   <si>
     <t>Одноразовая ручка-роллер Attache Selection Turbo в прочном пластиковом корпусе с колпачком. Клип на колпачке позволяет крепить роллер к одежде. Жидкие чернила черного цвета, находясь под давлением, позволяют писать на вертикальных поверхностях, обеспечивая четкие и яркие линии и сверхмягкое письмо, быстро высыхают. Толщина наносимых линий - 0,7 мм. На корпусе расположен индикатор, позволяющий заранее определить, когда закончатся чернила.</t>
   </si>
   <si>
     <t>Ручки-роллеры</t>
   </si>
   <si>
     <t>250860</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c68/ecdhb6anrahtwns4433lie5hlmc26lj9.jpg</t>
+  </si>
+  <si>
+    <t>Ручка-роллер CENTROPEN ERGO треуг. корп. 0,3 мм синий Cap off   4615 01-06</t>
+  </si>
+  <si>
+    <t>Роллер имеет эргономичную зону захвата и трехгранный корпус. Имеет тоненький наконечник из металла с шариком, выполненным из карбида вольфрама. Он заполнен специальными чернилами, которые при открытом колпачке не высыхают на протяжении двух недель. Длина линии – до 2200 метров, ширина – 0,3 и 0,6 миллиметров. Широко используется.</t>
+  </si>
+  <si>
+    <t>104990</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/centropen/"&gt;Centropen&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e6/qvajb3ehq34ty49i8zty5pri1rmk7nx6.jpg</t>
+  </si>
+  <si>
+    <t>Ручка-роллер  quot;Uni-Ball Vision Elite UB-200 quot;, синяя, 0,8мм  Airplane-safe technology : 66266</t>
+  </si>
+  <si>
+    <t>Ручка-роллер &amp;quot;Uni-Ball Vision Elite UB-200&amp;quot;, синяя, 0,8мм &amp;#40;Airplane-safe technology&amp;#41;: 66266 Роллер с технологией &amp;quot;AIRPLANE-SAFE&amp;quot; - защита от вытекания чернил при перепадах давления. Во время путешествий самолетом полностью исключается протекание чернил. Пигментные чернила на водной основе - не теряют свой цвет под воздействием воздуха, света и влаги, остаются на бумаге более 100 лет! Шарик из карбида вольфрама - пишет равномерно, без изменений в толщине линии.&amp;nbsp;&amp;nbsp;Пластиковый корпус, контроль уровня чернил, металлический клип. Сменный стержень</t>
+  </si>
+  <si>
+    <t>213062</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/uni/"&gt;Uni&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/20c/20cf6ee3824cf190eb02a8af737f3a4c.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер  quot;Uni-Ball II Micro UB-104 quot;, синяя, 0,5мм: 66253</t>
   </si>
   <si>
     <t>Ручка-роллер &amp;quot;Uni-Ball II Micro UB-104&amp;quot;, синяя, 0,5мм: 66253 Роллер, непрозрачный матовый корпус серого цвета. Чернила на водной основе &amp;#40;не пигментные&amp;#41;.</t>
   </si>
   <si>
     <t>216285</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/uni/"&gt;Uni&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c3d/c3d6ee76c50b545838d27ad6cebbdd13/fc8f60366c84690f6b1f28ee5e9b68af.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Роллер Attache Selection Turbo синий  толщина линии 0.7 nbsp-мм </t>
   </si>
   <si>
     <t>Одноразовая ручка-роллер Attache Selection Turbo в прочном пластиковом корпусе с колпачком. Клип на колпачке позволяет крепить роллер к одежде. Жидкие чернила синего цвета, находясь под давлением, позволяют писать на вертикальных поверхностях, обеспечивая четкие и яркие линии и сверхмягкое письмо, быстро высыхают. Толщина наносимых линий - 0,7 мм. На корпусе расположен индикатор, позволяющий заранее определить, когда закончатся чернила.</t>
   </si>
   <si>
     <t>250859</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/552/55214cbffd96cba2571c4f6c5541369b.jpg</t>
   </si>
   <si>
     <t>Роллер PILOT BLN-VBG5 резин. манжет жидкие чернила синий 0,5мм штр.  4902505322846, 4902505322884</t>
   </si>
   <si>
     <t>Одноразовая ручка-роллер Pilot в пластиковом корпусе с резиновой манжетой для удобства письма и колпачком. На колпачке есть клип &amp;#40;зажим&amp;#41; для крепления к одежде. Жидкие чернила синего цвета, находясь под давлением, позволяют писать на вертикальных поверхностях, обеспечивая четкие и яркие линии толщиной 0,5 мм, быстро высыхают. Корпус роллера подходит для нанесения тампопечати.</t>
   </si>
   <si>
     <t>250863</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pilot/"&gt;Pilot&lt;/a&gt;</t>
@@ -230,122 +269,92 @@
   <si>
     <t>http://anytos.ru//upload/iblock/08a/08a6a99c99d83a047c15f10854a85fd1/cec60f71f8f444f7dd64bc610c0d00b8.jpg</t>
   </si>
   <si>
     <t>Роллер SCHNEIDER XTRA 823 3 синий, 0.3 мм Германия штр.  4004675082336, 4004675282330</t>
   </si>
   <si>
     <t>Ручка-роллер Schneider в прочном пластиковом корпусе с колпачком. Металлический клип на колпачке позволяет крепить роллер к одежде. Стальной шариковый наконечник позволяет наносить линии толщиной 0,3 мм. Роллер заправлен чернилами черного цвета на водной основе, которые обеспечивают четкие и яркие линии, быстро высыхают. Не требует усилий при письме. Предусмотрен встроенный регулятор подачи чернил, есть возможность визуального контроля их уровня.</t>
   </si>
   <si>
     <t>250874</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/133/13362a965cadc666235ea8b33e04b25a/d20873915a90f079d1404d6b2d07c462.jpg</t>
   </si>
   <si>
     <t>Роллер Uni-Ball AIR 0,28-0,45мм синий UBA-188M 971507</t>
   </si>
   <si>
     <t>Роллер Uni-Ball AIR 0,28-0,45мм синий UBA-188M</t>
   </si>
   <si>
     <t>335674</t>
   </si>
   <si>
-    <t>1</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6cf/6cfee74dc088806a147218788e5004b2.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер черная, 0,7мм, одноразовая: 7241 штр.: 8901069045617</t>
   </si>
   <si>
     <t>Роллер с металлическим клипом. Чернила на водной основе</t>
   </si>
   <si>
     <t>336833</t>
   </si>
   <si>
     <t>&lt;a href="/brands/luxor/"&gt;Luxor&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/02c/02c0f5615546e6e30192fbc310b72db3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/acc/acc167cb37c9fdcf416410fe6d7445fb/5e4a9b86c2f9d7b7520b9a691796912b.jpg</t>
   </si>
   <si>
     <t>Роллер SCHNEIDER One Business 183003 синий, 0,6 мм</t>
   </si>
   <si>
     <t>376412</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/25a/q73qhud45l5ympd71a2hcktqeodp3dvv.jpg</t>
-[...11 lines deleted...]
-    <t>&lt;a href="/brands/beifa/"&gt;Beifa&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/fc2/tad3q2pqeyq4nq1sfkpbqp01y5x6ux2v.jpg</t>
+  </si>
+  <si>
+    <t>Ручка-роллер BRAUBERG  quot;Control quot;, СИНЯЯ, корпус серебристый, узел 0,5 мм, линия письма 0,3 мм, RP101</t>
+  </si>
+  <si>
+    <t>Ручка-роллер BRAUBERG &amp;quot;Control&amp;quot; мягкое и тонкое письмо благодаря чернилам высокого качества на водной основе. Имеет круглый корпус и стандартный наконечник. Цвет деталей соответствует цвету чернил. Конусообразный пишущий узел толщиной 0,5 мм создает линию письма, равную 0,3 мм. Имеется окошко для проверки уровня чернил. Подходит для письма на копиях, сделанных под копирку.</t>
+  </si>
+  <si>
+    <t>387321</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fc2/tad3q2pqeyq4nq1sfkpbqp01y5x6ux2v.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9fc/tvdhse90dwq5kshlide1wknhcxtx4lxg.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер BRAUBERG  quot;Control quot;, ЧЕРНАЯ, корпус серебристый, узел 0,5 мм, линия письма 0,3 мм, RP100</t>
   </si>
   <si>
     <t>Ручка-роллер BRAUBERG &amp;quot;Control&amp;quot; мягкое и тонкое письмо благодаря чернилам высокого качества на водной основе. Имеет круглый корпус серебристого цвета с печатью и стандартный наконечник. Цвет деталей соответствует цвету чернил. Конусообразный пишущий узел толщиной 0,5 мм создает линию письма, равную 0,3 мм. Имеется окошко для проверки уровня чернил. Подходит для письма на копиях, сделанных под копирку. Цвет чернил - черный.</t>
   </si>
   <si>
     <t>387322</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3f8/b04zz20kfedadmduf4ensits2es62any.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер BRAUBERG  quot;Flagman quot;, СИНЯЯ, корпус серебристый, хромированные детали, узел 0,5 мм, линия письма 0,3 мм, RP103</t>
   </si>
   <si>
     <t>Ручка-роллер BRAUBERG &amp;quot;Flagman&amp;quot; - это мягкое и тонкое письмо благодаря чернилам высокого качества на водной основе. Имеет круглый корпус серебристого цвета с печатью и стандартный наконечник. Цвет деталей соответствует цвету чернил. Конусообразный пишущий узел толщиной 0,5 мм создает линию письма, равную 0,3 мм. Имеется окошко для проверки уровня чернил. Подходит для письма на копиях, сделанных под копирку. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>387323</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/029/je6eqq005nicdnkord2n3005gdecs655.jpg</t>
@@ -515,86 +524,62 @@
   <si>
     <t>Классический роллер со стандартным типом пишущего узла. Ручка имеет легкий пластиковый корпус с удобной профилированной грип-зоной из резины и прозрачный колпачок с удобным клипом. Цвет корпуса, грип-зоны и клипа соответствует цвету чернил. Ручка оснащена системой «Free Ink» с регулятором подачи чернил, которая позволяет писать как в горизонтальном, так и в вертикальном положении. 5-канальный пишущий узел с диаметром шарика 0.5 мм в сочетании с быстросохнущими несмываемыми чернилами обеспечивает чрезвычайно мягкое, тонкое и чистое письмо. Длина непрерывной линии составляет 1200 м при толщине 0.45 мм, что является высоким показателем в своей категории.</t>
   </si>
   <si>
     <t>698332</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/924/z0g1iiv7c000tl1lnlx6an0k7b0cdkhi.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Faber-Castell  quot;Free Ink Needle quot;, синяя, 0,5мм, одноразовая</t>
   </si>
   <si>
     <t>Одноразовая ручка-роллер Faber-Castell Free Ink Needle обладает стильным круглым корпусом серого цвета и колпачком с металлическим клипом. Ручка-роллер сочетает в себе преимущества шариковой ручки и перьевой. Наконечник ролика изготовлен из металла и способен выдерживать экстремальные нагрузки, что обеспечивает интенсивное давление при письме. В то же время равномерный поток чернил обеспечивает приятное, комфортное письмо до последней капли, благодаря системе прямого наполнения. Ручка-роллер имеет окно для проверки уровня чернил. Диаметр пишущего узла составляет 0,5 мм. Устойчивые к выцветанию водостойкие чернила подходят для подписи документов. Цвет деталей корпуса соответствует синему цвету чернил. • Цвет чернил: синий, • Тип чернил: водостойкие, • Толщина линии письма: 0.5 мм, • Цвет корпуса: серый,&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;• Производство Япония.</t>
   </si>
   <si>
     <t>718310</t>
   </si>
   <si>
     <t>&lt;a href="/brands/faber-castell/"&gt;Faber-Castell&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9c0/3vr252g2fbbpjkynb71lqmpx54dp1mqq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a94/0p6gssvo5vqe9i2fyo4zch9b31w7bcb1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка-роллер ErichKrause  Metrix , цвет чернил синий  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Ручка-роллер ErichKrause® Metrix®, цвет чернил синий &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>799378</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c4f/i1ygt9z2dxmct78332znmqqen153rt0r.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/471/83ci9r6hitmhi0ia3j9m56nty1zmp7vg.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Uni-Ball  quot;AIR Micro quot;, СИНЯЯ, корпус белый, узел 0,5 мм, линия 0,24 мм, 15906, UBA-188-E WHITE</t>
   </si>
   <si>
     <t>В роллерах &amp;quot;AIR Micro&amp;quot; используются запатентованные пигментные чернила, стойкие к воздействию света и воды. Благодаря меньшей вязкости чернила лучше и быстрее впитываются, что позволяет оставлять четкую линию на бумаге. В Uni-Ball &amp;quot;AIR Micro&amp;quot; – это ручка, в которой для письма используется не стержень, а баллончик, утопленный в корпус и заполненный пигментными чернилами, с инновационным пишущим узлом Uni-Ball &amp;quot;AIR Micro&amp;quot;. В отличие от шариковых ручек, в которых пишущим материалом является чернильная паста, в роллерах UNI Mitsubishi используются запатентованные пигментные чернила, стойкие к воздействию света и воды. Благодаря меньшей вязкости чернила лучше и быстрее впитываются, что позволяет данным ручкам оставлять красивую линию, похожую на ту, которую оставляет перьевая ручка.Диаметр шарика пишущего механизма роллера Uni-Ball &amp;quot;AIR Micro&amp;quot; составляет 0,5 мм. Обновленная конструкция наконечника Uni-Ball &amp;quot;Air&amp;quot; позволяет регулировать толщину письма, в зависимости от силы нажатия и угла, а также минимизирует трение и контакт с бумагой, обеспечивая сенсационно плавное письмо, свободное и без шума. Роллер Uni-Ball &amp;quot;AIR Micro&amp;quot; идеально подходит для каллиграфии и леттеринга. Роллер с успехом используют те, кому необходимо много и подолгу писать: студенты, журналисты, юристы.Узел – 0,5 мм, линия письма – 0,24 мм.</t>
   </si>
   <si>
     <t>945926</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62b/34vxegdj1s5qiddy9awfniyagjsx1omr.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Uni-Ball  quot;AIR Micro quot;, СИНЯЯ, корпус голубой, узел 0,5 мм, линия 0,24 мм, 15951, UBA-188-E BLUE</t>
   </si>
   <si>
     <t>945927</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d5/kfnr0jjklrlhfl6gv94w7oquenz01ko4.jpg</t>
   </si>
   <si>
     <t>Ручка-роллер Uni-Ball  quot;AIR Micro quot;, СИНЯЯ, корпус черный, узел 0,5 мм, линия 0,24 мм, UBA-188-M BLUE</t>
@@ -632,125 +617,86 @@
   <si>
     <t>951868</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/834/8omt6hb4tkm4d9kzk6djbfv56ifrs3s0.jpg</t>
   </si>
   <si>
     <t>Роллер Deli Think, шарик 0,5 мм, линия 0,35 мм, черный EQ20020</t>
   </si>
   <si>
     <t>964650</t>
   </si>
   <si>
     <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c0d/3s3c4k6glhlt030shn2onkz01bo805zf.jpg</t>
   </si>
   <si>
     <t>Роллер Deli Think, шарик 0,5 мм, линия 0,35 мм, синий EQ20030</t>
   </si>
   <si>
     <t>964651</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a9e/agjywasr2ipuum2duuf03g9ynqx5ig2r.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/11a/2rvtwpnf6pjwyl6z293ydgzubugqo1ri.jpg</t>
   </si>
   <si>
     <t>Роллер M G S5, диаметр шарика 0,5 мм, цвет чернил синий</t>
   </si>
   <si>
     <t>Роллер M&amp;G S5, диаметр шарика 0,5 мм, цвет чернил синий</t>
   </si>
   <si>
     <t>973922</t>
   </si>
   <si>
     <t>&lt;a href="/brands/mg/"&gt;M&amp;G&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a45/2i3emn1rhwa1ba4kdy1dl8j44c3dgrjy.jpg</t>
   </si>
   <si>
     <t>Роллер M G S5, диаметр шарика 0,5 мм, цвет чернил черный</t>
   </si>
   <si>
     <t>Роллер M&amp;G S5, диаметр шарика 0,5 мм, цвет чернил черный</t>
   </si>
   <si>
     <t>973923</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/df7/ld2tzxzvumx10ye4yoxvg6w52xppmd2c.jpg</t>
   </si>
   <si>
     <t>Роллер Schneider One Hybrid N 0,7мм игольчатый пишущий узел, синяя 183503</t>
   </si>
   <si>
     <t>973924</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d7b/zj5d87n71ogkadehqu0gimjdvzc49vhc.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3bb/eqw8i5fl3dcbea3kvlk122m8emgqb30y.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;XProRoll 0380 quot; ШАРИКОВАЯ  РОЛЛЕР  С ЖИДКИМИ ЧЕРНИЛАМИ, 0,5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;XProRoll 0380&amp;quot; ШАРИКОВАЯ &amp;#40;РОЛЛЕР&amp;#41; С ЖИДКИМИ ЧЕРНИЛАМИ, 0,5 ММ, СИНЯЯ</t>
   </si>
   <si>
     <t>992976</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a3/ymsbgyy3oo9jtx7gul3vnszctm9u28d9.jpeg</t>
   </si>
   <si>
     <t>РУЧКА  quot;XProRoll 0380 quot; ШАРИКОВАЯ  РОЛЛЕР  С ЖИДКИМИ ЧЕРНИЛАМИ, 0,5 ММ, ЧЕРНАЯ</t>
   </si>
   <si>
     <t>РУЧКА &amp;quot;XProRoll 0380&amp;quot; ШАРИКОВАЯ &amp;#40;РОЛЛЕР&amp;#41; С ЖИДКИМИ ЧЕРНИЛАМИ, 0,5 ММ, ЧЕРНАЯ</t>
   </si>
   <si>
     <t>992977</t>
@@ -809,50 +755,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/431/0pdkqnxmc5i19f81jh41uxe3miqhb6qs.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка-роллер ErichKrause Balance Stick Balloon Dog 0.5, цвет чернил черный  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Ручка-роллер ErichKrause Balance Stick Balloon Dog 0.5, цвет чернил черный &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>1011127</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d80/7mnrfl1h310vfr2nih0evl28iisld3w2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка-роллер ErichKrause Balance Stick Classic 0.5, цвет чернил синий  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Ручка-роллер ErichKrause Balance Stick Classic 0.5, цвет чернил синий &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>1011128</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b4e/vznfiy0q4cfnk23vs0ezxff5dfxdt86g.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ручка-роллер ErichKrause Balance Stick Classic 0.5, цвет чернил черный  в коробке по 12 штук </t>
+  </si>
+  <si>
+    <t>Ручка-роллер ErichKrause Balance Stick Classic 0.5, цвет чернил черный &amp;#40;в коробке по 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>1011129</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/165/i2snaxkq2iissc25c2826ru4k78i6njq.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка-роллер ErichKrause Balance Stick Yummy 0.5, цвет чернил синий  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Ручка-роллер ErichKrause Balance Stick Yummy 0.5, цвет чернил синий &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>1011130</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/57a/m5dsmzz5u5ay8u5ii0dcoucztpjs1sm1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка-роллер ErichKrause Balance Stick Yummy 0.5, цвет чернил черный  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Ручка-роллер ErichKrause Balance Stick Yummy 0.5, цвет чернил черный &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>1011131</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/14d/ep6oy3vw011m0l30wfqc10mw9a4rjv67.jpg</t>
@@ -951,50 +909,62 @@
     <t>1012817</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ff3/7w3hmf9j8t16lrop0134t2y6mxjhpuhz.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка-роллер автоматическая ErichKrause TipFlow Matic Original 0.5, цвет чернил черный  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Ручка-роллер автоматическая ErichKrause TipFlow Matic Original 0.5, цвет чернил черный &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>1012818</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/547/w7fzj5yfb71zk9s1n04jl3o31o6q725l.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ручка-роллер автоматическая ErichKrause TipFlow Matic Pastel Bloom 0.5, цвет чернил синий  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Ручка-роллер автоматическая ErichKrause TipFlow Matic Pastel Bloom 0.5, цвет чернил синий &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>1012819</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74a/bfi5bheg4de7umzrp11yzh9dqp6u6d1b.jpg</t>
+  </si>
+  <si>
+    <t>Ручка-роллер автоматическая с грипом PILOT  quot;Hi-Tecpoint V5 RT quot;, СИНЯЯ, игольчатый узел 0,5 мм, линия письма 0,25 мм, BXRT-V5 L</t>
+  </si>
+  <si>
+    <t>Автоматическая ручка-роллер имеет игольчатый пишущий узел, не требует усилий при письме, для удобства предусмотрена резиновый упор. Жидкие чернила обеспечивают четкие и яркие линии, быстро высыхают. Надежный металлический зажим на корпусе ручки. Современный дизайн ручки. Эргономичный грип из специальной мягкой гигроскопичной резины, который обеспечивает отличный комфорт при письме. Игольчатый пишущий узел. Металлический клип. Цвет чернил соответствует цветным элементам корпуса. Чернила отличаются высокой светостойкостью и насыщенностью цвета.Пишущий узел снабжен системой Hi-Тecpoint. Преимущества этой системы в уменьшении поверхности трения, что позволяет шарику вращаться гораздо свободнее. В результате – ровная четкая линия и поразительная мягкость при письме.</t>
+  </si>
+  <si>
+    <t>1015350</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1321,1772 +1291,1715 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J76"/>
+  <dimension ref="A1:M73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G76" sqref="G76"/>
+      <selection pane="bottomRight" activeCell="G73" sqref="G73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F8" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F19" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="G8" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F9" s="3" t="s">
+      <c r="G19" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F28" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="G9" s="3" t="s">
-[...19 lines deleted...]
-      <c r="F10" s="3" t="s">
+      <c r="G28" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F29" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="G10" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A11" s="1" t="s">
+      <c r="G29" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="F73" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...1433 lines deleted...]
-      </c>
       <c r="G73" s="3" t="s">
-        <v>15</v>
-[...68 lines deleted...]
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">